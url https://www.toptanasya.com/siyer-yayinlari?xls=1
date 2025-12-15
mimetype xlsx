--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,5830 +85,5905 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257274869</t>
+          <t>9786258015905</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kuranın Işığıyla Okumak</t>
+          <t>Sahabe İklimi En Güzel Örneğin En Güzel Örnekleri; 82 İl 82 Sahabi 1-2-3-4 Cilt</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>210</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256248533</t>
+          <t>9786255649027</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Umre Rehberi (Cep Boy)</t>
+          <t>Boğaziçi'nde Bir Tur</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057298683</t>
+          <t>9786255649072</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Kureyş Romanı Fatıma</t>
+          <t>Haremeyn Ajandası Hac/Umre Planlayıcı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057298669</t>
+          <t>9786255649058</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz'i (sas) Görmek İsteyen Çocuk</t>
+          <t>Suffa Meclisleri - Sahabe Bilinci Dersleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>475</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258144642</t>
+          <t>9786255649065</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nureddin Mahmud Zengi Devri Devlet Ve Toplum</t>
+          <t>Nebevi Şuurdan Medeniyet İnşasına</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258015980</t>
+          <t>9786257274869</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri - Sahabe İklimi 1. Cilt</t>
+          <t>Kuranın Işığıyla Okumak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>525</v>
+        <v>210</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258015232</t>
+          <t>9786256248533</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabiler Not Defterim</t>
+          <t>Umre Rehberi (Cep Boy)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257274883</t>
+          <t>9786057298683</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in İbadet Hayatı</t>
+          <t>Bir Kureyş Romanı Fatıma</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057558473</t>
+          <t>9786057298669</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Siyer</t>
+          <t>Peygamber Efendimiz'i (sas) Görmek İsteyen Çocuk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052375617</t>
+          <t>9786258144642</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Hastaneler</t>
+          <t>Nureddin Mahmud Zengi Devri Devlet Ve Toplum</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058711020</t>
+          <t>9786258015980</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed'in (Sallallahu Aleyhi Vessellem) Hayatı (Ciltli)</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri - Sahabe İklimi 1. Cilt (Büyük Boy)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>850</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054620135</t>
+          <t>9786258015232</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hulefa-yi Raşidin - Dönemi Tarihi</t>
+          <t>Hanım Sahabiler Not Defterim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054620159</t>
+          <t>9786257274883</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fütuhu’l Büldan - Ülkelerin Fetihleri (Ciltli)</t>
+          <t>Hz. Peygamber’in İbadet Hayatı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054620340</t>
+          <t>9786057558473</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Kişiliği ve Bazı Özellikleri</t>
+          <t>Siyer</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054620418</t>
+          <t>9786052375617</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Toplum İnşası</t>
+          <t>İslam Dünyasında Hastaneler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054620456</t>
+          <t>9786058711020</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Önder Peygamber ve Yeni Bir Devletin Kuruluşu</t>
+          <t>Son Peygamber Hz. Muhammed'in (Sallallahu Aleyhi Vessellem) Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>270</v>
+        <v>850</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054620296</t>
+          <t>9786054620135</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Doğduğu Çevre ve Toplum</t>
+          <t>Hulefa-yi Raşidin - Dönemi Tarihi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054620425</t>
+          <t>9786054620159</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çalışmalar ve Oryantalistlerin Siyer'e Yaklaşımı</t>
+          <t>Fütuhu’l Büldan - Ülkelerin Fetihleri (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>295</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054620548</t>
+          <t>9786054620340</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Devlet Başkanı Olarak Hz. Muhammed (S.a.v)</t>
+          <t>Hz. Peygamberin Kişiliği ve Bazı Özellikleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>8680454000010</t>
+          <t>9786054620418</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sahabe İklimi 1 Set (5 Kitap)</t>
+          <t>Yeni Bir Toplum İnşası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>750</v>
+        <v>295</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054620210</t>
+          <t>9786054620456</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim Olarak Siyer ve Kaynakları</t>
+          <t>Önder Peygamber ve Yeni Bir Devletin Kuruluşu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>345</v>
+        <v>270</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059283656</t>
+          <t>9786054620296</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz'e Yapılan Suikastler</t>
+          <t>Hz. Peygamber'in Doğduğu Çevre ve Toplum</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054620371</t>
+          <t>9786054620425</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Peygamber (Sas) Asrında Gündelik Yaşam</t>
+          <t>Çağdaş Çalışmalar ve Oryantalistlerin Siyer'e Yaklaşımı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>270</v>
+        <v>295</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054620333</t>
+          <t>9786054620548</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hz Peygamber'in Beşeri Münasebetleri Temel Hak ve Hürriyetler</t>
+          <t>Devlet Başkanı Olarak Hz. Muhammed (S.a.v)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257274197</t>
+          <t>8680454000010</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Yirmi Üç Yılı</t>
+          <t>Sahabe İklimi 1 Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057689092</t>
+          <t>9786054620210</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kalplerden Yükselen İlahi Esinti - Dua</t>
+          <t>Bir Bilim Olarak Siyer ve Kaynakları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>210</v>
+        <v>345</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257274081</t>
+          <t>9786059283656</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>El-Muhtaratu'l-Lu'luiyye İmam Nevevi'nin 40 Hadisinden Seçkiler Kırk İnci</t>
+          <t>Efendimiz'e Yapılan Suikastler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057689184</t>
+          <t>9786054620371</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabiler</t>
+          <t>Peygamber (Sas) Asrında Gündelik Yaşam</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>480</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054620975</t>
+          <t>9786054620333</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kolay Öğrenme Seti 3</t>
+          <t>Hz Peygamber'in Beşeri Münasebetleri Temel Hak ve Hürriyetler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>875</v>
+        <v>270</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054620944</t>
+          <t>9786257274197</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 1. Cilt</t>
+          <t>Hz. Muhammed'in Yirmi Üç Yılı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>950</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057689931</t>
+          <t>9786057689092</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Kişisel Bakımı</t>
+          <t>Kalplerden Yükselen İlahi Esinti - Dua</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057689900</t>
+          <t>9786257274081</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Değirmenim Dönerken</t>
+          <t>El-Muhtaratu'l-Lu'luiyye İmam Nevevi'nin 40 Hadisinden Seçkiler Kırk İnci</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057558084</t>
+          <t>9786057689184</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'i (s.a.s) Okuma Anlama ve Yaşama Sanatı</t>
+          <t>Hanım Sahabiler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057689139</t>
+          <t>9786054620975</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın Hutbeleri (2 Cilt Takım) (Ciltli)</t>
+          <t>Arapça Kolay Öğrenme Seti 3</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1800</v>
+        <v>875</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057689177</t>
+          <t>9786054620944</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 1. Cilt</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>190</v>
+        <v>950</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057558138</t>
+          <t>9786057689931</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Dersleri</t>
+          <t>Hz. Peygamber'in Kişisel Bakımı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057689269</t>
+          <t>9786057689900</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Asıllı Sahabiler</t>
+          <t>Değirmenim Dönerken</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057689603</t>
+          <t>9786057558084</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabiler (Ciltli)</t>
+          <t>Hz. Muhammed'i (s.a.s) Okuma Anlama ve Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>475</v>
+        <v>210</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256248915</t>
+          <t>9786057689139</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mina Mektebi Zilhicce Geceleri</t>
+          <t>Resulullah'ın Hutbeleri (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>295</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256248564</t>
+          <t>9786057689177</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Örnekliğinde Kişisel Gelişim</t>
+          <t>Gökteki Yıldızlar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259806723</t>
+          <t>9786057558138</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ganimet Hz. Peygamber Dönemi Uygulamaları</t>
+          <t>Sahabe Dersleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256248908</t>
+          <t>9786057689269</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Adalet Arayışında İnsan Hakları</t>
+          <t>Yahudi Asıllı Sahabiler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256248656</t>
+          <t>9786057689603</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Geri Çağırmak</t>
+          <t>Hanım Sahabiler (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>310</v>
+        <v>475</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256248717</t>
+          <t>9786256248915</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Why And How Should We Learn Seerah?</t>
+          <t>Mina Mektebi Zilhicce Geceleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259553801</t>
+          <t>9786256248564</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hadis Anlam ve Yorum Metinleri</t>
+          <t>Hz. Peygamber Örnekliğinde Kişisel Gelişim</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>840</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256248892</t>
+          <t>9786259806723</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Planlayıcı (Ciltli)</t>
+          <t>Ganimet Hz. Peygamber Dönemi Uygulamaları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256248885</t>
+          <t>9786256248908</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Planlayıcı</t>
+          <t>Adalet Arayışında İnsan Hakları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258144383</t>
+          <t>9786256248656</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4. Cilt (Ciltli)</t>
+          <t>İnsanı Geri Çağırmak</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>850</v>
+        <v>310</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258144376</t>
+          <t>9786256248717</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 3. Cilt (Ciltli)</t>
+          <t>Why And How Should We Learn Seerah?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>850</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258144369</t>
+          <t>9786259553801</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 2. Cilt (Ciltli)</t>
+          <t>Hadis Anlam ve Yorum Metinleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>850</v>
+        <v>840</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258144352</t>
+          <t>9786256248892</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 1. Cilt (Ciltli)</t>
+          <t>Ramazan Planlayıcı (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>850</v>
+        <v>340</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256766310</t>
+          <t>9786256248885</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 61 Sadreddin Konevi</t>
+          <t>Ramazan Planlayıcı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256248700</t>
+          <t>9786258144383</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4. Cilt</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256248694</t>
+          <t>9786258144376</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 3. Cilt</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256248687</t>
+          <t>9786258144369</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 2. Cilt</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256766334</t>
+          <t>9786258144352</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 63 Yunus Emre</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256766327</t>
+          <t>9786256766310</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 48 Serahsi</t>
+          <t>Nebevi Varisler 61 Sadreddin Konevi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256248670</t>
+          <t>9786256248700</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 1. Cilt</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4. Cilt</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256248595</t>
+          <t>9786256248694</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gazze Postmodern Bir Soykırımın Anatomisi</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 3. Cilt</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257298607</t>
+          <t>9786256248687</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Evlilikten</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 2. Cilt</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258015836</t>
+          <t>9786256766334</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın Hutbeleri (2 Cilt Takım, Termo Deri) (Ciltli)</t>
+          <t>Nebevi Varisler 63 Yunus Emre</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>2500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257274531</t>
+          <t>9786256766327</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi (4 Cilt) (Ciltli)</t>
+          <t>Nebevi Varisler 48 Serahsi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256766396</t>
+          <t>9786256248670</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bilal-i Habeşi (ra)</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 1. Cilt</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057298676</t>
+          <t>9786256248595</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ezan Çiçeği</t>
+          <t>Gazze Postmodern Bir Soykırımın Anatomisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057298614</t>
+          <t>9786257298607</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Denge</t>
+          <t>Kim Korkar Evlilikten</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257274876</t>
+          <t>9786258015836</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Sonrası Eyyübiler</t>
+          <t>Resulullah'ın Hutbeleri (2 Cilt Takım, Termo Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258015133</t>
+          <t>9786257274531</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ben Namaz Kılıyorum</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi (4 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059283786</t>
+          <t>9786256766396</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Eğitim Modeli Darü'l-Erkam (Ciltli)</t>
+          <t>Bilal-i Habeşi (ra)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052375563</t>
+          <t>9786057298676</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Niçin Namaz</t>
+          <t>Ezan Çiçeği</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257274180</t>
+          <t>9786057298614</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Ailesinde Sorumluluklar</t>
+          <t>Denge</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057689320</t>
+          <t>9786257274876</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cehalete Kurban Giden Bilge Cemşid</t>
+          <t>Selahaddin Sonrası Eyyübiler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256248540</t>
+          <t>9786258015133</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Haremeyn Ajandası Hac/Umre Planlayıcı (Ciltli)</t>
+          <t>Ben Namaz Kılıyorum</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258144826</t>
+          <t>9786059283786</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman: Hayatı ve Ahlakı - Haya ve Cömertlikte Zirve</t>
+          <t>Nebevi Eğitim Modeli Darü'l-Erkam (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258015577</t>
+          <t>9786052375563</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tekerrürden Tefekküre Tarih</t>
+          <t>Niçin Namaz</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057558817</t>
+          <t>9786257274180</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Zeynep Bint Cahş</t>
+          <t>Sahabe Ailesinde Sorumluluklar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059283922</t>
+          <t>9786057689320</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Eyyübiler - Haçlılar Karşısında İslam'ın Sağlam Bir Kalesi</t>
+          <t>Cehalete Kurban Giden Bilge Cemşid</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058711044</t>
+          <t>9786256248540</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz’i Sahabe Gibi Sevmek</t>
+          <t>Haremeyn Ajandası Hac/Umre Planlayıcı (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052375020</t>
+          <t>9786258144826</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz'i (sav) Sahabe Gibi Sevmek (Ciltli)</t>
+          <t>Hz. Osman: Hayatı ve Ahlakı - Haya ve Cömertlikte Zirve</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256396937</t>
+          <t>9786258015577</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler - 52 Hoca Ahmed Yesevi</t>
+          <t>Tekerrürden Tefekküre Tarih</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256766228</t>
+          <t>9786057558817</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 17 - Ca'fer Es-Sadık</t>
+          <t>Peygamber Evinin Hanımları - Hz. Zeynep Bint Cahş</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256766273</t>
+          <t>9786059283922</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 31 - İmam Buhari</t>
+          <t>Eyyübiler - Haçlılar Karşısında İslam'ın Sağlam Bir Kalesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256766150</t>
+          <t>9786058711044</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 67 - Bahaeddin Nakşibend</t>
+          <t>Efendimiz’i Sahabe Gibi Sevmek</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256766389</t>
+          <t>9786052375020</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 72 - İbn Hacer el-Askalani</t>
+          <t>Efendimiz'i (sav) Sahabe Gibi Sevmek (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256766372</t>
+          <t>9786256396937</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 96 - Mahmud Sami Ramazanoğlu</t>
+          <t>Nebevi Varisler - 52 Hoca Ahmed Yesevi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256766259</t>
+          <t>9786256766228</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler - 16 Katade B. Diame</t>
+          <t>Nebevi Varisler 17 - Ca'fer Es-Sadık</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256248588</t>
+          <t>9786256766273</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'ün Fethinin Mimarı Nureddin Mahmud Zengi Hayatı ve Dönemi</t>
+          <t>Nebevi Varisler 31 - İmam Buhari</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256766303</t>
+          <t>9786256766150</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in Şemaili'nden Hayata Yansıyanlar</t>
+          <t>Nebevi Varisler 67 - Bahaeddin Nakşibend</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259414362</t>
+          <t>9786256766389</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hulefa-yi Raşidin Döneminde Naiblik</t>
+          <t>Nebevi Varisler 72 - İbn Hacer el-Askalani</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259468860</t>
+          <t>9786256766372</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Aile Bilinci</t>
+          <t>Nebevi Varisler 96 - Mahmud Sami Ramazanoğlu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259806778</t>
+          <t>9786256766259</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler Döneminde Mecusiler</t>
+          <t>Nebevi Varisler - 16 Katade B. Diame</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259468846</t>
+          <t>9786256248588</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Anne Bugün Yarın Mı?</t>
+          <t>Kudüs'ün Fethinin Mimarı Nureddin Mahmud Zengi Hayatı ve Dönemi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256248571</t>
+          <t>9786256766303</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed Neden Çok Evlilik Yaptı?</t>
+          <t>Peygamberimiz'in Şemaili'nden Hayata Yansıyanlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256766532</t>
+          <t>9786259414362</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet Albümü</t>
+          <t>Hulefa-yi Raşidin Döneminde Naiblik</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256248557</t>
+          <t>9786259468860</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İman Ahlakı; Muhteşem Ahlak 5</t>
+          <t>Aile Bilinci</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259414348</t>
+          <t>9786259806778</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Siyer Edebiyatı Endülüs</t>
+          <t>Abbasiler Döneminde Mecusiler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259414355</t>
+          <t>9786259468846</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet'ten Günümüze Nifak ve Münafıklık</t>
+          <t>Anne Bugün Yarın Mı?</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256766402</t>
+          <t>9786256248571</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Doğu'dan Gelen Felaket: Moğol İstilası</t>
+          <t>Hazreti Muhammed Neden Çok Evlilik Yaptı?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>335</v>
+        <v>190</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259414331</t>
+          <t>9786256766532</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l-Cevzi ve El-Vefa Adlı Eseri</t>
+          <t>Şahsiyet Albümü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257274203</t>
+          <t>9786256248557</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Arının Ayak Tozu</t>
+          <t>İman Ahlakı; Muhteşem Ahlak 5</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259414317</t>
+          <t>9786259414348</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Kelamında Sahabe</t>
+          <t>Siyer Edebiyatı Endülüs</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256766143</t>
+          <t>9786259414355</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Abdülfettah Ebu Gudde - Nebevi Varisler 97</t>
+          <t>Asr-ı Saadet'ten Günümüze Nifak ve Münafıklık</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256766136</t>
+          <t>9786256766402</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hamidullah - Nebevi Varisler 99</t>
+          <t>Doğu'dan Gelen Felaket: Moğol İstilası</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>335</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256766167</t>
+          <t>9786259414331</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Veysel Karani - Nebevi Varisler 2</t>
+          <t>İbnü'l-Cevzi ve El-Vefa Adlı Eseri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256766129</t>
+          <t>9786257274203</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Hilmi Tunahan - Nebevi Varisler 91</t>
+          <t>Arının Ayak Tozu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256766211</t>
+          <t>9786259414317</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Esad Erbili - Nebevi Varisler 85</t>
+          <t>Ehl-i Sünnet Kelamında Sahabe</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256766204</t>
+          <t>9786256766143</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin er-Razi - Nebevi Varisler 55</t>
+          <t>Abdülfettah Ebu Gudde - Nebevi Varisler 97</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256396005</t>
+          <t>9786256766136</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir Geylani - Nebevi Varisler 51</t>
+          <t>Muhammed Hamidullah - Nebevi Varisler 99</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256766198</t>
+          <t>9786256766167</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Biruni - Nebevi Varisler 45</t>
+          <t>Veysel Karani - Nebevi Varisler 2</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259414386</t>
+          <t>9786256766129</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mewlide Ehmede Xasi (Metin u Tehlil)</t>
+          <t>Süleyman Hilmi Tunahan - Nebevi Varisler 91</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059283939</t>
+          <t>9786256766211</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Hulefa-yi Raşidin Döneminde Askeri Teşkilat</t>
+          <t>Muhammed Esad Erbili - Nebevi Varisler 85</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256766662</t>
+          <t>9786256766204</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (sas) Duaları</t>
+          <t>Fahreddin er-Razi - Nebevi Varisler 55</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256766549</t>
+          <t>9786256396005</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Fehmü's-Sire Siyeri Anlamak</t>
+          <t>Abdülkadir Geylani - Nebevi Varisler 51</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256766679</t>
+          <t>9786256766198</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Hicret</t>
+          <t>Biruni - Nebevi Varisler 45</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259468808</t>
+          <t>9786259414386</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Benimle Bak</t>
+          <t>Mewlide Ehmede Xasi (Metin u Tehlil)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256766556</t>
+          <t>9786059283939</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sevda Hz. Selman-ı Farisi (ra)</t>
+          <t>Hz. Peygamber ve Hulefa-yi Raşidin Döneminde Askeri Teşkilat</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259939728</t>
+          <t>9786256766662</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kitabü't-Tabakati'l- Kebir Tabakat (5 Cilt) (Ciltli)</t>
+          <t>Hz. Peygamber'in (sas) Duaları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>4750</v>
+        <v>270</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052375556</t>
+          <t>9786256766549</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik</t>
+          <t>Fehmü's-Sire Siyeri Anlamak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057689702</t>
+          <t>9786256766679</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Çıktığında Uyuyabilmek</t>
+          <t>Farklı Yönleriyle Hicret</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256396722</t>
+          <t>9786259468808</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hasta Fikirleri Tedavi Atölyesi</t>
+          <t>Dünyaya Benimle Bak</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258144581</t>
+          <t>9786256766556</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen Hanımlar</t>
+          <t>Bitmeyen Sevda Hz. Selman-ı Farisi (ra)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789759014216</t>
+          <t>9786259939728</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Peygamber’in Sallahu Aleyhi ve Sellem Albümü (Ciltli)</t>
+          <t>Kitabü't-Tabakati'l- Kebir Tabakat (5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>1100</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258015157</t>
+          <t>9786052375556</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ben Zekat Veriyorum</t>
+          <t>Kardeşlik</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258015164</t>
+          <t>9786057689702</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ben Oruç Tutuyorum</t>
+          <t>Fırtına Çıktığında Uyuyabilmek</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258015140</t>
+          <t>9786256396722</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ben Hacca Gidiyorum</t>
+          <t>Hasta Fikirleri Tedavi Atölyesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059487511</t>
+          <t>9786258144581</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz (sas) Çocukluğu (5 Kitap)</t>
+          <t>Cennetle Müjdelenen Hanımlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1000</v>
+        <v>130</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256396906</t>
+          <t>9789759014216</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Siyer'den Hayata (2 Cilt)</t>
+          <t>Hazreti Peygamber’in Sallahu Aleyhi ve Sellem Albümü (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>800</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059283618</t>
+          <t>9786258015157</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Siyer Öğretimi</t>
+          <t>Ben Zekat Veriyorum</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059283823</t>
+          <t>9786258015164</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Siyer Öğretimi</t>
+          <t>Ben Oruç Tutuyorum</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057227331</t>
+          <t>9786258015140</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>es-Siretü'n-Nebeviyye (Siret-i İbn Hişam) (Ciltli)</t>
+          <t>Ben Hacca Gidiyorum</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>2750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256396951</t>
+          <t>9786059487511</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zahid Kotku - Nebevi Varisler 95</t>
+          <t>Peygamber Efendimiz (sas) Çocukluğu (5 Kitap)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256396968</t>
+          <t>9786256396906</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Üstad Mevdudi - Nebevi Varisler 94</t>
+          <t>Siyer'den Hayata (2 Cilt)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256396999</t>
+          <t>9786059283618</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub - Nebevi Varisler 93</t>
+          <t>Siyer Öğretimi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256396128</t>
+          <t>9786059283823</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hasan el-Benna - Nebevi Varisler 89</t>
+          <t>Siyer Öğretimi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256396982</t>
+          <t>9786057227331</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hakim en-Nisaburi - Nebevi Varisler 41</t>
+          <t>es-Siretü'n-Nebeviyye (Siret-i İbn Hişam) (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>160</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256396975</t>
+          <t>9786256396951</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İmam Darimi - Nebevi Varisler 30</t>
+          <t>Mehmed Zahid Kotku - Nebevi Varisler 95</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256396142</t>
+          <t>9786256396968</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İbrahim b. Edhem - Nebevi Varisler 19</t>
+          <t>Üstad Mevdudi - Nebevi Varisler 94</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256396173</t>
+          <t>9786256396999</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ata b. Ebu Rebah - Nebevi Varisler 15</t>
+          <t>Seyyid Kutub - Nebevi Varisler 93</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256396166</t>
+          <t>9786256396128</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi - Nebevi Varisler 78</t>
+          <t>Hasan el-Benna - Nebevi Varisler 89</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256396159</t>
+          <t>9786256396982</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun - Nebevi Varisler 69</t>
+          <t>Hakim en-Nisaburi - Nebevi Varisler 41</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256396876</t>
+          <t>9786256396975</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin-i Rumi - Nebevi Varisler 60</t>
+          <t>İmam Darimi - Nebevi Varisler 30</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256396869</t>
+          <t>9786256396142</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l-Arabi - Nebevi Varisler 56</t>
+          <t>İbrahim b. Edhem - Nebevi Varisler 19</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256396135</t>
+          <t>9786256396173</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Cüneyd-i Bağdadi - Nebevi Varisler 36</t>
+          <t>Ata b. Ebu Rebah - Nebevi Varisler 15</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256396104</t>
+          <t>9786256396166</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Süleyman B. Yesar - Nebevi Varisler 12</t>
+          <t>Aziz Mahmud Hüdayi - Nebevi Varisler 78</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256396111</t>
+          <t>9786256396159</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mücahid B. Cebr - Nebevi Varisler 10</t>
+          <t>İbn Haldun - Nebevi Varisler 69</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057298621</t>
+          <t>9786256396876</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umrede Yaşanan İlginç Öyküler</t>
+          <t>Mevlana Celaleddin-i Rumi - Nebevi Varisler 60</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057558152</t>
+          <t>9786256396869</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kolay Öğrenme Seti 2</t>
+          <t>İbnü'l-Arabi - Nebevi Varisler 56</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>875</v>
+        <v>190</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789759014247</t>
+          <t>9786256396135</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kolay Öğrenme Seti 1</t>
+          <t>Cüneyd-i Bağdadi - Nebevi Varisler 36</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>875</v>
+        <v>180</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256396746</t>
+          <t>9786256396104</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Peygamber'in İzinde 114 İlahi Emir</t>
+          <t>Süleyman B. Yesar - Nebevi Varisler 12</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256396708</t>
+          <t>9786256396111</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Efendimizi Sahabe gibi Sevmek - İngilizce</t>
+          <t>Mücahid B. Cebr - Nebevi Varisler 10</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256396692</t>
+          <t>9786057298621</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Engelli Sahabiler</t>
+          <t>Hac ve Umrede Yaşanan İlginç Öyküler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256396180</t>
+          <t>9786057558152</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Umuda Sürgün</t>
+          <t>Arapça Kolay Öğrenme Seti 2</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>240</v>
+        <v>875</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256396739</t>
+          <t>9789759014247</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Peygamber'in İzinde</t>
+          <t>Arapça Kolay Öğrenme Seti 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>240</v>
+        <v>875</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256396715</t>
+          <t>9786256396746</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İlmin Kapısı Hz. Ali</t>
+          <t>Hazreti Peygamber'in İzinde 114 İlahi Emir</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057148551</t>
+          <t>9786256396708</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>er-Ravdü'l ünüf siret-i İbn Hişam ve Süheyli Şerhi 4 Cilt (Ciltli)</t>
+          <t>Efendimizi Sahabe gibi Sevmek - İngilizce</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>3500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256396050</t>
+          <t>9786256396692</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Halid el-Bağdadı - Nebevi Varisler 83</t>
+          <t>Engelli Sahabiler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052375976</t>
+          <t>9786256396180</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli - Nebevi Varisler 71</t>
+          <t>Umuda Sürgün</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057689948</t>
+          <t>9786256396739</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hatip el-Bağdadı - Nebevi Varisler 46</t>
+          <t>Hazreti Peygamber'in İzinde</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256396074</t>
+          <t>9786256396715</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Alvarlı Muhammed Lutfi - Nebevi Varisler 100</t>
+          <t>İlmin Kapısı Hz. Ali</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256396067</t>
+          <t>9786057148551</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İskilipli Mehmed Atıf Efendi - Nebevi Varisler 84</t>
+          <t>er-Ravdü'l ünüf siret-i İbn Hişam ve Süheyli Şerhi 4 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256396012</t>
+          <t>9786256396050</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı - Nebevi Varisler 82</t>
+          <t>Mevlana Halid el-Bağdadı - Nebevi Varisler 83</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258144734</t>
+          <t>9786052375976</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ahmed-i Hani - Nebevi Varisler 80</t>
+          <t>Hacı Bayram-ı Veli - Nebevi Varisler 71</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256396029</t>
+          <t>9786057689948</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi - Nebevi Varisler 79</t>
+          <t>Hatip el-Bağdadı - Nebevi Varisler 46</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256396036</t>
+          <t>9786256396074</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İmam Rabbani - Nebevi Varisler 77</t>
+          <t>Alvarlı Muhammed Lutfi - Nebevi Varisler 100</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256396043</t>
+          <t>9786256396067</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ebüssu'ud Efendi - Nebevi Varisler 76</t>
+          <t>İskilipli Mehmed Atıf Efendi - Nebevi Varisler 84</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057689467</t>
+          <t>9786256396012</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kurtubi - Nebevi Varisler 59</t>
+          <t>Erzurumlu İbrahim Hakkı - Nebevi Varisler 82</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052375204</t>
+          <t>9786258144734</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l Muin en-Nesefi - Nebevi Varisler 50</t>
+          <t>Ahmed-i Hani - Nebevi Varisler 80</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057689894</t>
+          <t>9786256396029</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazzali - Nebevi Varisler 49</t>
+          <t>Katip Çelebi - Nebevi Varisler 79</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258144673</t>
+          <t>9786256396036</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l Heysem - Nebevi Varisler 44</t>
+          <t>İmam Rabbani - Nebevi Varisler 77</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057689504</t>
+          <t>9786256396043</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İmam Eş'ari - Nebevi Varisler 37</t>
+          <t>Ebüssu'ud Efendi - Nebevi Varisler 76</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256396081</t>
+          <t>9786057689467</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ebu Davud Es-Sicistanı - Nebevi Varisler 33</t>
+          <t>Kurtubi - Nebevi Varisler 59</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057689498</t>
+          <t>9786052375204</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İbn Mace - Nebevi Varisler 32</t>
+          <t>Ebü'l Muin en-Nesefi - Nebevi Varisler 50</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258144994</t>
+          <t>9786057689894</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yahya B. Main - Nebevi Varisler 28</t>
+          <t>İmam Gazzali - Nebevi Varisler 49</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258144635</t>
+          <t>9786258144673</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Cabir B. Hayyan - Nebevi Varisler 25</t>
+          <t>İbnü'l Heysem - Nebevi Varisler 44</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258144666</t>
+          <t>9786057689504</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Abdullah B. Mübarek - Nebevi Varisler 22</t>
+          <t>İmam Eş'ari - Nebevi Varisler 37</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258144710</t>
+          <t>9786256396081</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Süfyan Es-Sevri - Nebevi Varisler 20</t>
+          <t>Ebu Davud Es-Sicistanı - Nebevi Varisler 33</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258144963</t>
+          <t>9786057689498</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hasan-ı Basri - Nebevi Varisler 13</t>
+          <t>İbn Mace - Nebevi Varisler 32</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258144727</t>
+          <t>9786258144994</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Said B. Müseyyeb - Nebevi Varisler 07</t>
+          <t>Yahya B. Main - Nebevi Varisler 28</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258144956</t>
+          <t>9786258144635</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İmam Zeynelabidin - Nebevi Varisler 05</t>
+          <t>Cabir B. Hayyan - Nebevi Varisler 25</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258144949</t>
+          <t>9786258144666</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Alkame B. Kays - Nebevi Varisler 03</t>
+          <t>Abdullah B. Mübarek - Nebevi Varisler 22</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258144604</t>
+          <t>9786258144710</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hayat Defteri Yarısı Sende (Ciltli)</t>
+          <t>Süfyan Es-Sevri - Nebevi Varisler 20</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>475</v>
+        <v>160</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258144680</t>
+          <t>9786258144963</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed'in Hayatı 1 - 2 Cilt Takım</t>
+          <t>Hasan-ı Basri - Nebevi Varisler 13</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>1100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258144611</t>
+          <t>9786258144727</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat Ve Kulluk</t>
+          <t>Said B. Müseyyeb - Nebevi Varisler 07</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057689474</t>
+          <t>9786258144956</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Tarihi</t>
+          <t>İmam Zeynelabidin - Nebevi Varisler 05</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>1200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057148506</t>
+          <t>9786258144949</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler Döneminde Valilik</t>
+          <t>Alkame B. Kays - Nebevi Varisler 03</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057148513</t>
+          <t>9786258144604</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Samerra</t>
+          <t>Hayat Defteri Yarısı Sende (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258144499</t>
+          <t>9786258144680</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in Kızları</t>
+          <t>Son Peygamber Hz. Muhammed'in Hayatı 1 - 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>120</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258144505</t>
+          <t>9786258144611</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in Halaları</t>
+          <t>Fıtrat Ve Kulluk</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258144536</t>
+          <t>9786057689474</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Medine Muhaciri Hanımlar</t>
+          <t>Kur’an Tarihi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>120</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258144543</t>
+          <t>9786057148506</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İlk İman Eden Hanımlar</t>
+          <t>Abbasiler Döneminde Valilik</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258144529</t>
+          <t>9786057148513</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'e Biat Eden Hanımlar</t>
+          <t>Samerra</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258144550</t>
+          <t>9786258144499</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Habeşistan Muhaciri Hanımlar</t>
+          <t>Peygamberimiz'in Kızları</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258144567</t>
+          <t>9786258144505</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Gazvelere Katılan Hanımlar</t>
+          <t>Peygamberimiz'in Halaları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258144574</t>
+          <t>9786258144536</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ensar Hanımlar</t>
+          <t>Medine Muhaciri Hanımlar</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258144512</t>
+          <t>9786258144543</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in Süt Anneleri ve Onu Yetiştiren Hanımlar</t>
+          <t>İlk İman Eden Hanımlar</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258144598</t>
+          <t>9786258144529</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ergen</t>
+          <t>Hz. Peygamber'e Biat Eden Hanımlar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258144451</t>
+          <t>9786258144550</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Suffa Meclisleri Sünnet Bilinci Dersleri</t>
+          <t>Habeşistan Muhaciri Hanımlar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>475</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258144475</t>
+          <t>9786258144567</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İbn Hibban</t>
+          <t>Gazvelere Katılan Hanımlar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258144482</t>
+          <t>9786258144574</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ma'şer</t>
+          <t>Ensar Hanımlar</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258144468</t>
+          <t>9786258144512</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Musa B. Ukbe</t>
+          <t>Peygamberimiz'in Süt Anneleri ve Onu Yetiştiren Hanımlar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258144437</t>
+          <t>9786258144598</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Emriyle Siyer Başlar</t>
+          <t>Ergen</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258144444</t>
+          <t>9786258144451</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Ahlakı</t>
+          <t>Suffa Meclisleri Sünnet Bilinci Dersleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>160</v>
+        <v>475</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258144338</t>
+          <t>9786258144475</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Yolculuğum</t>
+          <t>İbn Hibban</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258015874</t>
+          <t>9786258144482</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kürtçe Siyer Yazıcılığı</t>
+          <t>Ebu Ma'şer</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258015300</t>
+          <t>9786258144468</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hayrın Öncüsü Hz.Ömer: Hayatı - Ahlakı</t>
+          <t>Musa B. Ukbe</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258015867</t>
+          <t>9786258144437</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4. Cilt</t>
+          <t>Allah’ın Emriyle Siyer Başlar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>525</v>
+        <v>210</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258015997</t>
+          <t>9786258144444</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 2. Cilt</t>
+          <t>Kardeşlik Ahlakı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>525</v>
+        <v>160</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258015669</t>
+          <t>9786258144338</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 3. Cilt</t>
+          <t>Düşünce Yolculuğum</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>525</v>
+        <v>220</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258015706</t>
+          <t>9786258015874</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l - Fida İbn Kesir - Siyerin Öncüleri 29</t>
+          <t>Kürtçe Siyer Yazıcılığı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258015515</t>
+          <t>9786258015300</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İbn Habib El - Halebi - Siyerin Öncüleri 30</t>
+          <t>Hayrın Öncüsü Hz.Ömer: Hayatı - Ahlakı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258015416</t>
+          <t>9786258015867</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Makrizi - Siyerin Öncüleri 31</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4. Cilt (Büyük Boy)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258015331</t>
+          <t>9786258015997</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yahya B. Ebu Bekir El Amiri - Siyerin Öncüleri 32</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 2. Cilt (Büyük Boy)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258015225</t>
+          <t>9786258015669</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin Es - Sehavi - Siyerin Öncüleri 33</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 3. Cilt (Büyük Boy)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258015287</t>
+          <t>9786258015706</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Süyuti - Siyerin Öncüleri 34</t>
+          <t>Ebü'l - Fida İbn Kesir - Siyerin Öncüleri 29</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258015218</t>
+          <t>9786258015515</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ahmed B. Muhammed El - Kastallani - Siyerin Öncüleri 35</t>
+          <t>İbn Habib El - Halebi - Siyerin Öncüleri 30</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258015379</t>
+          <t>9786258015416</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin Eş - Şami - Siyerin Öncüleri 36</t>
+          <t>Makrizi - Siyerin Öncüleri 31</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258015614</t>
+          <t>9786258015331</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin İbn Tolun - Siyerin Öncüleri 37</t>
+          <t>Yahya B. Ebu Bekir El Amiri - Siyerin Öncüleri 32</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258015553</t>
+          <t>9786258015225</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekri - Siyerin Öncüleri 38</t>
+          <t>Şemseddin Es - Sehavi - Siyerin Öncüleri 33</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258015652</t>
+          <t>9786258015287</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Beyhaki</t>
+          <t>Süyuti - Siyerin Öncüleri 34</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786252015515</t>
+          <t>9786258015218</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İbn Habib El-halebi</t>
+          <t>Ahmed B. Muhammed El - Kastallani - Siyerin Öncüleri 35</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>35</v>
+        <v>190</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258015508</t>
+          <t>9786258015379</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İbn Hazm</t>
+          <t>Şemseddin Eş - Şami - Siyerin Öncüleri 36</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258015645</t>
+          <t>9786258015614</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ebu Nuaym El - İsfahani</t>
+          <t>Şemseddin İbn Tolun - Siyerin Öncüleri 37</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258015690</t>
+          <t>9786258015553</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Muhammed B. Cerir Et - Taberi</t>
+          <t>Diyarbekri - Siyerin Öncüleri 38</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258015362</t>
+          <t>9786258015652</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Tirmizi</t>
+          <t>Beyhaki</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258015560</t>
+          <t>9786252015515</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Belazüri</t>
+          <t>İbn Habib El-halebi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>190</v>
+        <v>35</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258015539</t>
+          <t>9786258015508</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Halife B. Hayyat</t>
+          <t>İbn Hazm</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258015430</t>
+          <t>9786258015645</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kelai - Siyerin Öncüleri (24)</t>
+          <t>Ebu Nuaym El - İsfahani</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258014944</t>
+          <t>9786258015690</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İbn Seyyidünnas - Siyerin Öncüleri (25)</t>
+          <t>Muhammed B. Cerir Et - Taberi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258015324</t>
+          <t>9786258015362</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Zehebi - Siyerin Öncüleri (26)</t>
+          <t>Tirmizi</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258015409</t>
+          <t>9786258015560</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Moğultay B. Kılıç - Siyerin Öncüleri (27)</t>
+          <t>Belazüri</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258015461</t>
+          <t>9786258015539</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İzzeddin İbn Cemaa - Siyerin Öncüleri (28)</t>
+          <t>Halife B. Hayyat</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258015393</t>
+          <t>9786258015430</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Muhammed b. Abdülbaki ez-Zürkani</t>
+          <t>Kelai - Siyerin Öncüleri (24)</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258015454</t>
+          <t>9786258014944</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İzzeddin İbnü'l-Esir - Siyerin Öncüleri 23</t>
+          <t>İbn Seyyidünnas - Siyerin Öncüleri (25)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258015621</t>
+          <t>9786258015324</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Nureddin el-Halebi</t>
+          <t>Zehebi - Siyerin Öncüleri (26)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258015546</t>
+          <t>9786258015409</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l-Ferec İbnü'l-Cevzi - Siyerin Öncüleri 22</t>
+          <t>Moğultay B. Kılıç - Siyerin Öncüleri (27)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786258015386</t>
+          <t>9786258015461</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Süheyli - Siyerin Öncüleri 21</t>
+          <t>İzzeddin İbn Cemaa - Siyerin Öncüleri (28)</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258015447</t>
+          <t>9786258015393</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kadi İyaz - Siyerin Öncüleri 20</t>
+          <t>Muhammed b. Abdülbaki ez-Zürkani</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258015522</t>
+          <t>9786258015454</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İbn Abdülber - Siyerin Öncüleri 19</t>
+          <t>İzzeddin İbnü'l-Esir - Siyerin Öncüleri 23</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257274708</t>
+          <t>9786258015621</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Not Defterim (Ciltli)</t>
+          <t>Nureddin el-Halebi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258015607</t>
+          <t>9786258015546</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İbn Sad</t>
+          <t>Ebü'l-Ferec İbnü'l-Cevzi - Siyerin Öncüleri 22</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258015492</t>
+          <t>9786258015386</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İbn Hişam</t>
+          <t>Süheyli - Siyerin Öncüleri 21</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258015348</t>
+          <t>9786258015447</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Vakıdi</t>
+          <t>Kadi İyaz - Siyerin Öncüleri 20</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258015423</t>
+          <t>9786258015522</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ma'mer B. Raşid</t>
+          <t>İbn Abdülber - Siyerin Öncüleri 19</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786258015478</t>
+          <t>9786257274708</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İbn Şihab Ez Zühri</t>
+          <t>Sahabe Not Defterim (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258015485</t>
+          <t>9786258015607</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İbn İshak</t>
+          <t>İbn Sad</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258015355</t>
+          <t>9786258015492</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Urve B. Zübeyr</t>
+          <t>İbn Hişam</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257274845</t>
+          <t>9786258015348</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsan</t>
+          <t>Vakıdi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054620029</t>
+          <t>9786258015423</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>101 Cevapla Kuran Nedir ?</t>
+          <t>Ma'mer B. Raşid</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257274814</t>
+          <t>9786258015478</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ses İstasyonu</t>
+          <t>İbn Şihab Ez Zühri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258015126</t>
+          <t>9786258015485</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sarah'ın Merakı - Kelime-i Şehadet</t>
+          <t>İbn İshak</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052375037</t>
+          <t>9786258015355</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İbadetin Beyni Dua (Ciltli)</t>
+          <t>Urve B. Zübeyr</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052375068</t>
+          <t>9786257274845</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Kurtuluşu Hac Ömrün Bereketi Umre</t>
+          <t>Kur'an'da İnsan</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257274692</t>
+          <t>9786054620029</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Fetihten Bilime</t>
+          <t>101 Cevapla Kuran Nedir ?</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257274685</t>
+          <t>9786257274814</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bilinci</t>
+          <t>Ses İstasyonu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257274791</t>
+          <t>9786258015126</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Büveyhiler'in Eline Düşerken</t>
+          <t>Sarah'ın Merakı - Kelime-i Şehadet</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257274852</t>
+          <t>9786052375037</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Allah ve Namaz Nasıl Anlatılmalı?</t>
+          <t>İbadetin Beyni Dua (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052375006</t>
+          <t>9786052375068</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hazreti Muhammed (sas) (Ciltli)</t>
+          <t>İnsanlığın Kurtuluşu Hac Ömrün Bereketi Umre</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057689160</t>
+          <t>9786257274692</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Adil Siyaset ve İnsan Hakları</t>
+          <t>Fetihten Bilime</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258015898</t>
+          <t>9786257274685</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Arap Yarımadası’nda Kervan</t>
+          <t>Çevre Bilinci</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258015829</t>
+          <t>9786257274791</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Efendimizi Sahabe Gibi Sevmek (Arapça)</t>
+          <t>Bağdat Büveyhiler'in Eline Düşerken</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258015591</t>
+          <t>9786257274852</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Efendimizi Sahabe Gibi Sevmek (Osmanlıca)</t>
+          <t>Allah ve Namaz Nasıl Anlatılmalı?</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258015881</t>
+          <t>9786052375006</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Medine’de Bir Aile - Ebu Talha Ümmü Süleym</t>
+          <t>Alemlere Rahmet Hazreti Muhammed (sas) (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258015294</t>
+          <t>9786057689160</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim Geleneğinde İbn Hacer El- Askalani</t>
+          <t>Adil Siyaset ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258015317</t>
+          <t>9786258015898</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Basra Kuruluşundan Emevilerin Sonuna Kadar Toplumsal Yapı</t>
+          <t>Arap Yarımadası’nda Kervan</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786258015584</t>
+          <t>9786258015829</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Rızık Hikmet Penceresinden Kavramsal Bir Yaklaşım</t>
+          <t>Efendimizi Sahabe Gibi Sevmek (Arapça)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258015249</t>
+          <t>9786258015591</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Vefaü'l - Vefa (3 Cilt Takım) (Ciltli)</t>
+          <t>Efendimizi Sahabe Gibi Sevmek (Osmanlıca)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>1800</v>
+        <v>225</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257274890</t>
+          <t>9786258015881</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet İlişkisi</t>
+          <t>Medine’de Bir Aile - Ebu Talha Ümmü Süleym</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054620395</t>
+          <t>9786258015294</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Doğa</t>
+          <t>İslam İlim Geleneğinde İbn Hacer El- Askalani</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>295</v>
+        <v>270</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054620364</t>
+          <t>9786258015317</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Peygamber (sas) Ailesi</t>
+          <t>Basra Kuruluşundan Emevilerin Sonuna Kadar Toplumsal Yapı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054620326</t>
+          <t>9786258015584</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in (sas) Arkadaşları</t>
+          <t>Rızık Hikmet Penceresinden Kavramsal Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054620258</t>
+          <t>9786258015249</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Peygamberlik Algısı</t>
+          <t>Vefaü'l - Vefa (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>295</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054620197</t>
+          <t>9786257274890</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Aile Reisi Olarak Hz. Peygamber (Sas)</t>
+          <t>Kur’an ve Sünnet İlişkisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257274821</t>
+          <t>9786054620395</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Avı</t>
+          <t>Tıp ve Doğa</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257274951</t>
+          <t>9786054620364</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eserlerinde Hz.Peygamber (Ciltli)</t>
+          <t>Peygamber (sas) Ailesi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>1300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257274968</t>
+          <t>9786054620326</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Medeniyeti</t>
+          <t>Hz. Peygamber’in (sas) Arkadaşları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>480</v>
+        <v>295</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257274920</t>
+          <t>9786054620258</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim Geleneğinde İmam Buhari</t>
+          <t>Geçmişten Günümüze Peygamberlik Algısı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>270</v>
+        <v>295</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257274913</t>
+          <t>9786054620197</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kanbahar</t>
+          <t>Aile Reisi Olarak Hz. Peygamber (Sas)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257274906</t>
+          <t>9786257274821</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Rahmet ve Musibet</t>
+          <t>Mutluluk Avı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257274807</t>
+          <t>9786257274951</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün İstilasından Urfa’nın Fethine Müslümanların Haçlılarla Mücadelesi</t>
+          <t>Sanat Eserlerinde Hz.Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>240</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257274678</t>
+          <t>9786257274968</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Tabiin Döneminde Kur'an Tefsiri</t>
+          <t>Ana Hatlarıyla İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257274661</t>
+          <t>9786257274920</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sahabe ve Değer</t>
+          <t>İslam İlim Geleneğinde İmam Buhari</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057689863</t>
+          <t>9786257274913</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Tefsir Geleneğinde Kıraat</t>
+          <t>Kanbahar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257274654</t>
+          <t>9786257274906</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Cuma Düşüncelerim</t>
+          <t>İslam Düşüncesinde Rahmet ve Musibet</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257274234</t>
+          <t>9786257274807</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin-i Eyyübi ve Tasavvuf</t>
+          <t>Kudüs’ün İstilasından Urfa’nın Fethine Müslümanların Haçlılarla Mücadelesi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057689887</t>
+          <t>9786257274678</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem İslam Tarihinde İktidar Muhalefet İlişkisi</t>
+          <t>Tabiin Döneminde Kur'an Tefsiri</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257274036</t>
+          <t>9786257274661</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Harb-i Umumi Gölgesinde Siyer Telifi</t>
+          <t>Sahabe ve Değer</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257274609</t>
+          <t>9786057689863</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Can Yoldaşı Hz. Ebu Bekir</t>
+          <t>Endülüs Tefsir Geleneğinde Kıraat</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257274098</t>
+          <t>9786257274654</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklu ve Eyyübiler'de Siyaset Eksenli Sünni Faaliyetler</t>
+          <t>Cuma Düşüncelerim</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257274074</t>
+          <t>9786257274234</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in İlk Yedi Yılı</t>
+          <t>Selahaddin-i Eyyübi ve Tasavvuf</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257274517</t>
+          <t>9786057689887</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Onlar Bizim Annelerimiz Not Defterim (Ciltli)</t>
+          <t>İlk Dönem İslam Tarihinde İktidar Muhalefet İlişkisi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257274258</t>
+          <t>9786257274036</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Cennetü'l-Baki</t>
+          <t>Harb-i Umumi Gölgesinde Siyer Telifi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054620401</t>
+          <t>9786257274609</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Vahiy ve Peygamber (SAS)</t>
+          <t>Can Yoldaşı Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>295</v>
+        <v>330</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786258144390</t>
+          <t>9786257274098</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Esma-i Hüsna</t>
+          <t>Büyük Selçuklu ve Eyyübiler'de Siyaset Eksenli Sünni Faaliyetler</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257274241</t>
+          <t>9786257274074</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Siyer Usulü</t>
+          <t>Hz. Muhammed'in İlk Yedi Yılı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054620357</t>
+          <t>9786257274517</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet ve Hz. Muhammed'in (SAS) Nübüvveti</t>
+          <t>Onlar Bizim Annelerimiz Not Defterim (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>295</v>
+        <v>330</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257274227</t>
+          <t>9786257274258</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abbas</t>
+          <t>Hz. Peygamber Döneminde Cennetü'l-Baki</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257274043</t>
+          <t>9786054620401</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Eman</t>
+          <t>Vahiy ve Peygamber (SAS)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057689481</t>
+          <t>9786258144390</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Muhammed b. Ömer El-Vakıdı (Ciltli)</t>
+          <t>Öykülerle Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054620319</t>
+          <t>9786257274241</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’i Doğru Anlamak</t>
+          <t>Siyer Usulü</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257274067</t>
+          <t>9786054620357</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman ve Hadis Rivayetindeki Yeri</t>
+          <t>Nübüvvet ve Hz. Muhammed'in (SAS) Nübüvveti</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>410</v>
+        <v>295</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054620241</t>
+          <t>9786257274227</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Peygamber Sevgisi</t>
+          <t>Hz. Abbas</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054620272</t>
+          <t>9786257274043</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Ümmiliği - Hz. Peygamber ve Sünnet</t>
+          <t>Eman</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257274029</t>
+          <t>9786057689481</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Feveran</t>
+          <t>Muhammed b. Ömer El-Vakıdı (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>210</v>
+        <v>700</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057689726</t>
+          <t>9786054620319</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Hitabet Sanatı</t>
+          <t>Hz. Peygamber’i Doğru Anlamak</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057689634</t>
+          <t>9786257274067</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Siyer-Tefsir İlişkisi İbn Hişam Örnekliği</t>
+          <t>Hz. Osman ve Hadis Rivayetindeki Yeri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257274050</t>
+          <t>9786054620241</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Açısından Allah'ın Yardımı Peygamber'in Zaferi</t>
+          <t>Geçmişten Günümüze Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052375327</t>
+          <t>9786054620272</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Sosyal Yapısıyla Siyer Coğrafyası (Ciltli)</t>
+          <t>Hz. Peygamber’in Ümmiliği - Hz. Peygamber ve Sünnet</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057689870</t>
+          <t>9786257274029</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Siyer Öğrenmeliyiz? (Ciltli)</t>
+          <t>Feveran</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057689689</t>
+          <t>9786057689726</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye’de Yönetim</t>
+          <t>Hitabet Sanatı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057689627</t>
+          <t>9786057689634</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi’de Hadis</t>
+          <t>Siyer-Tefsir İlişkisi İbn Hişam Örnekliği</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057689801</t>
+          <t>9786257274050</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Arap Yarımadası’nda Kabile Hayatı</t>
+          <t>Kur'an-ı Kerim Açısından Allah'ın Yardımı Peygamber'in Zaferi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057689597</t>
+          <t>9786052375327</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sahabiler (Ciltli)</t>
+          <t>Tarihi ve Sosyal Yapısıyla Siyer Coğrafyası (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>475</v>
+        <v>300</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057689610</t>
+          <t>9786057689870</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Suffe (Ciltli)</t>
+          <t>Neden ve Nasıl Siyer Öğrenmeliyiz? (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>475</v>
+        <v>300</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057689696</t>
+          <t>9786057689689</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Hayat Rehberi Peygamberimiz</t>
+          <t>Cahiliye’de Yönetim</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054620203</t>
+          <t>9786057689627</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet'te Ticaret ve Tüccar Sahabiler</t>
+          <t>Bediüzzaman Said Nursi’de Hadis</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052375600</t>
+          <t>9786057689801</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Görev ve Yetkileri Açısından Hz. Peygamber (Ciltsiz)</t>
+          <t>Arap Yarımadası’nda Kabile Hayatı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054620166</t>
+          <t>9786057689597</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Unseren Propheten So Wie Die Gefahrten Zu Lieben</t>
+          <t>Çocuk Sahabiler (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057689771</t>
+          <t>9786057689610</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Amvas Vebası - Orta Çağ Kara Belası</t>
+          <t>Ashab-ı Suffe (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057689719</t>
+          <t>9786057689696</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirme Ahlakı</t>
+          <t>Hayat Rehberi Peygamberimiz</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057689535</t>
+          <t>9786054620203</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusuna Söylenecekler</t>
+          <t>Asr-ı Saadet'te Ticaret ve Tüccar Sahabiler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057689306</t>
+          <t>9786052375600</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Hz.Peygamber (Sas) Döneminde Sosyal Hizmetler</t>
+          <t>Görev ve Yetkileri Açısından Hz. Peygamber (Ciltsiz)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057689252</t>
+          <t>9786054620166</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Beytül Mal</t>
+          <t>Unseren Propheten So Wie Die Gefahrten Zu Lieben</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057689207</t>
+          <t>9786057689771</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (sas) Döneminde Hacamat</t>
+          <t>Amvas Vebası - Orta Çağ Kara Belası</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057558923</t>
+          <t>9786057689719</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Sürecinde Kur'an-Siyer İlişkisi</t>
+          <t>Çocuk Yetiştirme Ahlakı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057689108</t>
+          <t>9786057689535</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Olmak</t>
+          <t>Zaman Yolcusuna Söylenecekler</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057689245</t>
+          <t>9786057689306</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Modern Toplumda Görgü Kuralları</t>
+          <t>Hz.Peygamber (Sas) Döneminde Sosyal Hizmetler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052375525</t>
+          <t>9786057689252</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Medeniyeti</t>
+          <t>Beytül Mal</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>525</v>
+        <v>280</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057689085</t>
+          <t>9786057689207</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in (s.a.s) Kızları ve Kız Torunları</t>
+          <t>Hz. Peygamber (sas) Döneminde Hacamat</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057689153</t>
+          <t>9786057558923</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Aile Ahlakı</t>
+          <t>Nüzul Sürecinde Kur'an-Siyer İlişkisi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057558916</t>
+          <t>9786057689108</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Vasıfları ve İsmet Sıfatı (Ciltli)</t>
+          <t>Abdullah Olmak</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057558824</t>
+          <t>9786057689245</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Ümmü Seleme</t>
+          <t>Modern Toplumda Görgü Kuralları</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057558831</t>
+          <t>9786052375525</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Ümmü Habibe</t>
+          <t>Osmanlı Dönemi Medeniyeti</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>120</v>
+        <v>525</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057558862</t>
+          <t>9786057689085</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Hatice Bint Huveylid</t>
+          <t>Peygamberimiz'in (s.a.s) Kızları ve Kız Torunları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057558893</t>
+          <t>9786057689153</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Aişe Bint Ebi Bekir</t>
+          <t>Aile Ahlakı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057558879</t>
+          <t>9786057558916</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Hafsa Bint Ömer</t>
+          <t>Peygamberlerin Vasıfları ve İsmet Sıfatı (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057558886</t>
+          <t>9786057558824</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Cüveyride Bint Haris - Hz. Reyhane Bint Şem'un - Hz. Mariye Bint Şem'un</t>
+          <t>Peygamber Evinin Hanımları - Hz. Ümmü Seleme</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057558855</t>
+          <t>9786057558831</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz Safiyye Bint Huyey</t>
+          <t>Peygamber Evinin Hanımları - Hz. Ümmü Habibe</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057558848</t>
+          <t>9786057558862</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Sevde Bint Zem'a - Hz. Zeynep Bint Hüzeyme - Hz. Meymune Bint Haris</t>
+          <t>Peygamber Evinin Hanımları - Hz. Hatice Bint Huveylid</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052375044</t>
+          <t>9786057558893</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sahabeyi Nasıl Anlamalıyız? (Ciltli)</t>
+          <t>Peygamber Evinin Hanımları - Hz. Aişe Bint Ebi Bekir</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057558497</t>
+          <t>9786057558879</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (s.av.) Mal Varlığı</t>
+          <t>Peygamber Evinin Hanımları - Hz. Hafsa Bint Ömer</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057558480</t>
+          <t>9786057558886</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İbn Seyyidinnas ve Uyunü'l-Eser</t>
+          <t>Peygamber Evinin Hanımları - Hz. Cüveyride Bint Haris - Hz. Reyhane Bint Şem'un - Hz. Mariye Bint Şem'un</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059283601</t>
+          <t>9786057558855</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Ben Kadere İnanyorum</t>
+          <t>Peygamber Evinin Hanımları - Hz Safiyye Bint Huyey</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059283595</t>
+          <t>9786057558848</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ben Ahirete İnanıyorum</t>
+          <t>Peygamber Evinin Hanımları - Hz. Sevde Bint Zem'a - Hz. Zeynep Bint Hüzeyme - Hz. Meymune Bint Haris</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057558510</t>
+          <t>9786052375044</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş ve Yükseliş Döneminde Eyyubiler (Melik Adil Dönemi)</t>
+          <t>Sahabeyi Nasıl Anlamalıyız? (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057558107</t>
+          <t>9786057558497</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Namaza Nasıl Başlanır?</t>
+          <t>Hz. Peygamber'in (s.av.) Mal Varlığı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057558527</t>
+          <t>9786057558480</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Ahlakı</t>
+          <t>İbn Seyyidinnas ve Uyunü'l-Eser</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057558534</t>
+          <t>9786059283601</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (s.a.s) Döneminde Aile Hayatı</t>
+          <t>Ben Kadere İnanyorum</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059283779</t>
+          <t>9786059283595</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Çalışmaları</t>
+          <t>Ben Ahirete İnanıyorum</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>295</v>
+        <v>100</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054620074</t>
+          <t>9786057558510</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hazreti Muhammed (sas) (Ciltsiz)</t>
+          <t>Kuruluş ve Yükseliş Döneminde Eyyubiler (Melik Adil Dönemi)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057558046</t>
+          <t>9786057558107</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Bahri Memlükler İktisadi ve Ticari Hayat</t>
+          <t>Namaza Nasıl Başlanır?</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059283519</t>
+          <t>9786057558527</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Namaz Asla Terk Edilemez</t>
+          <t>Evlilik Ahlakı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052375587</t>
+          <t>9786057558534</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Siyer Öğrenmeliyiz?</t>
+          <t>Hz. Peygamber (s.a.s) Döneminde Aile Hayatı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052375174</t>
+          <t>9786059283779</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi</t>
+          <t>Kur'an Çalışmaları</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>525</v>
+        <v>295</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059283649</t>
+          <t>9786054620074</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>101 Cevapla Kur’an Nedir? (Ciltli)</t>
+          <t>Alemlere Rahmet Hazreti Muhammed (sas) (Ciltsiz)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052375594</t>
+          <t>9786057558046</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Sosyal Yapısıyla Siyer Coğrafyası</t>
+          <t>Bahri Memlükler İktisadi ve Ticari Hayat</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052375372</t>
+          <t>9786059283519</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Siyer Öğretimi Çocuk Kitapları, Edebi Eserler ve Popüler Yayınlar</t>
+          <t>Namaz Asla Terk Edilemez</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057689528</t>
+          <t>9786052375587</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Görev ve Yetkileri Açısından Hz. Peygamber (Ciltli)</t>
+          <t>Neden ve Nasıl Siyer Öğrenmeliyiz?</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054620500</t>
+          <t>9786052375174</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Bir Alim Bir Eser - İbn Sa'd ve Tabakat</t>
+          <t>Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>220</v>
+        <v>525</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054620289</t>
+          <t>9786059283649</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Ahlakı</t>
+          <t>101 Cevapla Kur’an Nedir? (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054620302</t>
+          <t>9786052375594</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'de (SAS) İnsan Sevgisi</t>
+          <t>Tarihi ve Sosyal Yapısıyla Siyer Coğrafyası</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054620234</t>
+          <t>9786052375372</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Eğitimci ve Tebliğci Hz. Peygamber (SAS)</t>
+          <t>Siyer Öğretimi Çocuk Kitapları, Edebi Eserler ve Popüler Yayınlar</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059283670</t>
+          <t>9786057689528</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İnsan İlişkilerde İlahi Ölçü (Ciltli)</t>
+          <t>Görev ve Yetkileri Açısından Hz. Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054620388</t>
+          <t>9786054620500</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Suffa Meclisleri Siyer Bilinci Dersleri</t>
+          <t>Bir Alim Bir Eser - İbn Sa'd ve Tabakat</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>475</v>
+        <v>220</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052375013</t>
+          <t>9786054620289</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Cebrail (as) ile Hasbihal</t>
+          <t>Hz. Peygamber'in Ahlakı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059283953</t>
+          <t>9786054620302</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Tabiin Döneminde Kur'an Tefsiri</t>
+          <t>Hz. Peygamber'de (SAS) İnsan Sevgisi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059283946</t>
+          <t>9786054620234</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Tevbe Ahlakı</t>
+          <t>Eğitimci ve Tebliğci Hz. Peygamber (SAS)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059283755</t>
+          <t>9786059283670</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sinema</t>
+          <t>İnsan İlişkilerde İlahi Ölçü (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054620227</t>
+          <t>9786054620388</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Diğer İnanç Mensuplarıyla İlişkiler</t>
+          <t>Suffa Meclisleri Siyer Bilinci Dersleri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059283663</t>
+          <t>9786052375013</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Es-Semhudi ve Medine Tarihi</t>
+          <t>Cebrail (as) ile Hasbihal</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059283625</t>
+          <t>9786059283953</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Zeyd B. Harise</t>
+          <t>Tabiin Döneminde Kur'an Tefsiri</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059283502</t>
+          <t>9786059283946</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Ji Pexembere Me Mina Sehabıyan Hezkirin</t>
+          <t>Tevbe Ahlakı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059283069</t>
+          <t>9786059283755</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Siyer Öğretimi - Ortaokul ve Orta Öğretim Düzeyi</t>
+          <t>İslam ve Sinema</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057689511</t>
+          <t>9786054620227</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet'te Ticaret ve Tüccar Sahabiler (Ciltli)</t>
+          <t>Diğer İnanç Mensuplarıyla İlişkiler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054620043</t>
+          <t>9786059283663</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İbadetin Beyni Dua (Roman Boy)</t>
+          <t>Es-Semhudi ve Medine Tarihi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054620562</t>
+          <t>9786059283625</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İlk Hicret Habeşistan</t>
+          <t>Zeyd B. Harise</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054620432</t>
+          <t>9786059283502</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Yönleriyle Hz. Peygamber'in Hayatı</t>
+          <t>Ji Pexembere Me Mina Sehabıyan Hezkirin</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054620449</t>
+          <t>9786059283069</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Yönleriyle Son Elçinin Hayatı - Mekke Dönemi</t>
+          <t>Siyer Öğretimi - Ortaokul ve Orta Öğretim Düzeyi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054625107</t>
+          <t>9786057689511</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Büyük Fetih Müslümanları ve Rivayetleri</t>
+          <t>Asr-ı Saadet'te Ticaret ve Tüccar Sahabiler (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>445</v>
+        <v>300</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054620265</t>
+          <t>9786054620043</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (S.a.s) Döneminde Kurumsal Yapının Oluşumu</t>
+          <t>İbadetin Beyni Dua (Roman Boy)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054620050</t>
+          <t>9786054620562</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sahabeyi Nasıl Anlamalıyız?</t>
+          <t>İlk Hicret Habeşistan</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789759014360</t>
+          <t>9786054620432</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>El-Edebü'l-Arabi</t>
+          <t>Çeşitli Yönleriyle Hz. Peygamber'in Hayatı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789759014377</t>
+          <t>9786054620449</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Muhkemu's-Sıyağa</t>
+          <t>Çeşitli Yönleriyle Son Elçinin Hayatı - Mekke Dönemi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786058711051</t>
+          <t>9786054625107</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Kurtuluşu Hac Ömrün Bereketi Umre</t>
+          <t>Büyük Fetih Müslümanları ve Rivayetleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054620067</t>
+          <t>9786054620265</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Eğitim Modeli Darü’l Erkam</t>
+          <t>Hz. Peygamber (S.a.s) Döneminde Kurumsal Yapının Oluşumu</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789759014384</t>
+          <t>9786054620050</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hamidullah’ın İslam Peygamberi</t>
+          <t>Sahabeyi Nasıl Anlamalıyız?</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054620036</t>
+          <t>9789759014360</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İnsani İlişkilerde İlahi Ölçü</t>
+          <t>El-Edebü'l-Arabi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
+          <t>9789759014377</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Muhkemu's-Sıyağa</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786058711051</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlığın Kurtuluşu Hac Ömrün Bereketi Umre</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786054620067</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Nebevi Eğitim Modeli Darü’l Erkam</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9789759014384</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Hamidullah’ın İslam Peygamberi</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786054620036</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>İnsani İlişkilerde İlahi Ölçü</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
           <t>9786054620128</t>
         </is>
       </c>
-      <c r="B387" s="1" t="inlineStr">
+      <c r="B392" s="1" t="inlineStr">
         <is>
           <t>Hicri Takvim ve Siyer Kronolojisi Etütleri / Makaleler</t>
         </is>
       </c>
-      <c r="C387" s="1">
+      <c r="C392" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>