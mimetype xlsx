--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,5905 +85,6100 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258015905</t>
+          <t>9786258015904</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sahabe İklimi En Güzel Örneğin En Güzel Örnekleri; 82 İl 82 Sahabi 1-2-3-4 Cilt</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4 Cilt</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>2400</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255649027</t>
+          <t>9786054620999</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nde Bir Tur</t>
+          <t>Suffa Meclisleri - Kur'an Dersleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>235</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255649072</t>
+          <t>9786257274616</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Haremeyn Ajandası Hac/Umre Planlayıcı</t>
+          <t>Kıyam Türküsü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255649058</t>
+          <t>9786057689795</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Suffa Meclisleri - Sahabe Bilinci Dersleri</t>
+          <t>Siret-i Nebi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>475</v>
+        <v>135</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255649065</t>
+          <t>9786057558022</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Şuurdan Medeniyet İnşasına</t>
+          <t>Sahabe Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257274869</t>
+          <t>9786256248861</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuranın Işığıyla Okumak</t>
+          <t>Efendimizi Sahabe Gibi Sevmek</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256248533</t>
+          <t>9786256248748</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Umre Rehberi (Cep Boy)</t>
+          <t>Risalet Davasının Annesi Hz. Hatice</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057298683</t>
+          <t>9786255649003</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Kureyş Romanı Fatıma</t>
+          <t>Beyin Yakan Sorunlara Yanıtlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057298669</t>
+          <t>9786255649119</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz'i (sas) Görmek İsteyen Çocuk</t>
+          <t>Kalp Yakan Mekanlarda Yanıtlar (Hac ve Umre Rehberi)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258144642</t>
+          <t>9786255649096</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nureddin Mahmud Zengi Devri Devlet Ve Toplum</t>
+          <t>Kadîm Bir Geleneğin Tarihi: Kâbe Miftahdârlığı ve Benî Şeybe Kabilesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258015980</t>
+          <t>9786256248663</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri - Sahabe İklimi 1. Cilt (Büyük Boy)</t>
+          <t>Sahabe İklimi 82 İl 82 Sahabi (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>600</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258015232</t>
+          <t>9786258144345</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabiler Not Defterim</t>
+          <t>Sahabe İklimi 82 İl 82 Sahabi (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>330</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257274883</t>
+          <t>9786255649102</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in İbadet Hayatı</t>
+          <t>Tesettür Ahlakı - Muhteşem Ahlak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057558473</t>
+          <t>9786258015905</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Siyer</t>
+          <t>Sahabe İklimi En Güzel Örneğin En Güzel Örnekleri; 82 İl 82 Sahabi 1-2-3-4 Cilt</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>600</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052375617</t>
+          <t>9786255649027</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Hastaneler</t>
+          <t>Boğaziçi'nde Bir Tur</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058711020</t>
+          <t>9786255649072</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed'in (Sallallahu Aleyhi Vessellem) Hayatı (Ciltli)</t>
+          <t>Haremeyn Ajandası Hac/Umre Planlayıcı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>850</v>
+        <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054620135</t>
+          <t>9786255649058</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hulefa-yi Raşidin - Dönemi Tarihi</t>
+          <t>Suffa Meclisleri - Sahabe Bilinci Dersleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>475</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054620159</t>
+          <t>9786255649065</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Fütuhu’l Büldan - Ülkelerin Fetihleri (Ciltli)</t>
+          <t>Nebevi Şuurdan Medeniyet İnşasına</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>295</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054620340</t>
+          <t>9786257274869</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Kişiliği ve Bazı Özellikleri</t>
+          <t>Kuranın Işığıyla Okumak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054620418</t>
+          <t>9786256248533</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Toplum İnşası</t>
+          <t>Umre Rehberi (Cep Boy)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054620456</t>
+          <t>9786057298683</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Önder Peygamber ve Yeni Bir Devletin Kuruluşu</t>
+          <t>Bir Kureyş Romanı Fatıma</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054620296</t>
+          <t>9786057298669</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Doğduğu Çevre ve Toplum</t>
+          <t>Peygamber Efendimiz'i (sas) Görmek İsteyen Çocuk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054620425</t>
+          <t>9786258144642</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çalışmalar ve Oryantalistlerin Siyer'e Yaklaşımı</t>
+          <t>Nureddin Mahmud Zengi Devri Devlet Ve Toplum</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054620548</t>
+          <t>9786258015980</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Devlet Başkanı Olarak Hz. Muhammed (S.a.v)</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri - Sahabe İklimi 1. Cilt (Büyük Boy)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>8680454000010</t>
+          <t>9786258015232</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sahabe İklimi 1 Set (5 Kitap)</t>
+          <t>Hanım Sahabiler Not Defterim</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>750</v>
+        <v>330</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054620210</t>
+          <t>9786257274883</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim Olarak Siyer ve Kaynakları</t>
+          <t>Hz. Peygamber’in İbadet Hayatı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>345</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059283656</t>
+          <t>9786057558473</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz'e Yapılan Suikastler</t>
+          <t>Siyer</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054620371</t>
+          <t>9786052375617</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Peygamber (Sas) Asrında Gündelik Yaşam</t>
+          <t>İslam Dünyasında Hastaneler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054620333</t>
+          <t>9786058711020</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hz Peygamber'in Beşeri Münasebetleri Temel Hak ve Hürriyetler</t>
+          <t>Son Peygamber Hz. Muhammed'in (Sallallahu Aleyhi Vessellem) Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>270</v>
+        <v>850</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257274197</t>
+          <t>9786054620135</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Yirmi Üç Yılı</t>
+          <t>Hulefa-yi Raşidin - Dönemi Tarihi</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057689092</t>
+          <t>9786054620159</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kalplerden Yükselen İlahi Esinti - Dua</t>
+          <t>Fütuhu’l Büldan - Ülkelerin Fetihleri (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257274081</t>
+          <t>9786054620340</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>El-Muhtaratu'l-Lu'luiyye İmam Nevevi'nin 40 Hadisinden Seçkiler Kırk İnci</t>
+          <t>Hz. Peygamberin Kişiliği ve Bazı Özellikleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057689184</t>
+          <t>9786054620418</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabiler</t>
+          <t>Yeni Bir Toplum İnşası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>480</v>
+        <v>295</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054620975</t>
+          <t>9786054620456</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kolay Öğrenme Seti 3</t>
+          <t>Önder Peygamber ve Yeni Bir Devletin Kuruluşu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>875</v>
+        <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054620944</t>
+          <t>9786054620296</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 1. Cilt</t>
+          <t>Hz. Peygamber'in Doğduğu Çevre ve Toplum</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>950</v>
+        <v>295</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057689931</t>
+          <t>9786054620425</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Kişisel Bakımı</t>
+          <t>Çağdaş Çalışmalar ve Oryantalistlerin Siyer'e Yaklaşımı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057689900</t>
+          <t>9786054620548</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Değirmenim Dönerken</t>
+          <t>Devlet Başkanı Olarak Hz. Muhammed (S.a.v)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057558084</t>
+          <t>8680454000010</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'i (s.a.s) Okuma Anlama ve Yaşama Sanatı</t>
+          <t>Sahabe İklimi 1 Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>210</v>
+        <v>750</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057689139</t>
+          <t>9786054620210</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın Hutbeleri (2 Cilt Takım) (Ciltli)</t>
+          <t>Bir Bilim Olarak Siyer ve Kaynakları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1800</v>
+        <v>345</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057689177</t>
+          <t>9786059283656</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar</t>
+          <t>Efendimiz'e Yapılan Suikastler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057558138</t>
+          <t>9786054620371</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Dersleri</t>
+          <t>Peygamber (Sas) Asrında Gündelik Yaşam</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057689269</t>
+          <t>9786054620333</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Asıllı Sahabiler</t>
+          <t>Hz Peygamber'in Beşeri Münasebetleri Temel Hak ve Hürriyetler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057689603</t>
+          <t>9786257274197</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabiler (Ciltli)</t>
+          <t>Hz. Muhammed'in Yirmi Üç Yılı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>475</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256248915</t>
+          <t>9786057689092</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mina Mektebi Zilhicce Geceleri</t>
+          <t>Kalplerden Yükselen İlahi Esinti - Dua</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256248564</t>
+          <t>9786257274081</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Örnekliğinde Kişisel Gelişim</t>
+          <t>El-Muhtaratu'l-Lu'luiyye İmam Nevevi'nin 40 Hadisinden Seçkiler Kırk İnci</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259806723</t>
+          <t>9786057689184</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ganimet Hz. Peygamber Dönemi Uygulamaları</t>
+          <t>Hanım Sahabiler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256248908</t>
+          <t>9786054620975</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Adalet Arayışında İnsan Hakları</t>
+          <t>Arapça Kolay Öğrenme Seti 3</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>290</v>
+        <v>875</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256248656</t>
+          <t>9786054620944</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Geri Çağırmak</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 1. Cilt</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>310</v>
+        <v>950</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256248717</t>
+          <t>9786057689931</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Why And How Should We Learn Seerah?</t>
+          <t>Hz. Peygamber'in Kişisel Bakımı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259553801</t>
+          <t>9786057689900</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hadis Anlam ve Yorum Metinleri</t>
+          <t>Değirmenim Dönerken</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>840</v>
+        <v>230</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256248892</t>
+          <t>9786057558084</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Planlayıcı (Ciltli)</t>
+          <t>Hz. Muhammed'i (s.a.s) Okuma Anlama ve Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256248885</t>
+          <t>9786057689139</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Planlayıcı</t>
+          <t>Resulullah'ın Hutbeleri (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>190</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258144383</t>
+          <t>9786057689177</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4. Cilt (Ciltli)</t>
+          <t>Gökteki Yıldızlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>850</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258144376</t>
+          <t>9786057558138</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 3. Cilt (Ciltli)</t>
+          <t>Sahabe Dersleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>850</v>
+        <v>600</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258144369</t>
+          <t>9786057689269</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 2. Cilt (Ciltli)</t>
+          <t>Yahudi Asıllı Sahabiler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>850</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258144352</t>
+          <t>9786057689603</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 1. Cilt (Ciltli)</t>
+          <t>Hanım Sahabiler (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>850</v>
+        <v>475</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256766310</t>
+          <t>9786256248915</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 61 Sadreddin Konevi</t>
+          <t>Mina Mektebi Zilhicce Geceleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256248700</t>
+          <t>9786256248564</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4. Cilt</t>
+          <t>Hz. Peygamber Örnekliğinde Kişisel Gelişim</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256248694</t>
+          <t>9786259806723</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 3. Cilt</t>
+          <t>Ganimet Hz. Peygamber Dönemi Uygulamaları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256248687</t>
+          <t>9786256248908</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 2. Cilt</t>
+          <t>Adalet Arayışında İnsan Hakları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256766334</t>
+          <t>9786256248656</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 63 Yunus Emre</t>
+          <t>İnsanı Geri Çağırmak</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256766327</t>
+          <t>9786256248717</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 48 Serahsi</t>
+          <t>Why And How Should We Learn Seerah?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256248670</t>
+          <t>9786259553801</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 1. Cilt</t>
+          <t>Hadis Anlam ve Yorum Metinleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>450</v>
+        <v>840</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256248595</t>
+          <t>9786256248892</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gazze Postmodern Bir Soykırımın Anatomisi</t>
+          <t>Ramazan Planlayıcı (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257298607</t>
+          <t>9786256248885</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Evlilikten</t>
+          <t>Ramazan Planlayıcı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258015836</t>
+          <t>9786258144383</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın Hutbeleri (2 Cilt Takım, Termo Deri) (Ciltli)</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>2500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257274531</t>
+          <t>9786258144376</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi (4 Cilt) (Ciltli)</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>800</v>
+        <v>850</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256766396</t>
+          <t>9786258144369</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bilal-i Habeşi (ra)</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>230</v>
+        <v>850</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057298676</t>
+          <t>9786258144352</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ezan Çiçeği</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>850</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057298614</t>
+          <t>9786256766310</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Denge</t>
+          <t>Nebevi Varisler 61 Sadreddin Konevi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257274876</t>
+          <t>9786256248700</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Sonrası Eyyübiler</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4. Cilt</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258015133</t>
+          <t>9786256248694</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ben Namaz Kılıyorum</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 3. Cilt</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059283786</t>
+          <t>9786256248687</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Eğitim Modeli Darü'l-Erkam (Ciltli)</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 2. Cilt</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052375563</t>
+          <t>9786256766334</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Niçin Namaz</t>
+          <t>Nebevi Varisler 63 Yunus Emre</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257274180</t>
+          <t>9786256766327</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Ailesinde Sorumluluklar</t>
+          <t>Nebevi Varisler 48 Serahsi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057689320</t>
+          <t>9786256248670</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Cehalete Kurban Giden Bilge Cemşid</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 1. Cilt</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256248540</t>
+          <t>9786256248595</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Haremeyn Ajandası Hac/Umre Planlayıcı (Ciltli)</t>
+          <t>Gazze Postmodern Bir Soykırımın Anatomisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258144826</t>
+          <t>9786257298607</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman: Hayatı ve Ahlakı - Haya ve Cömertlikte Zirve</t>
+          <t>Kim Korkar Evlilikten</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258015577</t>
+          <t>9786258015836</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tekerrürden Tefekküre Tarih</t>
+          <t>Resulullah'ın Hutbeleri (2 Cilt Takım, Termo Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057558817</t>
+          <t>9786257274531</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Zeynep Bint Cahş</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi (4 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059283922</t>
+          <t>9786256766396</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Eyyübiler - Haçlılar Karşısında İslam'ın Sağlam Bir Kalesi</t>
+          <t>Bilal-i Habeşi (ra)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058711044</t>
+          <t>9786057298676</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz’i Sahabe Gibi Sevmek</t>
+          <t>Ezan Çiçeği</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052375020</t>
+          <t>9786057298614</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz'i (sav) Sahabe Gibi Sevmek (Ciltli)</t>
+          <t>Denge</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256396937</t>
+          <t>9786257274876</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler - 52 Hoca Ahmed Yesevi</t>
+          <t>Selahaddin Sonrası Eyyübiler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256766228</t>
+          <t>9786258015133</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 17 - Ca'fer Es-Sadık</t>
+          <t>Ben Namaz Kılıyorum</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256766273</t>
+          <t>9786059283786</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 31 - İmam Buhari</t>
+          <t>Nebevi Eğitim Modeli Darü'l-Erkam (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256766150</t>
+          <t>9786052375563</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 67 - Bahaeddin Nakşibend</t>
+          <t>Niçin Namaz</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256766389</t>
+          <t>9786257274180</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 72 - İbn Hacer el-Askalani</t>
+          <t>Sahabe Ailesinde Sorumluluklar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256766372</t>
+          <t>9786057689320</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler 96 - Mahmud Sami Ramazanoğlu</t>
+          <t>Cehalete Kurban Giden Bilge Cemşid</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256766259</t>
+          <t>9786256248540</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Varisler - 16 Katade B. Diame</t>
+          <t>Haremeyn Ajandası Hac/Umre Planlayıcı (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256248588</t>
+          <t>9786258144826</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'ün Fethinin Mimarı Nureddin Mahmud Zengi Hayatı ve Dönemi</t>
+          <t>Hz. Osman: Hayatı ve Ahlakı - Haya ve Cömertlikte Zirve</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256766303</t>
+          <t>9786258015577</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in Şemaili'nden Hayata Yansıyanlar</t>
+          <t>Tekerrürden Tefekküre Tarih</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259414362</t>
+          <t>9786057558817</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hulefa-yi Raşidin Döneminde Naiblik</t>
+          <t>Peygamber Evinin Hanımları - Hz. Zeynep Bint Cahş</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259468860</t>
+          <t>9786059283922</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Aile Bilinci</t>
+          <t>Eyyübiler - Haçlılar Karşısında İslam'ın Sağlam Bir Kalesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259806778</t>
+          <t>9786058711044</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler Döneminde Mecusiler</t>
+          <t>Efendimiz’i Sahabe Gibi Sevmek</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259468846</t>
+          <t>9786052375020</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Anne Bugün Yarın Mı?</t>
+          <t>Efendimiz'i (sav) Sahabe Gibi Sevmek (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256248571</t>
+          <t>9786256396937</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed Neden Çok Evlilik Yaptı?</t>
+          <t>Nebevi Varisler - 52 Hoca Ahmed Yesevi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256766532</t>
+          <t>9786256766228</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet Albümü</t>
+          <t>Nebevi Varisler 17 - Ca'fer Es-Sadık</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256248557</t>
+          <t>9786256766273</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İman Ahlakı; Muhteşem Ahlak 5</t>
+          <t>Nebevi Varisler 31 - İmam Buhari</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259414348</t>
+          <t>9786256766150</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Siyer Edebiyatı Endülüs</t>
+          <t>Nebevi Varisler 67 - Bahaeddin Nakşibend</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259414355</t>
+          <t>9786256766389</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet'ten Günümüze Nifak ve Münafıklık</t>
+          <t>Nebevi Varisler 72 - İbn Hacer el-Askalani</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256766402</t>
+          <t>9786256766372</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Doğu'dan Gelen Felaket: Moğol İstilası</t>
+          <t>Nebevi Varisler 96 - Mahmud Sami Ramazanoğlu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>335</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259414331</t>
+          <t>9786256766259</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l-Cevzi ve El-Vefa Adlı Eseri</t>
+          <t>Nebevi Varisler - 16 Katade B. Diame</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257274203</t>
+          <t>9786256248588</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Arının Ayak Tozu</t>
+          <t>Kudüs'ün Fethinin Mimarı Nureddin Mahmud Zengi Hayatı ve Dönemi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259414317</t>
+          <t>9786256766303</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Kelamında Sahabe</t>
+          <t>Peygamberimiz'in Şemaili'nden Hayata Yansıyanlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256766143</t>
+          <t>9786259414362</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Abdülfettah Ebu Gudde - Nebevi Varisler 97</t>
+          <t>Hulefa-yi Raşidin Döneminde Naiblik</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256766136</t>
+          <t>9786259468860</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hamidullah - Nebevi Varisler 99</t>
+          <t>Aile Bilinci</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256766167</t>
+          <t>9786259806778</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Veysel Karani - Nebevi Varisler 2</t>
+          <t>Abbasiler Döneminde Mecusiler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256766129</t>
+          <t>9786259468846</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Hilmi Tunahan - Nebevi Varisler 91</t>
+          <t>Anne Bugün Yarın Mı?</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256766211</t>
+          <t>9786256248571</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Esad Erbili - Nebevi Varisler 85</t>
+          <t>Hazreti Muhammed Neden Çok Evlilik Yaptı?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256766204</t>
+          <t>9786256766532</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Fahreddin er-Razi - Nebevi Varisler 55</t>
+          <t>Şahsiyet Albümü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256396005</t>
+          <t>9786256248557</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir Geylani - Nebevi Varisler 51</t>
+          <t>İman Ahlakı; Muhteşem Ahlak 5</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256766198</t>
+          <t>9786259414348</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Biruni - Nebevi Varisler 45</t>
+          <t>Siyer Edebiyatı Endülüs</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259414386</t>
+          <t>9786259414355</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mewlide Ehmede Xasi (Metin u Tehlil)</t>
+          <t>Asr-ı Saadet'ten Günümüze Nifak ve Münafıklık</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059283939</t>
+          <t>9786256766402</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Hulefa-yi Raşidin Döneminde Askeri Teşkilat</t>
+          <t>Doğu'dan Gelen Felaket: Moğol İstilası</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>335</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256766662</t>
+          <t>9786259414331</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (sas) Duaları</t>
+          <t>İbnü'l-Cevzi ve El-Vefa Adlı Eseri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256766549</t>
+          <t>9786257274203</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Fehmü's-Sire Siyeri Anlamak</t>
+          <t>Arının Ayak Tozu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256766679</t>
+          <t>9786259414317</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Hicret</t>
+          <t>Ehl-i Sünnet Kelamında Sahabe</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259468808</t>
+          <t>9786256766143</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Benimle Bak</t>
+          <t>Abdülfettah Ebu Gudde - Nebevi Varisler 97</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256766556</t>
+          <t>9786256766136</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sevda Hz. Selman-ı Farisi (ra)</t>
+          <t>Muhammed Hamidullah - Nebevi Varisler 99</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259939728</t>
+          <t>9786256766167</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kitabü't-Tabakati'l- Kebir Tabakat (5 Cilt) (Ciltli)</t>
+          <t>Veysel Karani - Nebevi Varisler 2</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>4750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052375556</t>
+          <t>9786256766129</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik</t>
+          <t>Süleyman Hilmi Tunahan - Nebevi Varisler 91</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057689702</t>
+          <t>9786256766211</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Çıktığında Uyuyabilmek</t>
+          <t>Muhammed Esad Erbili - Nebevi Varisler 85</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256396722</t>
+          <t>9786256766204</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hasta Fikirleri Tedavi Atölyesi</t>
+          <t>Fahreddin er-Razi - Nebevi Varisler 55</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258144581</t>
+          <t>9786256396005</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen Hanımlar</t>
+          <t>Abdülkadir Geylani - Nebevi Varisler 51</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789759014216</t>
+          <t>9786256766198</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Peygamber’in Sallahu Aleyhi ve Sellem Albümü (Ciltli)</t>
+          <t>Biruni - Nebevi Varisler 45</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258015157</t>
+          <t>9786259414386</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ben Zekat Veriyorum</t>
+          <t>Mewlide Ehmede Xasi (Metin u Tehlil)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258015164</t>
+          <t>9786059283939</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ben Oruç Tutuyorum</t>
+          <t>Hz. Peygamber ve Hulefa-yi Raşidin Döneminde Askeri Teşkilat</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258015140</t>
+          <t>9786256766662</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ben Hacca Gidiyorum</t>
+          <t>Hz. Peygamber'in (sas) Duaları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059487511</t>
+          <t>9786256766549</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz (sas) Çocukluğu (5 Kitap)</t>
+          <t>Fehmü's-Sire Siyeri Anlamak</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256396906</t>
+          <t>9786256766679</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Siyer'den Hayata (2 Cilt)</t>
+          <t>Farklı Yönleriyle Hicret</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>800</v>
+        <v>230</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059283618</t>
+          <t>9786259468808</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Siyer Öğretimi</t>
+          <t>Dünyaya Benimle Bak</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059283823</t>
+          <t>9786256766556</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Siyer Öğretimi</t>
+          <t>Bitmeyen Sevda Hz. Selman-ı Farisi (ra)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057227331</t>
+          <t>9786259939728</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>es-Siretü'n-Nebeviyye (Siret-i İbn Hişam) (Ciltli)</t>
+          <t>Kitabü't-Tabakati'l- Kebir Tabakat (5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>2750</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256396951</t>
+          <t>9786052375556</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Zahid Kotku - Nebevi Varisler 95</t>
+          <t>Kardeşlik</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256396968</t>
+          <t>9786057689702</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Üstad Mevdudi - Nebevi Varisler 94</t>
+          <t>Fırtına Çıktığında Uyuyabilmek</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256396999</t>
+          <t>9786256396722</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutub - Nebevi Varisler 93</t>
+          <t>Hasta Fikirleri Tedavi Atölyesi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256396128</t>
+          <t>9786258144581</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hasan el-Benna - Nebevi Varisler 89</t>
+          <t>Cennetle Müjdelenen Hanımlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256396982</t>
+          <t>9789759014216</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hakim en-Nisaburi - Nebevi Varisler 41</t>
+          <t>Hazreti Peygamber’in Sallahu Aleyhi ve Sellem Albümü (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256396975</t>
+          <t>9786258015157</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İmam Darimi - Nebevi Varisler 30</t>
+          <t>Ben Zekat Veriyorum</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256396142</t>
+          <t>9786258015164</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İbrahim b. Edhem - Nebevi Varisler 19</t>
+          <t>Ben Oruç Tutuyorum</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256396173</t>
+          <t>9786258015140</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ata b. Ebu Rebah - Nebevi Varisler 15</t>
+          <t>Ben Hacca Gidiyorum</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256396166</t>
+          <t>9786059487511</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi - Nebevi Varisler 78</t>
+          <t>Peygamber Efendimiz (sas) Çocukluğu (5 Kitap)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>180</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256396159</t>
+          <t>9786256396906</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun - Nebevi Varisler 69</t>
+          <t>Siyer'den Hayata (2 Cilt)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256396876</t>
+          <t>9786059283618</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin-i Rumi - Nebevi Varisler 60</t>
+          <t>Siyer Öğretimi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256396869</t>
+          <t>9786059283823</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l-Arabi - Nebevi Varisler 56</t>
+          <t>Siyer Öğretimi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256396135</t>
+          <t>9786057227331</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Cüneyd-i Bağdadi - Nebevi Varisler 36</t>
+          <t>es-Siretü'n-Nebeviyye (Siret-i İbn Hişam) (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256396104</t>
+          <t>9786256396951</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Süleyman B. Yesar - Nebevi Varisler 12</t>
+          <t>Mehmed Zahid Kotku - Nebevi Varisler 95</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256396111</t>
+          <t>9786256396968</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Mücahid B. Cebr - Nebevi Varisler 10</t>
+          <t>Üstad Mevdudi - Nebevi Varisler 94</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057298621</t>
+          <t>9786256396999</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umrede Yaşanan İlginç Öyküler</t>
+          <t>Seyyid Kutub - Nebevi Varisler 93</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057558152</t>
+          <t>9786256396128</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kolay Öğrenme Seti 2</t>
+          <t>Hasan el-Benna - Nebevi Varisler 89</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>875</v>
+        <v>190</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789759014247</t>
+          <t>9786256396982</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Arapça Kolay Öğrenme Seti 1</t>
+          <t>Hakim en-Nisaburi - Nebevi Varisler 41</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>875</v>
+        <v>160</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256396746</t>
+          <t>9786256396975</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Peygamber'in İzinde 114 İlahi Emir</t>
+          <t>İmam Darimi - Nebevi Varisler 30</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256396708</t>
+          <t>9786256396142</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Efendimizi Sahabe gibi Sevmek - İngilizce</t>
+          <t>İbrahim b. Edhem - Nebevi Varisler 19</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256396692</t>
+          <t>9786256396173</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Engelli Sahabiler</t>
+          <t>Ata b. Ebu Rebah - Nebevi Varisler 15</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256396180</t>
+          <t>9786256396166</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Umuda Sürgün</t>
+          <t>Aziz Mahmud Hüdayi - Nebevi Varisler 78</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256396739</t>
+          <t>9786256396159</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Peygamber'in İzinde</t>
+          <t>İbn Haldun - Nebevi Varisler 69</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256396715</t>
+          <t>9786256396876</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İlmin Kapısı Hz. Ali</t>
+          <t>Mevlana Celaleddin-i Rumi - Nebevi Varisler 60</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057148551</t>
+          <t>9786256396869</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>er-Ravdü'l ünüf siret-i İbn Hişam ve Süheyli Şerhi 4 Cilt (Ciltli)</t>
+          <t>İbnü'l-Arabi - Nebevi Varisler 56</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>3500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256396050</t>
+          <t>9786256396135</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Halid el-Bağdadı - Nebevi Varisler 83</t>
+          <t>Cüneyd-i Bağdadi - Nebevi Varisler 36</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052375976</t>
+          <t>9786256396104</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli - Nebevi Varisler 71</t>
+          <t>Süleyman B. Yesar - Nebevi Varisler 12</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057689948</t>
+          <t>9786256396111</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hatip el-Bağdadı - Nebevi Varisler 46</t>
+          <t>Mücahid B. Cebr - Nebevi Varisler 10</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256396074</t>
+          <t>9786057298621</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Alvarlı Muhammed Lutfi - Nebevi Varisler 100</t>
+          <t>Hac ve Umrede Yaşanan İlginç Öyküler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256396067</t>
+          <t>9786057558152</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İskilipli Mehmed Atıf Efendi - Nebevi Varisler 84</t>
+          <t>Arapça Kolay Öğrenme Seti 2</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>180</v>
+        <v>875</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256396012</t>
+          <t>9789759014247</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı - Nebevi Varisler 82</t>
+          <t>Arapça Kolay Öğrenme Seti 1</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>875</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258144734</t>
+          <t>9786256396746</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ahmed-i Hani - Nebevi Varisler 80</t>
+          <t>Hazreti Peygamber'in İzinde 114 İlahi Emir</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256396029</t>
+          <t>9786256396708</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi - Nebevi Varisler 79</t>
+          <t>Efendimizi Sahabe gibi Sevmek - İngilizce</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256396036</t>
+          <t>9786256396692</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İmam Rabbani - Nebevi Varisler 77</t>
+          <t>Engelli Sahabiler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256396043</t>
+          <t>9786256396180</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ebüssu'ud Efendi - Nebevi Varisler 76</t>
+          <t>Umuda Sürgün</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057689467</t>
+          <t>9786256396739</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kurtubi - Nebevi Varisler 59</t>
+          <t>Hazreti Peygamber'in İzinde</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052375204</t>
+          <t>9786256396715</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l Muin en-Nesefi - Nebevi Varisler 50</t>
+          <t>İlmin Kapısı Hz. Ali</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057689894</t>
+          <t>9786057148551</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazzali - Nebevi Varisler 49</t>
+          <t>er-Ravdü'l ünüf siret-i İbn Hişam ve Süheyli Şerhi 4 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258144673</t>
+          <t>9786256396050</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l Heysem - Nebevi Varisler 44</t>
+          <t>Mevlana Halid el-Bağdadı - Nebevi Varisler 83</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057689504</t>
+          <t>9786052375976</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İmam Eş'ari - Nebevi Varisler 37</t>
+          <t>Hacı Bayram-ı Veli - Nebevi Varisler 71</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256396081</t>
+          <t>9786057689948</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ebu Davud Es-Sicistanı - Nebevi Varisler 33</t>
+          <t>Hatip el-Bağdadı - Nebevi Varisler 46</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057689498</t>
+          <t>9786256396074</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İbn Mace - Nebevi Varisler 32</t>
+          <t>Alvarlı Muhammed Lutfi - Nebevi Varisler 100</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258144994</t>
+          <t>9786256396067</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yahya B. Main - Nebevi Varisler 28</t>
+          <t>İskilipli Mehmed Atıf Efendi - Nebevi Varisler 84</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258144635</t>
+          <t>9786256396012</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Cabir B. Hayyan - Nebevi Varisler 25</t>
+          <t>Erzurumlu İbrahim Hakkı - Nebevi Varisler 82</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258144666</t>
+          <t>9786258144734</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Abdullah B. Mübarek - Nebevi Varisler 22</t>
+          <t>Ahmed-i Hani - Nebevi Varisler 80</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258144710</t>
+          <t>9786256396029</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Süfyan Es-Sevri - Nebevi Varisler 20</t>
+          <t>Katip Çelebi - Nebevi Varisler 79</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258144963</t>
+          <t>9786256396036</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hasan-ı Basri - Nebevi Varisler 13</t>
+          <t>İmam Rabbani - Nebevi Varisler 77</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258144727</t>
+          <t>9786256396043</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Said B. Müseyyeb - Nebevi Varisler 07</t>
+          <t>Ebüssu'ud Efendi - Nebevi Varisler 76</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258144956</t>
+          <t>9786057689467</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İmam Zeynelabidin - Nebevi Varisler 05</t>
+          <t>Kurtubi - Nebevi Varisler 59</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258144949</t>
+          <t>9786052375204</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Alkame B. Kays - Nebevi Varisler 03</t>
+          <t>Ebü'l Muin en-Nesefi - Nebevi Varisler 50</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258144604</t>
+          <t>9786057689894</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hayat Defteri Yarısı Sende (Ciltli)</t>
+          <t>İmam Gazzali - Nebevi Varisler 49</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>475</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258144680</t>
+          <t>9786258144673</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed'in Hayatı 1 - 2 Cilt Takım</t>
+          <t>İbnü'l Heysem - Nebevi Varisler 44</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>1100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258144611</t>
+          <t>9786057689504</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat Ve Kulluk</t>
+          <t>İmam Eş'ari - Nebevi Varisler 37</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057689474</t>
+          <t>9786256396081</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Tarihi</t>
+          <t>Ebu Davud Es-Sicistanı - Nebevi Varisler 33</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>1200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057148506</t>
+          <t>9786057689498</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler Döneminde Valilik</t>
+          <t>İbn Mace - Nebevi Varisler 32</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057148513</t>
+          <t>9786258144994</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Samerra</t>
+          <t>Yahya B. Main - Nebevi Varisler 28</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258144499</t>
+          <t>9786258144635</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in Kızları</t>
+          <t>Cabir B. Hayyan - Nebevi Varisler 25</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258144505</t>
+          <t>9786258144666</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in Halaları</t>
+          <t>Abdullah B. Mübarek - Nebevi Varisler 22</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258144536</t>
+          <t>9786258144710</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Medine Muhaciri Hanımlar</t>
+          <t>Süfyan Es-Sevri - Nebevi Varisler 20</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258144543</t>
+          <t>9786258144963</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İlk İman Eden Hanımlar</t>
+          <t>Hasan-ı Basri - Nebevi Varisler 13</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258144529</t>
+          <t>9786258144727</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'e Biat Eden Hanımlar</t>
+          <t>Said B. Müseyyeb - Nebevi Varisler 07</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258144550</t>
+          <t>9786258144956</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Habeşistan Muhaciri Hanımlar</t>
+          <t>İmam Zeynelabidin - Nebevi Varisler 05</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258144567</t>
+          <t>9786258144949</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Gazvelere Katılan Hanımlar</t>
+          <t>Alkame B. Kays - Nebevi Varisler 03</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258144574</t>
+          <t>9786258144604</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ensar Hanımlar</t>
+          <t>Hayat Defteri Yarısı Sende (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>120</v>
+        <v>475</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258144512</t>
+          <t>9786258144680</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in Süt Anneleri ve Onu Yetiştiren Hanımlar</t>
+          <t>Son Peygamber Hz. Muhammed'in Hayatı 1 - 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>130</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258144598</t>
+          <t>9786258144611</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ergen</t>
+          <t>Fıtrat Ve Kulluk</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258144451</t>
+          <t>9786057689474</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Suffa Meclisleri Sünnet Bilinci Dersleri</t>
+          <t>Kur’an Tarihi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>475</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258144475</t>
+          <t>9786057148506</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İbn Hibban</t>
+          <t>Abbasiler Döneminde Valilik</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258144482</t>
+          <t>9786057148513</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ma'şer</t>
+          <t>Samerra</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258144468</t>
+          <t>9786258144499</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Musa B. Ukbe</t>
+          <t>Peygamberimiz'in Kızları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258144437</t>
+          <t>9786258144505</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Emriyle Siyer Başlar</t>
+          <t>Peygamberimiz'in Halaları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258144444</t>
+          <t>9786258144536</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Ahlakı</t>
+          <t>Medine Muhaciri Hanımlar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258144338</t>
+          <t>9786258144543</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Yolculuğum</t>
+          <t>İlk İman Eden Hanımlar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258015874</t>
+          <t>9786258144529</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kürtçe Siyer Yazıcılığı</t>
+          <t>Hz. Peygamber'e Biat Eden Hanımlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258015300</t>
+          <t>9786258144550</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hayrın Öncüsü Hz.Ömer: Hayatı - Ahlakı</t>
+          <t>Habeşistan Muhaciri Hanımlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258015867</t>
+          <t>9786258144567</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4. Cilt (Büyük Boy)</t>
+          <t>Gazvelere Katılan Hanımlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258015997</t>
+          <t>9786258144574</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 2. Cilt (Büyük Boy)</t>
+          <t>Ensar Hanımlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258015669</t>
+          <t>9786258144512</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 3. Cilt (Büyük Boy)</t>
+          <t>Peygamberimiz'in Süt Anneleri ve Onu Yetiştiren Hanımlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258015706</t>
+          <t>9786258144598</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l - Fida İbn Kesir - Siyerin Öncüleri 29</t>
+          <t>Ergen</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258015515</t>
+          <t>9786258144451</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İbn Habib El - Halebi - Siyerin Öncüleri 30</t>
+          <t>Suffa Meclisleri Sünnet Bilinci Dersleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258015416</t>
+          <t>9786258144475</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Makrizi - Siyerin Öncüleri 31</t>
+          <t>İbn Hibban</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258015331</t>
+          <t>9786258144482</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yahya B. Ebu Bekir El Amiri - Siyerin Öncüleri 32</t>
+          <t>Ebu Ma'şer</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258015225</t>
+          <t>9786258144468</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin Es - Sehavi - Siyerin Öncüleri 33</t>
+          <t>Musa B. Ukbe</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258015287</t>
+          <t>9786258144437</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Süyuti - Siyerin Öncüleri 34</t>
+          <t>Allah’ın Emriyle Siyer Başlar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258015218</t>
+          <t>9786258144444</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ahmed B. Muhammed El - Kastallani - Siyerin Öncüleri 35</t>
+          <t>Kardeşlik Ahlakı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258015379</t>
+          <t>9786258144338</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin Eş - Şami - Siyerin Öncüleri 36</t>
+          <t>Düşünce Yolculuğum</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258015614</t>
+          <t>9786258015874</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin İbn Tolun - Siyerin Öncüleri 37</t>
+          <t>Kürtçe Siyer Yazıcılığı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258015553</t>
+          <t>9786258015300</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekri - Siyerin Öncüleri 38</t>
+          <t>Hayrın Öncüsü Hz.Ömer: Hayatı - Ahlakı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258015652</t>
+          <t>9786258015867</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Beyhaki</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 4. Cilt (Büyük Boy)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786252015515</t>
+          <t>9786258015997</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İbn Habib El-halebi</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 2. Cilt (Büyük Boy)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>35</v>
+        <v>600</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258015508</t>
+          <t>9786258015669</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İbn Hazm</t>
+          <t>En Güzel Örneğin En Güzel Örnekleri Sahabe İklimi 3. Cilt (Büyük Boy)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258015645</t>
+          <t>9786258015706</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ebu Nuaym El - İsfahani</t>
+          <t>Ebü'l - Fida İbn Kesir - Siyerin Öncüleri 29</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258015690</t>
+          <t>9786258015515</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Muhammed B. Cerir Et - Taberi</t>
+          <t>İbn Habib El - Halebi - Siyerin Öncüleri 30</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258015362</t>
+          <t>9786258015416</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Tirmizi</t>
+          <t>Makrizi - Siyerin Öncüleri 31</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258015560</t>
+          <t>9786258015331</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Belazüri</t>
+          <t>Yahya B. Ebu Bekir El Amiri - Siyerin Öncüleri 32</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258015539</t>
+          <t>9786258015225</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Halife B. Hayyat</t>
+          <t>Şemseddin Es - Sehavi - Siyerin Öncüleri 33</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258015430</t>
+          <t>9786258015287</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kelai - Siyerin Öncüleri (24)</t>
+          <t>Süyuti - Siyerin Öncüleri 34</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258014944</t>
+          <t>9786258015218</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İbn Seyyidünnas - Siyerin Öncüleri (25)</t>
+          <t>Ahmed B. Muhammed El - Kastallani - Siyerin Öncüleri 35</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258015324</t>
+          <t>9786258015379</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Zehebi - Siyerin Öncüleri (26)</t>
+          <t>Şemseddin Eş - Şami - Siyerin Öncüleri 36</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258015409</t>
+          <t>9786258015614</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Moğultay B. Kılıç - Siyerin Öncüleri (27)</t>
+          <t>Şemseddin İbn Tolun - Siyerin Öncüleri 37</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786258015461</t>
+          <t>9786258015553</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İzzeddin İbn Cemaa - Siyerin Öncüleri (28)</t>
+          <t>Diyarbekri - Siyerin Öncüleri 38</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258015393</t>
+          <t>9786258015652</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Muhammed b. Abdülbaki ez-Zürkani</t>
+          <t>Beyhaki</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258015454</t>
+          <t>9786252015515</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İzzeddin İbnü'l-Esir - Siyerin Öncüleri 23</t>
+          <t>İbn Habib El-halebi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>190</v>
+        <v>35</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258015621</t>
+          <t>9786258015508</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Nureddin el-Halebi</t>
+          <t>İbn Hazm</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258015546</t>
+          <t>9786258015645</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ebü'l-Ferec İbnü'l-Cevzi - Siyerin Öncüleri 22</t>
+          <t>Ebu Nuaym El - İsfahani</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258015386</t>
+          <t>9786258015690</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Süheyli - Siyerin Öncüleri 21</t>
+          <t>Muhammed B. Cerir Et - Taberi</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258015447</t>
+          <t>9786258015362</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kadi İyaz - Siyerin Öncüleri 20</t>
+          <t>Tirmizi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258015522</t>
+          <t>9786258015560</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İbn Abdülber - Siyerin Öncüleri 19</t>
+          <t>Belazüri</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257274708</t>
+          <t>9786258015539</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Not Defterim (Ciltli)</t>
+          <t>Halife B. Hayyat</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258015607</t>
+          <t>9786258015430</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İbn Sad</t>
+          <t>Kelai - Siyerin Öncüleri (24)</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258015492</t>
+          <t>9786258014944</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İbn Hişam</t>
+          <t>İbn Seyyidünnas - Siyerin Öncüleri (25)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258015348</t>
+          <t>9786258015324</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Vakıdi</t>
+          <t>Zehebi - Siyerin Öncüleri (26)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258015423</t>
+          <t>9786258015409</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ma'mer B. Raşid</t>
+          <t>Moğultay B. Kılıç - Siyerin Öncüleri (27)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258015478</t>
+          <t>9786258015461</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İbn Şihab Ez Zühri</t>
+          <t>İzzeddin İbn Cemaa - Siyerin Öncüleri (28)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258015485</t>
+          <t>9786258015393</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İbn İshak</t>
+          <t>Muhammed b. Abdülbaki ez-Zürkani</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258015355</t>
+          <t>9786258015454</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Urve B. Zübeyr</t>
+          <t>İzzeddin İbnü'l-Esir - Siyerin Öncüleri 23</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257274845</t>
+          <t>9786258015621</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsan</t>
+          <t>Nureddin el-Halebi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054620029</t>
+          <t>9786258015546</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>101 Cevapla Kuran Nedir ?</t>
+          <t>Ebü'l-Ferec İbnü'l-Cevzi - Siyerin Öncüleri 22</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257274814</t>
+          <t>9786258015386</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ses İstasyonu</t>
+          <t>Süheyli - Siyerin Öncüleri 21</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786258015126</t>
+          <t>9786258015447</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sarah'ın Merakı - Kelime-i Şehadet</t>
+          <t>Kadi İyaz - Siyerin Öncüleri 20</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052375037</t>
+          <t>9786258015522</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İbadetin Beyni Dua (Ciltli)</t>
+          <t>İbn Abdülber - Siyerin Öncüleri 19</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052375068</t>
+          <t>9786257274708</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Kurtuluşu Hac Ömrün Bereketi Umre</t>
+          <t>Sahabe Not Defterim (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257274692</t>
+          <t>9786258015607</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Fetihten Bilime</t>
+          <t>İbn Sad</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257274685</t>
+          <t>9786258015492</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bilinci</t>
+          <t>İbn Hişam</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257274791</t>
+          <t>9786258015348</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Büveyhiler'in Eline Düşerken</t>
+          <t>Vakıdi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257274852</t>
+          <t>9786258015423</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Allah ve Namaz Nasıl Anlatılmalı?</t>
+          <t>Ma'mer B. Raşid</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052375006</t>
+          <t>9786258015478</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hazreti Muhammed (sas) (Ciltli)</t>
+          <t>İbn Şihab Ez Zühri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057689160</t>
+          <t>9786258015485</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Adil Siyaset ve İnsan Hakları</t>
+          <t>İbn İshak</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258015898</t>
+          <t>9786258015355</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Arap Yarımadası’nda Kervan</t>
+          <t>Urve B. Zübeyr</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786258015829</t>
+          <t>9786257274845</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Efendimizi Sahabe Gibi Sevmek (Arapça)</t>
+          <t>Kur'an'da İnsan</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258015591</t>
+          <t>9786054620029</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Efendimizi Sahabe Gibi Sevmek (Osmanlıca)</t>
+          <t>101 Cevapla Kuran Nedir ?</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258015881</t>
+          <t>9786257274814</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Medine’de Bir Aile - Ebu Talha Ümmü Süleym</t>
+          <t>Ses İstasyonu</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258015294</t>
+          <t>9786258015126</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim Geleneğinde İbn Hacer El- Askalani</t>
+          <t>Sarah'ın Merakı - Kelime-i Şehadet</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786258015317</t>
+          <t>9786052375037</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Basra Kuruluşundan Emevilerin Sonuna Kadar Toplumsal Yapı</t>
+          <t>İbadetin Beyni Dua (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258015584</t>
+          <t>9786052375068</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Rızık Hikmet Penceresinden Kavramsal Bir Yaklaşım</t>
+          <t>İnsanlığın Kurtuluşu Hac Ömrün Bereketi Umre</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258015249</t>
+          <t>9786257274692</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Vefaü'l - Vefa (3 Cilt Takım) (Ciltli)</t>
+          <t>Fetihten Bilime</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>1800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257274890</t>
+          <t>9786257274685</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet İlişkisi</t>
+          <t>Çevre Bilinci</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054620395</t>
+          <t>9786257274791</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Doğa</t>
+          <t>Bağdat Büveyhiler'in Eline Düşerken</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054620364</t>
+          <t>9786257274852</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Peygamber (sas) Ailesi</t>
+          <t>Allah ve Namaz Nasıl Anlatılmalı?</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054620326</t>
+          <t>9786052375006</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in (sas) Arkadaşları</t>
+          <t>Alemlere Rahmet Hazreti Muhammed (sas) (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>295</v>
+        <v>270</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054620258</t>
+          <t>9786057689160</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Peygamberlik Algısı</t>
+          <t>Adil Siyaset ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054620197</t>
+          <t>9786258015898</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Aile Reisi Olarak Hz. Peygamber (Sas)</t>
+          <t>Arap Yarımadası’nda Kervan</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257274821</t>
+          <t>9786258015829</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Avı</t>
+          <t>Efendimizi Sahabe Gibi Sevmek (Arapça)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257274951</t>
+          <t>9786258015591</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eserlerinde Hz.Peygamber (Ciltli)</t>
+          <t>Efendimizi Sahabe Gibi Sevmek (Osmanlıca)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>1300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257274968</t>
+          <t>9786258015881</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Medeniyeti</t>
+          <t>Medine’de Bir Aile - Ebu Talha Ümmü Süleym</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257274920</t>
+          <t>9786258015294</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İslam İlim Geleneğinde İmam Buhari</t>
+          <t>İslam İlim Geleneğinde İbn Hacer El- Askalani</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257274913</t>
+          <t>9786258015317</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kanbahar</t>
+          <t>Basra Kuruluşundan Emevilerin Sonuna Kadar Toplumsal Yapı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257274906</t>
+          <t>9786258015584</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Rahmet ve Musibet</t>
+          <t>Rızık Hikmet Penceresinden Kavramsal Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257274807</t>
+          <t>9786258015249</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün İstilasından Urfa’nın Fethine Müslümanların Haçlılarla Mücadelesi</t>
+          <t>Vefaü'l - Vefa (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>240</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257274678</t>
+          <t>9786257274890</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tabiin Döneminde Kur'an Tefsiri</t>
+          <t>Kur’an ve Sünnet İlişkisi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257274661</t>
+          <t>9786054620395</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sahabe ve Değer</t>
+          <t>Tıp ve Doğa</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057689863</t>
+          <t>9786054620364</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Tefsir Geleneğinde Kıraat</t>
+          <t>Peygamber (sas) Ailesi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257274654</t>
+          <t>9786054620326</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Cuma Düşüncelerim</t>
+          <t>Hz. Peygamber’in (sas) Arkadaşları</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257274234</t>
+          <t>9786054620258</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin-i Eyyübi ve Tasavvuf</t>
+          <t>Geçmişten Günümüze Peygamberlik Algısı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057689887</t>
+          <t>9786054620197</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İlk Dönem İslam Tarihinde İktidar Muhalefet İlişkisi</t>
+          <t>Aile Reisi Olarak Hz. Peygamber (Sas)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257274036</t>
+          <t>9786257274821</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Harb-i Umumi Gölgesinde Siyer Telifi</t>
+          <t>Mutluluk Avı</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257274609</t>
+          <t>9786257274951</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Can Yoldaşı Hz. Ebu Bekir</t>
+          <t>Sanat Eserlerinde Hz.Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>330</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257274098</t>
+          <t>9786257274968</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklu ve Eyyübiler'de Siyaset Eksenli Sünni Faaliyetler</t>
+          <t>Ana Hatlarıyla İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257274074</t>
+          <t>9786257274920</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in İlk Yedi Yılı</t>
+          <t>İslam İlim Geleneğinde İmam Buhari</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257274517</t>
+          <t>9786257274913</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Onlar Bizim Annelerimiz Not Defterim (Ciltli)</t>
+          <t>Kanbahar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257274258</t>
+          <t>9786257274906</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Cennetü'l-Baki</t>
+          <t>İslam Düşüncesinde Rahmet ve Musibet</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054620401</t>
+          <t>9786257274807</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Vahiy ve Peygamber (SAS)</t>
+          <t>Kudüs’ün İstilasından Urfa’nın Fethine Müslümanların Haçlılarla Mücadelesi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258144390</t>
+          <t>9786257274678</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Esma-i Hüsna</t>
+          <t>Tabiin Döneminde Kur'an Tefsiri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257274241</t>
+          <t>9786257274661</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Siyer Usulü</t>
+          <t>Sahabe ve Değer</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054620357</t>
+          <t>9786057689863</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet ve Hz. Muhammed'in (SAS) Nübüvveti</t>
+          <t>Endülüs Tefsir Geleneğinde Kıraat</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257274227</t>
+          <t>9786257274654</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abbas</t>
+          <t>Cuma Düşüncelerim</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257274043</t>
+          <t>9786257274234</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Eman</t>
+          <t>Selahaddin-i Eyyübi ve Tasavvuf</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057689481</t>
+          <t>9786057689887</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Muhammed b. Ömer El-Vakıdı (Ciltli)</t>
+          <t>İlk Dönem İslam Tarihinde İktidar Muhalefet İlişkisi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>700</v>
+        <v>275</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054620319</t>
+          <t>9786257274036</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’i Doğru Anlamak</t>
+          <t>Harb-i Umumi Gölgesinde Siyer Telifi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257274067</t>
+          <t>9786257274609</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman ve Hadis Rivayetindeki Yeri</t>
+          <t>Can Yoldaşı Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>410</v>
+        <v>330</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054620241</t>
+          <t>9786257274098</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Peygamber Sevgisi</t>
+          <t>Büyük Selçuklu ve Eyyübiler'de Siyaset Eksenli Sünni Faaliyetler</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054620272</t>
+          <t>9786257274074</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Ümmiliği - Hz. Peygamber ve Sünnet</t>
+          <t>Hz. Muhammed'in İlk Yedi Yılı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257274029</t>
+          <t>9786257274517</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Feveran</t>
+          <t>Onlar Bizim Annelerimiz Not Defterim (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057689726</t>
+          <t>9786257274258</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Hitabet Sanatı</t>
+          <t>Hz. Peygamber Döneminde Cennetü'l-Baki</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057689634</t>
+          <t>9786054620401</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Siyer-Tefsir İlişkisi İbn Hişam Örnekliği</t>
+          <t>Vahiy ve Peygamber (SAS)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257274050</t>
+          <t>9786258144390</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Açısından Allah'ın Yardımı Peygamber'in Zaferi</t>
+          <t>Öykülerle Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052375327</t>
+          <t>9786257274241</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Sosyal Yapısıyla Siyer Coğrafyası (Ciltli)</t>
+          <t>Siyer Usulü</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057689870</t>
+          <t>9786054620357</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Siyer Öğrenmeliyiz? (Ciltli)</t>
+          <t>Nübüvvet ve Hz. Muhammed'in (SAS) Nübüvveti</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057689689</t>
+          <t>9786257274227</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye’de Yönetim</t>
+          <t>Hz. Abbas</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057689627</t>
+          <t>9786257274043</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi’de Hadis</t>
+          <t>Eman</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057689801</t>
+          <t>9786057689481</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Arap Yarımadası’nda Kabile Hayatı</t>
+          <t>Muhammed b. Ömer El-Vakıdı (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>280</v>
+        <v>700</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057689597</t>
+          <t>9786054620319</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sahabiler (Ciltli)</t>
+          <t>Hz. Peygamber’i Doğru Anlamak</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>475</v>
+        <v>270</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057689610</t>
+          <t>9786257274067</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Suffe (Ciltli)</t>
+          <t>Hz. Osman ve Hadis Rivayetindeki Yeri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>475</v>
+        <v>410</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057689696</t>
+          <t>9786054620241</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Hayat Rehberi Peygamberimiz</t>
+          <t>Geçmişten Günümüze Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786054620203</t>
+          <t>9786054620272</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet'te Ticaret ve Tüccar Sahabiler</t>
+          <t>Hz. Peygamber’in Ümmiliği - Hz. Peygamber ve Sünnet</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052375600</t>
+          <t>9786257274029</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Görev ve Yetkileri Açısından Hz. Peygamber (Ciltsiz)</t>
+          <t>Feveran</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054620166</t>
+          <t>9786057689726</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Unseren Propheten So Wie Die Gefahrten Zu Lieben</t>
+          <t>Hitabet Sanatı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057689771</t>
+          <t>9786057689634</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Amvas Vebası - Orta Çağ Kara Belası</t>
+          <t>Siyer-Tefsir İlişkisi İbn Hişam Örnekliği</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057689719</t>
+          <t>9786257274050</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirme Ahlakı</t>
+          <t>Kur'an-ı Kerim Açısından Allah'ın Yardımı Peygamber'in Zaferi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057689535</t>
+          <t>9786052375327</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcusuna Söylenecekler</t>
+          <t>Tarihi ve Sosyal Yapısıyla Siyer Coğrafyası (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057689306</t>
+          <t>9786057689870</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hz.Peygamber (Sas) Döneminde Sosyal Hizmetler</t>
+          <t>Neden ve Nasıl Siyer Öğrenmeliyiz? (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057689252</t>
+          <t>9786057689689</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Beytül Mal</t>
+          <t>Cahiliye’de Yönetim</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057689207</t>
+          <t>9786057689627</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (sas) Döneminde Hacamat</t>
+          <t>Bediüzzaman Said Nursi’de Hadis</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057558923</t>
+          <t>9786057689801</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Nüzul Sürecinde Kur'an-Siyer İlişkisi</t>
+          <t>Arap Yarımadası’nda Kabile Hayatı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057689108</t>
+          <t>9786057689597</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Olmak</t>
+          <t>Çocuk Sahabiler (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057689245</t>
+          <t>9786057689610</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Modern Toplumda Görgü Kuralları</t>
+          <t>Ashab-ı Suffe (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>210</v>
+        <v>475</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052375525</t>
+          <t>9786057689696</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Medeniyeti</t>
+          <t>Hayat Rehberi Peygamberimiz</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>525</v>
+        <v>230</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057689085</t>
+          <t>9786054620203</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in (s.a.s) Kızları ve Kız Torunları</t>
+          <t>Asr-ı Saadet'te Ticaret ve Tüccar Sahabiler</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057689153</t>
+          <t>9786052375600</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Aile Ahlakı</t>
+          <t>Görev ve Yetkileri Açısından Hz. Peygamber (Ciltsiz)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057558916</t>
+          <t>9786054620166</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Vasıfları ve İsmet Sıfatı (Ciltli)</t>
+          <t>Unseren Propheten So Wie Die Gefahrten Zu Lieben</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057558824</t>
+          <t>9786057689771</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Ümmü Seleme</t>
+          <t>Amvas Vebası - Orta Çağ Kara Belası</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057558831</t>
+          <t>9786057689719</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Ümmü Habibe</t>
+          <t>Çocuk Yetiştirme Ahlakı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057558862</t>
+          <t>9786057689535</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Hatice Bint Huveylid</t>
+          <t>Zaman Yolcusuna Söylenecekler</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057558893</t>
+          <t>9786057689306</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Aişe Bint Ebi Bekir</t>
+          <t>Hz.Peygamber (Sas) Döneminde Sosyal Hizmetler</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057558879</t>
+          <t>9786057689252</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Hafsa Bint Ömer</t>
+          <t>Beytül Mal</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057558886</t>
+          <t>9786057689207</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Cüveyride Bint Haris - Hz. Reyhane Bint Şem'un - Hz. Mariye Bint Şem'un</t>
+          <t>Hz. Peygamber (sas) Döneminde Hacamat</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057558855</t>
+          <t>9786057558923</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz Safiyye Bint Huyey</t>
+          <t>Nüzul Sürecinde Kur'an-Siyer İlişkisi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057558848</t>
+          <t>9786057689108</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Evinin Hanımları - Hz. Sevde Bint Zem'a - Hz. Zeynep Bint Hüzeyme - Hz. Meymune Bint Haris</t>
+          <t>Abdullah Olmak</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052375044</t>
+          <t>9786057689245</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sahabeyi Nasıl Anlamalıyız? (Ciltli)</t>
+          <t>Modern Toplumda Görgü Kuralları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057558497</t>
+          <t>9786052375525</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (s.av.) Mal Varlığı</t>
+          <t>Osmanlı Dönemi Medeniyeti</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>240</v>
+        <v>525</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057558480</t>
+          <t>9786057689085</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İbn Seyyidinnas ve Uyunü'l-Eser</t>
+          <t>Peygamberimiz'in (s.a.s) Kızları ve Kız Torunları</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059283601</t>
+          <t>9786057689153</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Ben Kadere İnanyorum</t>
+          <t>Aile Ahlakı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059283595</t>
+          <t>9786057558916</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ben Ahirete İnanıyorum</t>
+          <t>Peygamberlerin Vasıfları ve İsmet Sıfatı (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057558510</t>
+          <t>9786057558824</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş ve Yükseliş Döneminde Eyyubiler (Melik Adil Dönemi)</t>
+          <t>Peygamber Evinin Hanımları - Hz. Ümmü Seleme</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057558107</t>
+          <t>9786057558831</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Namaza Nasıl Başlanır?</t>
+          <t>Peygamber Evinin Hanımları - Hz. Ümmü Habibe</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057558527</t>
+          <t>9786057558862</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Ahlakı</t>
+          <t>Peygamber Evinin Hanımları - Hz. Hatice Bint Huveylid</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057558534</t>
+          <t>9786057558893</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (s.a.s) Döneminde Aile Hayatı</t>
+          <t>Peygamber Evinin Hanımları - Hz. Aişe Bint Ebi Bekir</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059283779</t>
+          <t>9786057558879</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Çalışmaları</t>
+          <t>Peygamber Evinin Hanımları - Hz. Hafsa Bint Ömer</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054620074</t>
+          <t>9786057558886</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hazreti Muhammed (sas) (Ciltsiz)</t>
+          <t>Peygamber Evinin Hanımları - Hz. Cüveyride Bint Haris - Hz. Reyhane Bint Şem'un - Hz. Mariye Bint Şem'un</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057558046</t>
+          <t>9786057558855</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Bahri Memlükler İktisadi ve Ticari Hayat</t>
+          <t>Peygamber Evinin Hanımları - Hz Safiyye Bint Huyey</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059283519</t>
+          <t>9786057558848</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Namaz Asla Terk Edilemez</t>
+          <t>Peygamber Evinin Hanımları - Hz. Sevde Bint Zem'a - Hz. Zeynep Bint Hüzeyme - Hz. Meymune Bint Haris</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052375587</t>
+          <t>9786052375044</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Siyer Öğrenmeliyiz?</t>
+          <t>Sahabeyi Nasıl Anlamalıyız? (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052375174</t>
+          <t>9786057558497</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi</t>
+          <t>Hz. Peygamber'in (s.av.) Mal Varlığı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>525</v>
+        <v>240</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059283649</t>
+          <t>9786057558480</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>101 Cevapla Kur’an Nedir? (Ciltli)</t>
+          <t>İbn Seyyidinnas ve Uyunü'l-Eser</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052375594</t>
+          <t>9786059283601</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Sosyal Yapısıyla Siyer Coğrafyası</t>
+          <t>Ben Kadere İnanyorum</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052375372</t>
+          <t>9786059283595</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Siyer Öğretimi Çocuk Kitapları, Edebi Eserler ve Popüler Yayınlar</t>
+          <t>Ben Ahirete İnanıyorum</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057689528</t>
+          <t>9786057558510</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Görev ve Yetkileri Açısından Hz. Peygamber (Ciltli)</t>
+          <t>Kuruluş ve Yükseliş Döneminde Eyyubiler (Melik Adil Dönemi)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054620500</t>
+          <t>9786057558107</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Bir Alim Bir Eser - İbn Sa'd ve Tabakat</t>
+          <t>Namaza Nasıl Başlanır?</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054620289</t>
+          <t>9786057558527</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Ahlakı</t>
+          <t>Evlilik Ahlakı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054620302</t>
+          <t>9786057558534</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'de (SAS) İnsan Sevgisi</t>
+          <t>Hz. Peygamber (s.a.s) Döneminde Aile Hayatı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054620234</t>
+          <t>9786059283779</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Eğitimci ve Tebliğci Hz. Peygamber (SAS)</t>
+          <t>Kur'an Çalışmaları</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059283670</t>
+          <t>9786054620074</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İnsan İlişkilerde İlahi Ölçü (Ciltli)</t>
+          <t>Alemlere Rahmet Hazreti Muhammed (sas) (Ciltsiz)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054620388</t>
+          <t>9786057558046</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Suffa Meclisleri Siyer Bilinci Dersleri</t>
+          <t>Bahri Memlükler İktisadi ve Ticari Hayat</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>475</v>
+        <v>325</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052375013</t>
+          <t>9786059283519</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Cebrail (as) ile Hasbihal</t>
+          <t>Namaz Asla Terk Edilemez</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059283953</t>
+          <t>9786052375587</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Tabiin Döneminde Kur'an Tefsiri</t>
+          <t>Neden ve Nasıl Siyer Öğrenmeliyiz?</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059283946</t>
+          <t>9786052375174</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Tevbe Ahlakı</t>
+          <t>Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>230</v>
+        <v>525</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059283755</t>
+          <t>9786059283649</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sinema</t>
+          <t>101 Cevapla Kur’an Nedir? (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054620227</t>
+          <t>9786052375594</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Diğer İnanç Mensuplarıyla İlişkiler</t>
+          <t>Tarihi ve Sosyal Yapısıyla Siyer Coğrafyası</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059283663</t>
+          <t>9786052375372</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Es-Semhudi ve Medine Tarihi</t>
+          <t>Siyer Öğretimi Çocuk Kitapları, Edebi Eserler ve Popüler Yayınlar</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059283625</t>
+          <t>9786057689528</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Zeyd B. Harise</t>
+          <t>Görev ve Yetkileri Açısından Hz. Peygamber (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059283502</t>
+          <t>9786054620500</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ji Pexembere Me Mina Sehabıyan Hezkirin</t>
+          <t>Bir Alim Bir Eser - İbn Sa'd ve Tabakat</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059283069</t>
+          <t>9786054620289</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Siyer Öğretimi - Ortaokul ve Orta Öğretim Düzeyi</t>
+          <t>Hz. Peygamber'in Ahlakı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057689511</t>
+          <t>9786054620302</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet'te Ticaret ve Tüccar Sahabiler (Ciltli)</t>
+          <t>Hz. Peygamber'de (SAS) İnsan Sevgisi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054620043</t>
+          <t>9786054620234</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İbadetin Beyni Dua (Roman Boy)</t>
+          <t>Eğitimci ve Tebliğci Hz. Peygamber (SAS)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054620562</t>
+          <t>9786059283670</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İlk Hicret Habeşistan</t>
+          <t>İnsan İlişkilerde İlahi Ölçü (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054620432</t>
+          <t>9786054620388</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Yönleriyle Hz. Peygamber'in Hayatı</t>
+          <t>Suffa Meclisleri Siyer Bilinci Dersleri</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054620449</t>
+          <t>9786052375013</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Yönleriyle Son Elçinin Hayatı - Mekke Dönemi</t>
+          <t>Cebrail (as) ile Hasbihal</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054625107</t>
+          <t>9786059283953</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Büyük Fetih Müslümanları ve Rivayetleri</t>
+          <t>Tabiin Döneminde Kur'an Tefsiri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>445</v>
+        <v>350</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054620265</t>
+          <t>9786059283946</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (S.a.s) Döneminde Kurumsal Yapının Oluşumu</t>
+          <t>Tevbe Ahlakı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>295</v>
+        <v>230</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054620050</t>
+          <t>9786059283755</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sahabeyi Nasıl Anlamalıyız?</t>
+          <t>İslam ve Sinema</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789759014360</t>
+          <t>9786054620227</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>El-Edebü'l-Arabi</t>
+          <t>Diğer İnanç Mensuplarıyla İlişkiler</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789759014377</t>
+          <t>9786059283663</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Muhkemu's-Sıyağa</t>
+          <t>Es-Semhudi ve Medine Tarihi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786058711051</t>
+          <t>9786059283625</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Kurtuluşu Hac Ömrün Bereketi Umre</t>
+          <t>Zeyd B. Harise</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054620067</t>
+          <t>9786059283502</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Eğitim Modeli Darü’l Erkam</t>
+          <t>Ji Pexembere Me Mina Sehabıyan Hezkirin</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789759014384</t>
+          <t>9786059283069</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hamidullah’ın İslam Peygamberi</t>
+          <t>Siyer Öğretimi - Ortaokul ve Orta Öğretim Düzeyi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054620036</t>
+          <t>9786057689511</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İnsani İlişkilerde İlahi Ölçü</t>
+          <t>Asr-ı Saadet'te Ticaret ve Tüccar Sahabiler (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
+          <t>9786054620043</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>İbadetin Beyni Dua (Roman Boy)</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786054620562</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>İlk Hicret Habeşistan</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786054620432</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Çeşitli Yönleriyle Hz. Peygamber'in Hayatı</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786054620449</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Çeşitli Yönleriyle Son Elçinin Hayatı - Mekke Dönemi</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786054625107</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Fetih Müslümanları ve Rivayetleri</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786054620265</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber (S.a.s) Döneminde Kurumsal Yapının Oluşumu</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786054620050</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Sahabeyi Nasıl Anlamalıyız?</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9789759014360</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>El-Edebü'l-Arabi</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9789759014377</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Muhkemu's-Sıyağa</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786058711051</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlığın Kurtuluşu Hac Ömrün Bereketi Umre</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786054620067</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Nebevi Eğitim Modeli Darü’l Erkam</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9789759014384</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Hamidullah’ın İslam Peygamberi</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786054620036</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>İnsani İlişkilerde İlahi Ölçü</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
           <t>9786054620128</t>
         </is>
       </c>
-      <c r="B392" s="1" t="inlineStr">
+      <c r="B405" s="1" t="inlineStr">
         <is>
           <t>Hicri Takvim ve Siyer Kronolojisi Etütleri / Makaleler</t>
         </is>
       </c>
-      <c r="C392" s="1">
+      <c r="C405" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>