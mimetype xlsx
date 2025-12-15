--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -94,231 +94,231 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259723518</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Sakar Dayım - Geri Döndü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786050633306</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Güzel Atlar Ülkesi - Kitap Kaçkınları-1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786259723501</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Satranç</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789759307035</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Olağanüstü Şeylerin Talihsiz Serüvenleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789759307011</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Gizli Parola Festivali</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789759307028</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Anı Toplayıcısı Memo</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>0086057423542</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Tetikçi Dede (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057423580</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Yapay Zeka Çiftliği</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789759307073</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Işık İnsanlar Kristal Küre</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>210</v>
+        <v>285</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9789759307066</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Sakar Dayım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789759307080</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Çubuk Makarna Kralı - Babamın Günlüğü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789759307042</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>10 Liranın İnanılmaz Hikayesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057129789</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>İkiz Gezegenler - Yok Yüzler: 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789759307059</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Karakırmızı</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057423535</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
@@ -334,186 +334,186 @@
         <is>
           <t>9789759307004</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Radyo Notları</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786057129772</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Hayal Odası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786057129796</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Erişilmez Hızın Koşucuları</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786057423597</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786057423511</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Derimden</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786057129765</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Nutuk - Gençler İçin Sadeleştirilmiş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786057129703</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Zoenya - Yeşil İsyan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786057129734</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Oyunun Sonu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786057129758</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Sibernetik Kesişmeler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786057129741</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Kitap Kaçkınları 4 - Tarihin İzindeyiz</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786057129710</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Sarıkamış'ın Ak Karları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786057129727</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Zübeyde Hanım Anlatıyor: Oğlum Mustafa</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786057423566</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
@@ -529,141 +529,141 @@
         <is>
           <t>9786057423573</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Bir Kentin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786057423528</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Piri Reis'le Dünya Yolculuğu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786057423559</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Akıl Oyunlarına Yolculuk</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786057423542</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Tetikçi Dede</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786050633382</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Düşkapan ve Hayat Ağacı - Kök</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786057423504</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Smyrna'dan Yolculuk - Söylence Gezginleri 1</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786050633399</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Dünyanın En Kötü Avukatı</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786050633368</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Düşler Kitabının Gizemi - Kitap Kaçkınları 3</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786050633375</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Kadana</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786050633351</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
@@ -679,76 +679,76 @@
         <is>
           <t>9786050633344</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Bir Kentin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786050633320</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Şaşırmaya Hazır Mısın?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786050633337</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Ben Sizin Bildiğiniz Testlerden Değilim!</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786050633313</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Söylence Dedektifleri - Kitap Kaçkınları-2</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>