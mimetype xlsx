--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -139,96 +139,96 @@
         <is>
           <t>9786259723501</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Satranç</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789759307035</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Olağanüstü Şeylerin Talihsiz Serüvenleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789759307011</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Gizli Parola Festivali</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789759307028</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Anı Toplayıcısı Memo</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>0086057423542</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Tetikçi Dede (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057423580</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Yapay Zeka Çiftliği</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789759307073</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
@@ -289,141 +289,141 @@
         <is>
           <t>9786057129789</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>İkiz Gezegenler - Yok Yüzler: 1</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789759307059</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Karakırmızı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057423535</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Dilden Şiire Şiirden Dile</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789759307004</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Radyo Notları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786057129772</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Hayal Odası</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786057129796</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Erişilmez Hızın Koşucuları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786057423597</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786057423511</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Derimden</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786057129765</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Nutuk - Gençler İçin Sadeleştirilmiş</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786057129703</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
@@ -499,111 +499,111 @@
         <is>
           <t>9786057129727</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Zübeyde Hanım Anlatıyor: Oğlum Mustafa</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786057423566</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Dünyanın En Kötü Avukatı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786057423573</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Bir Kentin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786057423528</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Piri Reis'le Dünya Yolculuğu</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786057423559</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Akıl Oyunlarına Yolculuk</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786057423542</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Tetikçi Dede</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786050633382</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Düşkapan ve Hayat Ağacı - Kök</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786057423504</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
@@ -634,111 +634,111 @@
         <is>
           <t>9786050633368</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Düşler Kitabının Gizemi - Kitap Kaçkınları 3</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786050633375</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Kadana</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786050633351</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Öykü Unutmamaktır</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786050633344</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Bir Kentin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786050633320</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Şaşırmaya Hazır Mısın?</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786050633337</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Ben Sizin Bildiğiniz Testlerden Değilim!</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786050633313</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Söylence Dedektifleri - Kitap Kaçkınları-2</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>270</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>