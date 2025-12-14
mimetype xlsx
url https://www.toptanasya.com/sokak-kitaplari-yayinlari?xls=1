--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -85,2410 +85,2560 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255665799</t>
+          <t>9786255776686</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Kaynanası</t>
+          <t>İçimdeki Yuva ve Özlem</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255665829</t>
+          <t>9786255776440</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yalgız</t>
+          <t>Engel Siz Psikoloji</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255665836</t>
+          <t>9786255776808</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ilganus</t>
+          <t>İmge ve Gölge</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255665706</t>
+          <t>9786255665812</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kadının Sessiz Çığlığı</t>
+          <t>Cesur Meleğim</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253738358</t>
+          <t>9786052877654</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yol’da Yaşadıklarım</t>
+          <t>Otizm Yol Haritası</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255665980</t>
+          <t>9786255776198</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Kanunu</t>
+          <t>Ruhunla Tanış</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255665218</t>
+          <t>9786255776235</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kutum - Lise Başlıyor</t>
+          <t>Sofa</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255665805</t>
+          <t>9786255776433</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Jinda</t>
+          <t>Saklanırken Kendime Yakalandım</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255665225</t>
+          <t>9786253738808</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Evde Depresyondan Çıkmanın Yolları</t>
+          <t>Bi’Çare</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255665720</t>
+          <t>9786253739881</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>LGS Hazırlık ve Rehberlik Kitabı</t>
+          <t>Sessiz Bedenler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255665188</t>
+          <t>9786255665799</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mucizeye Yolculuk</t>
+          <t>21. Yüzyıl Kaynanası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255665263</t>
+          <t>9786255665829</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yarımsal Hikayeler</t>
+          <t>Yalgız</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253739799</t>
+          <t>9786255665836</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ayris’in Maceraları</t>
+          <t>Ilganus</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055303099</t>
+          <t>9786255665706</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mehdinin Zuhuru ve Kur’an’daki 7 Harfin Sırrı</t>
+          <t>Kadının Sessiz Çığlığı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>13.89</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253739980</t>
+          <t>9786253738358</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğun Esrarı</t>
+          <t>Yol’da Yaşadıklarım</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255665287</t>
+          <t>9786255665980</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Melek</t>
+          <t>Yıldız Kanunu</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253739072</t>
+          <t>9786255665218</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Pizzaola</t>
+          <t>Hayal Kutum - Lise Başlıyor</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253739812</t>
+          <t>9786255665805</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Son Parmak</t>
+          <t>Jinda</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253739911</t>
+          <t>9786255665225</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediklerimin Küllüğü</t>
+          <t>Evde Depresyondan Çıkmanın Yolları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253739805</t>
+          <t>9786255665720</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Dönüşüm Liderle Başlar</t>
+          <t>LGS Hazırlık ve Rehberlik Kitabı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253739928</t>
+          <t>9786255665188</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kolye</t>
+          <t>Mucizeye Yolculuk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255665201</t>
+          <t>9786255665263</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ya Kendini Bulacaksın Ya Kendinden Bulacaksın - 1</t>
+          <t>Yarımsal Hikayeler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253739973</t>
+          <t>9786253739799</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hêvî</t>
+          <t>Ayris’in Maceraları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255665195</t>
+          <t>9786055303099</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nalbant</t>
+          <t>Hz. Mehdinin Zuhuru ve Kur’an’daki 7 Harfin Sırrı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253739942</t>
+          <t>9786253739980</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni</t>
+          <t>Yolculuğun Esrarı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786253739935</t>
+          <t>9786255665287</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>20’li Yaş</t>
+          <t>Melek</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259680217</t>
+          <t>9786253739072</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Yerim Kanıyor Onay Dolu Bakışlar</t>
+          <t>Pizzaola</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>202</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255665249</t>
+          <t>9786253739812</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Caterra'nın Mührü</t>
+          <t>Son Parmak</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786253739720</t>
+          <t>9786253739911</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>8 Sayfalık Şiir</t>
+          <t>Söyleyemediklerimin Küllüğü</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786253739553</t>
+          <t>9786253739805</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yörünge</t>
+          <t>Kurumsal Dönüşüm Liderle Başlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253739843</t>
+          <t>9786253739928</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok</t>
+          <t>Gümüş Kolye</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786253739997</t>
+          <t>9786255665201</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Geriye Kalan</t>
+          <t>Ya Kendini Bulacaksın Ya Kendinden Bulacaksın - 1</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253739362</t>
+          <t>9786253739973</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Merhabalar ve Vedalar</t>
+          <t>Hêvî</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786253739324</t>
+          <t>9786255665195</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömürde Dört Mevsim</t>
+          <t>Nalbant</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253739393</t>
+          <t>9786253739942</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kürt Meselesi</t>
+          <t>Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253739317</t>
+          <t>9786253739935</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>20’li Yaş</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786253739522</t>
+          <t>9786259680217</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İle Para Kazanma Sanatı</t>
+          <t>Bir Yerim Kanıyor Onay Dolu Bakışlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>202</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786253739379</t>
+          <t>9786255665249</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapay Zeka</t>
+          <t>Caterra'nın Mührü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051485720</t>
+          <t>9786253739720</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>IELTS Ders Notları</t>
+          <t>8 Sayfalık Şiir</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051487045</t>
+          <t>9786253739553</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>TOEFL Ders Notları</t>
+          <t>Yörünge</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786253738815</t>
+          <t>9786253739843</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığıyla Mücadelede Türkiye Modeli “Milli Bağımsızlık Mücadelesi”</t>
+          <t>Adı Yok</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>375</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786253739355</t>
+          <t>9786253739997</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bay Kimse’nin Güncesi</t>
+          <t>Geriye Kalan</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786253739102</t>
+          <t>9786253739362</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Yolculuğu</t>
+          <t>Merhabalar ve Vedalar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786253738778</t>
+          <t>9786253739324</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Kavalyem Yaptım</t>
+          <t>Bir Ömürde Dört Mevsim</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786253739331</t>
+          <t>9786253739393</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ne Baharı Bildim Ne Yazım Oldu</t>
+          <t>Kürt Meselesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786253739096</t>
+          <t>9786253739317</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şiirce</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786253739348</t>
+          <t>9786253739522</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ululara Nazireler</t>
+          <t>Yapay Zeka İle Para Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786253739386</t>
+          <t>9786253739379</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aynaların Sessizliği</t>
+          <t>Herkes İçin Yapay Zeka</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786253739126</t>
+          <t>9786051485720</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Zamanlara Vahiy Buyrulmuş Ayetler</t>
+          <t>IELTS Ders Notları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786253738938</t>
+          <t>9786051487045</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İclal Bir Muamma</t>
+          <t>TOEFL Ders Notları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786253738792</t>
+          <t>9786253738815</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Lila’nın Hakları</t>
+          <t>Madde Bağımlılığıyla Mücadelede Türkiye Modeli “Milli Bağımsızlık Mücadelesi”</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786253739133</t>
+          <t>9786253739355</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Harfin Sınırında Bir Kadın</t>
+          <t>Bay Kimse’nin Güncesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253739089</t>
+          <t>9786253739102</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kedimin Sessizliği</t>
+          <t>Mükemmellik Yolculuğu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786253738785</t>
+          <t>9786253738778</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bahar Oldum Ama Önce Yandım</t>
+          <t>Hayatı Kavalyem Yaptım</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786253738693</t>
+          <t>9786253739331</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Dodo</t>
+          <t>Ne Baharı Bildim Ne Yazım Oldu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786253738624</t>
+          <t>9786253739096</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Senli Zamanlar Diyarı</t>
+          <t>Şiirce</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786253738747</t>
+          <t>9786253739348</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Yolunda Atatürk ve Turhallı Gazinin Anıları</t>
+          <t>Ululara Nazireler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786253738921</t>
+          <t>9786253739386</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>24 Saat</t>
+          <t>Aynaların Sessizliği</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786253738730</t>
+          <t>9786253739126</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Yapay Zeka Yaz(Ma)Dı Mı?</t>
+          <t>Sonsuz Zamanlara Vahiy Buyrulmuş Ayetler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786253738006</t>
+          <t>9786253738938</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yazarlar Sınıfı İş Başında</t>
+          <t>İclal Bir Muamma</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786253738914</t>
+          <t>9786253738792</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sensedim</t>
+          <t>Lila’nın Hakları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786253738761</t>
+          <t>9786253739133</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Öldüğümü Hissediyorum</t>
+          <t>Harfin Sınırında Bir Kadın</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786253738365</t>
+          <t>9786253739089</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Siz Varsanız Ben De Varım</t>
+          <t>Kedimin Sessizliği</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786253738372</t>
+          <t>9786253738785</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Siyah Atın Yavrusu</t>
+          <t>Bahar Oldum Ama Önce Yandım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786253738686</t>
+          <t>9786253738693</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şehir Efsanesi</t>
+          <t>Zürafa Dodo</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786253738457</t>
+          <t>9786253738624</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kum Saatindeki Evren</t>
+          <t>Senli Zamanlar Diyarı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786253738235</t>
+          <t>9786253738747</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Devri Süküt</t>
+          <t>Kurtuluş Yolunda Atatürk ve Turhallı Gazinin Anıları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786253738389</t>
+          <t>9786253738921</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yasak Kadın</t>
+          <t>24 Saat</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786253738501</t>
+          <t>9786253738730</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir Bipoların Gizemli Defteri</t>
+          <t>Bu Kitabı Yapay Zeka Yaz(Ma)Dı Mı?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052874486</t>
+          <t>9786253738006</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aşk Tutkusu</t>
+          <t>Yazarlar Sınıfı İş Başında</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786253738211</t>
+          <t>9786253738914</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Baba Beni Biraz Sever Misin?</t>
+          <t>Sensedim</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786253738334</t>
+          <t>9786253738761</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Satürn Sporları</t>
+          <t>Öldüğümü Hissediyorum</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786253738327</t>
+          <t>9786253738365</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dünya’dan Mars’a</t>
+          <t>Siz Varsanız Ben De Varım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786253738341</t>
+          <t>9786253738372</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Basan İlk Kedi</t>
+          <t>Siyah Atın Yavrusu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786253737979</t>
+          <t>9786253738686</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Son Direniş İstanbul</t>
+          <t>Şehir Efsanesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786253738136</t>
+          <t>9786253738457</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Eşik</t>
+          <t>Kum Saatindeki Evren</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786253738129</t>
+          <t>9786253738235</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tek Çaresi Okumaktı</t>
+          <t>Devri Süküt</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786253737986</t>
+          <t>9786253738389</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Uykumu Kaçıranlar</t>
+          <t>Yasak Kadın</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786253737993</t>
+          <t>9786253738501</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Cennet Gülüşlüm</t>
+          <t>Bir Bipoların Gizemli Defteri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786253738143</t>
+          <t>9786052874486</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kök Hücre</t>
+          <t>Kayıp Aşk Tutkusu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786253736798</t>
+          <t>9786253738211</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Açelya</t>
+          <t>Baba Beni Biraz Sever Misin?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786253737726</t>
+          <t>9786253738334</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kabuğundan Bir Gemi</t>
+          <t>Satürn Sporları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786253737719</t>
+          <t>9786253738327</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Pişmanlık</t>
+          <t>Dünya’dan Mars’a</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786253737702</t>
+          <t>9786253738341</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hayata Küsmeyen Çocuk</t>
+          <t>Ay’a Basan İlk Kedi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786253737252</t>
+          <t>9786253737979</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Son Çağrı Rize</t>
+          <t>Son Direniş İstanbul</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>500</v>
+        <v>245</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786253737511</t>
+          <t>9786253738136</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Resmi Olmayan Deli</t>
+          <t>Eşik</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786253737498</t>
+          <t>9786253738129</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sabıkalı Aşk</t>
+          <t>Tek Çaresi Okumaktı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051489605</t>
+          <t>9786253737986</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>YDS Ders Notları</t>
+          <t>Uykumu Kaçıranlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786253737481</t>
+          <t>9786253737993</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Batıl Hayatlar</t>
+          <t>Cennet Gülüşlüm</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786253737474</t>
+          <t>9786253738143</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Siyah Umut</t>
+          <t>Kök Hücre</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786253737504</t>
+          <t>9786253736798</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Sırtlanın Savaşı</t>
+          <t>Açelya</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786253737337</t>
+          <t>9786253737726</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Muma Ateş Olan Yüreğim</t>
+          <t>Portakal Kabuğundan Bir Gemi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786253736880</t>
+          <t>9786253737719</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sahte Beden Kara İncir</t>
+          <t>İçimdeki Pişmanlık</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>330</v>
+        <v>195</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786253737214</t>
+          <t>9786253737702</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yirmi</t>
+          <t>Hayata Küsmeyen Çocuk</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786253737191</t>
+          <t>9786253737252</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şehir</t>
+          <t>Son Çağrı Rize</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786253737207</t>
+          <t>9786253737511</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kunduracı Hasan</t>
+          <t>Resmi Olmayan Deli</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786253736002</t>
+          <t>9786253737498</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Yuki</t>
+          <t>Sabıkalı Aşk</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786253736385</t>
+          <t>9786051489605</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sekar</t>
+          <t>YDS Ders Notları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>195</v>
+        <v>550</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786253736781</t>
+          <t>9786253737481</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bir, İki, Üç… Türk Edebiyatına Dair Birkaç Metin</t>
+          <t>Batıl Hayatlar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253735982</t>
+          <t>9786253737474</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Cycle In Time</t>
+          <t>Siyah Umut</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253736774</t>
+          <t>9786253737504</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Aklım Hala Yapamadıklarımda</t>
+          <t>Kurt ve Sırtlanın Savaşı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786253736378</t>
+          <t>9786253737337</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yedi Aynayı Kırmak</t>
+          <t>Muma Ateş Olan Yüreğim</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253736026</t>
+          <t>9786253736880</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Elveda</t>
+          <t>Sahte Beden Kara İncir</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786253736392</t>
+          <t>9786253737214</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Yakamoz</t>
+          <t>Yirmi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253736279</t>
+          <t>9786253737191</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Doğuşu</t>
+          <t>Şehir</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253736415</t>
+          <t>9786253737207</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dili Yoktur</t>
+          <t>Kunduracı Hasan</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253736262</t>
+          <t>9786253736002</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Gün Daha</t>
+          <t>Yaramaz Yuki</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786253736408</t>
+          <t>9786253736385</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hora Güneş’in Abhaz Yemek Tarifleri</t>
+          <t>Sekar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253736255</t>
+          <t>9786253736781</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Delişmen’in Hayatı</t>
+          <t>Bir, İki, Üç… Türk Edebiyatına Dair Birkaç Metin</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253736354</t>
+          <t>9786253735982</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Musaus’in Masal Dünyası</t>
+          <t>Cycle In Time</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253736019</t>
+          <t>9786253736774</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Uçurumdan Gelen Ses</t>
+          <t>Aklım Hala Yapamadıklarımda</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253735883</t>
+          <t>9786253736378</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İlahi İzdüşüm: Keramet ve Hayat</t>
+          <t>Yedi Aynayı Kırmak</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786253735913</t>
+          <t>9786253736026</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Lal Haykırış</t>
+          <t>Sonsuza Dek Elveda</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253735920</t>
+          <t>9786253736392</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Gélibolu Mon Amour</t>
+          <t>Yalancı Yakamoz</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253735999</t>
+          <t>9786253736279</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tutunduklarım</t>
+          <t>Felsefenin Doğuşu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786253735869</t>
+          <t>9786253736415</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Kıyısında Bir Adam</t>
+          <t>Aşkın Dili Yoktur</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253735777</t>
+          <t>9786253736262</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçindeki Sesler</t>
+          <t>Yeni Bir Gün Daha</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253735661</t>
+          <t>9786253736408</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Geveze Yemekler Her Şeyi de Biliyorlar</t>
+          <t>Hora Güneş’in Abhaz Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253735654</t>
+          <t>9786253736255</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Nalan</t>
+          <t>Delişmen’in Hayatı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253734169</t>
+          <t>9786253736354</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Metrosu</t>
+          <t>Musaus’in Masal Dünyası</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253734329</t>
+          <t>9786253736019</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Başarı Kartları</t>
+          <t>Uçurumdan Gelen Ses</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786253734909</t>
+          <t>9786253735883</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Efes'e Yolculuk</t>
+          <t>İlahi İzdüşüm: Keramet ve Hayat</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786253734862</t>
+          <t>9786253735913</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşk</t>
+          <t>Lal Haykırış</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253734763</t>
+          <t>9786253735920</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı</t>
+          <t>Gélibolu Mon Amour</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253734886</t>
+          <t>9786253735999</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kar Helvası</t>
+          <t>Tutunduklarım</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253733605</t>
+          <t>9786253735869</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Yıldız 3. Cilt</t>
+          <t>Karanlığın Kıyısında Bir Adam</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253734268</t>
+          <t>9786253735777</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sahi</t>
+          <t>Kafamın İçindeki Sesler</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253734206</t>
+          <t>9786253735661</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Karla’nın Mektupları</t>
+          <t>Geveze Yemekler Her Şeyi de Biliyorlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786253733643</t>
+          <t>9786253735654</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ben Sana Hiç Çiçek Veremedim</t>
+          <t>Merhaba Nalan</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786253733582</t>
+          <t>9786253734169</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Av - Mağlubiyetin Melodisi</t>
+          <t>Ruhlar Metrosu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786253732837</t>
+          <t>9786253734329</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ekran Bağımlılığı ve İnternetin Çocuklara Zararlı Etkileri</t>
+          <t>Başarı Kartları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786253732660</t>
+          <t>9786253734909</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka CNN Algoritması</t>
+          <t>Efes'e Yolculuk</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786253732684</t>
+          <t>9786253734862</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sözleri</t>
+          <t>Bu Aşk</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052878590</t>
+          <t>9786253734763</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Buluş - Kıtlık</t>
+          <t>Kırmızı</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052878620</t>
+          <t>9786253734886</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Uyanmadan Önce</t>
+          <t>Kar Helvası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052878545</t>
+          <t>9786253733605</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Girdapta Dönenler</t>
+          <t>Nazlı Yıldız 3. Cilt</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052878347</t>
+          <t>9786253734268</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Can Kenarı</t>
+          <t>Sahi</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052878514</t>
+          <t>9786253734206</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hasret Sardı Her Yanımı</t>
+          <t>Karla’nın Mektupları</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052878422</t>
+          <t>9786253733643</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ardımdan Gelenler</t>
+          <t>Ben Sana Hiç Çiçek Veremedim</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052878453</t>
+          <t>9786253733582</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Son</t>
+          <t>Vahşi Av - Mağlubiyetin Melodisi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>490</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052878354</t>
+          <t>9786253732837</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Senle Alakalı Sevdiğim Yüz Şey</t>
+          <t>Ekran Bağımlılığı ve İnternetin Çocuklara Zararlı Etkileri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052878439</t>
+          <t>9786253732660</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Narsist</t>
+          <t>Yapay Zeka CNN Algoritması</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052878446</t>
+          <t>9786253732684</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunu</t>
+          <t>Kalbin Sözleri</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052878316</t>
+          <t>9786052878590</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bişirina Avrele</t>
+          <t>Buluş - Kıtlık</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052878323</t>
+          <t>9786052878620</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Nisan Gülümsemesi</t>
+          <t>Uyanmadan Önce</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052878224</t>
+          <t>9786052878545</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sürreal Evrende Yasak Aşk</t>
+          <t>Girdapta Dönenler</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052878149</t>
+          <t>9786052878347</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Elif 14 Ortak</t>
+          <t>Can Kenarı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051487007</t>
+          <t>9786052878514</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Engel Yok</t>
+          <t>Hasret Sardı Her Yanımı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052876770</t>
+          <t>9786052878422</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Teknikleriyle İspanyolca Kelimeler</t>
+          <t>Ardımdan Gelenler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052877920</t>
+          <t>9786052878453</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Susuz Petrol</t>
+          <t>Son</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052876701</t>
+          <t>9786052878354</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mesela…</t>
+          <t>Senle Alakalı Sevdiğim Yüz Şey</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052877173</t>
+          <t>9786052878439</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dile Bedel 2</t>
+          <t>Narsist</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052877159</t>
+          <t>9786052878446</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Zembil Hikayeleri</t>
+          <t>Hayat Oyunu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052876138</t>
+          <t>9786052878316</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Anılar Duayen</t>
+          <t>Bişirina Avrele</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052872352</t>
+          <t>9786052878323</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Nesil Yetiştiren Okul</t>
+          <t>Nisan Gülümsemesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052870884</t>
+          <t>9786052878224</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Beef Up Your English</t>
+          <t>Sürreal Evrende Yasak Aşk</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052875308</t>
+          <t>9786052878149</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Anarşi Üniversitesi</t>
+          <t>Elif 14 Ortak</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
+          <t>9786051487007</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Engel Yok</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786052876770</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Hafıza Teknikleriyle İspanyolca Kelimeler</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786052877920</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Susuz Petrol</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786052876701</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Mesela…</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786052877173</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Dile Bedel 2</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786052877159</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Zembil Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786052876138</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Anılar Duayen</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786052872352</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Nesil Yetiştiren Okul</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786052870884</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Beef Up Your English</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786052875308</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Anarşi Üniversitesi</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
           <t>9786052875162</t>
         </is>
       </c>
-      <c r="B159" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Öncekiler ile Biz</t>
         </is>
       </c>
-      <c r="C159" s="1">
+      <c r="C169" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>