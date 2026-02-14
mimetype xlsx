--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -85,2560 +85,2770 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255776686</t>
+          <t>9786258529623</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yuva ve Özlem</t>
+          <t>İki Gölgenin Işığı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255776440</t>
+          <t>9786258529258</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Engel Siz Psikoloji</t>
+          <t>Soğuk Yangınlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255776808</t>
+          <t>9786258529630</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İmge ve Gölge</t>
+          <t>Kimyacı ve Hekim Gözüyle Sağlıklı Yaş Alma</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255665812</t>
+          <t>9786255776969</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Cesur Meleğim</t>
+          <t>Hiç Adil Bir Yer Değil Ki Bu Dünya</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052877654</t>
+          <t>9786255776211</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Otizm Yol Haritası</t>
+          <t>Küçük Kızdan Küçük Adama Hikayeler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255776198</t>
+          <t>9786258529210</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ruhunla Tanış</t>
+          <t>Düş Zaman Kamları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255776235</t>
+          <t>9786255776952</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sofa</t>
+          <t>Bir Köşk Masalı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255776433</t>
+          <t>9786258529173</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Saklanırken Kendime Yakalandım</t>
+          <t>Rüya Atlası ve Yıldızlar - Rüyalar ve Burçları (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253738808</t>
+          <t>9786258529180</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bi’Çare</t>
+          <t>Maziden Gelen Sessizlik</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253739881</t>
+          <t>9786258529197</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Bedenler</t>
+          <t>Her An İçin Huzur ve Dua Rehberi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255665799</t>
+          <t>9786258529203</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Kaynanası</t>
+          <t>Uzay Amazonu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255665829</t>
+          <t>9786255776815</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yalgız</t>
+          <t>(Okunmadığı İçin) Bilinmeyen Ayetler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255665836</t>
+          <t>9786255776228</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ilganus</t>
+          <t>Kırk Bir Ayaklı Melankolik Kırkayak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255665706</t>
+          <t>9786258529470</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kadının Sessiz Çığlığı</t>
+          <t>Manevi Bir Pencere</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253738358</t>
+          <t>9786255776686</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yol’da Yaşadıklarım</t>
+          <t>İçimdeki Yuva ve Özlem</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255665980</t>
+          <t>9786255776440</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Kanunu</t>
+          <t>Engel Siz Psikoloji</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255665218</t>
+          <t>9786255776808</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kutum - Lise Başlıyor</t>
+          <t>İmge ve Gölge</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255665805</t>
+          <t>9786255665812</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Jinda</t>
+          <t>Cesur Meleğim</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255665225</t>
+          <t>9786052877654</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Evde Depresyondan Çıkmanın Yolları</t>
+          <t>Otizm Yol Haritası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255665720</t>
+          <t>9786255776198</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>LGS Hazırlık ve Rehberlik Kitabı</t>
+          <t>Ruhunla Tanış</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255665188</t>
+          <t>9786255776235</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mucizeye Yolculuk</t>
+          <t>Sofa</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255665263</t>
+          <t>9786255776433</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yarımsal Hikayeler</t>
+          <t>Saklanırken Kendime Yakalandım</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253739799</t>
+          <t>9786253738808</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ayris’in Maceraları</t>
+          <t>Bi’Çare</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055303099</t>
+          <t>9786253739881</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mehdinin Zuhuru ve Kur’an’daki 7 Harfin Sırrı</t>
+          <t>Sessiz Bedenler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>13.89</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253739980</t>
+          <t>9786255665799</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğun Esrarı</t>
+          <t>21. Yüzyıl Kaynanası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255665287</t>
+          <t>9786255665829</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Melek</t>
+          <t>Yalgız</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786253739072</t>
+          <t>9786255665836</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Pizzaola</t>
+          <t>Ilganus</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253739812</t>
+          <t>9786255665706</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Son Parmak</t>
+          <t>Kadının Sessiz Çığlığı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786253739911</t>
+          <t>9786253738358</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediklerimin Küllüğü</t>
+          <t>Yol’da Yaşadıklarım</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786253739805</t>
+          <t>9786255665980</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Dönüşüm Liderle Başlar</t>
+          <t>Yıldız Kanunu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253739928</t>
+          <t>9786255665218</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kolye</t>
+          <t>Hayal Kutum - Lise Başlıyor</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255665201</t>
+          <t>9786255665805</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ya Kendini Bulacaksın Ya Kendinden Bulacaksın - 1</t>
+          <t>Jinda</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253739973</t>
+          <t>9786255665225</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hêvî</t>
+          <t>Evde Depresyondan Çıkmanın Yolları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255665195</t>
+          <t>9786255665720</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Nalbant</t>
+          <t>LGS Hazırlık ve Rehberlik Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253739942</t>
+          <t>9786255665188</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni</t>
+          <t>Mucizeye Yolculuk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253739935</t>
+          <t>9786255665263</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>20’li Yaş</t>
+          <t>Yarımsal Hikayeler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259680217</t>
+          <t>9786253739799</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Yerim Kanıyor Onay Dolu Bakışlar</t>
+          <t>Ayris’in Maceraları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>202</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255665249</t>
+          <t>9786055303099</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Caterra'nın Mührü</t>
+          <t>Hz. Mehdinin Zuhuru ve Kur’an’daki 7 Harfin Sırrı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>245</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786253739720</t>
+          <t>9786253739980</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>8 Sayfalık Şiir</t>
+          <t>Yolculuğun Esrarı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786253739553</t>
+          <t>9786255665287</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yörünge</t>
+          <t>Melek</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786253739843</t>
+          <t>9786253739072</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Adı Yok</t>
+          <t>Pizzaola</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786253739997</t>
+          <t>9786253739812</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Geriye Kalan</t>
+          <t>Son Parmak</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786253739362</t>
+          <t>9786253739911</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Merhabalar ve Vedalar</t>
+          <t>Söyleyemediklerimin Küllüğü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786253739324</t>
+          <t>9786253739805</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömürde Dört Mevsim</t>
+          <t>Kurumsal Dönüşüm Liderle Başlar</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786253739393</t>
+          <t>9786253739928</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kürt Meselesi</t>
+          <t>Gümüş Kolye</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786253739317</t>
+          <t>9786255665201</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Ya Kendini Bulacaksın Ya Kendinden Bulacaksın - 1</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>245</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786253739522</t>
+          <t>9786253739973</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İle Para Kazanma Sanatı</t>
+          <t>Hêvî</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786253739379</t>
+          <t>9786255665195</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapay Zeka</t>
+          <t>Nalbant</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051485720</t>
+          <t>9786253739942</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>IELTS Ders Notları</t>
+          <t>Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051487045</t>
+          <t>9786253739935</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>TOEFL Ders Notları</t>
+          <t>20’li Yaş</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786253738815</t>
+          <t>9786259680217</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığıyla Mücadelede Türkiye Modeli “Milli Bağımsızlık Mücadelesi”</t>
+          <t>Bir Yerim Kanıyor Onay Dolu Bakışlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>375</v>
+        <v>202</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786253739355</t>
+          <t>9786255665249</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bay Kimse’nin Güncesi</t>
+          <t>Caterra'nın Mührü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253739102</t>
+          <t>9786253739720</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Yolculuğu</t>
+          <t>8 Sayfalık Şiir</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786253738778</t>
+          <t>9786253739553</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Kavalyem Yaptım</t>
+          <t>Yörünge</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786253739331</t>
+          <t>9786253739843</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ne Baharı Bildim Ne Yazım Oldu</t>
+          <t>Adı Yok</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786253739096</t>
+          <t>9786253739997</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Şiirce</t>
+          <t>Geriye Kalan</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786253739348</t>
+          <t>9786253739362</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ululara Nazireler</t>
+          <t>Merhabalar ve Vedalar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786253739386</t>
+          <t>9786253739324</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Aynaların Sessizliği</t>
+          <t>Bir Ömürde Dört Mevsim</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786253739126</t>
+          <t>9786253739393</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Zamanlara Vahiy Buyrulmuş Ayetler</t>
+          <t>Kürt Meselesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786253738938</t>
+          <t>9786253739317</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İclal Bir Muamma</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786253738792</t>
+          <t>9786253739522</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Lila’nın Hakları</t>
+          <t>Yapay Zeka İle Para Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786253739133</t>
+          <t>9786253739379</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Harfin Sınırında Bir Kadın</t>
+          <t>Herkes İçin Yapay Zeka</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786253739089</t>
+          <t>9786051485720</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kedimin Sessizliği</t>
+          <t>IELTS Ders Notları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786253738785</t>
+          <t>9786051487045</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bahar Oldum Ama Önce Yandım</t>
+          <t>TOEFL Ders Notları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786253738693</t>
+          <t>9786253738815</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Dodo</t>
+          <t>Madde Bağımlılığıyla Mücadelede Türkiye Modeli “Milli Bağımsızlık Mücadelesi”</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786253738624</t>
+          <t>9786253739355</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Senli Zamanlar Diyarı</t>
+          <t>Bay Kimse’nin Güncesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786253738747</t>
+          <t>9786253739102</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Yolunda Atatürk ve Turhallı Gazinin Anıları</t>
+          <t>Mükemmellik Yolculuğu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786253738921</t>
+          <t>9786253738778</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>24 Saat</t>
+          <t>Hayatı Kavalyem Yaptım</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786253738730</t>
+          <t>9786253739331</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Yapay Zeka Yaz(Ma)Dı Mı?</t>
+          <t>Ne Baharı Bildim Ne Yazım Oldu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786253738006</t>
+          <t>9786253739096</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yazarlar Sınıfı İş Başında</t>
+          <t>Şiirce</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786253738914</t>
+          <t>9786253739348</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sensedim</t>
+          <t>Ululara Nazireler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786253738761</t>
+          <t>9786253739386</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Öldüğümü Hissediyorum</t>
+          <t>Aynaların Sessizliği</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786253738365</t>
+          <t>9786253739126</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Siz Varsanız Ben De Varım</t>
+          <t>Sonsuz Zamanlara Vahiy Buyrulmuş Ayetler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786253738372</t>
+          <t>9786253738938</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Siyah Atın Yavrusu</t>
+          <t>İclal Bir Muamma</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786253738686</t>
+          <t>9786253738792</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şehir Efsanesi</t>
+          <t>Lila’nın Hakları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786253738457</t>
+          <t>9786253739133</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kum Saatindeki Evren</t>
+          <t>Harfin Sınırında Bir Kadın</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786253738235</t>
+          <t>9786253739089</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Devri Süküt</t>
+          <t>Kedimin Sessizliği</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786253738389</t>
+          <t>9786253738785</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yasak Kadın</t>
+          <t>Bahar Oldum Ama Önce Yandım</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786253738501</t>
+          <t>9786253738693</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Bipoların Gizemli Defteri</t>
+          <t>Zürafa Dodo</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052874486</t>
+          <t>9786253738624</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aşk Tutkusu</t>
+          <t>Senli Zamanlar Diyarı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786253738211</t>
+          <t>9786253738747</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Baba Beni Biraz Sever Misin?</t>
+          <t>Kurtuluş Yolunda Atatürk ve Turhallı Gazinin Anıları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786253738334</t>
+          <t>9786253738921</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Satürn Sporları</t>
+          <t>24 Saat</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786253738327</t>
+          <t>9786253738730</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dünya’dan Mars’a</t>
+          <t>Bu Kitabı Yapay Zeka Yaz(Ma)Dı Mı?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786253738341</t>
+          <t>9786253738006</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Basan İlk Kedi</t>
+          <t>Yazarlar Sınıfı İş Başında</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786253737979</t>
+          <t>9786253738914</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Son Direniş İstanbul</t>
+          <t>Sensedim</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786253738136</t>
+          <t>9786253738761</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Eşik</t>
+          <t>Öldüğümü Hissediyorum</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786253738129</t>
+          <t>9786253738365</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Tek Çaresi Okumaktı</t>
+          <t>Siz Varsanız Ben De Varım</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786253737986</t>
+          <t>9786253738372</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Uykumu Kaçıranlar</t>
+          <t>Siyah Atın Yavrusu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786253737993</t>
+          <t>9786253738686</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Cennet Gülüşlüm</t>
+          <t>Şehir Efsanesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786253738143</t>
+          <t>9786253738457</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kök Hücre</t>
+          <t>Kum Saatindeki Evren</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786253736798</t>
+          <t>9786253738235</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Açelya</t>
+          <t>Devri Süküt</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786253737726</t>
+          <t>9786253738389</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kabuğundan Bir Gemi</t>
+          <t>Yasak Kadın</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786253737719</t>
+          <t>9786253738501</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Pişmanlık</t>
+          <t>Bir Bipoların Gizemli Defteri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786253737702</t>
+          <t>9786052874486</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hayata Küsmeyen Çocuk</t>
+          <t>Kayıp Aşk Tutkusu</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786253737252</t>
+          <t>9786253738211</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Son Çağrı Rize</t>
+          <t>Baba Beni Biraz Sever Misin?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786253737511</t>
+          <t>9786253738334</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Resmi Olmayan Deli</t>
+          <t>Satürn Sporları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786253737498</t>
+          <t>9786253738327</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sabıkalı Aşk</t>
+          <t>Dünya’dan Mars’a</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051489605</t>
+          <t>9786253738341</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>YDS Ders Notları</t>
+          <t>Ay’a Basan İlk Kedi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786253737481</t>
+          <t>9786253737979</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Batıl Hayatlar</t>
+          <t>Son Direniş İstanbul</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253737474</t>
+          <t>9786253738136</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Siyah Umut</t>
+          <t>Eşik</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253737504</t>
+          <t>9786253738129</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Sırtlanın Savaşı</t>
+          <t>Tek Çaresi Okumaktı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786253737337</t>
+          <t>9786253737986</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Muma Ateş Olan Yüreğim</t>
+          <t>Uykumu Kaçıranlar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253736880</t>
+          <t>9786253737993</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sahte Beden Kara İncir</t>
+          <t>Cennet Gülüşlüm</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786253737214</t>
+          <t>9786253738143</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yirmi</t>
+          <t>Kök Hücre</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253737191</t>
+          <t>9786253736798</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Şehir</t>
+          <t>Açelya</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253737207</t>
+          <t>9786253737726</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kunduracı Hasan</t>
+          <t>Portakal Kabuğundan Bir Gemi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253736002</t>
+          <t>9786253737719</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Yuki</t>
+          <t>İçimdeki Pişmanlık</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786253736385</t>
+          <t>9786253737702</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sekar</t>
+          <t>Hayata Küsmeyen Çocuk</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253736781</t>
+          <t>9786253737252</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bir, İki, Üç… Türk Edebiyatına Dair Birkaç Metin</t>
+          <t>Son Çağrı Rize</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253735982</t>
+          <t>9786253737511</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Cycle In Time</t>
+          <t>Resmi Olmayan Deli</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253736774</t>
+          <t>9786253737498</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aklım Hala Yapamadıklarımda</t>
+          <t>Sabıkalı Aşk</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253736378</t>
+          <t>9786051489605</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yedi Aynayı Kırmak</t>
+          <t>YDS Ders Notları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786253736026</t>
+          <t>9786253737481</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Elveda</t>
+          <t>Batıl Hayatlar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253736392</t>
+          <t>9786253737474</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Yakamoz</t>
+          <t>Siyah Umut</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253736279</t>
+          <t>9786253737504</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Doğuşu</t>
+          <t>Kurt ve Sırtlanın Savaşı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786253736415</t>
+          <t>9786253737337</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dili Yoktur</t>
+          <t>Muma Ateş Olan Yüreğim</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253736262</t>
+          <t>9786253736880</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Gün Daha</t>
+          <t>Sahte Beden Kara İncir</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253736408</t>
+          <t>9786253737214</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hora Güneş’in Abhaz Yemek Tarifleri</t>
+          <t>Yirmi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253736255</t>
+          <t>9786253737191</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Delişmen’in Hayatı</t>
+          <t>Şehir</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253736354</t>
+          <t>9786253737207</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Musaus’in Masal Dünyası</t>
+          <t>Kunduracı Hasan</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253736019</t>
+          <t>9786253736002</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Uçurumdan Gelen Ses</t>
+          <t>Yaramaz Yuki</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>500</v>
+        <v>195</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786253735883</t>
+          <t>9786253736385</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İlahi İzdüşüm: Keramet ve Hayat</t>
+          <t>Sekar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786253735913</t>
+          <t>9786253736781</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Lal Haykırış</t>
+          <t>Bir, İki, Üç… Türk Edebiyatına Dair Birkaç Metin</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253735920</t>
+          <t>9786253735982</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Gélibolu Mon Amour</t>
+          <t>Cycle In Time</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253735999</t>
+          <t>9786253736774</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tutunduklarım</t>
+          <t>Aklım Hala Yapamadıklarımda</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253735869</t>
+          <t>9786253736378</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Kıyısında Bir Adam</t>
+          <t>Yedi Aynayı Kırmak</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253735777</t>
+          <t>9786253736026</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçindeki Sesler</t>
+          <t>Sonsuza Dek Elveda</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253735661</t>
+          <t>9786253736392</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Geveze Yemekler Her Şeyi de Biliyorlar</t>
+          <t>Yalancı Yakamoz</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786253735654</t>
+          <t>9786253736279</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Nalan</t>
+          <t>Felsefenin Doğuşu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786253734169</t>
+          <t>9786253736415</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Metrosu</t>
+          <t>Aşkın Dili Yoktur</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786253734329</t>
+          <t>9786253736262</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Başarı Kartları</t>
+          <t>Yeni Bir Gün Daha</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786253734909</t>
+          <t>9786253736408</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Efes'e Yolculuk</t>
+          <t>Hora Güneş’in Abhaz Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786253734862</t>
+          <t>9786253736255</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşk</t>
+          <t>Delişmen’in Hayatı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786253734763</t>
+          <t>9786253736354</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı</t>
+          <t>Musaus’in Masal Dünyası</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786253734886</t>
+          <t>9786253736019</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kar Helvası</t>
+          <t>Uçurumdan Gelen Ses</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786253733605</t>
+          <t>9786253735883</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Yıldız 3. Cilt</t>
+          <t>İlahi İzdüşüm: Keramet ve Hayat</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786253734268</t>
+          <t>9786253735913</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sahi</t>
+          <t>Lal Haykırış</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786253734206</t>
+          <t>9786253735920</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Karla’nın Mektupları</t>
+          <t>Gélibolu Mon Amour</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786253733643</t>
+          <t>9786253735999</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ben Sana Hiç Çiçek Veremedim</t>
+          <t>Tutunduklarım</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786253733582</t>
+          <t>9786253735869</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Av - Mağlubiyetin Melodisi</t>
+          <t>Karanlığın Kıyısında Bir Adam</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>490</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786253732837</t>
+          <t>9786253735777</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ekran Bağımlılığı ve İnternetin Çocuklara Zararlı Etkileri</t>
+          <t>Kafamın İçindeki Sesler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786253732660</t>
+          <t>9786253735661</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka CNN Algoritması</t>
+          <t>Geveze Yemekler Her Şeyi de Biliyorlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786253732684</t>
+          <t>9786253735654</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sözleri</t>
+          <t>Merhaba Nalan</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052878590</t>
+          <t>9786253734169</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Buluş - Kıtlık</t>
+          <t>Ruhlar Metrosu</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052878620</t>
+          <t>9786253734329</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Uyanmadan Önce</t>
+          <t>Başarı Kartları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052878545</t>
+          <t>9786253734909</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Girdapta Dönenler</t>
+          <t>Efes'e Yolculuk</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052878347</t>
+          <t>9786253734862</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Can Kenarı</t>
+          <t>Bu Aşk</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052878514</t>
+          <t>9786253734763</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hasret Sardı Her Yanımı</t>
+          <t>Kırmızı</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052878422</t>
+          <t>9786253734886</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ardımdan Gelenler</t>
+          <t>Kar Helvası</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052878453</t>
+          <t>9786253733605</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Son</t>
+          <t>Nazlı Yıldız 3. Cilt</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052878354</t>
+          <t>9786253734268</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Senle Alakalı Sevdiğim Yüz Şey</t>
+          <t>Sahi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052878439</t>
+          <t>9786253734206</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Narsist</t>
+          <t>Karla’nın Mektupları</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052878446</t>
+          <t>9786253733643</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunu</t>
+          <t>Ben Sana Hiç Çiçek Veremedim</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052878316</t>
+          <t>9786253733582</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bişirina Avrele</t>
+          <t>Vahşi Av - Mağlubiyetin Melodisi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>100</v>
+        <v>490</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052878323</t>
+          <t>9786253732837</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Nisan Gülümsemesi</t>
+          <t>Ekran Bağımlılığı ve İnternetin Çocuklara Zararlı Etkileri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052878224</t>
+          <t>9786253732660</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sürreal Evrende Yasak Aşk</t>
+          <t>Yapay Zeka CNN Algoritması</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052878149</t>
+          <t>9786253732684</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Elif 14 Ortak</t>
+          <t>Kalbin Sözleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051487007</t>
+          <t>9786052878590</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Engel Yok</t>
+          <t>Buluş - Kıtlık</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052876770</t>
+          <t>9786052878620</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Teknikleriyle İspanyolca Kelimeler</t>
+          <t>Uyanmadan Önce</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052877920</t>
+          <t>9786052878545</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Susuz Petrol</t>
+          <t>Girdapta Dönenler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052876701</t>
+          <t>9786052878347</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mesela…</t>
+          <t>Can Kenarı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052877173</t>
+          <t>9786052878514</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dile Bedel 2</t>
+          <t>Hasret Sardı Her Yanımı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052877159</t>
+          <t>9786052878422</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Zembil Hikayeleri</t>
+          <t>Ardımdan Gelenler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052876138</t>
+          <t>9786052878453</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Anılar Duayen</t>
+          <t>Son</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052872352</t>
+          <t>9786052878354</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Nesil Yetiştiren Okul</t>
+          <t>Senle Alakalı Sevdiğim Yüz Şey</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052870884</t>
+          <t>9786052878439</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Beef Up Your English</t>
+          <t>Narsist</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052875308</t>
+          <t>9786052878446</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Anarşi Üniversitesi</t>
+          <t>Hayat Oyunu</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>55</v>
+        <v>100</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
+          <t>9786052878316</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Bişirina Avrele</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786052878323</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Nisan Gülümsemesi</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786052878224</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Sürreal Evrende Yasak Aşk</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786052878149</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Elif 14 Ortak</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786051487007</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Engel Yok</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786052876770</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Hafıza Teknikleriyle İspanyolca Kelimeler</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786052877920</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Susuz Petrol</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786052876701</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Mesela…</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786052877173</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Dile Bedel 2</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786052877159</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Zembil Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786052876138</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Anılar Duayen</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786052872352</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Nesil Yetiştiren Okul</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786052870884</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Beef Up Your English</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786052875308</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Anarşi Üniversitesi</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
           <t>9786052875162</t>
         </is>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Öncekiler ile Biz</t>
         </is>
       </c>
-      <c r="C169" s="1">
+      <c r="C183" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>