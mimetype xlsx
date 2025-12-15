--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,2560 +85,2575 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057628671</t>
+          <t>9786258064193</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Duyu Bütünleme Aktiviteleri</t>
+          <t>Çocuklar İçin Ödüller!</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>420</v>
+        <v>528</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052250723</t>
+          <t>9786057628671</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Küçük Penguen Uyanık Kalırsa</t>
+          <t>Çocuklar İçin Duyu Bütünleme Aktiviteleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>130</v>
+        <v>504</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057628084</t>
+          <t>9786052250723</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Alex ve Korkunç Şeyler</t>
+          <t>Küçük Penguen Uyanık Kalırsa</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052250426</t>
+          <t>9786057628084</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boşanma Süreci ve Sonrası</t>
+          <t>Alex ve Korkunç Şeyler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>470</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052250631</t>
+          <t>9786052250426</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dedektiflik Bilimi</t>
+          <t>Çocuklar İçin Boşanma Süreci ve Sonrası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>370</v>
+        <v>564</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052250679</t>
+          <t>9786052250631</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Turta Kabındaki Ayı</t>
+          <t>Çocuklar İçin Dedektiflik Bilimi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>129</v>
+        <v>444</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257797511</t>
+          <t>9786052250679</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Leo Oyun Kaybetmeyi Öğreniyor</t>
+          <t>Turta Kabındaki Ayı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257797436</t>
+          <t>9786257797511</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gençler ve Çocuklar İçin Yaratıcı Baş Etme Becerileri</t>
+          <t>Leo Oyun Kaybetmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>470</v>
+        <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257797634</t>
+          <t>9786257797436</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Leo Öğreniyor Serisi (6 Kitap Takım)</t>
+          <t>Gençler ve Çocuklar İçin Yaratıcı Baş Etme Becerileri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>470</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257797672</t>
+          <t>9786257797634</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Okulda Temel Öz-Denetim Yolları</t>
+          <t>Leo Öğreniyor Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257797603</t>
+          <t>9786257797672</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Neden Yapmak Zorundayım?</t>
+          <t>Çocuklar İçin Okulda Temel Öz-Denetim Yolları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>181</v>
+        <v>440</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257406253</t>
+          <t>9786257797603</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Leo Amca'nın Batı Kutbu'ndaki Maceraları</t>
+          <t>Neden Yapmak Zorundayım?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>129</v>
+        <v>181</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052250655</t>
+          <t>9786257406253</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Duygularla İletişim Becerileri</t>
+          <t>Leo Amca'nın Batı Kutbu'ndaki Maceraları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>660</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256811263</t>
+          <t>9786052250655</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yine De</t>
+          <t>Çocuklar İçin Duygularla İletişim Becerileri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>95</v>
+        <v>792</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256811102</t>
+          <t>9786256811263</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Korkularla Baş Etme Egzersizleri</t>
+          <t>Yine De</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>156</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256811010</t>
+          <t>9786256811102</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Öfkeyle Baş Edebilmek</t>
+          <t>Çocuklar için Korkularla Baş Etme Egzersizleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>246</v>
+        <v>420</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256974975</t>
+          <t>9786256811010</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Duyguları Olan Çocuk</t>
+          <t>Öfkeyle Baş Edebilmek</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256811003</t>
+          <t>9786256974975</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Önce Sor !</t>
+          <t>Güçlü Duyguları Olan Çocuk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256974951</t>
+          <t>9786256811003</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kızın Soruları</t>
+          <t>Önce Sor !</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>130</v>
+        <v>156</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256974968</t>
+          <t>9786256974951</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocuğu Hakları</t>
+          <t>Meraklı Kızın Soruları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>156</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256974890</t>
+          <t>9786256974968</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Kasabası</t>
+          <t>Kız Çocuğu Hakları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>156</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256974760</t>
+          <t>9786256974890</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Zihinsel Dayanıklılık</t>
+          <t>Gökkuşağı Kasabası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>130</v>
+        <v>228</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256974777</t>
+          <t>9786256974760</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Zorbalıkla Nasıl Baş Edebilirim?</t>
+          <t>Çocuklar için Zihinsel Dayanıklılık</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>190</v>
+        <v>156</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256974913</t>
+          <t>9786256974777</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ergenler için Gelişim Zihniyeti Alıştırma Kitabı</t>
+          <t>Zorbalıkla Nasıl Baş Edebilirim?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>420</v>
+        <v>228</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256974753</t>
+          <t>9786256974913</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Pozitif Düşüncenin Gücü</t>
+          <t>Ergenler için Gelişim Zihniyeti Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>504</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256974746</t>
+          <t>9786256974753</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Hedef Belirleme ve Ulaşma</t>
+          <t>Çocuklar için Pozitif Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>130</v>
+        <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256974814</t>
+          <t>9786256974746</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrumundaki Çocuklarla Drama Uygulamaları</t>
+          <t>Çocuklar için Hedef Belirleme ve Ulaşma</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>156</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256974883</t>
+          <t>9786256974814</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ergenler için OKB Alıştırma Kitabı</t>
+          <t>Otizm Spektrumundaki Çocuklarla Drama Uygulamaları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>420</v>
+        <v>540</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256974852</t>
+          <t>9786256974883</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kompleks Travma ve Dissosiyasyon için Basit Rehber</t>
+          <t>Ergenler için OKB Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>147</v>
+        <v>504</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256974821</t>
+          <t>9786256974852</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Travma İçin Basit Rehber</t>
+          <t>Kompleks Travma ve Dissosiyasyon için Basit Rehber</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>127</v>
+        <v>176</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256974838</t>
+          <t>9786256974821</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Bağlanma Zorlukları için Basit Rehber</t>
+          <t>Kolektif Travma İçin Basit Rehber</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>127</v>
+        <v>152</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256974708</t>
+          <t>9786256974838</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Farkındalıklar Kampı</t>
+          <t>Çocuklarda Bağlanma Zorlukları için Basit Rehber</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256974579</t>
+          <t>9786256974708</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Malala Yousafzai'nin Hikayesi</t>
+          <t>Sihirli Farkındalıklar Kampı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>152</v>
+        <v>176</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256974463</t>
+          <t>9786256974579</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie'nin Hikayesi</t>
+          <t>Malala Yousafzai'nin Hikayesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>152</v>
+        <v>182</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256974548</t>
+          <t>9786256974463</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci'nin Hikayesi</t>
+          <t>Marie Curie'nin Hikayesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>152</v>
+        <v>182</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256974524</t>
+          <t>9786256974548</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Neil Armstrong'un Hikayesi</t>
+          <t>Leonardo Da Vinci'nin Hikayesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>152</v>
+        <v>182</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256974531</t>
+          <t>9786256974524</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Jim Henson'ın Hikayesi</t>
+          <t>Neil Armstrong'un Hikayesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>152</v>
+        <v>182</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256974517</t>
+          <t>9786256974531</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Jane Goodall'ın Hikayesi</t>
+          <t>Jim Henson'ın Hikayesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>152</v>
+        <v>182</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256974586</t>
+          <t>9786256974517</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Wright Kardeşler'in Hikayesi</t>
+          <t>Jane Goodall'ın Hikayesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>152</v>
+        <v>182</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256974555</t>
+          <t>9786256974586</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Helen Keller'ın Hikayesi</t>
+          <t>Wright Kardeşler'in Hikayesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>152</v>
+        <v>182</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256974470</t>
+          <t>9786256974555</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Stan Lee'nin Hikâyesi</t>
+          <t>Helen Keller'ın Hikayesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>152</v>
+        <v>182</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256974494</t>
+          <t>9786256974470</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Amelia Earhart'ın Hikayesi</t>
+          <t>Stan Lee'nin Hikâyesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>152</v>
+        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256974562</t>
+          <t>9786256974494</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo'nun Hikayesi</t>
+          <t>Amelia Earhart'ın Hikayesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>152</v>
+        <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256974487</t>
+          <t>9786256974562</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gandhi'nin Hikayesi</t>
+          <t>Frida Kahlo'nun Hikayesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>152</v>
+        <v>182</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256974500</t>
+          <t>9786256974487</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein'ın Hikayesi</t>
+          <t>Gandhi'nin Hikayesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>152</v>
+        <v>182</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256974456</t>
+          <t>9786256974500</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bunların Hepsini Nasıl Hatırlayabilirim?</t>
+          <t>Albert Einstein'ın Hikayesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>147</v>
+        <v>182</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256974425</t>
+          <t>9786256974456</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Gilly</t>
+          <t>Bunların Hepsini Nasıl Hatırlayabilirim?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>420</v>
+        <v>176</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256974418</t>
+          <t>9786256974425</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Timsah Cleo</t>
+          <t>Zürafa Gilly</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>504</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256974395</t>
+          <t>9786256974418</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ninja Neon - Kabuslarla Mücadele Eden Çocuklar için Aktivite Kitabı</t>
+          <t>Timsah Cleo</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>420</v>
+        <v>540</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256974388</t>
+          <t>9786256974395</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Babun Binnie</t>
+          <t>Ninja Neon - Kabuslarla Mücadele Eden Çocuklar için Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>504</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256974371</t>
+          <t>9786256974388</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Ollie</t>
+          <t>Babun Binnie</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>470</v>
+        <v>540</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256974401</t>
+          <t>9786256974371</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Pug Presley</t>
+          <t>Ahtapot Ollie</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>564</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256974357</t>
+          <t>9786256974401</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kalpleri Hissedebilirsin</t>
+          <t>Pug Presley</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>129</v>
+        <v>540</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256974210</t>
+          <t>9786256974357</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çantam Nerede?</t>
+          <t>Kalpleri Hissedebilirsin</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258064421</t>
+          <t>9786256974210</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Deneyeceğim - PD Serisi</t>
+          <t>Yeşil Çantam Nerede?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>156</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258064438</t>
+          <t>9786258064421</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Yolunda - PD Serisi</t>
+          <t>Deneyeceğim - PD Serisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258064360</t>
+          <t>9786258064438</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kendime İnanıyorum - PD Serisi</t>
+          <t>Her Şey Yolunda - PD Serisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258064391</t>
+          <t>9786258064360</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kendimle Gurur Duyuyorum - PD Serisi</t>
+          <t>Kendime İnanıyorum - PD Serisi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258064407</t>
+          <t>9786258064391</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Üstesinden Gelebilirim - PD Serisi</t>
+          <t>Kendimle Gurur Duyuyorum - PD Serisi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258064414</t>
+          <t>9786258064407</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Değerliyim - PD Serisi</t>
+          <t>Üstesinden Gelebilirim - PD Serisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258064384</t>
+          <t>9786258064414</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ben Buraya Aitim - PD Serisi</t>
+          <t>Değerliyim - PD Serisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258064186</t>
+          <t>9786258064384</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Başarabilirim - PD Serisi</t>
+          <t>Ben Buraya Aitim - PD Serisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258064377</t>
+          <t>9786258064186</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Başa Çıkabilirim - PD Serisi</t>
+          <t>Başarabilirim - PD Serisi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258064988</t>
+          <t>9786258064377</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Gelişim Odaklı Düşünce Yapısı Aktiviteleri</t>
+          <t>Başa Çıkabilirim - PD Serisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>470</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256974012</t>
+          <t>9786258064988</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Duygularını Kutla</t>
+          <t>Çocuklar İçin Gelişim Odaklı Düşünce Yapısı Aktiviteleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>420</v>
+        <v>564</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258064933</t>
+          <t>9786256974012</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Küçükler için Farkındalık</t>
+          <t>Duygularını Kutla</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>280</v>
+        <v>504</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258064919</t>
+          <t>9786258064933</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimizi Büyütüyoruz!</t>
+          <t>Küçükler için Farkındalık</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>386</v>
+        <v>336</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258064827</t>
+          <t>9786258064919</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama: Scratch</t>
+          <t>Bebeğimizi Büyütüyoruz!</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>450</v>
+        <v>463</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258064810</t>
+          <t>9786258064827</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama: Python</t>
+          <t>Çocuklar için Kodlama: Scratch</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>470</v>
+        <v>540</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258064803</t>
+          <t>9786258064810</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hamileyiz!</t>
+          <t>Çocuklar için Kodlama: Python</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>412</v>
+        <v>564</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258064681</t>
+          <t>9786258064803</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mucidi ve Kokoloko</t>
+          <t>Hamileyiz!</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>139</v>
+        <v>494</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258064650</t>
+          <t>9786258064681</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bu Hikaye Seni Çağırıyor</t>
+          <t>Oyuncak Mucidi ve Kokoloko</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>190</v>
+        <v>217</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258064629</t>
+          <t>9786258064650</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>DEHB ile Büyüyen Çocuklar için Alıştırmalar</t>
+          <t>Bu Hikaye Seni Çağırıyor</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>722</v>
+        <v>228</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258064568</t>
+          <t>9786258064629</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Öfke Yönetimi</t>
+          <t>DEHB ile Büyüyen Çocuklar için Alıştırmalar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>470</v>
+        <v>866</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258064551</t>
+          <t>9786258064568</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Beyin Geliştiren Oyunlar</t>
+          <t>Öfke Yönetimi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>512</v>
+        <v>564</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258064445</t>
+          <t>9786258064551</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünceler Serisi Seti (9 Kitap Takım)</t>
+          <t>Çocuklar İçin Beyin Geliştiren Oyunlar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1150</v>
+        <v>614</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258064353</t>
+          <t>9786258064445</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>BDT Bilişsel Davranışçı Terapi Çocuklar İçin Alıştırmalar</t>
+          <t>Pozitif Düşünceler Serisi Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>550</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258064025</t>
+          <t>9786258064353</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Algısal ve Davranışsal Becerileri Geliştirme Aktiviteleri - Duyusal Beyin 3</t>
+          <t>BDT Bilişsel Davranışçı Terapi Çocuklar İçin Alıştırmalar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>420</v>
+        <v>660</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258064001</t>
+          <t>9786258064025</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Temel Duyu Bütünleme Aktiviteleri - Duyusal Beyin 1</t>
+          <t>Algısal ve Davranışsal Becerileri Geliştirme Aktiviteleri - Duyusal Beyin 3</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>610</v>
+        <v>504</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258064346</t>
+          <t>9786258064001</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ben Nasıl Eğlenirim?</t>
+          <t>Temel Duyu Bütünleme Aktiviteleri - Duyusal Beyin 1</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>130</v>
+        <v>732</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258064018</t>
+          <t>9786258064346</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Farkındalığı ve Dayanıklılığı Geliştirme Aktiviteleri - Duyusal Beyin 2</t>
+          <t>Ben Nasıl Eğlenirim?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>420</v>
+        <v>156</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258064179</t>
+          <t>9786258064018</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İsteyen Çocuk</t>
+          <t>Duygusal Farkındalığı ve Dayanıklılığı Geliştirme Aktiviteleri - Duyusal Beyin 2</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>129</v>
+        <v>504</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257406956</t>
+          <t>9786258064179</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Frene Basmak</t>
+          <t>Uyumak İsteyen Çocuk</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>207</v>
+        <v>155</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257406949</t>
+          <t>9786257406956</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ihlamur Ağacında Neler Oluyor?</t>
+          <t>Frene Basmak</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>130</v>
+        <v>248</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258064049</t>
+          <t>9786257406949</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Duyusal Beyin Set</t>
+          <t>Ihlamur Ağacında Neler Oluyor?</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1759</v>
+        <v>156</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257406536</t>
+          <t>9786258064049</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Anlayarak Hızlı Okuma</t>
+          <t>Duyusal Beyin Set</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>207</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257406529</t>
+          <t>9786257406536</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Leo Amca'nın Tibet Okyanusu’ndaki Maceraları</t>
+          <t>Çocuklar için Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>112</v>
+        <v>248</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257406499</t>
+          <t>9786257406529</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Leo Amca'nın Sahra Ormanları’ndaki Maceraları</t>
+          <t>Leo Amca'nın Tibet Okyanusu’ndaki Maceraları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>129</v>
+        <v>134</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257406475</t>
+          <t>9786257406499</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Zeka Oyunları</t>
+          <t>Leo Amca'nın Sahra Ormanları’ndaki Maceraları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>155</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257406413</t>
+          <t>9786257406475</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Şövalye (Ciltli)</t>
+          <t>Akıl ve Zeka Oyunları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257406406</t>
+          <t>9786257406413</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>DEHB’li Çocuklar İçin Dikkat Geliştirme Aktiviteleri</t>
+          <t>Kaygılı Şövalye (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>313</v>
+        <v>228</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257406390</t>
+          <t>9786257406406</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Sis (Ciltli)</t>
+          <t>DEHB’li Çocuklar İçin Dikkat Geliştirme Aktiviteleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>190</v>
+        <v>376</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257406383</t>
+          <t>9786257406390</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Yolculuğum</t>
+          <t>Prenses ve Sis (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>450</v>
+        <v>228</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257406314</t>
+          <t>9786257406383</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bitty’nin Mavi Saçları</t>
+          <t>Konuşma Yolculuğum</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>130</v>
+        <v>540</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257406154</t>
+          <t>9786257406314</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Loren'in Renkli Dünyası (Ciltli)</t>
+          <t>Bitty’nin Mavi Saçları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>220</v>
+        <v>156</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257797986</t>
+          <t>9786257406154</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Stem Hikayeleri - Kule</t>
+          <t>Loren'in Renkli Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>129</v>
+        <v>264</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257797979</t>
+          <t>9786257797986</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Stem Hikayeleri -Terazi</t>
+          <t>Stem Hikayeleri - Kule</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257797818</t>
+          <t>9786257797979</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Sanatçı</t>
+          <t>Stem Hikayeleri -Terazi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>179</v>
+        <v>155</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257797757</t>
+          <t>9786257797818</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İnci’nin Düşü</t>
+          <t>İçimdeki Sanatçı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>129</v>
+        <v>215</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257797665</t>
+          <t>9786257797757</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Duyu Bütünleme</t>
+          <t>İnci’nin Düşü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>290</v>
+        <v>155</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257797559</t>
+          <t>9786257797665</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Geliyor</t>
+          <t>Çocuklar İçin Duyu Bütünleme</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>104</v>
+        <v>348</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257797580</t>
+          <t>9786257797559</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Uçakla Seyahat Etmeyi Öğreniyorum</t>
+          <t>Kardeşim Geliyor</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257797597</t>
+          <t>9786257797580</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Beni Anlıyor musun?</t>
+          <t>Uçakla Seyahat Etmeyi Öğreniyorum</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257797573</t>
+          <t>9786257797597</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Gizli Futbol Hedefleri</t>
+          <t>Beni Anlıyor musun?</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257797504</t>
+          <t>9786257797573</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Leo Kontrollü Olmayı Öğreniyor</t>
+          <t>Deniz’in Gizli Futbol Hedefleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257797535</t>
+          <t>9786257797504</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Leo Özür Dilemeyi Öğreniyor</t>
+          <t>Leo Kontrollü Olmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>130</v>
+        <v>156</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257797542</t>
+          <t>9786257797535</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Leo Selamlaşmayı Öğreniyor</t>
+          <t>Leo Özür Dilemeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>130</v>
+        <v>156</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257797528</t>
+          <t>9786257797542</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Leo Sevgiyi Öğreniyor</t>
+          <t>Leo Selamlaşmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>130</v>
+        <v>156</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257797566</t>
+          <t>9786257797528</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kontrollü Kalma Rehberi</t>
+          <t>Leo Sevgiyi Öğreniyor</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>420</v>
+        <v>156</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257797382</t>
+          <t>9786257797566</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka Kulübü</t>
+          <t>Çocuklar İçin Kontrollü Kalma Rehberi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>179</v>
+        <v>420</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257797337</t>
+          <t>9786257797382</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sıcak ve Yapışkan</t>
+          <t>Duygusal Zeka Kulübü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>129</v>
+        <v>215</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257797252</t>
+          <t>9786257797337</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Leo Amca’nın İsviçre Çölü’ndeki Maceraları</t>
+          <t>Sıcak ve Yapışkan</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257797276</t>
+          <t>9786257797252</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Zihin Beden Uyumu</t>
+          <t>Leo Amca’nın İsviçre Çölü’ndeki Maceraları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>420</v>
+        <v>155</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257797238</t>
+          <t>9786257797276</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Lars Çok Komik</t>
+          <t>Çocuklar İçin Zihin Beden Uyumu</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>233</v>
+        <v>504</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257797245</t>
+          <t>9786257797238</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Peyton’un Mükemmel Evcil Hayvanı</t>
+          <t>Lars Çok Komik</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257797207</t>
+          <t>9786257797245</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bilbu Mutluluğu Arıyor</t>
+          <t>Peyton’un Mükemmel Evcil Hayvanı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>129</v>
+        <v>186</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257797184</t>
+          <t>9786257797207</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Zıp Zıp Misket (Ciltli)</t>
+          <t>Bilbu Mutluluğu Arıyor</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>179</v>
+        <v>155</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057628961</t>
+          <t>9786257797184</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Leo Amca’nın Sibirya Ormanlarındaki Maceraları</t>
+          <t>Zıp Zıp Misket (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>129</v>
+        <v>215</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257797139</t>
+          <t>9786057628961</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşıma Ne Oldu?</t>
+          <t>Leo Amca’nın Sibirya Ormanlarındaki Maceraları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>294</v>
+        <v>155</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257797092</t>
+          <t>9786257797139</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Pompidik Uyuyamıyor</t>
+          <t>Arkadaşıma Ne Oldu?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>130</v>
+        <v>353</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057628435</t>
+          <t>9786257797092</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Leo Amca’nın Romanya Bozkırlarındaki Maceraları</t>
+          <t>Pompidik Uyuyamıyor</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>112</v>
+        <v>156</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057628664</t>
+          <t>9786057628435</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sığınak - Stem Hikayeleri</t>
+          <t>Leo Amca’nın Romanya Bozkırlarındaki Maceraları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>129</v>
+        <v>134</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057628602</t>
+          <t>9786057628664</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Dünya</t>
+          <t>Sığınak - Stem Hikayeleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>207</v>
+        <v>155</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057628374</t>
+          <t>9786057628602</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Konuş Maria</t>
+          <t>İçimdeki Dünya</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>220</v>
+        <v>248</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057628312</t>
+          <t>9786057628374</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Gelen Pırt Kafalar</t>
+          <t>Konuş Maria</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>233</v>
+        <v>264</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057628190</t>
+          <t>9786057628312</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ergenliğe Geçişte Duygularla İletişim Becerileri</t>
+          <t>Uzaydan Gelen Pırt Kafalar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057628169</t>
+          <t>9786057628190</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Benim Otizmli Arkadaşım</t>
+          <t>Ergenliğe Geçişte Duygularla İletişim Becerileri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>129</v>
+        <v>444</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057628138</t>
+          <t>9786057628169</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bu İşte Bir Uzaylı Var</t>
+          <t>Benim Otizmli Arkadaşım</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057628121</t>
+          <t>9786057628138</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücü Sınır Tanımaz</t>
+          <t>Bu İşte Bir Uzaylı Var</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>181</v>
+        <v>155</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057628091</t>
+          <t>9786057628121</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Malpas</t>
+          <t>Hayal Gücü Sınır Tanımaz</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>129</v>
+        <v>217</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057628114</t>
+          <t>9786057628091</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Etrafına Duvar Ören Çocuk</t>
+          <t>Ejderha Malpas</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>181</v>
+        <v>155</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057628107</t>
+          <t>9786057628114</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Koala Monti ve Kara Kedi</t>
+          <t>Etrafına Duvar Ören Çocuk</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>130</v>
+        <v>217</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057628077</t>
+          <t>9786057628107</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla Pisican!</t>
+          <t>Koala Monti ve Kara Kedi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>139</v>
+        <v>156</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057628053</t>
+          <t>9786057628077</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğin Biri Öldüğünde Ne Olur?</t>
+          <t>Yavaşla Pisican!</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>170</v>
+        <v>156</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052250952</t>
+          <t>9786057628053</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin!</t>
+          <t>Sevdiğin Biri Öldüğünde Ne Olur?</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>130</v>
+        <v>204</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052250969</t>
+          <t>9786052250952</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Buradayım!</t>
+          <t>Yapabilirsin!</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>130</v>
+        <v>156</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052250983</t>
+          <t>9786052250969</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Öykü Mağarası</t>
+          <t>Senin İçin Buradayım!</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>129</v>
+        <v>156</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052250976</t>
+          <t>9786052250983</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Lili ve Kitap Dostu</t>
+          <t>Öykü Mağarası</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052250891</t>
+          <t>9786052250976</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yüz Havla Koş</t>
+          <t>Lili ve Kitap Dostu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052250907</t>
+          <t>9786052250891</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Uyan Ayı Uyan</t>
+          <t>Yüz Havla Koş</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052250921</t>
+          <t>9786052250907</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Lülü’nün Gösteri Dünyası</t>
+          <t>Uyan Ayı Uyan</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052250914</t>
+          <t>9786052250921</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Lülü’nün Veterinerdeki Patırtısı</t>
+          <t>Tüylü Lülü’nün Gösteri Dünyası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052250938</t>
+          <t>9786052250914</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Küçük Kaplumbağası</t>
+          <t>Tüylü Lülü’nün Veterinerdeki Patırtısı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052250877</t>
+          <t>9786052250938</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa’nın Nefes Kesen Konuşması</t>
+          <t>Dünyanın En Küçük Kaplumbağası</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>273</v>
+        <v>155</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052250853</t>
+          <t>9786052250877</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ne Bakıyorsun?</t>
+          <t>Kurbağa’nın Nefes Kesen Konuşması</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>129</v>
+        <v>328</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052250815</t>
+          <t>9786052250853</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bütün Köpekler Hiperaktiftir ve Odaklanmakta Zorlanırlar</t>
+          <t>Ne Bakıyorsun?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052250549</t>
+          <t>9786052250815</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Otokontrol</t>
+          <t>Bütün Köpekler Hiperaktiftir ve Odaklanmakta Zorlanırlar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>2770000020220</t>
+          <t>9786052250549</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dinozorları Bildiğini mi Sanıyorsun? (6 Kitap Set)</t>
+          <t>Çocuklar İçin Otokontrol</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>700</v>
+        <v>444</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052250747</t>
+          <t>2770000020220</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Küçük Penguen ve Lolipop</t>
+          <t>Dinozorları Bildiğini mi Sanıyorsun? (6 Kitap Set)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052250730</t>
+          <t>9786052250747</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Küçük Penguen'i Hıçkırık Tutarsa</t>
+          <t>Küçük Penguen ve Lolipop</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>130</v>
+        <v>156</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052250709</t>
+          <t>9786052250730</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Annem Bir Deniz Kızı mı?</t>
+          <t>Küçük Penguen'i Hıçkırık Tutarsa</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>129</v>
+        <v>156</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052250600</t>
+          <t>9786052250709</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kori'nin Hikayesi</t>
+          <t>Yoksa Annem Bir Deniz Kızı mı?</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052250624</t>
+          <t>9786052250600</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Talya ve Pugi - Kardeş Gibi</t>
+          <t>Kori'nin Hikayesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052250556</t>
+          <t>9786052250624</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Benekli Vakvak</t>
+          <t>Talya ve Pugi - Kardeş Gibi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>130</v>
+        <v>156</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052250525</t>
+          <t>9786052250556</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Canım Arkadaşım</t>
+          <t>Benekli Vakvak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>130</v>
+        <v>156</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052250501</t>
+          <t>9786052250525</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Velociraptor</t>
+          <t>Canım Arkadaşım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>129</v>
+        <v>156</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052250495</t>
+          <t>9786052250501</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Triceratops</t>
+          <t>Velociraptor</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052250457</t>
+          <t>9786052250495</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tyrannosaurus Rex</t>
+          <t>Triceratops</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052250488</t>
+          <t>9786052250457</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Stegosaurus</t>
+          <t>Tyrannosaurus Rex</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052250471</t>
+          <t>9786052250488</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Spinosaurus</t>
+          <t>Stegosaurus</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052250464</t>
+          <t>9786052250471</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Diplodocus</t>
+          <t>Spinosaurus</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052250136</t>
+          <t>9786052250464</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Belalı Üvey Kardeşim Güzel ve Çirkin Masalını Nasıl Mahvetti?</t>
+          <t>Diplodocus</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052250150</t>
+          <t>9786052250136</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Belalı Üvey Kardeşim Sindirella Masalını Nasıl Mahvetti?</t>
+          <t>Belalı Üvey Kardeşim Güzel ve Çirkin Masalını Nasıl Mahvetti?</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052250365</t>
+          <t>9786052250150</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Koala Monti ve Ağaçlar</t>
+          <t>Belalı Üvey Kardeşim Sindirella Masalını Nasıl Mahvetti?</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>129</v>
+        <v>155</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052250198</t>
+          <t>9786052250365</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dina - Duygularıyla Baş Başa (Ciltli)</t>
+          <t>Koala Monti ve Ağaçlar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>179</v>
+        <v>155</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>2770000017190</t>
+          <t>9786052250198</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Belalı Üvey Kardeşim Serisi (4 Kitap Takım)</t>
+          <t>Dina - Duygularıyla Baş Başa (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052250884</t>
+          <t>2770000017190</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Belalı Üvey Kardeşim Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>129</v>
+        <v>165</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
+          <t>9786052250884</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
           <t>9786059692113</t>
         </is>
       </c>
-      <c r="B169" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Hayalci</t>
         </is>
       </c>
-      <c r="C169" s="1">
-        <v>129</v>
+      <c r="C170" s="1">
+        <v>155</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>