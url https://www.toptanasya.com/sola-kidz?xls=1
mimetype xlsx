--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,2575 +85,2635 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258064193</t>
+          <t>9786256974340</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ödüller!</t>
+          <t>Çocuk Travmaları için Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>528</v>
+        <v>161</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057628671</t>
+          <t>9786052250808</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Duyu Bütünleme Aktiviteleri</t>
+          <t>Yavaşlamayı ve Odaklanmayı Öğrenmek</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>504</v>
+        <v>452</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052250723</t>
+          <t>9786052250648</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Küçük Penguen Uyanık Kalırsa</t>
+          <t>Çocuklar için Yaratıcı Baş Etme Becerileri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>130</v>
+        <v>586</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057628084</t>
+          <t>9786257797498</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Alex ve Korkunç Şeyler</t>
+          <t>Leo Tuvalete Gitmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>130</v>
+        <v>162</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052250426</t>
+          <t>9786258064193</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boşanma Süreci ve Sonrası</t>
+          <t>Çocuklar İçin Ödüller!</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>564</v>
+        <v>548</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052250631</t>
+          <t>9786057628671</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dedektiflik Bilimi</t>
+          <t>Çocuklar İçin Duyu Bütünleme Aktiviteleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>444</v>
+        <v>524</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052250679</t>
+          <t>9786052250723</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Turta Kabındaki Ayı</t>
+          <t>Küçük Penguen Uyanık Kalırsa</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>129</v>
+        <v>162</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257797511</t>
+          <t>9786057628084</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Leo Oyun Kaybetmeyi Öğreniyor</t>
+          <t>Alex ve Korkunç Şeyler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>130</v>
+        <v>162</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257797436</t>
+          <t>9786052250426</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gençler ve Çocuklar İçin Yaratıcı Baş Etme Becerileri</t>
+          <t>Çocuklar İçin Boşanma Süreci ve Sonrası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>470</v>
+        <v>586</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257797634</t>
+          <t>9786052250631</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Leo Öğreniyor Serisi (6 Kitap Takım)</t>
+          <t>Çocuklar İçin Dedektiflik Bilimi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>461</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257797672</t>
+          <t>9786052250679</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Okulda Temel Öz-Denetim Yolları</t>
+          <t>Turta Kabındaki Ayı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>440</v>
+        <v>161</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257797603</t>
+          <t>9786257797511</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Neden Yapmak Zorundayım?</t>
+          <t>Leo Oyun Kaybetmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>181</v>
+        <v>162</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257406253</t>
+          <t>9786257797436</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Leo Amca'nın Batı Kutbu'ndaki Maceraları</t>
+          <t>Gençler ve Çocuklar İçin Yaratıcı Baş Etme Becerileri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>129</v>
+        <v>586</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052250655</t>
+          <t>9786257797634</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Duygularla İletişim Becerileri</t>
+          <t>Leo Öğreniyor Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>792</v>
+        <v>561</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256811263</t>
+          <t>9786257797672</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yine De</t>
+          <t>Çocuklar İçin Okulda Temel Öz-Denetim Yolları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>156</v>
+        <v>548</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256811102</t>
+          <t>9786257797603</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Korkularla Baş Etme Egzersizleri</t>
+          <t>Neden Yapmak Zorundayım?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>420</v>
+        <v>226</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256811010</t>
+          <t>9786257406253</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Öfkeyle Baş Edebilmek</t>
+          <t>Leo Amca'nın Batı Kutbu'ndaki Maceraları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>295</v>
+        <v>161</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256974975</t>
+          <t>9786052250655</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Duyguları Olan Çocuk</t>
+          <t>Çocuklar İçin Duygularla İletişim Becerileri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>156</v>
+        <v>823</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256811003</t>
+          <t>9786256811263</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Önce Sor !</t>
+          <t>Yine De</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256974951</t>
+          <t>9786256811102</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kızın Soruları</t>
+          <t>Çocuklar için Korkularla Baş Etme Egzersizleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>156</v>
+        <v>436</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256974968</t>
+          <t>9786256811010</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocuğu Hakları</t>
+          <t>Öfkeyle Baş Edebilmek</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>156</v>
+        <v>306</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256974890</t>
+          <t>9786256974975</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Kasabası</t>
+          <t>Güçlü Duyguları Olan Çocuk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>228</v>
+        <v>162</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256974760</t>
+          <t>9786256811003</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Zihinsel Dayanıklılık</t>
+          <t>Önce Sor !</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256974777</t>
+          <t>9786256974951</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zorbalıkla Nasıl Baş Edebilirim?</t>
+          <t>Meraklı Kızın Soruları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>228</v>
+        <v>162</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256974913</t>
+          <t>9786256974968</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ergenler için Gelişim Zihniyeti Alıştırma Kitabı</t>
+          <t>Kız Çocuğu Hakları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>504</v>
+        <v>162</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256974753</t>
+          <t>9786256974890</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Pozitif Düşüncenin Gücü</t>
+          <t>Gökkuşağı Kasabası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>156</v>
+        <v>237</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256974746</t>
+          <t>9786256974760</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Hedef Belirleme ve Ulaşma</t>
+          <t>Çocuklar için Zihinsel Dayanıklılık</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256974814</t>
+          <t>9786256974777</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrumundaki Çocuklarla Drama Uygulamaları</t>
+          <t>Zorbalıkla Nasıl Baş Edebilirim?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>540</v>
+        <v>237</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256974883</t>
+          <t>9786256974913</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ergenler için OKB Alıştırma Kitabı</t>
+          <t>Ergenler için Gelişim Zihniyeti Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>504</v>
+        <v>524</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256974852</t>
+          <t>9786256974753</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kompleks Travma ve Dissosiyasyon için Basit Rehber</t>
+          <t>Çocuklar için Pozitif Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>176</v>
+        <v>162</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256974821</t>
+          <t>9786256974746</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Travma İçin Basit Rehber</t>
+          <t>Çocuklar için Hedef Belirleme ve Ulaşma</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>152</v>
+        <v>162</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256974838</t>
+          <t>9786256974814</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Bağlanma Zorlukları için Basit Rehber</t>
+          <t>Otizm Spektrumundaki Çocuklarla Drama Uygulamaları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>152</v>
+        <v>561</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256974708</t>
+          <t>9786256974883</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Farkındalıklar Kampı</t>
+          <t>Ergenler için OKB Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>176</v>
+        <v>524</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256974579</t>
+          <t>9786256974852</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Malala Yousafzai'nin Hikayesi</t>
+          <t>Kompleks Travma ve Dissosiyasyon için Basit Rehber</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256974463</t>
+          <t>9786256974821</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie'nin Hikayesi</t>
+          <t>Kolektif Travma İçin Basit Rehber</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>182</v>
+        <v>158</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256974548</t>
+          <t>9786256974838</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci'nin Hikayesi</t>
+          <t>Çocuklarda Bağlanma Zorlukları için Basit Rehber</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>182</v>
+        <v>158</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256974524</t>
+          <t>9786256974708</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Neil Armstrong'un Hikayesi</t>
+          <t>Sihirli Farkındalıklar Kampı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256974531</t>
+          <t>9786256974579</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Jim Henson'ın Hikayesi</t>
+          <t>Malala Yousafzai'nin Hikayesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256974517</t>
+          <t>9786256974463</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Jane Goodall'ın Hikayesi</t>
+          <t>Marie Curie'nin Hikayesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256974586</t>
+          <t>9786256974548</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Wright Kardeşler'in Hikayesi</t>
+          <t>Leonardo Da Vinci'nin Hikayesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256974555</t>
+          <t>9786256974524</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Helen Keller'ın Hikayesi</t>
+          <t>Neil Armstrong'un Hikayesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256974470</t>
+          <t>9786256974531</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Stan Lee'nin Hikâyesi</t>
+          <t>Jim Henson'ın Hikayesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256974494</t>
+          <t>9786256974517</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Amelia Earhart'ın Hikayesi</t>
+          <t>Jane Goodall'ın Hikayesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256974562</t>
+          <t>9786256974586</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo'nun Hikayesi</t>
+          <t>Wright Kardeşler'in Hikayesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256974487</t>
+          <t>9786256974555</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gandhi'nin Hikayesi</t>
+          <t>Helen Keller'ın Hikayesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256974500</t>
+          <t>9786256974470</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein'ın Hikayesi</t>
+          <t>Stan Lee'nin Hikâyesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256974456</t>
+          <t>9786256974494</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bunların Hepsini Nasıl Hatırlayabilirim?</t>
+          <t>Amelia Earhart'ın Hikayesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>176</v>
+        <v>189</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256974425</t>
+          <t>9786256974562</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Gilly</t>
+          <t>Frida Kahlo'nun Hikayesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>504</v>
+        <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256974418</t>
+          <t>9786256974487</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Timsah Cleo</t>
+          <t>Gandhi'nin Hikayesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>540</v>
+        <v>189</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256974395</t>
+          <t>9786256974500</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ninja Neon - Kabuslarla Mücadele Eden Çocuklar için Aktivite Kitabı</t>
+          <t>Albert Einstein'ın Hikayesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>504</v>
+        <v>189</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256974388</t>
+          <t>9786256974456</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Babun Binnie</t>
+          <t>Bunların Hepsini Nasıl Hatırlayabilirim?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>540</v>
+        <v>183</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256974371</t>
+          <t>9786256974425</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Ollie</t>
+          <t>Zürafa Gilly</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>564</v>
+        <v>524</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256974401</t>
+          <t>9786256974418</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Pug Presley</t>
+          <t>Timsah Cleo</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>540</v>
+        <v>561</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256974357</t>
+          <t>9786256974395</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kalpleri Hissedebilirsin</t>
+          <t>Ninja Neon - Kabuslarla Mücadele Eden Çocuklar için Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>155</v>
+        <v>524</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256974210</t>
+          <t>9786256974388</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çantam Nerede?</t>
+          <t>Babun Binnie</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>156</v>
+        <v>561</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258064421</t>
+          <t>9786256974371</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Deneyeceğim - PD Serisi</t>
+          <t>Ahtapot Ollie</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>586</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258064438</t>
+          <t>9786256974401</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Yolunda - PD Serisi</t>
+          <t>Pug Presley</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>561</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258064360</t>
+          <t>9786256974357</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kendime İnanıyorum - PD Serisi</t>
+          <t>Kalpleri Hissedebilirsin</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>161</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258064391</t>
+          <t>9786256974210</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kendimle Gurur Duyuyorum - PD Serisi</t>
+          <t>Yeşil Çantam Nerede?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>162</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258064407</t>
+          <t>9786258064421</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Üstesinden Gelebilirim - PD Serisi</t>
+          <t>Deneyeceğim - PD Serisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>187</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258064414</t>
+          <t>9786258064438</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Değerliyim - PD Serisi</t>
+          <t>Her Şey Yolunda - PD Serisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>187</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258064384</t>
+          <t>9786258064360</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ben Buraya Aitim - PD Serisi</t>
+          <t>Kendime İnanıyorum - PD Serisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>187</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258064186</t>
+          <t>9786258064391</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Başarabilirim - PD Serisi</t>
+          <t>Kendimle Gurur Duyuyorum - PD Serisi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>187</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258064377</t>
+          <t>9786258064407</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Başa Çıkabilirim - PD Serisi</t>
+          <t>Üstesinden Gelebilirim - PD Serisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>187</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258064988</t>
+          <t>9786258064414</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Gelişim Odaklı Düşünce Yapısı Aktiviteleri</t>
+          <t>Değerliyim - PD Serisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>564</v>
+        <v>187</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256974012</t>
+          <t>9786258064384</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Duygularını Kutla</t>
+          <t>Ben Buraya Aitim - PD Serisi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>504</v>
+        <v>187</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258064933</t>
+          <t>9786258064186</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Küçükler için Farkındalık</t>
+          <t>Başarabilirim - PD Serisi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>336</v>
+        <v>187</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258064919</t>
+          <t>9786258064377</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimizi Büyütüyoruz!</t>
+          <t>Başa Çıkabilirim - PD Serisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>463</v>
+        <v>187</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258064827</t>
+          <t>9786258064988</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama: Scratch</t>
+          <t>Çocuklar İçin Gelişim Odaklı Düşünce Yapısı Aktiviteleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>540</v>
+        <v>586</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258064810</t>
+          <t>9786256974012</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Kodlama: Python</t>
+          <t>Duygularını Kutla</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>564</v>
+        <v>524</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258064803</t>
+          <t>9786258064933</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hamileyiz!</t>
+          <t>Küçükler için Farkındalık</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>494</v>
+        <v>349</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258064681</t>
+          <t>9786258064919</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mucidi ve Kokoloko</t>
+          <t>Bebeğimizi Büyütüyoruz!</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>217</v>
+        <v>481</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258064650</t>
+          <t>9786258064827</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bu Hikaye Seni Çağırıyor</t>
+          <t>Çocuklar için Kodlama: Scratch</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>228</v>
+        <v>561</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258064629</t>
+          <t>9786258064810</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>DEHB ile Büyüyen Çocuklar için Alıştırmalar</t>
+          <t>Çocuklar için Kodlama: Python</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>866</v>
+        <v>586</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258064568</t>
+          <t>9786258064803</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Öfke Yönetimi</t>
+          <t>Hamileyiz!</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>564</v>
+        <v>513</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258064551</t>
+          <t>9786258064681</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Beyin Geliştiren Oyunlar</t>
+          <t>Oyuncak Mucidi ve Kokoloko</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>614</v>
+        <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258064445</t>
+          <t>9786258064650</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünceler Serisi Seti (9 Kitap Takım)</t>
+          <t>Bu Hikaye Seni Çağırıyor</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1380</v>
+        <v>237</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258064353</t>
+          <t>9786258064629</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>BDT Bilişsel Davranışçı Terapi Çocuklar İçin Alıştırmalar</t>
+          <t>DEHB ile Büyüyen Çocuklar için Alıştırmalar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>660</v>
+        <v>900</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258064025</t>
+          <t>9786258064568</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Algısal ve Davranışsal Becerileri Geliştirme Aktiviteleri - Duyusal Beyin 3</t>
+          <t>Öfke Yönetimi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>504</v>
+        <v>586</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258064001</t>
+          <t>9786258064551</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Temel Duyu Bütünleme Aktiviteleri - Duyusal Beyin 1</t>
+          <t>Çocuklar İçin Beyin Geliştiren Oyunlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>732</v>
+        <v>638</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258064346</t>
+          <t>9786258064445</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ben Nasıl Eğlenirim?</t>
+          <t>Pozitif Düşünceler Serisi Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>156</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258064018</t>
+          <t>9786258064353</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Farkındalığı ve Dayanıklılığı Geliştirme Aktiviteleri - Duyusal Beyin 2</t>
+          <t>BDT Bilişsel Davranışçı Terapi Çocuklar İçin Alıştırmalar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>504</v>
+        <v>686</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258064179</t>
+          <t>9786258064025</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İsteyen Çocuk</t>
+          <t>Algısal ve Davranışsal Becerileri Geliştirme Aktiviteleri - Duyusal Beyin 3</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>155</v>
+        <v>524</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257406956</t>
+          <t>9786258064001</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Frene Basmak</t>
+          <t>Temel Duyu Bütünleme Aktiviteleri - Duyusal Beyin 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>248</v>
+        <v>760</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257406949</t>
+          <t>9786258064346</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ihlamur Ağacında Neler Oluyor?</t>
+          <t>Ben Nasıl Eğlenirim?</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258064049</t>
+          <t>9786258064018</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Duyusal Beyin Set</t>
+          <t>Duygusal Farkındalığı ve Dayanıklılığı Geliştirme Aktiviteleri - Duyusal Beyin 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>2111</v>
+        <v>524</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257406536</t>
+          <t>9786258064179</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Anlayarak Hızlı Okuma</t>
+          <t>Uyumak İsteyen Çocuk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>248</v>
+        <v>161</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257406529</t>
+          <t>9786257406956</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Leo Amca'nın Tibet Okyanusu’ndaki Maceraları</t>
+          <t>Frene Basmak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>134</v>
+        <v>258</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257406499</t>
+          <t>9786257406949</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Leo Amca'nın Sahra Ormanları’ndaki Maceraları</t>
+          <t>Ihlamur Ağacında Neler Oluyor?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257406475</t>
+          <t>9786258064049</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Zeka Oyunları</t>
+          <t>Duyusal Beyin Set</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>420</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257406413</t>
+          <t>9786257406536</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Şövalye (Ciltli)</t>
+          <t>Çocuklar için Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>228</v>
+        <v>258</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257406406</t>
+          <t>9786257406529</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>DEHB’li Çocuklar İçin Dikkat Geliştirme Aktiviteleri</t>
+          <t>Leo Amca'nın Tibet Okyanusu’ndaki Maceraları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>376</v>
+        <v>139</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257406390</t>
+          <t>9786257406499</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Sis (Ciltli)</t>
+          <t>Leo Amca'nın Sahra Ormanları’ndaki Maceraları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>228</v>
+        <v>161</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257406383</t>
+          <t>9786257406475</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Yolculuğum</t>
+          <t>Akıl ve Zeka Oyunları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>540</v>
+        <v>436</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257406314</t>
+          <t>9786257406413</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bitty’nin Mavi Saçları</t>
+          <t>Kaygılı Şövalye (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>156</v>
+        <v>237</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257406154</t>
+          <t>9786257406406</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Loren'in Renkli Dünyası (Ciltli)</t>
+          <t>DEHB’li Çocuklar İçin Dikkat Geliştirme Aktiviteleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>264</v>
+        <v>391</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257797986</t>
+          <t>9786257406390</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Stem Hikayeleri - Kule</t>
+          <t>Prenses ve Sis (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>155</v>
+        <v>237</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257797979</t>
+          <t>9786257406383</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Stem Hikayeleri -Terazi</t>
+          <t>Konuşma Yolculuğum</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>155</v>
+        <v>561</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257797818</t>
+          <t>9786257406314</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Sanatçı</t>
+          <t>Bitty’nin Mavi Saçları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>215</v>
+        <v>162</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257797757</t>
+          <t>9786257406154</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İnci’nin Düşü</t>
+          <t>Loren'in Renkli Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>155</v>
+        <v>274</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257797665</t>
+          <t>9786257797986</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Duyu Bütünleme</t>
+          <t>Stem Hikayeleri - Kule</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>348</v>
+        <v>161</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257797559</t>
+          <t>9786257797979</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Geliyor</t>
+          <t>Stem Hikayeleri -Terazi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>125</v>
+        <v>161</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257797580</t>
+          <t>9786257797818</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Uçakla Seyahat Etmeyi Öğreniyorum</t>
+          <t>İçimdeki Sanatçı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>125</v>
+        <v>223</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257797597</t>
+          <t>9786257797757</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Beni Anlıyor musun?</t>
+          <t>İnci’nin Düşü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>125</v>
+        <v>161</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257797573</t>
+          <t>9786257797665</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Gizli Futbol Hedefleri</t>
+          <t>Çocuklar İçin Duyu Bütünleme</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>125</v>
+        <v>361</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257797504</t>
+          <t>9786257797559</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Leo Kontrollü Olmayı Öğreniyor</t>
+          <t>Kardeşim Geliyor</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>156</v>
+        <v>130</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257797535</t>
+          <t>9786257797580</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Leo Özür Dilemeyi Öğreniyor</t>
+          <t>Uçakla Seyahat Etmeyi Öğreniyorum</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>156</v>
+        <v>130</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257797542</t>
+          <t>9786257797597</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Leo Selamlaşmayı Öğreniyor</t>
+          <t>Beni Anlıyor musun?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>156</v>
+        <v>130</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257797528</t>
+          <t>9786257797573</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Leo Sevgiyi Öğreniyor</t>
+          <t>Deniz’in Gizli Futbol Hedefleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>156</v>
+        <v>130</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257797566</t>
+          <t>9786257797504</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kontrollü Kalma Rehberi</t>
+          <t>Leo Kontrollü Olmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>420</v>
+        <v>162</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257797382</t>
+          <t>9786257797535</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka Kulübü</t>
+          <t>Leo Özür Dilemeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>215</v>
+        <v>162</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257797337</t>
+          <t>9786257797542</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sıcak ve Yapışkan</t>
+          <t>Leo Selamlaşmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257797252</t>
+          <t>9786257797528</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Leo Amca’nın İsviçre Çölü’ndeki Maceraları</t>
+          <t>Leo Sevgiyi Öğreniyor</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257797276</t>
+          <t>9786257797566</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Zihin Beden Uyumu</t>
+          <t>Çocuklar İçin Kontrollü Kalma Rehberi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>504</v>
+        <v>524</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257797238</t>
+          <t>9786257797382</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Lars Çok Komik</t>
+          <t>Duygusal Zeka Kulübü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>280</v>
+        <v>223</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257797245</t>
+          <t>9786257797337</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Peyton’un Mükemmel Evcil Hayvanı</t>
+          <t>Sıcak ve Yapışkan</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>186</v>
+        <v>161</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257797207</t>
+          <t>9786257797252</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bilbu Mutluluğu Arıyor</t>
+          <t>Leo Amca’nın İsviçre Çölü’ndeki Maceraları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257797184</t>
+          <t>9786257797276</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Zıp Zıp Misket (Ciltli)</t>
+          <t>Çocuklar İçin Zihin Beden Uyumu</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>215</v>
+        <v>524</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057628961</t>
+          <t>9786257797238</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Leo Amca’nın Sibirya Ormanlarındaki Maceraları</t>
+          <t>Lars Çok Komik</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>155</v>
+        <v>291</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257797139</t>
+          <t>9786257797245</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşıma Ne Oldu?</t>
+          <t>Peyton’un Mükemmel Evcil Hayvanı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>353</v>
+        <v>193</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257797092</t>
+          <t>9786257797207</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Pompidik Uyuyamıyor</t>
+          <t>Bilbu Mutluluğu Arıyor</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057628435</t>
+          <t>9786257797184</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Leo Amca’nın Romanya Bozkırlarındaki Maceraları</t>
+          <t>Zıp Zıp Misket (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>134</v>
+        <v>223</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057628664</t>
+          <t>9786057628961</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sığınak - Stem Hikayeleri</t>
+          <t>Leo Amca’nın Sibirya Ormanlarındaki Maceraları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057628602</t>
+          <t>9786257797139</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Dünya</t>
+          <t>Arkadaşıma Ne Oldu?</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>248</v>
+        <v>367</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057628374</t>
+          <t>9786257797092</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Konuş Maria</t>
+          <t>Pompidik Uyuyamıyor</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>264</v>
+        <v>162</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057628312</t>
+          <t>9786057628435</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Gelen Pırt Kafalar</t>
+          <t>Leo Amca’nın Romanya Bozkırlarındaki Maceraları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>139</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057628190</t>
+          <t>9786057628664</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ergenliğe Geçişte Duygularla İletişim Becerileri</t>
+          <t>Sığınak - Stem Hikayeleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>444</v>
+        <v>161</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057628169</t>
+          <t>9786057628602</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Benim Otizmli Arkadaşım</t>
+          <t>İçimdeki Dünya</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>155</v>
+        <v>258</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057628138</t>
+          <t>9786057628374</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bu İşte Bir Uzaylı Var</t>
+          <t>Konuş Maria</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>155</v>
+        <v>274</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057628121</t>
+          <t>9786057628312</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücü Sınır Tanımaz</t>
+          <t>Uzaydan Gelen Pırt Kafalar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>217</v>
+        <v>291</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057628091</t>
+          <t>9786057628190</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Malpas</t>
+          <t>Ergenliğe Geçişte Duygularla İletişim Becerileri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>155</v>
+        <v>461</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057628114</t>
+          <t>9786057628169</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Etrafına Duvar Ören Çocuk</t>
+          <t>Benim Otizmli Arkadaşım</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>217</v>
+        <v>161</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057628107</t>
+          <t>9786057628138</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Koala Monti ve Kara Kedi</t>
+          <t>Bu İşte Bir Uzaylı Var</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057628077</t>
+          <t>9786057628121</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla Pisican!</t>
+          <t>Hayal Gücü Sınır Tanımaz</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>156</v>
+        <v>225</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057628053</t>
+          <t>9786057628091</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğin Biri Öldüğünde Ne Olur?</t>
+          <t>Ejderha Malpas</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>204</v>
+        <v>161</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052250952</t>
+          <t>9786057628114</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin!</t>
+          <t>Etrafına Duvar Ören Çocuk</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>156</v>
+        <v>225</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052250969</t>
+          <t>9786057628107</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Buradayım!</t>
+          <t>Koala Monti ve Kara Kedi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052250983</t>
+          <t>9786057628077</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Öykü Mağarası</t>
+          <t>Yavaşla Pisican!</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052250976</t>
+          <t>9786057628053</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Lili ve Kitap Dostu</t>
+          <t>Sevdiğin Biri Öldüğünde Ne Olur?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>155</v>
+        <v>212</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052250891</t>
+          <t>9786052250952</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yüz Havla Koş</t>
+          <t>Yapabilirsin!</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052250907</t>
+          <t>9786052250969</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Uyan Ayı Uyan</t>
+          <t>Senin İçin Buradayım!</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052250921</t>
+          <t>9786052250983</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Lülü’nün Gösteri Dünyası</t>
+          <t>Öykü Mağarası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052250914</t>
+          <t>9786052250976</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Lülü’nün Veterinerdeki Patırtısı</t>
+          <t>Lili ve Kitap Dostu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052250938</t>
+          <t>9786052250891</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Küçük Kaplumbağası</t>
+          <t>Yüz Havla Koş</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052250877</t>
+          <t>9786052250907</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa’nın Nefes Kesen Konuşması</t>
+          <t>Uyan Ayı Uyan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>328</v>
+        <v>161</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052250853</t>
+          <t>9786052250921</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ne Bakıyorsun?</t>
+          <t>Tüylü Lülü’nün Gösteri Dünyası</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052250815</t>
+          <t>9786052250914</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bütün Köpekler Hiperaktiftir ve Odaklanmakta Zorlanırlar</t>
+          <t>Tüylü Lülü’nün Veterinerdeki Patırtısı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>161</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052250549</t>
+          <t>9786052250938</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Otokontrol</t>
+          <t>Dünyanın En Küçük Kaplumbağası</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>444</v>
+        <v>161</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>2770000020220</t>
+          <t>9786052250877</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dinozorları Bildiğini mi Sanıyorsun? (6 Kitap Set)</t>
+          <t>Kurbağa’nın Nefes Kesen Konuşması</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>700</v>
+        <v>341</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052250747</t>
+          <t>9786052250853</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Küçük Penguen ve Lolipop</t>
+          <t>Ne Bakıyorsun?</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052250730</t>
+          <t>9786052250815</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Küçük Penguen'i Hıçkırık Tutarsa</t>
+          <t>Bütün Köpekler Hiperaktiftir ve Odaklanmakta Zorlanırlar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>156</v>
+        <v>187</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052250709</t>
+          <t>9786052250549</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Annem Bir Deniz Kızı mı?</t>
+          <t>Çocuklar İçin Otokontrol</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>155</v>
+        <v>461</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052250600</t>
+          <t>2770000020220</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kori'nin Hikayesi</t>
+          <t>Dinozorları Bildiğini mi Sanıyorsun? (6 Kitap Set)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>155</v>
+        <v>700</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052250624</t>
+          <t>9786052250747</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Talya ve Pugi - Kardeş Gibi</t>
+          <t>Küçük Penguen ve Lolipop</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052250556</t>
+          <t>9786052250730</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Benekli Vakvak</t>
+          <t>Küçük Penguen'i Hıçkırık Tutarsa</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052250525</t>
+          <t>9786052250709</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Canım Arkadaşım</t>
+          <t>Yoksa Annem Bir Deniz Kızı mı?</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052250501</t>
+          <t>9786052250600</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Velociraptor</t>
+          <t>Kori'nin Hikayesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052250495</t>
+          <t>9786052250624</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Triceratops</t>
+          <t>Talya ve Pugi - Kardeş Gibi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052250457</t>
+          <t>9786052250556</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tyrannosaurus Rex</t>
+          <t>Benekli Vakvak</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052250488</t>
+          <t>9786052250525</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Stegosaurus</t>
+          <t>Canım Arkadaşım</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>155</v>
+        <v>162</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052250471</t>
+          <t>9786052250501</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Spinosaurus</t>
+          <t>Velociraptor</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052250464</t>
+          <t>9786052250495</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Diplodocus</t>
+          <t>Triceratops</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052250136</t>
+          <t>9786052250457</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Belalı Üvey Kardeşim Güzel ve Çirkin Masalını Nasıl Mahvetti?</t>
+          <t>Tyrannosaurus Rex</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052250150</t>
+          <t>9786052250488</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Belalı Üvey Kardeşim Sindirella Masalını Nasıl Mahvetti?</t>
+          <t>Stegosaurus</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052250365</t>
+          <t>9786052250471</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Koala Monti ve Ağaçlar</t>
+          <t>Spinosaurus</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052250198</t>
+          <t>9786052250464</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Dina - Duygularıyla Baş Başa (Ciltli)</t>
+          <t>Diplodocus</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>215</v>
+        <v>161</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>2770000017190</t>
+          <t>9786052250136</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Belalı Üvey Kardeşim Serisi (4 Kitap Takım)</t>
+          <t>Belalı Üvey Kardeşim Güzel ve Çirkin Masalını Nasıl Mahvetti?</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>165</v>
+        <v>161</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052250884</t>
+          <t>9786052250150</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Belalı Üvey Kardeşim Sindirella Masalını Nasıl Mahvetti?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>155</v>
+        <v>161</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
+          <t>9786052250365</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Koala Monti ve Ağaçlar</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786052250198</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Dina - Duygularıyla Baş Başa (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>2770000017190</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Belalı Üvey Kardeşim Serisi (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786052250884</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
           <t>9786059692113</t>
         </is>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Hayalci</t>
         </is>
       </c>
-      <c r="C170" s="1">
-        <v>155</v>
+      <c r="C174" s="1">
+        <v>161</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>