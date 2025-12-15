--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,7090 +85,7195 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256974920</t>
+          <t>9786256811225</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şamanik Güç Hayvanları</t>
+          <t>Utançla Yüzleşmek</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>354</v>
+        <v>155</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258064902</t>
+          <t>9786256974098</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Yap!</t>
+          <t>İyi Bir İlişki İçin Anlaşmanın Sırları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258064834</t>
+          <t>9786257406703</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Liderlik ve Bir Dakika Yöneticisi</t>
+          <t>Koçluk Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057628558</t>
+          <t>9786059692915</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatan Hayvan</t>
+          <t>Özgür Ruh</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059692526</t>
+          <t>9786057628459</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Paraşütün Ne Renk?</t>
+          <t>Buda’nın Öğretileri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057628787</t>
+          <t>9786257797726</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>NoktaCom Sırları - Şirketinizi Büyütmek İçin Yeraltı Oyunları</t>
+          <t>Koçluk Alışkanlığı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057628534</t>
+          <t>9786257406369</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Startup</t>
+          <t>Ruhu İyileştiren Mucizeler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>438</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256811508</t>
+          <t>9786256974920</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ergen Dağa Küsmüş</t>
+          <t>Şamanik Güç Hayvanları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059692946</t>
+          <t>9786258064902</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kazanmak İçin Doğarız</t>
+          <t>Şimdi Yap!</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>495</v>
+        <v>348</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257406611</t>
+          <t>9786258064834</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Travmaya Duyarlı Okullar</t>
+          <t>Kişisel Liderlik ve Bir Dakika Yöneticisi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>233</v>
+        <v>324</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4440000002211</t>
+          <t>9786057628558</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Alışkanlıklar Kitap + Günlük (2 Kitap Set)</t>
+          <t>Hikaye Anlatan Hayvan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>397</v>
+        <v>420</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256811485</t>
+          <t>9786059692526</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Terapide Bilinçli Uygulama</t>
+          <t>Paraşütün Ne Renk?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>380</v>
+        <v>540</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256811492</t>
+          <t>9786057628787</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Öz-Yönetim: Nasıl Uygulanır?</t>
+          <t>NoktaCom Sırları - Şirketinizi Büyütmek İçin Yeraltı Oyunları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256811478</t>
+          <t>9786057628534</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Psikoterapisinde Bilinçli Uygulama</t>
+          <t>Startup</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>380</v>
+        <v>540</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256811461</t>
+          <t>9786256811508</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sistemik Aile Terapisinde Bilinçli Uygulama</t>
+          <t>Ergen Dağa Küsmüş</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>380</v>
+        <v>234</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256974197</t>
+          <t>9786059692946</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Zen Yolu</t>
+          <t>Kazanmak İçin Doğarız</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>211</v>
+        <v>594</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258064209</t>
+          <t>9786257406611</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Büyükannemin Elleri</t>
+          <t>Travmaya Duyarlı Okullar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>585</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257406666</t>
+          <t>4440000002211</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hitabet Gücü</t>
+          <t>İyileştiren Alışkanlıklar Kitap + Günlük (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>146</v>
+        <v>397</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257406673</t>
+          <t>9786256811485</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyununu Nasıl Oynarsınız?</t>
+          <t>Duygu Odaklı Terapide Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>104</v>
+        <v>456</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257406857</t>
+          <t>9786256811492</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Konsantrasyonun Gücü</t>
+          <t>Öz-Yönetim: Nasıl Uygulanır?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>104</v>
+        <v>348</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052250105</t>
+          <t>9786256811478</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Siz, Çocuğunuz ve Okul</t>
+          <t>Çocuk ve Ergen Psikoterapisinde Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>421</v>
+        <v>456</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059692922</t>
+          <t>9786256811461</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Depresyon</t>
+          <t>Sistemik Aile Terapisinde Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>283</v>
+        <v>456</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059692441</t>
+          <t>9786256974197</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kayıp Kullanım Kılavuzu</t>
+          <t>Zen Yolu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>233</v>
+        <v>211</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059692137</t>
+          <t>9786258064209</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eksi Sıfır</t>
+          <t>Büyükannemin Elleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>179</v>
+        <v>702</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059692151</t>
+          <t>9786257406666</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz Bir Zihnin Not Defteri</t>
+          <t>Hitabet Gücü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>179</v>
+        <v>146</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052250563</t>
+          <t>9786257406673</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cehaleti Anlamak</t>
+          <t>Hayat Oyununu Nasıl Oynarsınız?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>520</v>
+        <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059692502</t>
+          <t>9786257406857</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Besinlerle Beyin Gücünü Artır</t>
+          <t>Konsantrasyonun Gücü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>464</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059692243</t>
+          <t>9786052250105</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mübadele Aşkları</t>
+          <t>Siz, Çocuğunuz ve Okul</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>390</v>
+        <v>421</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052250440</t>
+          <t>9786059692922</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Saplantılı Düşüncelerden Kurtulmak</t>
+          <t>Dönüşüm Depresyon</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>390</v>
+        <v>283</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059692793</t>
+          <t>9786059692441</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hatalar Psikolojisi</t>
+          <t>Hayatın Kayıp Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>445</v>
+        <v>280</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052250280</t>
+          <t>9786059692137</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Güvencesizlikteki Bilgelik</t>
+          <t>Eksi Sıfır</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>202</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059692854</t>
+          <t>9786059692151</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dört Kişilik Eğilimi</t>
+          <t>Uyumsuz Bir Zihnin Not Defteri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>233</v>
+        <v>179</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059692540</t>
+          <t>9786052250563</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Girişimci Devrimi</t>
+          <t>Cehaleti Anlamak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>202</v>
+        <v>624</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059692403</t>
+          <t>9786059692502</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>Besinlerle Beyin Gücünü Artır</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>455</v>
+        <v>464</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059692649</t>
+          <t>9786059692243</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Başarının ABC’si</t>
+          <t>Mübadele Aşkları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>202</v>
+        <v>390</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059692564</t>
+          <t>9786052250440</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Etkili Bir Konuşmanın Püf Noktaları</t>
+          <t>Saplantılı Düşüncelerden Kurtulmak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>233</v>
+        <v>468</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059692212</t>
+          <t>9786059692793</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Başla</t>
+          <t>Hatalar Psikolojisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>233</v>
+        <v>445</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059692618</t>
+          <t>9786052250280</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ateş Çemberi</t>
+          <t>Güvencesizlikteki Bilgelik</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>207</v>
+        <v>202</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059692182</t>
+          <t>9786059692854</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk Nerdesin?</t>
+          <t>Dört Kişilik Eğilimi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>179</v>
+        <v>233</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059692694</t>
+          <t>9786059692540</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm DEHB</t>
+          <t>Girişimci Devrimi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>390</v>
+        <v>202</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059692687</t>
+          <t>9786059692403</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Brain 2 Brain</t>
+          <t>Sınır</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>520</v>
+        <v>546</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059692267</t>
+          <t>9786059692649</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düşünmenin Küçük Kitabı</t>
+          <t>Başarının ABC’si</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>202</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257406550</t>
+          <t>9786059692564</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zengin Olma Bilimi</t>
+          <t>Etkili Bir Konuşmanın Püf Noktaları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>90</v>
+        <v>233</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257406420</t>
+          <t>9786059692212</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü - Kısaltılmış Klasikler Serisi</t>
+          <t>Güçlü Başla</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>104</v>
+        <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257797016</t>
+          <t>9786059692618</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Öfke</t>
+          <t>Ateş Çemberi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>390</v>
+        <v>207</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257797627</t>
+          <t>9786059692182</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Etki ve İkna Stratejileri</t>
+          <t>Ey Aşk Nerdesin?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>207</v>
+        <v>215</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257797702</t>
+          <t>9786059692694</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kim Olduğumuzu Anlamamızı Engelleyen Tabular</t>
+          <t>Dönüşüm DEHB</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>325</v>
+        <v>390</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257797641</t>
+          <t>9786059692687</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Öfke Günlüğü</t>
+          <t>Brain 2 Brain</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257797429</t>
+          <t>9786059692267</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Takım Koçluğu El Kitabı</t>
+          <t>Büyük Düşünmenin Küçük Kitabı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>233</v>
+        <v>420</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257797368</t>
+          <t>9786257406550</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kavga Etme Sanatı</t>
+          <t>Zengin Olma Bilimi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>233</v>
+        <v>108</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057628145</t>
+          <t>9786257406420</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sorun Sende Değil Hormonlarında</t>
+          <t>Düşüncenin Gücü - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>104</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057628015</t>
+          <t>9786257797016</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Switch Değiştir</t>
+          <t>Öfke</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>351</v>
+        <v>390</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057628695</t>
+          <t>9786257797627</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Huzur</t>
+          <t>Etki ve İkna Stratejileri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>233</v>
+        <v>207</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057628466</t>
+          <t>9786257797702</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Koçlukta Gestalt Yaklaşımı</t>
+          <t>Kim Olduğumuzu Anlamamızı Engelleyen Tabular</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052250174</t>
+          <t>9786257797641</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Pazarlama Uzmanından Sırlar</t>
+          <t>Öfke Günlüğü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057628527</t>
+          <t>9786257797429</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kırkından Sonra</t>
+          <t>Takım Koçluğu El Kitabı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>283</v>
+        <v>233</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057628480</t>
+          <t>9786257797368</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cinayeti Çözmek</t>
+          <t>Kavga Etme Sanatı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>335</v>
+        <v>280</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057628244</t>
+          <t>9786057628145</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Aile ile Başlar</t>
+          <t>Sorun Sende Değil Hormonlarında</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>179</v>
+        <v>420</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256811454</t>
+          <t>9786057628015</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şema Terapisinde Bilinçli Uygulama</t>
+          <t>Switch Değiştir</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057628497</t>
+          <t>9786057628695</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy’un Bisikleti</t>
+          <t>Gerçek Huzur</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>291</v>
+        <v>233</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059692199</t>
+          <t>9786057628466</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Zihin Oyunları</t>
+          <t>Koçlukta Gestalt Yaklaşımı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>202</v>
+        <v>540</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057628213</t>
+          <t>9786052250174</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çalış Demesi Kolay</t>
+          <t>Yeni Nesil Pazarlama Uzmanından Sırlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256811430</t>
+          <t>9786057628527</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Psikodinamik Psikoterapide Bilinçli Uygulama</t>
+          <t>Kırkından Sonra</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>494</v>
+        <v>283</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256811447</t>
+          <t>9786057628480</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Motivasyonel Görüşmede Bilinçli Uygulama</t>
+          <t>Cinayeti Çözmek</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>403</v>
+        <v>335</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256811423</t>
+          <t>9786057628244</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranış Terapisinde Bilinçli Uygulama</t>
+          <t>Her Şey Aile ile Başlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>442</v>
+        <v>215</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256811409</t>
+          <t>9786256811454</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Rasyonel Duygusal Davranış Terapisinde Bilinçli Uygulama</t>
+          <t>Şema Terapisinde Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>507</v>
+        <v>546</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256811393</t>
+          <t>9786057628497</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Diyalektik Davranış Terapisinde Bilinçli Uygulama</t>
+          <t>Tolstoy’un Bisikleti</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>403</v>
+        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256811416</t>
+          <t>9786059692199</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Koçluğun Ötesine</t>
+          <t>İş Hayatında Zihin Oyunları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>377</v>
+        <v>242</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256811294</t>
+          <t>9786057628213</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Özgür Yaşamak</t>
+          <t>Çalış Demesi Kolay</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>317</v>
+        <v>330</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256811379</t>
+          <t>9786256811430</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ergenlerin Duygusal Yaşamı</t>
+          <t>Psikodinamik Psikoterapide Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>351</v>
+        <v>593</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256811386</t>
+          <t>9786256811447</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İçten Dışa Satış</t>
+          <t>Motivasyonel Görüşmede Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>351</v>
+        <v>484</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256811355</t>
+          <t>9786256811423</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Fark Yaratan Olmak</t>
+          <t>Bilişsel Davranış Terapisinde Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>407</v>
+        <v>530</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059692663</t>
+          <t>9786256811409</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Olgunlaşmamış Ebeveynlerin Yetişkin Çocukları</t>
+          <t>Rasyonel Duygusal Davranış Terapisinde Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>495</v>
+        <v>608</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256811270</t>
+          <t>9786256811393</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sarkaç ve Sembollerle Şifa</t>
+          <t>Diyalektik Davranış Terapisinde Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>169</v>
+        <v>484</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256811331</t>
+          <t>9786256811416</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başlanır?</t>
+          <t>Koçluğun Ötesine</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>209</v>
+        <v>452</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256811348</t>
+          <t>9786256811294</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sanat Bilmenin Bir Yoludur</t>
+          <t>Özgür Yaşamak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>495</v>
+        <v>380</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257406901</t>
+          <t>9786256811379</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Paraya Sahip Olmanın Yolları</t>
+          <t>Ergenlerin Duygusal Yaşamı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>126</v>
+        <v>421</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052250204</t>
+          <t>9786256811386</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Ergenlik</t>
+          <t>İçten Dışa Satış</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>326</v>
+        <v>421</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257797405</t>
+          <t>9786256811355</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Alışkanlıklar Günlüğü</t>
+          <t>Fark Yaratan Olmak</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>375</v>
+        <v>488</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256811300</t>
+          <t>9786059692663</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Vizyonu</t>
+          <t>Olgunlaşmamış Ebeveynlerin Yetişkin Çocukları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>244</v>
+        <v>594</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256811249</t>
+          <t>9786256811270</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Sizin</t>
+          <t>Sarkaç ve Sembollerle Şifa</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>210</v>
+        <v>203</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256811256</t>
+          <t>9786256811331</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Somutlaştırma Pratiği</t>
+          <t>Nasıl Başlanır?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>550</v>
+        <v>326</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256974630</t>
+          <t>9786256811348</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Eğitim</t>
+          <t>Sanat Bilmenin Bir Yoludur</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>166</v>
+        <v>594</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256811218</t>
+          <t>9786257406901</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Stresin İçsel Oyunları</t>
+          <t>Paraya Sahip Olmanın Yolları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>350</v>
+        <v>151</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256811201</t>
+          <t>9786052250204</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kendinizin Dostu Olun</t>
+          <t>Pozitif Ergenlik</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>99</v>
+        <v>391</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256811232</t>
+          <t>9786257797405</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Konuşalım</t>
+          <t>İyileştiren Alışkanlıklar Günlüğü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256811195</t>
+          <t>9786256811300</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Düşünün ki…</t>
+          <t>Gelecek Vizyonu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>194</v>
+        <v>380</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256811171</t>
+          <t>9786256811249</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kanınızın Akışı Hayat Kalitenizi Değiştirir</t>
+          <t>Gelecek Sizin</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>254</v>
+        <v>328</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256811188</t>
+          <t>9786256811256</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gizli Hazine</t>
+          <t>Duyguları Somutlaştırma Pratiği</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>303</v>
+        <v>660</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256811140</t>
+          <t>9786256974630</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Dönüşüm</t>
+          <t>Duygusal Eğitim</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>410</v>
+        <v>199</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256811133</t>
+          <t>9786256811218</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Uyumayan Nesil</t>
+          <t>Stresin İçsel Oyunları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>303</v>
+        <v>420</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256811126</t>
+          <t>9786256811201</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kazanmanın Yeni Psikolojisi</t>
+          <t>Kendinizin Dostu Olun</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>230</v>
+        <v>155</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256811119</t>
+          <t>9786256811232</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İmkansızlık Sanatı</t>
+          <t>Yeniden Konuşalım</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256974999</t>
+          <t>9786256811195</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Orman Havası</t>
+          <t>Düşünün ki…</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>303</v>
+        <v>233</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256811089</t>
+          <t>9786256811171</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Kanınızın Akışı Hayat Kalitenizi Değiştirir</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>225</v>
+        <v>305</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256811072</t>
+          <t>9786256811188</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Organizasyonlar</t>
+          <t>Gizli Hazine</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>303</v>
+        <v>364</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256811041</t>
+          <t>9786256811140</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete El Kitabım</t>
+          <t>Hızlı Dönüşüm</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>279</v>
+        <v>492</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256811058</t>
+          <t>9786256811133</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Şirketleri</t>
+          <t>Uyumayan Nesil</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>303</v>
+        <v>364</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256811065</t>
+          <t>9786256811126</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kalmalı Mıyım Yoksa Gitmeli Mi?</t>
+          <t>Kazanmanın Yeni Psikolojisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>303</v>
+        <v>276</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256974944</t>
+          <t>9786256811119</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Beyninizi Değiştirebilir</t>
+          <t>İmkansızlık Sanatı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>254</v>
+        <v>364</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256811027</t>
+          <t>9786256974999</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kaygıyla Yaşama Kılavuzu</t>
+          <t>Orman Havası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>191</v>
+        <v>364</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256811034</t>
+          <t>9786256811089</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızlar için Kaygı ile Baş Etme Rehberi</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>191</v>
+        <v>270</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256974937</t>
+          <t>9786256811072</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ben Kalan Ebeveynim</t>
+          <t>İyileştiren Organizasyonlar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>179</v>
+        <v>364</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256974678</t>
+          <t>9786256811041</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık Kürü</t>
+          <t>Anksiyete El Kitabım</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>191</v>
+        <v>335</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256974692</t>
+          <t>9786256811058</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Kilidini Açın</t>
+          <t>Sevgi Şirketleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>186</v>
+        <v>364</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256974722</t>
+          <t>9786256811065</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Duyusal Düzenlemede Yardımcı Olmak</t>
+          <t>Kalmalı Mıyım Yoksa Gitmeli Mi?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>254</v>
+        <v>364</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256974845</t>
+          <t>9786256974944</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Senin</t>
+          <t>Kelimeler Beyninizi Değiştirebilir</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>185</v>
+        <v>305</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256974807</t>
+          <t>9786256811027</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Utangaçlığın Ötesinde</t>
+          <t>Kaygıyla Yaşama Kılavuzu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>403</v>
+        <v>229</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256974906</t>
+          <t>9786256811034</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler için Duyu Bütünleme Stratejileri</t>
+          <t>Genç Kızlar için Kaygı ile Baş Etme Rehberi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>322</v>
+        <v>229</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256974876</t>
+          <t>9786256974937</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Utancı Anlamak için Basit Rehber</t>
+          <t>Ben Kalan Ebeveynim</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>127</v>
+        <v>215</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256974869</t>
+          <t>9786256974678</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı Erkek Çocuklar için Basit Rehber</t>
+          <t>Yaratıcılık Kürü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>113</v>
+        <v>229</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256974739</t>
+          <t>9786256974692</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Zeki Takımlar Yaratmak</t>
+          <t>Kariyer Kilidini Açın</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>257</v>
+        <v>223</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256974647</t>
+          <t>9786256974722</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Öz Şefkat Alışkanlığı</t>
+          <t>Çocuğunuza Duyusal Düzenlemede Yardımcı Olmak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>307</v>
+        <v>305</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256974715</t>
+          <t>9786256974845</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tavsiye Tuzağı</t>
+          <t>Yolculuk Senin</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>257</v>
+        <v>289</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256974661</t>
+          <t>9786256974807</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlerinden Alamadıklarını Kendine Ver</t>
+          <t>Utangaçlığın Ötesinde</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>267</v>
+        <v>484</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258064230</t>
+          <t>9786256974906</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Neden Bir Eğlence Okulunu Tercih Etmelisiniz?</t>
+          <t>Ebeveynler için Duyu Bütünleme Stratejileri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>233</v>
+        <v>386</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258064155</t>
+          <t>9786256974876</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Sermaye</t>
+          <t>Çocuklarda Utancı Anlamak için Basit Rehber</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>257</v>
+        <v>152</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256974623</t>
+          <t>9786256974869</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeliyetçiliğe Meydan Okumak</t>
+          <t>Duyarlı Erkek Çocuklar için Basit Rehber</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>281</v>
+        <v>136</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256974616</t>
+          <t>9786256974739</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bizim Gücümüz</t>
+          <t>Zeki Takımlar Yaratmak</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>304</v>
+        <v>308</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256974449</t>
+          <t>9786256974647</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Güvenle Bedenlenme</t>
+          <t>Öz Şefkat Alışkanlığı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>393</v>
+        <v>368</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256974609</t>
+          <t>9786256974715</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Duyguların El Kitabı</t>
+          <t>Tavsiye Tuzağı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>257</v>
+        <v>308</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256974432</t>
+          <t>9786256974661</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Değişim Üçgeni</t>
+          <t>Ebeveynlerinden Alamadıklarını Kendine Ver</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>351</v>
+        <v>320</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256974364</t>
+          <t>9786258064230</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Umut Işığı</t>
+          <t>Neden Bir Eğlence Okulunu Tercih Etmelisiniz?</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>257</v>
+        <v>280</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256974319</t>
+          <t>9786258064155</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Derinliklerinde</t>
+          <t>Profesyonel Sermaye</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>328</v>
+        <v>308</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258064216</t>
+          <t>9786256974623</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeliyetçinin Kontrolü Kaybetme Rehberi</t>
+          <t>Mükemmeliyetçiliğe Meydan Okumak</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>507</v>
+        <v>337</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256974333</t>
+          <t>9786256974616</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Sevmek için 90 Saniye</t>
+          <t>Bizim Gücümüz</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>351</v>
+        <v>365</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256974326</t>
+          <t>9786256974449</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler ve Duygular</t>
+          <t>Güvenle Bedenlenme</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256974234</t>
+          <t>9786256974609</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Olumsuz Çocukluk Deneyimleri Çalışma Kitabı</t>
+          <t>Yoğun Duyguların El Kitabı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>470</v>
+        <v>308</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256974296</t>
+          <t>9786256974432</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Amacın Gücü</t>
+          <t>Değişim Üçgeni</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>257</v>
+        <v>421</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256974289</t>
+          <t>9786256974364</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Akılların Buluşması</t>
+          <t>Küçük Bir Umut Işığı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>257</v>
+        <v>308</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256974258</t>
+          <t>9786256974319</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Depresyon için Farkındalık Meditasyonları</t>
+          <t>Zihnin Derinliklerinde</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>257</v>
+        <v>394</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256974272</t>
+          <t>9786258064216</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dur, Düşün, Harekete Geç</t>
+          <t>Mükemmeliyetçinin Kontrolü Kaybetme Rehberi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>313</v>
+        <v>608</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256974265</t>
+          <t>9786256974333</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Girişimcinin 24 Varlığı</t>
+          <t>Hayatı Sevmek için 90 Saniye</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>257</v>
+        <v>421</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256974241</t>
+          <t>9786256974326</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Aradığı Kişi</t>
+          <t>Düşünceler ve Duygular</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>257</v>
+        <v>564</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256974203</t>
+          <t>9786256974234</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Girişimci Çocuklar Nasıl Yetiştirilir?</t>
+          <t>Olumsuz Çocukluk Deneyimleri Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>257</v>
+        <v>564</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256974180</t>
+          <t>9786256974296</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Okulda Beş Sevgi Dili</t>
+          <t>Amacın Gücü</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>450</v>
+        <v>308</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256974173</t>
+          <t>9786256974289</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kendin Olma Kılavuzu</t>
+          <t>Akılların Buluşması</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>351</v>
+        <v>308</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256974166</t>
+          <t>9786256974258</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kas ve Zihin Egzersizleri - Oyunlarla Öğrenme ve Gelişme</t>
+          <t>Depresyon için Farkındalık Meditasyonları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>211</v>
+        <v>308</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256974159</t>
+          <t>9786256974272</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Güç</t>
+          <t>Dur, Düşün, Harekete Geç</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>211</v>
+        <v>376</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256974142</t>
+          <t>9786256974265</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Taoizm ve Zen Budizmi’nde Doğa ve İnsan</t>
+          <t>Başarılı Girişimcinin 24 Varlığı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>187</v>
+        <v>308</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256974135</t>
+          <t>9786256974241</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ruh Dediğin</t>
+          <t>Herkesin Aradığı Kişi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>211</v>
+        <v>308</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256974104</t>
+          <t>9786256974203</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Şiddet Projesi</t>
+          <t>Girişimci Çocuklar Nasıl Yetiştirilir?</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>234</v>
+        <v>308</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256974128</t>
+          <t>9786256974180</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yüce Kimlik - Doğu Metafiziği ve Hristiyan Dini Üzerine Bir Deneme</t>
+          <t>Okulda Beş Sevgi Dili</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>211</v>
+        <v>540</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256974067</t>
+          <t>9786256974173</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Teorisi Çalışma Kitabı</t>
+          <t>Kendin Olma Kılavuzu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>470</v>
+        <v>421</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256974043</t>
+          <t>9786256974166</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu</t>
+          <t>Kas ve Zihin Egzersizleri - Oyunlarla Öğrenme ve Gelişme</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>155</v>
+        <v>253</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256974050</t>
+          <t>9786256974159</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>TSSB Çalışma Kitabı</t>
+          <t>Güç</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>470</v>
+        <v>253</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258064995</t>
+          <t>9786256974142</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Ebeveyn Olduğunuzu Nasıl Anlarsınız?</t>
+          <t>Taoizm ve Zen Budizmi’nde Doğa ve İnsan</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>420</v>
+        <v>224</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256974005</t>
+          <t>9786256974135</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Olmak Şans Meselesi Değildir</t>
+          <t>Ruh Dediğin</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>217</v>
+        <v>253</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258064964</t>
+          <t>9786256974104</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İyimserlik Öğrenilebilir</t>
+          <t>Şiddet Projesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>155</v>
+        <v>281</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258064971</t>
+          <t>9786256974128</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Davranış Travmanın Dilidir</t>
+          <t>Yüce Kimlik - Doğu Metafiziği ve Hristiyan Dini Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>257</v>
+        <v>253</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258064940</t>
+          <t>9786256974067</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Farklı Düşün</t>
+          <t>Bağlanma Teorisi Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>693</v>
+        <v>564</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258064889</t>
+          <t>9786256974043</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Yaratıcılık</t>
+          <t>İşte Bu</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>470</v>
+        <v>186</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258064957</t>
+          <t>9786256974050</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Öğrenme ve Gelişimi Desteklemek için Hikayelerin Kullanımı</t>
+          <t>TSSB Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>283</v>
+        <v>564</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258064773</t>
+          <t>9786258064995</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Durduğunda</t>
+          <t>İyi Bir Ebeveyn Olduğunuzu Nasıl Anlarsınız?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>432</v>
+        <v>504</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258064926</t>
+          <t>9786256974005</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Olmak Neden Zor?</t>
+          <t>Şanslı Olmak Şans Meselesi Değildir</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>179</v>
+        <v>260</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258064896</t>
+          <t>9786258064964</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyniz!</t>
+          <t>İyimserlik Öğrenilebilir</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>386</v>
+        <v>186</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258064872</t>
+          <t>9786258064971</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Zeka Nedir? Nasıl Yönetilir?</t>
+          <t>Davranış Travmanın Dilidir</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>129</v>
+        <v>308</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258064865</t>
+          <t>9786258064940</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sakin Ol</t>
+          <t>Farklı Düşün</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>233</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258064858</t>
+          <t>9786258064889</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Oğlun Tembel Değil</t>
+          <t>Sınırsız Yaratıcılık</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>305</v>
+        <v>564</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258064797</t>
+          <t>9786258064957</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>Erken Çocukluk Döneminde Öğrenme ve Gelişimi Desteklemek için Hikayelerin Kullanımı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>308</v>
+        <v>340</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258064759</t>
+          <t>9786258064773</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Seninle Başlamadı Günlüğü</t>
+          <t>Yaşam Durduğunda</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>598</v>
+        <v>518</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258064742</t>
+          <t>9786258064926</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Yetiştirmek</t>
+          <t>Sağlıklı Olmak Neden Zor?</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>283</v>
+        <v>215</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258064506</t>
+          <t>9786258064896</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kendine Değer Verebilmek</t>
+          <t>Ebeveyniz!</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>181</v>
+        <v>463</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258064728</t>
+          <t>9786258064872</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Özgür Ruh Günlüğü</t>
+          <t>Zeka Nedir? Nasıl Yönetilir?</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>283</v>
+        <v>155</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258064711</t>
+          <t>9786258064865</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Günlük Farkındalık Adımları</t>
+          <t>Sakin Ol</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>308</v>
+        <v>280</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258064674</t>
+          <t>9786258064858</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İçten Dışa</t>
+          <t>Oğlun Tembel Değil</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>308</v>
+        <v>476</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258064698</t>
+          <t>9786258064797</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İçgörü</t>
+          <t>Öze Dönüş</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>386</v>
+        <v>370</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258064704</t>
+          <t>9786258064759</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Çalmak</t>
+          <t>Seninle Başlamadı Günlüğü</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>308</v>
+        <v>718</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258064469</t>
+          <t>9786258064742</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Baba Figürü</t>
+          <t>Hırsız Yetiştirmek</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>233</v>
+        <v>340</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258064520</t>
+          <t>9786258064506</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İlişkim Bitmeli Mi Bitmemeli Mi?</t>
+          <t>Kendine Değer Verebilmek</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>138</v>
+        <v>217</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258064537</t>
+          <t>9786258064728</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen Sevmek</t>
+          <t>Özgür Ruh Günlüğü</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>179</v>
+        <v>340</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258064544</t>
+          <t>9786258064711</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bu Çocuk Oldu</t>
+          <t>Günlük Farkındalık Adımları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>470</v>
+        <v>370</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258064476</t>
+          <t>9786258064674</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sevebilmek - Yalnızlıktan Bağlanmaya</t>
+          <t>İçten Dışa</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>207</v>
+        <v>370</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258064315</t>
+          <t>9786258064698</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Doktorunuzla Büyümek</t>
+          <t>İçgörü</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>270</v>
+        <v>463</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258064292</t>
+          <t>9786258064704</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Özünü Keşfet</t>
+          <t>Ateşi Çalmak</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>233</v>
+        <v>370</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258064278</t>
+          <t>9786258064469</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Tenisin İçsel Oyunları</t>
+          <t>Baba Figürü</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258064247</t>
+          <t>9786258064520</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Asıl Mesele İlişkiler</t>
+          <t>İlişkim Bitmeli Mi Bitmemeli Mi?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257406765</t>
+          <t>9786258064537</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Başarının Gizli Kapısı</t>
+          <t>Her Şeye Rağmen Sevmek</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>146</v>
+        <v>215</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258064339</t>
+          <t>9786258064544</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İdrak</t>
+          <t>Bu Çocuk Oldu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>283</v>
+        <v>564</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258064612</t>
+          <t>9786258064476</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Okul Travmalarından Uzakta</t>
+          <t>Sevebilmek - Yalnızlıktan Bağlanmaya</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>233</v>
+        <v>248</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258064636</t>
+          <t>9786258064315</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ölümüne Zayıflık</t>
+          <t>Çocuk Doktorunuzla Büyümek</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>129</v>
+        <v>324</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258064605</t>
+          <t>9786258064292</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Olgunlaşmamış Ebeveynlerin Yetişin Çocukları için Öz-Bakım</t>
+          <t>Özünü Keşfet</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258064254</t>
+          <t>9786258064278</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hastalığın İyileştirici Gücü</t>
+          <t>Tenisin İçsel Oyunları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>432</v>
+        <v>594</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257406659</t>
+          <t>9786258064247</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklar</t>
+          <t>Asıl Mesele İlişkiler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>267</v>
+        <v>280</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258064070</t>
+          <t>9786257406765</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Etkisi</t>
+          <t>Başarının Gizli Kapısı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>233</v>
+        <v>175</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258064148</t>
+          <t>9786258064339</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ruh Yaralarını İyileştirmek</t>
+          <t>İdrak</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>233</v>
+        <v>340</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258064131</t>
+          <t>9786258064612</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmak için Boşanmalı mıyım?</t>
+          <t>Okul Travmalarından Uzakta</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>129</v>
+        <v>280</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257406987</t>
+          <t>9786258064636</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sınav Tuzağından Kurtulmak</t>
+          <t>Ölümüne Zayıflık</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>233</v>
+        <v>155</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258064094</t>
+          <t>9786258064605</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İç Aile Sistemleri Terapi Rehberi</t>
+          <t>Olgunlaşmamış Ebeveynlerin Yetişin Çocukları için Öz-Bakım</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>233</v>
+        <v>594</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258064063</t>
+          <t>9786258064254</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kendine İnanma Yolculuğu</t>
+          <t>Hastalığın İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>233</v>
+        <v>518</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257406970</t>
+          <t>9786257406659</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Farkındalık</t>
+          <t>Özel Gereksinimli Çocuklar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>233</v>
+        <v>320</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257406994</t>
+          <t>9786258064070</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Odaklanma Özgürlüğü</t>
+          <t>Tavşan Etkisi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257406888</t>
+          <t>9786258064148</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>'Ben’e Yolculuk</t>
+          <t>Ruh Yaralarını İyileştirmek</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257406871</t>
+          <t>9786258064131</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İnancın Büyüsü</t>
+          <t>Mutlu Olmak için Boşanmalı mıyım?</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>146</v>
+        <v>155</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257406895</t>
+          <t>9786257406987</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Usta Zihin</t>
+          <t>Sınav Tuzağından Kurtulmak</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>104</v>
+        <v>280</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257406864</t>
+          <t>9786258064094</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Atomu Parçalayan Gücü</t>
+          <t>İç Aile Sistemleri Terapi Rehberi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>104</v>
+        <v>280</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257406925</t>
+          <t>9786258064063</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kaygı ve Endişe</t>
+          <t>Kendine İnanma Yolculuğu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257406963</t>
+          <t>9786257406970</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İşleri Yoluna Koyma Bilimi</t>
+          <t>Duygusal Farkındalık</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>283</v>
+        <v>280</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257406833</t>
+          <t>9786257406994</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Zenginliğe Giden Yol</t>
+          <t>Odaklanma Özgürlüğü</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257406918</t>
+          <t>9786257406888</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kybalion</t>
+          <t>'Ben’e Yolculuk</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>104</v>
+        <v>280</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257406826</t>
+          <t>9786257406871</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>İnancın Büyüsü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>104</v>
+        <v>175</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257406802</t>
+          <t>9786257406895</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Zenginliğin Anahtarı</t>
+          <t>Usta Zihin</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257406819</t>
+          <t>9786257406864</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Zihninizdeki Milyon Dolarlık Sır</t>
+          <t>Zihnin Atomu Parçalayan Gücü</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>146</v>
+        <v>125</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257406796</t>
+          <t>9786257406925</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Walden</t>
+          <t>Kaygı ve Endişe</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>104</v>
+        <v>280</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257406772</t>
+          <t>9786257406963</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Gücü</t>
+          <t>İşleri Yoluna Koyma Bilimi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>146</v>
+        <v>340</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257406741</t>
+          <t>9786257406833</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Zenginliğe Giden Yol</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>104</v>
+        <v>108</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257406758</t>
+          <t>9786257406918</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Akıntıya Karşı</t>
+          <t>Kybalion</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>308</v>
+        <v>125</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257406697</t>
+          <t>9786257406826</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İnanmanın Büyüsü</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257406734</t>
+          <t>9786257406802</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Şansı Yakalamanın Yolları</t>
+          <t>Zenginliğin Anahtarı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>104</v>
+        <v>108</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257406727</t>
+          <t>9786257406819</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Güç Ve Zenginlik</t>
+          <t>Zihninizdeki Milyon Dolarlık Sır</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>104</v>
+        <v>175</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257406635</t>
+          <t>9786257406796</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İnancınız Servetinizdir</t>
+          <t>Walden</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257406680</t>
+          <t>9786257406772</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Obsesif Kompulsif Bozukluk Günlüğü</t>
+          <t>Bilinçaltının Gücü</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>420</v>
+        <v>146</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257406628</t>
+          <t>9786257406741</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Çağların Sırrı</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257406642</t>
+          <t>9786257406758</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İlişki Bağımlılığı ve Narsist Tuzağı</t>
+          <t>Akıntıya Karşı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>550</v>
+        <v>370</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257406567</t>
+          <t>9786257406697</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Özgüven</t>
+          <t>İnanmanın Büyüsü</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257406581</t>
+          <t>9786257406734</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Beyinde Sevgi ve Sevgisizlik</t>
+          <t>Şansı Yakalamanın Yolları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>233</v>
+        <v>125</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257406598</t>
+          <t>9786257406727</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Arınma</t>
+          <t>Güç Ve Zenginlik</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>233</v>
+        <v>125</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257406543</t>
+          <t>9786257406635</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kendine Dön</t>
+          <t>İnancınız Servetinizdir</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>179</v>
+        <v>108</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257406505</t>
+          <t>9786257406680</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Sağlık ve İyi Oluş</t>
+          <t>Obsesif Kompulsif Bozukluk Günlüğü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>233</v>
+        <v>504</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257406512</t>
+          <t>9786257406628</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Zengin Ol</t>
+          <t>Çağların Sırrı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>146</v>
+        <v>125</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257406482</t>
+          <t>9786257406642</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Pusula</t>
+          <t>İlişki Bağımlılığı ve Narsist Tuzağı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>207</v>
+        <v>660</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257406116</t>
+          <t>9786257406567</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bağ Kurma Sanatı</t>
+          <t>Özgüven</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>233</v>
+        <v>151</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257406444</t>
+          <t>9786257406581</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kamuflaj Yakalı CEO</t>
+          <t>Beyinde Sevgi ve Sevgisizlik</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257406437</t>
+          <t>9786257406598</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Elmas Topraklar - Kısaltılmış Klasikler Serisi</t>
+          <t>Duygusal Arınma</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>104</v>
+        <v>280</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257406345</t>
+          <t>9786257406543</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Olma Bilimi - Kısaltılmış Klasikler Serisi</t>
+          <t>Kendine Dön</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>104</v>
+        <v>215</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257406307</t>
+          <t>9786257406505</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Üstün Potansiyelli Çocuklar</t>
+          <t>Erken Çocuklukta Sağlık ve İyi Oluş</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>385</v>
+        <v>280</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257406321</t>
+          <t>9786257406512</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İçinizdeki Çocuğu İyileştirin</t>
+          <t>Düşün ve Zengin Ol</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>233</v>
+        <v>146</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257406291</t>
+          <t>9786257406482</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Adsız Alkolikler - Kısaltılmış Klasikler Serisi</t>
+          <t>Duygusal Pusula</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>104</v>
+        <v>248</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257406277</t>
+          <t>9786257406116</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İyi Anne ve Korkutucu Düşünceler</t>
+          <t>Bağ Kurma Sanatı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>283</v>
+        <v>280</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257406246</t>
+          <t>9786257406444</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ön Yargınız Son Yargınız Olmasın!</t>
+          <t>Kamuflaj Yakalı CEO</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>179</v>
+        <v>280</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257406239</t>
+          <t>9786257406437</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Garcia'ya Mektup - Kısaltılmış Klasikler Serisi</t>
+          <t>Elmas Topraklar - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>109</v>
+        <v>125</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257406109</t>
+          <t>9786257406345</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Diyalog</t>
+          <t>Mükemmel Olma Bilimi - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>233</v>
+        <v>125</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257406215</t>
+          <t>9786257406307</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ermiş - Kısaltılmış Klasikler Serisi</t>
+          <t>Üstün Potansiyelli Çocuklar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>109</v>
+        <v>462</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257406192</t>
+          <t>9786257406321</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Başarının Sihirli Merdiveni - Kısaltılmış Klasikler Serisi</t>
+          <t>İçinizdeki Çocuğu İyileştirin</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>146</v>
+        <v>280</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257406208</t>
+          <t>9786257406291</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Eko İK</t>
+          <t>Adsız Alkolikler - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>207</v>
+        <v>125</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257406185</t>
+          <t>9786257406277</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Doğası</t>
+          <t>İyi Anne ve Korkutucu Düşünceler</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>308</v>
+        <v>340</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257406123</t>
+          <t>9786257406246</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yaralarını Aktaran Ebeveynler</t>
+          <t>Ön Yargınız Son Yargınız Olmasın!</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257406147</t>
+          <t>9786257406239</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Şans Ustası</t>
+          <t>Garcia'ya Mektup - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>104</v>
+        <v>131</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257406130</t>
+          <t>9786257406109</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Poiesis</t>
+          <t>Diyalog</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257406093</t>
+          <t>9786257406215</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ben Kitap Yazmak İstiyorum</t>
+          <t>Ermiş - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>233</v>
+        <v>131</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257406055</t>
+          <t>9786257406192</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Ebeveyn</t>
+          <t>Başarının Sihirli Merdiveni - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>207</v>
+        <v>175</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257406048</t>
+          <t>9786257406208</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Başarı İlkeleri - Kısaltılmış Klasikler Serisi</t>
+          <t>Eko İK</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>104</v>
+        <v>248</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257406031</t>
+          <t>9786257406185</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Babil'in En Zengin Adamı</t>
+          <t>Bilincin Doğası</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>146</v>
+        <v>370</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257406017</t>
+          <t>9786257406123</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Oyun Ailesi</t>
+          <t>Yaralarını Aktaran Ebeveynler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>257</v>
+        <v>280</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257797948</t>
+          <t>9786257406147</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İçe Dönük ve Hassas İnsanların Gücünü Keşfetmek</t>
+          <t>Şans Ustası</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>207</v>
+        <v>125</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257797900</t>
+          <t>9786257406130</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Nonjudgmental (Ciltli)</t>
+          <t>Poiesis</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>386</v>
+        <v>280</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257797917</t>
+          <t>9786257406093</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Olgunlaşma Günlüğü</t>
+          <t>Ben Kitap Yazmak İstiyorum</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257797689</t>
+          <t>9786257406055</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Suçlama Yok Şikayet Yok Mazeret Yok!</t>
+          <t>Tanrı Ebeveyn</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>233</v>
+        <v>248</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257797696</t>
+          <t>9786257406048</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Başarabilir</t>
+          <t>Başarı İlkeleri - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>335</v>
+        <v>125</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257797894</t>
+          <t>9786257406031</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Travma Sevgi Korku</t>
+          <t>Babil'in En Zengin Adamı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>397</v>
+        <v>175</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257797733</t>
+          <t>9786257406017</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Nasıl Geri Alabilirim?</t>
+          <t>Oyun Ailesi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>257</v>
+        <v>308</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257797832</t>
+          <t>9786257797948</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Yön Vermek</t>
+          <t>İçe Dönük ve Hassas İnsanların Gücünü Keşfetmek</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>233</v>
+        <v>248</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257797788</t>
+          <t>9786257797900</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Yaratıcılık</t>
+          <t>Nonjudgmental (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>233</v>
+        <v>463</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257797771</t>
+          <t>9786257797917</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağın Pazarlaması</t>
+          <t>Duygusal Olgunlaşma Günlüğü</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>179</v>
+        <v>280</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052250570</t>
+          <t>9786257797689</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dönüştüren Eğitim</t>
+          <t>Suçlama Yok Şikayet Yok Mazeret Yok!</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059692274</t>
+          <t>9786257797696</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Peter Drucker'ın En Önemli Beş Sorusu</t>
+          <t>Her Çocuk Başarabilir</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>207</v>
+        <v>402</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057628022</t>
+          <t>9786257797894</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Finlandiya Eğitim Devrimi</t>
+          <t>Travma Sevgi Korku</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>408</v>
+        <v>476</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059692755</t>
+          <t>9786257797733</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İnovasyonun 4 Merceği</t>
+          <t>Çocuğumu Nasıl Geri Alabilirim?</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>650</v>
+        <v>308</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052250761</t>
+          <t>9786257797832</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Fark Yaratan Sanatsal Dokunuşlar</t>
+          <t>Ateşe Yön Vermek</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257797764</t>
+          <t>9786257797788</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Seninle Başlamadı - İmzalı ve Ciltli Özel Baskı</t>
+          <t>Bir Ömür Yaratıcılık</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>593</v>
+        <v>280</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257797740</t>
+          <t>9786257797771</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Olgunlaşmamış Ebeveynlerin Açtığı Yaraları İyileştirmek</t>
+          <t>Yeni Çağın Pazarlaması</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>495</v>
+        <v>215</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257797719</t>
+          <t>9786052250570</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yok Korku Yok</t>
+          <t>Dönüştüren Eğitim</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257797610</t>
+          <t>9786059692274</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Tanıklarla Akran Zorbalığı</t>
+          <t>Peter Drucker'ın En Önemli Beş Sorusu</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>233</v>
+        <v>248</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057628985</t>
+          <t>9786057628022</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hazır Ol ya da Olma: Hayatın İçindesin</t>
+          <t>Finlandiya Eğitim Devrimi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>283</v>
+        <v>490</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257797658</t>
+          <t>9786059692755</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Önemi Var mı?</t>
+          <t>İnovasyonun 4 Merceği</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>207</v>
+        <v>780</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257797474</t>
+          <t>9786052250761</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Evrenbilim</t>
+          <t>Eğitimde Fark Yaratan Sanatsal Dokunuşlar</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>207</v>
+        <v>280</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257797481</t>
+          <t>9786257797764</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Shen Tıbbı</t>
+          <t>Seninle Başlamadı - İmzalı ve Ciltli Özel Baskı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>233</v>
+        <v>712</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257797450</t>
+          <t>9786257797740</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Nasıl Yıkanır</t>
+          <t>Olgunlaşmamış Ebeveynlerin Açtığı Yaraları İyileştirmek</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>233</v>
+        <v>594</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257797467</t>
+          <t>9786257797719</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Anneler İçin Nefes Alma Rehberi</t>
+          <t>Ölüm Yok Korku Yok</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>233</v>
+        <v>348</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257797443</t>
+          <t>9786257797610</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Büyümenin Şifresini Çözmek</t>
+          <t>Gerçek Tanıklarla Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>308</v>
+        <v>280</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257797399</t>
+          <t>9786057628985</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Görsel MBA</t>
+          <t>Hazır Ol ya da Olma: Hayatın İçindesin</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>308</v>
+        <v>340</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257797412</t>
+          <t>9786257797658</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bakım Rehberi</t>
+          <t>Önemi Var mı?</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>233</v>
+        <v>248</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257797375</t>
+          <t>9786257797474</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Ruhlar İçin Araçlar</t>
+          <t>Keyifli Evrenbilim</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>179</v>
+        <v>248</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257797351</t>
+          <t>9786257797481</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Anneler Asla Pes Etmez!</t>
+          <t>Shen Tıbbı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257797313</t>
+          <t>9786257797450</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Çevik İnsanlar</t>
+          <t>Tavuk Nasıl Yıkanır</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257797290</t>
+          <t>9786257797467</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Artırılmış Deneyim Çağı</t>
+          <t>Anneler İçin Nefes Alma Rehberi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257797283</t>
+          <t>9786257797443</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Uyanışın Zekası SQ</t>
+          <t>Büyümenin Şifresini Çözmek</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>246</v>
+        <v>370</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057628978</t>
+          <t>9786257797399</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Safsatası</t>
+          <t>Görsel MBA</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>308</v>
+        <v>370</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257797221</t>
+          <t>9786257797412</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Disgrafi: Beyin-Beden Kopukluğu</t>
+          <t>Bebek Bakım Rehberi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257797214</t>
+          <t>9786257797375</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ama Annen Seni Seviyor</t>
+          <t>Yardımsever Ruhlar İçin Araçlar</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257797160</t>
+          <t>9786257797351</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Seni Duyuyorum</t>
+          <t>Anneler Asla Pes Etmez!</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>207</v>
+        <v>280</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257797191</t>
+          <t>9786257797313</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kendimlik Zamanları</t>
+          <t>Çevik İnsanlar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>179</v>
+        <v>280</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257797177</t>
+          <t>9786257797290</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Portal</t>
+          <t>Artırılmış Deneyim Çağı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257797153</t>
+          <t>9786257797283</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir İletişim</t>
+          <t>Ruhsal Uyanışın Zekası SQ</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>233</v>
+        <v>295</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257797108</t>
+          <t>9786057628978</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Boşluğu</t>
+          <t>Tembellik Safsatası</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>179</v>
+        <v>370</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257797122</t>
+          <t>9786257797221</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Annenin Yolu</t>
+          <t>Disgrafi: Beyin-Beden Kopukluğu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>179</v>
+        <v>280</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257797115</t>
+          <t>9786257797214</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ergenlerle Boğuşmayı Bırakın</t>
+          <t>Ama Annen Seni Seviyor</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>207</v>
+        <v>280</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257797054</t>
+          <t>9786257797160</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Beyin Daima Kazanır</t>
+          <t>Seni Duyuyorum</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>257</v>
+        <v>248</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257797061</t>
+          <t>9786257797191</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük Öğrenci</t>
+          <t>Kendimlik Zamanları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057628954</t>
+          <t>9786257797177</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Giden Yol</t>
+          <t>Portal</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257797078</t>
+          <t>9786257797153</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>HiperKadın</t>
+          <t>Başka Bir İletişim</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>207</v>
+        <v>280</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257797009</t>
+          <t>9786257797108</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İçten Liderlik</t>
+          <t>Ebeveyn Boşluğu</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>283</v>
+        <v>215</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057628947</t>
+          <t>9786257797122</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Annelik, Evlilik ve Modern Kadın Bilmecesi</t>
+          <t>Savaşçı Annenin Yolu</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057628923</t>
+          <t>9786257797115</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Alışkanlıklar</t>
+          <t>Ergenlerle Boğuşmayı Bırakın</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>283</v>
+        <v>248</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057628916</t>
+          <t>9786257797054</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>FinTek İnovasyonu</t>
+          <t>Beyin Daima Kazanır</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>233</v>
+        <v>308</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057628879</t>
+          <t>9786257797061</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Baskı Altında</t>
+          <t>Dört Dörtlük Öğrenci</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057628886</t>
+          <t>9786057628954</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Keşkesiz</t>
+          <t>Mutluluğa Giden Yol</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057628893</t>
+          <t>9786257797078</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>E-Özgürlük</t>
+          <t>HiperKadın</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>233</v>
+        <v>248</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057628862</t>
+          <t>9786257797009</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerimizin Tutsağıyız</t>
+          <t>İçten Liderlik</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>233</v>
+        <v>340</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057628855</t>
+          <t>9786057628947</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Buda’nın Ofisi</t>
+          <t>Annelik, Evlilik ve Modern Kadın Bilmecesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057628848</t>
+          <t>9786057628923</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Neden Dahiler?</t>
+          <t>İyileştiren Alışkanlıklar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>233</v>
+        <v>340</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057628831</t>
+          <t>9786057628916</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Değerlendirme Merkezi ve Mülakatlarda %100 Başarı</t>
+          <t>FinTek İnovasyonu</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057628824</t>
+          <t>9786057628879</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ruhunu Giydir</t>
+          <t>Baskı Altında</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>179</v>
+        <v>280</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057628800</t>
+          <t>9786057628886</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Airbnb Hikayesi</t>
+          <t>Keşkesiz</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057628794</t>
+          <t>9786057628893</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Canıma Tak Etti!</t>
+          <t>E-Özgürlük</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057628817</t>
+          <t>9786057628862</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yarasanın Günlüğü</t>
+          <t>Düşüncelerimizin Tutsağıyız</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>179</v>
+        <v>280</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057628770</t>
+          <t>9786057628855</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Çatışma Yönetim Sistemi</t>
+          <t>Buda’nın Ofisi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>179</v>
+        <v>280</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057628756</t>
+          <t>9786057628848</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek</t>
+          <t>Dahiler Neden Dahiler?</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057628732</t>
+          <t>9786057628831</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Olaysız Dağıldık</t>
+          <t>Değerlendirme Merkezi ve Mülakatlarda %100 Başarı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>155</v>
+        <v>375</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057628763</t>
+          <t>9786057628824</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Dijital Zeka</t>
+          <t>Ruhunu Giydir</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057628701</t>
+          <t>9786057628800</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Psikolojisi</t>
+          <t>Airbnb Hikayesi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057628749</t>
+          <t>9786057628794</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ve Maymun İlyada’yı Yazdı</t>
+          <t>Canıma Tak Etti!</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057628718</t>
+          <t>9786057628817</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Daha Mutlu Bir Ebeveyn Olmak</t>
+          <t>Yarasanın Günlüğü</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>257</v>
+        <v>215</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057628725</t>
+          <t>9786057628770</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çocukluk</t>
+          <t>Çatışma Yönetim Sistemi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>283</v>
+        <v>215</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057628688</t>
+          <t>9786057628756</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yapay (Geri) Zeka</t>
+          <t>Kara Köpek</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057628565</t>
+          <t>9786057628732</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Zihin Simyası</t>
+          <t>Olaysız Dağıldık</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>179</v>
+        <v>186</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057628626</t>
+          <t>9786057628763</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Tırtıldan Kelebeğe</t>
+          <t>Dijital Zeka</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>257</v>
+        <v>280</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057628596</t>
+          <t>9786057628701</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>EQ Uygulamalı Duygusal Zeka</t>
+          <t>Ölüm Psikolojisi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057628541</t>
+          <t>9786057628749</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlikte Altın Saatler</t>
+          <t>Ve Maymun İlyada’yı Yazdı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057628589</t>
+          <t>9786057628718</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Suç Psikolojisi</t>
+          <t>Daha Mutlu Bir Ebeveyn Olmak</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>420</v>
+        <v>308</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057628633</t>
+          <t>9786057628725</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kontrol Sende</t>
+          <t>Yeni Çocukluk</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>179</v>
+        <v>340</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057628640</t>
+          <t>9786057628688</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler İçin Farkındalık</t>
+          <t>Yapay (Geri) Zeka</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>257</v>
+        <v>280</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057628572</t>
+          <t>9786057628565</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Hayatındaki En Önemli İki Gün</t>
+          <t>Zihin Simyası</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057628657</t>
+          <t>9786057628626</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Şerbet</t>
+          <t>Tırtıldan Kelebeğe</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>233</v>
+        <v>308</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057628619</t>
+          <t>9786057628596</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Tekamül Yolu</t>
+          <t>EQ Uygulamalı Duygusal Zeka</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>207</v>
+        <v>280</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057628473</t>
+          <t>9786057628541</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kadın Beyninin Gizemini Çözmek</t>
+          <t>Ebeveynlikte Altın Saatler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>246</v>
+        <v>280</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057628510</t>
+          <t>9786057628589</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Güvenilir</t>
+          <t>Suç Psikolojisi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>233</v>
+        <v>504</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057628503</t>
+          <t>9786057628633</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kalıtsal Aile Travmaları</t>
+          <t>Kontrol Sende</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>326</v>
+        <v>215</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057628442</t>
+          <t>9786057628640</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Konusunda Neden Düşündüğümüzden Daha Kötüyüz</t>
+          <t>Ebeveynler İçin Farkındalık</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>179</v>
+        <v>308</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057628428</t>
+          <t>9786057628572</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kharmakarışık</t>
+          <t>Hayatındaki En Önemli İki Gün</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>202</v>
+        <v>280</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057628411</t>
+          <t>9786057628657</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Salai</t>
+          <t>Şerbet</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057628350</t>
+          <t>9786057628619</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sparsholt - Sakıncalı Yakınlık</t>
+          <t>Tekamül Yolu</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>335</v>
+        <v>248</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057628329</t>
+          <t>9786057628473</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Daha Fazla Soru Sor</t>
+          <t>Kadın Beyninin Gizemini Çözmek</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>283</v>
+        <v>295</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057628404</t>
+          <t>9786057628510</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Şifacı</t>
+          <t>Güvenilir</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057628398</t>
+          <t>9786057628503</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Duyu'lmak İstiyorum</t>
+          <t>Kalıtsal Aile Travmaları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>495</v>
+        <v>391</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057628336</t>
+          <t>9786057628442</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sadeliğin Huzuru</t>
+          <t>Düşünme Konusunda Neden Düşündüğümüzden Daha Kötüyüz</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>202</v>
+        <v>215</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057628381</t>
+          <t>9786057628428</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ukde</t>
+          <t>Kharmakarışık</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>495</v>
+        <v>242</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057628367</t>
+          <t>9786057628411</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Youpreneur</t>
+          <t>Salai</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>233</v>
+        <v>186</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057628343</t>
+          <t>9786057628350</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Orgazmdaki Kurtuluş</t>
+          <t>Sparsholt - Sakıncalı Yakınlık</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>233</v>
+        <v>402</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057628305</t>
+          <t>9786057628329</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Çini - Sır Altındaki Aşk</t>
+          <t>Daha Fazla Soru Sor</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057628299</t>
+          <t>9786057628404</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Gücü</t>
+          <t>Şifacı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057628282</t>
+          <t>9786057628398</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kendini İfade Et</t>
+          <t>Duyu'lmak İstiyorum</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>233</v>
+        <v>594</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057628268</t>
+          <t>9786057628336</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Piglet’in Te’si</t>
+          <t>Sadeliğin Huzuru</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>207</v>
+        <v>202</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057628275</t>
+          <t>9786057628381</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Birini mi Özlüyorsun</t>
+          <t>Ukde</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>179</v>
+        <v>594</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057628251</t>
+          <t>9786057628367</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Anlatacaklarım Var</t>
+          <t>Youpreneur</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057628237</t>
+          <t>9786057628343</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Elindeki Kitabı Yavaşça Yere Bırak</t>
+          <t>Orgazmdaki Kurtuluş</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057628220</t>
+          <t>9786057628305</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızına Doğru</t>
+          <t>Çini - Sır Altındaki Aşk</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>179</v>
+        <v>444</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057628206</t>
+          <t>9786057628299</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hayalindeki İş</t>
+          <t>Liderliğin Gücü</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>283</v>
+        <v>280</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057628152</t>
+          <t>9786057628282</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İçimden Kuşlar Havalandı</t>
+          <t>Kendini İfade Et</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>207</v>
+        <v>280</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057628176</t>
+          <t>9786057628268</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Çözümler - Çocuklukta İhmalin İzi</t>
+          <t>Piglet’in Te’si</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>495</v>
+        <v>248</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057628183</t>
+          <t>9786057628275</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Birini mi Özlüyorsun</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>257</v>
+        <v>215</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057628039</t>
+          <t>9786057628251</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Anneler Kızları ve Esrar</t>
+          <t>Anlatacaklarım Var</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>202</v>
+        <v>280</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052250792</t>
+          <t>9786057628237</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kız</t>
+          <t>Şimdi Elindeki Kitabı Yavaşça Yere Bırak</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057628060</t>
+          <t>9786057628220</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Pembe ve Mavinin Ötesinde Ebeveynlik</t>
+          <t>Kutup Yıldızına Doğru</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057628046</t>
+          <t>9786057628206</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Islanmadan Nasıl Yüzeriz</t>
+          <t>Hayalindeki İş</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>233</v>
+        <v>340</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052250945</t>
+          <t>9786057628152</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon mu Dediniz?</t>
+          <t>İçimden Kuşlar Havalandı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>179</v>
+        <v>248</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057628008</t>
+          <t>9786057628176</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Liderlerin Kitaplığı</t>
+          <t>Çözümler - Çocuklukta İhmalin İzi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>257</v>
+        <v>594</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052250990</t>
+          <t>9786057628183</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Kitaplığı</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>233</v>
+        <v>308</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052250846</t>
+          <t>9786057628039</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İs Kokusu</t>
+          <t>Anneler Kızları ve Esrar</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>233</v>
+        <v>242</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052250860</t>
+          <t>9786052250792</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Çiftleşmeden Bütünleşmeye</t>
+          <t>Yeni Kız</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>257</v>
+        <v>280</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052250778</t>
+          <t>9786057628060</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Babamdan Hayaller</t>
+          <t>Pembe ve Mavinin Ötesinde Ebeveynlik</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>308</v>
+        <v>280</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052250839</t>
+          <t>9786057628046</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağrı'dır Yaşamak</t>
+          <t>Islanmadan Nasıl Yüzeriz</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>179</v>
+        <v>280</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052250822</t>
+          <t>9786052250945</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Uyum Anahtarı</t>
+          <t>İnovasyon mu Dediniz?</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052250785</t>
+          <t>9786057628008</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Dönüşüm</t>
+          <t>Liderlerin Kitaplığı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>283</v>
+        <v>308</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052250754</t>
+          <t>9786052250990</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kazara Ölümsüzlük</t>
+          <t>Ebeveyn Kitaplığı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052250716</t>
+          <t>9786052250846</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Fikir Tutar!</t>
+          <t>İs Kokusu</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>308</v>
+        <v>280</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052250693</t>
+          <t>9786052250860</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyanın Nimetleri</t>
+          <t>Çiftleşmeden Bütünleşmeye</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>129</v>
+        <v>308</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052250662</t>
+          <t>9786052250778</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Pooh’nun Tao’su</t>
+          <t>Babamdan Hayaller</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>363</v>
+        <v>370</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052250686</t>
+          <t>9786052250839</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Boşluk Hissi - Çocuklukta İhmalin İzi</t>
+          <t>Bir Ağrı'dır Yaşamak</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>495</v>
+        <v>215</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052250587</t>
+          <t>9786052250822</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Startup Hukuku</t>
+          <t>Uyum Anahtarı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052250617</t>
+          <t>9786052250785</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Plato’dan Freud’a: Terapi Divanının Gizli Tarihi</t>
+          <t>Kültürel Dönüşüm</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>335</v>
+        <v>283</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052250518</t>
+          <t>9786052250754</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bir Trump Yetiştirmek</t>
+          <t>Kazara Ölümsüzlük</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>224</v>
+        <v>186</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052250594</t>
+          <t>9786052250716</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Usta Koç</t>
+          <t>İşte Bu Fikir Tutar!</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>498</v>
+        <v>370</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052250532</t>
+          <t>9786052250693</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Grup Koçluğu: Başarmak İsteyenlerin Yolculuğuna Eşlik Etmek</t>
+          <t>Başka Dünyanın Nimetleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>283</v>
+        <v>155</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052250402</t>
+          <t>9786052250662</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Berbat Olmak Üzerine Bir Teori</t>
+          <t>Pooh’nun Tao’su</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>233</v>
+        <v>436</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052250433</t>
+          <t>9786052250686</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Ötesi</t>
+          <t>Boşluk Hissi - Çocuklukta İhmalin İzi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>155</v>
+        <v>594</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052250419</t>
+          <t>9786052250587</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sevmeye Kendinden Başla</t>
+          <t>Startup Hukuku</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052250242</t>
+          <t>9786052250617</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Plato’dan Freud’a: Terapi Divanının Gizli Tarihi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>308</v>
+        <v>402</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052250372</t>
+          <t>9786052250518</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kaybetmiyoruz!</t>
+          <t>Bir Trump Yetiştirmek</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>233</v>
+        <v>269</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052250389</t>
+          <t>9786052250594</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Dehası</t>
+          <t>Usta Koç</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>267</v>
+        <v>598</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052250129</t>
+          <t>9786052250532</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Belalı Üvey Kardeşim Alaaddin Masalını Nasıl Mahvetti?</t>
+          <t>Grup Koçluğu: Başarmak İsteyenlerin Yolculuğuna Eşlik Etmek</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>129</v>
+        <v>340</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052250143</t>
+          <t>9786052250402</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Belalı Üvey Kardeşim Pamuk Prenses Masalını Nasıl Mahvetti?</t>
+          <t>Berbat Olmak Üzerine Bir Teori</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>129</v>
+        <v>280</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052250358</t>
+          <t>9786052250433</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Koala Monti and The Trees</t>
+          <t>Bir Adım Ötesi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>112</v>
+        <v>155</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052250297</t>
+          <t>9786052250419</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Büyürken</t>
+          <t>Sevmeye Kendinden Başla</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>233</v>
+        <v>420</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052250211</t>
+          <t>9786052250242</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Babamın Kokusu</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>233</v>
+        <v>370</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052250327</t>
+          <t>9786052250372</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Psikoloğu’na Sorulan 100 Soru 100 Cevap</t>
+          <t>Hiç Kaybetmiyoruz!</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>326</v>
+        <v>280</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052250310</t>
+          <t>9786052250389</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ayarsız Kadınlar Cemiyeti</t>
+          <t>Hikaye Dehası</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>129</v>
+        <v>320</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052250303</t>
+          <t>9786052250129</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Günde Beş Kuruşa Sultan'ın İstanbul'u (Ciltli)</t>
+          <t>Belalı Üvey Kardeşim Alaaddin Masalını Nasıl Mahvetti?</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>386</v>
+        <v>155</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052250266</t>
+          <t>9786052250143</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Spor Koçluğu</t>
+          <t>Belalı Üvey Kardeşim Pamuk Prenses Masalını Nasıl Mahvetti?</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>233</v>
+        <v>155</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052250235</t>
+          <t>9786052250358</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Koala Monti and The Trees</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>179</v>
+        <v>134</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052250228</t>
+          <t>9786052250297</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Feminist</t>
+          <t>Bebeğim Büyürken</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052250259</t>
+          <t>9786052250211</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Otobanda Kaybolanlar</t>
+          <t>Babamın Kokusu</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052250181</t>
+          <t>9786052250327</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Elli Yüzü</t>
+          <t>Okul Öncesi Psikoloğu’na Sorulan 100 Soru 100 Cevap</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>233</v>
+        <v>391</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052250167</t>
+          <t>9786052250310</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Açık - Yeni Dünyada Yaşam ve Eğitim Modeli</t>
+          <t>Ayarsız Kadınlar Cemiyeti</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>233</v>
+        <v>155</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052250099</t>
+          <t>9786052250303</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Mükemmelliğin Kapılarını Açmak</t>
+          <t>Günde Beş Kuruşa Sultan'ın İstanbul'u (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>233</v>
+        <v>463</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052250082</t>
+          <t>9786052250266</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Hislerine Güven</t>
+          <t>Spor Koçluğu</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052250075</t>
+          <t>9786052250235</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Öz</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>408</v>
+        <v>215</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052250051</t>
+          <t>9786052250228</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Dikkate Değer Olmak</t>
+          <t>Feminist</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052250068</t>
+          <t>9786052250259</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Çatışma Yönetimi</t>
+          <t>Otobanda Kaybolanlar</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>445</v>
+        <v>280</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052250037</t>
+          <t>9786052250181</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İnsan Odaklı Tasarım</t>
+          <t>Öğrenmenin Elli Yüzü</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052250044</t>
+          <t>9786052250167</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Seri Katillerin Zihninden Suç Gölgeleri</t>
+          <t>Açık - Yeni Dünyada Yaşam ve Eğitim Modeli</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>308</v>
+        <v>280</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052250020</t>
+          <t>9786052250099</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kişiye Özgü Liderlik</t>
+          <t>Mükemmelliğin Kapılarını Açmak</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>326</v>
+        <v>280</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059692977</t>
+          <t>9786052250082</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Çekim</t>
+          <t>Hislerine Güven</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>308</v>
+        <v>280</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059692984</t>
+          <t>9786052250075</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Cesurca Sevmek</t>
+          <t>Öz</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>283</v>
+        <v>490</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052250013</t>
+          <t>9786052250051</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Zorluklarla Başa Çıkmak</t>
+          <t>Dikkate Değer Olmak</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059692991</t>
+          <t>9786052250068</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kontrolcü Eşleri Olan Kadınlar</t>
+          <t>Çatışma Yönetimi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>257</v>
+        <v>534</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052250006</t>
+          <t>9786052250037</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sen Bitti Dediğinde</t>
+          <t>İnsan Odaklı Tasarım</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059692960</t>
+          <t>9786052250044</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sapere Aude</t>
+          <t>Seri Katillerin Zihninden Suç Gölgeleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>233</v>
+        <v>370</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059692953</t>
+          <t>9786052250020</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Marka Olmak İstiyorum</t>
+          <t>Kişiye Özgü Liderlik</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>335</v>
+        <v>391</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059692908</t>
+          <t>9786059692977</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ezberbozanlar</t>
+          <t>Aramızdaki Çekim</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>386</v>
+        <v>370</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059692885</t>
+          <t>9786059692984</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kızınız Acımasız Olabilir</t>
+          <t>Cesurca Sevmek</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>257</v>
+        <v>340</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059692878</t>
+          <t>9786052250013</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kızlar</t>
+          <t>Zorluklarla Başa Çıkmak</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>335</v>
+        <v>280</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059692939</t>
+          <t>9786059692991</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Öfke</t>
+          <t>Kontrolcü Eşleri Olan Kadınlar</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>233</v>
+        <v>308</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059692809</t>
+          <t>9786052250006</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Büyük Liderler Nasıl Düşünür?</t>
+          <t>Sen Bitti Dediğinde</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>257</v>
+        <v>594</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059692847</t>
+          <t>9786059692960</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bağlılık</t>
+          <t>Sapere Aude</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>202</v>
+        <v>280</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059692830</t>
+          <t>9786059692953</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Aşk İnzal Olundu</t>
+          <t>Marka Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>257</v>
+        <v>402</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059692861</t>
+          <t>9786059692908</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çağ 2-Lilith’in Dönüşü</t>
+          <t>Ezberbozanlar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>233</v>
+        <v>463</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059692823</t>
+          <t>9786059692885</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Lüks-Gen</t>
+          <t>Kızınız Acımasız Olabilir</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>334</v>
+        <v>308</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059692779</t>
+          <t>9786059692878</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Parantez Aşklar</t>
+          <t>Güçlü Kızlar</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>179</v>
+        <v>402</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059692816</t>
+          <t>9786059692939</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Usta Terapist Olmak Üzerine</t>
+          <t>Dönüşüm Öfke</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059692762</t>
+          <t>9786059692809</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Sanatı</t>
+          <t>Büyük Liderler Nasıl Düşünür?</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>233</v>
+        <v>308</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059692724</t>
+          <t>9786059692847</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitapta Yaşamak</t>
+          <t>Bağlılık</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>155</v>
+        <v>242</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059692786</t>
+          <t>9786059692830</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Aziz</t>
+          <t>Aşk İnzal Olundu</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>179</v>
+        <v>308</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059692748</t>
+          <t>9786059692861</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>İlham Veren Konuşmalar</t>
+          <t>Kayıp Çağ 2-Lilith’in Dönüşü</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059692731</t>
+          <t>9786059692823</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Vlog: Youtube Fenomeni Olmak</t>
+          <t>Lüks-Gen</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>233</v>
+        <v>401</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059692700</t>
+          <t>9786059692779</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Egodan Benliğe</t>
+          <t>Parantez Aşklar</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059692717</t>
+          <t>9786059692816</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk</t>
+          <t>Usta Terapist Olmak Üzerine</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>273</v>
+        <v>588</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059692670</t>
+          <t>9786059692762</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hoş Bulduk İstanbul</t>
+          <t>Yaşam Sanatı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>202</v>
+        <v>280</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059692625</t>
+          <t>9786059692724</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Bimarhane</t>
+          <t>Bir Kitapta Yaşamak</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>233</v>
+        <v>186</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059692656</t>
+          <t>9786059692786</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Genetik Şifrenizi Kırın</t>
+          <t>Aziz</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>283</v>
+        <v>215</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059692632</t>
+          <t>9786059692748</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ahbap ve Zen Ustası</t>
+          <t>İlham Veren Konuşmalar</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>202</v>
+        <v>280</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059692601</t>
+          <t>9786059692731</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Neden T?</t>
+          <t>Vlog: Youtube Fenomeni Olmak</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059692571</t>
+          <t>9786059692700</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Benzersiz</t>
+          <t>Egodan Benliğe</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>202</v>
+        <v>280</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059692595</t>
+          <t>9786059692717</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Öğrenciler</t>
+          <t>Filozof Çocuk</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059692588</t>
+          <t>9786059692670</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sakın Vazgeçme</t>
+          <t>Hoş Bulduk İstanbul</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>233</v>
+        <v>202</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059692557</t>
+          <t>9786059692625</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Hayalinize Dahil Etmenin Sırları</t>
+          <t>Bimarhane</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059692519</t>
+          <t>9786059692656</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölünün Düşleri</t>
+          <t>Genetik Şifrenizi Kırın</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>179</v>
+        <v>340</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059692489</t>
+          <t>9786059692632</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Saz Eserlerim ve Şarkılarım 2</t>
+          <t>Ahbap ve Zen Ustası</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>233</v>
+        <v>242</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059692496</t>
+          <t>9786059692601</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Çıplak CEO</t>
+          <t>Neden T?</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059692465</t>
+          <t>9786059692571</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kafe</t>
+          <t>Benzersiz</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>308</v>
+        <v>242</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059692458</t>
+          <t>9786059692595</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kitabımın Kenarı</t>
+          <t>Yaratıcı Öğrenciler</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>233</v>
+        <v>391</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059692410</t>
+          <t>9786059692588</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Karar Ver</t>
+          <t>Sakın Vazgeçme</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059692427</t>
+          <t>9786059692557</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Maskulist</t>
+          <t>İnsanları Hayalinize Dahil Etmenin Sırları</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059692397</t>
+          <t>9786059692519</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Sever Hikayesi Olan Şeyleri</t>
+          <t>Bir Ölünün Düşleri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>179</v>
+        <v>215</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059692373</t>
+          <t>9786059692489</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çağ</t>
+          <t>Saz Eserlerim ve Şarkılarım 2</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>202</v>
+        <v>233</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059692366</t>
+          <t>9786059692496</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kaytansızlar</t>
+          <t>Çıplak CEO</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059692335</t>
+          <t>9786059692465</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Her Yatırımcının Yaptığı Beş Hata ve Kaçınma Yolları</t>
+          <t>Hayal Kafe</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>233</v>
+        <v>370</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059692359</t>
+          <t>9786059692458</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Ya Unutursak</t>
+          <t>Kitabımın Kenarı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059692229</t>
+          <t>9786059692410</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Köz</t>
+          <t>Karar Ver</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059692342</t>
+          <t>9786059692427</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Roman Kahramanı</t>
+          <t>Maskulist</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059692304</t>
+          <t>9786059692397</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Tottenham Çocukları</t>
+          <t>Kadınlar Sever Hikayesi Olan Şeyleri</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059692311</t>
+          <t>9786059692373</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Başarı İçin Hızlı Hafıza Teknikleri Eğitimi</t>
+          <t>Kayıp Çağ</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>233</v>
+        <v>242</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059692328</t>
+          <t>9786059692366</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Star Wars’a Göre Dünya</t>
+          <t>Kaytansızlar</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>233</v>
+        <v>186</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059692281</t>
+          <t>9786059692335</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Genlerin G'si</t>
+          <t>Her Yatırımcının Yaptığı Beş Hata ve Kaçınma Yolları</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>202</v>
+        <v>280</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059692298</t>
+          <t>9786059692359</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Matematiğim Pekiyi Ama Kendimi Toplayamıyorum</t>
+          <t>Ya Unutursak</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>179</v>
+        <v>280</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059692472</t>
+          <t>9786059692229</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Seninle Başlamadı</t>
+          <t>Köz</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786059692205</t>
+          <t>9786059692342</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kendini İşten Fethet</t>
+          <t>Roman Kahramanı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059692168</t>
+          <t>9786059692304</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Düzdünya</t>
+          <t>Tottenham Çocukları</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>129</v>
+        <v>280</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059692120</t>
+          <t>9786059692311</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>İllüzyon</t>
+          <t>Başarı İçin Hızlı Hafıza Teknikleri Eğitimi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786059692144</t>
+          <t>9786059692328</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Sen Yapabilirsin</t>
+          <t>Star Wars’a Göre Dünya</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059692090</t>
+          <t>9786059692281</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Akıldan Bilgeliğe</t>
+          <t>Genlerin G'si</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>233</v>
+        <v>242</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786059692106</t>
+          <t>9786059692298</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Rüya Yazarı</t>
+          <t>Matematiğim Pekiyi Ama Kendimi Toplayamıyorum</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>179</v>
+        <v>215</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786059692083</t>
+          <t>9786059692472</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Aslında Aşk</t>
+          <t>Seninle Başlamadı</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>257</v>
+        <v>594</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786059692021</t>
+          <t>9786059692205</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Günah Kadına Yaraşır</t>
+          <t>Kendini İşten Fethet</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>257</v>
+        <v>280</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059692076</t>
+          <t>9786059692168</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Çıkmazı</t>
+          <t>Düzdünya</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>134</v>
+        <v>155</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059692052</t>
+          <t>9786059692120</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sesi Kağıda Düşerse</t>
+          <t>İllüzyon</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059692045</t>
+          <t>9786059692144</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>İntiharsızlık</t>
+          <t>Sen Yapabilirsin</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059692007</t>
+          <t>9786059692090</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ahuna (Öteki)</t>
+          <t>Akıldan Bilgeliğe</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>233</v>
+        <v>280</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059692014</t>
+          <t>9786059692106</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Acıyan Yerini Bul</t>
+          <t>Rüya Yazarı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>233</v>
+        <v>215</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
+          <t>9786059692083</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Aslında Aşk</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786059692021</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Günah Kadına Yaraşır</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786059692076</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786059692052</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Sesi Kağıda Düşerse</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786059692045</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>İntiharsızlık</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786059692007</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Ahuna (Öteki)</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786059692014</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Acıyan Yerini Bul</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
           <t>9786059692038</t>
         </is>
       </c>
-      <c r="B471" s="1" t="inlineStr">
+      <c r="B478" s="1" t="inlineStr">
         <is>
           <t>Us'ta Yol</t>
         </is>
       </c>
-      <c r="C471" s="1">
-        <v>233</v>
+      <c r="C478" s="1">
+        <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>