--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,7195 +85,7255 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256811225</t>
+          <t>9786258064322</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Utançla Yüzleşmek</t>
+          <t>Basitleştirilmiş DSM-5</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>155</v>
+        <v>406</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256974098</t>
+          <t>9786257406710</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir İlişki İçin Anlaşmanın Sırları</t>
+          <t>Farkındalığın Gücü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>182</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257406703</t>
+          <t>9786059692892</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Koçluk Hakkında Her Şey</t>
+          <t>Erkekler için Kadın Rehberi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>490</v>
+        <v>509</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059692915</t>
+          <t>9786052250396</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Özgür Ruh</t>
+          <t>Seks ve Öfke</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>490</v>
+        <v>252</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057628459</t>
+          <t>9786256811225</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Buda’nın Öğretileri</t>
+          <t>Utançla Yüzleşmek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>490</v>
+        <v>161</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257797726</t>
+          <t>9786256974098</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Koçluk Alışkanlığı</t>
+          <t>İyi Bir İlişki İçin Anlaşmanın Sırları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>490</v>
+        <v>145</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257406369</t>
+          <t>9786257406703</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ruhu İyileştiren Mucizeler</t>
+          <t>Koçluk Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>438</v>
+        <v>509</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256974920</t>
+          <t>9786059692915</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şamanik Güç Hayvanları</t>
+          <t>Özgür Ruh</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>425</v>
+        <v>509</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258064902</t>
+          <t>9786057628459</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Yap!</t>
+          <t>Buda’nın Öğretileri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>348</v>
+        <v>509</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258064834</t>
+          <t>9786257797726</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Liderlik ve Bir Dakika Yöneticisi</t>
+          <t>Koçluk Alışkanlığı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>324</v>
+        <v>509</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057628558</t>
+          <t>9786257406369</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatan Hayvan</t>
+          <t>Ruhu İyileştiren Mucizeler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>420</v>
+        <v>455</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059692526</t>
+          <t>9786256974920</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Paraşütün Ne Renk?</t>
+          <t>Şamanik Güç Hayvanları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>540</v>
+        <v>441</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057628787</t>
+          <t>9786258064902</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>NoktaCom Sırları - Şirketinizi Büyütmek İçin Yeraltı Oyunları</t>
+          <t>Şimdi Yap!</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>420</v>
+        <v>361</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057628534</t>
+          <t>9786258064834</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Startup</t>
+          <t>Kişisel Liderlik ve Bir Dakika Yöneticisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>540</v>
+        <v>337</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256811508</t>
+          <t>9786057628558</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ergen Dağa Küsmüş</t>
+          <t>Hikaye Anlatan Hayvan</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>234</v>
+        <v>436</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059692946</t>
+          <t>9786059692526</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kazanmak İçin Doğarız</t>
+          <t>Paraşütün Ne Renk?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>594</v>
+        <v>561</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257406611</t>
+          <t>9786057628787</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Travmaya Duyarlı Okullar</t>
+          <t>NoktaCom Sırları - Şirketinizi Büyütmek İçin Yeraltı Oyunları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>280</v>
+        <v>436</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4440000002211</t>
+          <t>9786057628534</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Alışkanlıklar Kitap + Günlük (2 Kitap Set)</t>
+          <t>Startup</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>397</v>
+        <v>561</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256811485</t>
+          <t>9786256811508</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Duygu Odaklı Terapide Bilinçli Uygulama</t>
+          <t>Ergen Dağa Küsmüş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>456</v>
+        <v>243</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256811492</t>
+          <t>9786059692946</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Öz-Yönetim: Nasıl Uygulanır?</t>
+          <t>Kazanmak İçin Doğarız</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>348</v>
+        <v>617</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256811478</t>
+          <t>9786257406611</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergen Psikoterapisinde Bilinçli Uygulama</t>
+          <t>Travmaya Duyarlı Okullar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>456</v>
+        <v>291</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256811461</t>
+          <t>4440000002211</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sistemik Aile Terapisinde Bilinçli Uygulama</t>
+          <t>İyileştiren Alışkanlıklar Kitap + Günlük (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>456</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256974197</t>
+          <t>9786256811485</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Zen Yolu</t>
+          <t>Duygu Odaklı Terapide Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>211</v>
+        <v>474</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258064209</t>
+          <t>9786256811492</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Büyükannemin Elleri</t>
+          <t>Öz-Yönetim: Nasıl Uygulanır?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>702</v>
+        <v>361</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257406666</t>
+          <t>9786256811478</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hitabet Gücü</t>
+          <t>Çocuk ve Ergen Psikoterapisinde Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>146</v>
+        <v>474</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257406673</t>
+          <t>9786256811461</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyununu Nasıl Oynarsınız?</t>
+          <t>Sistemik Aile Terapisinde Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>104</v>
+        <v>474</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257406857</t>
+          <t>9786256974197</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Konsantrasyonun Gücü</t>
+          <t>Zen Yolu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>125</v>
+        <v>263</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052250105</t>
+          <t>9786258064209</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Siz, Çocuğunuz ve Okul</t>
+          <t>Büyükannemin Elleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>421</v>
+        <v>729</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059692922</t>
+          <t>9786257406666</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Depresyon</t>
+          <t>Hitabet Gücü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>283</v>
+        <v>182</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059692441</t>
+          <t>9786257406673</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kayıp Kullanım Kılavuzu</t>
+          <t>Hayat Oyununu Nasıl Oynarsınız?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059692137</t>
+          <t>9786257406857</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Eksi Sıfır</t>
+          <t>Konsantrasyonun Gücü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>179</v>
+        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059692151</t>
+          <t>9786052250105</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz Bir Zihnin Not Defteri</t>
+          <t>Siz, Çocuğunuz ve Okul</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>179</v>
+        <v>525</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052250563</t>
+          <t>9786059692922</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cehaleti Anlamak</t>
+          <t>Dönüşüm Depresyon</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>624</v>
+        <v>353</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059692502</t>
+          <t>9786059692441</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Besinlerle Beyin Gücünü Artır</t>
+          <t>Hayatın Kayıp Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>464</v>
+        <v>291</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059692243</t>
+          <t>9786059692137</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mübadele Aşkları</t>
+          <t>Eksi Sıfır</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>390</v>
+        <v>223</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052250440</t>
+          <t>9786059692151</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Saplantılı Düşüncelerden Kurtulmak</t>
+          <t>Uyumsuz Bir Zihnin Not Defteri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>468</v>
+        <v>223</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059692793</t>
+          <t>9786052250563</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hatalar Psikolojisi</t>
+          <t>Cehaleti Anlamak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>445</v>
+        <v>648</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052250280</t>
+          <t>9786059692502</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Güvencesizlikteki Bilgelik</t>
+          <t>Besinlerle Beyin Gücünü Artır</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>202</v>
+        <v>578</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059692854</t>
+          <t>9786059692243</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dört Kişilik Eğilimi</t>
+          <t>Mübadele Aşkları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>233</v>
+        <v>486</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059692540</t>
+          <t>9786052250440</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Girişimci Devrimi</t>
+          <t>Saplantılı Düşüncelerden Kurtulmak</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>202</v>
+        <v>486</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059692403</t>
+          <t>9786059692793</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>Hatalar Psikolojisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>546</v>
+        <v>555</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059692649</t>
+          <t>9786052250280</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Başarının ABC’si</t>
+          <t>Güvencesizlikteki Bilgelik</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>202</v>
+        <v>252</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059692564</t>
+          <t>9786059692854</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Etkili Bir Konuşmanın Püf Noktaları</t>
+          <t>Dört Kişilik Eğilimi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>233</v>
+        <v>290</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059692212</t>
+          <t>9786059692540</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Başla</t>
+          <t>Girişimci Devrimi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>233</v>
+        <v>252</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059692618</t>
+          <t>9786059692403</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ateş Çemberi</t>
+          <t>Sınır</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>207</v>
+        <v>567</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059692182</t>
+          <t>9786059692649</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk Nerdesin?</t>
+          <t>Başarının ABC’si</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>215</v>
+        <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059692694</t>
+          <t>9786059692564</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm DEHB</t>
+          <t>Etkili Bir Konuşmanın Püf Noktaları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059692687</t>
+          <t>9786059692212</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Brain 2 Brain</t>
+          <t>Güçlü Başla</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>520</v>
+        <v>290</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059692267</t>
+          <t>9786059692618</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düşünmenin Küçük Kitabı</t>
+          <t>Ateş Çemberi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>420</v>
+        <v>258</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257406550</t>
+          <t>9786059692182</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Zengin Olma Bilimi</t>
+          <t>Ey Aşk Nerdesin?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>108</v>
+        <v>223</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257406420</t>
+          <t>9786059692694</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü - Kısaltılmış Klasikler Serisi</t>
+          <t>Dönüşüm DEHB</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>104</v>
+        <v>486</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257797016</t>
+          <t>9786059692687</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Öfke</t>
+          <t>Brain 2 Brain</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>390</v>
+        <v>648</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257797627</t>
+          <t>9786059692267</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Etki ve İkna Stratejileri</t>
+          <t>Büyük Düşünmenin Küçük Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>207</v>
+        <v>436</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257797702</t>
+          <t>9786257406550</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kim Olduğumuzu Anlamamızı Engelleyen Tabular</t>
+          <t>Zengin Olma Bilimi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>325</v>
+        <v>112</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257797641</t>
+          <t>9786257406420</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Öfke Günlüğü</t>
+          <t>Düşüncenin Gücü - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>540</v>
+        <v>130</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257797429</t>
+          <t>9786257797016</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Takım Koçluğu El Kitabı</t>
+          <t>Öfke</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>233</v>
+        <v>486</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257797368</t>
+          <t>9786257797627</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kavga Etme Sanatı</t>
+          <t>Etki ve İkna Stratejileri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>280</v>
+        <v>258</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057628145</t>
+          <t>9786257797702</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sorun Sende Değil Hormonlarında</t>
+          <t>Kim Olduğumuzu Anlamamızı Engelleyen Tabular</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>420</v>
+        <v>405</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057628015</t>
+          <t>9786257797641</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Switch Değiştir</t>
+          <t>Öfke Günlüğü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>351</v>
+        <v>561</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057628695</t>
+          <t>9786257797429</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Huzur</t>
+          <t>Takım Koçluğu El Kitabı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>233</v>
+        <v>290</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057628466</t>
+          <t>9786257797368</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Koçlukta Gestalt Yaklaşımı</t>
+          <t>Kavga Etme Sanatı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>540</v>
+        <v>291</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052250174</t>
+          <t>9786057628145</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Pazarlama Uzmanından Sırlar</t>
+          <t>Sorun Sende Değil Hormonlarında</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>420</v>
+        <v>436</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057628527</t>
+          <t>9786057628015</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kırkından Sonra</t>
+          <t>Switch Değiştir</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>283</v>
+        <v>438</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057628480</t>
+          <t>9786057628695</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Cinayeti Çözmek</t>
+          <t>Gerçek Huzur</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>335</v>
+        <v>290</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057628244</t>
+          <t>9786057628466</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Aile ile Başlar</t>
+          <t>Koçlukta Gestalt Yaklaşımı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>215</v>
+        <v>561</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256811454</t>
+          <t>9786052250174</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şema Terapisinde Bilinçli Uygulama</t>
+          <t>Yeni Nesil Pazarlama Uzmanından Sırlar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>546</v>
+        <v>436</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057628497</t>
+          <t>9786057628527</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy’un Bisikleti</t>
+          <t>Kırkından Sonra</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>349</v>
+        <v>353</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059692199</t>
+          <t>9786057628480</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Zihin Oyunları</t>
+          <t>Cinayeti Çözmek</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>242</v>
+        <v>418</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057628213</t>
+          <t>9786057628244</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çalış Demesi Kolay</t>
+          <t>Her Şey Aile ile Başlar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>330</v>
+        <v>223</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256811430</t>
+          <t>9786256811454</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Psikodinamik Psikoterapide Bilinçli Uygulama</t>
+          <t>Şema Terapisinde Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>593</v>
+        <v>567</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256811447</t>
+          <t>9786057628497</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Motivasyonel Görüşmede Bilinçli Uygulama</t>
+          <t>Tolstoy’un Bisikleti</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>484</v>
+        <v>363</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256811423</t>
+          <t>9786059692199</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranış Terapisinde Bilinçli Uygulama</t>
+          <t>İş Hayatında Zihin Oyunları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>530</v>
+        <v>251</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256811409</t>
+          <t>9786057628213</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Rasyonel Duygusal Davranış Terapisinde Bilinçli Uygulama</t>
+          <t>Çalış Demesi Kolay</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>608</v>
+        <v>343</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256811393</t>
+          <t>9786256811430</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Diyalektik Davranış Terapisinde Bilinçli Uygulama</t>
+          <t>Psikodinamik Psikoterapide Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>484</v>
+        <v>616</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256811416</t>
+          <t>9786256811447</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Koçluğun Ötesine</t>
+          <t>Motivasyonel Görüşmede Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>452</v>
+        <v>503</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256811294</t>
+          <t>9786256811423</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Özgür Yaşamak</t>
+          <t>Bilişsel Davranış Terapisinde Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>380</v>
+        <v>551</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256811379</t>
+          <t>9786256811409</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ergenlerin Duygusal Yaşamı</t>
+          <t>Rasyonel Duygusal Davranış Terapisinde Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>421</v>
+        <v>632</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256811386</t>
+          <t>9786256811393</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İçten Dışa Satış</t>
+          <t>Diyalektik Davranış Terapisinde Bilinçli Uygulama</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>421</v>
+        <v>503</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256811355</t>
+          <t>9786256811416</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Fark Yaratan Olmak</t>
+          <t>Koçluğun Ötesine</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>488</v>
+        <v>469</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059692663</t>
+          <t>9786256811294</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Olgunlaşmamış Ebeveynlerin Yetişkin Çocukları</t>
+          <t>Özgür Yaşamak</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>594</v>
+        <v>395</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256811270</t>
+          <t>9786256811379</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sarkaç ve Sembollerle Şifa</t>
+          <t>Ergenlerin Duygusal Yaşamı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>203</v>
+        <v>437</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256811331</t>
+          <t>9786256811386</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Başlanır?</t>
+          <t>İçten Dışa Satış</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>326</v>
+        <v>437</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256811348</t>
+          <t>9786256811355</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sanat Bilmenin Bir Yoludur</t>
+          <t>Fark Yaratan Olmak</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>594</v>
+        <v>507</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257406901</t>
+          <t>9786059692663</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Paraya Sahip Olmanın Yolları</t>
+          <t>Olgunlaşmamış Ebeveynlerin Yetişkin Çocukları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>151</v>
+        <v>617</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052250204</t>
+          <t>9786256811270</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Ergenlik</t>
+          <t>Sarkaç ve Sembollerle Şifa</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>391</v>
+        <v>211</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257797405</t>
+          <t>9786256811331</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Alışkanlıklar Günlüğü</t>
+          <t>Nasıl Başlanır?</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>339</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256811300</t>
+          <t>9786256811348</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Vizyonu</t>
+          <t>Sanat Bilmenin Bir Yoludur</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>380</v>
+        <v>617</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256811249</t>
+          <t>9786257406901</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Sizin</t>
+          <t>Paraya Sahip Olmanın Yolları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>328</v>
+        <v>157</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256811256</t>
+          <t>9786052250204</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Somutlaştırma Pratiği</t>
+          <t>Pozitif Ergenlik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>660</v>
+        <v>406</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256974630</t>
+          <t>9786257797405</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Eğitim</t>
+          <t>İyileştiren Alışkanlıklar Günlüğü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>199</v>
+        <v>467</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256811218</t>
+          <t>9786256811300</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Stresin İçsel Oyunları</t>
+          <t>Gelecek Vizyonu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>420</v>
+        <v>395</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256811201</t>
+          <t>9786256811249</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kendinizin Dostu Olun</t>
+          <t>Gelecek Sizin</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>155</v>
+        <v>341</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256811232</t>
+          <t>9786256811256</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Konuşalım</t>
+          <t>Duyguları Somutlaştırma Pratiği</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>305</v>
+        <v>686</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256811195</t>
+          <t>9786256974630</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Düşünün ki…</t>
+          <t>Duygusal Eğitim</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>233</v>
+        <v>207</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256811171</t>
+          <t>9786256811218</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kanınızın Akışı Hayat Kalitenizi Değiştirir</t>
+          <t>Stresin İçsel Oyunları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>305</v>
+        <v>436</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256811188</t>
+          <t>9786256811201</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gizli Hazine</t>
+          <t>Kendinizin Dostu Olun</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>364</v>
+        <v>161</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256811140</t>
+          <t>9786256811232</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Dönüşüm</t>
+          <t>Yeniden Konuşalım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>492</v>
+        <v>317</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256811133</t>
+          <t>9786256811195</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Uyumayan Nesil</t>
+          <t>Düşünün ki…</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>364</v>
+        <v>242</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256811126</t>
+          <t>9786256811171</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kazanmanın Yeni Psikolojisi</t>
+          <t>Kanınızın Akışı Hayat Kalitenizi Değiştirir</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>276</v>
+        <v>317</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256811119</t>
+          <t>9786256811188</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İmkansızlık Sanatı</t>
+          <t>Gizli Hazine</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>364</v>
+        <v>378</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256974999</t>
+          <t>9786256811140</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Orman Havası</t>
+          <t>Hızlı Dönüşüm</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>364</v>
+        <v>511</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256811089</t>
+          <t>9786256811133</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Uyumayan Nesil</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>270</v>
+        <v>378</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256811072</t>
+          <t>9786256811126</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Organizasyonlar</t>
+          <t>Kazanmanın Yeni Psikolojisi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>364</v>
+        <v>287</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256811041</t>
+          <t>9786256811119</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete El Kitabım</t>
+          <t>İmkansızlık Sanatı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>335</v>
+        <v>378</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256811058</t>
+          <t>9786256974999</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Şirketleri</t>
+          <t>Orman Havası</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>364</v>
+        <v>378</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256811065</t>
+          <t>9786256811089</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kalmalı Mıyım Yoksa Gitmeli Mi?</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>364</v>
+        <v>280</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256974944</t>
+          <t>9786256811072</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Beyninizi Değiştirebilir</t>
+          <t>İyileştiren Organizasyonlar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>305</v>
+        <v>378</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256811027</t>
+          <t>9786256811041</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kaygıyla Yaşama Kılavuzu</t>
+          <t>Anksiyete El Kitabım</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>229</v>
+        <v>348</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256811034</t>
+          <t>9786256811058</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızlar için Kaygı ile Baş Etme Rehberi</t>
+          <t>Sevgi Şirketleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>229</v>
+        <v>378</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256974937</t>
+          <t>9786256811065</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ben Kalan Ebeveynim</t>
+          <t>Kalmalı Mıyım Yoksa Gitmeli Mi?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>215</v>
+        <v>378</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256974678</t>
+          <t>9786256974944</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık Kürü</t>
+          <t>Kelimeler Beyninizi Değiştirebilir</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>229</v>
+        <v>317</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256974692</t>
+          <t>9786256811027</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Kilidini Açın</t>
+          <t>Kaygıyla Yaşama Kılavuzu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>223</v>
+        <v>238</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256974722</t>
+          <t>9786256811034</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Duyusal Düzenlemede Yardımcı Olmak</t>
+          <t>Genç Kızlar için Kaygı ile Baş Etme Rehberi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>305</v>
+        <v>238</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256974845</t>
+          <t>9786256974937</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Senin</t>
+          <t>Ben Kalan Ebeveynim</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>289</v>
+        <v>223</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256974807</t>
+          <t>9786256974678</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Utangaçlığın Ötesinde</t>
+          <t>Yaratıcılık Kürü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>484</v>
+        <v>238</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256974906</t>
+          <t>9786256974692</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler için Duyu Bütünleme Stratejileri</t>
+          <t>Kariyer Kilidini Açın</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>386</v>
+        <v>232</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256974876</t>
+          <t>9786256974722</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Utancı Anlamak için Basit Rehber</t>
+          <t>Çocuğunuza Duyusal Düzenlemede Yardımcı Olmak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>152</v>
+        <v>317</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256974869</t>
+          <t>9786256974845</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı Erkek Çocuklar için Basit Rehber</t>
+          <t>Yolculuk Senin</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>136</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256974739</t>
+          <t>9786256974807</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Zeki Takımlar Yaratmak</t>
+          <t>Utangaçlığın Ötesinde</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>308</v>
+        <v>503</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256974647</t>
+          <t>9786256974906</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Öz Şefkat Alışkanlığı</t>
+          <t>Ebeveynler için Duyu Bütünleme Stratejileri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>368</v>
+        <v>401</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256974715</t>
+          <t>9786256974876</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tavsiye Tuzağı</t>
+          <t>Çocuklarda Utancı Anlamak için Basit Rehber</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>308</v>
+        <v>158</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256974661</t>
+          <t>9786256974869</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlerinden Alamadıklarını Kendine Ver</t>
+          <t>Duyarlı Erkek Çocuklar için Basit Rehber</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>320</v>
+        <v>141</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258064230</t>
+          <t>9786256974739</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Neden Bir Eğlence Okulunu Tercih Etmelisiniz?</t>
+          <t>Zeki Takımlar Yaratmak</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258064155</t>
+          <t>9786256974647</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Sermaye</t>
+          <t>Öz Şefkat Alışkanlığı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>308</v>
+        <v>382</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256974623</t>
+          <t>9786256974715</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeliyetçiliğe Meydan Okumak</t>
+          <t>Tavsiye Tuzağı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>337</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256974616</t>
+          <t>9786256974661</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bizim Gücümüz</t>
+          <t>Ebeveynlerinden Alamadıklarını Kendine Ver</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>365</v>
+        <v>332</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256974449</t>
+          <t>9786258064230</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Güvenle Bedenlenme</t>
+          <t>Neden Bir Eğlence Okulunu Tercih Etmelisiniz?</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>472</v>
+        <v>291</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256974609</t>
+          <t>9786258064155</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Duyguların El Kitabı</t>
+          <t>Profesyonel Sermaye</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>308</v>
+        <v>320</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256974432</t>
+          <t>9786256974623</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Değişim Üçgeni</t>
+          <t>Mükemmeliyetçiliğe Meydan Okumak</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>421</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256974364</t>
+          <t>9786256974616</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Umut Işığı</t>
+          <t>Bizim Gücümüz</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>308</v>
+        <v>379</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256974319</t>
+          <t>9786256974449</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Derinliklerinde</t>
+          <t>Güvenle Bedenlenme</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>394</v>
+        <v>490</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258064216</t>
+          <t>9786256974609</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeliyetçinin Kontrolü Kaybetme Rehberi</t>
+          <t>Yoğun Duyguların El Kitabı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>608</v>
+        <v>320</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256974333</t>
+          <t>9786256974432</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Sevmek için 90 Saniye</t>
+          <t>Değişim Üçgeni</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>421</v>
+        <v>437</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256974326</t>
+          <t>9786256974364</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler ve Duygular</t>
+          <t>Küçük Bir Umut Işığı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>564</v>
+        <v>320</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256974234</t>
+          <t>9786256974319</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Olumsuz Çocukluk Deneyimleri Çalışma Kitabı</t>
+          <t>Zihnin Derinliklerinde</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>564</v>
+        <v>409</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256974296</t>
+          <t>9786258064216</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Amacın Gücü</t>
+          <t>Mükemmeliyetçinin Kontrolü Kaybetme Rehberi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>308</v>
+        <v>632</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256974289</t>
+          <t>9786256974333</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Akılların Buluşması</t>
+          <t>Hayatı Sevmek için 90 Saniye</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>308</v>
+        <v>437</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256974258</t>
+          <t>9786256974326</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Depresyon için Farkındalık Meditasyonları</t>
+          <t>Düşünceler ve Duygular</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>308</v>
+        <v>586</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256974272</t>
+          <t>9786256974234</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dur, Düşün, Harekete Geç</t>
+          <t>Olumsuz Çocukluk Deneyimleri Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>376</v>
+        <v>586</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256974265</t>
+          <t>9786256974296</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Girişimcinin 24 Varlığı</t>
+          <t>Amacın Gücü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>308</v>
+        <v>320</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256974241</t>
+          <t>9786256974289</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Aradığı Kişi</t>
+          <t>Akılların Buluşması</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>308</v>
+        <v>320</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256974203</t>
+          <t>9786256974258</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Girişimci Çocuklar Nasıl Yetiştirilir?</t>
+          <t>Depresyon için Farkındalık Meditasyonları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>308</v>
+        <v>320</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256974180</t>
+          <t>9786256974272</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Okulda Beş Sevgi Dili</t>
+          <t>Dur, Düşün, Harekete Geç</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>540</v>
+        <v>391</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256974173</t>
+          <t>9786256974265</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kendin Olma Kılavuzu</t>
+          <t>Başarılı Girişimcinin 24 Varlığı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>421</v>
+        <v>320</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256974166</t>
+          <t>9786256974241</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kas ve Zihin Egzersizleri - Oyunlarla Öğrenme ve Gelişme</t>
+          <t>Herkesin Aradığı Kişi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>253</v>
+        <v>320</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256974159</t>
+          <t>9786256974203</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Güç</t>
+          <t>Girişimci Çocuklar Nasıl Yetiştirilir?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>253</v>
+        <v>320</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256974142</t>
+          <t>9786256974180</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Taoizm ve Zen Budizmi’nde Doğa ve İnsan</t>
+          <t>Okulda Beş Sevgi Dili</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>224</v>
+        <v>561</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256974135</t>
+          <t>9786256974173</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ruh Dediğin</t>
+          <t>Kendin Olma Kılavuzu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>253</v>
+        <v>437</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256974104</t>
+          <t>9786256974166</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şiddet Projesi</t>
+          <t>Kas ve Zihin Egzersizleri - Oyunlarla Öğrenme ve Gelişme</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>281</v>
+        <v>263</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256974128</t>
+          <t>9786256974159</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yüce Kimlik - Doğu Metafiziği ve Hristiyan Dini Üzerine Bir Deneme</t>
+          <t>Güç</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>253</v>
+        <v>263</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256974067</t>
+          <t>9786256974142</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Teorisi Çalışma Kitabı</t>
+          <t>Taoizm ve Zen Budizmi’nde Doğa ve İnsan</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>564</v>
+        <v>233</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256974043</t>
+          <t>9786256974135</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu</t>
+          <t>Ruh Dediğin</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>186</v>
+        <v>263</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256974050</t>
+          <t>9786256974104</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>TSSB Çalışma Kitabı</t>
+          <t>Şiddet Projesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>564</v>
+        <v>292</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258064995</t>
+          <t>9786256974128</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Ebeveyn Olduğunuzu Nasıl Anlarsınız?</t>
+          <t>Yüce Kimlik - Doğu Metafiziği ve Hristiyan Dini Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>504</v>
+        <v>263</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256974005</t>
+          <t>9786256974067</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Olmak Şans Meselesi Değildir</t>
+          <t>Bağlanma Teorisi Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>260</v>
+        <v>586</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258064964</t>
+          <t>9786256974043</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İyimserlik Öğrenilebilir</t>
+          <t>İşte Bu</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>186</v>
+        <v>193</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258064971</t>
+          <t>9786256974050</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Davranış Travmanın Dilidir</t>
+          <t>TSSB Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>308</v>
+        <v>586</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258064940</t>
+          <t>9786258064995</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Farklı Düşün</t>
+          <t>İyi Bir Ebeveyn Olduğunuzu Nasıl Anlarsınız?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>1081</v>
+        <v>524</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258064889</t>
+          <t>9786256974005</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Yaratıcılık</t>
+          <t>Şanslı Olmak Şans Meselesi Değildir</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>564</v>
+        <v>270</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258064957</t>
+          <t>9786258064964</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Öğrenme ve Gelişimi Desteklemek için Hikayelerin Kullanımı</t>
+          <t>İyimserlik Öğrenilebilir</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>340</v>
+        <v>193</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258064773</t>
+          <t>9786258064971</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Durduğunda</t>
+          <t>Davranış Travmanın Dilidir</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>518</v>
+        <v>320</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258064926</t>
+          <t>9786258064940</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Olmak Neden Zor?</t>
+          <t>Farklı Düşün</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>215</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258064896</t>
+          <t>9786258064889</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyniz!</t>
+          <t>Sınırsız Yaratıcılık</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>463</v>
+        <v>586</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258064872</t>
+          <t>9786258064957</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Zeka Nedir? Nasıl Yönetilir?</t>
+          <t>Erken Çocukluk Döneminde Öğrenme ve Gelişimi Desteklemek için Hikayelerin Kullanımı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>155</v>
+        <v>353</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258064865</t>
+          <t>9786258064773</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sakin Ol</t>
+          <t>Yaşam Durduğunda</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>280</v>
+        <v>538</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258064858</t>
+          <t>9786258064926</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Oğlun Tembel Değil</t>
+          <t>Sağlıklı Olmak Neden Zor?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>476</v>
+        <v>223</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258064797</t>
+          <t>9786258064896</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>Ebeveyniz!</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>370</v>
+        <v>481</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258064759</t>
+          <t>9786258064872</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Seninle Başlamadı Günlüğü</t>
+          <t>Zeka Nedir? Nasıl Yönetilir?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>718</v>
+        <v>161</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258064742</t>
+          <t>9786258064865</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Yetiştirmek</t>
+          <t>Sakin Ol</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>340</v>
+        <v>291</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258064506</t>
+          <t>9786258064858</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kendine Değer Verebilmek</t>
+          <t>Oğlun Tembel Değil</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>217</v>
+        <v>494</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258064728</t>
+          <t>9786258064797</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Özgür Ruh Günlüğü</t>
+          <t>Öze Dönüş</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>340</v>
+        <v>384</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258064711</t>
+          <t>9786258064759</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Günlük Farkındalık Adımları</t>
+          <t>Seninle Başlamadı Günlüğü</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>370</v>
+        <v>746</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258064674</t>
+          <t>9786258064742</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İçten Dışa</t>
+          <t>Hırsız Yetiştirmek</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>370</v>
+        <v>353</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258064698</t>
+          <t>9786258064506</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İçgörü</t>
+          <t>Kendine Değer Verebilmek</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>463</v>
+        <v>225</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258064704</t>
+          <t>9786258064728</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Çalmak</t>
+          <t>Özgür Ruh Günlüğü</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>370</v>
+        <v>353</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258064469</t>
+          <t>9786258064711</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Baba Figürü</t>
+          <t>Günlük Farkındalık Adımları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>280</v>
+        <v>384</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258064520</t>
+          <t>9786258064674</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İlişkim Bitmeli Mi Bitmemeli Mi?</t>
+          <t>İçten Dışa</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>215</v>
+        <v>384</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258064537</t>
+          <t>9786258064698</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen Sevmek</t>
+          <t>İçgörü</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>215</v>
+        <v>481</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258064544</t>
+          <t>9786258064704</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bu Çocuk Oldu</t>
+          <t>Ateşi Çalmak</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>564</v>
+        <v>384</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258064476</t>
+          <t>9786258064469</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sevebilmek - Yalnızlıktan Bağlanmaya</t>
+          <t>Baba Figürü</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>248</v>
+        <v>291</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258064315</t>
+          <t>9786258064520</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Doktorunuzla Büyümek</t>
+          <t>İlişkim Bitmeli Mi Bitmemeli Mi?</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>324</v>
+        <v>223</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258064292</t>
+          <t>9786258064537</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Özünü Keşfet</t>
+          <t>Her Şeye Rağmen Sevmek</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>280</v>
+        <v>223</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258064278</t>
+          <t>9786258064544</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Tenisin İçsel Oyunları</t>
+          <t>Bu Çocuk Oldu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>594</v>
+        <v>586</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258064247</t>
+          <t>9786258064476</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Asıl Mesele İlişkiler</t>
+          <t>Sevebilmek - Yalnızlıktan Bağlanmaya</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>280</v>
+        <v>258</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257406765</t>
+          <t>9786258064315</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Başarının Gizli Kapısı</t>
+          <t>Çocuk Doktorunuzla Büyümek</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>175</v>
+        <v>337</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258064339</t>
+          <t>9786258064292</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İdrak</t>
+          <t>Özünü Keşfet</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>340</v>
+        <v>291</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258064612</t>
+          <t>9786258064278</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Okul Travmalarından Uzakta</t>
+          <t>Tenisin İçsel Oyunları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>280</v>
+        <v>617</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258064636</t>
+          <t>9786258064247</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ölümüne Zayıflık</t>
+          <t>Asıl Mesele İlişkiler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>155</v>
+        <v>291</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258064605</t>
+          <t>9786257406765</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Olgunlaşmamış Ebeveynlerin Yetişin Çocukları için Öz-Bakım</t>
+          <t>Başarının Gizli Kapısı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>594</v>
+        <v>182</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258064254</t>
+          <t>9786258064339</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hastalığın İyileştirici Gücü</t>
+          <t>İdrak</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>518</v>
+        <v>353</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257406659</t>
+          <t>9786258064612</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Çocuklar</t>
+          <t>Okul Travmalarından Uzakta</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>320</v>
+        <v>291</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258064070</t>
+          <t>9786258064636</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Etkisi</t>
+          <t>Ölümüne Zayıflık</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>280</v>
+        <v>161</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258064148</t>
+          <t>9786258064605</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ruh Yaralarını İyileştirmek</t>
+          <t>Olgunlaşmamış Ebeveynlerin Yetişin Çocukları için Öz-Bakım</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>280</v>
+        <v>617</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258064131</t>
+          <t>9786258064254</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmak için Boşanmalı mıyım?</t>
+          <t>Hastalığın İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>155</v>
+        <v>538</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257406987</t>
+          <t>9786257406659</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sınav Tuzağından Kurtulmak</t>
+          <t>Özel Gereksinimli Çocuklar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>280</v>
+        <v>332</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258064094</t>
+          <t>9786258064070</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İç Aile Sistemleri Terapi Rehberi</t>
+          <t>Tavşan Etkisi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258064063</t>
+          <t>9786258064148</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kendine İnanma Yolculuğu</t>
+          <t>Ruh Yaralarını İyileştirmek</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257406970</t>
+          <t>9786258064131</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Farkındalık</t>
+          <t>Mutlu Olmak için Boşanmalı mıyım?</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>280</v>
+        <v>161</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257406994</t>
+          <t>9786257406987</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Odaklanma Özgürlüğü</t>
+          <t>Sınav Tuzağından Kurtulmak</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257406888</t>
+          <t>9786258064094</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>'Ben’e Yolculuk</t>
+          <t>İç Aile Sistemleri Terapi Rehberi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257406871</t>
+          <t>9786258064063</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İnancın Büyüsü</t>
+          <t>Kendine İnanma Yolculuğu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>175</v>
+        <v>291</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257406895</t>
+          <t>9786257406970</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Usta Zihin</t>
+          <t>Duygusal Farkındalık</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>125</v>
+        <v>291</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257406864</t>
+          <t>9786257406994</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Atomu Parçalayan Gücü</t>
+          <t>Odaklanma Özgürlüğü</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>125</v>
+        <v>291</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257406925</t>
+          <t>9786257406888</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kaygı ve Endişe</t>
+          <t>'Ben’e Yolculuk</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257406963</t>
+          <t>9786257406871</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İşleri Yoluna Koyma Bilimi</t>
+          <t>İnancın Büyüsü</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>340</v>
+        <v>182</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257406833</t>
+          <t>9786257406895</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Zenginliğe Giden Yol</t>
+          <t>Usta Zihin</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>108</v>
+        <v>130</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257406918</t>
+          <t>9786257406864</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kybalion</t>
+          <t>Zihnin Atomu Parçalayan Gücü</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257406826</t>
+          <t>9786257406925</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Kaygı ve Endişe</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>125</v>
+        <v>291</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257406802</t>
+          <t>9786257406963</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Zenginliğin Anahtarı</t>
+          <t>İşleri Yoluna Koyma Bilimi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>108</v>
+        <v>353</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257406819</t>
+          <t>9786257406833</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Zihninizdeki Milyon Dolarlık Sır</t>
+          <t>Zenginliğe Giden Yol</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>175</v>
+        <v>112</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257406796</t>
+          <t>9786257406918</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Walden</t>
+          <t>Kybalion</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257406772</t>
+          <t>9786257406826</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltının Gücü</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>146</v>
+        <v>130</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257406741</t>
+          <t>9786257406802</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Zenginliğin Anahtarı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>125</v>
+        <v>112</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257406758</t>
+          <t>9786257406819</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Akıntıya Karşı</t>
+          <t>Zihninizdeki Milyon Dolarlık Sır</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>370</v>
+        <v>182</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257406697</t>
+          <t>9786257406796</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İnanmanın Büyüsü</t>
+          <t>Walden</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257406734</t>
+          <t>9786257406772</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Şansı Yakalamanın Yolları</t>
+          <t>Bilinçaltının Gücü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>125</v>
+        <v>182</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257406727</t>
+          <t>9786257406741</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Güç Ve Zenginlik</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257406635</t>
+          <t>9786257406758</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İnancınız Servetinizdir</t>
+          <t>Akıntıya Karşı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>108</v>
+        <v>384</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257406680</t>
+          <t>9786257406697</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Obsesif Kompulsif Bozukluk Günlüğü</t>
+          <t>İnanmanın Büyüsü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>504</v>
+        <v>130</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257406628</t>
+          <t>9786257406734</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Çağların Sırrı</t>
+          <t>Şansı Yakalamanın Yolları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257406642</t>
+          <t>9786257406727</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İlişki Bağımlılığı ve Narsist Tuzağı</t>
+          <t>Güç Ve Zenginlik</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>660</v>
+        <v>130</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257406567</t>
+          <t>9786257406635</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Özgüven</t>
+          <t>İnancınız Servetinizdir</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>151</v>
+        <v>112</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257406581</t>
+          <t>9786257406680</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Beyinde Sevgi ve Sevgisizlik</t>
+          <t>Obsesif Kompulsif Bozukluk Günlüğü</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>280</v>
+        <v>524</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257406598</t>
+          <t>9786257406628</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Arınma</t>
+          <t>Çağların Sırrı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257406543</t>
+          <t>9786257406642</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kendine Dön</t>
+          <t>İlişki Bağımlılığı ve Narsist Tuzağı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>215</v>
+        <v>686</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257406505</t>
+          <t>9786257406567</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Sağlık ve İyi Oluş</t>
+          <t>Özgüven</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>280</v>
+        <v>157</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257406512</t>
+          <t>9786257406581</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Zengin Ol</t>
+          <t>Beyinde Sevgi ve Sevgisizlik</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>146</v>
+        <v>291</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257406482</t>
+          <t>9786257406598</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Pusula</t>
+          <t>Duygusal Arınma</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>248</v>
+        <v>291</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257406116</t>
+          <t>9786257406543</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bağ Kurma Sanatı</t>
+          <t>Kendine Dön</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>280</v>
+        <v>223</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257406444</t>
+          <t>9786257406505</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kamuflaj Yakalı CEO</t>
+          <t>Erken Çocuklukta Sağlık ve İyi Oluş</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257406437</t>
+          <t>9786257406512</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Elmas Topraklar - Kısaltılmış Klasikler Serisi</t>
+          <t>Düşün ve Zengin Ol</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>125</v>
+        <v>182</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257406345</t>
+          <t>9786257406482</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Olma Bilimi - Kısaltılmış Klasikler Serisi</t>
+          <t>Duygusal Pusula</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>125</v>
+        <v>258</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257406307</t>
+          <t>9786257406116</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Üstün Potansiyelli Çocuklar</t>
+          <t>Bağ Kurma Sanatı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>462</v>
+        <v>291</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257406321</t>
+          <t>9786257406444</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İçinizdeki Çocuğu İyileştirin</t>
+          <t>Kamuflaj Yakalı CEO</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257406291</t>
+          <t>9786257406437</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Adsız Alkolikler - Kısaltılmış Klasikler Serisi</t>
+          <t>Elmas Topraklar - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257406277</t>
+          <t>9786257406345</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İyi Anne ve Korkutucu Düşünceler</t>
+          <t>Mükemmel Olma Bilimi - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257406246</t>
+          <t>9786257406307</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ön Yargınız Son Yargınız Olmasın!</t>
+          <t>Üstün Potansiyelli Çocuklar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>215</v>
+        <v>480</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257406239</t>
+          <t>9786257406321</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Garcia'ya Mektup - Kısaltılmış Klasikler Serisi</t>
+          <t>İçinizdeki Çocuğu İyileştirin</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>131</v>
+        <v>291</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257406109</t>
+          <t>9786257406291</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Diyalog</t>
+          <t>Adsız Alkolikler - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257406215</t>
+          <t>9786257406277</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ermiş - Kısaltılmış Klasikler Serisi</t>
+          <t>İyi Anne ve Korkutucu Düşünceler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>131</v>
+        <v>353</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257406192</t>
+          <t>9786257406246</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Başarının Sihirli Merdiveni - Kısaltılmış Klasikler Serisi</t>
+          <t>Ön Yargınız Son Yargınız Olmasın!</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>175</v>
+        <v>223</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257406208</t>
+          <t>9786257406239</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Eko İK</t>
+          <t>Garcia'ya Mektup - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>248</v>
+        <v>136</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257406185</t>
+          <t>9786257406109</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Doğası</t>
+          <t>Diyalog</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>370</v>
+        <v>291</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257406123</t>
+          <t>9786257406215</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yaralarını Aktaran Ebeveynler</t>
+          <t>Ermiş - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>280</v>
+        <v>136</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257406147</t>
+          <t>9786257406192</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Şans Ustası</t>
+          <t>Başarının Sihirli Merdiveni - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>125</v>
+        <v>182</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257406130</t>
+          <t>9786257406208</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Poiesis</t>
+          <t>Eko İK</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>280</v>
+        <v>258</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257406093</t>
+          <t>9786257406185</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ben Kitap Yazmak İstiyorum</t>
+          <t>Bilincin Doğası</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>280</v>
+        <v>384</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257406055</t>
+          <t>9786257406123</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Ebeveyn</t>
+          <t>Yaralarını Aktaran Ebeveynler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>248</v>
+        <v>291</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257406048</t>
+          <t>9786257406147</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Başarı İlkeleri - Kısaltılmış Klasikler Serisi</t>
+          <t>Şans Ustası</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257406031</t>
+          <t>9786257406130</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Babil'in En Zengin Adamı</t>
+          <t>Poiesis</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>175</v>
+        <v>291</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257406017</t>
+          <t>9786257406093</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Oyun Ailesi</t>
+          <t>Ben Kitap Yazmak İstiyorum</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>308</v>
+        <v>291</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257797948</t>
+          <t>9786257406055</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İçe Dönük ve Hassas İnsanların Gücünü Keşfetmek</t>
+          <t>Tanrı Ebeveyn</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>248</v>
+        <v>258</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257797900</t>
+          <t>9786257406048</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Nonjudgmental (Ciltli)</t>
+          <t>Başarı İlkeleri - Kısaltılmış Klasikler Serisi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>463</v>
+        <v>130</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257797917</t>
+          <t>9786257406031</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Olgunlaşma Günlüğü</t>
+          <t>Babil'in En Zengin Adamı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>280</v>
+        <v>182</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257797689</t>
+          <t>9786257406017</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Suçlama Yok Şikayet Yok Mazeret Yok!</t>
+          <t>Oyun Ailesi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257797696</t>
+          <t>9786257797948</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Başarabilir</t>
+          <t>İçe Dönük ve Hassas İnsanların Gücünü Keşfetmek</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>402</v>
+        <v>258</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257797894</t>
+          <t>9786257797900</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Travma Sevgi Korku</t>
+          <t>Nonjudgmental (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>476</v>
+        <v>481</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257797733</t>
+          <t>9786257797917</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Nasıl Geri Alabilirim?</t>
+          <t>Duygusal Olgunlaşma Günlüğü</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>308</v>
+        <v>291</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257797832</t>
+          <t>9786257797689</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Yön Vermek</t>
+          <t>Suçlama Yok Şikayet Yok Mazeret Yok!</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257797788</t>
+          <t>9786257797696</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Yaratıcılık</t>
+          <t>Her Çocuk Başarabilir</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>280</v>
+        <v>418</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257797771</t>
+          <t>9786257797894</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağın Pazarlaması</t>
+          <t>Travma Sevgi Korku</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>215</v>
+        <v>494</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052250570</t>
+          <t>9786257797733</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Dönüştüren Eğitim</t>
+          <t>Çocuğumu Nasıl Geri Alabilirim?</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059692274</t>
+          <t>9786257797832</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Peter Drucker'ın En Önemli Beş Sorusu</t>
+          <t>Ateşe Yön Vermek</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>248</v>
+        <v>291</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057628022</t>
+          <t>9786257797788</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Finlandiya Eğitim Devrimi</t>
+          <t>Bir Ömür Yaratıcılık</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>490</v>
+        <v>291</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059692755</t>
+          <t>9786257797771</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İnovasyonun 4 Merceği</t>
+          <t>Yeni Çağın Pazarlaması</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>780</v>
+        <v>223</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052250761</t>
+          <t>9786052250570</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Fark Yaratan Sanatsal Dokunuşlar</t>
+          <t>Dönüştüren Eğitim</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257797764</t>
+          <t>9786059692274</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Seninle Başlamadı - İmzalı ve Ciltli Özel Baskı</t>
+          <t>Peter Drucker'ın En Önemli Beş Sorusu</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>712</v>
+        <v>258</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257797740</t>
+          <t>9786057628022</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Olgunlaşmamış Ebeveynlerin Açtığı Yaraları İyileştirmek</t>
+          <t>Finlandiya Eğitim Devrimi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>594</v>
+        <v>509</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257797719</t>
+          <t>9786059692755</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yok Korku Yok</t>
+          <t>İnovasyonun 4 Merceği</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>348</v>
+        <v>810</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257797610</t>
+          <t>9786052250761</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Tanıklarla Akran Zorbalığı</t>
+          <t>Eğitimde Fark Yaratan Sanatsal Dokunuşlar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057628985</t>
+          <t>9786257797764</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hazır Ol ya da Olma: Hayatın İçindesin</t>
+          <t>Seninle Başlamadı - İmzalı ve Ciltli Özel Baskı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>340</v>
+        <v>740</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257797658</t>
+          <t>9786257797740</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Önemi Var mı?</t>
+          <t>Olgunlaşmamış Ebeveynlerin Açtığı Yaraları İyileştirmek</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>248</v>
+        <v>617</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257797474</t>
+          <t>9786257797719</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Evrenbilim</t>
+          <t>Ölüm Yok Korku Yok</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>248</v>
+        <v>361</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257797481</t>
+          <t>9786257797610</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Shen Tıbbı</t>
+          <t>Gerçek Tanıklarla Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257797450</t>
+          <t>9786057628985</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Nasıl Yıkanır</t>
+          <t>Hazır Ol ya da Olma: Hayatın İçindesin</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>280</v>
+        <v>353</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257797467</t>
+          <t>9786257797658</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Anneler İçin Nefes Alma Rehberi</t>
+          <t>Önemi Var mı?</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>280</v>
+        <v>258</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257797443</t>
+          <t>9786257797474</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Büyümenin Şifresini Çözmek</t>
+          <t>Keyifli Evrenbilim</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>370</v>
+        <v>258</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257797399</t>
+          <t>9786257797481</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Görsel MBA</t>
+          <t>Shen Tıbbı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>370</v>
+        <v>291</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257797412</t>
+          <t>9786257797450</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bakım Rehberi</t>
+          <t>Tavuk Nasıl Yıkanır</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257797375</t>
+          <t>9786257797467</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Ruhlar İçin Araçlar</t>
+          <t>Anneler İçin Nefes Alma Rehberi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>215</v>
+        <v>291</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257797351</t>
+          <t>9786257797443</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Anneler Asla Pes Etmez!</t>
+          <t>Büyümenin Şifresini Çözmek</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>280</v>
+        <v>384</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257797313</t>
+          <t>9786257797399</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Çevik İnsanlar</t>
+          <t>Görsel MBA</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>280</v>
+        <v>384</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257797290</t>
+          <t>9786257797412</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Artırılmış Deneyim Çağı</t>
+          <t>Bebek Bakım Rehberi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257797283</t>
+          <t>9786257797375</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Uyanışın Zekası SQ</t>
+          <t>Yardımsever Ruhlar İçin Araçlar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>295</v>
+        <v>223</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057628978</t>
+          <t>9786257797351</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Safsatası</t>
+          <t>Anneler Asla Pes Etmez!</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>370</v>
+        <v>291</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257797221</t>
+          <t>9786257797313</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Disgrafi: Beyin-Beden Kopukluğu</t>
+          <t>Çevik İnsanlar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257797214</t>
+          <t>9786257797290</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ama Annen Seni Seviyor</t>
+          <t>Artırılmış Deneyim Çağı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257797160</t>
+          <t>9786257797283</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Seni Duyuyorum</t>
+          <t>Ruhsal Uyanışın Zekası SQ</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>248</v>
+        <v>306</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257797191</t>
+          <t>9786057628978</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kendimlik Zamanları</t>
+          <t>Tembellik Safsatası</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>215</v>
+        <v>384</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257797177</t>
+          <t>9786257797221</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Portal</t>
+          <t>Disgrafi: Beyin-Beden Kopukluğu</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257797153</t>
+          <t>9786257797214</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir İletişim</t>
+          <t>Ama Annen Seni Seviyor</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257797108</t>
+          <t>9786257797160</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Boşluğu</t>
+          <t>Seni Duyuyorum</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>215</v>
+        <v>258</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257797122</t>
+          <t>9786257797191</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Annenin Yolu</t>
+          <t>Kendimlik Zamanları</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>215</v>
+        <v>223</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257797115</t>
+          <t>9786257797177</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Ergenlerle Boğuşmayı Bırakın</t>
+          <t>Portal</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>248</v>
+        <v>291</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257797054</t>
+          <t>9786257797153</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Beyin Daima Kazanır</t>
+          <t>Başka Bir İletişim</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>308</v>
+        <v>291</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257797061</t>
+          <t>9786257797108</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük Öğrenci</t>
+          <t>Ebeveyn Boşluğu</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>280</v>
+        <v>223</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057628954</t>
+          <t>9786257797122</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Giden Yol</t>
+          <t>Savaşçı Annenin Yolu</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>280</v>
+        <v>223</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257797078</t>
+          <t>9786257797115</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>HiperKadın</t>
+          <t>Ergenlerle Boğuşmayı Bırakın</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>248</v>
+        <v>258</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257797009</t>
+          <t>9786257797054</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İçten Liderlik</t>
+          <t>Beyin Daima Kazanır</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057628947</t>
+          <t>9786257797061</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Annelik, Evlilik ve Modern Kadın Bilmecesi</t>
+          <t>Dört Dörtlük Öğrenci</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057628923</t>
+          <t>9786057628954</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Alışkanlıklar</t>
+          <t>Mutluluğa Giden Yol</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>340</v>
+        <v>291</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057628916</t>
+          <t>9786257797078</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>FinTek İnovasyonu</t>
+          <t>HiperKadın</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>280</v>
+        <v>258</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057628879</t>
+          <t>9786257797009</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Baskı Altında</t>
+          <t>İçten Liderlik</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>280</v>
+        <v>353</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057628886</t>
+          <t>9786057628947</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Keşkesiz</t>
+          <t>Annelik, Evlilik ve Modern Kadın Bilmecesi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057628893</t>
+          <t>9786057628923</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>E-Özgürlük</t>
+          <t>İyileştiren Alışkanlıklar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>280</v>
+        <v>353</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057628862</t>
+          <t>9786057628916</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerimizin Tutsağıyız</t>
+          <t>FinTek İnovasyonu</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057628855</t>
+          <t>9786057628879</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Buda’nın Ofisi</t>
+          <t>Baskı Altında</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057628848</t>
+          <t>9786057628886</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Neden Dahiler?</t>
+          <t>Keşkesiz</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057628831</t>
+          <t>9786057628893</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Değerlendirme Merkezi ve Mülakatlarda %100 Başarı</t>
+          <t>E-Özgürlük</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>375</v>
+        <v>291</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057628824</t>
+          <t>9786057628862</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Ruhunu Giydir</t>
+          <t>Düşüncelerimizin Tutsağıyız</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>215</v>
+        <v>291</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057628800</t>
+          <t>9786057628855</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Airbnb Hikayesi</t>
+          <t>Buda’nın Ofisi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057628794</t>
+          <t>9786057628848</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Canıma Tak Etti!</t>
+          <t>Dahiler Neden Dahiler?</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057628817</t>
+          <t>9786057628831</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Yarasanın Günlüğü</t>
+          <t>Değerlendirme Merkezi ve Mülakatlarda %100 Başarı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>215</v>
+        <v>467</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057628770</t>
+          <t>9786057628824</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Çatışma Yönetim Sistemi</t>
+          <t>Ruhunu Giydir</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>215</v>
+        <v>223</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057628756</t>
+          <t>9786057628800</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kara Köpek</t>
+          <t>Airbnb Hikayesi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057628732</t>
+          <t>9786057628794</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Olaysız Dağıldık</t>
+          <t>Canıma Tak Etti!</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>186</v>
+        <v>291</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057628763</t>
+          <t>9786057628817</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Dijital Zeka</t>
+          <t>Yarasanın Günlüğü</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>280</v>
+        <v>223</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057628701</t>
+          <t>9786057628770</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Psikolojisi</t>
+          <t>Çatışma Yönetim Sistemi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>280</v>
+        <v>223</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057628749</t>
+          <t>9786057628756</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ve Maymun İlyada’yı Yazdı</t>
+          <t>Kara Köpek</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057628718</t>
+          <t>9786057628732</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Daha Mutlu Bir Ebeveyn Olmak</t>
+          <t>Olaysız Dağıldık</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>308</v>
+        <v>193</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057628725</t>
+          <t>9786057628763</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çocukluk</t>
+          <t>Dijital Zeka</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>340</v>
+        <v>291</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057628688</t>
+          <t>9786057628701</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yapay (Geri) Zeka</t>
+          <t>Ölüm Psikolojisi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057628565</t>
+          <t>9786057628749</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Zihin Simyası</t>
+          <t>Ve Maymun İlyada’yı Yazdı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>215</v>
+        <v>291</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057628626</t>
+          <t>9786057628718</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Tırtıldan Kelebeğe</t>
+          <t>Daha Mutlu Bir Ebeveyn Olmak</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>308</v>
+        <v>320</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057628596</t>
+          <t>9786057628725</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>EQ Uygulamalı Duygusal Zeka</t>
+          <t>Yeni Çocukluk</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>280</v>
+        <v>353</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057628541</t>
+          <t>9786057628688</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlikte Altın Saatler</t>
+          <t>Yapay (Geri) Zeka</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057628589</t>
+          <t>9786057628565</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Suç Psikolojisi</t>
+          <t>Zihin Simyası</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>504</v>
+        <v>223</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057628633</t>
+          <t>9786057628626</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kontrol Sende</t>
+          <t>Tırtıldan Kelebeğe</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057628640</t>
+          <t>9786057628596</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler İçin Farkındalık</t>
+          <t>EQ Uygulamalı Duygusal Zeka</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>308</v>
+        <v>291</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057628572</t>
+          <t>9786057628541</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Hayatındaki En Önemli İki Gün</t>
+          <t>Ebeveynlikte Altın Saatler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057628657</t>
+          <t>9786057628589</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Şerbet</t>
+          <t>Suç Psikolojisi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>280</v>
+        <v>524</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057628619</t>
+          <t>9786057628633</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Tekamül Yolu</t>
+          <t>Kontrol Sende</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>248</v>
+        <v>223</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057628473</t>
+          <t>9786057628640</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kadın Beyninin Gizemini Çözmek</t>
+          <t>Ebeveynler İçin Farkındalık</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057628510</t>
+          <t>9786057628572</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Güvenilir</t>
+          <t>Hayatındaki En Önemli İki Gün</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057628503</t>
+          <t>9786057628657</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kalıtsal Aile Travmaları</t>
+          <t>Şerbet</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>391</v>
+        <v>291</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057628442</t>
+          <t>9786057628619</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Konusunda Neden Düşündüğümüzden Daha Kötüyüz</t>
+          <t>Tekamül Yolu</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>215</v>
+        <v>258</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057628428</t>
+          <t>9786057628473</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kharmakarışık</t>
+          <t>Kadın Beyninin Gizemini Çözmek</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>242</v>
+        <v>306</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057628411</t>
+          <t>9786057628510</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Salai</t>
+          <t>Güvenilir</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>186</v>
+        <v>291</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057628350</t>
+          <t>9786057628503</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sparsholt - Sakıncalı Yakınlık</t>
+          <t>Kalıtsal Aile Travmaları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>402</v>
+        <v>406</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057628329</t>
+          <t>9786057628442</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Daha Fazla Soru Sor</t>
+          <t>Düşünme Konusunda Neden Düşündüğümüzden Daha Kötüyüz</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>340</v>
+        <v>223</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057628404</t>
+          <t>9786057628428</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Şifacı</t>
+          <t>Kharmakarışık</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>280</v>
+        <v>251</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057628398</t>
+          <t>9786057628411</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Duyu'lmak İstiyorum</t>
+          <t>Salai</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>594</v>
+        <v>193</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057628336</t>
+          <t>9786057628350</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sadeliğin Huzuru</t>
+          <t>Sparsholt - Sakıncalı Yakınlık</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>202</v>
+        <v>418</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057628381</t>
+          <t>9786057628329</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ukde</t>
+          <t>Daha Fazla Soru Sor</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>594</v>
+        <v>353</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057628367</t>
+          <t>9786057628404</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Youpreneur</t>
+          <t>Şifacı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057628343</t>
+          <t>9786057628398</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Orgazmdaki Kurtuluş</t>
+          <t>Duyu'lmak İstiyorum</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>280</v>
+        <v>617</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057628305</t>
+          <t>9786057628336</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Çini - Sır Altındaki Aşk</t>
+          <t>Sadeliğin Huzuru</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>444</v>
+        <v>252</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057628299</t>
+          <t>9786057628381</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Gücü</t>
+          <t>Ukde</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>280</v>
+        <v>617</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057628282</t>
+          <t>9786057628367</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kendini İfade Et</t>
+          <t>Youpreneur</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057628268</t>
+          <t>9786057628343</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Piglet’in Te’si</t>
+          <t>Orgazmdaki Kurtuluş</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>248</v>
+        <v>291</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057628275</t>
+          <t>9786057628305</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Birini mi Özlüyorsun</t>
+          <t>Çini - Sır Altındaki Aşk</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>215</v>
+        <v>461</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057628251</t>
+          <t>9786057628299</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Anlatacaklarım Var</t>
+          <t>Liderliğin Gücü</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057628237</t>
+          <t>9786057628282</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Elindeki Kitabı Yavaşça Yere Bırak</t>
+          <t>Kendini İfade Et</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057628220</t>
+          <t>9786057628268</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızına Doğru</t>
+          <t>Piglet’in Te’si</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>215</v>
+        <v>258</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057628206</t>
+          <t>9786057628275</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hayalindeki İş</t>
+          <t>Birini mi Özlüyorsun</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>340</v>
+        <v>223</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057628152</t>
+          <t>9786057628251</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İçimden Kuşlar Havalandı</t>
+          <t>Anlatacaklarım Var</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>248</v>
+        <v>291</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057628176</t>
+          <t>9786057628237</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Çözümler - Çocuklukta İhmalin İzi</t>
+          <t>Şimdi Elindeki Kitabı Yavaşça Yere Bırak</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>594</v>
+        <v>291</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057628183</t>
+          <t>9786057628220</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Kutup Yıldızına Doğru</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>308</v>
+        <v>223</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057628039</t>
+          <t>9786057628206</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Anneler Kızları ve Esrar</t>
+          <t>Hayalindeki İş</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>242</v>
+        <v>353</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052250792</t>
+          <t>9786057628152</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kız</t>
+          <t>İçimden Kuşlar Havalandı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>280</v>
+        <v>258</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057628060</t>
+          <t>9786057628176</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Pembe ve Mavinin Ötesinde Ebeveynlik</t>
+          <t>Çözümler - Çocuklukta İhmalin İzi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>280</v>
+        <v>617</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057628046</t>
+          <t>9786057628183</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Islanmadan Nasıl Yüzeriz</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052250945</t>
+          <t>9786057628039</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon mu Dediniz?</t>
+          <t>Anneler Kızları ve Esrar</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>215</v>
+        <v>251</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057628008</t>
+          <t>9786052250792</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Liderlerin Kitaplığı</t>
+          <t>Yeni Kız</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>308</v>
+        <v>291</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052250990</t>
+          <t>9786057628060</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Kitaplığı</t>
+          <t>Pembe ve Mavinin Ötesinde Ebeveynlik</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052250846</t>
+          <t>9786057628046</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İs Kokusu</t>
+          <t>Islanmadan Nasıl Yüzeriz</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052250860</t>
+          <t>9786052250945</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Çiftleşmeden Bütünleşmeye</t>
+          <t>İnovasyon mu Dediniz?</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>308</v>
+        <v>223</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052250778</t>
+          <t>9786057628008</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Babamdan Hayaller</t>
+          <t>Liderlerin Kitaplığı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052250839</t>
+          <t>9786052250990</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağrı'dır Yaşamak</t>
+          <t>Ebeveyn Kitaplığı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>215</v>
+        <v>291</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052250822</t>
+          <t>9786052250846</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Uyum Anahtarı</t>
+          <t>İs Kokusu</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052250785</t>
+          <t>9786052250860</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Dönüşüm</t>
+          <t>Çiftleşmeden Bütünleşmeye</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>283</v>
+        <v>320</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052250754</t>
+          <t>9786052250778</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kazara Ölümsüzlük</t>
+          <t>Babamdan Hayaller</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>186</v>
+        <v>384</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052250716</t>
+          <t>9786052250839</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Fikir Tutar!</t>
+          <t>Bir Ağrı'dır Yaşamak</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>370</v>
+        <v>223</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052250693</t>
+          <t>9786052250822</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyanın Nimetleri</t>
+          <t>Uyum Anahtarı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>155</v>
+        <v>291</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052250662</t>
+          <t>9786052250785</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Pooh’nun Tao’su</t>
+          <t>Kültürel Dönüşüm</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>436</v>
+        <v>353</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052250686</t>
+          <t>9786052250754</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Boşluk Hissi - Çocuklukta İhmalin İzi</t>
+          <t>Kazara Ölümsüzlük</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>594</v>
+        <v>193</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052250587</t>
+          <t>9786052250716</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Startup Hukuku</t>
+          <t>İşte Bu Fikir Tutar!</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>280</v>
+        <v>384</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052250617</t>
+          <t>9786052250693</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Plato’dan Freud’a: Terapi Divanının Gizli Tarihi</t>
+          <t>Başka Dünyanın Nimetleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>402</v>
+        <v>161</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052250518</t>
+          <t>9786052250662</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bir Trump Yetiştirmek</t>
+          <t>Pooh’nun Tao’su</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>269</v>
+        <v>453</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052250594</t>
+          <t>9786052250686</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Usta Koç</t>
+          <t>Boşluk Hissi - Çocuklukta İhmalin İzi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>598</v>
+        <v>617</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052250532</t>
+          <t>9786052250587</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Grup Koçluğu: Başarmak İsteyenlerin Yolculuğuna Eşlik Etmek</t>
+          <t>Startup Hukuku</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>340</v>
+        <v>291</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052250402</t>
+          <t>9786052250617</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Berbat Olmak Üzerine Bir Teori</t>
+          <t>Plato’dan Freud’a: Terapi Divanının Gizli Tarihi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>280</v>
+        <v>418</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052250433</t>
+          <t>9786052250518</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Ötesi</t>
+          <t>Bir Trump Yetiştirmek</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>155</v>
+        <v>279</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052250419</t>
+          <t>9786052250594</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sevmeye Kendinden Başla</t>
+          <t>Usta Koç</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>420</v>
+        <v>621</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052250242</t>
+          <t>9786052250532</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Grup Koçluğu: Başarmak İsteyenlerin Yolculuğuna Eşlik Etmek</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>370</v>
+        <v>353</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052250372</t>
+          <t>9786052250402</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kaybetmiyoruz!</t>
+          <t>Berbat Olmak Üzerine Bir Teori</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052250389</t>
+          <t>9786052250433</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Dehası</t>
+          <t>Bir Adım Ötesi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>320</v>
+        <v>193</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052250129</t>
+          <t>9786052250419</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Belalı Üvey Kardeşim Alaaddin Masalını Nasıl Mahvetti?</t>
+          <t>Sevmeye Kendinden Başla</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>155</v>
+        <v>436</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052250143</t>
+          <t>9786052250242</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Belalı Üvey Kardeşim Pamuk Prenses Masalını Nasıl Mahvetti?</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>155</v>
+        <v>384</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052250358</t>
+          <t>9786052250372</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Koala Monti and The Trees</t>
+          <t>Hiç Kaybetmiyoruz!</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>134</v>
+        <v>291</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052250297</t>
+          <t>9786052250389</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Büyürken</t>
+          <t>Hikaye Dehası</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>280</v>
+        <v>332</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052250211</t>
+          <t>9786052250129</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Babamın Kokusu</t>
+          <t>Belalı Üvey Kardeşim Alaaddin Masalını Nasıl Mahvetti?</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>280</v>
+        <v>161</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052250327</t>
+          <t>9786052250143</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Psikoloğu’na Sorulan 100 Soru 100 Cevap</t>
+          <t>Belalı Üvey Kardeşim Pamuk Prenses Masalını Nasıl Mahvetti?</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>391</v>
+        <v>161</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052250310</t>
+          <t>9786052250358</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ayarsız Kadınlar Cemiyeti</t>
+          <t>Koala Monti and The Trees</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>155</v>
+        <v>139</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052250303</t>
+          <t>9786052250297</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Günde Beş Kuruşa Sultan'ın İstanbul'u (Ciltli)</t>
+          <t>Bebeğim Büyürken</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>463</v>
+        <v>291</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052250266</t>
+          <t>9786052250211</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Spor Koçluğu</t>
+          <t>Babamın Kokusu</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052250235</t>
+          <t>9786052250327</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Okul Öncesi Psikoloğu’na Sorulan 100 Soru 100 Cevap</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>215</v>
+        <v>406</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052250228</t>
+          <t>9786052250310</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Feminist</t>
+          <t>Ayarsız Kadınlar Cemiyeti</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>280</v>
+        <v>161</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052250259</t>
+          <t>9786052250303</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Otobanda Kaybolanlar</t>
+          <t>Günde Beş Kuruşa Sultan'ın İstanbul'u (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>280</v>
+        <v>481</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052250181</t>
+          <t>9786052250266</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Elli Yüzü</t>
+          <t>Spor Koçluğu</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052250167</t>
+          <t>9786052250235</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Açık - Yeni Dünyada Yaşam ve Eğitim Modeli</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>280</v>
+        <v>223</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052250099</t>
+          <t>9786052250228</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Mükemmelliğin Kapılarını Açmak</t>
+          <t>Feminist</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052250082</t>
+          <t>9786052250259</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Hislerine Güven</t>
+          <t>Otobanda Kaybolanlar</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052250075</t>
+          <t>9786052250181</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Öz</t>
+          <t>Öğrenmenin Elli Yüzü</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>490</v>
+        <v>291</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052250051</t>
+          <t>9786052250167</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Dikkate Değer Olmak</t>
+          <t>Açık - Yeni Dünyada Yaşam ve Eğitim Modeli</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052250068</t>
+          <t>9786052250099</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Çatışma Yönetimi</t>
+          <t>Mükemmelliğin Kapılarını Açmak</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>534</v>
+        <v>291</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052250037</t>
+          <t>9786052250082</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>İnsan Odaklı Tasarım</t>
+          <t>Hislerine Güven</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052250044</t>
+          <t>9786052250075</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Seri Katillerin Zihninden Suç Gölgeleri</t>
+          <t>Öz</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>370</v>
+        <v>509</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052250020</t>
+          <t>9786052250051</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kişiye Özgü Liderlik</t>
+          <t>Dikkate Değer Olmak</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>391</v>
+        <v>291</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059692977</t>
+          <t>9786052250068</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Çekim</t>
+          <t>Çatışma Yönetimi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>370</v>
+        <v>555</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059692984</t>
+          <t>9786052250037</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Cesurca Sevmek</t>
+          <t>İnsan Odaklı Tasarım</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>340</v>
+        <v>291</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052250013</t>
+          <t>9786052250044</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Zorluklarla Başa Çıkmak</t>
+          <t>Seri Katillerin Zihninden Suç Gölgeleri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>280</v>
+        <v>384</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059692991</t>
+          <t>9786052250020</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kontrolcü Eşleri Olan Kadınlar</t>
+          <t>Kişiye Özgü Liderlik</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>308</v>
+        <v>406</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052250006</t>
+          <t>9786059692977</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sen Bitti Dediğinde</t>
+          <t>Aramızdaki Çekim</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>594</v>
+        <v>384</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059692960</t>
+          <t>9786059692984</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sapere Aude</t>
+          <t>Cesurca Sevmek</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>280</v>
+        <v>353</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059692953</t>
+          <t>9786052250013</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Marka Olmak İstiyorum</t>
+          <t>Zorluklarla Başa Çıkmak</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>402</v>
+        <v>291</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059692908</t>
+          <t>9786059692991</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ezberbozanlar</t>
+          <t>Kontrolcü Eşleri Olan Kadınlar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>463</v>
+        <v>320</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059692885</t>
+          <t>9786052250006</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kızınız Acımasız Olabilir</t>
+          <t>Sen Bitti Dediğinde</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>308</v>
+        <v>617</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059692878</t>
+          <t>9786059692960</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Kızlar</t>
+          <t>Sapere Aude</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>402</v>
+        <v>291</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059692939</t>
+          <t>9786059692953</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Öfke</t>
+          <t>Marka Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>280</v>
+        <v>418</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059692809</t>
+          <t>9786059692908</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Büyük Liderler Nasıl Düşünür?</t>
+          <t>Ezberbozanlar</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>308</v>
+        <v>481</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059692847</t>
+          <t>9786059692885</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Bağlılık</t>
+          <t>Kızınız Acımasız Olabilir</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>242</v>
+        <v>320</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059692830</t>
+          <t>9786059692878</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Aşk İnzal Olundu</t>
+          <t>Güçlü Kızlar</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>308</v>
+        <v>418</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059692861</t>
+          <t>9786059692939</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çağ 2-Lilith’in Dönüşü</t>
+          <t>Dönüşüm Öfke</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059692823</t>
+          <t>9786059692809</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Lüks-Gen</t>
+          <t>Büyük Liderler Nasıl Düşünür?</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>401</v>
+        <v>320</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059692779</t>
+          <t>9786059692847</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Parantez Aşklar</t>
+          <t>Bağlılık</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>215</v>
+        <v>251</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059692816</t>
+          <t>9786059692830</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Usta Terapist Olmak Üzerine</t>
+          <t>Aşk İnzal Olundu</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>588</v>
+        <v>320</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059692762</t>
+          <t>9786059692861</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Sanatı</t>
+          <t>Kayıp Çağ 2-Lilith’in Dönüşü</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059692724</t>
+          <t>9786059692823</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitapta Yaşamak</t>
+          <t>Lüks-Gen</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>186</v>
+        <v>417</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059692786</t>
+          <t>9786059692779</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Aziz</t>
+          <t>Parantez Aşklar</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>215</v>
+        <v>223</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059692748</t>
+          <t>9786059692816</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>İlham Veren Konuşmalar</t>
+          <t>Usta Terapist Olmak Üzerine</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>280</v>
+        <v>611</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059692731</t>
+          <t>9786059692762</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Vlog: Youtube Fenomeni Olmak</t>
+          <t>Yaşam Sanatı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059692700</t>
+          <t>9786059692724</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Egodan Benliğe</t>
+          <t>Bir Kitapta Yaşamak</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>280</v>
+        <v>193</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059692717</t>
+          <t>9786059692786</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk</t>
+          <t>Aziz</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>328</v>
+        <v>223</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059692670</t>
+          <t>9786059692748</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Hoş Bulduk İstanbul</t>
+          <t>İlham Veren Konuşmalar</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>202</v>
+        <v>291</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059692625</t>
+          <t>9786059692731</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Bimarhane</t>
+          <t>Vlog: Youtube Fenomeni Olmak</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059692656</t>
+          <t>9786059692700</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Genetik Şifrenizi Kırın</t>
+          <t>Egodan Benliğe</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>340</v>
+        <v>291</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059692632</t>
+          <t>9786059692717</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ahbap ve Zen Ustası</t>
+          <t>Filozof Çocuk</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>242</v>
+        <v>341</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059692601</t>
+          <t>9786059692670</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Neden T?</t>
+          <t>Hoş Bulduk İstanbul</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>280</v>
+        <v>252</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059692571</t>
+          <t>9786059692625</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Benzersiz</t>
+          <t>Bimarhane</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>242</v>
+        <v>291</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059692595</t>
+          <t>9786059692656</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Öğrenciler</t>
+          <t>Genetik Şifrenizi Kırın</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>391</v>
+        <v>353</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059692588</t>
+          <t>9786059692632</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Sakın Vazgeçme</t>
+          <t>Ahbap ve Zen Ustası</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>280</v>
+        <v>251</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059692557</t>
+          <t>9786059692601</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Hayalinize Dahil Etmenin Sırları</t>
+          <t>Neden T?</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059692519</t>
+          <t>9786059692571</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölünün Düşleri</t>
+          <t>Benzersiz</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>215</v>
+        <v>251</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059692489</t>
+          <t>9786059692595</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Saz Eserlerim ve Şarkılarım 2</t>
+          <t>Yaratıcı Öğrenciler</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>233</v>
+        <v>406</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059692496</t>
+          <t>9786059692588</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Çıplak CEO</t>
+          <t>Sakın Vazgeçme</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059692465</t>
+          <t>9786059692557</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kafe</t>
+          <t>İnsanları Hayalinize Dahil Etmenin Sırları</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>370</v>
+        <v>291</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059692458</t>
+          <t>9786059692519</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kitabımın Kenarı</t>
+          <t>Bir Ölünün Düşleri</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>280</v>
+        <v>223</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059692410</t>
+          <t>9786059692489</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Karar Ver</t>
+          <t>Saz Eserlerim ve Şarkılarım 2</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059692427</t>
+          <t>9786059692496</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Maskulist</t>
+          <t>Çıplak CEO</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059692397</t>
+          <t>9786059692465</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Sever Hikayesi Olan Şeyleri</t>
+          <t>Hayal Kafe</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>215</v>
+        <v>384</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059692373</t>
+          <t>9786059692458</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çağ</t>
+          <t>Kitabımın Kenarı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>242</v>
+        <v>291</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059692366</t>
+          <t>9786059692410</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Kaytansızlar</t>
+          <t>Karar Ver</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>186</v>
+        <v>291</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059692335</t>
+          <t>9786059692427</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Her Yatırımcının Yaptığı Beş Hata ve Kaçınma Yolları</t>
+          <t>Maskulist</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059692359</t>
+          <t>9786059692397</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Ya Unutursak</t>
+          <t>Kadınlar Sever Hikayesi Olan Şeyleri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>280</v>
+        <v>223</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059692229</t>
+          <t>9786059692373</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Köz</t>
+          <t>Kayıp Çağ</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>280</v>
+        <v>251</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786059692342</t>
+          <t>9786059692366</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Roman Kahramanı</t>
+          <t>Kaytansızlar</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>280</v>
+        <v>193</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059692304</t>
+          <t>9786059692335</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Tottenham Çocukları</t>
+          <t>Her Yatırımcının Yaptığı Beş Hata ve Kaçınma Yolları</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059692311</t>
+          <t>9786059692359</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Başarı İçin Hızlı Hafıza Teknikleri Eğitimi</t>
+          <t>Ya Unutursak</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786059692328</t>
+          <t>9786059692229</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Star Wars’a Göre Dünya</t>
+          <t>Köz</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059692281</t>
+          <t>9786059692342</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Genlerin G'si</t>
+          <t>Roman Kahramanı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>242</v>
+        <v>291</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786059692298</t>
+          <t>9786059692304</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Matematiğim Pekiyi Ama Kendimi Toplayamıyorum</t>
+          <t>Tottenham Çocukları</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>215</v>
+        <v>291</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786059692472</t>
+          <t>9786059692311</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Seninle Başlamadı</t>
+          <t>Başarı İçin Hızlı Hafıza Teknikleri Eğitimi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>594</v>
+        <v>291</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786059692205</t>
+          <t>9786059692328</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kendini İşten Fethet</t>
+          <t>Star Wars’a Göre Dünya</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059692168</t>
+          <t>9786059692281</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Düzdünya</t>
+          <t>Genlerin G'si</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>155</v>
+        <v>251</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059692120</t>
+          <t>9786059692298</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>İllüzyon</t>
+          <t>Matematiğim Pekiyi Ama Kendimi Toplayamıyorum</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>280</v>
+        <v>223</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059692144</t>
+          <t>9786059692472</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Sen Yapabilirsin</t>
+          <t>Seninle Başlamadı</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>280</v>
+        <v>617</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059692090</t>
+          <t>9786059692205</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Akıldan Bilgeliğe</t>
+          <t>Kendini İşten Fethet</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>280</v>
+        <v>291</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059692106</t>
+          <t>9786059692168</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Rüya Yazarı</t>
+          <t>Düzdünya</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>215</v>
+        <v>161</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786059692083</t>
+          <t>9786059692120</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Aslında Aşk</t>
+          <t>İllüzyon</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>308</v>
+        <v>291</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786059692021</t>
+          <t>9786059692144</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Günah Kadına Yaraşır</t>
+          <t>Sen Yapabilirsin</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>308</v>
+        <v>291</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059692076</t>
+          <t>9786059692090</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Çıkmazı</t>
+          <t>Akıldan Bilgeliğe</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>161</v>
+        <v>291</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059692052</t>
+          <t>9786059692106</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sesi Kağıda Düşerse</t>
+          <t>Rüya Yazarı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>280</v>
+        <v>223</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059692045</t>
+          <t>9786059692083</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İntiharsızlık</t>
+          <t>Aslında Aşk</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>186</v>
+        <v>320</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786059692007</t>
+          <t>9786059692021</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Ahuna (Öteki)</t>
+          <t>Günah Kadına Yaraşır</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786059692014</t>
+          <t>9786059692076</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Acıyan Yerini Bul</t>
+          <t>Özgürlük Çıkmazı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>233</v>
+        <v>167</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
+          <t>9786059692052</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Sesi Kağıda Düşerse</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786059692045</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>İntiharsızlık</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786059692007</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Ahuna (Öteki)</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786059692014</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Acıyan Yerini Bul</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
           <t>9786059692038</t>
         </is>
       </c>
-      <c r="B478" s="1" t="inlineStr">
+      <c r="B482" s="1" t="inlineStr">
         <is>
           <t>Us'ta Yol</t>
         </is>
       </c>
-      <c r="C478" s="1">
-        <v>280</v>
+      <c r="C482" s="1">
+        <v>291</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>