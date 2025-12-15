--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,8725 +85,9190 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052130018</t>
+          <t>9786256173569</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çölüngelini</t>
+          <t>Annemin Elinde Çitilenmiş Kalbim Kekelerken</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255680648</t>
+          <t>9786258728071</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatı Çalışma Metinleri</t>
+          <t>Ney ve Transpoze Anlatım, Açıklama, Eserler, Etütler, Tavsiyeler)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>252</v>
+        <v>385</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255680525</t>
+          <t>9786258728477</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde Makam Öğretimi İçin Solfej Etütleri 1 Makam 5 Etüt</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052130605</t>
+          <t>9786256614543</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddini Rumi Mesnevi Şerhi (6 Cilt Takım) (Ciltli)</t>
+          <t>Piyano İçin 6 Özgün Makamsal Eser</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1500</v>
+        <v>198</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256569928</t>
+          <t>9786256173965</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Manevi Danışmanlık ve Rehberlik Çalışmaları Sistematik Bir Analiz (1990-2023)</t>
+          <t>Piyano İçin Türkü Düzenlemeleri Çocuklara ve Yeni Başlayanlara Yönelik</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>210</v>
+        <v>198</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255680402</t>
+          <t>9786258728392</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Ata Sporu</t>
+          <t>Dar Ağacındaki Adalet</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>480</v>
+        <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255680365</t>
+          <t>9786258379679</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Cihan Pehlivanı Yaşar Doğu</t>
+          <t>Türkkuşu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>670</v>
+        <v>242</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255680372</t>
+          <t>9786258728255</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tüm Öykülerim</t>
+          <t>Hıristiyan Teolojisinde Triteizm Üç Tanrıcılık</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>440</v>
+        <v>205</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255680396</t>
+          <t>9786258728248</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Paşa'nın Yol Hikayeleri</t>
+          <t>Farklı Yönleriyle Hıristiyanlık İnanç ve Akımları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>560</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255680389</t>
+          <t>9786258728347</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Tahta Bavulla Yola Çıktı… Hamit Kaplan</t>
+          <t>Kastamonulu Ahmed Ziyaeddin Efendi’nin Usulcülüğü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>295</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255680501</t>
+          <t>9786255680907</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Arap Kadın Şairler ve Şiirleri</t>
+          <t>Kalbimin Sessizliği</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255680426</t>
+          <t>9786258728293</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Clarinet Studies for Turkish Music I</t>
+          <t>Yapay Zeka ve Din</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255537973</t>
+          <t>9786258728088</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tolunoğulları Devleti Siyasi ve Kültürel Tarih</t>
+          <t>Mina Bir Adanmışlık Hikayesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255680181</t>
+          <t>9786255680976</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>4. Endüstri Devrimi Ve Toplumsal Değişme: Veri Toplumunun Sosyolojik Analizi</t>
+          <t>Aşkın Sağı Solu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255680099</t>
+          <t>9786258728187</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Belirlilik Kategorisi Kodlayıcıları Olarak Nesne Ekleri</t>
+          <t>İslam Siyasal Düşüncesi 1 - Metodolojik Bir Analiz</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>248</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255680037</t>
+          <t>9786258728194</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Fizyonomi ve Okült Metni: Firdevsi-i Tavil’in Fıraset-Name’si</t>
+          <t>İslam Siyasal Düşüncesi 2 - Temel Dayanaklar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255680044</t>
+          <t>9786255680815</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Kardeşler</t>
+          <t>Ardahan Kazası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>95</v>
+        <v>650</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257333214</t>
+          <t>9786258728040</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İş Güç</t>
+          <t>İbret Nazarıyla</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>152</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258455199</t>
+          <t>9786258728033</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Türk Kurtuluş Savaşı’nda Kuvayımilliye Kahramanlarımız</t>
+          <t>Neden Farklı Düşünürüz?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>152</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255585929</t>
+          <t>9786255680303</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler ve Masallar</t>
+          <t>Bu Toprak Beni Besler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>192</v>
+        <v>290</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255585844</t>
+          <t>9786258728019</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi’nde Sakız Adası (1566 - 1913)</t>
+          <t>Meşru Müdafaa Hakkının Geniş Yorumunu Destekleyen Devlet Uygulamaları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>398</v>
+        <v>295</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255585813</t>
+          <t>9786256371217</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mezheblerin Hadis Anlayışı</t>
+          <t>Kur'an'ın Vahyine ve Mushaflaşmasına Dair Tartışmalar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255585257</t>
+          <t>9786258728002</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Halkın Mücahitleri Örgütü ve İdeolojik Dönüşümleri</t>
+          <t>Tohum Genç Zihinlerden Büyük Dönüşüme</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>248</v>
+        <v>790</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255585745</t>
+          <t>9789752405639</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Estetiğin Temel Kavramları Üzerinden Müzik Varlığının Çözümlenmesi</t>
+          <t>Türk Destanlarında Şamanistik Unsurlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>225</v>
+        <v>340</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255585820</t>
+          <t>9786256924260</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ardahan Yanık Cami</t>
+          <t>Osmanlı’dan Cumhuriyet’e Türkiye’de Din Eğitimi Tartışmaları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>105</v>
+        <v>355</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255585790</t>
+          <t>9786255680754</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>12 Ayda 12 Mülakat: Sözde Ermeni Soykırımı Hakkında Hakikat</t>
+          <t>Tasavvuf Metafiziğinde Astral Seyahat</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>155</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255585806</t>
+          <t>9786255680761</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kedilerin Mücadelesi</t>
+          <t>Memlükler Dönemi İslam Hukuku ve Hukukçuları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255585608</t>
+          <t>9786255680853</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Elma</t>
+          <t>Psikososyal Açıdan Halk İnanışları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255585264</t>
+          <t>9786255680792</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Korumanın Algoritması</t>
+          <t>Tatlıköfte ve Maceraları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255585127</t>
+          <t>9786255680686</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sagas Mihayloviç</t>
+          <t>Seyyid Şerif Cürcani’nin Hayatı, Eserleri, Tarikatı ve Tasavvufi Görüşleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>215</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255585752</t>
+          <t>9786255680778</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Güneş’e Yolculuk</t>
+          <t>Klasik Türk Şiirinde Zühd</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>82</v>
+        <v>690</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255585714</t>
+          <t>9786052130018</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Portalın Ardındaki Dünya</t>
+          <t>Çölüngelini</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>88</v>
+        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255585707</t>
+          <t>9786255680648</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Koala Koko ve Sürpriz Tamir</t>
+          <t>Arap Edebiyatı Çalışma Metinleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>210</v>
+        <v>252</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255585646</t>
+          <t>9786255680525</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Marslı Dostunuz Zuzi</t>
+          <t>Türk Müziğinde Makam Öğretimi İçin Solfej Etütleri 1 Makam 5 Etüt</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255585615</t>
+          <t>9786052130605</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yüzme Efsanesi Maya'nın Olimpik Yolculuğu</t>
+          <t>Mevlana Celaleddini Rumi Mesnevi Şerhi (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>215</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255585486</t>
+          <t>9786256569928</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Magna Carta Yaşıyor mu?</t>
+          <t>Türkiye'de Manevi Danışmanlık ve Rehberlik Çalışmaları Sistematik Bir Analiz (1990-2023)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255537065</t>
+          <t>9786255680402</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Din Psikolojisi (Dünü Bugünü - 1)</t>
+          <t>Atatürk ve Ata Sporu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>470</v>
+        <v>480</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255585448</t>
+          <t>9786255680365</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kara Tahtanın Işığı Samiye Çorak</t>
+          <t>Cihan Pehlivanı Yaşar Doğu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>185</v>
+        <v>670</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255585523</t>
+          <t>9786255680372</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Karakalpak Atasözleri -1</t>
+          <t>Tüm Öykülerim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>475</v>
+        <v>440</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255585455</t>
+          <t>9786255680396</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Resmü’l-Mushaf’ta Ta-Yı Mebsuta</t>
+          <t>Mustafa Kemal Paşa'nın Yol Hikayeleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>173</v>
+        <v>560</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255585400</t>
+          <t>9786255680389</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tan Vakti Ilık Esinti</t>
+          <t>Bir Tahta Bavulla Yola Çıktı… Hamit Kaplan</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256875920</t>
+          <t>9786255680501</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Müzik Yapımı</t>
+          <t>Cahiliye Döneminde Arap Kadın Şairler ve Şiirleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256875937</t>
+          <t>9786255680426</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Temel Öğeleri</t>
+          <t>Clarinet Studies for Turkish Music I</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256875951</t>
+          <t>9786255537973</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Müziğin Karşılaştırılması</t>
+          <t>Tolunoğulları Devleti Siyasi ve Kültürel Tarih</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255585394</t>
+          <t>9786255680181</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzündeki Tehlike</t>
+          <t>4. Endüstri Devrimi Ve Toplumsal Değişme: Veri Toplumunun Sosyolojik Analizi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752405776</t>
+          <t>9786255680099</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Anlattıkları</t>
+          <t>Türkçede Belirlilik Kategorisi Kodlayıcıları Olarak Nesne Ekleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>158</v>
+        <v>248</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255585288</t>
+          <t>9786255680037</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzinde: Keşan Nüfus Defterlerinin Anlattıkları 1831-1839 ve 1844 Yılı Keşan Nüfus Defterleri</t>
+          <t>Bir Osmanlı Fizyonomi ve Okült Metni: Firdevsi-i Tavil’in Fıraset-Name’si</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255585240</t>
+          <t>9786255680044</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Üzümlü Ada Cansu</t>
+          <t>Maceracı Kardeşler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>122</v>
+        <v>95</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258227178</t>
+          <t>9786257333214</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Deve Literatürü</t>
+          <t>İş Güç</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255585158</t>
+          <t>9786258455199</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonundan Çok Da Bir Şey Beklemeyin</t>
+          <t>Türk Kurtuluş Savaşı’nda Kuvayımilliye Kahramanlarımız</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>222</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255585134</t>
+          <t>9786255585929</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Gemi</t>
+          <t>Hikayeler ve Masallar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256173606</t>
+          <t>9786255585844</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sedefli Bahçenin Kirazı</t>
+          <t>Osmanlı Dönemi’nde Sakız Adası (1566 - 1913)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>82</v>
+        <v>398</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255585103</t>
+          <t>9786255585813</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ahıskalı Ali Haydar Efendi’nin Hulefasından Kadir Gülbahar Efendi (1908-1970)</t>
+          <t>Mezheblerin Hadis Anlayışı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>168</v>
+        <v>255</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255585073</t>
+          <t>9786255585257</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bağlam Temelinde Karşılaştırmalı Türk ve Kırgız Atasözleri</t>
+          <t>Halkın Mücahitleri Örgütü ve İdeolojik Dönüşümleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>318</v>
+        <v>248</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255585097</t>
+          <t>9786255585745</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Taşların Gizemi</t>
+          <t>Estetiğin Temel Kavramları Üzerinden Müzik Varlığının Çözümlenmesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>118</v>
+        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255585066</t>
+          <t>9786255585820</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Babamın Ardından</t>
+          <t>Ardahan Yanık Cami</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>85</v>
+        <v>105</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255537867</t>
+          <t>9786255585790</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Vakıflar İçin Kurulmuş Özel Bir Mahkeme: Haremeyn Müfettişliği (1587-1615)</t>
+          <t>12 Ayda 12 Mülakat: Sözde Ermeni Soykırımı Hakkında Hakikat</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>252</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255585028</t>
+          <t>9786255585806</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Babamın Ardından</t>
+          <t>Kahraman Kedilerin Mücadelesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>113</v>
+        <v>110</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257604338</t>
+          <t>9786255585608</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>THK - Türk Havacılık Kronolojisi</t>
+          <t>Yeşil Elma</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255537850</t>
+          <t>9786255585264</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Teaching Time In English To Young Learners A Case Study Of Türkiye</t>
+          <t>Korumanın Algoritması</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255537478</t>
+          <t>9786255585127</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kinik</t>
+          <t>Sagas Mihayloviç</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>152</v>
+        <v>140</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255537799</t>
+          <t>9786255585752</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Zaman/Sızım</t>
+          <t>Güneş’e Yolculuk</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>130</v>
+        <v>82</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255537751</t>
+          <t>9786255585714</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hikayelerim</t>
+          <t>Portalın Ardındaki Dünya</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>108</v>
+        <v>88</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256074200</t>
+          <t>9786255585707</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzi</t>
+          <t>Koala Koko ve Sürpriz Tamir</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256173811</t>
+          <t>9786255585646</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gelenek İle Modernlik Arasında Tesettürlü Sporcuların Kimlik İnşa Stratejileri</t>
+          <t>Marslı Dostunuz Zuzi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>186</v>
+        <v>135</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057539397</t>
+          <t>9786255585615</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>10 Kasım 1953 Günü Atatürk'ü Vatan Toprağına Kavuşturmuştuk</t>
+          <t>Yüzme Efsanesi Maya'nın Olimpik Yolculuğu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>162</v>
+        <v>215</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255537430</t>
+          <t>9786255585486</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İstişare ve Demokrasi</t>
+          <t>Magna Carta Yaşıyor mu?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255537485</t>
+          <t>9786255537065</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Helal Gıda Bakımından Hayvanların Beslenmesi ve Kesim Yöntemleri</t>
+          <t>Dünyada Din Psikolojisi (Dünü Bugünü - 1)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>165</v>
+        <v>470</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256074927</t>
+          <t>9786255585448</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Fetih Yöntemleri</t>
+          <t>Kara Tahtanın Işığı Samiye Çorak</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256875913</t>
+          <t>9786255585523</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Diplomasi Cephesi Macar Basınına Göre İkinci Dünya Savaşı’nda Türk Dış Politikası</t>
+          <t>Karakalpak Atasözleri -1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>475</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256398139</t>
+          <t>9786255585455</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Hıristiyan Apolojist Olarak Justın Martyr</t>
+          <t>Resmü’l-Mushaf’ta Ta-Yı Mebsuta</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>185</v>
+        <v>173</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257000482</t>
+          <t>9786255585400</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Gürcistan Sınırında Düzensiz Göç Hareketleri: Doğu Karadeniz Örneğinde Göçmen Deneyimleri</t>
+          <t>Tan Vakti Ilık Esinti</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>254</v>
+        <v>190</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257918596</t>
+          <t>9786256875920</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Hazine-i Letaif</t>
+          <t>Müzik Yapımı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257838757</t>
+          <t>9786256875937</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hac - Güney Afrikalı Bir Sosyoloğun Kutsala Yolculuğu</t>
+          <t>Müziğin Temel Öğeleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052130179</t>
+          <t>9786256875951</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>70 Soruda Kur’an ve İslam İle Mucize Ayetler</t>
+          <t>Dil ve Müziğin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258455618</t>
+          <t>9786255585394</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aracı Kurumlar ve Muhasebe Sistemleri</t>
+          <t>Gökyüzündeki Tehlike</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>154</v>
+        <v>110</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057539939</t>
+          <t>9789752405776</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şarkılarla Türkülerle Keman Öğreniyorum 3</t>
+          <t>Dil ve Anlattıkları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>102</v>
+        <v>158</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057539922</t>
+          <t>9786255585288</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Şarkılarla Türkülerle Keman Öğreniyorum 2</t>
+          <t>Geçmişin İzinde: Keşan Nüfus Defterlerinin Anlattıkları 1831-1839 ve 1844 Yılı Keşan Nüfus Defterleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>102</v>
+        <v>240</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057539915</t>
+          <t>9786255585240</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şarkılarla Türkülerle Keman Öğreniyorum 1</t>
+          <t>Üzümlü Ada Cansu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>102</v>
+        <v>122</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057539977</t>
+          <t>9786258227178</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Paleontoloji</t>
+          <t>Arap Dilinde Deve Literatürü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>215</v>
+        <v>85</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257000109</t>
+          <t>9786255585158</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Uresa Handbook For Renewable Energy Sources</t>
+          <t>Dünyanın Sonundan Çok Da Bir Şey Beklemeyin</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>124</v>
+        <v>222</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257000093</t>
+          <t>9786255585134</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerji Kaynaklarının Tarımda Kullanımı</t>
+          <t>Gizemli Gemi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>132</v>
+        <v>188</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256875067</t>
+          <t>9786256173606</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Umut 4 - Umut Öyküleri</t>
+          <t>Sedefli Bahçenin Kirazı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>70</v>
+        <v>82</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258379792</t>
+          <t>9786255585103</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Green Night</t>
+          <t>Ahıskalı Ali Haydar Efendi’nin Hulefasından Kadir Gülbahar Efendi (1908-1970)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257918862</t>
+          <t>9786255585073</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>An Angel That Disapeared Into The Fog</t>
+          <t>Bağlam Temelinde Karşılaştırmalı Türk ve Kırgız Atasözleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>142</v>
+        <v>318</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057851260</t>
+          <t>9786255585097</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Keşkek Ana</t>
+          <t>Taşların Gizemi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>92</v>
+        <v>118</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057851345</t>
+          <t>9786255585066</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hurda'nın Düşleri</t>
+          <t>Babamın Ardından</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>106</v>
+        <v>85</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257333856</t>
+          <t>9786255537867</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dökülen Satırlar</t>
+          <t>Osmanlı Devleti’nde Vakıflar İçin Kurulmuş Özel Bir Mahkeme: Haremeyn Müfettişliği (1587-1615)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>96</v>
+        <v>252</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057851352</t>
+          <t>9786255585028</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çoban</t>
+          <t>Babamın Ardından</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752405530</t>
+          <t>9786257604338</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bozoğlan Çeşmesi</t>
+          <t>THK - Türk Havacılık Kronolojisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>184</v>
+        <v>325</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257000529</t>
+          <t>9786255537850</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bir Mucizeymiş Yaşamak</t>
+          <t>Teaching Time In English To Young Learners A Case Study Of Türkiye</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>51</v>
+        <v>190</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057851369</t>
+          <t>9786255537478</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Besleme</t>
+          <t>Kinik</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>90</v>
+        <v>152</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258421354</t>
+          <t>9786255537799</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İnceldiği Yerden Kopmasın</t>
+          <t>Zaman/Sızım</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>136</v>
+        <v>130</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258421170</t>
+          <t>9786255537751</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Ortadoğu</t>
+          <t>İnsan Hakları Hikayelerim</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>108</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258421217</t>
+          <t>9786256074200</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Süper Güç Türkiye Yolunda - Sorunlar ve Çözümler</t>
+          <t>Geçmişin İzi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>302</v>
+        <v>125</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052130988</t>
+          <t>9786256173811</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Darlık</t>
+          <t>Gelenek İle Modernlik Arasında Tesettürlü Sporcuların Kimlik İnşa Stratejileri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>82</v>
+        <v>186</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052130643</t>
+          <t>9786057539397</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Karaca</t>
+          <t>10 Kasım 1953 Günü Atatürk'ü Vatan Toprağına Kavuşturmuştuk</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>162</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059190329</t>
+          <t>9786255537430</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Alanguva ve Uzaklar</t>
+          <t>İstişare ve Demokrasi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257714136</t>
+          <t>9786255537485</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Misket Kızın Rüyası</t>
+          <t>Helal Gıda Bakımından Hayvanların Beslenmesi ve Kesim Yöntemleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052130377</t>
+          <t>9786256074927</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Denktaş Bey’in Mektupları 1964 - 2008</t>
+          <t>Osmanlı'nın Fetih Yöntemleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057851567</t>
+          <t>9786256875913</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Veda Bentleri</t>
+          <t>Savaşın Diplomasi Cephesi Macar Basınına Göre İkinci Dünya Savaşı’nda Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>52</v>
+        <v>355</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057851192</t>
+          <t>9786256398139</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bir Sosyal Medya Güncesi - Aşk Politika ve Yaşam Üzerine</t>
+          <t>Bir Hıristiyan Apolojist Olarak Justın Martyr</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>98</v>
+        <v>185</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256173941</t>
+          <t>9786257000482</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tasavvuru Bakımından Mucizenin İmkanı</t>
+          <t>Türkiye - Gürcistan Sınırında Düzensiz Göç Hareketleri: Doğu Karadeniz Örneğinde Göçmen Deneyimleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>90</v>
+        <v>254</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256173897</t>
+          <t>9786257918596</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sadık Yalsızuçanlar’a Saygı</t>
+          <t>Mükemmel Hazine-i Letaif</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>310</v>
+        <v>125</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256173934</t>
+          <t>9786257838757</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Şia’da İmamet Mücadelesi</t>
+          <t>Hac - Güney Afrikalı Bir Sosyoloğun Kutsala Yolculuğu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>135</v>
+        <v>95</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256173804</t>
+          <t>9786052130179</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Cemaleddin Muhammed Aksarayı’nin “Kitab-u Redd-i Şerh-i Mecmai’l-Bahreyn” Adlı Eserinin Tahkik ve Tahlili</t>
+          <t>70 Soruda Kur’an ve İslam İle Mucize Ayetler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256173736</t>
+          <t>9786258455618</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Nevşehirli Süleyman B. Hasan'ın Tuhfe-i Hasaniyye'si Ahlak-ı Adudiyye Telif-Tercümesi</t>
+          <t>Aracı Kurumlar ve Muhasebe Sistemleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>158</v>
+        <v>154</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256173828</t>
+          <t>9786057539939</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Manevi Mükafat</t>
+          <t>Şarkılarla Türkülerle Keman Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>172</v>
+        <v>102</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258379112</t>
+          <t>9786057539922</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Fonetik Açıdan Kur’an İ'cazı</t>
+          <t>Şarkılarla Türkülerle Keman Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>85</v>
+        <v>102</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256074316</t>
+          <t>9786057539915</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Siyasetin Sekerat Hali</t>
+          <t>Şarkılarla Türkülerle Keman Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>187</v>
+        <v>102</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256173583</t>
+          <t>9786057539977</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engellilik ve Maneviyat</t>
+          <t>Paleontoloji</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>189</v>
+        <v>215</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256173767</t>
+          <t>9786257000109</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Serencam</t>
+          <t>Uresa Handbook For Renewable Energy Sources</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>102</v>
+        <v>124</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256173521</t>
+          <t>9786257000093</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Oruç Vakitlerini Tespit Yöntemleri Hakkında Bir Değerlendirme</t>
+          <t>Yenilenebilir Enerji Kaynaklarının Tarımda Kullanımı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>85</v>
+        <v>132</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256173392</t>
+          <t>9786256875067</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Pierre Bourdieu’nun Sosyal Teorisi ve Devlet</t>
+          <t>Umut 4 - Umut Öyküleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>158</v>
+        <v>70</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256173538</t>
+          <t>9786258379792</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>XVII. Yüzyıla Ait Bir Menazilname Tuhfetü’l-Huccac</t>
+          <t>Green Night</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>135</v>
+        <v>166</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256173477</t>
+          <t>9786257918862</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Uzman</t>
+          <t>An Angel That Disapeared Into The Fog</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>563</v>
+        <v>142</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256173453</t>
+          <t>9786057851260</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kasabbaşızade ve Risale-i İ‘tikadiyye</t>
+          <t>Keşkek Ana</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>115</v>
+        <v>92</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256173309</t>
+          <t>9786057851345</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İş Dünyasını Anlamak</t>
+          <t>Hurda'nın Düşleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>190</v>
+        <v>106</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256173217</t>
+          <t>9786257333856</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Sportif Performans</t>
+          <t>Gönülden Dökülen Satırlar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>76</v>
+        <v>96</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256173323</t>
+          <t>9786057851352</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sosyal-Duygusal Zeka ve Akademik Başarı: Sporun Rolü</t>
+          <t>Çoban</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>67</v>
+        <v>111</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256173224</t>
+          <t>9789752405530</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbolcularda Öfke Düzeyi</t>
+          <t>Bozoğlan Çeşmesi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>98</v>
+        <v>184</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256173231</t>
+          <t>9786257000529</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinde Ders-Boş Zaman Kavramı</t>
+          <t>Bir Mucizeymiş Yaşamak</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>117</v>
+        <v>51</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256173033</t>
+          <t>9786057851369</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında 1900 Sonrası Anadolu'ya Türk Göçleri</t>
+          <t>Besleme</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>238</v>
+        <v>90</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256173194</t>
+          <t>9786258421354</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Satrancın Kodları 1</t>
+          <t>İnceldiği Yerden Kopmasın</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>360</v>
+        <v>136</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256173187</t>
+          <t>9786258421170</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Eserler 2</t>
+          <t>Türkiye ve Ortadoğu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>102</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256173057</t>
+          <t>9786258421217</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>En-Nisaü'l-Mübteleyatü Fi'l-Kur'ani'l-Kerim-Dirasetün Mevzuiyyetün Tahliliyye</t>
+          <t>Süper Güç Türkiye Yolunda - Sorunlar ve Çözümler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>165</v>
+        <v>302</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258379884</t>
+          <t>9786052130988</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kıraat - Tefsir İlişkisi Açısından Nisaburi’nin Tefsir Yönteminde Kıraat Olgusu</t>
+          <t>Yüreğimdeki Darlık</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>230</v>
+        <v>82</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257333689</t>
+          <t>9786052130643</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Fetvalarında Ahîlik Karşılaştıkları Hukuki Sorunlar Ve Çözümleri (XVI. Yüzyıl)</t>
+          <t>Karaca</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>132</v>
+        <v>190</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256074880</t>
+          <t>9786059190329</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Göre Aile İçindeki Fertlerin Mülkiyet Hakları</t>
+          <t>Alanguva ve Uzaklar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257714327</t>
+          <t>9786257714136</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Güncel Konularıyla Din Psikolojisi</t>
+          <t>Misket Kızın Rüyası</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>245</v>
+        <v>167</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256074804</t>
+          <t>9786052130377</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Efemera</t>
+          <t>Denktaş Bey’in Mektupları 1964 - 2008</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256074781</t>
+          <t>9786057851567</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türk Şamanizmi</t>
+          <t>Veda Bentleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>52</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256074330</t>
+          <t>9786057851192</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kaşif Serisi - 5 Kitap +Değerlendirme Soruları</t>
+          <t>Bir Sosyal Medya Güncesi - Aşk Politika ve Yaşam Üzerine</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>400</v>
+        <v>98</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256074699</t>
+          <t>9786256173941</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tarihten İzdüşümler Makaleler</t>
+          <t>Bilim Tasavvuru Bakımından Mucizenin İmkanı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>178</v>
+        <v>90</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256074668</t>
+          <t>9786256173897</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hikayelerindeki Kahramanların Çocuklara Rol-Model Olma Durumları</t>
+          <t>Sadık Yalsızuçanlar’a Saygı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>125</v>
+        <v>310</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256074606</t>
+          <t>9786256173934</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Anne Baba Olmak Doğum Öncesi Eğitim Rehberi</t>
+          <t>Şia’da İmamet Mücadelesi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256371521</t>
+          <t>9786256173804</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Basit Makamlarda Kanun Alıştırmaları</t>
+          <t>Cemaleddin Muhammed Aksarayı’nin “Kitab-u Redd-i Şerh-i Mecmai’l-Bahreyn” Adlı Eserinin Tahkik ve Tahlili</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>106</v>
+        <v>260</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258455007</t>
+          <t>9786256173736</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Nihavend Saz Eseri</t>
+          <t>Nevşehirli Süleyman B. Hasan'ın Tuhfe-i Hasaniyye'si Ahlak-ı Adudiyye Telif-Tercümesi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>115</v>
+        <v>158</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256074484</t>
+          <t>9786256173828</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig’de Söz Dizimi</t>
+          <t>Kur'an'da Manevi Mükafat</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>292</v>
+        <v>172</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257333917</t>
+          <t>9786258379112</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Fetvalarında Muamele-i Şer’iyye Bey‘-i İne</t>
+          <t>Fonetik Açıdan Kur’an İ'cazı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>240</v>
+        <v>85</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786056672811</t>
+          <t>9786256074316</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Anadolu Albümü 1299-1453</t>
+          <t>Neoliberal Siyasetin Sekerat Hali</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>60</v>
+        <v>187</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258455441</t>
+          <t>9786256173583</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dini Sosyal Bir Kurum Olarak Ahilik</t>
+          <t>İşitme Engellilik ve Maneviyat</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>110</v>
+        <v>189</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256074170</t>
+          <t>9786256173767</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin İlk Müderrisi Davud Kayserî</t>
+          <t>Serencam</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>68</v>
+        <v>102</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256705968</t>
+          <t>9786256173521</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Uluslararası İlişkiler Uluslararası İlişkilerde Güç Kavramı Realist Temelleri Yeniden Düşünmek Uluslararası İlişkiler Serisi No: 5</t>
+          <t>Namaz ve Oruç Vakitlerini Tespit Yöntemleri Hakkında Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>135</v>
+        <v>85</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256705975</t>
+          <t>9786256173392</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Mevcut Uluslararası Sorunlar, Uluslararası Çatışma Bölgeleri, Aktörler, Eylemler ve Dönüşümler Uluslararası İlişkiler Serisi No: 4</t>
+          <t>Pierre Bourdieu’nun Sosyal Teorisi ve Devlet</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>125</v>
+        <v>158</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256074019</t>
+          <t>9786256173538</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Asrında Bursa (1923-2023)</t>
+          <t>XVII. Yüzyıla Ait Bir Menazilname Tuhfetü’l-Huccac</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>335</v>
+        <v>135</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256074026</t>
+          <t>9786256173477</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Deprem Günlüğü 1</t>
+          <t>Kod Adı Uzman</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>480</v>
+        <v>563</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256074033</t>
+          <t>9786256173453</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Deprem Günlüğü 2</t>
+          <t>Kasabbaşızade ve Risale-i İ‘tikadiyye</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>480</v>
+        <v>115</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256705913</t>
+          <t>9786256173309</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bir Amatörün Yazma Tutkusu</t>
+          <t>Amerikan İş Dünyasını Anlamak</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>129</v>
+        <v>190</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256705784</t>
+          <t>9786256173217</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İbn Kemal’in Fetvaları Işığında Osmanlı’da İslam Hukuku</t>
+          <t>Futbolda Sportif Performans</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>330</v>
+        <v>76</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256705708</t>
+          <t>9786256173323</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Medicinal Beekeeping For Beekeepers</t>
+          <t>Sosyal-Duygusal Zeka ve Akademik Başarı: Sporun Rolü</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>685</v>
+        <v>67</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256705715</t>
+          <t>9786256173224</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel ve Tamamlayıcı Tıpta Arı Ürünleri: Toplanması, Depolanması, İşlenmesi</t>
+          <t>Profesyonel Futbolcularda Öfke Düzeyi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>685</v>
+        <v>98</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256705562</t>
+          <t>9786256173231</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Üniversite Öğrencilerinde Ders-Boş Zaman Kavramı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>61</v>
+        <v>117</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256398894</t>
+          <t>9786256173033</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlerinde Yuvam</t>
+          <t>Türk Romanında 1900 Sonrası Anadolu'ya Türk Göçleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>80</v>
+        <v>238</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256705524</t>
+          <t>9786256173194</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib Divanı’nda Tipler ve Şahsiyetler</t>
+          <t>Satrancın Kodları 1</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256705517</t>
+          <t>9786256173187</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Toz</t>
+          <t>Sözlü Eserler 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>112</v>
+        <v>102</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256705500</t>
+          <t>9786256173057</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Ezan Şiirleri</t>
+          <t>En-Nisaü'l-Mübteleyatü Fi'l-Kur'ani'l-Kerim-Dirasetün Mevzuiyyetün Tahliliyye</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>70</v>
+        <v>165</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258379525</t>
+          <t>9786258379884</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>3 Kuruş Hayata Dair</t>
+          <t>Kıraat - Tefsir İlişkisi Açısından Nisaburi’nin Tefsir Yönteminde Kıraat Olgusu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256705258</t>
+          <t>9786257333689</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Küçük Zabit Makinistler Gedikli Uçmanlar Astsubay Pilotlar</t>
+          <t>Osmanlı Fetvalarında Ahîlik Karşılaştıkları Hukuki Sorunlar Ve Çözümleri (XVI. Yüzyıl)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>170</v>
+        <v>132</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256705425</t>
+          <t>9786256074880</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Anıları</t>
+          <t>İslam Hukukuna Göre Aile İçindeki Fertlerin Mülkiyet Hakları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256705371</t>
+          <t>9786257714327</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Medhal İla't-Terceme Mine'l-Luğati't-Turkiyye İla'l-Luğati'l-Arabiyye</t>
+          <t>Klasik ve Güncel Konularıyla Din Psikolojisi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>245</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256705111</t>
+          <t>9786256074804</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İklim Elçileri - Kadınlar</t>
+          <t>Bir Zamanlar Efemera</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256569799</t>
+          <t>9786256074781</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Göç Olgusu</t>
+          <t>Türk Şamanizmi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>108</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256705364</t>
+          <t>9786256074330</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Tipografik</t>
+          <t>Meraklı Kaşif Serisi - 5 Kitap +Değerlendirme Soruları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258321906</t>
+          <t>9786256074699</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Arapça Konuşmayı Kolaylaştırma Kitabı (Set)</t>
+          <t>Tarihten İzdüşümler Makaleler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>588</v>
+        <v>178</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256371293</t>
+          <t>9786256074668</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Nigarname</t>
+          <t>Çocuk Hikayelerindeki Kahramanların Çocuklara Rol-Model Olma Durumları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256705227</t>
+          <t>9786256074606</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Cahiliyye Döneminde Arap Kadın Şairler ve Şiirleri - Tematik Ve Retorik Bir İnceleme</t>
+          <t>Bilinçli Anne Baba Olmak Doğum Öncesi Eğitim Rehberi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256614888</t>
+          <t>9786256371521</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Örnekleminde Üslubu’l-Hakim Sanatı</t>
+          <t>Basit Makamlarda Kanun Alıştırmaları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256705159</t>
+          <t>9786258455007</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sibeveyhi’nin İstişhad Metoduna Yönelik Ebu Said Es-Sirafi’nin Eleştirileri</t>
+          <t>Nihavend Saz Eseri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256705166</t>
+          <t>9786256074484</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Kerim’de Siyak ve Makam’ın İ‘rab Tercihine Etkisi</t>
+          <t>Kutadgu Bilig’de Söz Dizimi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>256</v>
+        <v>292</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256614420</t>
+          <t>9786257333917</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kehanet</t>
+          <t>Osmanlı Fetvalarında Muamele-i Şer’iyye Bey‘-i İne</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256614598</t>
+          <t>9786056672811</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bileşik Sözleşmeler ve Katılım Bankacılığı</t>
+          <t>Osmanlı Anadolu Albümü 1299-1453</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257456692</t>
+          <t>9786258455441</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Fatma Karabıyık Barbarosoğlu’nun Hayatı ve Edebi Eserleri Üzerine Bir İnceleme</t>
+          <t>Dini Sosyal Bir Kurum Olarak Ahilik</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>445</v>
+        <v>110</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256569508</t>
+          <t>9786256074170</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’da Şark Algısı</t>
+          <t>Osmanlı Devleti’nin İlk Müderrisi Davud Kayserî</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>68</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256875838</t>
+          <t>9786256705968</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Murathan Mungan’ın Düzyazılarında Poetik Görüşler</t>
+          <t>Stratejik Uluslararası İlişkiler Uluslararası İlişkilerde Güç Kavramı Realist Temelleri Yeniden Düşünmek Uluslararası İlişkiler Serisi No: 5</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>363</v>
+        <v>135</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258227031</t>
+          <t>9786256705975</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Arapça Deyimsel İfadeler</t>
+          <t>Mevcut Uluslararası Sorunlar, Uluslararası Çatışma Bölgeleri, Aktörler, Eylemler ve Dönüşümler Uluslararası İlişkiler Serisi No: 4</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>133</v>
+        <v>125</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258379327</t>
+          <t>9786256074019</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Arapça Sözlü İletişim (Elmuhadesel Arabiyye)</t>
+          <t>Cumhuriyet Asrında Bursa (1923-2023)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>220</v>
+        <v>335</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257456739</t>
+          <t>9786256074026</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Arapça Gramer Uygulaması (Temel İ'rab Kuralları)</t>
+          <t>Deprem Günlüğü 1</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>135</v>
+        <v>480</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256398573</t>
+          <t>9786256074033</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’den Arapça’ya Kelime Düzeyinde Çeviri</t>
+          <t>Deprem Günlüğü 2</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>115</v>
+        <v>480</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256614277</t>
+          <t>9786256705913</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Üretim Tarzı ve Savaş Diyalektik Bir İlişkinin Analizi</t>
+          <t>Bir Amatörün Yazma Tutkusu</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>172</v>
+        <v>129</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256614031</t>
+          <t>9786256705784</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Rothschildları Constantiniyyeli (İstanbullu) Camondolar</t>
+          <t>İbn Kemal’in Fetvaları Işığında Osmanlı’da İslam Hukuku</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256614574</t>
+          <t>9786256705708</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kaç Kar’a Kaç Mak (Seyahatname)</t>
+          <t>Medicinal Beekeeping For Beekeepers</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>276</v>
+        <v>685</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256614659</t>
+          <t>9786256705715</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kariyer ve Kariyer Çapaları</t>
+          <t>Geleneksel ve Tamamlayıcı Tıpta Arı Ürünleri: Toplanması, Depolanması, İşlenmesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>72</v>
+        <v>685</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256614901</t>
+          <t>9786256705562</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Fenarizade Muhyiddin Efendi ve Mesh Risaleleri</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>125</v>
+        <v>61</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256614390</t>
+          <t>9786256398894</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Az Kullanılan Makamlarda Kanun Alıştırmaları</t>
+          <t>Korona Günlerinde Yuvam</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256569201</t>
+          <t>9786256705524</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bingöl’de Sosyal Normlar ve Halk Edebiyatı Türleri</t>
+          <t>Şeyh Galib Divanı’nda Tipler ve Şahsiyetler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>243</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256614468</t>
+          <t>9786256705517</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları ve Oyuncakları</t>
+          <t>Toz</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>235</v>
+        <v>112</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256614406</t>
+          <t>9786256705500</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İncil-i Luka</t>
+          <t>Yeni Türk Edebiyatında Ezan Şiirleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>165</v>
+        <v>70</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256614239</t>
+          <t>9786258379525</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gülistan’ı Okuma Kılavuzu</t>
+          <t>3 Kuruş Hayata Dair</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>515</v>
+        <v>320</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256614161</t>
+          <t>9786256705258</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretiminde Derlenen Mizahi Hikayelerin Tahlili (Ciltli)</t>
+          <t>Küçük Zabit Makinistler Gedikli Uçmanlar Astsubay Pilotlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256614109</t>
+          <t>9786256705425</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Flüt İçin Türk Müziği</t>
+          <t>Bir Annenin Anıları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258455250</t>
+          <t>9786256705371</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Makamsal Çocuk Şarkıları</t>
+          <t>Medhal İla't-Terceme Mine'l-Luğati't-Turkiyye İla'l-Luğati'l-Arabiyye</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258455106</t>
+          <t>9786256705111</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Toplum, Şehir Ve Ticaret - I -</t>
+          <t>İklim Elçileri - Kadınlar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>355</v>
+        <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256569225</t>
+          <t>9786256569799</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Toplum, Şehir ve Ticaret - 3</t>
+          <t>Kur’an’da Göç Olgusu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>215</v>
+        <v>108</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256614123</t>
+          <t>9786256705364</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebıyatında Ekonomik Kaynaklı Göç - Konulu Eserler Üzerine İncelemeler</t>
+          <t>Tipografik</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256569089</t>
+          <t>9786258321906</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Eserler I</t>
+          <t>Arapça Konuşmayı Kolaylaştırma Kitabı (Set)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>135</v>
+        <v>588</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256569935</t>
+          <t>9786256371293</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sufîlerin Saadet Tasavvuru İmam Gazali Örneği</t>
+          <t>Nigarname</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>207</v>
+        <v>220</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256569607</t>
+          <t>9786256705227</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Matematikte Üçgen Öğretimi ve Cebirsel Muhakeme</t>
+          <t>Cahiliyye Döneminde Arap Kadın Şairler ve Şiirleri - Tematik Ve Retorik Bir İnceleme</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256569591</t>
+          <t>9786256614888</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Buluşursa</t>
+          <t>Sahih-i Buhari Örnekleminde Üslubu’l-Hakim Sanatı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>219</v>
+        <v>105</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258227338</t>
+          <t>9786256705159</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Tevkid ve Kasr Üsluplarının Allah Lafzıyla Kullanımları Bağlamında Kur'ani Hitabın Belagatı (Belagatü'l-hitabi'l-Kur’ani fi isti'mali esalıbi't-tevkid ve'l-kasr 'ala'llah)</t>
+          <t>Sibeveyhi’nin İstişhad Metoduna Yönelik Ebu Said Es-Sirafi’nin Eleştirileri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>202</v>
+        <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258227352</t>
+          <t>9786256705166</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Zamirlerin Allah Lafza-i Celali Yerine Kullanımı Bağlamında Kur'ani Hitabın Belagatı (Belagatü’l-hitabi'l-Kur'ani fi isti'mali'z-zemair mahalle lafzi'lcelaleti Allah)</t>
+          <t>Kur’an’ı Kerim’de Siyak ve Makam’ın İ‘rab Tercihine Etkisi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>215</v>
+        <v>256</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256569720</t>
+          <t>9786256614420</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Saha (Yakut) Türkçesi Masal Örnekleri</t>
+          <t>Kehanet</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>136</v>
+        <v>160</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256569096</t>
+          <t>9786256614598</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kırgızistan’da Ortaöğretim Okullarında Görev Yapan Öğretmenlerin Teknoloji Kullanım Tutumları İle Bireysel Yenilikçilik Düzeylerinin İncelenmesi</t>
+          <t>Bileşik Sözleşmeler ve Katılım Bankacılığı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>77</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256569515</t>
+          <t>9786257456692</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Edimbilimin Kökenleri</t>
+          <t>Fatma Karabıyık Barbarosoğlu’nun Hayatı ve Edebi Eserleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>158</v>
+        <v>445</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256569256</t>
+          <t>9786256569508</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Laleli ve Aksaray (1960-1977)</t>
+          <t>Tanpınar’da Şark Algısı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>198</v>
+        <v>180</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256569478</t>
+          <t>9786256875838</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Cahız ve Risaleleri</t>
+          <t>Murathan Mungan’ın Düzyazılarında Poetik Görüşler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>130</v>
+        <v>363</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256569348</t>
+          <t>9786258227031</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Büyük Millet Meclisi Zabıt Ceridelerine Göre Bir Devlet Güvenliği Meselesi: Eşkıya Terörü (1920-1925)</t>
+          <t>Arapça Deyimsel İfadeler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>195</v>
+        <v>133</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256875784</t>
+          <t>9786258379327</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>El Ne Der? Allah Ne Der?</t>
+          <t>Arapça Sözlü İletişim (Elmuhadesel Arabiyye)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>286</v>
+        <v>220</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256569423</t>
+          <t>9786257456739</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Platon Alekseyeviç Oyunskiy ve Kızıl Şaman</t>
+          <t>Arapça Gramer Uygulaması (Temel İ'rab Kuralları)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256569232</t>
+          <t>9786256398573</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İbrahim En-nehai ve Ebu Hanife’nin Fıkhı</t>
+          <t>Türkçe’den Arapça’ya Kelime Düzeyinde Çeviri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>330</v>
+        <v>115</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256569218</t>
+          <t>9786256614277</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Unhomeliness, Liminality And Double Consciousness In Bessie Head's Novels</t>
+          <t>Kapitalist Üretim Tarzı ve Savaş Diyalektik Bir İlişkinin Analizi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>133</v>
+        <v>172</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256569072</t>
+          <t>9786256614031</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>3. Ben</t>
+          <t>Doğu’nun Rothschildları Constantiniyyeli (İstanbullu) Camondolar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256569010</t>
+          <t>9786256614574</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İrade ve Özgürlük Eylem ve Değer Mukaddimat-ı Erbaa Tartışmaları</t>
+          <t>Kaç Kar’a Kaç Mak (Seyahatname)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>175</v>
+        <v>276</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256875999</t>
+          <t>9786256614659</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Midilli Adası’nda Mübadele</t>
+          <t>Kariyer ve Kariyer Çapaları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>182</v>
+        <v>72</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256875890</t>
+          <t>9786256614901</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bn Haldun’un Siyaset ve Devlet Felsefesine Dair</t>
+          <t>Fenarizade Muhyiddin Efendi ve Mesh Risaleleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>234</v>
+        <v>125</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256875173</t>
+          <t>9786256614390</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Manzume-i İshak Efendi (Şerhu Nazmi’l-Le‘alî)</t>
+          <t>Az Kullanılan Makamlarda Kanun Alıştırmaları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>233</v>
+        <v>65</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257604314</t>
+          <t>9786256569201</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Mevlitçi Kadınlar ve Mevlit Geleneği</t>
+          <t>Bingöl’de Sosyal Normlar ve Halk Edebiyatı Türleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>330</v>
+        <v>243</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256875036</t>
+          <t>9786256614468</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Destan A Devran</t>
+          <t>Çocuk Oyunları ve Oyuncakları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256875739</t>
+          <t>9786256614406</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Salgın Hastalıklar Döneminde Cemaatle Yapılan İbadetlerin İcrası</t>
+          <t>İncil-i Luka</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256875715</t>
+          <t>9786256614239</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Atmosfer Kimyası</t>
+          <t>Gülistan’ı Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>515</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256875654</t>
+          <t>9786256614161</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesinden - Güneşin Sessiz Şarkısı</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde Derlenen Mizahi Hikayelerin Tahlili (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256875661</t>
+          <t>9786256614109</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Vuslatın Gölgesinde Gönül Göçleri</t>
+          <t>Flüt İçin Türk Müziği</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>133</v>
+        <v>80</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256875678</t>
+          <t>9786258455250</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Özlem Rüzgarları Gönüllerde Çisenti</t>
+          <t>Makamsal Çocuk Şarkıları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256875647</t>
+          <t>9786258455106</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Ersen Erkal’ın Türk Toplumunun Sosyolojik Meselelerine Dair Fikirleri</t>
+          <t>Osmanlı’da Toplum, Şehir Ve Ticaret - I -</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>168</v>
+        <v>355</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256875579</t>
+          <t>9786256569225</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Unlocking Imbalanced Data</t>
+          <t>Osmanlı’da Toplum, Şehir ve Ticaret - 3</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>80</v>
+        <v>215</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256875555</t>
+          <t>9786256614123</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Ayetleri Bağlamında Fıkıh-Kıraat İlişkisi</t>
+          <t>Türk Edebıyatında Ekonomik Kaynaklı Göç - Konulu Eserler Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256875463</t>
+          <t>9786256569089</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika Karar Alma Sürecinde İnancın Rolü</t>
+          <t>Sözlü Eserler I</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256875449</t>
+          <t>9786256569935</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Müridinin Kaleminden Mürşidi: İbrahim Gülşeni'nin Eserlerinde Dede Ömer Ruşeni</t>
+          <t>Sufîlerin Saadet Tasavvuru İmam Gazali Örneği</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>112</v>
+        <v>207</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256875456</t>
+          <t>9786256569607</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-Kainat-İnsan</t>
+          <t>Matematikte Üçgen Öğretimi ve Cebirsel Muhakeme</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256875135</t>
+          <t>9786256569591</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sporcu Öğrencilerde Akademik Başarı</t>
+          <t>Filozoflar Buluşursa</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>75</v>
+        <v>219</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256875234</t>
+          <t>9786258227338</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Hukukundan İslam Hukukuna</t>
+          <t>Tevkid ve Kasr Üsluplarının Allah Lafzıyla Kullanımları Bağlamında Kur'ani Hitabın Belagatı (Belagatü'l-hitabi'l-Kur’ani fi isti'mali esalıbi't-tevkid ve'l-kasr 'ala'llah)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>163</v>
+        <v>202</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256875210</t>
+          <t>9786258227352</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Fransa’da Yerel Yönetimler ve Yerelleşme Reformları</t>
+          <t>Zamirlerin Allah Lafza-i Celali Yerine Kullanımı Bağlamında Kur'ani Hitabın Belagatı (Belagatü’l-hitabi'l-Kur'ani fi isti'mali'z-zemair mahalle lafzi'lcelaleti Allah)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>795</v>
+        <v>215</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256875197</t>
+          <t>9786256569720</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Postmodernist Derin Gözaltılar</t>
+          <t>Saha (Yakut) Türkçesi Masal Örnekleri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>88</v>
+        <v>136</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256875159</t>
+          <t>9786256569096</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ütopyanın Kapitalist Evrimi</t>
+          <t>Kırgızistan’da Ortaöğretim Okullarında Görev Yapan Öğretmenlerin Teknoloji Kullanım Tutumları İle Bireysel Yenilikçilik Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>215</v>
+        <v>77</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059190213</t>
+          <t>9786256569515</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı - İran Sınır ve Aşiret (1800 - 1854)</t>
+          <t>Arap Dilinde Edimbilimin Kökenleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>265</v>
+        <v>158</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256875012</t>
+          <t>9786256569256</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Dersim’e Yolculuk - Seyahatname</t>
+          <t>Bir Zamanlar Laleli ve Aksaray (1960-1977)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>450</v>
+        <v>198</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257838450</t>
+          <t>9786256569478</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türkçe Tıp Metinlerinde Gereklilik ve Yükümlülük Kipliği</t>
+          <t>Cahız ve Risaleleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>285</v>
+        <v>130</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786259912516</t>
+          <t>9786256569348</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Esfar-ı Bahriye-i Osmaniye (Birinci Cild)</t>
+          <t>Türkiye Büyük Millet Meclisi Zabıt Ceridelerine Göre Bir Devlet Güvenliği Meselesi: Eşkıya Terörü (1920-1925)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>330</v>
+        <v>195</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256924840</t>
+          <t>9786256875784</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkıh Usulü Edebiyatında Tahsis Sem‘ani Örneği</t>
+          <t>El Ne Der? Allah Ne Der?</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>130</v>
+        <v>286</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256924826</t>
+          <t>9786256569423</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>1947 Basınına Göre Türkiye’de İktidar - Muhalefet İlişkileri</t>
+          <t>Platon Alekseyeviç Oyunskiy ve Kızıl Şaman</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256924734</t>
+          <t>9786256569232</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Daisy - Papatya</t>
+          <t>İbrahim En-nehai ve Ebu Hanife’nin Fıkhı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>85</v>
+        <v>330</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256924338</t>
+          <t>9786256569218</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnız Adamın Şiiri: Nima Yuşic</t>
+          <t>Unhomeliness, Liminality And Double Consciousness In Bessie Head's Novels</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>180</v>
+        <v>133</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256924703</t>
+          <t>9786256569072</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Öykü’m</t>
+          <t>3. Ben</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256924604</t>
+          <t>9786256569010</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Göbekli Tepe</t>
+          <t>İrade ve Özgürlük Eylem ve Değer Mukaddimat-ı Erbaa Tartışmaları</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>255</v>
+        <v>175</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256924062</t>
+          <t>9786256875999</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Agarta Yeryüzünün Altındaki Dünya</t>
+          <t>Midilli Adası’nda Mübadele</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>355</v>
+        <v>182</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256924222</t>
+          <t>9786256875890</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>2O20’ler Dünyasında Uluslararası Başlıklar</t>
+          <t>Bn Haldun’un Siyaset ve Devlet Felsefesine Dair</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>130</v>
+        <v>234</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256924239</t>
+          <t>9786256875173</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Türkosfer ve Global Olaylar Işığında Uluslararası Başlıklar</t>
+          <t>Şerh-i Manzume-i İshak Efendi (Şerhu Nazmi’l-Le‘alî)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>130</v>
+        <v>233</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256924444</t>
+          <t>9786257604314</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Onuncu Köyden Öteye</t>
+          <t>Kıbrıs’ta Mevlitçi Kadınlar ve Mevlit Geleneği</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258321555</t>
+          <t>9786256875036</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar İstanbul’da Bir Sokak (1960 - 1977)</t>
+          <t>Destan A Devran</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>188</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256924390</t>
+          <t>9786256875739</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Brezilya’ya Ermeni Göçü ve “Geçimsiz Elçi”nin Notları</t>
+          <t>Salgın Hastalıklar Döneminde Cemaatle Yapılan İbadetlerin İcrası</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256924475</t>
+          <t>9786256875715</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Temel Kavramlar</t>
+          <t>Atmosfer Kimyası</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258227383</t>
+          <t>9786256875654</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Stampa Çıkarma</t>
+          <t>Zamanın Ötesinden - Güneşin Sessiz Şarkısı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>100</v>
+        <v>133</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256924314</t>
+          <t>9786256875661</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İmam Birgivi ve Arap Diline Katkıları</t>
+          <t>Vuslatın Gölgesinde Gönül Göçleri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>155</v>
+        <v>133</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256924208</t>
+          <t>9786256875678</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Aile</t>
+          <t>Özlem Rüzgarları Gönüllerde Çisenti</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>295</v>
+        <v>133</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256924116</t>
+          <t>9786256875647</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Mezhebinde Meşayih</t>
+          <t>Mustafa Ersen Erkal’ın Türk Toplumunun Sosyolojik Meselelerine Dair Fikirleri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>155</v>
+        <v>168</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256924277</t>
+          <t>9786256875579</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tur Abdin Bölgesi - Kilise ve Manastırlar Tarihi</t>
+          <t>Unlocking Imbalanced Data</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>266</v>
+        <v>80</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256924130</t>
+          <t>9786256875555</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Rodoscuk</t>
+          <t>Ahkam Ayetleri Bağlamında Fıkıh-Kıraat İlişkisi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256924253</t>
+          <t>9786256875463</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Lojistik ve Sigorta Mevzuatı</t>
+          <t>Dış Politika Karar Alma Sürecinde İnancın Rolü</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>190</v>
+        <v>115</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258227529</t>
+          <t>9786256875449</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Suça Sürüklenmiş Çocuklar ve Maneviyat</t>
+          <t>Müridinin Kaleminden Mürşidi: İbrahim Gülşeni'nin Eserlerinde Dede Ömer Ruşeni</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>135</v>
+        <v>112</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256398733</t>
+          <t>9786256875456</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>I. Balkan Harbi ve Göçler</t>
+          <t>Kur’an-Kainat-İnsan</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256924109</t>
+          <t>9786256875135</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Üslubundaki Ifade Değişiklikleri</t>
+          <t>Sporcu Öğrencilerde Akademik Başarı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258321760</t>
+          <t>9786256875234</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, Dil Ve Kültür İçerikli Modern Metinler</t>
+          <t>Cahiliye Hukukundan İslam Hukukuna</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>145</v>
+        <v>163</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256924079</t>
+          <t>9786256875210</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kuran Sureleri Işığında Akademik Araştırmalar</t>
+          <t>Fransa’da Yerel Yönetimler ve Yerelleşme Reformları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>350</v>
+        <v>795</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256398986</t>
+          <t>9786256875197</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Kenzü’l-Arifîn</t>
+          <t>Postmodernist Derin Gözaltılar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>205</v>
+        <v>88</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258227925</t>
+          <t>9786256875159</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Saz Eserlerim I</t>
+          <t>Ütopyanın Kapitalist Evrimi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257456531</t>
+          <t>9786059190213</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Etik Kriz</t>
+          <t>Osmanlı - İran Sınır ve Aşiret (1800 - 1854)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>135</v>
+        <v>265</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256398825</t>
+          <t>9786256875012</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Çocuk Hikayeleri</t>
+          <t>Dersim’e Yolculuk - Seyahatname</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>188</v>
+        <v>450</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256398870</t>
+          <t>9786257838450</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ulak</t>
+          <t>Klasik Türkçe Tıp Metinlerinde Gereklilik ve Yükümlülük Kipliği</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>238</v>
+        <v>285</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256398924</t>
+          <t>9786259912516</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Osmanlı Donanmasında Mürettebat</t>
+          <t>Esfar-ı Bahriye-i Osmaniye (Birinci Cild)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256398757</t>
+          <t>9786256924840</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı’nda İran Ve Türkiye İlişkileri (1939-1947)</t>
+          <t>Şafii Fıkıh Usulü Edebiyatında Tahsis Sem‘ani Örneği</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256371941</t>
+          <t>9786256924826</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>At Dişleri Ve Yaş Tayini</t>
+          <t>1947 Basınına Göre Türkiye’de İktidar - Muhalefet İlişkileri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>122</v>
+        <v>280</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256398603</t>
+          <t>9786256924734</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Keman Eğitimine Yeni Başlayanlar İçin Dizisel Alıştırmalar İ Scale Exercises For Beginners İn Violin Educatıon İ</t>
+          <t>Daisy - Papatya</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>140</v>
+        <v>85</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256398818</t>
+          <t>9786256924338</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kadınların Sendikal Örgütlenmedeki Yeri</t>
+          <t>Bir Yalnız Adamın Şiiri: Nima Yuşic</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258227789</t>
+          <t>9786256924703</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Özgürlük Düşüncesinin Temeli</t>
+          <t>Öykü’m</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>79</v>
+        <v>125</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256398191</t>
+          <t>9786256924604</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>2 Numaralı Mühimme-i Mektume Defterinin 61-90 Sayfalarının İncelenmesi</t>
+          <t>Göbekli Tepe</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>135</v>
+        <v>255</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256398535</t>
+          <t>9786256924062</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerle Matüridilik Ve Mu'tezile Mukayesesi</t>
+          <t>Agarta Yeryüzünün Altındaki Dünya</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>132</v>
+        <v>355</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256371972</t>
+          <t>9786256924222</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Nedensellik Bağlamında ARAP DİLİ ve BELAGATI (Doğuşu- Gelişimi-Tarihi)</t>
+          <t>2O20’ler Dünyasında Uluslararası Başlıklar</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>335</v>
+        <v>130</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256398252</t>
+          <t>9786256924239</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünme Üzerine</t>
+          <t>Türkosfer ve Global Olaylar Işığında Uluslararası Başlıklar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256398313</t>
+          <t>9786256924444</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kelam'da Müteşabihler Haberi Sıfatlar</t>
+          <t>Onuncu Köyden Öteye</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256398443</t>
+          <t>9786258321555</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Çankırı Edebiyat Araştırmaları</t>
+          <t>Bir Zamanlar İstanbul’da Bir Sokak (1960 - 1977)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>114</v>
+        <v>188</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258227420</t>
+          <t>9786256924390</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Kıbrıs Efsaneleri</t>
+          <t>Brezilya’ya Ermeni Göçü ve “Geçimsiz Elçi”nin Notları</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>348</v>
+        <v>195</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786258421941</t>
+          <t>9786256924475</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Firdevsi-i Rumi Süleyman-Name-i Kebir (78. Cilt) (İnceleme - Metin)</t>
+          <t>İslam Düşüncesinde Temel Kavramlar</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256371897</t>
+          <t>9786258227383</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi Doğu Sorunu</t>
+          <t>Stampa Çıkarma</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258321463</t>
+          <t>9786256924314</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tükenmişlikle Başa Çıkmada Maneviyat</t>
+          <t>İmam Birgivi ve Arap Diline Katkıları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>210</v>
+        <v>155</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256371057</t>
+          <t>9786256924208</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Piyano Ve Orkestra İçin 3 Analiz</t>
+          <t>İslam’da Aile</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258227666</t>
+          <t>9786256924116</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Vahdet Olgusu</t>
+          <t>Hanefi Mezhebinde Meşayih</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>250</v>
+        <v>155</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256371491</t>
+          <t>9786256924277</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Toplum, Şehir ve Ticaret II</t>
+          <t>Tur Abdin Bölgesi - Kilise ve Manastırlar Tarihi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>266</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256371675</t>
+          <t>9786256924130</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Nıkolai Berdyaev’de Tanrı, Ruh, Özgürlük</t>
+          <t>Osmanlı Döneminde Rodoscuk</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256371354</t>
+          <t>9786256924253</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Başvekil İsmet İnönü’nün Yurt İçi Ve Yurt Dışı</t>
+          <t>Lojistik ve Sigorta Mevzuatı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256371309</t>
+          <t>9786258227529</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Modern Fas Öyküsü Ve Muhammed Zafzaf</t>
+          <t>Suça Sürüklenmiş Çocuklar ve Maneviyat</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258227734</t>
+          <t>9786256398733</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Cinuçen Tanrıkorur’un İcad Ettiği Form Seyr-i Natık</t>
+          <t>I. Balkan Harbi ve Göçler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>165</v>
+        <v>235</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256371330</t>
+          <t>9786256924109</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İslam Miras Hukukunda İrade Hürriyeti</t>
+          <t>Kur’an’ın Üslubundaki Ifade Değişiklikleri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258227710</t>
+          <t>9786258321760</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>2022 Abd Ulusal Strateji Dokümanı - Beyaz Saray (2022 Usa Natıonal Securıty Strategy October 2022)</t>
+          <t>Edebiyat, Dil Ve Kültür İçerikli Modern Metinler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256371101</t>
+          <t>9786256924079</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Memlük Türk Devleti Döneminde Trablus (1289-1516)</t>
+          <t>Kuran Sureleri Işığında Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258227765</t>
+          <t>9786256398986</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın R' Si</t>
+          <t>Şerh-i Kenzü’l-Arifîn</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>595</v>
+        <v>205</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258227123</t>
+          <t>9786258227925</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>21nci Yüzyıl’ın İlk Çeyreğinde Uluslararası Başlıklar</t>
+          <t>Saz Eserlerim I</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258227468</t>
+          <t>9786257456531</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağının Yetimleri</t>
+          <t>Kamu Yönetiminde Etik Kriz</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>54</v>
+        <v>135</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258227833</t>
+          <t>9786256398825</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Düşünce Eylem</t>
+          <t>Azerbaycan Çocuk Hikayeleri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>111</v>
+        <v>188</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257838696</t>
+          <t>9786256398870</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Arapça Dilbilgisi</t>
+          <t>Ulak</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>90</v>
+        <v>238</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257838689</t>
+          <t>9786256398924</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Arapça Kelime Bilgisi</t>
+          <t>18. Yüzyıl Osmanlı Donanmasında Mürettebat</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257838894</t>
+          <t>9786256398757</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>İkinci Dünya Savaşı’nda İran Ve Türkiye İlişkileri (1939-1947)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>218</v>
+        <v>210</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057539021</t>
+          <t>9786256371941</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Solving Statelessness In Myanmar</t>
+          <t>At Dişleri Ve Yaş Tayini</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>208</v>
+        <v>122</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258379556</t>
+          <t>9786256398603</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Rol Kuramı ve Türkçede Konusal Roller</t>
+          <t>Keman Eğitimine Yeni Başlayanlar İçin Dizisel Alıştırmalar İ Scale Exercises For Beginners İn Violin Educatıon İ</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>255</v>
+        <v>140</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257333788</t>
+          <t>9786256398818</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Müebbet Krizalit - Özcan Ergüder'in Öykücülüğü</t>
+          <t>Türkiye’de Kadınların Sendikal Örgütlenmedeki Yeri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257918299</t>
+          <t>9786258227789</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Max Weber - Amerika Üzerine</t>
+          <t>İslam’da Özgürlük Düşüncesinin Temeli</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>125</v>
+        <v>79</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257838245</t>
+          <t>9786256398191</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Mekan Tasavvuru - Baki ve Fuzuli Divanları</t>
+          <t>2 Numaralı Mühimme-i Mektume Defterinin 61-90 Sayfalarının İncelenmesi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>405</v>
+        <v>135</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258379334</t>
+          <t>9786256398535</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kaygulu Halil Efendi ve Divan-ı Salis'i</t>
+          <t>Ayetlerle Matüridilik Ve Mu'tezile Mukayesesi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>110</v>
+        <v>132</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258379419</t>
+          <t>9786256371972</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Şer'iyye Sicillerinde Araç</t>
+          <t>Nedensellik Bağlamında ARAP DİLİ ve BELAGATI (Doğuşu- Gelişimi-Tarihi)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>895</v>
+        <v>335</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258421637</t>
+          <t>9786256398252</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Toplum</t>
+          <t>Eleştirel Düşünme Üzerine</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258421644</t>
+          <t>9786256398313</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (SAS)'in Yönetiminde Dış İlişkilerin Temel İlkeleri</t>
+          <t>Kelam'da Müteşabihler Haberi Sıfatlar</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>295</v>
+        <v>135</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258421613</t>
+          <t>9786256398443</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Bi’seti ve Sorumluluklarımız</t>
+          <t>Çankırı Edebiyat Araştırmaları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>135</v>
+        <v>114</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258421620</t>
+          <t>9786258227420</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Fatih Camii Mihrap ve Minberinden Ramazan Mektebi</t>
+          <t>Masallarla Kıbrıs Efsaneleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>115</v>
+        <v>348</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257838887</t>
+          <t>9786258421941</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ebu’l-Berakat en-Nesefi'nin Kıraatları - Değerlendirme ve Tercih Yöntemi</t>
+          <t>Firdevsi-i Rumi Süleyman-Name-i Kebir (78. Cilt) (İnceleme - Metin)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>95</v>
+        <v>310</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057851284</t>
+          <t>9786256371897</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bayburtlu Zihni Divanı</t>
+          <t>Atatürk Dönemi Doğu Sorunu</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258379358</t>
+          <t>9786258321463</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ağız ve Dil Araştırmalarına Adanan Bir Ömür - Prof. Dr. Jale Öztürk’e Armağan</t>
+          <t>Tükenmişlikle Başa Çıkmada Maneviyat</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257918602</t>
+          <t>9786256371057</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Acılı Kuşak'tan Bir Şair - Mehmed Kemal</t>
+          <t>Piyano Ve Orkestra İçin 3 Analiz</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258421071</t>
+          <t>9786258227666</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Fıkhi Mezheplere Bakış</t>
+          <t>Kur’an’a Göre Vahdet Olgusu</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257918008</t>
+          <t>9786256371491</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Nuri Demirağ - Kalkınmaya Adanmış Bir Ömür</t>
+          <t>Osmanlı'da Toplum, Şehir ve Ticaret II</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258379570</t>
+          <t>9786256371675</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yitiğim</t>
+          <t>Nıkolai Berdyaev’de Tanrı, Ruh, Özgürlük</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258379303</t>
+          <t>9786256371354</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kadınca Öyküler - Yolun Başı</t>
+          <t>Başvekil İsmet İnönü’nün Yurt İçi Ve Yurt Dışı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257838412</t>
+          <t>9786256371309</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Ulaşılmaz Sevdalara Özlem</t>
+          <t>Modern Fas Öyküsü Ve Muhammed Zafzaf</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>95</v>
+        <v>170</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258455502</t>
+          <t>9786258227734</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla 2022</t>
+          <t>Cinuçen Tanrıkorur’un İcad Ettiği Form Seyr-i Natık</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>128</v>
+        <v>165</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258379471</t>
+          <t>9786256371330</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Keşiş Dağının Yamacında</t>
+          <t>İslam Miras Hukukunda İrade Hürriyeti</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>85</v>
+        <v>135</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257838948</t>
+          <t>9786258227710</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>6 Çocuğun Dilinden Yeni Öğretmen</t>
+          <t>2022 Abd Ulusal Strateji Dokümanı - Beyaz Saray (2022 Usa Natıonal Securıty Strategy October 2022)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258455311</t>
+          <t>9786256371101</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Arap Gramerinde Zaruret Olgusu</t>
+          <t>Memlük Türk Devleti Döneminde Trablus (1289-1516)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258455410</t>
+          <t>9786258227765</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Eğitim</t>
+          <t>Uygarlığın R' Si</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>235</v>
+        <v>595</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257456555</t>
+          <t>9786258227123</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kamu ve Özel Sektörde Kurumsal Yönetim Modeli</t>
+          <t>21nci Yüzyıl’ın İlk Çeyreğinde Uluslararası Başlıklar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257456289</t>
+          <t>9786258227468</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Görme Engelli Öğrencilere Sosyal Bilgiler Öğretimine Yönelik Kavram Öğretimi</t>
+          <t>Kaf Dağının Yetimleri</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>110</v>
+        <v>54</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258321548</t>
+          <t>9786258227833</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kucağımda Dünya Var Çocukların Dünyası</t>
+          <t>Bilgi Düşünce Eylem</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>92</v>
+        <v>111</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258321456</t>
+          <t>9786257838696</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Zaman Saçlıoğlu’nun Hikayelerine Psikanalitik Bir Bakış</t>
+          <t>En Kolay Arapça Dilbilgisi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258321234</t>
+          <t>9786257838689</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Ben</t>
+          <t>En Kolay Arapça Kelime Bilgisi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>126</v>
+        <v>90</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258321104</t>
+          <t>9786257838894</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Mim Kemal Öke'nin Tarihi Romanlarında Yapı ve İzlek</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>225</v>
+        <v>218</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258321050</t>
+          <t>9786057539021</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili ve Edebiyatı Araştırmaları</t>
+          <t>Solving Statelessness In Myanmar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>141</v>
+        <v>208</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258421439</t>
+          <t>9786258379556</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Adaklı Saçlar</t>
+          <t>Rol Kuramı ve Türkçede Konusal Roller</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>72</v>
+        <v>255</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258379778</t>
+          <t>9786257333788</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Hallu İşkali'l-Efkar Ve Da'vetu'n-Nefsi't-Taliha Eserleri Bağlamında - Şehzade Korkud'un Fıkhi Görüşleri</t>
+          <t>Müebbet Krizalit - Özcan Ergüder'in Öykücülüğü</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258379815</t>
+          <t>9786257918299</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sa‘yi Çelebi ve Gazelleri</t>
+          <t>Max Weber - Amerika Üzerine</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258379808</t>
+          <t>9786257838245</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Her Bir Zerrem Aşk</t>
+          <t>Klasik Türk Şiirinde Mekan Tasavvuru - Baki ve Fuzuli Divanları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>60</v>
+        <v>405</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258379747</t>
+          <t>9786258379334</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi’de Kötülük Problemi</t>
+          <t>Kaygulu Halil Efendi ve Divan-ı Salis'i</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258379518</t>
+          <t>9786258379419</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hatay Mutfağı Tatlısıyla Tuzlusuyla Antakya Lezzetleri</t>
+          <t>Kastamonu Şer'iyye Sicillerinde Araç</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>170</v>
+        <v>895</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258379013</t>
+          <t>9786258421637</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Dönem Osmanlı Taşrasında Farklılıkların Yönetimi - Palu Hükümeti (1515 - 1850)</t>
+          <t>İnsan ve Toplum</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052130049</t>
+          <t>9786258421644</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Tayyarelerinin Tarihçesi</t>
+          <t>Hz. Peygamber (SAS)'in Yönetiminde Dış İlişkilerin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257838597</t>
+          <t>9786258421613</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yitik Vatanın Türküleri</t>
+          <t>Hz. Muhammed’in Bi’seti ve Sorumluluklarımız</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>210</v>
+        <v>135</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257714228</t>
+          <t>9786258421620</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Varoluşu Hayatı Anlamlı Kılmak</t>
+          <t>Fatih Camii Mihrap ve Minberinden Ramazan Mektebi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>145</v>
+        <v>115</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257714273</t>
+          <t>9786257838887</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Karşı Yatan Kara Dağ</t>
+          <t>Ebu’l-Berakat en-Nesefi'nin Kıraatları - Değerlendirme ve Tercih Yöntemi</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057851574</t>
+          <t>9786057851284</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku</t>
+          <t>Bayburtlu Zihni Divanı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>780</v>
+        <v>260</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257333313</t>
+          <t>9786258379358</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Fırat'ın Üç Risalesi ve Fitne Olaylarının Nifak Hareketleri Ekseninde Değerlendirilmesi</t>
+          <t>Ağız ve Dil Araştırmalarına Adanan Bir Ömür - Prof. Dr. Jale Öztürk’e Armağan</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>51</v>
+        <v>440</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257838726</t>
+          <t>9786257918602</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı'nda İngilizlere Esir Düşen Türkler ve İngiliz Esaretindeki Türk Esir Kampları</t>
+          <t>Acılı Kuşak'tan Bir Şair - Mehmed Kemal</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257838610</t>
+          <t>9786258421071</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekirli Abdurrahman Avni ve Şiirleri</t>
+          <t>19. Yüzyılda Fıkhi Mezheplere Bakış</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>188</v>
+        <v>250</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257918190</t>
+          <t>9786257918008</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Dil-Tefsir ve el-Ferra</t>
+          <t>Nuri Demirağ - Kalkınmaya Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257000611</t>
+          <t>9786258379570</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kendi Penceremizden</t>
+          <t>Yitiğim</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257918732</t>
+          <t>9786258379303</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Söğütlü Köyün Öğretmeni</t>
+          <t>Kadınca Öyküler - Yolun Başı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>118</v>
+        <v>100</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257918749</t>
+          <t>9786257838412</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülerinden Kent Enstitülerine</t>
+          <t>Ulaşılmaz Sevdalara Özlem</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>385</v>
+        <v>95</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257000246</t>
+          <t>9786258455502</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Haki Siyah / Beyaz Mavi</t>
+          <t>Sayılarla 2022</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>155</v>
+        <v>128</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257714440</t>
+          <t>9786258379471</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Atam Öyünde</t>
+          <t>Keşiş Dağının Yamacında</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>124</v>
+        <v>85</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257918954</t>
+          <t>9786257838948</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Duruşu</t>
+          <t>6 Çocuğun Dilinden Yeni Öğretmen</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258379587</t>
+          <t>9786258455311</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Terör Örgütlerinin Tipolojik İncelemesi</t>
+          <t>Arap Gramerinde Zaruret Olgusu</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>130</v>
+        <v>255</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258379389</t>
+          <t>9786258455410</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Russian - Grand Strategy and Putin’s Political Moves (2000-2008)</t>
+          <t>Türklerde Eğitim</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257918725</t>
+          <t>9786257456555</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bezik Aşka Davettir</t>
+          <t>Kamu ve Özel Sektörde Kurumsal Yönetim Modeli</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>155</v>
+        <v>85</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057851154</t>
+          <t>9786257456289</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Türkçe Hukuk Sözlüğü</t>
+          <t>Görme Engelli Öğrencilere Sosyal Bilgiler Öğretimine Yönelik Kavram Öğretimi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>820</v>
+        <v>110</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258379655</t>
+          <t>9786258321548</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Gergefte Gece</t>
+          <t>Kucağımda Dünya Var Çocukların Dünyası</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>70</v>
+        <v>92</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258379693</t>
+          <t>9786258321456</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İntikalü’l-ma‘na Bi’l-mecazi’l-mürseli Kıraatün Delaliyyetün FiKitabi ‘umdeti’l- Huffaz Li’s-semin El-halebi</t>
+          <t>Mehmet Zaman Saçlıoğlu’nun Hikayelerine Psikanalitik Bir Bakış</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258379662</t>
+          <t>9786258321234</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hasan Hüsnü Paşa Kütüphanesinde Kayıtlı Bir Cevamiül-Hikayat ve Levamiür-Rivayat Tercümesi</t>
+          <t>Aynadaki Ben</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>365</v>
+        <v>126</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059190893</t>
+          <t>9786258321104</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Araf’taki Kimlik Alevilik - Bektaşilik</t>
+          <t>Mim Kemal Öke'nin Tarihi Romanlarında Yapı ve İzlek</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258379563</t>
+          <t>9786258321050</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Cevheretü't-Tevhid Şerhlerinde Mu'tezile Eleştirisi</t>
+          <t>Arap Dili ve Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>230</v>
+        <v>141</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258379310</t>
+          <t>9786258421439</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Celal</t>
+          <t>Adaklı Saçlar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>215</v>
+        <v>72</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258379372</t>
+          <t>9786258379778</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hasan Hüsnü Paşa Kütüphanesinde Kayıtlı Bir Cevami’ü’l-Hikayat ve Levami’ü’r-Rivayat Tercümesi</t>
+          <t>Hallu İşkali'l-Efkar Ve Da'vetu'n-Nefsi't-Taliha Eserleri Bağlamında - Şehzade Korkud'un Fıkhi Görüşleri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>340</v>
+        <v>105</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258379143</t>
+          <t>9786258379815</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>Sa‘yi Çelebi ve Gazelleri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>188</v>
+        <v>115</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258379228</t>
+          <t>9786258379808</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Döneminde Van</t>
+          <t>Her Bir Zerrem Aşk</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258421989</t>
+          <t>9786258379747</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tarihi Soru Hazinesi 1</t>
+          <t>Said Nursi’de Kötülük Problemi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258379099</t>
+          <t>9786258379518</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kahramanoğlu Neriman Destanı</t>
+          <t>Hatay Mutfağı Tatlısıyla Tuzlusuyla Antakya Lezzetleri</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>465</v>
+        <v>170</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258421897</t>
+          <t>9786258379013</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargılama Hukuku (Vergi Davaları)</t>
+          <t>Erken Modern Dönem Osmanlı Taşrasında Farklılıkların Yönetimi - Palu Hükümeti (1515 - 1850)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258421750</t>
+          <t>9786052130049</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>6 Çocuğun Dilinden 2</t>
+          <t>Atatürk'ün Tayyarelerinin Tarihçesi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>75</v>
+        <v>230</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258421811</t>
+          <t>9786257838597</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kestane’nin Düşü</t>
+          <t>Yitik Vatanın Türküleri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>127</v>
+        <v>210</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257714402</t>
+          <t>9786257714228</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Yıllarında Yeni Tokat</t>
+          <t>Varoluşu Hayatı Anlamlı Kılmak</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>256</v>
+        <v>145</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258421767</t>
+          <t>9786257714273</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>1700’lerden 2000’lere Çağdaşlaşma Yolunda Türkiye Tarihi</t>
+          <t>Karşı Yatan Kara Dağ</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>390</v>
+        <v>95</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258421606</t>
+          <t>9786057851574</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bir Yolculuğun Hikayesi</t>
+          <t>İslam Hukuku</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>265</v>
+        <v>780</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258421699</t>
+          <t>9786257333313</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğunun Sonlandırılması ve Türkiye Cumhuriyeti’nin Kuruluşuyla İlgili Antlaşmalar</t>
+          <t>İbrahim Fırat'ın Üç Risalesi ve Fitne Olaylarının Nifak Hareketleri Ekseninde Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>280</v>
+        <v>51</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258421682</t>
+          <t>9786257838726</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Anayasaları ve İnsan Hakları Temel Belgeleri</t>
+          <t>1. Dünya Savaşı'nda İngilizlere Esir Düşen Türkler ve İngiliz Esaretindeki Türk Esir Kampları</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>379</v>
+        <v>210</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258455182</t>
+          <t>9786257838610</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli'de Güzellik Tasavvuru</t>
+          <t>Diyarbekirli Abdurrahman Avni ve Şiirleri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>380</v>
+        <v>188</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258421095</t>
+          <t>9786257918190</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Şamlı Alim İbn Belban’ın Pratik Tecvid Notları</t>
+          <t>Dil-Tefsir ve el-Ferra</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258421392</t>
+          <t>9786257000611</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Biraz Şiir Çok Değil</t>
+          <t>Kendi Penceremizden</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>102</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258455175</t>
+          <t>9786257918732</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Fransa’nın Güvenlik Stratejisi ve Afrika</t>
+          <t>Söğütlü Köyün Öğretmeni</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>448</v>
+        <v>118</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258421316</t>
+          <t>9786257918749</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Munzur’(l)a Koşan Çocuk</t>
+          <t>Köy Enstitülerinden Kent Enstitülerine</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>180</v>
+        <v>385</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258421286</t>
+          <t>9786257000246</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bir Alimin Gözünden Kudüs Vakıfları</t>
+          <t>Haki Siyah / Beyaz Mavi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258455823</t>
+          <t>9786257714440</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırmalar</t>
+          <t>Atam Öyünde</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>425</v>
+        <v>124</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257456906</t>
+          <t>9786257918954</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Hadis Karşıtlarının Tutarsız Gerekçeleri</t>
+          <t>Kaygı Duruşu</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258455830</t>
+          <t>9786258379587</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ud Restorasyonu - Çalgı Yapımcılar İçin Bir Rehber</t>
+          <t>Terör Örgütlerinin Tipolojik İncelemesi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258455663</t>
+          <t>9786258379389</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Arap Diline Dair Eser Vermiş Bosnalı Alimler ve Eserleri</t>
+          <t>Russian - Grand Strategy and Putin’s Political Moves (2000-2008)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258421019</t>
+          <t>9786257918725</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Mir'atü'l-Kainat</t>
+          <t>Bezik Aşka Davettir</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>325</v>
+        <v>155</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258421033</t>
+          <t>9786057851154</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Vakıf Hukuku</t>
+          <t>Fransızca Türkçe Hukuk Sözlüğü</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>215</v>
+        <v>820</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258421002</t>
+          <t>9786258379655</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Serencam</t>
+          <t>Gergefte Gece</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>117</v>
+        <v>70</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258421040</t>
+          <t>9786258379693</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Ziraatçılar İçin Matematik</t>
+          <t>İntikalü’l-ma‘na Bi’l-mecazi’l-mürseli Kıraatün Delaliyyetün FiKitabi ‘umdeti’l- Huffaz Li’s-semin El-halebi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>309</v>
+        <v>130</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258455854</t>
+          <t>9786258379662</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Te’sisü’n-Nakdi Fi Biladi’l-Mağrib Mağrib Bölgesinde Eleştirinin Tesisi</t>
+          <t>Hasan Hüsnü Paşa Kütüphanesinde Kayıtlı Bir Cevamiül-Hikayat ve Levamiür-Rivayat Tercümesi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>285</v>
+        <v>365</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258455526</t>
+          <t>9786059190893</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Vakfedilmiş Bir Ömür: Rıza Çöllüoğlu</t>
+          <t>Araf’taki Kimlik Alevilik - Bektaşilik</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258455519</t>
+          <t>9786258379563</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Scientific Method</t>
+          <t>Cevheretü't-Tevhid Şerhlerinde Mu'tezile Eleştirisi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>115</v>
+        <v>230</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258455564</t>
+          <t>9786258379310</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Mecrürat ve Fetih Suresindeki Tatbiki</t>
+          <t>Mehmed Celal</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>160</v>
+        <v>215</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258455472</t>
+          <t>9786258379372</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kıtab-ı Eklesiyastiküs</t>
+          <t>Hasan Hüsnü Paşa Kütüphanesinde Kayıtlı Bir Cevami’ü’l-Hikayat ve Levami’ü’r-Rivayat Tercümesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>395</v>
+        <v>340</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258455373</t>
+          <t>9786258379143</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk ile Çevre Muhasebesi Arasındaki İlişkinin Belirlenmesi Tekstil Sektöründe Bir Araştırma</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>145</v>
+        <v>188</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258455342</t>
+          <t>9786258379228</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Köyler</t>
+          <t>Tanzimat Döneminde Van</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257000406</t>
+          <t>9786258421989</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kavramdan Pratiğe Kimlik İnşası</t>
+          <t>Hadis Tarihi Soru Hazinesi 1</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257456647</t>
+          <t>9786258379099</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Tarih Türk'lerle Başlar Bilinmeyen Türk Tarihi</t>
+          <t>Kahramanoğlu Neriman Destanı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>655</v>
+        <v>465</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257456579</t>
+          <t>9786258421897</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları "Makaleler"</t>
+          <t>Vergi Yargılama Hukuku (Vergi Davaları)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>615</v>
+        <v>245</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257333528</t>
+          <t>9786258421750</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Türkiyesinde 1990’larda İrtica ve Terör</t>
+          <t>6 Çocuğun Dilinden 2</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>185</v>
+        <v>75</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258455144</t>
+          <t>9786258421811</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bir Açıdan</t>
+          <t>Kestane’nin Düşü</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>102</v>
+        <v>127</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258455069</t>
+          <t>9786257714402</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>En Önemlisi…</t>
+          <t>Cumhuriyetin İlk Yıllarında Yeni Tokat</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>174</v>
+        <v>256</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258455021</t>
+          <t>9786258421767</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kavgalı Yıllar</t>
+          <t>1700’lerden 2000’lere Çağdaşlaşma Yolunda Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>345</v>
+        <v>390</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258455076</t>
+          <t>9786258421606</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yaşayanlar Yaşadıklarını Anlatıyor Divriği</t>
+          <t>Bir Yolculuğun Hikayesi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>78</v>
+        <v>265</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258455038</t>
+          <t>9786258421699</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Deli Şair</t>
+          <t>Osmanlı İmparatorluğunun Sonlandırılması ve Türkiye Cumhuriyeti’nin Kuruluşuyla İlgili Antlaşmalar</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>92</v>
+        <v>280</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257456975</t>
+          <t>9786258421682</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İzler</t>
+          <t>Türkiye Cumhuriyeti Anayasaları ve İnsan Hakları Temel Belgeleri</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>27</v>
+        <v>379</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257456449</t>
+          <t>9786258455182</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Mirabo Köprüsü</t>
+          <t>Fuzuli'de Güzellik Tasavvuru</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257456920</t>
+          <t>9786258421095</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Tercüman-ı Bektaşiye</t>
+          <t>Şamlı Alim İbn Belban’ın Pratik Tecvid Notları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257456890</t>
+          <t>9786258421392</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Kur’an Okumaları 3</t>
+          <t>Biraz Şiir Çok Değil</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>220</v>
+        <v>102</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257456869</t>
+          <t>9786258455175</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıcaya İlk Adım</t>
+          <t>Fransa’nın Güvenlik Stratejisi ve Afrika</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>100</v>
+        <v>448</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257604826</t>
+          <t>9786258421316</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Denizciliğin Doğuşu Barbaros Hayreddin</t>
+          <t>Munzur’(l)a Koşan Çocuk</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>357</v>
+        <v>180</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257604833</t>
+          <t>9786258421286</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Kuruluş ve Yükseliş Dönemi</t>
+          <t>Bir Alimin Gözünden Kudüs Vakıfları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>149</v>
+        <v>165</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257456661</t>
+          <t>9786258455823</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Bürokrasi ve Tebaa</t>
+          <t>Bilimsel Araştırmalar</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>170</v>
+        <v>425</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257456388</t>
+          <t>9786257456906</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kızılcık Şerbeti</t>
+          <t>Hadis Karşıtlarının Tutarsız Gerekçeleri</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257456470</t>
+          <t>9786258455830</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin İlkeleri ve İşletme Yönetimi</t>
+          <t>Ud Restorasyonu - Çalgı Yapımcılar İçin Bir Rehber</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257456593</t>
+          <t>9786258455663</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Anlama Çabaları</t>
+          <t>Osmanlı Döneminde Arap Diline Dair Eser Vermiş Bosnalı Alimler ve Eserleri</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257456395</t>
+          <t>9786258421019</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Peri Tozu</t>
+          <t>Mir'atü'l-Kainat</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>115</v>
+        <v>325</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257456272</t>
+          <t>9786258421033</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Bilime Aykırılığı İddiası ve İlmi İ'caz</t>
+          <t>Osmanlı Vakıf Hukuku</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>85</v>
+        <v>215</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257604680</t>
+          <t>9786258421002</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Yolculuk</t>
+          <t>Serencam</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>105</v>
+        <v>117</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257604673</t>
+          <t>9786258421040</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>''Türk Konseyi''nden (Türk Keneşi)</t>
+          <t>Ziraatçılar İçin Matematik</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>140</v>
+        <v>309</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257604697</t>
+          <t>9786258455854</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat Davası</t>
+          <t>Te’sisü’n-Nakdi Fi Biladi’l-Mağrib Mağrib Bölgesinde Eleştirinin Tesisi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>135</v>
+        <v>285</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257604727</t>
+          <t>9786258455526</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğumuz Türkler</t>
+          <t>Vakfedilmiş Bir Ömür: Rıza Çöllüoğlu</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>277</v>
+        <v>165</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257456159</t>
+          <t>9786258455519</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Salnameler ve Arşiv Vesikaları Işığında Keşan Tarihi</t>
+          <t>Scientific Method</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>170</v>
+        <v>115</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257456180</t>
+          <t>9786258455564</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Sızı</t>
+          <t>Arap Dilinde Mecrürat ve Fetih Suresindeki Tatbiki</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>87</v>
+        <v>160</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257456081</t>
+          <t>9786258455472</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Para</t>
+          <t>Kıtab-ı Eklesiyastiküs</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>130</v>
+        <v>395</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057539748</t>
+          <t>9786258455373</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Mührü</t>
+          <t>Kurumsal Sosyal Sorumluluk ile Çevre Muhasebesi Arasındaki İlişkinin Belirlenmesi Tekstil Sektöründe Bir Araştırma</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257604796</t>
+          <t>9786258455342</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Medyası ve Özgürlük</t>
+          <t>Sihirli Köyler</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>255</v>
+        <v>50</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257604857</t>
+          <t>9786257000406</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yarası</t>
+          <t>Kavramdan Pratiğe Kimlik İnşası</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>3990057918763</t>
+          <t>9786257456647</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhu - Çanakkale Kara Savaşları 1914-1915</t>
+          <t>Tarih Türk'lerle Başlar Bilinmeyen Türk Tarihi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>200</v>
+        <v>655</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257604765</t>
+          <t>9786257456579</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Rehber-i Tedris ve Terbiye 1-2</t>
+          <t>Türkçülüğün Esasları "Makaleler"</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>175</v>
+        <v>615</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257604444</t>
+          <t>9786257333528</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>İmam Ya‘Kub Kıraatinin Özellikleri ve Delilleri</t>
+          <t>Atatürk Türkiyesinde 1990’larda İrtica ve Terör</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>115</v>
+        <v>185</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257604499</t>
+          <t>9786258455144</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dokunmak</t>
+          <t>Farklı Bir Açıdan</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>135</v>
+        <v>102</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257604758</t>
+          <t>9786258455069</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Hadi Gelin Yüzleşelim</t>
+          <t>En Önemlisi…</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>115</v>
+        <v>174</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257838481</t>
+          <t>9786258455021</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Sıddıka Hanım Usul-i Talim ve Terbiye Dersleri</t>
+          <t>Kavgalı Yıllar</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>180</v>
+        <v>345</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257604253</t>
+          <t>9786258455076</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizdeki Kara Leke - Çekiç Güç</t>
+          <t>Yaşayanlar Yaşadıklarını Anlatıyor Divriği</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>300</v>
+        <v>78</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257604246</t>
+          <t>9786258455038</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Tavistock - Dünyayı Yöneten Örgüt ve Atatürk Türkiyesine Etkileri</t>
+          <t>Deli Şair</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>160</v>
+        <v>92</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257604239</t>
+          <t>9786257456975</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Terör Terörizm ve Ayrılıkçı Kürt Sorunu</t>
+          <t>İzler</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>305</v>
+        <v>27</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257604284</t>
+          <t>9786257456449</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Türk Birliği Gerçekleşiyor</t>
+          <t>Mirabo Köprüsü</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>228</v>
+        <v>210</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257604352</t>
+          <t>9786257456920</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Turkish-American Relations: A Focused Study of International Affairs</t>
+          <t>Tercüman-ı Bektaşiye</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>90</v>
+        <v>185</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257604222</t>
+          <t>9786257456890</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Yunanistanda Unuttuğumuz Türkler - Batı Trakya Türkleri ve Ege Adaları Türkleri</t>
+          <t>Sosyolojik Kur’an Okumaları 3</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257604604</t>
+          <t>9786257456869</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Hanyalı Kami Mektuplar</t>
+          <t>Osmanlıcaya İlk Adım</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>187</v>
+        <v>100</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257604321</t>
+          <t>9786257604826</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İran Bahçe Sanatı</t>
+          <t>Osmanlı İmparatorluğu’nda Denizciliğin Doğuşu Barbaros Hayreddin</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>375</v>
+        <v>357</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>3990000791877</t>
+          <t>9786257604833</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhu - Çanakkale Deniz Savaşları 1914-1915</t>
+          <t>Osmanlı İmparatorluğu Kuruluş ve Yükseliş Dönemi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>127</v>
+        <v>149</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>3990000791876</t>
+          <t>9786257456661</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhu - Anılar, Mektuplar, Tabyalar, Şehitlik, Anıtlar ve Mezarlıklar 1914 - 1915</t>
+          <t>Osmanlı Devletinde Bürokrasi ve Tebaa</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>223</v>
+        <v>170</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257604413</t>
+          <t>9786257456388</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Selefi Yaklaşım</t>
+          <t>Kızılcık Şerbeti</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257604383</t>
+          <t>9786257456470</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Yitik Çocukluğun Travmatik Şairi Nef’i</t>
+          <t>Ekonominin İlkeleri ve İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>166</v>
+        <v>450</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257604345</t>
+          <t>9786257456593</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türklerinde Halı ve Düz Dokuma Yaygıları</t>
+          <t>Kur’an’ı Anlama Çabaları</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>163</v>
+        <v>155</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257333993</t>
+          <t>9786257456395</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>29 Ekim 2048 Ankara Saat 9.30</t>
+          <t>Peri Tozu</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>275</v>
+        <v>115</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257604093</t>
+          <t>9786257456272</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Neo Liberal Ekonomi Politikaları ve Türkiye Ekonomisine Etkileri</t>
+          <t>Kur'an'ın Bilime Aykırılığı İddiası ve İlmi İ'caz</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>210</v>
+        <v>85</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257604062</t>
+          <t>9786257604680</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>A Historical Perspective</t>
+          <t>Zamanda Yolculuk</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>225</v>
+        <v>105</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257918503</t>
+          <t>9786257604673</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Fener Rum Patrikhanesi</t>
+          <t>''Türk Konseyi''nden (Türk Keneşi)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>142</v>
+        <v>140</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257918510</t>
+          <t>9786257604697</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Sorunu</t>
+          <t>28 Şubat Davası</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257604161</t>
+          <t>9786257604727</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İstihlaf</t>
+          <t>Unuttuğumuz Türkler</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>204</v>
+        <v>277</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257604055</t>
+          <t>9786257456159</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Törekeme</t>
+          <t>Salnameler ve Arşiv Vesikaları Işığında Keşan Tarihi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>288</v>
+        <v>170</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257333931</t>
+          <t>9786257456180</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Telkin</t>
+          <t>Sızı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>199</v>
+        <v>87</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257714129</t>
+          <t>9786257456081</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Hayat Hak Mücadelesi</t>
+          <t>Para</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257333887</t>
+          <t>9786057539748</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Sevda İçinde</t>
+          <t>Aşkın Mührü</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>104</v>
+        <v>75</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257918077</t>
+          <t>9786257604796</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Manzum Kırk Hadis</t>
+          <t>Türkiye Medyası ve Özgürlük</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>90</v>
+        <v>255</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257918718</t>
+          <t>9786257604857</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Management and Analysis of Tourism and Aviation Sectors During Covid-19 Crisis in Turkey</t>
+          <t>Gönül Yarası</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>110</v>
+        <v>85</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257918657</t>
+          <t>3990057918763</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Present-Day Management Perceptions on Hydrogen Energy Economics whit A Swot Analysis and Selected Global Paradigms</t>
+          <t>Çanakkale Ruhu - Çanakkale Kara Savaşları 1914-1915</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257918664</t>
+          <t>9786257604765</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Management and Organization Strategies and Online Behavior Review Focusing Z and Y Generations of The New Millennium</t>
+          <t>Rehber-i Tedris ve Terbiye 1-2</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257918701</t>
+          <t>9786257604444</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Pazarlama Uygulamalarında Türkiye Y Kuşağı</t>
+          <t>İmam Ya‘Kub Kıraatinin Özellikleri ve Delilleri</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>138</v>
+        <v>115</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257333832</t>
+          <t>9786257604499</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Erzincan Bölgesinde Ermeni Mezalimi Ve Bu Mezalimi Bizzat Yaşayan Sayın Ömer Necati Gören’in Hatıraları</t>
+          <t>Yaşama Dokunmak</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257333849</t>
+          <t>9786257604758</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Soykırımı İddiası Yalandır</t>
+          <t>Hadi Gelin Yüzleşelim</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>420</v>
+        <v>115</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257000987</t>
+          <t>9786257838481</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>İsyanlar İhanet ve İntihar</t>
+          <t>Ayşe Sıddıka Hanım Usul-i Talim ve Terbiye Dersleri</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>144</v>
+        <v>180</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257918312</t>
+          <t>9786257604253</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>5 Ermeni’nin 5 Yayını</t>
+          <t>Tarihimizdeki Kara Leke - Çekiç Güç</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257333870</t>
+          <t>9786257604246</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Amatör ve Sportif Havacılık</t>
+          <t>Tavistock - Dünyayı Yöneten Örgüt ve Atatürk Türkiyesine Etkileri</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>182</v>
+        <v>160</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257333726</t>
+          <t>9786257604239</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sonrası Yeni Nesil Tarım</t>
+          <t>Terör Terörizm ve Ayrılıkçı Kürt Sorunu</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>118</v>
+        <v>305</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257000574</t>
+          <t>9786257604284</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Perakende Pazarlama Yöntemi</t>
+          <t>Türk Birliği Gerçekleşiyor</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>286</v>
+        <v>228</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257333283</t>
+          <t>9786257604352</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Şubat</t>
+          <t>Turkish-American Relations: A Focused Study of International Affairs</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257838672</t>
+          <t>9786257604222</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Adıyaman</t>
+          <t>Yunanistanda Unuttuğumuz Türkler - Batı Trakya Türkleri ve Ege Adaları Türkleri</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>388</v>
+        <v>140</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257333146</t>
+          <t>9786257604604</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Atatürk - İnönü - Bayar'lı Yıllarda Türk - Amerikan İlişkileri</t>
+          <t>Hanyalı Kami Mektuplar</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>207</v>
+        <v>187</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257714181</t>
+          <t>9786257604321</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Ermenilerin Yalan(cı)ları İtiraf(çı)ları</t>
+          <t>İran Bahçe Sanatı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>448</v>
+        <v>375</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257714174</t>
+          <t>3990000791877</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Katchaznouni, 1923</t>
+          <t>Çanakkale Ruhu - Çanakkale Deniz Savaşları 1914-1915</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>170</v>
+        <v>127</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257714198</t>
+          <t>3990000791876</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Hatisyan, 1930</t>
+          <t>Çanakkale Ruhu - Anılar, Mektuplar, Tabyalar, Şehitlik, Anıtlar ve Mezarlıklar 1914 - 1915</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>300</v>
+        <v>223</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257714457</t>
+          <t>9786257604413</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Khatisian, 1930</t>
+          <t>Kur’an’a Selefi Yaklaşım</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257918763</t>
+          <t>9786257604383</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhu (3 Cilt Takım)</t>
+          <t>Yitik Çocukluğun Travmatik Şairi Nef’i</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>550</v>
+        <v>166</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257333795</t>
+          <t>9786257604345</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Heybemdeki Erdem Dağları</t>
+          <t>Kazak Türklerinde Halı ve Düz Dokuma Yaygıları</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>78</v>
+        <v>163</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257333764</t>
+          <t>9786257333993</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Savaşı</t>
+          <t>29 Ekim 2048 Ankara Saat 9.30</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>555</v>
+        <v>275</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257333559</t>
+          <t>9786257604093</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Cumhuriyeti Örtülü Savaşa Hazır Mı?</t>
+          <t>Neo Liberal Ekonomi Politikaları ve Türkiye Ekonomisine Etkileri</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257333481</t>
+          <t>9786257604062</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Armenian Genocide, A Big Lie Damn Lies and Facts About So-Called “Armenian Genocide”</t>
+          <t>A Historical Perspective</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257333597</t>
+          <t>9786257918503</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Ufo'lar (Uçan Daireler) ve Zaman Yolculuğu</t>
+          <t>Fener Rum Patrikhanesi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>285</v>
+        <v>142</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257333580</t>
+          <t>9786257918510</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>The Aspect of Military Genius in International Relations General Rommel and Patton</t>
+          <t>Ermeni Sorunu</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257333498</t>
+          <t>9786257604161</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Founding Father Of Modern Turkey and His Leading Principles</t>
+          <t>Kur'an'da İstihlaf</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>115</v>
+        <v>204</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257333566</t>
+          <t>9786257604055</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Soykırımı Yalanının Günümüzdeki Durumu ve Çifte Standartlı Batı</t>
+          <t>Törekeme</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>350</v>
+        <v>288</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257333542</t>
+          <t>9786257333931</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçü Türk Ülküsü Türkçülük</t>
+          <t>Telkin</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>115</v>
+        <v>199</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257333573</t>
+          <t>9786257714129</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Atatürkçü Düşünce Sistemi Uygarlık İdeolojisi</t>
+          <t>Adanmış Hayat Hak Mücadelesi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257333504</t>
+          <t>9786257333887</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kayıp Kıta Mu ve Türk Tarih Tezi Güneş Dil Teorisi</t>
+          <t>Sevda İçinde</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>170</v>
+        <v>104</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257333511</t>
+          <t>9786257918077</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Atatürk the Greatest and Genuine Turkish Nationalist and Turkism</t>
+          <t>Manzum Kırk Hadis</t>
         </is>
       </c>
       <c r="C493" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257333535</t>
+          <t>9786257918718</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Din ve Laiklik Anlayışı</t>
+          <t>Management and Analysis of Tourism and Aviation Sectors During Covid-19 Crisis in Turkey</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>235</v>
+        <v>110</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257333641</t>
+          <t>9786257918657</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Ayetleri ve Hadisleri Fıkıh Konularına Göre Tasnifi</t>
+          <t>Present-Day Management Perceptions on Hydrogen Energy Economics whit A Swot Analysis and Selected Global Paradigms</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786057539311</t>
+          <t>9786257918664</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Arkadaşı Atatürk'ün Devrimlerini Anlatıyor</t>
+          <t>Management and Organization Strategies and Online Behavior Review Focusing Z and Y Generations of The New Millennium</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>218</v>
+        <v>100</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052130056</t>
+          <t>9786257918701</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>1938 Atatürk’ün Yeni Türkiyesi</t>
+          <t>Günümüz Pazarlama Uygulamalarında Türkiye Y Kuşağı</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>390</v>
+        <v>138</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052130254</t>
+          <t>9786257333832</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Antlaşmalar ve İlişkilerimizin Belgeleri (1936-1952)</t>
+          <t>Erzincan Bölgesinde Ermeni Mezalimi Ve Bu Mezalimi Bizzat Yaşayan Sayın Ömer Necati Gören’in Hatıraları</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>308</v>
+        <v>120</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052130063</t>
+          <t>9786257333849</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Ekonomi</t>
+          <t>Ermeni Soykırımı İddiası Yalandır</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>154</v>
+        <v>420</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052130087</t>
+          <t>9786257000987</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Cambridge Afro - Asian Expedition (1961 - 62)</t>
+          <t>İsyanlar İhanet ve İntihar</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>510</v>
+        <v>144</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052130711</t>
+          <t>9786257918312</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Karayolu - Demiryolu Dengesinin Tarihçesi 1923 - 2015</t>
+          <t>5 Ermeni’nin 5 Yayını</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>305</v>
+        <v>180</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052130070</t>
+          <t>9786257333870</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Tayyarelerinin Tarihçesi 1926-1955</t>
+          <t>Amatör ve Sportif Havacılık</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>325</v>
+        <v>182</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786057539168</t>
+          <t>9786257333726</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Şeker Şirketi</t>
+          <t>Pandemi Sonrası Yeni Nesil Tarım</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>680</v>
+        <v>118</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257333252</t>
+          <t>9786257000574</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Platon ve Aristoteles’te Varlık, Dil, ve Düşünce, Bağlamında Kavramlar</t>
+          <t>Perakende Pazarlama Yöntemi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>260</v>
+        <v>286</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257714938</t>
+          <t>9786257333283</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülharem, Mütefekkir ve Şair Giritli Ahmet Muhtar - Hayatı Sanatı ve Manzum Eserleri</t>
+          <t>Şubat</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>132</v>
+        <v>65</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257333221</t>
+          <t>9786257838672</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Haşhaş: Sosyo-Ekonomik ve Dış Politik Boyutlarıyla (1909-1950)</t>
+          <t>Tarihte Adıyaman</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>155</v>
+        <v>388</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257333245</t>
+          <t>9786257333146</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Derin Kuyu</t>
+          <t>Atatürk - İnönü - Bayar'lı Yıllarda Türk - Amerikan İlişkileri</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>98</v>
+        <v>207</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257714433</t>
+          <t>9786257714181</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Müslüman Nazarıyla Varoluş ve Ölüm</t>
+          <t>Ermenilerin Yalan(cı)ları İtiraf(çı)ları</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>185</v>
+        <v>448</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257714488</t>
+          <t>9786257714174</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Diyaloglar</t>
+          <t>Katchaznouni, 1923</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257714365</t>
+          <t>9786257714198</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Ses Düşmeleri</t>
+          <t>Hatisyan, 1930</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>192</v>
+        <v>300</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257838566</t>
+          <t>9786257714457</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Kesit</t>
+          <t>Khatisian, 1930</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>133</v>
+        <v>255</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257838504</t>
+          <t>9786257918763</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Bir İzci Liderinin Anıları</t>
+          <t>Çanakkale Ruhu (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>82</v>
+        <v>550</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257918381</t>
+          <t>9786257333795</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Nerimanoğlu Sam Destanı</t>
+          <t>Heybemdeki Erdem Dağları</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>334</v>
+        <v>78</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257918688</t>
+          <t>9786257333764</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Yatık Sekiz</t>
+          <t>İstiklal Savaşı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>195</v>
+        <v>555</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257838375</t>
+          <t>9786257333559</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Görünmez El</t>
+          <t>Atatürk Cumhuriyeti Örtülü Savaşa Hazır Mı?</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>535</v>
+        <v>90</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257838269</t>
+          <t>9786257333481</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Buselik Saz Eseri</t>
+          <t>Armenian Genocide, A Big Lie Damn Lies and Facts About So-Called “Armenian Genocide”</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>122</v>
+        <v>235</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257838047</t>
+          <t>9786257333597</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Güç Olgusu Ve Nükleer Silahlanma Kazakistan-Kuzey Kore Karşılaştırması (Kazakistan Saha Araştırması)</t>
+          <t>Ufo'lar (Uçan Daireler) ve Zaman Yolculuğu</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257838108</t>
+          <t>9786257333580</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Article 140 Of The Constitution Of Iraq</t>
+          <t>The Aspect of Military Genius in International Relations General Rommel and Patton</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>220</v>
+        <v>75</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257918794</t>
+          <t>9786257333498</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Stata Uygulamalı Etki Değerleme Analizleri</t>
+          <t>Atatürk Founding Father Of Modern Turkey and His Leading Principles</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257918480</t>
+          <t>9786257333566</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Trablusşam Vakıfları (1840-1877)</t>
+          <t>Ermeni Soykırımı Yalanının Günümüzdeki Durumu ve Çifte Standartlı Batı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257918527</t>
+          <t>9786257333542</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>KGB Albaylığından Devlet Başkanlığına Putin Dönemi Rusya</t>
+          <t>Atatürkçü Türk Ülküsü Türkçülük</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257918268</t>
+          <t>9786257333573</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Gazellerinde Şekil Hususiyetleri</t>
+          <t>Mustafa Kemal Atatürk Atatürkçü Düşünce Sistemi Uygarlık İdeolojisi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786057539847</t>
+          <t>9786257333504</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kastamonulu Divan Şairleri</t>
+          <t>Atatürk Kayıp Kıta Mu ve Türk Tarih Tezi Güneş Dil Teorisi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>405</v>
+        <v>170</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257918121</t>
+          <t>9786257333511</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokullarında Program Değerlendirme</t>
+          <t>Atatürk the Greatest and Genuine Turkish Nationalist and Turkism</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>167</v>
+        <v>90</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257918244</t>
+          <t>9786257333535</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Karavaşoğlu Muhammed - Mevlid Kastamonu Nüshası</t>
+          <t>Atatürk'ün Din ve Laiklik Anlayışı</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>470</v>
+        <v>235</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257000314</t>
+          <t>9786257333641</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Aşk’efşan</t>
+          <t>Ahkam Ayetleri ve Hadisleri Fıkıh Konularına Göre Tasnifi</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257000307</t>
+          <t>9786057539311</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Molla Halil Es-Siirdi’nin Basiretu’l-Kulub Adli Tefsirinin Arap Dili ve Belagatı Açısından Tahlili</t>
+          <t>Amerikalı Arkadaşı Atatürk'ün Devrimlerini Anlatıyor</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>355</v>
+        <v>218</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786057851499</t>
+          <t>9786052130056</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Apitherapy El Kitabı</t>
+          <t>1938 Atatürk’ün Yeni Türkiyesi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>445</v>
+        <v>390</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257000659</t>
+          <t>9786052130254</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Atamızın İzinde</t>
+          <t>Uluslararası Antlaşmalar ve İlişkilerimizin Belgeleri (1936-1952)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>147</v>
+        <v>308</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257000338</t>
+          <t>9786052130063</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kırım Efsaneleri</t>
+          <t>Atatürk ve Ekonomi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>120</v>
+        <v>154</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257000628</t>
+          <t>9786052130087</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele’de Kuruluşlar ve Yerel Faaliyetler</t>
+          <t>Cambridge Afro - Asian Expedition (1961 - 62)</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>338</v>
+        <v>510</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257000239</t>
+          <t>9786052130711</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Hava Oyunları</t>
+          <t>Karayolu - Demiryolu Dengesinin Tarihçesi 1923 - 2015</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>175</v>
+        <v>305</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257000253</t>
+          <t>9786052130070</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Motorcunun Yol Notları</t>
+          <t>Atatürk’ün Tayyarelerinin Tarihçesi 1926-1955</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>313</v>
+        <v>325</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786057851550</t>
+          <t>9786057539168</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Dünya Enerji Savaşları ve Türkiye</t>
+          <t>Atatürk'ün Şeker Şirketi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>365</v>
+        <v>680</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786057851475</t>
+          <t>9786257333252</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>The Chagos - Arschipelago Case in theInternational Court of Justice</t>
+          <t>Platon ve Aristoteles’te Varlık, Dil, ve Düşünce, Bağlamında Kavramlar</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>199</v>
+        <v>260</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786057851338</t>
+          <t>9786257714938</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Erken Osmanlı (1300-1453) Yapılarında Çini Süsleme</t>
+          <t>Şeyhülharem, Mütefekkir ve Şair Giritli Ahmet Muhtar - Hayatı Sanatı ve Manzum Eserleri</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>440</v>
+        <v>132</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786057851277</t>
+          <t>9786257333221</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Venüs</t>
+          <t>Osmanlı’dan Cumhuriyet’e Haşhaş: Sosyo-Ekonomik ve Dış Politik Boyutlarıyla (1909-1950)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>117</v>
+        <v>155</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786057539786</t>
+          <t>9786257333245</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Şu'uri Divanı - Şu'uri Hasan Efendi</t>
+          <t>Derin Kuyu</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>162</v>
+        <v>98</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786057851253</t>
+          <t>9786257714433</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Qurşun ve Şeir</t>
+          <t>Modern Çağda Müslüman Nazarıyla Varoluş ve Ölüm</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>80</v>
+        <v>185</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786057851161</t>
+          <t>9786257714488</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Türk Havacılığına İz Bırakanlar</t>
+          <t>Tarihi Diyaloglar</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786057539816</t>
+          <t>9786257714365</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Temel Havacılık</t>
+          <t>Türkiye Türkçesinde Ses Düşmeleri</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>285</v>
+        <v>192</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786057851079</t>
+          <t>9786257838566</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Gelibolu Gezi Rehberi</t>
+          <t>Kesit</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>158</v>
+        <v>133</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786057851116</t>
+          <t>9786257838504</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Tarihi</t>
+          <t>Bir İzci Liderinin Anıları</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>282</v>
+        <v>82</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786057851086</t>
+          <t>9786257918381</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Gücü (Senaryo)</t>
+          <t>Nerimanoğlu Sam Destanı</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>102</v>
+        <v>334</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786057851109</t>
+          <t>9786257918688</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet Diye Diye!..</t>
+          <t>Yatık Sekiz</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>242</v>
+        <v>195</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786057851093</t>
+          <t>9786257838375</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya'da Aşk</t>
+          <t>Görünmez El</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>95</v>
+        <v>535</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057851055</t>
+          <t>9786257838269</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Eşikte</t>
+          <t>Buselik Saz Eseri</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>137</v>
+        <v>122</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786057851031</t>
+          <t>9786257838047</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Bahdavar</t>
+          <t>Güç Olgusu Ve Nükleer Silahlanma Kazakistan-Kuzey Kore Karşılaştırması (Kazakistan Saha Araştırması)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>238</v>
+        <v>225</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057851017</t>
+          <t>9786257838108</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Sevdadandır</t>
+          <t>Article 140 Of The Constitution Of Iraq</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786057539724</t>
+          <t>9786257918794</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Köylü Kızı Kezban</t>
+          <t>Stata Uygulamalı Etki Değerleme Analizleri</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057539823</t>
+          <t>9786257918480</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Hitler Öncesi ve Sonrası</t>
+          <t>Trablusşam Vakıfları (1840-1877)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>384</v>
+        <v>360</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>3990000050878</t>
+          <t>9786257918527</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Hayırlara Kavuşma ve Şerlerden Korunma Duaları</t>
+          <t>KGB Albaylığından Devlet Başkanlığına Putin Dönemi Rusya</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>44</v>
+        <v>135</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786057539014</t>
+          <t>9786257918268</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kıssa-i İbrahim</t>
+          <t>18. Yüzyıl Gazellerinde Şekil Hususiyetleri</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789752405943</t>
+          <t>9786057539847</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Kasaba</t>
+          <t>Kastamonulu Divan Şairleri</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>186</v>
+        <v>405</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052130957</t>
+          <t>9786257918121</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir Paşa'nın Eğitim Faaliyetleri</t>
+          <t>Meslek Yüksekokullarında Program Değerlendirme</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>241</v>
+        <v>167</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789752405318</t>
+          <t>9786257918244</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı ve Türkiye 3 Eylül 1939-2 Eylül 1945</t>
+          <t>Karavaşoğlu Muhammed - Mevlid Kastamonu Nüshası</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>332</v>
+        <v>470</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052130346</t>
+          <t>9786257000314</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşk İle Bu Aşk İlla</t>
+          <t>Aşk’efşan</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052130964</t>
+          <t>9786257000307</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesi'nde Sağlık Hizmetleri (1914-1916)</t>
+          <t>Molla Halil Es-Siirdi’nin Basiretu’l-Kulub Adli Tefsirinin Arap Dili ve Belagatı Açısından Tahlili</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>220</v>
+        <v>355</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786059190725</t>
+          <t>9786057851499</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Büyük Reyhanlı Aşireti ve Bahadırlar</t>
+          <t>Apitherapy El Kitabı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>342</v>
+        <v>445</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052130339</t>
+          <t>9786257000659</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Aşık Tarzı Şiir Geleneğinde Yapı ve Tema</t>
+          <t>Atamızın İzinde</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>315</v>
+        <v>147</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052130100</t>
+          <t>9786257000338</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Türklere Yapılan Etnik Temizliğin Bumerang Etkisi Mübadele</t>
+          <t>Kırım Efsaneleri</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786055230272</t>
+          <t>9786257000628</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik</t>
+          <t>Milli Mücadele’de Kuruluşlar ve Yerel Faaliyetler</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>262</v>
+        <v>338</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789752405738</t>
+          <t>9786257000239</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Şura</t>
+          <t>1. Dünya Hava Oyunları</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052130438</t>
+          <t>9786257000253</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Anılar Silinmeden</t>
+          <t>Motorcunun Yol Notları</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>135</v>
+        <v>313</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052130513</t>
+          <t>9786057851550</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Yan Masalın İkramı</t>
+          <t>Dünya Enerji Savaşları ve Türkiye</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>123</v>
+        <v>365</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052130483</t>
+          <t>9786057851475</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Atam Anam Ay Terekeme</t>
+          <t>The Chagos - Arschipelago Case in theInternational Court of Justice</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052130490</t>
+          <t>9786057851338</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Lafirent</t>
+          <t>Erken Osmanlı (1300-1453) Yapılarında Çini Süsleme</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>129</v>
+        <v>440</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052130476</t>
+          <t>9786057851277</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Komedya</t>
+          <t>Gökteki Venüs</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>206</v>
+        <v>117</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789752405264</t>
+          <t>9786057539786</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ü Sevmeyenlerden Siyah Lekeler ve Biz</t>
+          <t>Şu'uri Divanı - Şu'uri Hasan Efendi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>102</v>
+        <v>162</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789752405158</t>
+          <t>9786057851253</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Paralel Boya</t>
+          <t>Qurşun ve Şeir</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>48</v>
+        <v>80</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786055230425</t>
+          <t>9786057851161</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta</t>
+          <t>Türk Havacılığına İz Bırakanlar</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786059190299</t>
+          <t>9786057539816</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui İle Yaşam</t>
+          <t>Temel Havacılık</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>110</v>
+        <v>285</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786059190404</t>
+          <t>9786057851079</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Hammaliye</t>
+          <t>Çanakkale Gelibolu Gezi Rehberi</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>129</v>
+        <v>158</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786059190152</t>
+          <t>9786057851116</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Akışına Bırak</t>
+          <t>Kıbrıs Tarihi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>203</v>
+        <v>282</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786059190091</t>
+          <t>9786057851086</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Sorulu - Cevaplı Günümüz Meseleleri</t>
+          <t>Eğitimin Gücü (Senaryo)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>207</v>
+        <v>102</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786055230791</t>
+          <t>9786057851109</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Cephesi'nin Kilit Noktası Sarıkamış ve Sarıkamış Harekatı</t>
+          <t>Derin Devlet Diye Diye!..</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>600</v>
+        <v>242</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786055230463</t>
+          <t>9786057851093</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Cephesinde Tahliye ve Sıhhiye Hizmetleri</t>
+          <t>Kapadokya'da Aşk</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>215</v>
+        <v>95</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786055230456</t>
+          <t>9786057851055</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Rus Generali Berhman'a Göre Sarıkamış Harekatı</t>
+          <t>Eşikte</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>80</v>
+        <v>137</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786055230869</t>
+          <t>9786057851031</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Harekatı</t>
+          <t>Bahdavar</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>105</v>
+        <v>238</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
+          <t>9786057851017</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Sevdadandır</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786057539724</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Köylü Kızı Kezban</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786057539823</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Hitler Öncesi ve Sonrası</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>3990000050878</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Hayırlara Kavuşma ve Şerlerden Korunma Duaları</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786057539014</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Kıssa-i İbrahim</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9789752405943</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Kasaba</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786052130957</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Kazım Karabekir Paşa'nın Eğitim Faaliyetleri</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9789752405318</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>2. Dünya Savaşı ve Türkiye 3 Eylül 1939-2 Eylül 1945</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786052130346</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Bu Aşk İle Bu Aşk İlla</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786052130964</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Cephesi'nde Sağlık Hizmetleri (1914-1916)</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786059190725</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Reyhanlı Aşireti ve Bahadırlar</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786052130339</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Aşık Tarzı Şiir Geleneğinde Yapı ve Tema</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786052130100</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Türklere Yapılan Etnik Temizliğin Bumerang Etkisi Mübadele</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786055230272</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Hiçlik</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9789752405738</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Şura</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786052130438</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Anılar Silinmeden</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786052130513</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Yan Masalın İkramı</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786052130483</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Atam Anam Ay Terekeme</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786052130490</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Lafirent</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786052130476</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Komedya</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9789752405264</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ü Sevmeyenlerden Siyah Lekeler ve Biz</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9789752405158</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Paralel Boya</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786055230425</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bakışta</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786059190299</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Feng Shui İle Yaşam</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786059190404</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Hammaliye</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786059190152</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Akışına Bırak</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786059190091</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Sorulu - Cevaplı Günümüz Meseleleri</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786055230791</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Kafkas Cephesi'nin Kilit Noktası Sarıkamış ve Sarıkamış Harekatı</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786055230463</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Kafkas Cephesinde Tahliye ve Sıhhiye Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786055230456</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Rus Generali Berhman'a Göre Sarıkamış Harekatı</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786055230869</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Sarıkamış Harekatı</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
           <t>9786055230760</t>
         </is>
       </c>
-      <c r="B580" s="1" t="inlineStr">
+      <c r="B611" s="1" t="inlineStr">
         <is>
           <t>Türkiyede Cumhuriyet Dönemi Kültür ve Müzik Politikaları (1923-2000)</t>
         </is>
       </c>
-      <c r="C580" s="1">
+      <c r="C611" s="1">
         <v>305</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>