--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,9190 +85,9565 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256173569</t>
+          <t>9786258687569</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Annemin Elinde Çitilenmiş Kalbim Kekelerken</t>
+          <t>İzdüşüm</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258728071</t>
+          <t>9786258728910</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ney ve Transpoze Anlatım, Açıklama, Eserler, Etütler, Tavsiyeler)</t>
+          <t>Kırgız Atasözleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>385</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258728477</t>
+          <t>9786258728668</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Avrupa Birliği Çip Yasası ve Teknoloji Yönetimi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256614543</t>
+          <t>9786258687477</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Piyano İçin 6 Özgün Makamsal Eser</t>
+          <t>Zihin Ustası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>198</v>
+        <v>335</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256173965</t>
+          <t>9786258687309</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Piyano İçin Türkü Düzenlemeleri Çocuklara ve Yeni Başlayanlara Yönelik</t>
+          <t>Şeva</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>198</v>
+        <v>395</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258728392</t>
+          <t>9786258687507</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dar Ağacındaki Adalet</t>
+          <t>İlahi Dinlere ve Bilimsel Verilere Göre Kainat ve İçindeki Varlıkların Yaratılışı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258379679</t>
+          <t>9786258728781</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türkkuşu</t>
+          <t>Kaf Dağının Önü’nde Konuşma Kültürü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>242</v>
+        <v>198</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258728255</t>
+          <t>9786258687538</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Teolojisinde Triteizm Üç Tanrıcılık</t>
+          <t>Bir Kedinin Anıları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>205</v>
+        <v>165</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258728248</t>
+          <t>9786052130384</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Hıristiyanlık İnanç ve Akımları</t>
+          <t>Deli İbo</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>190</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258728347</t>
+          <t>9786257604628</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kastamonulu Ahmed Ziyaeddin Efendi’nin Usulcülüğü</t>
+          <t>Fırka-i İslahiye</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255680907</t>
+          <t>9786258728736</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sessizliği</t>
+          <t>Kontrbas Metodu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258728293</t>
+          <t>9786256371408</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Din</t>
+          <t>Canbazzadeler - Bir Anadolu Türk Ailesinin Hikayesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>870</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258728088</t>
+          <t>9786256371392</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mina Bir Adanmışlık Hikayesi</t>
+          <t>Orta İlçesine Ait Osmanlı Dönemi Nüfus Defterlerinin Transkripsiyonu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>380</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255680976</t>
+          <t>9786258728118</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sağı Solu</t>
+          <t>Orta İlçesi Tarihi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258728187</t>
+          <t>9786255680112</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyasal Düşüncesi 1 - Metodolojik Bir Analiz</t>
+          <t>Kölelerin İntikamı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>210</v>
+        <v>990</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258728194</t>
+          <t>9786258728903</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyasal Düşüncesi 2 - Temel Dayanaklar</t>
+          <t>Yüzüncü Yıl Yazıları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255680815</t>
+          <t>9786258728927</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ardahan Kazası</t>
+          <t>Havuçiko İle Dostları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258728040</t>
+          <t>9786258728446</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İbret Nazarıyla</t>
+          <t>Çocuk ve Mantığın Diyalojik Yüzü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>152</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258728033</t>
+          <t>9786258728682</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Neden Farklı Düşünürüz?</t>
+          <t>Atatürk ve Kemalizm Cilt 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>152</v>
+        <v>580</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255680303</t>
+          <t>9786258728699</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprak Beni Besler</t>
+          <t>Atatürk ve Kemalizm Cilt 2</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258728019</t>
+          <t>9786258728552</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Meşru Müdafaa Hakkının Geniş Yorumunu Destekleyen Devlet Uygulamaları</t>
+          <t>Malatyalı Aşık Hanefi Ünver</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256371217</t>
+          <t>9786258728705</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Vahyine ve Mushaflaşmasına Dair Tartışmalar</t>
+          <t>Osmanlıyı Yücelten Nedenler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>165</v>
+        <v>555</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258728002</t>
+          <t>9786258728613</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tohum Genç Zihinlerden Büyük Dönüşüme</t>
+          <t>İslamcıların ve Yeni Rejim Cumhuriyetin Kuruluş Devresinde İslamcıların Siyasi Yaklaşımları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>790</v>
+        <v>310</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752405639</t>
+          <t>9786258728637</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanlarında Şamanistik Unsurlar</t>
+          <t>Kod Adı Uzman 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>340</v>
+        <v>690</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256924260</t>
+          <t>9786258728378</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Türkiye’de Din Eğitimi Tartışmaları</t>
+          <t>Gönlümün Kilidi Kırılmış</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>355</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255680754</t>
+          <t>9786256173569</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Metafiziğinde Astral Seyahat</t>
+          <t>Annemin Elinde Çitilenmiş Kalbim Kekelerken</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>155</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255680761</t>
+          <t>9786258728071</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Memlükler Dönemi İslam Hukuku ve Hukukçuları</t>
+          <t>Ney ve Transpoze Anlatım, Açıklama, Eserler, Etütler, Tavsiyeler)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>270</v>
+        <v>385</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255680853</t>
+          <t>9786258728477</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Psikososyal Açıdan Halk İnanışları</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255680792</t>
+          <t>9786256614543</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tatlıköfte ve Maceraları</t>
+          <t>Piyano İçin 6 Özgün Makamsal Eser</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>198</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255680686</t>
+          <t>9786256173965</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Şerif Cürcani’nin Hayatı, Eserleri, Tarikatı ve Tasavvufi Görüşleri</t>
+          <t>Piyano İçin Türkü Düzenlemeleri Çocuklara ve Yeni Başlayanlara Yönelik</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>215</v>
+        <v>198</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255680778</t>
+          <t>9786258728392</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Zühd</t>
+          <t>Dar Ağacındaki Adalet</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>690</v>
+        <v>225</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052130018</t>
+          <t>9786258379679</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çölüngelini</t>
+          <t>Türkkuşu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>130</v>
+        <v>242</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255680648</t>
+          <t>9786258728255</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatı Çalışma Metinleri</t>
+          <t>Hıristiyan Teolojisinde Triteizm Üç Tanrıcılık</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>252</v>
+        <v>205</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255680525</t>
+          <t>9786258728248</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde Makam Öğretimi İçin Solfej Etütleri 1 Makam 5 Etüt</t>
+          <t>Farklı Yönleriyle Hıristiyanlık İnanç ve Akımları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052130605</t>
+          <t>9786258728347</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddini Rumi Mesnevi Şerhi (6 Cilt Takım) (Ciltli)</t>
+          <t>Kastamonulu Ahmed Ziyaeddin Efendi’nin Usulcülüğü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>1500</v>
+        <v>295</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256569928</t>
+          <t>9786255680907</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Manevi Danışmanlık ve Rehberlik Çalışmaları Sistematik Bir Analiz (1990-2023)</t>
+          <t>Kalbimin Sessizliği</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255680402</t>
+          <t>9786258728293</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Ata Sporu</t>
+          <t>Yapay Zeka ve Din</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255680365</t>
+          <t>9786258728088</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cihan Pehlivanı Yaşar Doğu</t>
+          <t>Mina Bir Adanmışlık Hikayesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>670</v>
+        <v>380</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255680372</t>
+          <t>9786255680976</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tüm Öykülerim</t>
+          <t>Aşkın Sağı Solu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255680396</t>
+          <t>9786258728187</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Paşa'nın Yol Hikayeleri</t>
+          <t>İslam Siyasal Düşüncesi 1 - Metodolojik Bir Analiz</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>560</v>
+        <v>210</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255680389</t>
+          <t>9786258728194</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bir Tahta Bavulla Yola Çıktı… Hamit Kaplan</t>
+          <t>İslam Siyasal Düşüncesi 2 - Temel Dayanaklar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255680501</t>
+          <t>9786255680815</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Arap Kadın Şairler ve Şiirleri</t>
+          <t>Ardahan Kazası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>170</v>
+        <v>650</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255680426</t>
+          <t>9786258728040</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Clarinet Studies for Turkish Music I</t>
+          <t>İbret Nazarıyla</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>152</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255537973</t>
+          <t>9786258728033</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tolunoğulları Devleti Siyasi ve Kültürel Tarih</t>
+          <t>Neden Farklı Düşünürüz?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>320</v>
+        <v>152</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255680181</t>
+          <t>9786255680303</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>4. Endüstri Devrimi Ve Toplumsal Değişme: Veri Toplumunun Sosyolojik Analizi</t>
+          <t>Bu Toprak Beni Besler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255680099</t>
+          <t>9786258728019</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Belirlilik Kategorisi Kodlayıcıları Olarak Nesne Ekleri</t>
+          <t>Meşru Müdafaa Hakkının Geniş Yorumunu Destekleyen Devlet Uygulamaları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>248</v>
+        <v>295</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255680037</t>
+          <t>9786256371217</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Fizyonomi ve Okült Metni: Firdevsi-i Tavil’in Fıraset-Name’si</t>
+          <t>Kur'an'ın Vahyine ve Mushaflaşmasına Dair Tartışmalar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255680044</t>
+          <t>9786258728002</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Kardeşler</t>
+          <t>Tohum Genç Zihinlerden Büyük Dönüşüme</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>95</v>
+        <v>790</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257333214</t>
+          <t>9789752405639</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İş Güç</t>
+          <t>Türk Destanlarında Şamanistik Unsurlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>90</v>
+        <v>340</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258455199</t>
+          <t>9786256924260</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Türk Kurtuluş Savaşı’nda Kuvayımilliye Kahramanlarımız</t>
+          <t>Osmanlı’dan Cumhuriyet’e Türkiye’de Din Eğitimi Tartışmaları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>210</v>
+        <v>355</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255585929</t>
+          <t>9786255680754</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler ve Masallar</t>
+          <t>Tasavvuf Metafiziğinde Astral Seyahat</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>192</v>
+        <v>155</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255585844</t>
+          <t>9786255680761</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi’nde Sakız Adası (1566 - 1913)</t>
+          <t>Memlükler Dönemi İslam Hukuku ve Hukukçuları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>398</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255585813</t>
+          <t>9786255680853</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mezheblerin Hadis Anlayışı</t>
+          <t>Psikososyal Açıdan Halk İnanışları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255585257</t>
+          <t>9786255680792</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Halkın Mücahitleri Örgütü ve İdeolojik Dönüşümleri</t>
+          <t>Tatlıköfte ve Maceraları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255585745</t>
+          <t>9786255680686</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Estetiğin Temel Kavramları Üzerinden Müzik Varlığının Çözümlenmesi</t>
+          <t>Seyyid Şerif Cürcani’nin Hayatı, Eserleri, Tarikatı ve Tasavvufi Görüşleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255585820</t>
+          <t>9786255680778</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ardahan Yanık Cami</t>
+          <t>Klasik Türk Şiirinde Zühd</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>105</v>
+        <v>690</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255585790</t>
+          <t>9786052130018</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>12 Ayda 12 Mülakat: Sözde Ermeni Soykırımı Hakkında Hakikat</t>
+          <t>Çölüngelini</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255585806</t>
+          <t>9786255680648</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kedilerin Mücadelesi</t>
+          <t>Arap Edebiyatı Çalışma Metinleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>110</v>
+        <v>252</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255585608</t>
+          <t>9786255680525</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Elma</t>
+          <t>Türk Müziğinde Makam Öğretimi İçin Solfej Etütleri 1 Makam 5 Etüt</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255585264</t>
+          <t>9786052130605</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Korumanın Algoritması</t>
+          <t>Mevlana Celaleddini Rumi Mesnevi Şerhi (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>550</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255585127</t>
+          <t>9786256569928</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sagas Mihayloviç</t>
+          <t>Türkiye'de Manevi Danışmanlık ve Rehberlik Çalışmaları Sistematik Bir Analiz (1990-2023)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255585752</t>
+          <t>9786255680402</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Güneş’e Yolculuk</t>
+          <t>Atatürk ve Ata Sporu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>82</v>
+        <v>480</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255585714</t>
+          <t>9786255680365</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Portalın Ardındaki Dünya</t>
+          <t>Cihan Pehlivanı Yaşar Doğu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>88</v>
+        <v>670</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255585707</t>
+          <t>9786255680372</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Koala Koko ve Sürpriz Tamir</t>
+          <t>Tüm Öykülerim</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255585646</t>
+          <t>9786255680396</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Marslı Dostunuz Zuzi</t>
+          <t>Mustafa Kemal Paşa'nın Yol Hikayeleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>135</v>
+        <v>560</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255585615</t>
+          <t>9786255680389</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yüzme Efsanesi Maya'nın Olimpik Yolculuğu</t>
+          <t>Bir Tahta Bavulla Yola Çıktı… Hamit Kaplan</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>215</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255585486</t>
+          <t>9786255680501</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Magna Carta Yaşıyor mu?</t>
+          <t>Cahiliye Döneminde Arap Kadın Şairler ve Şiirleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255537065</t>
+          <t>9786255680426</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Din Psikolojisi (Dünü Bugünü - 1)</t>
+          <t>Clarinet Studies for Turkish Music I</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>470</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255585448</t>
+          <t>9786255537973</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kara Tahtanın Işığı Samiye Çorak</t>
+          <t>Tolunoğulları Devleti Siyasi ve Kültürel Tarih</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>185</v>
+        <v>320</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255585523</t>
+          <t>9786255680181</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Karakalpak Atasözleri -1</t>
+          <t>4. Endüstri Devrimi Ve Toplumsal Değişme: Veri Toplumunun Sosyolojik Analizi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255585455</t>
+          <t>9786255680099</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Resmü’l-Mushaf’ta Ta-Yı Mebsuta</t>
+          <t>Türkçede Belirlilik Kategorisi Kodlayıcıları Olarak Nesne Ekleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>173</v>
+        <v>248</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255585400</t>
+          <t>9786255680037</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tan Vakti Ilık Esinti</t>
+          <t>Bir Osmanlı Fizyonomi ve Okült Metni: Firdevsi-i Tavil’in Fıraset-Name’si</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256875920</t>
+          <t>9786255680044</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Müzik Yapımı</t>
+          <t>Maceracı Kardeşler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>145</v>
+        <v>95</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256875937</t>
+          <t>9786257333214</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Temel Öğeleri</t>
+          <t>İş Güç</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>145</v>
+        <v>90</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256875951</t>
+          <t>9786258455199</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Müziğin Karşılaştırılması</t>
+          <t>Türk Kurtuluş Savaşı’nda Kuvayımilliye Kahramanlarımız</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255585394</t>
+          <t>9786255585929</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzündeki Tehlike</t>
+          <t>Hikayeler ve Masallar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>110</v>
+        <v>192</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752405776</t>
+          <t>9786255585844</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Anlattıkları</t>
+          <t>Osmanlı Dönemi’nde Sakız Adası (1566 - 1913)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>158</v>
+        <v>398</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255585288</t>
+          <t>9786255585813</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzinde: Keşan Nüfus Defterlerinin Anlattıkları 1831-1839 ve 1844 Yılı Keşan Nüfus Defterleri</t>
+          <t>Mezheblerin Hadis Anlayışı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255585240</t>
+          <t>9786255585257</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Üzümlü Ada Cansu</t>
+          <t>Halkın Mücahitleri Örgütü ve İdeolojik Dönüşümleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>122</v>
+        <v>248</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258227178</t>
+          <t>9786255585745</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Deve Literatürü</t>
+          <t>Estetiğin Temel Kavramları Üzerinden Müzik Varlığının Çözümlenmesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>85</v>
+        <v>225</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255585158</t>
+          <t>9786255585820</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonundan Çok Da Bir Şey Beklemeyin</t>
+          <t>Ardahan Yanık Cami</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>222</v>
+        <v>105</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255585134</t>
+          <t>9786255585790</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Gemi</t>
+          <t>12 Ayda 12 Mülakat: Sözde Ermeni Soykırımı Hakkında Hakikat</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>188</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256173606</t>
+          <t>9786255585806</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sedefli Bahçenin Kirazı</t>
+          <t>Kahraman Kedilerin Mücadelesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>82</v>
+        <v>110</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255585103</t>
+          <t>9786255585608</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ahıskalı Ali Haydar Efendi’nin Hulefasından Kadir Gülbahar Efendi (1908-1970)</t>
+          <t>Yeşil Elma</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>168</v>
+        <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255585073</t>
+          <t>9786255585264</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bağlam Temelinde Karşılaştırmalı Türk ve Kırgız Atasözleri</t>
+          <t>Korumanın Algoritması</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>318</v>
+        <v>550</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255585097</t>
+          <t>9786255585127</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Taşların Gizemi</t>
+          <t>Sagas Mihayloviç</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>118</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255585066</t>
+          <t>9786255585752</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Babamın Ardından</t>
+          <t>Güneş’e Yolculuk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255537867</t>
+          <t>9786255585714</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Vakıflar İçin Kurulmuş Özel Bir Mahkeme: Haremeyn Müfettişliği (1587-1615)</t>
+          <t>Portalın Ardındaki Dünya</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>252</v>
+        <v>88</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255585028</t>
+          <t>9786255585707</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Babamın Ardından</t>
+          <t>Koala Koko ve Sürpriz Tamir</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>113</v>
+        <v>210</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257604338</t>
+          <t>9786255585646</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>THK - Türk Havacılık Kronolojisi</t>
+          <t>Marslı Dostunuz Zuzi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>325</v>
+        <v>135</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255537850</t>
+          <t>9786255585615</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Teaching Time In English To Young Learners A Case Study Of Türkiye</t>
+          <t>Yüzme Efsanesi Maya'nın Olimpik Yolculuğu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255537478</t>
+          <t>9786255585486</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kinik</t>
+          <t>Magna Carta Yaşıyor mu?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255537799</t>
+          <t>9786255537065</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Zaman/Sızım</t>
+          <t>Dünyada Din Psikolojisi (Dünü Bugünü - 1)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>130</v>
+        <v>470</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255537751</t>
+          <t>9786255585448</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hikayelerim</t>
+          <t>Kara Tahtanın Işığı Samiye Çorak</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>108</v>
+        <v>185</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256074200</t>
+          <t>9786255585523</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzi</t>
+          <t>Karakalpak Atasözleri -1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>125</v>
+        <v>475</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256173811</t>
+          <t>9786255585455</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gelenek İle Modernlik Arasında Tesettürlü Sporcuların Kimlik İnşa Stratejileri</t>
+          <t>Resmü’l-Mushaf’ta Ta-Yı Mebsuta</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>186</v>
+        <v>173</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057539397</t>
+          <t>9786255585400</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>10 Kasım 1953 Günü Atatürk'ü Vatan Toprağına Kavuşturmuştuk</t>
+          <t>Tan Vakti Ilık Esinti</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>162</v>
+        <v>190</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255537430</t>
+          <t>9786256875920</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İstişare ve Demokrasi</t>
+          <t>Müzik Yapımı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>210</v>
+        <v>145</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255537485</t>
+          <t>9786256875937</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Helal Gıda Bakımından Hayvanların Beslenmesi ve Kesim Yöntemleri</t>
+          <t>Müziğin Temel Öğeleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256074927</t>
+          <t>9786256875951</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Fetih Yöntemleri</t>
+          <t>Dil ve Müziğin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256875913</t>
+          <t>9786255585394</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Diplomasi Cephesi Macar Basınına Göre İkinci Dünya Savaşı’nda Türk Dış Politikası</t>
+          <t>Gökyüzündeki Tehlike</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>355</v>
+        <v>110</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256398139</t>
+          <t>9789752405776</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bir Hıristiyan Apolojist Olarak Justın Martyr</t>
+          <t>Dil ve Anlattıkları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>185</v>
+        <v>158</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257000482</t>
+          <t>9786255585288</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Gürcistan Sınırında Düzensiz Göç Hareketleri: Doğu Karadeniz Örneğinde Göçmen Deneyimleri</t>
+          <t>Geçmişin İzinde: Keşan Nüfus Defterlerinin Anlattıkları 1831-1839 ve 1844 Yılı Keşan Nüfus Defterleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>254</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257918596</t>
+          <t>9786255585240</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Hazine-i Letaif</t>
+          <t>Üzümlü Ada Cansu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>125</v>
+        <v>122</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257838757</t>
+          <t>9786258227178</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hac - Güney Afrikalı Bir Sosyoloğun Kutsala Yolculuğu</t>
+          <t>Arap Dilinde Deve Literatürü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052130179</t>
+          <t>9786255585158</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>70 Soruda Kur’an ve İslam İle Mucize Ayetler</t>
+          <t>Dünyanın Sonundan Çok Da Bir Şey Beklemeyin</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>160</v>
+        <v>222</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258455618</t>
+          <t>9786255585134</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Aracı Kurumlar ve Muhasebe Sistemleri</t>
+          <t>Gizemli Gemi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>154</v>
+        <v>188</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057539939</t>
+          <t>9786256173606</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Şarkılarla Türkülerle Keman Öğreniyorum 3</t>
+          <t>Sedefli Bahçenin Kirazı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>102</v>
+        <v>82</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057539922</t>
+          <t>9786255585103</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şarkılarla Türkülerle Keman Öğreniyorum 2</t>
+          <t>Ahıskalı Ali Haydar Efendi’nin Hulefasından Kadir Gülbahar Efendi (1908-1970)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>102</v>
+        <v>168</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057539915</t>
+          <t>9786255585073</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Şarkılarla Türkülerle Keman Öğreniyorum 1</t>
+          <t>Bağlam Temelinde Karşılaştırmalı Türk ve Kırgız Atasözleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>102</v>
+        <v>318</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057539977</t>
+          <t>9786255585097</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Paleontoloji</t>
+          <t>Taşların Gizemi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>215</v>
+        <v>118</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257000109</t>
+          <t>9786255585066</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Uresa Handbook For Renewable Energy Sources</t>
+          <t>Babamın Ardından</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>124</v>
+        <v>85</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257000093</t>
+          <t>9786255537867</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerji Kaynaklarının Tarımda Kullanımı</t>
+          <t>Osmanlı Devleti’nde Vakıflar İçin Kurulmuş Özel Bir Mahkeme: Haremeyn Müfettişliği (1587-1615)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>132</v>
+        <v>252</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256875067</t>
+          <t>9786255585028</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Umut 4 - Umut Öyküleri</t>
+          <t>Babamın Ardından</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>70</v>
+        <v>113</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258379792</t>
+          <t>9786257604338</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Green Night</t>
+          <t>THK - Türk Havacılık Kronolojisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>166</v>
+        <v>325</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257918862</t>
+          <t>9786255537850</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>An Angel That Disapeared Into The Fog</t>
+          <t>Teaching Time In English To Young Learners A Case Study Of Türkiye</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>142</v>
+        <v>190</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057851260</t>
+          <t>9786255537478</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Keşkek Ana</t>
+          <t>Kinik</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>92</v>
+        <v>152</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057851345</t>
+          <t>9786255537799</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hurda'nın Düşleri</t>
+          <t>Zaman/Sızım</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>106</v>
+        <v>130</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257333856</t>
+          <t>9786255537751</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dökülen Satırlar</t>
+          <t>İnsan Hakları Hikayelerim</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>96</v>
+        <v>108</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057851352</t>
+          <t>9786256074200</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Çoban</t>
+          <t>Geçmişin İzi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>111</v>
+        <v>125</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752405530</t>
+          <t>9786256173811</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bozoğlan Çeşmesi</t>
+          <t>Gelenek İle Modernlik Arasında Tesettürlü Sporcuların Kimlik İnşa Stratejileri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257000529</t>
+          <t>9786057539397</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bir Mucizeymiş Yaşamak</t>
+          <t>10 Kasım 1953 Günü Atatürk'ü Vatan Toprağına Kavuşturmuştuk</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>51</v>
+        <v>162</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057851369</t>
+          <t>9786255537430</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Besleme</t>
+          <t>İstişare ve Demokrasi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258421354</t>
+          <t>9786255537485</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İnceldiği Yerden Kopmasın</t>
+          <t>Helal Gıda Bakımından Hayvanların Beslenmesi ve Kesim Yöntemleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>136</v>
+        <v>165</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258421170</t>
+          <t>9786256074927</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Ortadoğu</t>
+          <t>Osmanlı'nın Fetih Yöntemleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258421217</t>
+          <t>9786256875913</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Süper Güç Türkiye Yolunda - Sorunlar ve Çözümler</t>
+          <t>Savaşın Diplomasi Cephesi Macar Basınına Göre İkinci Dünya Savaşı’nda Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>302</v>
+        <v>355</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052130988</t>
+          <t>9786256398139</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Darlık</t>
+          <t>Bir Hıristiyan Apolojist Olarak Justın Martyr</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>82</v>
+        <v>185</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052130643</t>
+          <t>9786257000482</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Karaca</t>
+          <t>Türkiye - Gürcistan Sınırında Düzensiz Göç Hareketleri: Doğu Karadeniz Örneğinde Göçmen Deneyimleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>190</v>
+        <v>254</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059190329</t>
+          <t>9786257918596</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Alanguva ve Uzaklar</t>
+          <t>Mükemmel Hazine-i Letaif</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257714136</t>
+          <t>9786257838757</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Misket Kızın Rüyası</t>
+          <t>Hac - Güney Afrikalı Bir Sosyoloğun Kutsala Yolculuğu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>167</v>
+        <v>95</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052130377</t>
+          <t>9786052130179</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Denktaş Bey’in Mektupları 1964 - 2008</t>
+          <t>70 Soruda Kur’an ve İslam İle Mucize Ayetler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057851567</t>
+          <t>9786258455618</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Veda Bentleri</t>
+          <t>Aracı Kurumlar ve Muhasebe Sistemleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>52</v>
+        <v>154</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057851192</t>
+          <t>9786057539939</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bir Sosyal Medya Güncesi - Aşk Politika ve Yaşam Üzerine</t>
+          <t>Şarkılarla Türkülerle Keman Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256173941</t>
+          <t>9786057539922</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tasavvuru Bakımından Mucizenin İmkanı</t>
+          <t>Şarkılarla Türkülerle Keman Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>90</v>
+        <v>102</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256173897</t>
+          <t>9786057539915</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sadık Yalsızuçanlar’a Saygı</t>
+          <t>Şarkılarla Türkülerle Keman Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>310</v>
+        <v>102</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256173934</t>
+          <t>9786057539977</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şia’da İmamet Mücadelesi</t>
+          <t>Paleontoloji</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256173804</t>
+          <t>9786257000109</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Cemaleddin Muhammed Aksarayı’nin “Kitab-u Redd-i Şerh-i Mecmai’l-Bahreyn” Adlı Eserinin Tahkik ve Tahlili</t>
+          <t>Uresa Handbook For Renewable Energy Sources</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>260</v>
+        <v>124</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256173736</t>
+          <t>9786257000093</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Nevşehirli Süleyman B. Hasan'ın Tuhfe-i Hasaniyye'si Ahlak-ı Adudiyye Telif-Tercümesi</t>
+          <t>Yenilenebilir Enerji Kaynaklarının Tarımda Kullanımı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>158</v>
+        <v>132</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256173828</t>
+          <t>9786256875067</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Manevi Mükafat</t>
+          <t>Umut 4 - Umut Öyküleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>172</v>
+        <v>70</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258379112</t>
+          <t>9786258379792</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Fonetik Açıdan Kur’an İ'cazı</t>
+          <t>Green Night</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>85</v>
+        <v>166</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256074316</t>
+          <t>9786257918862</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Siyasetin Sekerat Hali</t>
+          <t>An Angel That Disapeared Into The Fog</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>187</v>
+        <v>142</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256173583</t>
+          <t>9786057851260</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engellilik ve Maneviyat</t>
+          <t>Keşkek Ana</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>189</v>
+        <v>92</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256173767</t>
+          <t>9786057851345</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Serencam</t>
+          <t>Hurda'nın Düşleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>102</v>
+        <v>106</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256173521</t>
+          <t>9786257333856</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Oruç Vakitlerini Tespit Yöntemleri Hakkında Bir Değerlendirme</t>
+          <t>Gönülden Dökülen Satırlar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256173392</t>
+          <t>9786057851352</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Pierre Bourdieu’nun Sosyal Teorisi ve Devlet</t>
+          <t>Çoban</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>158</v>
+        <v>111</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256173538</t>
+          <t>9789752405530</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>XVII. Yüzyıla Ait Bir Menazilname Tuhfetü’l-Huccac</t>
+          <t>Bozoğlan Çeşmesi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>135</v>
+        <v>184</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256173477</t>
+          <t>9786257000529</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Uzman</t>
+          <t>Bir Mucizeymiş Yaşamak</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>563</v>
+        <v>51</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256173453</t>
+          <t>9786057851369</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kasabbaşızade ve Risale-i İ‘tikadiyye</t>
+          <t>Besleme</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256173309</t>
+          <t>9786258421354</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İş Dünyasını Anlamak</t>
+          <t>İnceldiği Yerden Kopmasın</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>190</v>
+        <v>136</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256173217</t>
+          <t>9786258421170</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Sportif Performans</t>
+          <t>Türkiye ve Ortadoğu</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>76</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256173323</t>
+          <t>9786258421217</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sosyal-Duygusal Zeka ve Akademik Başarı: Sporun Rolü</t>
+          <t>Süper Güç Türkiye Yolunda - Sorunlar ve Çözümler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>67</v>
+        <v>302</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256173224</t>
+          <t>9786052130988</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbolcularda Öfke Düzeyi</t>
+          <t>Yüreğimdeki Darlık</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>98</v>
+        <v>82</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256173231</t>
+          <t>9786052130643</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinde Ders-Boş Zaman Kavramı</t>
+          <t>Karaca</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>117</v>
+        <v>190</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256173033</t>
+          <t>9786059190329</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında 1900 Sonrası Anadolu'ya Türk Göçleri</t>
+          <t>Alanguva ve Uzaklar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>238</v>
+        <v>90</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256173194</t>
+          <t>9786257714136</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Satrancın Kodları 1</t>
+          <t>Misket Kızın Rüyası</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>360</v>
+        <v>167</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256173187</t>
+          <t>9786052130377</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Eserler 2</t>
+          <t>Denktaş Bey’in Mektupları 1964 - 2008</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>102</v>
+        <v>280</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256173057</t>
+          <t>9786057851567</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>En-Nisaü'l-Mübteleyatü Fi'l-Kur'ani'l-Kerim-Dirasetün Mevzuiyyetün Tahliliyye</t>
+          <t>Veda Bentleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>165</v>
+        <v>52</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258379884</t>
+          <t>9786057851192</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kıraat - Tefsir İlişkisi Açısından Nisaburi’nin Tefsir Yönteminde Kıraat Olgusu</t>
+          <t>Bir Sosyal Medya Güncesi - Aşk Politika ve Yaşam Üzerine</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>230</v>
+        <v>98</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257333689</t>
+          <t>9786256173941</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Fetvalarında Ahîlik Karşılaştıkları Hukuki Sorunlar Ve Çözümleri (XVI. Yüzyıl)</t>
+          <t>Bilim Tasavvuru Bakımından Mucizenin İmkanı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>132</v>
+        <v>90</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256074880</t>
+          <t>9786256173897</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Göre Aile İçindeki Fertlerin Mülkiyet Hakları</t>
+          <t>Sadık Yalsızuçanlar’a Saygı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>125</v>
+        <v>310</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257714327</t>
+          <t>9786256173934</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Klasik ve Güncel Konularıyla Din Psikolojisi</t>
+          <t>Şia’da İmamet Mücadelesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>245</v>
+        <v>135</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256074804</t>
+          <t>9786256173804</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Efemera</t>
+          <t>Cemaleddin Muhammed Aksarayı’nin “Kitab-u Redd-i Şerh-i Mecmai’l-Bahreyn” Adlı Eserinin Tahkik ve Tahlili</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256074781</t>
+          <t>9786256173736</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türk Şamanizmi</t>
+          <t>Nevşehirli Süleyman B. Hasan'ın Tuhfe-i Hasaniyye'si Ahlak-ı Adudiyye Telif-Tercümesi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>158</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256074330</t>
+          <t>9786256173828</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kaşif Serisi - 5 Kitap +Değerlendirme Soruları</t>
+          <t>Kur'an'da Manevi Mükafat</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>400</v>
+        <v>172</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256074699</t>
+          <t>9786258379112</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tarihten İzdüşümler Makaleler</t>
+          <t>Fonetik Açıdan Kur’an İ'cazı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>178</v>
+        <v>258</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256074668</t>
+          <t>9786256074316</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hikayelerindeki Kahramanların Çocuklara Rol-Model Olma Durumları</t>
+          <t>Neoliberal Siyasetin Sekerat Hali</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>125</v>
+        <v>187</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256074606</t>
+          <t>9786256173583</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Anne Baba Olmak Doğum Öncesi Eğitim Rehberi</t>
+          <t>İşitme Engellilik ve Maneviyat</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>110</v>
+        <v>189</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256371521</t>
+          <t>9786256173767</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Basit Makamlarda Kanun Alıştırmaları</t>
+          <t>Serencam</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258455007</t>
+          <t>9786256173521</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Nihavend Saz Eseri</t>
+          <t>Namaz ve Oruç Vakitlerini Tespit Yöntemleri Hakkında Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>115</v>
+        <v>85</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256074484</t>
+          <t>9786256173392</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig’de Söz Dizimi</t>
+          <t>Pierre Bourdieu’nun Sosyal Teorisi ve Devlet</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>292</v>
+        <v>158</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257333917</t>
+          <t>9786256173538</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Fetvalarında Muamele-i Şer’iyye Bey‘-i İne</t>
+          <t>XVII. Yüzyıla Ait Bir Menazilname Tuhfetü’l-Huccac</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786056672811</t>
+          <t>9786256173477</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Anadolu Albümü 1299-1453</t>
+          <t>Kod Adı Uzman</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>60</v>
+        <v>563</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258455441</t>
+          <t>9786256173453</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dini Sosyal Bir Kurum Olarak Ahilik</t>
+          <t>Kasabbaşızade ve Risale-i İ‘tikadiyye</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256074170</t>
+          <t>9786256173309</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin İlk Müderrisi Davud Kayserî</t>
+          <t>Amerikan İş Dünyasını Anlamak</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>68</v>
+        <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256705968</t>
+          <t>9786256173217</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Uluslararası İlişkiler Uluslararası İlişkilerde Güç Kavramı Realist Temelleri Yeniden Düşünmek Uluslararası İlişkiler Serisi No: 5</t>
+          <t>Futbolda Sportif Performans</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>135</v>
+        <v>76</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256705975</t>
+          <t>9786256173323</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Mevcut Uluslararası Sorunlar, Uluslararası Çatışma Bölgeleri, Aktörler, Eylemler ve Dönüşümler Uluslararası İlişkiler Serisi No: 4</t>
+          <t>Sosyal-Duygusal Zeka ve Akademik Başarı: Sporun Rolü</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>125</v>
+        <v>67</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256074019</t>
+          <t>9786256173224</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Asrında Bursa (1923-2023)</t>
+          <t>Profesyonel Futbolcularda Öfke Düzeyi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>335</v>
+        <v>98</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256074026</t>
+          <t>9786256173231</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Deprem Günlüğü 1</t>
+          <t>Üniversite Öğrencilerinde Ders-Boş Zaman Kavramı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>480</v>
+        <v>117</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256074033</t>
+          <t>9786256173033</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Deprem Günlüğü 2</t>
+          <t>Türk Romanında 1900 Sonrası Anadolu'ya Türk Göçleri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>480</v>
+        <v>238</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256705913</t>
+          <t>9786256173194</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bir Amatörün Yazma Tutkusu</t>
+          <t>Satrancın Kodları 1</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>129</v>
+        <v>360</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256705784</t>
+          <t>9786256173187</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İbn Kemal’in Fetvaları Işığında Osmanlı’da İslam Hukuku</t>
+          <t>Sözlü Eserler 2</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>330</v>
+        <v>102</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256705708</t>
+          <t>9786256173057</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Medicinal Beekeeping For Beekeepers</t>
+          <t>En-Nisaü'l-Mübteleyatü Fi'l-Kur'ani'l-Kerim-Dirasetün Mevzuiyyetün Tahliliyye</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>685</v>
+        <v>165</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256705715</t>
+          <t>9786258379884</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel ve Tamamlayıcı Tıpta Arı Ürünleri: Toplanması, Depolanması, İşlenmesi</t>
+          <t>Kıraat - Tefsir İlişkisi Açısından Nisaburi’nin Tefsir Yönteminde Kıraat Olgusu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>685</v>
+        <v>230</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256705562</t>
+          <t>9786257333689</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Osmanlı Fetvalarında Ahîlik Karşılaştıkları Hukuki Sorunlar Ve Çözümleri (XVI. Yüzyıl)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>61</v>
+        <v>132</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256398894</t>
+          <t>9786256074880</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlerinde Yuvam</t>
+          <t>İslam Hukukuna Göre Aile İçindeki Fertlerin Mülkiyet Hakları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256705524</t>
+          <t>9786257714327</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galib Divanı’nda Tipler ve Şahsiyetler</t>
+          <t>Klasik ve Güncel Konularıyla Din Psikolojisi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256705517</t>
+          <t>9786256074804</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Toz</t>
+          <t>Bir Zamanlar Efemera</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>112</v>
+        <v>420</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256705500</t>
+          <t>9786256074781</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Ezan Şiirleri</t>
+          <t>Türk Şamanizmi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258379525</t>
+          <t>9786256074330</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>3 Kuruş Hayata Dair</t>
+          <t>Meraklı Kaşif Serisi - 5 Kitap +Değerlendirme Soruları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256705258</t>
+          <t>9786256074699</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Küçük Zabit Makinistler Gedikli Uçmanlar Astsubay Pilotlar</t>
+          <t>Tarihten İzdüşümler Makaleler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>170</v>
+        <v>178</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256705425</t>
+          <t>9786256074668</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Anıları</t>
+          <t>Çocuk Hikayelerindeki Kahramanların Çocuklara Rol-Model Olma Durumları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256705371</t>
+          <t>9786256074606</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Medhal İla't-Terceme Mine'l-Luğati't-Turkiyye İla'l-Luğati'l-Arabiyye</t>
+          <t>Bilinçli Anne Baba Olmak Doğum Öncesi Eğitim Rehberi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256705111</t>
+          <t>9786256371521</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İklim Elçileri - Kadınlar</t>
+          <t>Basit Makamlarda Kanun Alıştırmaları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>390</v>
+        <v>106</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256569799</t>
+          <t>9786258455007</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Göç Olgusu</t>
+          <t>Nihavend Saz Eseri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>108</v>
+        <v>115</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256705364</t>
+          <t>9786256074484</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Tipografik</t>
+          <t>Kutadgu Bilig’de Söz Dizimi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>310</v>
+        <v>292</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258321906</t>
+          <t>9786257333917</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Arapça Konuşmayı Kolaylaştırma Kitabı (Set)</t>
+          <t>Osmanlı Fetvalarında Muamele-i Şer’iyye Bey‘-i İne</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>588</v>
+        <v>240</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256371293</t>
+          <t>9786056672811</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Nigarname</t>
+          <t>Osmanlı Anadolu Albümü 1299-1453</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256705227</t>
+          <t>9786258455441</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Cahiliyye Döneminde Arap Kadın Şairler ve Şiirleri - Tematik Ve Retorik Bir İnceleme</t>
+          <t>Dini Sosyal Bir Kurum Olarak Ahilik</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256614888</t>
+          <t>9786256074170</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari Örnekleminde Üslubu’l-Hakim Sanatı</t>
+          <t>Osmanlı Devleti’nin İlk Müderrisi Davud Kayserî</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>105</v>
+        <v>68</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256705159</t>
+          <t>9786256705968</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sibeveyhi’nin İstişhad Metoduna Yönelik Ebu Said Es-Sirafi’nin Eleştirileri</t>
+          <t>Stratejik Uluslararası İlişkiler Uluslararası İlişkilerde Güç Kavramı Realist Temelleri Yeniden Düşünmek Uluslararası İlişkiler Serisi No: 5</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256705166</t>
+          <t>9786256705975</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Kerim’de Siyak ve Makam’ın İ‘rab Tercihine Etkisi</t>
+          <t>Mevcut Uluslararası Sorunlar, Uluslararası Çatışma Bölgeleri, Aktörler, Eylemler ve Dönüşümler Uluslararası İlişkiler Serisi No: 4</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>256</v>
+        <v>125</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256614420</t>
+          <t>9786256074019</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kehanet</t>
+          <t>Cumhuriyet Asrında Bursa (1923-2023)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>160</v>
+        <v>335</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256614598</t>
+          <t>9786256074026</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bileşik Sözleşmeler ve Katılım Bankacılığı</t>
+          <t>Deprem Günlüğü 1</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257456692</t>
+          <t>9786256074033</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Fatma Karabıyık Barbarosoğlu’nun Hayatı ve Edebi Eserleri Üzerine Bir İnceleme</t>
+          <t>Deprem Günlüğü 2</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>445</v>
+        <v>480</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256569508</t>
+          <t>9786256705913</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’da Şark Algısı</t>
+          <t>Bir Amatörün Yazma Tutkusu</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>180</v>
+        <v>129</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256875838</t>
+          <t>9786256705784</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Murathan Mungan’ın Düzyazılarında Poetik Görüşler</t>
+          <t>İbn Kemal’in Fetvaları Işığında Osmanlı’da İslam Hukuku</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>363</v>
+        <v>330</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258227031</t>
+          <t>9786256705708</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Arapça Deyimsel İfadeler</t>
+          <t>Medicinal Beekeeping For Beekeepers</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>133</v>
+        <v>685</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258379327</t>
+          <t>9786256705715</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Arapça Sözlü İletişim (Elmuhadesel Arabiyye)</t>
+          <t>Geleneksel ve Tamamlayıcı Tıpta Arı Ürünleri: Toplanması, Depolanması, İşlenmesi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>220</v>
+        <v>685</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257456739</t>
+          <t>9786256705562</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Arapça Gramer Uygulaması (Temel İ'rab Kuralları)</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>135</v>
+        <v>61</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256398573</t>
+          <t>9786256398894</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’den Arapça’ya Kelime Düzeyinde Çeviri</t>
+          <t>Korona Günlerinde Yuvam</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>115</v>
+        <v>80</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256614277</t>
+          <t>9786256705524</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Üretim Tarzı ve Savaş Diyalektik Bir İlişkinin Analizi</t>
+          <t>Şeyh Galib Divanı’nda Tipler ve Şahsiyetler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>172</v>
+        <v>160</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256614031</t>
+          <t>9786256705517</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Rothschildları Constantiniyyeli (İstanbullu) Camondolar</t>
+          <t>Toz</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>112</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256614574</t>
+          <t>9786256705500</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kaç Kar’a Kaç Mak (Seyahatname)</t>
+          <t>Yeni Türk Edebiyatında Ezan Şiirleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>276</v>
+        <v>70</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256614659</t>
+          <t>9786258379525</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kariyer ve Kariyer Çapaları</t>
+          <t>3 Kuruş Hayata Dair</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>72</v>
+        <v>320</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256614901</t>
+          <t>9786256705258</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Fenarizade Muhyiddin Efendi ve Mesh Risaleleri</t>
+          <t>Küçük Zabit Makinistler Gedikli Uçmanlar Astsubay Pilotlar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256614390</t>
+          <t>9786256705425</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Az Kullanılan Makamlarda Kanun Alıştırmaları</t>
+          <t>Bir Annenin Anıları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256569201</t>
+          <t>9786256705371</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bingöl’de Sosyal Normlar ve Halk Edebiyatı Türleri</t>
+          <t>Medhal İla't-Terceme Mine'l-Luğati't-Turkiyye İla'l-Luğati'l-Arabiyye</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>243</v>
+        <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256614468</t>
+          <t>9786256705111</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları ve Oyuncakları</t>
+          <t>İklim Elçileri - Kadınlar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>235</v>
+        <v>390</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256614406</t>
+          <t>9786256569799</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İncil-i Luka</t>
+          <t>Kur’an’da Göç Olgusu</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>165</v>
+        <v>108</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256614239</t>
+          <t>9786256705364</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gülistan’ı Okuma Kılavuzu</t>
+          <t>Tipografik</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>515</v>
+        <v>310</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256614161</t>
+          <t>9786258321906</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretiminde Derlenen Mizahi Hikayelerin Tahlili (Ciltli)</t>
+          <t>Arapça Konuşmayı Kolaylaştırma Kitabı (Set)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>135</v>
+        <v>588</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256614109</t>
+          <t>9786256371293</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Flüt İçin Türk Müziği</t>
+          <t>Nigarname</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258455250</t>
+          <t>9786256705227</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Makamsal Çocuk Şarkıları</t>
+          <t>Cahiliyye Döneminde Arap Kadın Şairler ve Şiirleri - Tematik Ve Retorik Bir İnceleme</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>135</v>
+        <v>80</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258455106</t>
+          <t>9786256614888</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Toplum, Şehir Ve Ticaret - I -</t>
+          <t>Sahih-i Buhari Örnekleminde Üslubu’l-Hakim Sanatı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>355</v>
+        <v>105</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256569225</t>
+          <t>9786256705159</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Toplum, Şehir ve Ticaret - 3</t>
+          <t>Sibeveyhi’nin İstişhad Metoduna Yönelik Ebu Said Es-Sirafi’nin Eleştirileri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>215</v>
+        <v>120</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256614123</t>
+          <t>9786256705166</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebıyatında Ekonomik Kaynaklı Göç - Konulu Eserler Üzerine İncelemeler</t>
+          <t>Kur’an’ı Kerim’de Siyak ve Makam’ın İ‘rab Tercihine Etkisi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>230</v>
+        <v>256</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256569089</t>
+          <t>9786256614420</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Eserler I</t>
+          <t>Kehanet</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256569935</t>
+          <t>9786256614598</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sufîlerin Saadet Tasavvuru İmam Gazali Örneği</t>
+          <t>Bileşik Sözleşmeler ve Katılım Bankacılığı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>207</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256569607</t>
+          <t>9786257456692</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Matematikte Üçgen Öğretimi ve Cebirsel Muhakeme</t>
+          <t>Fatma Karabıyık Barbarosoğlu’nun Hayatı ve Edebi Eserleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>220</v>
+        <v>445</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256569591</t>
+          <t>9786256569508</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Buluşursa</t>
+          <t>Tanpınar’da Şark Algısı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>219</v>
+        <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258227338</t>
+          <t>9786256875838</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tevkid ve Kasr Üsluplarının Allah Lafzıyla Kullanımları Bağlamında Kur'ani Hitabın Belagatı (Belagatü'l-hitabi'l-Kur’ani fi isti'mali esalıbi't-tevkid ve'l-kasr 'ala'llah)</t>
+          <t>Murathan Mungan’ın Düzyazılarında Poetik Görüşler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>202</v>
+        <v>363</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258227352</t>
+          <t>9786258227031</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Zamirlerin Allah Lafza-i Celali Yerine Kullanımı Bağlamında Kur'ani Hitabın Belagatı (Belagatü’l-hitabi'l-Kur'ani fi isti'mali'z-zemair mahalle lafzi'lcelaleti Allah)</t>
+          <t>Arapça Deyimsel İfadeler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>215</v>
+        <v>133</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256569720</t>
+          <t>9786258379327</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Saha (Yakut) Türkçesi Masal Örnekleri</t>
+          <t>Arapça Sözlü İletişim (Elmuhadesel Arabiyye)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>136</v>
+        <v>220</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256569096</t>
+          <t>9786257456739</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kırgızistan’da Ortaöğretim Okullarında Görev Yapan Öğretmenlerin Teknoloji Kullanım Tutumları İle Bireysel Yenilikçilik Düzeylerinin İncelenmesi</t>
+          <t>Arapça Gramer Uygulaması (Temel İ'rab Kuralları)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>77</v>
+        <v>135</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256569515</t>
+          <t>9786256398573</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Edimbilimin Kökenleri</t>
+          <t>Türkçe’den Arapça’ya Kelime Düzeyinde Çeviri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>158</v>
+        <v>115</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256569256</t>
+          <t>9786256614277</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Laleli ve Aksaray (1960-1977)</t>
+          <t>Kapitalist Üretim Tarzı ve Savaş Diyalektik Bir İlişkinin Analizi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>198</v>
+        <v>172</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256569478</t>
+          <t>9786256614031</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Cahız ve Risaleleri</t>
+          <t>Doğu’nun Rothschildları Constantiniyyeli (İstanbullu) Camondolar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256569348</t>
+          <t>9786256614574</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Büyük Millet Meclisi Zabıt Ceridelerine Göre Bir Devlet Güvenliği Meselesi: Eşkıya Terörü (1920-1925)</t>
+          <t>Kaç Kar’a Kaç Mak (Seyahatname)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>195</v>
+        <v>276</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256875784</t>
+          <t>9786256614659</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>El Ne Der? Allah Ne Der?</t>
+          <t>Kariyer ve Kariyer Çapaları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>286</v>
+        <v>72</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256569423</t>
+          <t>9786256614901</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Platon Alekseyeviç Oyunskiy ve Kızıl Şaman</t>
+          <t>Fenarizade Muhyiddin Efendi ve Mesh Risaleleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256569232</t>
+          <t>9786256614390</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İbrahim En-nehai ve Ebu Hanife’nin Fıkhı</t>
+          <t>Az Kullanılan Makamlarda Kanun Alıştırmaları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>330</v>
+        <v>65</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256569218</t>
+          <t>9786256569201</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Unhomeliness, Liminality And Double Consciousness In Bessie Head's Novels</t>
+          <t>Bingöl’de Sosyal Normlar ve Halk Edebiyatı Türleri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>133</v>
+        <v>243</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256569072</t>
+          <t>9786256614468</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>3. Ben</t>
+          <t>Çocuk Oyunları ve Oyuncakları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>255</v>
+        <v>235</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256569010</t>
+          <t>9786256614406</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İrade ve Özgürlük Eylem ve Değer Mukaddimat-ı Erbaa Tartışmaları</t>
+          <t>İncil-i Luka</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256875999</t>
+          <t>9786256614239</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Midilli Adası’nda Mübadele</t>
+          <t>Gülistan’ı Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>182</v>
+        <v>515</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256875890</t>
+          <t>9786256614161</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bn Haldun’un Siyaset ve Devlet Felsefesine Dair</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde Derlenen Mizahi Hikayelerin Tahlili (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>234</v>
+        <v>135</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256875173</t>
+          <t>9786256614109</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Manzume-i İshak Efendi (Şerhu Nazmi’l-Le‘alî)</t>
+          <t>Flüt İçin Türk Müziği</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>233</v>
+        <v>80</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257604314</t>
+          <t>9786258455250</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Mevlitçi Kadınlar ve Mevlit Geleneği</t>
+          <t>Makamsal Çocuk Şarkıları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>330</v>
+        <v>135</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256875036</t>
+          <t>9786258455106</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Destan A Devran</t>
+          <t>Osmanlı’da Toplum, Şehir Ve Ticaret - I -</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>250</v>
+        <v>355</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256875739</t>
+          <t>9786256569225</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Salgın Hastalıklar Döneminde Cemaatle Yapılan İbadetlerin İcrası</t>
+          <t>Osmanlı’da Toplum, Şehir ve Ticaret - 3</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>125</v>
+        <v>215</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256875715</t>
+          <t>9786256614123</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Atmosfer Kimyası</t>
+          <t>Türk Edebıyatında Ekonomik Kaynaklı Göç - Konulu Eserler Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256875654</t>
+          <t>9786256569089</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesinden - Güneşin Sessiz Şarkısı</t>
+          <t>Sözlü Eserler I</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256875661</t>
+          <t>9786256569935</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Vuslatın Gölgesinde Gönül Göçleri</t>
+          <t>Sufîlerin Saadet Tasavvuru İmam Gazali Örneği</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>133</v>
+        <v>207</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256875678</t>
+          <t>9786256569607</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Özlem Rüzgarları Gönüllerde Çisenti</t>
+          <t>Matematikte Üçgen Öğretimi ve Cebirsel Muhakeme</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>133</v>
+        <v>220</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256875647</t>
+          <t>9786256569591</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Ersen Erkal’ın Türk Toplumunun Sosyolojik Meselelerine Dair Fikirleri</t>
+          <t>Filozoflar Buluşursa</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>168</v>
+        <v>219</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256875579</t>
+          <t>9786258227338</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Unlocking Imbalanced Data</t>
+          <t>Tevkid ve Kasr Üsluplarının Allah Lafzıyla Kullanımları Bağlamında Kur'ani Hitabın Belagatı (Belagatü'l-hitabi'l-Kur’ani fi isti'mali esalıbi't-tevkid ve'l-kasr 'ala'llah)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>80</v>
+        <v>202</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256875555</t>
+          <t>9786258227352</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Ayetleri Bağlamında Fıkıh-Kıraat İlişkisi</t>
+          <t>Zamirlerin Allah Lafza-i Celali Yerine Kullanımı Bağlamında Kur'ani Hitabın Belagatı (Belagatü’l-hitabi'l-Kur'ani fi isti'mali'z-zemair mahalle lafzi'lcelaleti Allah)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>235</v>
+        <v>215</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256875463</t>
+          <t>9786256569720</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika Karar Alma Sürecinde İnancın Rolü</t>
+          <t>Saha (Yakut) Türkçesi Masal Örnekleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>115</v>
+        <v>136</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256875449</t>
+          <t>9786256569096</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Müridinin Kaleminden Mürşidi: İbrahim Gülşeni'nin Eserlerinde Dede Ömer Ruşeni</t>
+          <t>Kırgızistan’da Ortaöğretim Okullarında Görev Yapan Öğretmenlerin Teknoloji Kullanım Tutumları İle Bireysel Yenilikçilik Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>112</v>
+        <v>77</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256875456</t>
+          <t>9786256569515</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-Kainat-İnsan</t>
+          <t>Arap Dilinde Edimbilimin Kökenleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>280</v>
+        <v>158</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256875135</t>
+          <t>9786256569256</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sporcu Öğrencilerde Akademik Başarı</t>
+          <t>Bir Zamanlar Laleli ve Aksaray (1960-1977)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>75</v>
+        <v>198</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256875234</t>
+          <t>9786256569478</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Hukukundan İslam Hukukuna</t>
+          <t>Cahız ve Risaleleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>163</v>
+        <v>130</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256875210</t>
+          <t>9786256569348</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Fransa’da Yerel Yönetimler ve Yerelleşme Reformları</t>
+          <t>Türkiye Büyük Millet Meclisi Zabıt Ceridelerine Göre Bir Devlet Güvenliği Meselesi: Eşkıya Terörü (1920-1925)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>795</v>
+        <v>195</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256875197</t>
+          <t>9786256875784</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Postmodernist Derin Gözaltılar</t>
+          <t>El Ne Der? Allah Ne Der?</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>88</v>
+        <v>286</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256875159</t>
+          <t>9786256569423</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ütopyanın Kapitalist Evrimi</t>
+          <t>Platon Alekseyeviç Oyunskiy ve Kızıl Şaman</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059190213</t>
+          <t>9786256569232</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı - İran Sınır ve Aşiret (1800 - 1854)</t>
+          <t>İbrahim En-nehai ve Ebu Hanife’nin Fıkhı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256875012</t>
+          <t>9786256569218</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Dersim’e Yolculuk - Seyahatname</t>
+          <t>Unhomeliness, Liminality And Double Consciousness In Bessie Head's Novels</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>450</v>
+        <v>133</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257838450</t>
+          <t>9786256569072</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türkçe Tıp Metinlerinde Gereklilik ve Yükümlülük Kipliği</t>
+          <t>3. Ben</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>285</v>
+        <v>255</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786259912516</t>
+          <t>9786256569010</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Esfar-ı Bahriye-i Osmaniye (Birinci Cild)</t>
+          <t>İrade ve Özgürlük Eylem ve Değer Mukaddimat-ı Erbaa Tartışmaları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256924840</t>
+          <t>9786256875999</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkıh Usulü Edebiyatında Tahsis Sem‘ani Örneği</t>
+          <t>Midilli Adası’nda Mübadele</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>130</v>
+        <v>182</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256924826</t>
+          <t>9786256875890</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>1947 Basınına Göre Türkiye’de İktidar - Muhalefet İlişkileri</t>
+          <t>Bn Haldun’un Siyaset ve Devlet Felsefesine Dair</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>280</v>
+        <v>234</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256924734</t>
+          <t>9786256875173</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Daisy - Papatya</t>
+          <t>Şerh-i Manzume-i İshak Efendi (Şerhu Nazmi’l-Le‘alî)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>85</v>
+        <v>233</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256924338</t>
+          <t>9786257604314</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnız Adamın Şiiri: Nima Yuşic</t>
+          <t>Kıbrıs’ta Mevlitçi Kadınlar ve Mevlit Geleneği</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256924703</t>
+          <t>9786256875036</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Öykü’m</t>
+          <t>Destan A Devran</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256924604</t>
+          <t>9786256875739</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Göbekli Tepe</t>
+          <t>Salgın Hastalıklar Döneminde Cemaatle Yapılan İbadetlerin İcrası</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>255</v>
+        <v>125</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256924062</t>
+          <t>9786256875715</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Agarta Yeryüzünün Altındaki Dünya</t>
+          <t>Atmosfer Kimyası</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>355</v>
+        <v>150</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256924222</t>
+          <t>9786256875654</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>2O20’ler Dünyasında Uluslararası Başlıklar</t>
+          <t>Zamanın Ötesinden - Güneşin Sessiz Şarkısı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256924239</t>
+          <t>9786256875661</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Türkosfer ve Global Olaylar Işığında Uluslararası Başlıklar</t>
+          <t>Vuslatın Gölgesinde Gönül Göçleri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256924444</t>
+          <t>9786256875678</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Onuncu Köyden Öteye</t>
+          <t>Özlem Rüzgarları Gönüllerde Çisenti</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>140</v>
+        <v>133</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258321555</t>
+          <t>9786256875647</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar İstanbul’da Bir Sokak (1960 - 1977)</t>
+          <t>Mustafa Ersen Erkal’ın Türk Toplumunun Sosyolojik Meselelerine Dair Fikirleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>188</v>
+        <v>168</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256924390</t>
+          <t>9786256875579</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Brezilya’ya Ermeni Göçü ve “Geçimsiz Elçi”nin Notları</t>
+          <t>Unlocking Imbalanced Data</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>195</v>
+        <v>80</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256924475</t>
+          <t>9786256875555</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Temel Kavramlar</t>
+          <t>Ahkam Ayetleri Bağlamında Fıkıh-Kıraat İlişkisi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>310</v>
+        <v>235</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258227383</t>
+          <t>9786256875463</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Stampa Çıkarma</t>
+          <t>Dış Politika Karar Alma Sürecinde İnancın Rolü</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256924314</t>
+          <t>9786256875449</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İmam Birgivi ve Arap Diline Katkıları</t>
+          <t>Müridinin Kaleminden Mürşidi: İbrahim Gülşeni'nin Eserlerinde Dede Ömer Ruşeni</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>155</v>
+        <v>112</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256924208</t>
+          <t>9786256875456</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Aile</t>
+          <t>Kur’an-Kainat-İnsan</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256924116</t>
+          <t>9786256875135</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Mezhebinde Meşayih</t>
+          <t>Sporcu Öğrencilerde Akademik Başarı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>155</v>
+        <v>75</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256924277</t>
+          <t>9786256875234</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Tur Abdin Bölgesi - Kilise ve Manastırlar Tarihi</t>
+          <t>Cahiliye Hukukundan İslam Hukukuna</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>266</v>
+        <v>163</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256924130</t>
+          <t>9786256875210</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Rodoscuk</t>
+          <t>Fransa’da Yerel Yönetimler ve Yerelleşme Reformları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>195</v>
+        <v>795</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256924253</t>
+          <t>9786256875197</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Lojistik ve Sigorta Mevzuatı</t>
+          <t>Postmodernist Derin Gözaltılar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>190</v>
+        <v>88</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258227529</t>
+          <t>9786256875159</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Suça Sürüklenmiş Çocuklar ve Maneviyat</t>
+          <t>Ütopyanın Kapitalist Evrimi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256398733</t>
+          <t>9786059190213</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>I. Balkan Harbi ve Göçler</t>
+          <t>Osmanlı - İran Sınır ve Aşiret (1800 - 1854)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>235</v>
+        <v>265</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256924109</t>
+          <t>9786256875012</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Üslubundaki Ifade Değişiklikleri</t>
+          <t>Dersim’e Yolculuk - Seyahatname</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258321760</t>
+          <t>9786257838450</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, Dil Ve Kültür İçerikli Modern Metinler</t>
+          <t>Klasik Türkçe Tıp Metinlerinde Gereklilik ve Yükümlülük Kipliği</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>145</v>
+        <v>285</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256924079</t>
+          <t>9786259912516</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kuran Sureleri Işığında Akademik Araştırmalar</t>
+          <t>Esfar-ı Bahriye-i Osmaniye (Birinci Cild)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256398986</t>
+          <t>9786256924840</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Kenzü’l-Arifîn</t>
+          <t>Şafii Fıkıh Usulü Edebiyatında Tahsis Sem‘ani Örneği</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>205</v>
+        <v>130</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258227925</t>
+          <t>9786256924826</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Saz Eserlerim I</t>
+          <t>1947 Basınına Göre Türkiye’de İktidar - Muhalefet İlişkileri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257456531</t>
+          <t>9786256924734</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Etik Kriz</t>
+          <t>Daisy - Papatya</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>135</v>
+        <v>85</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256398825</t>
+          <t>9786256924338</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Çocuk Hikayeleri</t>
+          <t>Bir Yalnız Adamın Şiiri: Nima Yuşic</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>188</v>
+        <v>180</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256398870</t>
+          <t>9786256924703</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Ulak</t>
+          <t>Öykü’m</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>238</v>
+        <v>125</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256398924</t>
+          <t>9786256924604</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Osmanlı Donanmasında Mürettebat</t>
+          <t>Göbekli Tepe</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256398757</t>
+          <t>9786256924062</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı’nda İran Ve Türkiye İlişkileri (1939-1947)</t>
+          <t>Agarta Yeryüzünün Altındaki Dünya</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>210</v>
+        <v>355</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256371941</t>
+          <t>9786256924222</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>At Dişleri Ve Yaş Tayini</t>
+          <t>2O20’ler Dünyasında Uluslararası Başlıklar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>122</v>
+        <v>130</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256398603</t>
+          <t>9786256924239</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Keman Eğitimine Yeni Başlayanlar İçin Dizisel Alıştırmalar İ Scale Exercises For Beginners İn Violin Educatıon İ</t>
+          <t>Türkosfer ve Global Olaylar Işığında Uluslararası Başlıklar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256398818</t>
+          <t>9786256924444</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kadınların Sendikal Örgütlenmedeki Yeri</t>
+          <t>Onuncu Köyden Öteye</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258227789</t>
+          <t>9786258321555</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Özgürlük Düşüncesinin Temeli</t>
+          <t>Bir Zamanlar İstanbul’da Bir Sokak (1960 - 1977)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>79</v>
+        <v>188</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256398191</t>
+          <t>9786256924390</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>2 Numaralı Mühimme-i Mektume Defterinin 61-90 Sayfalarının İncelenmesi</t>
+          <t>Brezilya’ya Ermeni Göçü ve “Geçimsiz Elçi”nin Notları</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>135</v>
+        <v>195</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256398535</t>
+          <t>9786256924475</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerle Matüridilik Ve Mu'tezile Mukayesesi</t>
+          <t>İslam Düşüncesinde Temel Kavramlar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>132</v>
+        <v>310</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256371972</t>
+          <t>9786258227383</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Nedensellik Bağlamında ARAP DİLİ ve BELAGATI (Doğuşu- Gelişimi-Tarihi)</t>
+          <t>Stampa Çıkarma</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>335</v>
+        <v>100</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256398252</t>
+          <t>9786256924314</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünme Üzerine</t>
+          <t>İmam Birgivi ve Arap Diline Katkıları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>230</v>
+        <v>155</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256398313</t>
+          <t>9786256924208</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kelam'da Müteşabihler Haberi Sıfatlar</t>
+          <t>İslam’da Aile</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256398443</t>
+          <t>9786256924116</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Çankırı Edebiyat Araştırmaları</t>
+          <t>Hanefi Mezhebinde Meşayih</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>114</v>
+        <v>155</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258227420</t>
+          <t>9786256924277</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Kıbrıs Efsaneleri</t>
+          <t>Tur Abdin Bölgesi - Kilise ve Manastırlar Tarihi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>348</v>
+        <v>266</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258421941</t>
+          <t>9786256924130</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Firdevsi-i Rumi Süleyman-Name-i Kebir (78. Cilt) (İnceleme - Metin)</t>
+          <t>Osmanlı Döneminde Rodoscuk</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>310</v>
+        <v>195</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256371897</t>
+          <t>9786256924253</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi Doğu Sorunu</t>
+          <t>Lojistik ve Sigorta Mevzuatı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258321463</t>
+          <t>9786258227529</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Tükenmişlikle Başa Çıkmada Maneviyat</t>
+          <t>Suça Sürüklenmiş Çocuklar ve Maneviyat</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>210</v>
+        <v>135</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256371057</t>
+          <t>9786256398733</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Piyano Ve Orkestra İçin 3 Analiz</t>
+          <t>I. Balkan Harbi ve Göçler</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258227666</t>
+          <t>9786256924109</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Vahdet Olgusu</t>
+          <t>Kur’an’ın Üslubundaki Ifade Değişiklikleri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256371491</t>
+          <t>9786258321760</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Toplum, Şehir ve Ticaret II</t>
+          <t>Edebiyat, Dil Ve Kültür İçerikli Modern Metinler</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256371675</t>
+          <t>9786256924079</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Nıkolai Berdyaev’de Tanrı, Ruh, Özgürlük</t>
+          <t>Kuran Sureleri Işığında Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256371354</t>
+          <t>9786256398986</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Başvekil İsmet İnönü’nün Yurt İçi Ve Yurt Dışı</t>
+          <t>Şerh-i Kenzü’l-Arifîn</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>260</v>
+        <v>205</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256371309</t>
+          <t>9786258227925</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Modern Fas Öyküsü Ve Muhammed Zafzaf</t>
+          <t>Saz Eserlerim I</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258227734</t>
+          <t>9786257456531</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Cinuçen Tanrıkorur’un İcad Ettiği Form Seyr-i Natık</t>
+          <t>Kamu Yönetiminde Etik Kriz</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256371330</t>
+          <t>9786256398825</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İslam Miras Hukukunda İrade Hürriyeti</t>
+          <t>Azerbaycan Çocuk Hikayeleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>135</v>
+        <v>188</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258227710</t>
+          <t>9786256398870</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>2022 Abd Ulusal Strateji Dokümanı - Beyaz Saray (2022 Usa Natıonal Securıty Strategy October 2022)</t>
+          <t>Ulak</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>125</v>
+        <v>238</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256371101</t>
+          <t>9786256398924</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Memlük Türk Devleti Döneminde Trablus (1289-1516)</t>
+          <t>18. Yüzyıl Osmanlı Donanmasında Mürettebat</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258227765</t>
+          <t>9786256398757</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın R' Si</t>
+          <t>İkinci Dünya Savaşı’nda İran Ve Türkiye İlişkileri (1939-1947)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>595</v>
+        <v>210</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258227123</t>
+          <t>9786256371941</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>21nci Yüzyıl’ın İlk Çeyreğinde Uluslararası Başlıklar</t>
+          <t>At Dişleri Ve Yaş Tayini</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>190</v>
+        <v>122</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258227468</t>
+          <t>9786256398603</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağının Yetimleri</t>
+          <t>Keman Eğitimine Yeni Başlayanlar İçin Dizisel Alıştırmalar İ Scale Exercises For Beginners İn Violin Educatıon İ</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>54</v>
+        <v>140</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258227833</t>
+          <t>9786256398818</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Düşünce Eylem</t>
+          <t>Türkiye’de Kadınların Sendikal Örgütlenmedeki Yeri</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>111</v>
+        <v>165</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257838696</t>
+          <t>9786258227789</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Arapça Dilbilgisi</t>
+          <t>İslam’da Özgürlük Düşüncesinin Temeli</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>90</v>
+        <v>79</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257838689</t>
+          <t>9786256398191</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Arapça Kelime Bilgisi</t>
+          <t>2 Numaralı Mühimme-i Mektume Defterinin 61-90 Sayfalarının İncelenmesi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>90</v>
+        <v>135</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257838894</t>
+          <t>9786256398535</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>Ayetlerle Matüridilik Ve Mu'tezile Mukayesesi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>218</v>
+        <v>132</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057539021</t>
+          <t>9786256371972</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Solving Statelessness In Myanmar</t>
+          <t>Nedensellik Bağlamında ARAP DİLİ ve BELAGATI (Doğuşu- Gelişimi-Tarihi)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>208</v>
+        <v>335</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258379556</t>
+          <t>9786256398252</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Rol Kuramı ve Türkçede Konusal Roller</t>
+          <t>Eleştirel Düşünme Üzerine</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257333788</t>
+          <t>9786256398313</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Müebbet Krizalit - Özcan Ergüder'in Öykücülüğü</t>
+          <t>Kelam'da Müteşabihler Haberi Sıfatlar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257918299</t>
+          <t>9786256398443</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Max Weber - Amerika Üzerine</t>
+          <t>Çankırı Edebiyat Araştırmaları</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>125</v>
+        <v>114</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257838245</t>
+          <t>9786258227420</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Mekan Tasavvuru - Baki ve Fuzuli Divanları</t>
+          <t>Masallarla Kıbrıs Efsaneleri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>405</v>
+        <v>348</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258379334</t>
+          <t>9786258421941</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kaygulu Halil Efendi ve Divan-ı Salis'i</t>
+          <t>Firdevsi-i Rumi Süleyman-Name-i Kebir (78. Cilt) (İnceleme - Metin)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258379419</t>
+          <t>9786256371897</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Şer'iyye Sicillerinde Araç</t>
+          <t>Atatürk Dönemi Doğu Sorunu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>895</v>
+        <v>225</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258421637</t>
+          <t>9786258321463</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Toplum</t>
+          <t>Tükenmişlikle Başa Çıkmada Maneviyat</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258421644</t>
+          <t>9786256371057</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber (SAS)'in Yönetiminde Dış İlişkilerin Temel İlkeleri</t>
+          <t>Piyano Ve Orkestra İçin 3 Analiz</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>295</v>
+        <v>230</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258421613</t>
+          <t>9786258227666</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Bi’seti ve Sorumluluklarımız</t>
+          <t>Kur’an’a Göre Vahdet Olgusu</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258421620</t>
+          <t>9786256371491</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Fatih Camii Mihrap ve Minberinden Ramazan Mektebi</t>
+          <t>Osmanlı'da Toplum, Şehir ve Ticaret II</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>115</v>
+        <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257838887</t>
+          <t>9786256371675</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ebu’l-Berakat en-Nesefi'nin Kıraatları - Değerlendirme ve Tercih Yöntemi</t>
+          <t>Nıkolai Berdyaev’de Tanrı, Ruh, Özgürlük</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>95</v>
+        <v>170</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057851284</t>
+          <t>9786256371354</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Bayburtlu Zihni Divanı</t>
+          <t>Başvekil İsmet İnönü’nün Yurt İçi Ve Yurt Dışı</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258379358</t>
+          <t>9786256371309</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Ağız ve Dil Araştırmalarına Adanan Bir Ömür - Prof. Dr. Jale Öztürk’e Armağan</t>
+          <t>Modern Fas Öyküsü Ve Muhammed Zafzaf</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257918602</t>
+          <t>9786258227734</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Acılı Kuşak'tan Bir Şair - Mehmed Kemal</t>
+          <t>Cinuçen Tanrıkorur’un İcad Ettiği Form Seyr-i Natık</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258421071</t>
+          <t>9786256371330</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Fıkhi Mezheplere Bakış</t>
+          <t>İslam Miras Hukukunda İrade Hürriyeti</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257918008</t>
+          <t>9786258227710</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Nuri Demirağ - Kalkınmaya Adanmış Bir Ömür</t>
+          <t>2022 Abd Ulusal Strateji Dokümanı - Beyaz Saray (2022 Usa Natıonal Securıty Strategy October 2022)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258379570</t>
+          <t>9786256371101</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Yitiğim</t>
+          <t>Memlük Türk Devleti Döneminde Trablus (1289-1516)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>70</v>
+        <v>260</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258379303</t>
+          <t>9786258227765</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kadınca Öyküler - Yolun Başı</t>
+          <t>Uygarlığın R' Si</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>100</v>
+        <v>595</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257838412</t>
+          <t>9786258227123</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Ulaşılmaz Sevdalara Özlem</t>
+          <t>21nci Yüzyıl’ın İlk Çeyreğinde Uluslararası Başlıklar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>95</v>
+        <v>190</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258455502</t>
+          <t>9786258227468</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Sayılarla 2022</t>
+          <t>Kaf Dağının Yetimleri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>128</v>
+        <v>54</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258379471</t>
+          <t>9786258227833</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Keşiş Dağının Yamacında</t>
+          <t>Bilgi Düşünce Eylem</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>85</v>
+        <v>111</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257838948</t>
+          <t>9786257838696</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>6 Çocuğun Dilinden Yeni Öğretmen</t>
+          <t>En Kolay Arapça Dilbilgisi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258455311</t>
+          <t>9786257838689</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Arap Gramerinde Zaruret Olgusu</t>
+          <t>En Kolay Arapça Kelime Bilgisi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>255</v>
+        <v>90</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258455410</t>
+          <t>9786257838894</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Eğitim</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>235</v>
+        <v>218</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257456555</t>
+          <t>9786057539021</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kamu ve Özel Sektörde Kurumsal Yönetim Modeli</t>
+          <t>Solving Statelessness In Myanmar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>85</v>
+        <v>208</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257456289</t>
+          <t>9786258379556</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Görme Engelli Öğrencilere Sosyal Bilgiler Öğretimine Yönelik Kavram Öğretimi</t>
+          <t>Rol Kuramı ve Türkçede Konusal Roller</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>110</v>
+        <v>255</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258321548</t>
+          <t>9786257333788</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kucağımda Dünya Var Çocukların Dünyası</t>
+          <t>Müebbet Krizalit - Özcan Ergüder'in Öykücülüğü</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>92</v>
+        <v>150</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258321456</t>
+          <t>9786257918299</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Zaman Saçlıoğlu’nun Hikayelerine Psikanalitik Bir Bakış</t>
+          <t>Max Weber - Amerika Üzerine</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258321234</t>
+          <t>9786257838245</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Ben</t>
+          <t>Klasik Türk Şiirinde Mekan Tasavvuru - Baki ve Fuzuli Divanları</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>126</v>
+        <v>405</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258321104</t>
+          <t>9786258379334</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Mim Kemal Öke'nin Tarihi Romanlarında Yapı ve İzlek</t>
+          <t>Kaygulu Halil Efendi ve Divan-ı Salis'i</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258321050</t>
+          <t>9786258379419</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili ve Edebiyatı Araştırmaları</t>
+          <t>Kastamonu Şer'iyye Sicillerinde Araç</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>141</v>
+        <v>895</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258421439</t>
+          <t>9786258421637</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Adaklı Saçlar</t>
+          <t>İnsan ve Toplum</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>72</v>
+        <v>120</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258379778</t>
+          <t>9786258421644</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hallu İşkali'l-Efkar Ve Da'vetu'n-Nefsi't-Taliha Eserleri Bağlamında - Şehzade Korkud'un Fıkhi Görüşleri</t>
+          <t>Hz. Peygamber (SAS)'in Yönetiminde Dış İlişkilerin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>105</v>
+        <v>295</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258379815</t>
+          <t>9786258421613</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Sa‘yi Çelebi ve Gazelleri</t>
+          <t>Hz. Muhammed’in Bi’seti ve Sorumluluklarımız</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258379808</t>
+          <t>9786258421620</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Her Bir Zerrem Aşk</t>
+          <t>Fatih Camii Mihrap ve Minberinden Ramazan Mektebi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>60</v>
+        <v>115</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258379747</t>
+          <t>9786257838887</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi’de Kötülük Problemi</t>
+          <t>Ebu’l-Berakat en-Nesefi'nin Kıraatları - Değerlendirme ve Tercih Yöntemi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>110</v>
+        <v>95</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258379518</t>
+          <t>9786057851284</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hatay Mutfağı Tatlısıyla Tuzlusuyla Antakya Lezzetleri</t>
+          <t>Bayburtlu Zihni Divanı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258379013</t>
+          <t>9786258379358</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Dönem Osmanlı Taşrasında Farklılıkların Yönetimi - Palu Hükümeti (1515 - 1850)</t>
+          <t>Ağız ve Dil Araştırmalarına Adanan Bir Ömür - Prof. Dr. Jale Öztürk’e Armağan</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052130049</t>
+          <t>9786257918602</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Tayyarelerinin Tarihçesi</t>
+          <t>Acılı Kuşak'tan Bir Şair - Mehmed Kemal</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257838597</t>
+          <t>9786258421071</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yitik Vatanın Türküleri</t>
+          <t>19. Yüzyılda Fıkhi Mezheplere Bakış</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257714228</t>
+          <t>9786257918008</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Varoluşu Hayatı Anlamlı Kılmak</t>
+          <t>Nuri Demirağ - Kalkınmaya Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257714273</t>
+          <t>9786258379570</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Karşı Yatan Kara Dağ</t>
+          <t>Yitiğim</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>95</v>
+        <v>70</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057851574</t>
+          <t>9786258379303</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku</t>
+          <t>Kadınca Öyküler - Yolun Başı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>780</v>
+        <v>100</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257333313</t>
+          <t>9786257838412</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Fırat'ın Üç Risalesi ve Fitne Olaylarının Nifak Hareketleri Ekseninde Değerlendirilmesi</t>
+          <t>Ulaşılmaz Sevdalara Özlem</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>51</v>
+        <v>95</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257838726</t>
+          <t>9786258455502</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı'nda İngilizlere Esir Düşen Türkler ve İngiliz Esaretindeki Türk Esir Kampları</t>
+          <t>Sayılarla 2022</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>210</v>
+        <v>128</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257838610</t>
+          <t>9786258379471</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekirli Abdurrahman Avni ve Şiirleri</t>
+          <t>Keşiş Dağının Yamacında</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>188</v>
+        <v>85</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257918190</t>
+          <t>9786257838948</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Dil-Tefsir ve el-Ferra</t>
+          <t>6 Çocuğun Dilinden Yeni Öğretmen</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>135</v>
+        <v>65</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257000611</t>
+          <t>9786258455311</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kendi Penceremizden</t>
+          <t>Arap Gramerinde Zaruret Olgusu</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257918732</t>
+          <t>9786258455410</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Söğütlü Köyün Öğretmeni</t>
+          <t>Türklerde Eğitim</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>118</v>
+        <v>235</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257918749</t>
+          <t>9786257456555</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülerinden Kent Enstitülerine</t>
+          <t>Kamu ve Özel Sektörde Kurumsal Yönetim Modeli</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>385</v>
+        <v>85</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257000246</t>
+          <t>9786257456289</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Haki Siyah / Beyaz Mavi</t>
+          <t>Görme Engelli Öğrencilere Sosyal Bilgiler Öğretimine Yönelik Kavram Öğretimi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257714440</t>
+          <t>9786258321548</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Atam Öyünde</t>
+          <t>Kucağımda Dünya Var Çocukların Dünyası</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>124</v>
+        <v>92</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257918954</t>
+          <t>9786258321456</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Duruşu</t>
+          <t>Mehmet Zaman Saçlıoğlu’nun Hikayelerine Psikanalitik Bir Bakış</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258379587</t>
+          <t>9786258321234</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Terör Örgütlerinin Tipolojik İncelemesi</t>
+          <t>Aynadaki Ben</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258379389</t>
+          <t>9786258321104</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Russian - Grand Strategy and Putin’s Political Moves (2000-2008)</t>
+          <t>Mim Kemal Öke'nin Tarihi Romanlarında Yapı ve İzlek</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257918725</t>
+          <t>9786258321050</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bezik Aşka Davettir</t>
+          <t>Arap Dili ve Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>155</v>
+        <v>141</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057851154</t>
+          <t>9786258421439</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Türkçe Hukuk Sözlüğü</t>
+          <t>Adaklı Saçlar</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>820</v>
+        <v>72</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258379655</t>
+          <t>9786258379778</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Gergefte Gece</t>
+          <t>Hallu İşkali'l-Efkar Ve Da'vetu'n-Nefsi't-Taliha Eserleri Bağlamında - Şehzade Korkud'un Fıkhi Görüşleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>70</v>
+        <v>105</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258379693</t>
+          <t>9786258379815</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İntikalü’l-ma‘na Bi’l-mecazi’l-mürseli Kıraatün Delaliyyetün FiKitabi ‘umdeti’l- Huffaz Li’s-semin El-halebi</t>
+          <t>Sa‘yi Çelebi ve Gazelleri</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258379662</t>
+          <t>9786258379808</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hasan Hüsnü Paşa Kütüphanesinde Kayıtlı Bir Cevamiül-Hikayat ve Levamiür-Rivayat Tercümesi</t>
+          <t>Her Bir Zerrem Aşk</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>365</v>
+        <v>60</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059190893</t>
+          <t>9786258379747</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Araf’taki Kimlik Alevilik - Bektaşilik</t>
+          <t>Said Nursi’de Kötülük Problemi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258379563</t>
+          <t>9786258379518</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Cevheretü't-Tevhid Şerhlerinde Mu'tezile Eleştirisi</t>
+          <t>Hatay Mutfağı Tatlısıyla Tuzlusuyla Antakya Lezzetleri</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258379310</t>
+          <t>9786258379013</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Celal</t>
+          <t>Erken Modern Dönem Osmanlı Taşrasında Farklılıkların Yönetimi - Palu Hükümeti (1515 - 1850)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258379372</t>
+          <t>9786052130049</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Hasan Hüsnü Paşa Kütüphanesinde Kayıtlı Bir Cevami’ü’l-Hikayat ve Levami’ü’r-Rivayat Tercümesi</t>
+          <t>Atatürk'ün Tayyarelerinin Tarihçesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258379143</t>
+          <t>9786257838597</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>Yitik Vatanın Türküleri</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>188</v>
+        <v>210</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258379228</t>
+          <t>9786257714228</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Döneminde Van</t>
+          <t>Varoluşu Hayatı Anlamlı Kılmak</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258421989</t>
+          <t>9786257714273</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tarihi Soru Hazinesi 1</t>
+          <t>Karşı Yatan Kara Dağ</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258379099</t>
+          <t>9786057851574</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Kahramanoğlu Neriman Destanı</t>
+          <t>İslam Hukuku</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>465</v>
+        <v>780</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258421897</t>
+          <t>9786257333313</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargılama Hukuku (Vergi Davaları)</t>
+          <t>İbrahim Fırat'ın Üç Risalesi ve Fitne Olaylarının Nifak Hareketleri Ekseninde Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>245</v>
+        <v>51</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258421750</t>
+          <t>9786257838726</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>6 Çocuğun Dilinden 2</t>
+          <t>1. Dünya Savaşı'nda İngilizlere Esir Düşen Türkler ve İngiliz Esaretindeki Türk Esir Kampları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>75</v>
+        <v>210</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258421811</t>
+          <t>9786257838610</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kestane’nin Düşü</t>
+          <t>Diyarbekirli Abdurrahman Avni ve Şiirleri</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>127</v>
+        <v>188</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257714402</t>
+          <t>9786257918190</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Yıllarında Yeni Tokat</t>
+          <t>Dil-Tefsir ve el-Ferra</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>256</v>
+        <v>135</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258421767</t>
+          <t>9786257000611</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>1700’lerden 2000’lere Çağdaşlaşma Yolunda Türkiye Tarihi</t>
+          <t>Kendi Penceremizden</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258421606</t>
+          <t>9786257918732</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bir Yolculuğun Hikayesi</t>
+          <t>Söğütlü Köyün Öğretmeni</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>265</v>
+        <v>118</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258421699</t>
+          <t>9786257918749</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğunun Sonlandırılması ve Türkiye Cumhuriyeti’nin Kuruluşuyla İlgili Antlaşmalar</t>
+          <t>Köy Enstitülerinden Kent Enstitülerine</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>280</v>
+        <v>385</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258421682</t>
+          <t>9786257000246</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Anayasaları ve İnsan Hakları Temel Belgeleri</t>
+          <t>Haki Siyah / Beyaz Mavi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>379</v>
+        <v>155</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258455182</t>
+          <t>9786257714440</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli'de Güzellik Tasavvuru</t>
+          <t>Atam Öyünde</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>380</v>
+        <v>124</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258421095</t>
+          <t>9786257918954</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Şamlı Alim İbn Belban’ın Pratik Tecvid Notları</t>
+          <t>Kaygı Duruşu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258421392</t>
+          <t>9786258379587</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Biraz Şiir Çok Değil</t>
+          <t>Terör Örgütlerinin Tipolojik İncelemesi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>102</v>
+        <v>130</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258455175</t>
+          <t>9786258379389</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Fransa’nın Güvenlik Stratejisi ve Afrika</t>
+          <t>Russian - Grand Strategy and Putin’s Political Moves (2000-2008)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>448</v>
+        <v>175</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258421316</t>
+          <t>9786257918725</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Munzur’(l)a Koşan Çocuk</t>
+          <t>Bezik Aşka Davettir</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258421286</t>
+          <t>9786057851154</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bir Alimin Gözünden Kudüs Vakıfları</t>
+          <t>Fransızca Türkçe Hukuk Sözlüğü</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>165</v>
+        <v>820</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258455823</t>
+          <t>9786258379655</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırmalar</t>
+          <t>Gergefte Gece</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>425</v>
+        <v>70</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257456906</t>
+          <t>9786258379693</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Hadis Karşıtlarının Tutarsız Gerekçeleri</t>
+          <t>İntikalü’l-ma‘na Bi’l-mecazi’l-mürseli Kıraatün Delaliyyetün FiKitabi ‘umdeti’l- Huffaz Li’s-semin El-halebi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258455830</t>
+          <t>9786258379662</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ud Restorasyonu - Çalgı Yapımcılar İçin Bir Rehber</t>
+          <t>Hasan Hüsnü Paşa Kütüphanesinde Kayıtlı Bir Cevamiül-Hikayat ve Levamiür-Rivayat Tercümesi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>90</v>
+        <v>365</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258455663</t>
+          <t>9786059190893</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Arap Diline Dair Eser Vermiş Bosnalı Alimler ve Eserleri</t>
+          <t>Araf’taki Kimlik Alevilik - Bektaşilik</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258421019</t>
+          <t>9786258379563</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Mir'atü'l-Kainat</t>
+          <t>Cevheretü't-Tevhid Şerhlerinde Mu'tezile Eleştirisi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258421033</t>
+          <t>9786258379310</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Vakıf Hukuku</t>
+          <t>Mehmed Celal</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258421002</t>
+          <t>9786258379372</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Serencam</t>
+          <t>Hasan Hüsnü Paşa Kütüphanesinde Kayıtlı Bir Cevami’ü’l-Hikayat ve Levami’ü’r-Rivayat Tercümesi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>117</v>
+        <v>340</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258421040</t>
+          <t>9786258379143</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Ziraatçılar İçin Matematik</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>309</v>
+        <v>188</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258455854</t>
+          <t>9786258379228</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Te’sisü’n-Nakdi Fi Biladi’l-Mağrib Mağrib Bölgesinde Eleştirinin Tesisi</t>
+          <t>Tanzimat Döneminde Van</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>285</v>
+        <v>240</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258455526</t>
+          <t>9786258421989</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Vakfedilmiş Bir Ömür: Rıza Çöllüoğlu</t>
+          <t>Hadis Tarihi Soru Hazinesi 1</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258455519</t>
+          <t>9786258379099</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Scientific Method</t>
+          <t>Kahramanoğlu Neriman Destanı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>115</v>
+        <v>465</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258455564</t>
+          <t>9786258421897</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Mecrürat ve Fetih Suresindeki Tatbiki</t>
+          <t>Vergi Yargılama Hukuku (Vergi Davaları)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258455472</t>
+          <t>9786258421750</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kıtab-ı Eklesiyastiküs</t>
+          <t>6 Çocuğun Dilinden 2</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>395</v>
+        <v>75</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258455373</t>
+          <t>9786258421811</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk ile Çevre Muhasebesi Arasındaki İlişkinin Belirlenmesi Tekstil Sektöründe Bir Araştırma</t>
+          <t>Kestane’nin Düşü</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>145</v>
+        <v>127</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258455342</t>
+          <t>9786257714402</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Köyler</t>
+          <t>Cumhuriyetin İlk Yıllarında Yeni Tokat</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>50</v>
+        <v>256</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257000406</t>
+          <t>9786258421767</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kavramdan Pratiğe Kimlik İnşası</t>
+          <t>1700’lerden 2000’lere Çağdaşlaşma Yolunda Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257456647</t>
+          <t>9786258421606</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Tarih Türk'lerle Başlar Bilinmeyen Türk Tarihi</t>
+          <t>Bir Yolculuğun Hikayesi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>655</v>
+        <v>265</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257456579</t>
+          <t>9786258421699</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları "Makaleler"</t>
+          <t>Osmanlı İmparatorluğunun Sonlandırılması ve Türkiye Cumhuriyeti’nin Kuruluşuyla İlgili Antlaşmalar</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>615</v>
+        <v>280</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257333528</t>
+          <t>9786258421682</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Türkiyesinde 1990’larda İrtica ve Terör</t>
+          <t>Türkiye Cumhuriyeti Anayasaları ve İnsan Hakları Temel Belgeleri</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>185</v>
+        <v>379</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258455144</t>
+          <t>9786258455182</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bir Açıdan</t>
+          <t>Fuzuli'de Güzellik Tasavvuru</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>102</v>
+        <v>380</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258455069</t>
+          <t>9786258421095</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>En Önemlisi…</t>
+          <t>Şamlı Alim İbn Belban’ın Pratik Tecvid Notları</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>174</v>
+        <v>110</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258455021</t>
+          <t>9786258421392</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kavgalı Yıllar</t>
+          <t>Biraz Şiir Çok Değil</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>345</v>
+        <v>102</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258455076</t>
+          <t>9786258455175</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yaşayanlar Yaşadıklarını Anlatıyor Divriği</t>
+          <t>Fransa’nın Güvenlik Stratejisi ve Afrika</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>78</v>
+        <v>448</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258455038</t>
+          <t>9786258421316</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Deli Şair</t>
+          <t>Munzur’(l)a Koşan Çocuk</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>92</v>
+        <v>180</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257456975</t>
+          <t>9786258421286</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>İzler</t>
+          <t>Bir Alimin Gözünden Kudüs Vakıfları</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>27</v>
+        <v>165</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257456449</t>
+          <t>9786258455823</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Mirabo Köprüsü</t>
+          <t>Bilimsel Araştırmalar</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257456920</t>
+          <t>9786257456906</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Tercüman-ı Bektaşiye</t>
+          <t>Hadis Karşıtlarının Tutarsız Gerekçeleri</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257456890</t>
+          <t>9786258455830</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Kur’an Okumaları 3</t>
+          <t>Ud Restorasyonu - Çalgı Yapımcılar İçin Bir Rehber</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257456869</t>
+          <t>9786258455663</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıcaya İlk Adım</t>
+          <t>Osmanlı Döneminde Arap Diline Dair Eser Vermiş Bosnalı Alimler ve Eserleri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257604826</t>
+          <t>9786258421019</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Denizciliğin Doğuşu Barbaros Hayreddin</t>
+          <t>Mir'atü'l-Kainat</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>357</v>
+        <v>325</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257604833</t>
+          <t>9786258421033</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Kuruluş ve Yükseliş Dönemi</t>
+          <t>Osmanlı Vakıf Hukuku</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>149</v>
+        <v>215</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257456661</t>
+          <t>9786258421002</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Bürokrasi ve Tebaa</t>
+          <t>Serencam</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>170</v>
+        <v>117</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257456388</t>
+          <t>9786258421040</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kızılcık Şerbeti</t>
+          <t>Ziraatçılar İçin Matematik</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>270</v>
+        <v>309</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257456470</t>
+          <t>9786258455854</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin İlkeleri ve İşletme Yönetimi</t>
+          <t>Te’sisü’n-Nakdi Fi Biladi’l-Mağrib Mağrib Bölgesinde Eleştirinin Tesisi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257456593</t>
+          <t>9786258455526</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Anlama Çabaları</t>
+          <t>Vakfedilmiş Bir Ömür: Rıza Çöllüoğlu</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257456395</t>
+          <t>9786258455519</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Peri Tozu</t>
+          <t>Scientific Method</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257456272</t>
+          <t>9786258455564</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Bilime Aykırılığı İddiası ve İlmi İ'caz</t>
+          <t>Arap Dilinde Mecrürat ve Fetih Suresindeki Tatbiki</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257604680</t>
+          <t>9786258455472</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Yolculuk</t>
+          <t>Kıtab-ı Eklesiyastiküs</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>105</v>
+        <v>395</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257604673</t>
+          <t>9786258455373</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>''Türk Konseyi''nden (Türk Keneşi)</t>
+          <t>Kurumsal Sosyal Sorumluluk ile Çevre Muhasebesi Arasındaki İlişkinin Belirlenmesi Tekstil Sektöründe Bir Araştırma</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257604697</t>
+          <t>9786258455342</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat Davası</t>
+          <t>Sihirli Köyler</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>135</v>
+        <v>50</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257604727</t>
+          <t>9786257000406</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğumuz Türkler</t>
+          <t>Kavramdan Pratiğe Kimlik İnşası</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>277</v>
+        <v>250</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257456159</t>
+          <t>9786257456647</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Salnameler ve Arşiv Vesikaları Işığında Keşan Tarihi</t>
+          <t>Tarih Türk'lerle Başlar Bilinmeyen Türk Tarihi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>170</v>
+        <v>655</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257456180</t>
+          <t>9786257456579</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Sızı</t>
+          <t>Türkçülüğün Esasları "Makaleler"</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>87</v>
+        <v>615</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257456081</t>
+          <t>9786257333528</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Para</t>
+          <t>Atatürk Türkiyesinde 1990’larda İrtica ve Terör</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786057539748</t>
+          <t>9786258455144</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Mührü</t>
+          <t>Farklı Bir Açıdan</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>75</v>
+        <v>102</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257604796</t>
+          <t>9786258455069</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Medyası ve Özgürlük</t>
+          <t>En Önemlisi…</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>255</v>
+        <v>174</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257604857</t>
+          <t>9786258455021</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yarası</t>
+          <t>Kavgalı Yıllar</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>85</v>
+        <v>345</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>3990057918763</t>
+          <t>9786258455076</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhu - Çanakkale Kara Savaşları 1914-1915</t>
+          <t>Yaşayanlar Yaşadıklarını Anlatıyor Divriği</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>200</v>
+        <v>78</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257604765</t>
+          <t>9786258455038</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Rehber-i Tedris ve Terbiye 1-2</t>
+          <t>Deli Şair</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>175</v>
+        <v>92</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257604444</t>
+          <t>9786257456975</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>İmam Ya‘Kub Kıraatinin Özellikleri ve Delilleri</t>
+          <t>İzler</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>115</v>
+        <v>27</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257604499</t>
+          <t>9786257456449</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dokunmak</t>
+          <t>Mirabo Köprüsü</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257604758</t>
+          <t>9786257456920</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Hadi Gelin Yüzleşelim</t>
+          <t>Tercüman-ı Bektaşiye</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>115</v>
+        <v>185</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257838481</t>
+          <t>9786257456890</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Sıddıka Hanım Usul-i Talim ve Terbiye Dersleri</t>
+          <t>Sosyolojik Kur’an Okumaları 3</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257604253</t>
+          <t>9786257456869</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizdeki Kara Leke - Çekiç Güç</t>
+          <t>Osmanlıcaya İlk Adım</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257604246</t>
+          <t>9786257604826</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Tavistock - Dünyayı Yöneten Örgüt ve Atatürk Türkiyesine Etkileri</t>
+          <t>Osmanlı İmparatorluğu’nda Denizciliğin Doğuşu Barbaros Hayreddin</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>160</v>
+        <v>357</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257604239</t>
+          <t>9786257604833</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Terör Terörizm ve Ayrılıkçı Kürt Sorunu</t>
+          <t>Osmanlı İmparatorluğu Kuruluş ve Yükseliş Dönemi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>305</v>
+        <v>149</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257604284</t>
+          <t>9786257456661</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Türk Birliği Gerçekleşiyor</t>
+          <t>Osmanlı Devletinde Bürokrasi ve Tebaa</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>228</v>
+        <v>170</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257604352</t>
+          <t>9786257456388</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Turkish-American Relations: A Focused Study of International Affairs</t>
+          <t>Kızılcık Şerbeti</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>90</v>
+        <v>270</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257604222</t>
+          <t>9786257456470</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Yunanistanda Unuttuğumuz Türkler - Batı Trakya Türkleri ve Ege Adaları Türkleri</t>
+          <t>Ekonominin İlkeleri ve İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257604604</t>
+          <t>9786257456593</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Hanyalı Kami Mektuplar</t>
+          <t>Kur’an’ı Anlama Çabaları</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>187</v>
+        <v>155</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257604321</t>
+          <t>9786257456395</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İran Bahçe Sanatı</t>
+          <t>Peri Tozu</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>375</v>
+        <v>115</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>3990000791877</t>
+          <t>9786257456272</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhu - Çanakkale Deniz Savaşları 1914-1915</t>
+          <t>Kur'an'ın Bilime Aykırılığı İddiası ve İlmi İ'caz</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>127</v>
+        <v>85</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>3990000791876</t>
+          <t>9786257604680</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhu - Anılar, Mektuplar, Tabyalar, Şehitlik, Anıtlar ve Mezarlıklar 1914 - 1915</t>
+          <t>Zamanda Yolculuk</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>223</v>
+        <v>105</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257604413</t>
+          <t>9786257604673</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Selefi Yaklaşım</t>
+          <t>''Türk Konseyi''nden (Türk Keneşi)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257604383</t>
+          <t>9786257604697</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Yitik Çocukluğun Travmatik Şairi Nef’i</t>
+          <t>28 Şubat Davası</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>166</v>
+        <v>135</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257604345</t>
+          <t>9786257604727</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türklerinde Halı ve Düz Dokuma Yaygıları</t>
+          <t>Unuttuğumuz Türkler</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>163</v>
+        <v>277</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257333993</t>
+          <t>9786257456159</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>29 Ekim 2048 Ankara Saat 9.30</t>
+          <t>Salnameler ve Arşiv Vesikaları Işığında Keşan Tarihi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257604093</t>
+          <t>9786257456180</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Neo Liberal Ekonomi Politikaları ve Türkiye Ekonomisine Etkileri</t>
+          <t>Sızı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>210</v>
+        <v>87</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257604062</t>
+          <t>9786257456081</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>A Historical Perspective</t>
+          <t>Para</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257918503</t>
+          <t>9786057539748</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Fener Rum Patrikhanesi</t>
+          <t>Aşkın Mührü</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>142</v>
+        <v>75</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257918510</t>
+          <t>9786257604796</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Sorunu</t>
+          <t>Türkiye Medyası ve Özgürlük</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>145</v>
+        <v>255</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257604161</t>
+          <t>9786257604857</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İstihlaf</t>
+          <t>Gönül Yarası</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>204</v>
+        <v>85</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257604055</t>
+          <t>3990057918763</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Törekeme</t>
+          <t>Çanakkale Ruhu - Çanakkale Kara Savaşları 1914-1915</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>288</v>
+        <v>200</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257333931</t>
+          <t>9786257604765</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Telkin</t>
+          <t>Rehber-i Tedris ve Terbiye 1-2</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>199</v>
+        <v>175</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257714129</t>
+          <t>9786257604444</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Hayat Hak Mücadelesi</t>
+          <t>İmam Ya‘Kub Kıraatinin Özellikleri ve Delilleri</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257333887</t>
+          <t>9786257604499</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Sevda İçinde</t>
+          <t>Yaşama Dokunmak</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>104</v>
+        <v>135</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257918077</t>
+          <t>9786257604758</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Manzum Kırk Hadis</t>
+          <t>Hadi Gelin Yüzleşelim</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>90</v>
+        <v>115</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257918718</t>
+          <t>9786257838481</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Management and Analysis of Tourism and Aviation Sectors During Covid-19 Crisis in Turkey</t>
+          <t>Ayşe Sıddıka Hanım Usul-i Talim ve Terbiye Dersleri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257918657</t>
+          <t>9786257604253</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Present-Day Management Perceptions on Hydrogen Energy Economics whit A Swot Analysis and Selected Global Paradigms</t>
+          <t>Tarihimizdeki Kara Leke - Çekiç Güç</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257918664</t>
+          <t>9786257604246</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Management and Organization Strategies and Online Behavior Review Focusing Z and Y Generations of The New Millennium</t>
+          <t>Tavistock - Dünyayı Yöneten Örgüt ve Atatürk Türkiyesine Etkileri</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257918701</t>
+          <t>9786257604239</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Pazarlama Uygulamalarında Türkiye Y Kuşağı</t>
+          <t>Terör Terörizm ve Ayrılıkçı Kürt Sorunu</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>138</v>
+        <v>305</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257333832</t>
+          <t>9786257604284</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Erzincan Bölgesinde Ermeni Mezalimi Ve Bu Mezalimi Bizzat Yaşayan Sayın Ömer Necati Gören’in Hatıraları</t>
+          <t>Türk Birliği Gerçekleşiyor</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>120</v>
+        <v>228</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257333849</t>
+          <t>9786257604352</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Soykırımı İddiası Yalandır</t>
+          <t>Turkish-American Relations: A Focused Study of International Affairs</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>420</v>
+        <v>90</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257000987</t>
+          <t>9786257604222</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İsyanlar İhanet ve İntihar</t>
+          <t>Yunanistanda Unuttuğumuz Türkler - Batı Trakya Türkleri ve Ege Adaları Türkleri</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257918312</t>
+          <t>9786257604604</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>5 Ermeni’nin 5 Yayını</t>
+          <t>Hanyalı Kami Mektuplar</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>180</v>
+        <v>187</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257333870</t>
+          <t>9786257604321</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Amatör ve Sportif Havacılık</t>
+          <t>İran Bahçe Sanatı</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>182</v>
+        <v>375</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257333726</t>
+          <t>3990000791877</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sonrası Yeni Nesil Tarım</t>
+          <t>Çanakkale Ruhu - Çanakkale Deniz Savaşları 1914-1915</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>118</v>
+        <v>127</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257000574</t>
+          <t>3990000791876</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Perakende Pazarlama Yöntemi</t>
+          <t>Çanakkale Ruhu - Anılar, Mektuplar, Tabyalar, Şehitlik, Anıtlar ve Mezarlıklar 1914 - 1915</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>286</v>
+        <v>223</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257333283</t>
+          <t>9786257604413</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Şubat</t>
+          <t>Kur’an’a Selefi Yaklaşım</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257838672</t>
+          <t>9786257604383</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Adıyaman</t>
+          <t>Yitik Çocukluğun Travmatik Şairi Nef’i</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>388</v>
+        <v>166</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257333146</t>
+          <t>9786257604345</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Atatürk - İnönü - Bayar'lı Yıllarda Türk - Amerikan İlişkileri</t>
+          <t>Kazak Türklerinde Halı ve Düz Dokuma Yaygıları</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>207</v>
+        <v>163</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257714181</t>
+          <t>9786257333993</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Ermenilerin Yalan(cı)ları İtiraf(çı)ları</t>
+          <t>29 Ekim 2048 Ankara Saat 9.30</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>448</v>
+        <v>275</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257714174</t>
+          <t>9786257604093</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Katchaznouni, 1923</t>
+          <t>Neo Liberal Ekonomi Politikaları ve Türkiye Ekonomisine Etkileri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257714198</t>
+          <t>9786257604062</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Hatisyan, 1930</t>
+          <t>A Historical Perspective</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257714457</t>
+          <t>9786257918503</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Khatisian, 1930</t>
+          <t>Fener Rum Patrikhanesi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>255</v>
+        <v>142</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257918763</t>
+          <t>9786257918510</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhu (3 Cilt Takım)</t>
+          <t>Ermeni Sorunu</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>550</v>
+        <v>145</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257333795</t>
+          <t>9786257604161</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Heybemdeki Erdem Dağları</t>
+          <t>Kur'an'da İstihlaf</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>78</v>
+        <v>204</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257333764</t>
+          <t>9786257604055</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Savaşı</t>
+          <t>Törekeme</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>555</v>
+        <v>288</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257333559</t>
+          <t>9786257333931</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Cumhuriyeti Örtülü Savaşa Hazır Mı?</t>
+          <t>Telkin</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>90</v>
+        <v>199</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257333481</t>
+          <t>9786257714129</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Armenian Genocide, A Big Lie Damn Lies and Facts About So-Called “Armenian Genocide”</t>
+          <t>Adanmış Hayat Hak Mücadelesi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>235</v>
+        <v>150</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257333597</t>
+          <t>9786257333887</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Ufo'lar (Uçan Daireler) ve Zaman Yolculuğu</t>
+          <t>Sevda İçinde</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>285</v>
+        <v>104</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257333580</t>
+          <t>9786257918077</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>The Aspect of Military Genius in International Relations General Rommel and Patton</t>
+          <t>Manzum Kırk Hadis</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257333498</t>
+          <t>9786257918718</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Founding Father Of Modern Turkey and His Leading Principles</t>
+          <t>Management and Analysis of Tourism and Aviation Sectors During Covid-19 Crisis in Turkey</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257333566</t>
+          <t>9786257918657</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Soykırımı Yalanının Günümüzdeki Durumu ve Çifte Standartlı Batı</t>
+          <t>Present-Day Management Perceptions on Hydrogen Energy Economics whit A Swot Analysis and Selected Global Paradigms</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257333542</t>
+          <t>9786257918664</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçü Türk Ülküsü Türkçülük</t>
+          <t>Management and Organization Strategies and Online Behavior Review Focusing Z and Y Generations of The New Millennium</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257333573</t>
+          <t>9786257918701</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Atatürkçü Düşünce Sistemi Uygarlık İdeolojisi</t>
+          <t>Günümüz Pazarlama Uygulamalarında Türkiye Y Kuşağı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>105</v>
+        <v>138</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257333504</t>
+          <t>9786257333832</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kayıp Kıta Mu ve Türk Tarih Tezi Güneş Dil Teorisi</t>
+          <t>Erzincan Bölgesinde Ermeni Mezalimi Ve Bu Mezalimi Bizzat Yaşayan Sayın Ömer Necati Gören’in Hatıraları</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257333511</t>
+          <t>9786257333849</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Atatürk the Greatest and Genuine Turkish Nationalist and Turkism</t>
+          <t>Ermeni Soykırımı İddiası Yalandır</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>90</v>
+        <v>420</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257333535</t>
+          <t>9786257000987</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Din ve Laiklik Anlayışı</t>
+          <t>İsyanlar İhanet ve İntihar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>235</v>
+        <v>144</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257333641</t>
+          <t>9786257918312</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Ayetleri ve Hadisleri Fıkıh Konularına Göre Tasnifi</t>
+          <t>5 Ermeni’nin 5 Yayını</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786057539311</t>
+          <t>9786257333870</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Arkadaşı Atatürk'ün Devrimlerini Anlatıyor</t>
+          <t>Amatör ve Sportif Havacılık</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>218</v>
+        <v>182</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052130056</t>
+          <t>9786257333726</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>1938 Atatürk’ün Yeni Türkiyesi</t>
+          <t>Pandemi Sonrası Yeni Nesil Tarım</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>390</v>
+        <v>118</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052130254</t>
+          <t>9786257000574</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Antlaşmalar ve İlişkilerimizin Belgeleri (1936-1952)</t>
+          <t>Perakende Pazarlama Yöntemi</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>308</v>
+        <v>286</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052130063</t>
+          <t>9786257333283</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Ekonomi</t>
+          <t>Şubat</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>154</v>
+        <v>65</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052130087</t>
+          <t>9786257838672</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Cambridge Afro - Asian Expedition (1961 - 62)</t>
+          <t>Tarihte Adıyaman</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>510</v>
+        <v>388</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052130711</t>
+          <t>9786257333146</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Karayolu - Demiryolu Dengesinin Tarihçesi 1923 - 2015</t>
+          <t>Atatürk - İnönü - Bayar'lı Yıllarda Türk - Amerikan İlişkileri</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>305</v>
+        <v>207</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052130070</t>
+          <t>9786257714181</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Tayyarelerinin Tarihçesi 1926-1955</t>
+          <t>Ermenilerin Yalan(cı)ları İtiraf(çı)ları</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>325</v>
+        <v>448</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786057539168</t>
+          <t>9786257714174</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Şeker Şirketi</t>
+          <t>Katchaznouni, 1923</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>680</v>
+        <v>170</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257333252</t>
+          <t>9786257714198</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Platon ve Aristoteles’te Varlık, Dil, ve Düşünce, Bağlamında Kavramlar</t>
+          <t>Hatisyan, 1930</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257714938</t>
+          <t>9786257714457</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülharem, Mütefekkir ve Şair Giritli Ahmet Muhtar - Hayatı Sanatı ve Manzum Eserleri</t>
+          <t>Khatisian, 1930</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>132</v>
+        <v>255</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257333221</t>
+          <t>9786257918763</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Haşhaş: Sosyo-Ekonomik ve Dış Politik Boyutlarıyla (1909-1950)</t>
+          <t>Çanakkale Ruhu (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>155</v>
+        <v>550</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786257333245</t>
+          <t>9786257333795</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Derin Kuyu</t>
+          <t>Heybemdeki Erdem Dağları</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>98</v>
+        <v>78</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257714433</t>
+          <t>9786257333764</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağda Müslüman Nazarıyla Varoluş ve Ölüm</t>
+          <t>İstiklal Savaşı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>185</v>
+        <v>555</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257714488</t>
+          <t>9786257333559</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Diyaloglar</t>
+          <t>Atatürk Cumhuriyeti Örtülü Savaşa Hazır Mı?</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257714365</t>
+          <t>9786257333481</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Ses Düşmeleri</t>
+          <t>Armenian Genocide, A Big Lie Damn Lies and Facts About So-Called “Armenian Genocide”</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>192</v>
+        <v>235</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786257838566</t>
+          <t>9786257333597</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kesit</t>
+          <t>Ufo'lar (Uçan Daireler) ve Zaman Yolculuğu</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>133</v>
+        <v>285</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257838504</t>
+          <t>9786257333580</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Bir İzci Liderinin Anıları</t>
+          <t>The Aspect of Military Genius in International Relations General Rommel and Patton</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257918381</t>
+          <t>9786257333498</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Nerimanoğlu Sam Destanı</t>
+          <t>Atatürk Founding Father Of Modern Turkey and His Leading Principles</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>334</v>
+        <v>115</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257918688</t>
+          <t>9786257333566</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Yatık Sekiz</t>
+          <t>Ermeni Soykırımı Yalanının Günümüzdeki Durumu ve Çifte Standartlı Batı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257838375</t>
+          <t>9786257333542</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Görünmez El</t>
+          <t>Atatürkçü Türk Ülküsü Türkçülük</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>535</v>
+        <v>115</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257838269</t>
+          <t>9786257333573</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Buselik Saz Eseri</t>
+          <t>Mustafa Kemal Atatürk Atatürkçü Düşünce Sistemi Uygarlık İdeolojisi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>122</v>
+        <v>105</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257838047</t>
+          <t>9786257333504</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Güç Olgusu Ve Nükleer Silahlanma Kazakistan-Kuzey Kore Karşılaştırması (Kazakistan Saha Araştırması)</t>
+          <t>Atatürk Kayıp Kıta Mu ve Türk Tarih Tezi Güneş Dil Teorisi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257838108</t>
+          <t>9786257333511</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Article 140 Of The Constitution Of Iraq</t>
+          <t>Atatürk the Greatest and Genuine Turkish Nationalist and Turkism</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257918794</t>
+          <t>9786257333535</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Stata Uygulamalı Etki Değerleme Analizleri</t>
+          <t>Atatürk'ün Din ve Laiklik Anlayışı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257918480</t>
+          <t>9786257333641</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Trablusşam Vakıfları (1840-1877)</t>
+          <t>Ahkam Ayetleri ve Hadisleri Fıkıh Konularına Göre Tasnifi</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257918527</t>
+          <t>9786057539311</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>KGB Albaylığından Devlet Başkanlığına Putin Dönemi Rusya</t>
+          <t>Amerikalı Arkadaşı Atatürk'ün Devrimlerini Anlatıyor</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>135</v>
+        <v>218</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257918268</t>
+          <t>9786052130056</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Gazellerinde Şekil Hususiyetleri</t>
+          <t>1938 Atatürk’ün Yeni Türkiyesi</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057539847</t>
+          <t>9786052130254</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Kastamonulu Divan Şairleri</t>
+          <t>Uluslararası Antlaşmalar ve İlişkilerimizin Belgeleri (1936-1952)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>405</v>
+        <v>308</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257918121</t>
+          <t>9786052130063</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokullarında Program Değerlendirme</t>
+          <t>Atatürk ve Ekonomi</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>167</v>
+        <v>154</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257918244</t>
+          <t>9786052130087</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Karavaşoğlu Muhammed - Mevlid Kastamonu Nüshası</t>
+          <t>Cambridge Afro - Asian Expedition (1961 - 62)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>470</v>
+        <v>510</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257000314</t>
+          <t>9786052130711</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Aşk’efşan</t>
+          <t>Karayolu - Demiryolu Dengesinin Tarihçesi 1923 - 2015</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>90</v>
+        <v>305</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257000307</t>
+          <t>9786052130070</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Molla Halil Es-Siirdi’nin Basiretu’l-Kulub Adli Tefsirinin Arap Dili ve Belagatı Açısından Tahlili</t>
+          <t>Atatürk’ün Tayyarelerinin Tarihçesi 1926-1955</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>355</v>
+        <v>325</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057851499</t>
+          <t>9786057539168</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Apitherapy El Kitabı</t>
+          <t>Atatürk'ün Şeker Şirketi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>445</v>
+        <v>680</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257000659</t>
+          <t>9786257333252</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Atamızın İzinde</t>
+          <t>Platon ve Aristoteles’te Varlık, Dil, ve Düşünce, Bağlamında Kavramlar</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>147</v>
+        <v>260</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257000338</t>
+          <t>9786257714938</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kırım Efsaneleri</t>
+          <t>Şeyhülharem, Mütefekkir ve Şair Giritli Ahmet Muhtar - Hayatı Sanatı ve Manzum Eserleri</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>120</v>
+        <v>132</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257000628</t>
+          <t>9786257333221</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele’de Kuruluşlar ve Yerel Faaliyetler</t>
+          <t>Osmanlı’dan Cumhuriyet’e Haşhaş: Sosyo-Ekonomik ve Dış Politik Boyutlarıyla (1909-1950)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>338</v>
+        <v>155</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257000239</t>
+          <t>9786257333245</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Hava Oyunları</t>
+          <t>Derin Kuyu</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>175</v>
+        <v>98</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257000253</t>
+          <t>9786257714433</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Motorcunun Yol Notları</t>
+          <t>Modern Çağda Müslüman Nazarıyla Varoluş ve Ölüm</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>313</v>
+        <v>185</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786057851550</t>
+          <t>9786257714488</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Dünya Enerji Savaşları ve Türkiye</t>
+          <t>Tarihi Diyaloglar</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>365</v>
+        <v>150</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786057851475</t>
+          <t>9786257714365</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>The Chagos - Arschipelago Case in theInternational Court of Justice</t>
+          <t>Türkiye Türkçesinde Ses Düşmeleri</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>199</v>
+        <v>192</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786057851338</t>
+          <t>9786257838566</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Erken Osmanlı (1300-1453) Yapılarında Çini Süsleme</t>
+          <t>Kesit</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>440</v>
+        <v>133</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057851277</t>
+          <t>9786257838504</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Venüs</t>
+          <t>Bir İzci Liderinin Anıları</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>117</v>
+        <v>82</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786057539786</t>
+          <t>9786257918381</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Şu'uri Divanı - Şu'uri Hasan Efendi</t>
+          <t>Nerimanoğlu Sam Destanı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>162</v>
+        <v>334</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786057851253</t>
+          <t>9786257918688</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Qurşun ve Şeir</t>
+          <t>Yatık Sekiz</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>80</v>
+        <v>195</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057851161</t>
+          <t>9786257838375</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Türk Havacılığına İz Bırakanlar</t>
+          <t>Görünmez El</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>275</v>
+        <v>535</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786057539816</t>
+          <t>9786257838269</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Temel Havacılık</t>
+          <t>Buselik Saz Eseri</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>285</v>
+        <v>122</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786057851079</t>
+          <t>9786257838047</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Gelibolu Gezi Rehberi</t>
+          <t>Güç Olgusu Ve Nükleer Silahlanma Kazakistan-Kuzey Kore Karşılaştırması (Kazakistan Saha Araştırması)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>158</v>
+        <v>225</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786057851116</t>
+          <t>9786257838108</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Tarihi</t>
+          <t>Article 140 Of The Constitution Of Iraq</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>282</v>
+        <v>220</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786057851086</t>
+          <t>9786257918794</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Gücü (Senaryo)</t>
+          <t>Stata Uygulamalı Etki Değerleme Analizleri</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>102</v>
+        <v>160</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786057851109</t>
+          <t>9786257918480</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet Diye Diye!..</t>
+          <t>Trablusşam Vakıfları (1840-1877)</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>242</v>
+        <v>360</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786057851093</t>
+          <t>9786257918527</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya'da Aşk</t>
+          <t>KGB Albaylığından Devlet Başkanlığına Putin Dönemi Rusya</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>95</v>
+        <v>135</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057851055</t>
+          <t>9786257918268</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Eşikte</t>
+          <t>18. Yüzyıl Gazellerinde Şekil Hususiyetleri</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>137</v>
+        <v>110</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786057851031</t>
+          <t>9786057539847</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Bahdavar</t>
+          <t>Kastamonulu Divan Şairleri</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>238</v>
+        <v>405</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786057851017</t>
+          <t>9786257918121</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Sevdadandır</t>
+          <t>Meslek Yüksekokullarında Program Değerlendirme</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>100</v>
+        <v>167</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057539724</t>
+          <t>9786257918244</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Köylü Kızı Kezban</t>
+          <t>Karavaşoğlu Muhammed - Mevlid Kastamonu Nüshası</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786057539823</t>
+          <t>9786257000314</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Hitler Öncesi ve Sonrası</t>
+          <t>Aşk’efşan</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>384</v>
+        <v>90</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>3990000050878</t>
+          <t>9786257000307</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Hayırlara Kavuşma ve Şerlerden Korunma Duaları</t>
+          <t>Molla Halil Es-Siirdi’nin Basiretu’l-Kulub Adli Tefsirinin Arap Dili ve Belagatı Açısından Tahlili</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>44</v>
+        <v>355</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786057539014</t>
+          <t>9786057851499</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kıssa-i İbrahim</t>
+          <t>Apitherapy El Kitabı</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>500</v>
+        <v>445</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789752405943</t>
+          <t>9786257000659</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kasaba</t>
+          <t>Atamızın İzinde</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>186</v>
+        <v>147</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052130957</t>
+          <t>9786257000338</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir Paşa'nın Eğitim Faaliyetleri</t>
+          <t>Kırım Efsaneleri</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>241</v>
+        <v>120</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789752405318</t>
+          <t>9786257000628</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı ve Türkiye 3 Eylül 1939-2 Eylül 1945</t>
+          <t>Milli Mücadele’de Kuruluşlar ve Yerel Faaliyetler</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>332</v>
+        <v>338</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052130346</t>
+          <t>9786257000239</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşk İle Bu Aşk İlla</t>
+          <t>1. Dünya Hava Oyunları</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052130964</t>
+          <t>9786257000253</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesi'nde Sağlık Hizmetleri (1914-1916)</t>
+          <t>Motorcunun Yol Notları</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>220</v>
+        <v>313</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786059190725</t>
+          <t>9786057851550</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Büyük Reyhanlı Aşireti ve Bahadırlar</t>
+          <t>Dünya Enerji Savaşları ve Türkiye</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>342</v>
+        <v>365</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052130339</t>
+          <t>9786057851475</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Aşık Tarzı Şiir Geleneğinde Yapı ve Tema</t>
+          <t>The Chagos - Arschipelago Case in theInternational Court of Justice</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>315</v>
+        <v>199</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052130100</t>
+          <t>9786057851338</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Türklere Yapılan Etnik Temizliğin Bumerang Etkisi Mübadele</t>
+          <t>Erken Osmanlı (1300-1453) Yapılarında Çini Süsleme</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786055230272</t>
+          <t>9786057851277</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik</t>
+          <t>Gökteki Venüs</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>262</v>
+        <v>117</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789752405738</t>
+          <t>9786057539786</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Şura</t>
+          <t>Şu'uri Divanı - Şu'uri Hasan Efendi</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>110</v>
+        <v>162</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052130438</t>
+          <t>9786057851253</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Anılar Silinmeden</t>
+          <t>Qurşun ve Şeir</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>135</v>
+        <v>80</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052130513</t>
+          <t>9786057851161</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Yan Masalın İkramı</t>
+          <t>Türk Havacılığına İz Bırakanlar</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>123</v>
+        <v>275</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052130483</t>
+          <t>9786057539816</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Atam Anam Ay Terekeme</t>
+          <t>Temel Havacılık</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>229</v>
+        <v>285</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052130490</t>
+          <t>9786057851079</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Lafirent</t>
+          <t>Çanakkale Gelibolu Gezi Rehberi</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>129</v>
+        <v>158</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052130476</t>
+          <t>9786057851116</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Komedya</t>
+          <t>Kıbrıs Tarihi</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>206</v>
+        <v>282</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789752405264</t>
+          <t>9786057851086</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ü Sevmeyenlerden Siyah Lekeler ve Biz</t>
+          <t>Eğitimin Gücü (Senaryo)</t>
         </is>
       </c>
       <c r="C600" s="1">
         <v>102</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789752405158</t>
+          <t>9786057851109</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Paralel Boya</t>
+          <t>Derin Devlet Diye Diye!..</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>48</v>
+        <v>242</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786055230425</t>
+          <t>9786057851093</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta</t>
+          <t>Kapadokya'da Aşk</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>110</v>
+        <v>95</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786059190299</t>
+          <t>9786057851055</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui İle Yaşam</t>
+          <t>Eşikte</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>110</v>
+        <v>137</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786059190404</t>
+          <t>9786057851031</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Hammaliye</t>
+          <t>Bahdavar</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>129</v>
+        <v>238</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786059190152</t>
+          <t>9786057851017</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Akışına Bırak</t>
+          <t>Sevdadandır</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>203</v>
+        <v>100</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786059190091</t>
+          <t>9786057539724</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Sorulu - Cevaplı Günümüz Meseleleri</t>
+          <t>Köylü Kızı Kezban</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>207</v>
+        <v>200</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786055230791</t>
+          <t>9786057539823</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Cephesi'nin Kilit Noktası Sarıkamış ve Sarıkamış Harekatı</t>
+          <t>Hitler Öncesi ve Sonrası</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>600</v>
+        <v>384</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786055230463</t>
+          <t>3990000050878</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Cephesinde Tahliye ve Sıhhiye Hizmetleri</t>
+          <t>Hayırlara Kavuşma ve Şerlerden Korunma Duaları</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>215</v>
+        <v>44</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786055230456</t>
+          <t>9786057539014</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Rus Generali Berhman'a Göre Sarıkamış Harekatı</t>
+          <t>Kıssa-i İbrahim</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786055230869</t>
+          <t>9789752405943</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Harekatı</t>
+          <t>Kasaba</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>105</v>
+        <v>186</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
+          <t>9786052130957</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Kazım Karabekir Paşa'nın Eğitim Faaliyetleri</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9789752405318</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>2. Dünya Savaşı ve Türkiye 3 Eylül 1939-2 Eylül 1945</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786052130346</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Bu Aşk İle Bu Aşk İlla</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786052130964</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Cephesi'nde Sağlık Hizmetleri (1914-1916)</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786059190725</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Reyhanlı Aşireti ve Bahadırlar</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786052130339</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Aşık Tarzı Şiir Geleneğinde Yapı ve Tema</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786052130100</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Türklere Yapılan Etnik Temizliğin Bumerang Etkisi Mübadele</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786055230272</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Hiçlik</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9789752405738</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Şura</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786052130438</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Anılar Silinmeden</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786052130513</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Yan Masalın İkramı</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786052130483</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Atam Anam Ay Terekeme</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786052130490</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Lafirent</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786052130476</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Komedya</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9789752405264</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ü Sevmeyenlerden Siyah Lekeler ve Biz</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9789752405158</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Paralel Boya</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786055230425</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bakışta</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786059190299</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Feng Shui İle Yaşam</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786059190404</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Hammaliye</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786059190152</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Akışına Bırak</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786059190091</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Sorulu - Cevaplı Günümüz Meseleleri</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786055230791</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Kafkas Cephesi'nin Kilit Noktası Sarıkamış ve Sarıkamış Harekatı</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786055230463</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Kafkas Cephesinde Tahliye ve Sıhhiye Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786055230456</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Rus Generali Berhman'a Göre Sarıkamış Harekatı</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786055230869</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Sarıkamış Harekatı</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
           <t>9786055230760</t>
         </is>
       </c>
-      <c r="B611" s="1" t="inlineStr">
+      <c r="B636" s="1" t="inlineStr">
         <is>
           <t>Türkiyede Cumhuriyet Dönemi Kültür ve Müzik Politikaları (1923-2000)</t>
         </is>
       </c>
-      <c r="C611" s="1">
+      <c r="C636" s="1">
         <v>305</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>