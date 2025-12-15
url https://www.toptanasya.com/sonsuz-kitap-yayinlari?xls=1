--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,2455 +85,2470 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052976869</t>
+          <t>9786052977057</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dikenlerle Bağlı (Ciltli)</t>
+          <t>Dikenlerle Bağlı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052976777</t>
+          <t>9786052976869</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Kuralı</t>
+          <t>Dikenlerle Bağlı (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052976753</t>
+          <t>9786052976777</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk Kuralı</t>
+          <t>Herkesin Kuralı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052976760</t>
+          <t>9786052976753</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çoğunluğun Kuralı</t>
+          <t>Bir Çocuk Kuralı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052976807</t>
+          <t>9786052976760</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hemşire</t>
+          <t>Çoğunluğun Kuralı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052976791</t>
+          <t>9786052976807</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Anne</t>
+          <t>Hemşire</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3037075580394</t>
+          <t>9786052976791</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Lisa Jackson Seti</t>
+          <t>Anne</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053848639</t>
+          <t>3037075580394</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küçük Masum Şeyler</t>
+          <t>Lisa Jackson Seti</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>15.28</v>
+        <v>125</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053846444</t>
+          <t>9786053848639</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ecelin Avı</t>
+          <t>Küçük Masum Şeyler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>13.89</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053846420</t>
+          <t>9786053846444</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kırık Dökük Yaslar</t>
+          <t>Ecelin Avı</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053846451</t>
+          <t>9786053846420</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Yelken Aç</t>
+          <t>Kırık Dökük Yaslar</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053846468</t>
+          <t>9786053846451</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Işık Yak Düşlerime</t>
+          <t>Özgürlüğe Yelken Aç</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053847342</t>
+          <t>9786053846468</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Arzulanmış</t>
+          <t>Işık Yak Düşlerime</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053847366</t>
+          <t>9786053847342</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sınır Tanımayan Aşk</t>
+          <t>Arzulanmış</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053847359</t>
+          <t>9786053847366</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aşka Uyanmak</t>
+          <t>Sınır Tanımayan Aşk</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053845140</t>
+          <t>9786053847359</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Balkondaki Ürkek Sardunyalar</t>
+          <t>Aşka Uyanmak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053847106</t>
+          <t>9786053845140</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kır Zincirini Prometheus!</t>
+          <t>Balkondaki Ürkek Sardunyalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>17.59</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053847083</t>
+          <t>9786053847106</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Arasında</t>
+          <t>Kır Zincirini Prometheus!</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053849643</t>
+          <t>9786053847083</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bağdat’ın Solmuş Çiçekleri</t>
+          <t>Kızlar Arasında</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053849797</t>
+          <t>9786053849643</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Etkisi - Leydi Evans</t>
+          <t>Bağdat’ın Solmuş Çiçekleri</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052970485</t>
+          <t>9786053849797</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan Başlamak Gerek</t>
+          <t>Dolunay Etkisi - Leydi Evans</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053849667</t>
+          <t>9786052970485</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kız</t>
+          <t>Sil Baştan Başlamak Gerek</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053848684</t>
+          <t>9786053849667</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kızlar İçin Aşka Dair : Üç Kız Arkadaşın Dostluğu</t>
+          <t>Kayıp Kız</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053847922</t>
+          <t>9786053848684</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İmparatoriçe</t>
+          <t>Kızlar İçin Aşka Dair : Üç Kız Arkadaşın Dostluğu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053847993</t>
+          <t>9786053847922</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Aile Sırları</t>
+          <t>İmparatoriçe</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053849292</t>
+          <t>9786053847993</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Nadia’ya Sözüm Var</t>
+          <t>Geçmiş Aile Sırları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053849100</t>
+          <t>9786053849292</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapıyı İki Kere Çalar</t>
+          <t>Nadia’ya Sözüm Var</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053848813</t>
+          <t>9786053849100</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar Arasında</t>
+          <t>Aşk Kapıyı İki Kere Çalar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053848844</t>
+          <t>9786053848813</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yapboz</t>
+          <t>Sıkı Dostlar Arasında</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053846222</t>
+          <t>9786053848844</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sol Invictus</t>
+          <t>Yapboz</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053846772</t>
+          <t>9786053846222</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Düşü</t>
+          <t>Sol Invictus</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053842088</t>
+          <t>9786053846772</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Karanlık</t>
+          <t>Meleğin Düşü</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>9.17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053845492</t>
+          <t>9786053842088</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yazgı</t>
+          <t>Yeşil Karanlık</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>15.74</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053843986</t>
+          <t>9786053845492</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Bir Kalbin Derinliklerinde</t>
+          <t>Yazgı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053845409</t>
+          <t>9786053843986</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tepeden Tırnağa</t>
+          <t>Yaralı Bir Kalbin Derinliklerinde</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053845423</t>
+          <t>9786053845409</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Düşler Yeşeren Umutlar</t>
+          <t>Tepeden Tırnağa</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053843535</t>
+          <t>9786053845423</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şeytani İntikam</t>
+          <t>Tatlı Düşler Yeşeren Umutlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053845003</t>
+          <t>9786053843535</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şah Mat</t>
+          <t>Şeytani İntikam</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053844006</t>
+          <t>9786053845003</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Aşk</t>
+          <t>Şah Mat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053845812</t>
+          <t>9786053844006</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Güzelliklerin Ardında</t>
+          <t>Sonsuza Kadar Aşk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053844907</t>
+          <t>9786053845812</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Soluksuz Kalan Kasaba</t>
+          <t>Sonsuz Güzelliklerin Ardında</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053845454</t>
+          <t>9786053844907</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Siobhan Vivian Gençlik Serisi Seti (5 Kitap Takım Kutulu)</t>
+          <t>Soluksuz Kalan Kasaba</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>46.3</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053844990</t>
+          <t>9786053845454</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sevilmiş</t>
+          <t>Siobhan Vivian Gençlik Serisi Seti (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>15.74</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053843993</t>
+          <t>9786053844990</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sana Yürek Dayanmaz</t>
+          <t>Sevilmiş</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053845263</t>
+          <t>9786053843993</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Sır Vereceğim</t>
+          <t>Sana Yürek Dayanmaz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053843122</t>
+          <t>9786053845263</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kapı</t>
+          <t>Sana Bir Sır Vereceğim</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053844815</t>
+          <t>9786053843122</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Küçük Düşler Büyük Umutlar</t>
+          <t>Mavi Kapı</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053843276</t>
+          <t>9786053844815</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kimya Hatun</t>
+          <t>Küçük Düşler Büyük Umutlar</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053842064</t>
+          <t>9786053843276</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Katherine</t>
+          <t>Kimya Hatun</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053843429</t>
+          <t>9786053842064</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Öpücük</t>
+          <t>Katherine</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053844242</t>
+          <t>9786053843429</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kokusu</t>
+          <t>Öpücük</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053845294</t>
+          <t>9786053844242</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kader Aşkı Tadınca</t>
+          <t>Kadın Kokusu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053845751</t>
+          <t>9786053845294</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İlkler Asla Unutulmaz</t>
+          <t>Kader Aşkı Tadınca</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053843856</t>
+          <t>9786053845751</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşkın Büyüsü</t>
+          <t>İlkler Asla Unutulmaz</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053843436</t>
+          <t>9786053843856</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>İlk Aşkın Büyüsü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>9.17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053845669</t>
+          <t>9786053843436</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hiçbirimiz Masum Değiliz</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>15.74</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>3990000028193</t>
+          <t>9786053845669</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek’in Maceraları - Hayatım Oyun (Ciltli)</t>
+          <t>Hiçbirimiz Masum Değiliz</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053845362</t>
+          <t>3990000028193</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Arzular ve İhtiraslar</t>
+          <t>Haylaz Derek’in Maceraları - Hayatım Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053845553</t>
+          <t>9786053845362</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Halka</t>
+          <t>Hayalimdeki Arzular ve İhtiraslar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053842071</t>
+          <t>9786053845553</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Prensesi</t>
+          <t>Halka</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053841463</t>
+          <t>9786053842071</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Düşlerimin Prensesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053844808</t>
+          <t>9786053841463</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Düşlerimin Prensesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000028184</t>
+          <t>9786053844808</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek’in Maceraları - Hayatım Roman (Ciltli)</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>15.65</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053842019</t>
+          <t>3990000028184</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dertler Şarabı Sever</t>
+          <t>Haylaz Derek’in Maceraları - Hayatım Roman (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>15.74</v>
+        <v>15.65</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053841548</t>
+          <t>9786053842019</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Cazibe</t>
+          <t>Dertler Şarabı Sever</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053842378</t>
+          <t>9786053841548</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Boş Yere Süslenme</t>
+          <t>Cazibe</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053846055</t>
+          <t>9786053842378</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüyaydı Seninle Aşk</t>
+          <t>Boş Yere Süslenme</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053845560</t>
+          <t>9786053846055</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyülü Mucizesi</t>
+          <t>Bir Rüyaydı Seninle Aşk</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053846062</t>
+          <t>9786053845560</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aşkımız Şansa Kaldı!</t>
+          <t>Aşkın Büyülü Mucizesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053842286</t>
+          <t>9786053846062</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Arayan Yürek</t>
+          <t>Aşkımız Şansa Kaldı!</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053845027</t>
+          <t>9786053842286</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yemini</t>
+          <t>Aşkı Arayan Yürek</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053843191</t>
+          <t>9786053845027</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Asi Elizabeth</t>
+          <t>Aşk Yemini</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053845300</t>
+          <t>9786053843191</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aldatılmış</t>
+          <t>Asi Elizabeth</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>15.74</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053845393</t>
+          <t>9786053845300</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ailemin Savrulan Külleri</t>
+          <t>Aldatılmış</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053845089</t>
+          <t>9786053845393</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>300 Temel Eser</t>
+          <t>Ailemin Savrulan Külleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>12.04</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053846215</t>
+          <t>9786053845089</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dayanılmaz</t>
+          <t>300 Temel Eser</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053846239</t>
+          <t>9786053846215</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Güm Güm</t>
+          <t>Dayanılmaz</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>15.74</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053846093</t>
+          <t>9786053846239</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz İçgüdü</t>
+          <t>Kalbim Güm Güm</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053846406</t>
+          <t>9786053846093</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Mutfakta Aşk Kokusu Var!</t>
+          <t>Kusursuz İçgüdü</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053846086</t>
+          <t>9786053846406</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mutfağında</t>
+          <t>Mutfakta Aşk Kokusu Var!</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053849933</t>
+          <t>9786053846086</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ateş</t>
+          <t>Aşk Mutfağında</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053848332</t>
+          <t>9786053849933</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sevgisi Uğruna (Kokulu Kitap)</t>
+          <t>Ateş</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053848318</t>
+          <t>9786053848332</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kızım Olmadan Asla (Kokulu Kitap)</t>
+          <t>Çocuk Sevgisi Uğruna (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053848288</t>
+          <t>9786053848318</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Işık Yak Düşlerime (Kokulu Kitap)</t>
+          <t>Kızım Olmadan Asla (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053848202</t>
+          <t>9786053848288</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Aşkım Sana Ait! (Kokulu Kitap)</t>
+          <t>Işık Yak Düşlerime (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053848233</t>
+          <t>9786053848202</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüyaydı Seninle Aşk (Kokulu Kitap)</t>
+          <t>Aşkım Sana Ait! (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053846574</t>
+          <t>9786053848233</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Göçebe</t>
+          <t>Bir Rüyaydı Seninle Aşk (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053849513</t>
+          <t>9786053846574</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Göçebe</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053849094</t>
+          <t>9786053849513</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Son Vurgun</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053848868</t>
+          <t>9786053849094</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Hayaller</t>
+          <t>Son Vurgun</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053849780</t>
+          <t>9786053848868</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrimin Eşiğinde</t>
+          <t>İmkansız Hayaller</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053846390</t>
+          <t>9786053849780</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Ten</t>
+          <t>Bir Devrimin Eşiğinde</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053849155</t>
+          <t>9786053846390</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı Dükkanı</t>
+          <t>Hayalimdeki Ten</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053847250</t>
+          <t>9786053849155</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çatı Katı</t>
+          <t>Kitapçı Dükkanı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000086545</t>
+          <t>9786053847250</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Laterna</t>
+          <t>Çatı Katı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053847755</t>
+          <t>3990000086545</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>"Kırmızı Noktalı" Fıkralar</t>
+          <t>Laterna</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053847953</t>
+          <t>9786053847755</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mahşer Günü</t>
+          <t>"Kırmızı Noktalı" Fıkralar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053848387</t>
+          <t>9786053847953</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Şah Mat (Kokulu Kitap)</t>
+          <t>Mahşer Günü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053848257</t>
+          <t>9786053848387</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gördüğüne Asla İnanma (Kokulu Kitap)</t>
+          <t>Şah Mat (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053848295</t>
+          <t>9786053848257</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kimya Hatun (Kokulu Kitap)</t>
+          <t>Gördüğüne Asla İnanma (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053848264</t>
+          <t>9786053848295</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Göçebe (Kokulu Kitap)</t>
+          <t>Kimya Hatun (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053848196</t>
+          <t>9786053848264</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Annemi Bir Kez Daha Görebilsem (Kokulu Kitap)</t>
+          <t>Göçebe (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053848240</t>
+          <t>9786053848196</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ecelin Avı (Kokulu Kitap)</t>
+          <t>Annemi Bir Kez Daha Görebilsem (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053848301</t>
+          <t>9786053848240</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kırık Dökük Yaslar (Kokulu Kitap)</t>
+          <t>Ecelin Avı (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053847311</t>
+          <t>9786053848301</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Aşkım Sana Ait!</t>
+          <t>Kırık Dökük Yaslar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>16.67</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053847298</t>
+          <t>9786053847311</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tutku</t>
+          <t>Aşkım Sana Ait!</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053846758</t>
+          <t>9786053847298</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kanıt</t>
+          <t>Tutku</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053846789</t>
+          <t>9786053846758</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Rehine</t>
+          <t>Soğuk Kanıt</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052976739</t>
+          <t>9786053846789</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Şansı</t>
+          <t>Rehine</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052976746</t>
+          <t>9786052976739</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Bir Yaz</t>
+          <t>Hayatımın Şansı</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052976562</t>
+          <t>9786052976746</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Peri Varisi (Yan Boyamalı Kutulu Set) (Ciltli)</t>
+          <t>Unutulmaz Bir Yaz</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052976548</t>
+          <t>9786052976562</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Peri Varisi (Yan Boyamalı) (Ciltli)</t>
+          <t>Peri Varisi (Yan Boyamalı Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052976555</t>
+          <t>9786052976548</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Peri Varisi (Yan Boyamalı)</t>
+          <t>Peri Varisi (Yan Boyamalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052976579</t>
+          <t>9786052976555</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>2A Numaralı Koltuktaki Kız (Ciltli)</t>
+          <t>Peri Varisi (Yan Boyamalı)</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053845119</t>
+          <t>9786052976579</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Lady Gaga: Giydir - Süsle ve Yapıştır!</t>
+          <t>2A Numaralı Koltuktaki Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>9.26</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053845416</t>
+          <t>9786053845119</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar Arasında Lafı Olmaz!</t>
+          <t>Lady Gaga: Giydir - Süsle ve Yapıştır!</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053846994</t>
+          <t>9786053845416</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mutfakta Aşk Kokusu Var!</t>
+          <t>Arkadaşlar Arasında Lafı Olmaz!</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>6</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053846482</t>
+          <t>9786053846994</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dertler Acıyı Sever</t>
+          <t>Mutfakta Aşk Kokusu Var!</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052971833</t>
+          <t>9786053846482</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Hazır Ruh</t>
+          <t>Dertler Acıyı Sever</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053849223</t>
+          <t>9786052971833</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>Ölüme Hazır Ruh</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052970348</t>
+          <t>9786053849223</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>30</v>
+        <v>190</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053849902</t>
+          <t>9786052970348</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ölüm İçin Seçilmiş</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053849346</t>
+          <t>9786053849902</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Beraber Atmıştı Bu Kalpler</t>
+          <t>Ölüm İçin Seçilmiş</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>15.74</v>
+        <v>40</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052970706</t>
+          <t>9786053849346</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Doğan Beden</t>
+          <t>Bir Zamanlar Beraber Atmıştı Bu Kalpler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>40</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053845928</t>
+          <t>9786052970706</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gönlü Yanmış Arif</t>
+          <t>Ölüme Doğan Beden</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053847335</t>
+          <t>9786053845928</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Annemi Bir Kez Daha Görebilsem</t>
+          <t>Gönlü Yanmış Arif</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053849230</t>
+          <t>9786053847335</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Annemi Bir Kez Daha Görebilsem</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>7.41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053849476</t>
+          <t>9786053849230</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Terk Edilmiş</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053849087</t>
+          <t>9786053849476</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>Ölüme Terk Edilmiş</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257871167</t>
+          <t>9786053849087</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal (2 Kitap Set)</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>280</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052976401</t>
+          <t>9786257871167</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Kış Sabahı</t>
+          <t>Mustafa Kemal (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052976432</t>
+          <t>9786052976401</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Söz</t>
+          <t>Bir Kış Sabahı</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052976425</t>
+          <t>9786052976432</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yüzündeki Güzellik</t>
+          <t>Sonsuza Kadar Söz</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052976296</t>
+          <t>9786052976425</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Seninle Bir Ay</t>
+          <t>Yüzündeki Güzellik</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052976319</t>
+          <t>9786052976296</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Bir Aşk Hikayesi</t>
+          <t>Seninle Bir Ay</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053845270</t>
+          <t>9786052976319</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Cehennemde de Şarkı Söyler mi?</t>
+          <t>Hüzünlü Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052976289</t>
+          <t>9786053845270</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kapının Ardındaki Hayat</t>
+          <t>Kuşlar Cehennemde de Şarkı Söyler mi?</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052976272</t>
+          <t>9786052976289</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Fırça Darbeleri</t>
+          <t>Kapının Ardındaki Hayat</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053843665</t>
+          <t>9786052976272</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes’un Dönüşü</t>
+          <t>Yaşamın Fırça Darbeleri</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052976036</t>
+          <t>9786053843665</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Sherlock Holmes’un Dönüşü</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052975619</t>
+          <t>9786052976036</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kocamın Eşleri</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052974407</t>
+          <t>9786052975619</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aşka Beş Kala</t>
+          <t>Kocamın Eşleri</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052971826</t>
+          <t>9786052974407</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Giden Yol</t>
+          <t>Aşka Beş Kala</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052974360</t>
+          <t>9786052971826</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Cinayetler - Çin Mahallesi'ndeki Sır</t>
+          <t>Ölüme Giden Yol</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052974391</t>
+          <t>9786052974360</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Cesaretin Var mı Aşka?</t>
+          <t>Gizemli Cinayetler - Çin Mahallesi'ndeki Sır</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052972885</t>
+          <t>9786052974391</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>444 Basamak</t>
+          <t>Cesaretin Var mı Aşka?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052971949</t>
+          <t>9786052972885</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Başımda Kavak Yelleri</t>
+          <t>444 Basamak</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052970935</t>
+          <t>9786052971949</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ah Kalbim</t>
+          <t>Başımda Kavak Yelleri</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052971857</t>
+          <t>9786052970935</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Beklediğim Mutlu Son</t>
+          <t>Ah Kalbim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052970737</t>
+          <t>9786052971857</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>On İçimdeki Katil</t>
+          <t>Beklediğim Mutlu Son</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053844334</t>
+          <t>9786052970737</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Şah Mat</t>
+          <t>On İçimdeki Katil</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053848943</t>
+          <t>9786053844334</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Öldürmek İçin Mükemmel Bir Gün</t>
+          <t>Şah Mat</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053847328</t>
+          <t>9786053848943</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Öldürmek İçin Mükemmel Bir Gün</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053847045</t>
+          <t>9786053847328</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sevgisi Uğruna</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053847014</t>
+          <t>9786053847045</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Randevu</t>
+          <t>Çocuk Sevgisi Uğruna</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053848059</t>
+          <t>9786053847014</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İlk Gün İlk Gece</t>
+          <t>Ölümle Randevu</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053848837</t>
+          <t>9786053848059</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>İlk Gün İlk Gece</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053845355</t>
+          <t>9786053848837</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Gördüğüne Asla İnanma</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053845010</t>
+          <t>9786053845355</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kızım Olmadan Asla</t>
+          <t>Gördüğüne Asla İnanma</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053844341</t>
+          <t>9786053845010</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Che’yi Öldürmek</t>
+          <t>Kızım Olmadan Asla</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
+          <t>9786053844341</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Che’yi Öldürmek</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
           <t>9786053844303</t>
         </is>
       </c>
-      <c r="B162" s="1" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Arkadaşça Küçük Bir Tavsiye</t>
         </is>
       </c>
-      <c r="C162" s="1">
+      <c r="C163" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>