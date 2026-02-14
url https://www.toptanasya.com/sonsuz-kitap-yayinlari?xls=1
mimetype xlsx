--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,2470 +85,2500 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052977057</t>
+          <t>9786052977156</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dikenlerle Bağlı</t>
+          <t>Embermere Soyluları - Peri Lideri (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052976869</t>
+          <t>9786052977149</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dikenlerle Bağlı (Ciltli)</t>
+          <t>Peri Lideri</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052976777</t>
+          <t>9786052977057</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Kuralı</t>
+          <t>Dikenlerle Bağlı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052976753</t>
+          <t>9786052976869</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk Kuralı</t>
+          <t>Dikenlerle Bağlı (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052976760</t>
+          <t>9786052976777</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çoğunluğun Kuralı</t>
+          <t>Herkesin Kuralı</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052976807</t>
+          <t>9786052976753</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hemşire</t>
+          <t>Bir Çocuk Kuralı</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052976791</t>
+          <t>9786052976760</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Anne</t>
+          <t>Çoğunluğun Kuralı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3037075580394</t>
+          <t>9786052976807</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Lisa Jackson Seti</t>
+          <t>Hemşire</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053848639</t>
+          <t>9786052976791</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Küçük Masum Şeyler</t>
+          <t>Anne</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>15.28</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053846444</t>
+          <t>3037075580394</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ecelin Avı</t>
+          <t>Lisa Jackson Seti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>13.89</v>
+        <v>125</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053846420</t>
+          <t>9786053848639</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kırık Dökük Yaslar</t>
+          <t>Küçük Masum Şeyler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>13.89</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053846451</t>
+          <t>9786053846444</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Yelken Aç</t>
+          <t>Ecelin Avı</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053846468</t>
+          <t>9786053846420</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Işık Yak Düşlerime</t>
+          <t>Kırık Dökük Yaslar</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053847342</t>
+          <t>9786053846451</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Arzulanmış</t>
+          <t>Özgürlüğe Yelken Aç</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053847366</t>
+          <t>9786053846468</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sınır Tanımayan Aşk</t>
+          <t>Işık Yak Düşlerime</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053847359</t>
+          <t>9786053847342</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Aşka Uyanmak</t>
+          <t>Arzulanmış</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053845140</t>
+          <t>9786053847366</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Balkondaki Ürkek Sardunyalar</t>
+          <t>Sınır Tanımayan Aşk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053847106</t>
+          <t>9786053847359</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kır Zincirini Prometheus!</t>
+          <t>Aşka Uyanmak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053847083</t>
+          <t>9786053845140</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Arasında</t>
+          <t>Balkondaki Ürkek Sardunyalar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053849643</t>
+          <t>9786053847106</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bağdat’ın Solmuş Çiçekleri</t>
+          <t>Kır Zincirini Prometheus!</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>18.52</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053849797</t>
+          <t>9786053847083</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Etkisi - Leydi Evans</t>
+          <t>Kızlar Arasında</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052970485</t>
+          <t>9786053849643</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan Başlamak Gerek</t>
+          <t>Bağdat’ın Solmuş Çiçekleri</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053849667</t>
+          <t>9786053849797</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kız</t>
+          <t>Dolunay Etkisi - Leydi Evans</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053848684</t>
+          <t>9786052970485</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kızlar İçin Aşka Dair : Üç Kız Arkadaşın Dostluğu</t>
+          <t>Sil Baştan Başlamak Gerek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053847922</t>
+          <t>9786053849667</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İmparatoriçe</t>
+          <t>Kayıp Kız</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053847993</t>
+          <t>9786053848684</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Aile Sırları</t>
+          <t>Kızlar İçin Aşka Dair : Üç Kız Arkadaşın Dostluğu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053849292</t>
+          <t>9786053847922</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Nadia’ya Sözüm Var</t>
+          <t>İmparatoriçe</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053849100</t>
+          <t>9786053847993</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapıyı İki Kere Çalar</t>
+          <t>Geçmiş Aile Sırları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053848813</t>
+          <t>9786053849292</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar Arasında</t>
+          <t>Nadia’ya Sözüm Var</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>15.74</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053848844</t>
+          <t>9786053849100</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yapboz</t>
+          <t>Aşk Kapıyı İki Kere Çalar</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053846222</t>
+          <t>9786053848813</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sol Invictus</t>
+          <t>Sıkı Dostlar Arasında</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053846772</t>
+          <t>9786053848844</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Meleğin Düşü</t>
+          <t>Yapboz</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053842088</t>
+          <t>9786053846222</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Karanlık</t>
+          <t>Sol Invictus</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053845492</t>
+          <t>9786053846772</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yazgı</t>
+          <t>Meleğin Düşü</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053843986</t>
+          <t>9786053842088</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Bir Kalbin Derinliklerinde</t>
+          <t>Yeşil Karanlık</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>18.52</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053845409</t>
+          <t>9786053845492</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tepeden Tırnağa</t>
+          <t>Yazgı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053845423</t>
+          <t>9786053843986</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Düşler Yeşeren Umutlar</t>
+          <t>Yaralı Bir Kalbin Derinliklerinde</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053843535</t>
+          <t>9786053845409</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şeytani İntikam</t>
+          <t>Tepeden Tırnağa</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053845003</t>
+          <t>9786053845423</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şah Mat</t>
+          <t>Tatlı Düşler Yeşeren Umutlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>12.04</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053844006</t>
+          <t>9786053843535</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Aşk</t>
+          <t>Şeytani İntikam</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053845812</t>
+          <t>9786053845003</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Güzelliklerin Ardında</t>
+          <t>Şah Mat</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>15.74</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053844907</t>
+          <t>9786053844006</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Soluksuz Kalan Kasaba</t>
+          <t>Sonsuza Kadar Aşk</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053845454</t>
+          <t>9786053845812</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Siobhan Vivian Gençlik Serisi Seti (5 Kitap Takım Kutulu)</t>
+          <t>Sonsuz Güzelliklerin Ardında</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>46.3</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053844990</t>
+          <t>9786053844907</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sevilmiş</t>
+          <t>Soluksuz Kalan Kasaba</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053843993</t>
+          <t>9786053845454</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sana Yürek Dayanmaz</t>
+          <t>Siobhan Vivian Gençlik Serisi Seti (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>18.52</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053845263</t>
+          <t>9786053844990</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Sır Vereceğim</t>
+          <t>Sevilmiş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053843122</t>
+          <t>9786053843993</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kapı</t>
+          <t>Sana Yürek Dayanmaz</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053844815</t>
+          <t>9786053845263</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Küçük Düşler Büyük Umutlar</t>
+          <t>Sana Bir Sır Vereceğim</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053843276</t>
+          <t>9786053843122</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kimya Hatun</t>
+          <t>Mavi Kapı</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053842064</t>
+          <t>9786053844815</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Katherine</t>
+          <t>Küçük Düşler Büyük Umutlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053843429</t>
+          <t>9786053843276</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Öpücük</t>
+          <t>Kimya Hatun</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053844242</t>
+          <t>9786053842064</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kokusu</t>
+          <t>Katherine</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053845294</t>
+          <t>9786053843429</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kader Aşkı Tadınca</t>
+          <t>Öpücük</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>16.67</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053845751</t>
+          <t>9786053844242</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İlkler Asla Unutulmaz</t>
+          <t>Kadın Kokusu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053843856</t>
+          <t>9786053845294</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşkın Büyüsü</t>
+          <t>Kader Aşkı Tadınca</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053843436</t>
+          <t>9786053845751</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>İlkler Asla Unutulmaz</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>9.17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053845669</t>
+          <t>9786053843856</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hiçbirimiz Masum Değiliz</t>
+          <t>İlk Aşkın Büyüsü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000028193</t>
+          <t>9786053843436</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek’in Maceraları - Hayatım Oyun (Ciltli)</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>16.67</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053845362</t>
+          <t>9786053845669</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Arzular ve İhtiraslar</t>
+          <t>Hiçbirimiz Masum Değiliz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053845553</t>
+          <t>3990000028193</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Halka</t>
+          <t>Haylaz Derek’in Maceraları - Hayatım Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053842071</t>
+          <t>9786053845362</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Prensesi</t>
+          <t>Hayalimdeki Arzular ve İhtiraslar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>9.17</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053841463</t>
+          <t>9786053845553</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Prensesi</t>
+          <t>Halka</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053844808</t>
+          <t>9786053842071</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Düşlerimin Prensesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>15.74</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000028184</t>
+          <t>9786053841463</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek’in Maceraları - Hayatım Roman (Ciltli)</t>
+          <t>Düşlerimin Prensesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>15.65</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053842019</t>
+          <t>9786053844808</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dertler Şarabı Sever</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053841548</t>
+          <t>3990000028184</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Cazibe</t>
+          <t>Haylaz Derek’in Maceraları - Hayatım Roman (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>13.89</v>
+        <v>15.65</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053842378</t>
+          <t>9786053842019</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Boş Yere Süslenme</t>
+          <t>Dertler Şarabı Sever</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053846055</t>
+          <t>9786053841548</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüyaydı Seninle Aşk</t>
+          <t>Cazibe</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053845560</t>
+          <t>9786053842378</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyülü Mucizesi</t>
+          <t>Boş Yere Süslenme</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053846062</t>
+          <t>9786053846055</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aşkımız Şansa Kaldı!</t>
+          <t>Bir Rüyaydı Seninle Aşk</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053842286</t>
+          <t>9786053845560</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Arayan Yürek</t>
+          <t>Aşkın Büyülü Mucizesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>9.17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053845027</t>
+          <t>9786053846062</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yemini</t>
+          <t>Aşkımız Şansa Kaldı!</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053843191</t>
+          <t>9786053842286</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Asi Elizabeth</t>
+          <t>Aşkı Arayan Yürek</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053845300</t>
+          <t>9786053845027</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Aldatılmış</t>
+          <t>Aşk Yemini</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053845393</t>
+          <t>9786053843191</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ailemin Savrulan Külleri</t>
+          <t>Asi Elizabeth</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>16.67</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053845089</t>
+          <t>9786053845300</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>300 Temel Eser</t>
+          <t>Aldatılmış</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>12.04</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053846215</t>
+          <t>9786053845393</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dayanılmaz</t>
+          <t>Ailemin Savrulan Külleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>12.04</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053846239</t>
+          <t>9786053845089</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Güm Güm</t>
+          <t>300 Temel Eser</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>15.74</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053846093</t>
+          <t>9786053846215</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz İçgüdü</t>
+          <t>Dayanılmaz</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053846406</t>
+          <t>9786053846239</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mutfakta Aşk Kokusu Var!</t>
+          <t>Kalbim Güm Güm</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053846086</t>
+          <t>9786053846093</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mutfağında</t>
+          <t>Kusursuz İçgüdü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053849933</t>
+          <t>9786053846406</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ateş</t>
+          <t>Mutfakta Aşk Kokusu Var!</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053848332</t>
+          <t>9786053846086</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sevgisi Uğruna (Kokulu Kitap)</t>
+          <t>Aşk Mutfağında</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>9.17</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053848318</t>
+          <t>9786053849933</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kızım Olmadan Asla (Kokulu Kitap)</t>
+          <t>Ateş</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053848288</t>
+          <t>9786053848332</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Işık Yak Düşlerime (Kokulu Kitap)</t>
+          <t>Çocuk Sevgisi Uğruna (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053848202</t>
+          <t>9786053848318</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aşkım Sana Ait! (Kokulu Kitap)</t>
+          <t>Kızım Olmadan Asla (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053848233</t>
+          <t>9786053848288</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüyaydı Seninle Aşk (Kokulu Kitap)</t>
+          <t>Işık Yak Düşlerime (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053846574</t>
+          <t>9786053848202</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Göçebe</t>
+          <t>Aşkım Sana Ait! (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053849513</t>
+          <t>9786053848233</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Bir Rüyaydı Seninle Aşk (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053849094</t>
+          <t>9786053846574</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Son Vurgun</t>
+          <t>Göçebe</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053848868</t>
+          <t>9786053849513</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Hayaller</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053849780</t>
+          <t>9786053849094</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrimin Eşiğinde</t>
+          <t>Son Vurgun</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053846390</t>
+          <t>9786053848868</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Ten</t>
+          <t>İmkansız Hayaller</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053849155</t>
+          <t>9786053849780</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı Dükkanı</t>
+          <t>Bir Devrimin Eşiğinde</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053847250</t>
+          <t>9786053846390</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çatı Katı</t>
+          <t>Hayalimdeki Ten</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000086545</t>
+          <t>9786053849155</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Laterna</t>
+          <t>Kitapçı Dükkanı</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053847755</t>
+          <t>9786053847250</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>"Kırmızı Noktalı" Fıkralar</t>
+          <t>Çatı Katı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053847953</t>
+          <t>3990000086545</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mahşer Günü</t>
+          <t>Laterna</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053848387</t>
+          <t>9786053847755</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Şah Mat (Kokulu Kitap)</t>
+          <t>"Kırmızı Noktalı" Fıkralar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>9.17</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053848257</t>
+          <t>9786053847953</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gördüğüne Asla İnanma (Kokulu Kitap)</t>
+          <t>Mahşer Günü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053848295</t>
+          <t>9786053848387</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kimya Hatun (Kokulu Kitap)</t>
+          <t>Şah Mat (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053848264</t>
+          <t>9786053848257</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Göçebe (Kokulu Kitap)</t>
+          <t>Gördüğüne Asla İnanma (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053848196</t>
+          <t>9786053848295</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Annemi Bir Kez Daha Görebilsem (Kokulu Kitap)</t>
+          <t>Kimya Hatun (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053848240</t>
+          <t>9786053848264</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ecelin Avı (Kokulu Kitap)</t>
+          <t>Göçebe (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053848301</t>
+          <t>9786053848196</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kırık Dökük Yaslar (Kokulu Kitap)</t>
+          <t>Annemi Bir Kez Daha Görebilsem (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053847311</t>
+          <t>9786053848240</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Aşkım Sana Ait!</t>
+          <t>Ecelin Avı (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>16.67</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053847298</t>
+          <t>9786053848301</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tutku</t>
+          <t>Kırık Dökük Yaslar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>18.52</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053846758</t>
+          <t>9786053847311</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kanıt</t>
+          <t>Aşkım Sana Ait!</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053846789</t>
+          <t>9786053847298</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Rehine</t>
+          <t>Tutku</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052976739</t>
+          <t>9786053846758</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Şansı</t>
+          <t>Soğuk Kanıt</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052976746</t>
+          <t>9786053846789</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Bir Yaz</t>
+          <t>Rehine</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052976562</t>
+          <t>9786052976739</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Peri Varisi (Yan Boyamalı Kutulu Set) (Ciltli)</t>
+          <t>Hayatımın Şansı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052976548</t>
+          <t>9786052976746</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Peri Varisi (Yan Boyamalı) (Ciltli)</t>
+          <t>Unutulmaz Bir Yaz</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052976555</t>
+          <t>9786052976562</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Peri Varisi (Yan Boyamalı)</t>
+          <t>Peri Varisi (Yan Boyamalı Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052976579</t>
+          <t>9786052976548</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>2A Numaralı Koltuktaki Kız (Ciltli)</t>
+          <t>Peri Varisi (Yan Boyamalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053845119</t>
+          <t>9786052976555</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Lady Gaga: Giydir - Süsle ve Yapıştır!</t>
+          <t>Peri Varisi (Yan Boyamalı)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>9.26</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053845416</t>
+          <t>9786052976579</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar Arasında Lafı Olmaz!</t>
+          <t>2A Numaralı Koltuktaki Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053846994</t>
+          <t>9786053845119</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mutfakta Aşk Kokusu Var!</t>
+          <t>Lady Gaga: Giydir - Süsle ve Yapıştır!</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>6</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053846482</t>
+          <t>9786053845416</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dertler Acıyı Sever</t>
+          <t>Arkadaşlar Arasında Lafı Olmaz!</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>6</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052971833</t>
+          <t>9786053846994</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Hazır Ruh</t>
+          <t>Mutfakta Aşk Kokusu Var!</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053849223</t>
+          <t>9786053846482</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>Dertler Acıyı Sever</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>190</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052970348</t>
+          <t>9786052971833</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Ölüme Hazır Ruh</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053849902</t>
+          <t>9786053849223</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ölüm İçin Seçilmiş</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>40</v>
+        <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053849346</t>
+          <t>9786052970348</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Beraber Atmıştı Bu Kalpler</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>15.74</v>
+        <v>30</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052970706</t>
+          <t>9786053849902</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Doğan Beden</t>
+          <t>Ölüm İçin Seçilmiş</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053845928</t>
+          <t>9786053849346</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gönlü Yanmış Arif</t>
+          <t>Bir Zamanlar Beraber Atmıştı Bu Kalpler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053847335</t>
+          <t>9786052970706</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Annemi Bir Kez Daha Görebilsem</t>
+          <t>Ölüme Doğan Beden</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053849230</t>
+          <t>9786053845928</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Gönlü Yanmış Arif</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053849476</t>
+          <t>9786053847335</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Terk Edilmiş</t>
+          <t>Annemi Bir Kez Daha Görebilsem</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053849087</t>
+          <t>9786053849230</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257871167</t>
+          <t>9786053849476</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal (2 Kitap Set)</t>
+          <t>Ölüme Terk Edilmiş</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>280</v>
+        <v>40</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052976401</t>
+          <t>9786053849087</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bir Kış Sabahı</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052976432</t>
+          <t>9786257871167</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Söz</t>
+          <t>Mustafa Kemal (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052976425</t>
+          <t>9786052976401</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yüzündeki Güzellik</t>
+          <t>Bir Kış Sabahı</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052976296</t>
+          <t>9786052976432</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Seninle Bir Ay</t>
+          <t>Sonsuza Kadar Söz</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052976319</t>
+          <t>9786052976425</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Bir Aşk Hikayesi</t>
+          <t>Yüzündeki Güzellik</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053845270</t>
+          <t>9786052976296</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Cehennemde de Şarkı Söyler mi?</t>
+          <t>Seninle Bir Ay</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052976289</t>
+          <t>9786052976319</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kapının Ardındaki Hayat</t>
+          <t>Hüzünlü Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052976272</t>
+          <t>9786053845270</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Fırça Darbeleri</t>
+          <t>Kuşlar Cehennemde de Şarkı Söyler mi?</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053843665</t>
+          <t>9786052976289</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes’un Dönüşü</t>
+          <t>Kapının Ardındaki Hayat</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052976036</t>
+          <t>9786052976272</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Yaşamın Fırça Darbeleri</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052975619</t>
+          <t>9786053843665</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kocamın Eşleri</t>
+          <t>Sherlock Holmes’un Dönüşü</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052974407</t>
+          <t>9786052976036</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Aşka Beş Kala</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052971826</t>
+          <t>9786052975619</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Giden Yol</t>
+          <t>Kocamın Eşleri</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052974360</t>
+          <t>9786052974407</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Cinayetler - Çin Mahallesi'ndeki Sır</t>
+          <t>Aşka Beş Kala</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052974391</t>
+          <t>9786052971826</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cesaretin Var mı Aşka?</t>
+          <t>Ölüme Giden Yol</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052972885</t>
+          <t>9786052974360</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>444 Basamak</t>
+          <t>Gizemli Cinayetler - Çin Mahallesi'ndeki Sır</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052971949</t>
+          <t>9786052974391</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Başımda Kavak Yelleri</t>
+          <t>Cesaretin Var mı Aşka?</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052970935</t>
+          <t>9786052972885</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ah Kalbim</t>
+          <t>444 Basamak</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052971857</t>
+          <t>9786052971949</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Beklediğim Mutlu Son</t>
+          <t>Başımda Kavak Yelleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052970737</t>
+          <t>9786052970935</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>On İçimdeki Katil</t>
+          <t>Ah Kalbim</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053844334</t>
+          <t>9786052971857</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Şah Mat</t>
+          <t>Beklediğim Mutlu Son</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053848943</t>
+          <t>9786052970737</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Öldürmek İçin Mükemmel Bir Gün</t>
+          <t>On İçimdeki Katil</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053847328</t>
+          <t>9786053844334</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Şah Mat</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053847045</t>
+          <t>9786053848943</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sevgisi Uğruna</t>
+          <t>Öldürmek İçin Mükemmel Bir Gün</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053847014</t>
+          <t>9786053847328</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Randevu</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053848059</t>
+          <t>9786053847045</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İlk Gün İlk Gece</t>
+          <t>Çocuk Sevgisi Uğruna</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053848837</t>
+          <t>9786053847014</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Ölümle Randevu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053845355</t>
+          <t>9786053848059</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gördüğüne Asla İnanma</t>
+          <t>İlk Gün İlk Gece</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053845010</t>
+          <t>9786053848837</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kızım Olmadan Asla</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053844341</t>
+          <t>9786053845355</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Che’yi Öldürmek</t>
+          <t>Gördüğüne Asla İnanma</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
+          <t>9786053845010</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Kızım Olmadan Asla</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786053844341</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Che’yi Öldürmek</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
           <t>9786053844303</t>
         </is>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Arkadaşça Küçük Bir Tavsiye</t>
         </is>
       </c>
-      <c r="C163" s="1">
+      <c r="C165" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>