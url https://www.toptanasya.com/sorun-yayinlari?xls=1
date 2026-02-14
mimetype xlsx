--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -85,1075 +85,1090 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789789754311</t>
+          <t>9789754311655</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Marksizm Tartışmalarına Marksist Bakış</t>
+          <t>Ütülü Paça</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789754310542</t>
+          <t>9789789754311</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Sosyolojisi</t>
+          <t>Marksizm Tartışmalarına Marksist Bakış</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789754311952</t>
+          <t>9789754310542</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Modernizm</t>
+          <t>Marx’ın Sosyolojisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789754311648</t>
+          <t>9789754311952</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Atalarımız Ne Demiş</t>
+          <t>İslam ve Modernizm</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789754312126</t>
+          <t>9789754311648</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Kıvılcımlı ve Fatma Nudiye Yalçı'da Tarihi Materyalizm</t>
+          <t>Atalarımız Ne Demiş</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789754312133</t>
+          <t>9789754312126</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Kıvılcımlı'nın Kaçış Öyküsü - OA Dosyası</t>
+          <t>Hikmet Kıvılcımlı ve Fatma Nudiye Yalçı'da Tarihi Materyalizm</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789754312058</t>
+          <t>9789754312133</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sultanahmet'in İt'leri</t>
+          <t>Hikmet Kıvılcımlı'nın Kaçış Öyküsü - OA Dosyası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754311464</t>
+          <t>9789754312058</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dımıli Dersim Öyküleri</t>
+          <t>Sultanahmet'in İt'leri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754310290</t>
+          <t>9789754311464</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>12 Mart 1971’den Portreler Cilt: 1</t>
+          <t>Dımıli Dersim Öyküleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754311778</t>
+          <t>9789754310290</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>100 Aykırı Soruda Türkiye’yi Anlamak</t>
+          <t>12 Mart 1971’den Portreler Cilt: 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754310718</t>
+          <t>9789754311778</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sinop’un Hanı Sinop Hapishanesinin Tarihi ve Edebiyattaki Yeri</t>
+          <t>100 Aykırı Soruda Türkiye’yi Anlamak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754310157</t>
+          <t>9789754310718</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sınıfsız Toplum Yolunda Türkiye İçin Sağlık Tezi</t>
+          <t>Sinop’un Hanı Sinop Hapishanesinin Tarihi ve Edebiyattaki Yeri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754312027</t>
+          <t>9789754310157</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Komünistlerin Siyasi Birliği Sorunu ve Kongre Yönetimi Çözümü</t>
+          <t>Sınıfsız Toplum Yolunda Türkiye İçin Sağlık Tezi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754312034</t>
+          <t>9789754312027</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Köylü Sosyalizmi</t>
+          <t>Komünistlerin Siyasi Birliği Sorunu ve Kongre Yönetimi Çözümü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754312003</t>
+          <t>9789754312034</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Alt - Emperyalist Türkiye Kapitalizmi</t>
+          <t>Köylü Sosyalizmi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754311990</t>
+          <t>9789754312003</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Aleyna'ya Ne Oldu?</t>
+          <t>Alt - Emperyalist Türkiye Kapitalizmi</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754312010</t>
+          <t>9789754311990</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Işık İnsanları</t>
+          <t>Aleyna'ya Ne Oldu?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754311907</t>
+          <t>9789754312010</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Baharın Çiçekleri</t>
+          <t>Işık İnsanları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754311891</t>
+          <t>9789754311907</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihimiz Nasıl Tahrif Ediliyor?</t>
+          <t>Yalancı Baharın Çiçekleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754311747</t>
+          <t>9789754311891</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Venezüella Komünist Partisi</t>
+          <t>Yakın Tarihimiz Nasıl Tahrif Ediliyor?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754311679</t>
+          <t>9789754311747</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Varoşların Ulaşları</t>
+          <t>Venezüella Komünist Partisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754310948</t>
+          <t>9789754311679</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>V.İ. Lenin - Biyografi (Ciltli)</t>
+          <t>Varoşların Ulaşları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754311839</t>
+          <t>9789754310948</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Bolşevik Kadınlar</t>
+          <t>V.İ. Lenin - Biyografi (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754311754</t>
+          <t>9789754311839</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 2</t>
+          <t>Ünlü Bolşevik Kadınlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754311730</t>
+          <t>9789754311754</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1</t>
+          <t>Toplu Oyunlar 2</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9799754311555</t>
+          <t>9789754311730</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tıbbiye-i Şahane’de 20 Yıl</t>
+          <t>Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754311280</t>
+          <t>9799754311555</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve Hümanizm</t>
+          <t>Tıbbiye-i Şahane’de 20 Yıl</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754311921</t>
+          <t>9789754311280</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sharbat Gula</t>
+          <t>Sosyalizm ve Hümanizm</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754311822</t>
+          <t>9789754311921</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sendikalar ve Sosyalizm</t>
+          <t>Sharbat Gula</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754310742</t>
+          <t>9789754311822</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sendikalar Üzerine</t>
+          <t>Sendikalar ve Sosyalizm</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754311853</t>
+          <t>9789754310742</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Seçimlerde Sol’un İki Taktiği</t>
+          <t>Sendikalar Üzerine</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754311242</t>
+          <t>9789754311853</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Şairin Kimliğin Sorgulanışı</t>
+          <t>Seçimlerde Sol’un İki Taktiği</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754311976</t>
+          <t>9789754311242</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Siyasal Ekonomisi - Hekim / Sağlıkçı Emek Tartışmaları</t>
+          <t>Savaşın Şairin Kimliğin Sorgulanışı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754311792</t>
+          <t>9789754311976</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Resmilik, Dersimlilik, Alevilik ve Solculuk</t>
+          <t>Sağlığın Siyasal Ekonomisi - Hekim / Sağlıkçı Emek Tartışmaları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754311624</t>
+          <t>9789754311792</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Resmi Tarih Polemikleri</t>
+          <t>Resmilik, Dersimlilik, Alevilik ve Solculuk</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754310931</t>
+          <t>9789754311624</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Politika - Sanat - Estetik Yolunda... Emeğin Ressamı Avni Memedoğlu’nun Yaşam Öyküsü - Yenidal Grubu Sanat Anlayışı - Yazı ve Polemikleri Mektup ve Şiirler - Hakkında Yazılanlar Söyleşi ve Anılar - Yapıtlarından Seçmeler...</t>
+          <t>Resmi Tarih Polemikleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789754311617</t>
+          <t>9789754310931</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Politika - Sanat - Estetik Yolunda... Emeğin Ressamı Avni Memedoğlu’nun Yaşam Öyküsü - Yenidal Grubu Sanat Anlayışı - Yazı ve Polemikleri Mektup ve Şiirler - Hakkında Yazılanlar Söyleşi ve Anılar - Yapıtlarından Seçmeler...</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754311488</t>
+          <t>9789754311617</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Ordunun Evrimi</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754311860</t>
+          <t>9789754311488</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Oportünizm Yargılanıyor</t>
+          <t>Osmanlı’dan Günümüze Ordunun Evrimi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754311167</t>
+          <t>9789754311860</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Marksist Sol Yığınağı Nereye Yapmalı?</t>
+          <t>Oportünizm Yargılanıyor</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754310696</t>
+          <t>9789754311167</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Makarenko</t>
+          <t>Marksist Sol Yığınağı Nereye Yapmalı?</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754311235</t>
+          <t>9789754310696</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Lozan Bir Antiemperyalizm Masalı Nasıl Yazıldı?</t>
+          <t>Makarenko</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754311938</t>
+          <t>9789754311235</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Laz Aydınları ve Sorumluluk</t>
+          <t>Lozan Bir Antiemperyalizm Masalı Nasıl Yazıldı?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754311433</t>
+          <t>9789754311938</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerikalı Marksist Jose Carlos Marıateguı</t>
+          <t>Laz Aydınları ve Sorumluluk</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754311517</t>
+          <t>9789754311433</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kuytuda ve Köz</t>
+          <t>Latin Amerikalı Marksist Jose Carlos Marıateguı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789754311600</t>
+          <t>9789754311517</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuş Dağı</t>
+          <t>Kuytuda ve Köz</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789754311914</t>
+          <t>9789754311600</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Karmat ile Arbatan</t>
+          <t>Kuş Dağı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754310106</t>
+          <t>9789754311914</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Düğümleri</t>
+          <t>Karmat ile Arbatan</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754310566</t>
+          <t>9789754310106</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Marksizm</t>
+          <t>Kapitalizmin Düğümleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754311303</t>
+          <t>9789754310566</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İşokulu Eğitim Sorunlarının Çözüm Yöntemi Olarak Marksizm</t>
+          <t>Kadın ve Marksizm</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754311815</t>
+          <t>9789754311303</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İşçi Sınıfının Sendikal ve Siyasal Birliği Davasına Adanmış Proleter Devrimci Bir Yaşam</t>
+          <t>İşokulu Eğitim Sorunlarının Çözüm Yöntemi Olarak Marksizm</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754311181</t>
+          <t>9789754311815</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İşçi Sınıfı Sendikalar ve 15 - 16 Haziran Olaylar - Nedenleri - Davalar - Belgeler - Anılar - Yorumlar</t>
+          <t>İşçi Sınıfının Sendikal ve Siyasal Birliği Davasına Adanmış Proleter Devrimci Bir Yaşam</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754311846</t>
+          <t>9789754311181</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İşçi Sınıfı Hareketi Üzerine</t>
+          <t>İşçi Sınıfı Sendikalar ve 15 - 16 Haziran Olaylar - Nedenleri - Davalar - Belgeler - Anılar - Yorumlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754310815</t>
+          <t>9789754311846</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İlerici - Gerici Kavgasında Hangi Restorasyon? - Hangi Komünist Parti?</t>
+          <t>İşçi Sınıfı Hareketi Üzerine</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754311426</t>
+          <t>9789754310815</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İçerideki Dışarıdaki Hapishaneden Bizim Şiir Antolojisi</t>
+          <t>İlerici - Gerici Kavgasında Hangi Restorasyon? - Hangi Komünist Parti?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789754310823</t>
+          <t>9789754311426</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hangi "Birlik"? Partileşme Mücadelesinin Neresindeyiz Komünistlerin Birliği</t>
+          <t>İçerideki Dışarıdaki Hapishaneden Bizim Şiir Antolojisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754311501</t>
+          <t>9789754310823</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gündoğumunu Görmek - Birinci Doğu Halkları Kurultayı Bakü 1920</t>
+          <t>Hangi "Birlik"? Partileşme Mücadelesinin Neresindeyiz Komünistlerin Birliği</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754311662</t>
+          <t>9789754311501</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Düşün</t>
+          <t>Gündoğumunu Görmek - Birinci Doğu Halkları Kurultayı Bakü 1920</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754311877</t>
+          <t>9789754311662</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gençlik - Gelecek ve Politika</t>
+          <t>Gül ve Düşün</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754311969</t>
+          <t>9789754311877</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Emekçi Kadın Hareketinin Sorunları</t>
+          <t>Gençlik - Gelecek ve Politika</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754311204</t>
+          <t>9789754311969</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ekim’in Yetiştirdikleri Çeçen Edebiyatı Hakkında Makaleler</t>
+          <t>Emekçi Kadın Hareketinin Sorunları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754311884</t>
+          <t>9789754311204</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Kimlik - Kişilikler Unutulmasın - Unutturulmasın</t>
+          <t>Ekim’in Yetiştirdikleri Çeçen Edebiyatı Hakkında Makaleler</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754311570</t>
+          <t>9789754311884</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dersim... Dersim...</t>
+          <t>Devrimci Kimlik - Kişilikler Unutulmasın - Unutturulmasın</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754311549</t>
+          <t>9789754311570</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bitmedi</t>
+          <t>Dersim... Dersim...</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754311105</t>
+          <t>9789754311549</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Olduğumuz Halklar</t>
+          <t>Bitmedi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9799754311494</t>
+          <t>9789754311105</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Muhalefet Odağı Olarak Tabip Odaları Bir Eylem Biçimi Olarak Beyaz Eylemler</t>
+          <t>Birlikte Olduğumuz Halklar</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754310688</t>
+          <t>9799754311494</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>12 Mart 1971’den Portreler Cilt: 3</t>
+          <t>Bir Muhalefet Odağı Olarak Tabip Odaları Bir Eylem Biçimi Olarak Beyaz Eylemler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754310300</t>
+          <t>9789754310688</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>12 Mart 1971’den Portreler Cilt: 2</t>
+          <t>12 Mart 1971’den Portreler Cilt: 3</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
+          <t>9789754310300</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>12 Mart 1971’den Portreler Cilt: 2</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
           <t>9789754311594</t>
         </is>
       </c>
-      <c r="B70" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>10 Eylül 1920 TKP ve Günümüzde Komünist Hareketin Hayati Sorunları Forumu</t>
         </is>
       </c>
-      <c r="C70" s="1">
-        <v>70</v>
+      <c r="C71" s="1">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>