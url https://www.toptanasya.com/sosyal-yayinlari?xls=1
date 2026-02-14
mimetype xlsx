--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -1219,261 +1219,261 @@
         <is>
           <t>9786057593283</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Modern Felsefe Tartışmaları</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786258330441</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Büyük Filtre</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>460</v>
+        <v>620</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786257113298</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Berlin Emraz-ı Akliye Ve Asabiye Kongresi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786257335607</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Cüret Et</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786257335966</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Dağlara Kar Düşer</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786257313155</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Ahlaksızlık Üzerine</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786257713849</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Akıllı Küre</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>680</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786257255820</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Güncel Felsefe Tartışmaları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>410</v>
+        <v>550</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786257255561</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Zihin Felsefesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786257863360</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Demokrasi Felsefesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>380</v>
+        <v>510</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786257043144</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Yarın - Yakın Gelecekte Teknoloji ve Toplum</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>610</v>
+        <v>820</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786053235781</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Mutluluk Atlası</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786051278421</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Latince Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>850</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786051277721</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Büyük Türk Şiiri Antolojisi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1820</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9789757384151</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Faust</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>910</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9789944126571</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Beyaz Karanlık</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>560</v>
+        <v>760</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786051277646</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>50 Derste Rusça (CD’li)</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>780</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>