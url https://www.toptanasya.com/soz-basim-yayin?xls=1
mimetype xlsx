--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -85,1255 +85,1450 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054590087</t>
+          <t>9786054590032</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Lem’alar (Çanta Boy)</t>
+          <t>Bediüzzaman Said Nursi’nin İlk Dönem Eserleri (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>700</v>
+        <v>900</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054590063</t>
+          <t>9786054590124</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Çanta Boy)</t>
+          <t>Barla Lahikası (Çanta Boy)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>900</v>
+        <v>550</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789756438442</t>
+          <t>9786054590100</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi</t>
+          <t>Asa-yı Musa (Çanta Boy)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259416403</t>
+          <t>9799756438533</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Büyük Boy İki Renk) (Ciltli)</t>
+          <t>Ene ve Zerre Risalesi (Mini Boy)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>900</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789756438534</t>
+          <t>9786054590223</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ene ve Zerre Risalesi (Küçük Boy)</t>
+          <t>Risale-i Nur Külliyatı İki Renk (14 Cilt Takım - Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>80</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9799756438335</t>
+          <t>9786054590070</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri</t>
+          <t>Mektubat (Çanta Boy)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>60</v>
+        <v>620</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054590025</t>
+          <t>9799756438038</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayatı (Büyük Boy) (Ciltli)</t>
+          <t>Mektubat (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9799756438328</t>
+          <t>9786054590117</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası (Çanta Boy-Ciltli)</t>
+          <t>Kastamonu Lahikası (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756438015</t>
+          <t>9786054590193</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Terimler ve Kavramlar</t>
+          <t>İşaratü’l - İ’caz (Çanta Boy)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756438763</t>
+          <t>9786054590179</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mu'cizat-ı Ahmediye Risalesi (Küçük Boy)</t>
+          <t>İman ve Küfür Muvazeneleri (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756438718</t>
+          <t>9786054590186</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Miftahü'l- İman (Mini Boy)</t>
+          <t>Emirdağ Lahikası (Çanta Boy)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944789035</t>
+          <t>9786056151033</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şuaat Marifetü'n-Nebi (a.s.m) (Mini Boy)</t>
+          <t>Şualar (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>70</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9799756438366</t>
+          <t>9786056151019</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ene ve Zerre Risalesi</t>
+          <t>Sözler (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>60</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756438961</t>
+          <t>9786054590087</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hutbe-i Şamiye</t>
+          <t>Lem’alar (Çanta Boy)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>80</v>
+        <v>700</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756438589</t>
+          <t>9786054590063</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>El-Hüccetü'z-Zehra (Mini Boy)</t>
+          <t>Sözler (Çanta Boy)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>900</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944789004</t>
+          <t>9789756438442</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sünuhat (Mini Boy)</t>
+          <t>Haşir Risalesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756438787</t>
+          <t>9786259416403</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sünnet-i Seniyye Risalesi (Mini Boy)</t>
+          <t>Mesnevi-i Nuriye (Büyük Boy İki Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944789011</t>
+          <t>9789756438534</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nokta Risalesi</t>
+          <t>Ene ve Zerre Risalesi (Küçük Boy)</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756438312</t>
+          <t>9799756438335</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Üçüncü Söz (Mini Boy)</t>
+          <t>İhlas Risaleleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756438770</t>
+          <t>9786054590025</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İhtiyarlar Risalesi (Mini Boy)</t>
+          <t>Tarihçe-i Hayatı (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>80</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756438954</t>
+          <t>9799756438328</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Münazarat (Mini Boy)</t>
+          <t>Kastamonu Lahikası (Çanta Boy-Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756438985</t>
+          <t>9789756438015</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İşarat, Rumuz, Tuluat, Hutuvat-ı Sitte (Mini Boy)</t>
+          <t>Terimler ve Kavramlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756438978</t>
+          <t>9789756438763</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İki Mekteb-i Musibetin Şehadetnamesi veya Divan-ı Harb-i Örfi</t>
+          <t>Mu'cizat-ı Ahmediye Risalesi (Küçük Boy)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756438626</t>
+          <t>9789756438718</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi (Mini Boy)</t>
+          <t>Miftahü'l- İman (Mini Boy)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756438732</t>
+          <t>9789944789035</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mu'cizat-ı Kur'aniye Risalesi (Mini Boy)</t>
+          <t>Şuaat Marifetü'n-Nebi (a.s.m) (Mini Boy)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756438671</t>
+          <t>9799756438366</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Rahmet ve Şefkat İlaçları (Mini Boy)</t>
+          <t>Ene ve Zerre Risalesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756438664</t>
+          <t>9789756438961</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İçtihad Risalesi (Mini Boy) (Ciltli)</t>
+          <t>Hutbe-i Şamiye</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756438688</t>
+          <t>9789756438589</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Nurları (Mini Boy)</t>
+          <t>El-Hüccetü'z-Zehra (Mini Boy)</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9799756438298</t>
+          <t>9789944789004</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Otuz Üç Pencere (Mini Boy)</t>
+          <t>Sünuhat (Mini Boy)</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756438305</t>
+          <t>9789756438787</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ramazan, İktisat, Şükür Risaleleri</t>
+          <t>Sünnet-i Seniyye Risalesi (Mini Boy)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9799756438410</t>
+          <t>9789944789011</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Münacat (Mini Boy)</t>
+          <t>Nokta Risalesi</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756438657</t>
+          <t>9789756438312</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nur Aleminin Bir Anahtarı</t>
+          <t>Yirmi Üçüncü Söz (Mini Boy)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756438572</t>
+          <t>9789756438770</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Risalesi (Mini Boy)</t>
+          <t>İhtiyarlar Risalesi (Mini Boy)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944789028</t>
+          <t>9789756438954</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Nur'un İlk Kapısı (Mini Boy)</t>
+          <t>Münazarat (Mini Boy)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756438701</t>
+          <t>9789756438985</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mirac ve Şakk-ı Kamer Risaleleri (Mini Boy)</t>
+          <t>İşarat, Rumuz, Tuluat, Hutuvat-ı Sitte (Mini Boy)</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756438749</t>
+          <t>9789756438978</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ayetü'l-Kübra (Mini Boy)</t>
+          <t>İki Mekteb-i Musibetin Şehadetnamesi veya Divan-ı Harb-i Örfi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9799756438281</t>
+          <t>9789756438626</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi (Mini Boy)</t>
+          <t>Hanımlar Rehberi (Mini Boy)</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756438695</t>
+          <t>9789756438732</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Latif Nükteler (Mini Boy)</t>
+          <t>Mu'cizat-ı Kur'aniye Risalesi (Mini Boy)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756438756</t>
+          <t>9789756438671</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zühretü'n-Nur</t>
+          <t>Rahmet ve Şefkat İlaçları (Mini Boy)</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756438725</t>
+          <t>9789756438664</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İsm-i Azam Risalesi (Mini Boy)</t>
+          <t>İçtihad Risalesi (Mini Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9799756438434</t>
+          <t>9789756438688</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri (Mini Boy)</t>
+          <t>Hakikat Nurları (Mini Boy)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9799756438380</t>
+          <t>9799756438298</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi</t>
+          <t>Otuz Üç Pencere (Mini Boy)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9799756438342</t>
+          <t>9789756438305</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi</t>
+          <t>Ramazan, İktisat, Şükür Risaleleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9799756438069</t>
+          <t>9799756438410</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Otuz Üç Pencere</t>
+          <t>Münacat (Mini Boy)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9799756438090</t>
+          <t>9789756438657</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ramazan, İktisat, Şükür Risaleleri</t>
+          <t>Nur Aleminin Bir Anahtarı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9799756438472</t>
+          <t>9789756438572</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Risalesi</t>
+          <t>Tabiat Risalesi (Mini Boy)</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9799756438175</t>
+          <t>9789944789028</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Çanta Boy) (Ciltli)</t>
+          <t>Nur'un İlk Kapısı (Mini Boy)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054590094</t>
+          <t>9789756438701</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Çanta Boy)</t>
+          <t>Mirac ve Şakk-ı Kamer Risaleleri (Mini Boy)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>750</v>
+        <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9799756438113</t>
+          <t>9789756438749</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Büyük Boy) (Ciltli)</t>
+          <t>Ayetü'l-Kübra (Mini Boy)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>560</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9799756438632</t>
+          <t>9799756438281</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-ı Gaybi (Çanta Boy) (Ciltli)</t>
+          <t>Haşir Risalesi (Mini Boy)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054590162</t>
+          <t>9789756438695</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-ı Gaybi (Çanta Boy)</t>
+          <t>Latif Nükteler (Mini Boy)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>480</v>
+        <v>70</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054590018</t>
+          <t>9789756438756</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-ı Gaybi (Ciltli)</t>
+          <t>Zühretü'n-Nur</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9799756438601</t>
+          <t>9789756438725</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-ı Gaybı (Büyük Boy) (Ciltli)</t>
+          <t>İsm-i Azam Risalesi (Mini Boy)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054590216</t>
+          <t>9799756438434</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatı İki Renk (14 Cilt Takım - Büyük Boy) (Ciltli)</t>
+          <t>İhlas Risaleleri (Mini Boy)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>12500</v>
+        <v>70</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054590209</t>
+          <t>9799756438380</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Çanta Boy)</t>
+          <t>Meyve Risalesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054590056</t>
+          <t>9799756438342</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Ciltli)</t>
+          <t>Uhuvvet Risalesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>700</v>
+        <v>60</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9799756438908</t>
+          <t>9799756438069</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Çanta Boy) (Ciltli)</t>
+          <t>Otuz Üç Pencere</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>70</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054590131</t>
+          <t>9799756438090</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Çanta Boy)</t>
+          <t>Ramazan, İktisat, Şükür Risaleleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>500</v>
+        <v>70</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9799756438823</t>
+          <t>9799756438472</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Büyük Boy) (Ciltli)</t>
+          <t>Tabiat Risalesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>380</v>
+        <v>60</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056151064</t>
+          <t>9799756438175</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mesnevı-i Nuriye (Ciltli)</t>
+          <t>Şualar (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799756438151</t>
+          <t>9786054590094</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Çanta Boy) (Ciltli)</t>
+          <t>Şualar (Çanta Boy)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>380</v>
+        <v>750</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056151026</t>
+          <t>9799756438113</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Ciltli)</t>
+          <t>Şualar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1000</v>
+        <v>560</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756438619</t>
+          <t>9799756438632</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İman Hakikatleri (Mini Boy)</t>
+          <t>Sikke-i Tasdik-ı Gaybi (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056151040</t>
+          <t>9786054590162</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Lem’alar (Ciltli)</t>
+          <t>Sikke-i Tasdik-ı Gaybi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>1000</v>
+        <v>480</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056151088</t>
+          <t>9786054590018</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası (Ciltli)</t>
+          <t>Sikke-i Tasdik-ı Gaybi (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9799756438816</t>
+          <t>9799756438601</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İşaratü’l-İ’caz (Çanta Boy) (Ciltli)</t>
+          <t>Sikke-i Tasdik-ı Gaybı (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9799756438809</t>
+          <t>9786054590216</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İşaratü’l-İ’caz (Büyük Boy) (Ciltli)</t>
+          <t>Risale-i Nur Külliyatı İki Renk (14 Cilt Takım - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>420</v>
+        <v>14000</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054590049</t>
+          <t>9786054590209</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İşaratü’l- İ’caz (Ciltli)</t>
+          <t>Muhakemat (Çanta Boy)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054590001</t>
+          <t>9786054590056</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Muvazeneleri (Ciltli)</t>
+          <t>Muhakemat (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9799756438496</t>
+          <t>9799756438908</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası (Çanta Boy) (Ciltli)</t>
+          <t>Mesnevi-i Nuriye (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9799756438403</t>
+          <t>9786054590131</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası (Büyük Boy) (Ciltli)</t>
+          <t>Mesnevi-i Nuriye (Çanta Boy)</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056151095</t>
+          <t>9799756438823</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası (Ciltli)</t>
+          <t>Mesnevi-i Nuriye (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1000</v>
+        <v>380</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058994607</t>
+          <t>9786056151064</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi’nin İlk Dönem Eserleri (Çanta Boy) (Ciltli)</t>
+          <t>Mesnevı-i Nuriye (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>380</v>
+        <v>800</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054590148</t>
+          <t>9799756438151</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi’nin İlk Dönem Eserleri (Çanta Boy) (Ciltli)</t>
+          <t>Mektubat (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9799756438885</t>
+          <t>9786056151026</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayatı (Çanta Boy) (Ciltli)</t>
+          <t>Mektubat (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054590155</t>
+          <t>9789756438619</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayatı (Çanta Boy) (Ciltli)</t>
+          <t>İman Hakikatleri (Mini Boy)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9799756438830</t>
+          <t>9786056151040</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi Tarihçe-i Hayat (Ciltli)</t>
+          <t>Lem’alar (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>560</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9799756438250</t>
+          <t>9786056151088</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Çanta Boy) (Ciltli)</t>
+          <t>Kastamonu Lahikası (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056151071</t>
+          <t>9799756438816</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Ciltli)</t>
+          <t>İşaratü’l-İ’caz (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>850</v>
+        <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056151057</t>
+          <t>9799756438809</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa (Ciltli)</t>
+          <t>İşaratü’l-İ’caz (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>750</v>
+        <v>420</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
+          <t>9786054590049</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>İşaratü’l- İ’caz (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786054590001</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>İman ve Küfür Muvazeneleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9799756438496</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Emirdağ Lahikası (Çanta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9799756438403</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Emirdağ Lahikası (Büyük Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786056151095</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Emirdağ Lahikası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786058994607</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman Said Nursi’nin İlk Dönem Eserleri (Çanta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786054590148</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman Said Nursi’nin İlk Dönem Eserleri (Çanta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9799756438885</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Tarihçe-i Hayatı (Çanta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786054590155</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Tarihçe-i Hayatı (Çanta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9799756438830</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman Said Nursi Tarihçe-i Hayat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9799756438250</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Barla Lahikası (Çanta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786056151071</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Barla Lahikası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786056151057</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Asa-yı Musa (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
           <t>9799756438243</t>
         </is>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Barla Lahikası (Ciltli)</t>
         </is>
       </c>
-      <c r="C82" s="1">
+      <c r="C95" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>