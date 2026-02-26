--- v0 (2025-11-03)
+++ v1 (2026-02-26)
@@ -85,2125 +85,2830 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4444444444293</t>
+          <t>4444444444584</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 118. Sayı Kasım - Aralık 2025</t>
+          <t>Sözcükler Dergisi 120. Sayı Mart - Nisan 2026</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054209866</t>
+          <t>4444444444450</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Andrea'ya Mektuplar</t>
+          <t>Sözcükler Dergisi 119. Sayı Ocak - Şubat 2026</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>4444444444110</t>
+          <t>9786054209873</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 117. Sayı Eylül - Ekim 2025</t>
+          <t>Başka Bir Günün Sabahında</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4444444443915</t>
+          <t>9786054209880</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 116. Sayı Temmuz - Ağustos 2025</t>
+          <t>Ben Senin Sahibin miyim Rozbat?</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054209859</t>
+          <t>4444444444293</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Sözcükler Dergisi 118. Sayı Kasım - Aralık 2025</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>4444444443740</t>
+          <t>9786054209866</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 115. Sayı Mayıs - Haziran 2025</t>
+          <t>Andrea'ya Mektuplar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054209842</t>
+          <t>4444444444110</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Hayvanı Kendine Benzer</t>
+          <t>Sözcükler Dergisi 117. Sayı Eylül - Ekim 2025</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>4444444443548</t>
+          <t>4444444443915</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 114. Sayı Mart - Nisan 2025</t>
+          <t>Sözcükler Dergisi 116. Sayı Temmuz - Ağustos 2025</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054209835</t>
+          <t>9786054209859</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Uzak Kıyı / The Far Shore</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054209828</t>
+          <t>4444444443740</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şair Savunması</t>
+          <t>Sözcükler Dergisi 115. Sayı Mayıs - Haziran 2025</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4444444443385</t>
+          <t>9786054209842</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 113. Sayı Ocak - Şubat 2025</t>
+          <t>Herkesin Hayvanı Kendine Benzer</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054209811</t>
+          <t>4444444443548</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ayıpçıl Kuşları Arasında</t>
+          <t>Sözcükler Dergisi 114. Sayı Mart - Nisan 2025</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4444444443224</t>
+          <t>9786054209835</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 112. Sayı Kasım - Aralık 2024</t>
+          <t>Uzak Kıyı / The Far Shore</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054209439</t>
+          <t>9786054209828</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Vedalaşmaların İlmini Yaptım Ben</t>
+          <t>Şair Savunması</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054209804</t>
+          <t>4444444443385</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Mevsimi ve Sinema Bileti</t>
+          <t>Sözcükler Dergisi 113. Sayı Ocak - Şubat 2025</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>4444444443008</t>
+          <t>4444444443224</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 111. Sayı Eylül - Ekim 2024</t>
+          <t>Sözcükler Dergisi 112. Sayı Kasım - Aralık 2024</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054209408</t>
+          <t>9786054209811</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Üç Kırmızı Güvercin</t>
+          <t>Ayıpçıl Kuşları Arasında</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4444444442725</t>
+          <t>9786054209804</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 110. Sayı Temmuz - Ağustos 2024</t>
+          <t>Kiraz Mevsimi ve Sinema Bileti</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054209798</t>
+          <t>4444444443008</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dişe Dokunur</t>
+          <t>Sözcükler Dergisi 111. Sayı Eylül - Ekim 2024</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>4444444442522</t>
+          <t>4444444442725</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 109. Sayı Mayıs - Haziran 2024</t>
+          <t>Sözcükler Dergisi 110. Sayı Temmuz - Ağustos 2024</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>4440000004432</t>
+          <t>9786054209798</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 108. Sayı Mart - Nisan 2024</t>
+          <t>Dişe Dokunur</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054209781</t>
+          <t>4444444442522</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kırık Dökük</t>
+          <t>Sözcükler Dergisi 109. Sayı Mayıs - Haziran 2024</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054209774</t>
+          <t>4440000004432</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Amerikan Şiiri Antolojisi</t>
+          <t>Sözcükler Dergisi 108. Sayı Mart - Nisan 2024</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>4440000004148</t>
+          <t>9786054209781</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 107. Sayı Ocak - Şubat 2024</t>
+          <t>Kırık Dökük</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054209767</t>
+          <t>9786054209774</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Geceleyin Bir Tren</t>
+          <t>Çağdaş Amerikan Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054209750</t>
+          <t>4440000004148</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>O Sevdalar Ezeldendi</t>
+          <t>Sözcükler Dergisi 107. Sayı Ocak - Şubat 2024</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>4440000003919</t>
+          <t>9786054209767</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 106 Kasım - Aralık 2023</t>
+          <t>Geceleyin Bir Tren</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>4440000003687</t>
+          <t>9786054209750</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 105 Eylül - Ekim 2023</t>
+          <t>O Sevdalar Ezeldendi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>4440000003419</t>
+          <t>4440000003919</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 104 Temmuz - Ağustos 2023</t>
+          <t>Sözcükler Dergisi Sayı: 106 Kasım - Aralık 2023</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>4440000003168</t>
+          <t>4440000003687</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi 103. Sayı (Mayıs-Haziran 2023)</t>
+          <t>Sözcükler Dergisi Sayı: 105 Eylül - Ekim 2023</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>4440000002945</t>
+          <t>4440000003419</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 102 Mart - Nisan 2023</t>
+          <t>Sözcükler Dergisi Sayı: 104 Temmuz - Ağustos 2023</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054209743</t>
+          <t>4440000003168</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül Hikayesi</t>
+          <t>Sözcükler Dergisi 103. Sayı (Mayıs-Haziran 2023)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>4440000002680</t>
+          <t>4440000002945</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 101 Ocak - Şubat 2023</t>
+          <t>Sözcükler Dergisi Sayı: 102 Mart - Nisan 2023</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054209729</t>
+          <t>9786054209743</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yakışıklı Yelkovan</t>
+          <t>Bir Gönül Hikayesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054209736</t>
+          <t>4440000002680</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kurtarılmış Zamanlar</t>
+          <t>Sözcükler Dergisi Sayı: 101 Ocak - Şubat 2023</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>4440000002445</t>
+          <t>9786054209729</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 100 Kasım-Aralık 2022</t>
+          <t>Yakışıklı Yelkovan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>4440000001986</t>
+          <t>9786054209736</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 99 Eylül-Ekim 2022</t>
+          <t>Kurtarılmış Zamanlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>4440000001688</t>
+          <t>4440000002445</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 98 Temmuz-Ağustos 2022</t>
+          <t>Sözcükler Dergisi Sayı: 100 Kasım-Aralık 2022</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054209699</t>
+          <t>4440000001986</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri (2022-1977)</t>
+          <t>Sözcükler Dergisi Sayı: 99 Eylül-Ekim 2022</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>4440000001491</t>
+          <t>9786054209705</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 32 Temmuz - Ağustos 2011</t>
+          <t>Uzun Lafın Kısası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>4440000001488</t>
+          <t>9786054209712</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 43 Mayıs - Haziran 2013</t>
+          <t>Kültür, Sanat ve Toplumsal Dönüşümler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>4440000001487</t>
+          <t>4440000001688</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 42 Mart - Nisan 2013</t>
+          <t>Sözcükler Dergisi Sayı: 98 Temmuz-Ağustos 2022</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>4440000001486</t>
+          <t>9786054209699</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 44 Temmuz - Ağustos 2013</t>
+          <t>Bütün Şiirleri (2022-1977)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>4440000001485</t>
+          <t>4440000001491</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 45 Eylül - Ekim 2013</t>
+          <t>Sözcükler Dergisi Sayı: 32 Temmuz - Ağustos 2011</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>4440000001484</t>
+          <t>4440000001490</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 46 Kasım - Aralık 2013</t>
+          <t>Sözcükler Dergisi Sayı: 48 Mart - Nisan 2014</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>4440000001483</t>
+          <t>4440000001488</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 47 Ocak - Şubat 2014</t>
+          <t>Sözcükler Dergisi Sayı: 43 Mayıs - Haziran 2013</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>4440000001482</t>
+          <t>4440000001487</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 40 Kasım - Aralık 2012</t>
+          <t>Sözcükler Dergisi Sayı: 42 Mart - Nisan 2013</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>4440000001481</t>
+          <t>4440000001486</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 39 Eylül - Ekim 2012</t>
+          <t>Sözcükler Dergisi Sayı: 44 Temmuz - Ağustos 2013</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>4440000001480</t>
+          <t>4440000001485</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 38 Temmuz - Ağustos 2012</t>
+          <t>Sözcükler Dergisi Sayı: 45 Eylül - Ekim 2013</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>4440000001478</t>
+          <t>4440000001484</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 36 Mart - Nisan 2012</t>
+          <t>Sözcükler Dergisi Sayı: 46 Kasım - Aralık 2013</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>4440000001477</t>
+          <t>4440000001483</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 35 Ocak - Şubat 2012</t>
+          <t>Sözcükler Dergisi Sayı: 47 Ocak - Şubat 2014</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>4440000001476</t>
+          <t>4440000001482</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 34 Kasım - Aralık 2011</t>
+          <t>Sözcükler Dergisi Sayı: 40 Kasım - Aralık 2012</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054209675</t>
+          <t>4440000001481</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Fransız Şiiri</t>
+          <t>Sözcükler Dergisi Sayı: 39 Eylül - Ekim 2012</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054209682</t>
+          <t>4440000001480</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Gücü Adına</t>
+          <t>Sözcükler Dergisi Sayı: 38 Temmuz - Ağustos 2012</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054209668</t>
+          <t>4440000001479</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ve Kış</t>
+          <t>Sözcükler Dergisi Sayı: 37 Mayıs - Haziran 2012</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>4440000001133</t>
+          <t>4440000001478</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 97 Mayıs-Haziran 2022</t>
+          <t>Sözcükler Dergisi Sayı: 36 Mart - Nisan 2012</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>4440000000770</t>
+          <t>4440000001477</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 96 Mart-Nisan 2022</t>
+          <t>Sözcükler Dergisi Sayı: 35 Ocak - Şubat 2012</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>4440000003095</t>
+          <t>4440000001476</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 95 Ocak - Şubat 2022</t>
+          <t>Sözcükler Dergisi Sayı: 34 Kasım - Aralık 2011</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054209705</t>
+          <t>4440000001475</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uzun Lafın Kısası</t>
+          <t>Sözcükler Dergisi Sayı: 33 Eylül - Ekim 2011</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054209712</t>
+          <t>4440000001474</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Sanat ve Toplumsal Dönüşümler</t>
+          <t>Sözcükler Dergisi Sayı: 31 Mayıs - Haziran 2011</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054209651</t>
+          <t>4440000001473</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dur Yolcu, Dur ve İşe! - İngiliz Edebiyatından Mizah Şiirleri</t>
+          <t>Sözcükler Dergisi Sayı: 30 Mart - Nisan 2011</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>3990000098624</t>
+          <t>4440000001472</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 94 Kasım - Aralık 2021</t>
+          <t>Sözcükler Dergisi Sayı: 29 Ocak - Şubat 2011</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000032875</t>
+          <t>4440000001471</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 93 Eylül-Ekim 2021</t>
+          <t>Sözcükler Dergisi Sayı: 28 Kasım - Aralık 2010</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000031874</t>
+          <t>4440000001470</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 92 Temmuz - Ağustos 2021</t>
+          <t>Sözcükler Dergisi Sayı: 27 Eylül - Ekim 2010</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054209644</t>
+          <t>4440000001469</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Güney ve Trajedi</t>
+          <t>Sözcükler Dergisi Sayı: 26 Temmuz - Ağustos 2010</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054209637</t>
+          <t>4440000001468</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İsviçre'de Akan Zaman</t>
+          <t>Sözcükler Dergisi Sayı: 25 Mayıs - Haziran 2010</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>3990000032691</t>
+          <t>4440000001467</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 91 Mayıs-Haziran 2021</t>
+          <t>Sözcükler Dergisi Sayı: 24 Mart - Nisan 2010</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>3990000031695</t>
+          <t>4440000001466</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 90 Mart-Nisan 2021</t>
+          <t>Sözcükler Dergisi Sayı: 23 Ocak - Şubat 2010</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054209613</t>
+          <t>4440000001465</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sessizliği Dinlerken</t>
+          <t>Sözcükler Dergisi Sayı: 22 Kasım - Aralık 2009</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054209606</t>
+          <t>9786054209675</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Seyirci Kalmak</t>
+          <t>Günümüz Fransız Şiiri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>3990000031739</t>
+          <t>9786054209682</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 89 Ocak - Şubat 2021</t>
+          <t>Gölgelerin Gücü Adına</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>3990000079782</t>
+          <t>9786054209668</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 88 Kasım - Aralık 2020</t>
+          <t>Ve Kış</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054209590</t>
+          <t>4440000001133</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kaypak Yüzeyde</t>
+          <t>Sözcükler Dergisi Sayı: 97 Mayıs-Haziran 2022</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>3990000079781</t>
+          <t>4440000000770</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 87 Eylül - Ekim 2020</t>
+          <t>Sözcükler Dergisi Sayı: 96 Mart-Nisan 2022</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054209583</t>
+          <t>9786054209651</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Fil Mezarlığı</t>
+          <t>Dur Yolcu, Dur ve İşe! - İngiliz Edebiyatından Mizah Şiirleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054209576</t>
+          <t>4440000003095</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hep Yeni Başlar</t>
+          <t>Sözcükler Dergisi Sayı: 95 Ocak - Şubat 2022</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>3990000072289</t>
+          <t>3990000052995</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 85-86 Mayıs Haziran - Temmuz Ağustos 2020</t>
+          <t>Sözcükler Dergisi Sayı: 80 Temmuz - Ağustos 2019</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054209569</t>
+          <t>9786054209514</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sevda Türküleri</t>
+          <t>Soyağacı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>48</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>3990000072288</t>
+          <t>9786054209521</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 84 Mart-Nisan 2020</t>
+          <t>Marienbad Ağıdı</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>3990000028335</t>
+          <t>9786054209552</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 82 Kasım - Aralık 2019</t>
+          <t>Merkez İstasyonu’nda Oturup Ağladım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>3990000020335</t>
+          <t>9786054209545</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 81 Eylül - Ekim 2019</t>
+          <t>Serseri ve Kopukların Göğe Yükselişi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>3990000052995</t>
+          <t>9786054209484</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 80 Temmuz - Ağustos 2019</t>
+          <t>Nerdesin?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054209545</t>
+          <t>3990000047807</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Serseri ve Kopukların Göğe Yükselişi</t>
+          <t>Sözcükler Dergisi Sayı: 75 Eylül - Ekim 2018</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054209552</t>
+          <t>3990000090178</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Merkez İstasyonu’nda Oturup Ağladım</t>
+          <t>Sözcükler Dergisi Sayı: 79 Mayıs - Haziran 2019</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>3990000090178</t>
+          <t>9786054209644</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 79 Mayıs - Haziran 2019</t>
+          <t>Yılmaz Güney ve Trajedi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054209538</t>
+          <t>3990000018337</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Esaret Yılları 1920-1923</t>
+          <t>Sözcükler Dergisi Sayı: 52 / Kasım-Aralık 2014</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>3990000090458</t>
+          <t>9786054209255</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 78 Mart - Nisan 2019</t>
+          <t>Aziz Yıldırım'ın Islak Kirpikleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>68</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000090496</t>
+          <t>9786054209316</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 77 Ocak - Şubat 2019</t>
+          <t>İrlanda Tiyatrosunda Gerçekçilik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000030395</t>
+          <t>3990000027511</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 76 Kasım - Aralık 2018</t>
+          <t>Sözcükler Dergisi Sayı: 55 / Mayıs-Haziran 2015</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054209521</t>
+          <t>9786054209248</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Marienbad Ağıdı</t>
+          <t>Sinema ve Varoluşçuluk</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>3990000047807</t>
+          <t>3990000026922</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 75 Eylül - Ekim 2018</t>
+          <t>Sözcükler Dergisi Sayı: 49 Mayıs -Haziran 2014</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>3990000047762</t>
+          <t>9786054209156</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 74 Temmuz - Ağustos 2018</t>
+          <t>Yirmi Film Yirmi Deneme</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054209507</t>
+          <t>9786054209309</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çin'den Peru'ya Dünya Şiiri</t>
+          <t>Nasıl Yaşıyoruz?</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3990000048523</t>
+          <t>9786054209286</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 72 Mart - Nisan 2018</t>
+          <t>Kavafis'ten Yüz Şiir - Başka Bir Deniz Bulamazsın</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054209491</t>
+          <t>9786054209279</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Anılarımın Kardeşi İzmir</t>
+          <t>Her Şey Ayartabilir Beni</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000029576</t>
+          <t>9786054209262</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 71 Ocak - Şubat 2018</t>
+          <t>Çıkın Sokaklara Dünyanın Çocukları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>3990000051398</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Sözcükler Dergisi Sayı: 70 Kasım - Aralık 2017</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054209484</t>
+          <t>3990000051397</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nerdesin?</t>
+          <t>Sözcükler Dergisi Sayı: 69 Eylül - Ekim 2017</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>3990000051397</t>
+          <t>9786054209538</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 69 Eylül - Ekim 2017</t>
+          <t>Esaret Yılları 1920-1923</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>3990000042154</t>
+          <t>3990000030395</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 68 Temmuz - Ağustos 2017</t>
+          <t>Sözcükler Dergisi Sayı: 76 Kasım - Aralık 2018</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>3990000028523</t>
+          <t>3990000048523</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 67 Mayıs-Haziran 2017</t>
+          <t>Sözcükler Dergisi Sayı: 72 Mart - Nisan 2018</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054209477</t>
+          <t>9786054209491</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Şiirin O İnce Küllerini Toplayanlar</t>
+          <t>Anılarımın Kardeşi İzmir</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>3990000029235</t>
+          <t>3990000090496</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 66 Mart-Nisan 2017</t>
+          <t>Sözcükler Dergisi Sayı: 77 Ocak - Şubat 2019</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054209453</t>
+          <t>9786054209507</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sana Son Umudumu Söyleyeceğim</t>
+          <t>Çin'den Peru'ya Dünya Şiiri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>3990000045734</t>
+          <t>9786054209477</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 63 Eylül - Ekim 2016</t>
+          <t>Şiirin O İnce Küllerini Toplayanlar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054209422</t>
+          <t>9786054209439</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Aboov Adana</t>
+          <t>Vedalaşmaların İlmini Yaptım Ben</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>3990000048792</t>
+          <t>9786054209446</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 62 Temmuz - Ağustos 2016</t>
+          <t>Türkiye'de Çeviribilim</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>84</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>3990000032450</t>
+          <t>3990000048432</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 61 Mayıs-Haziran 2016</t>
+          <t>Sözcükler Dergisi Sayı: 73 Mayıs - Haziran 2018</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054209415</t>
+          <t>3990000029576</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Değil</t>
+          <t>Sözcükler Dergisi Sayı: 71 Ocak - Şubat 2018</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054209347</t>
+          <t>3990000046511</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Buyrun Siz de Deneyin</t>
+          <t>Sözcükler Dergisi Sayı: 59 Ocak - Şubat 2016</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>3990000046511</t>
+          <t>3990000047762</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 59 Ocak - Şubat 2016</t>
+          <t>Sözcükler Dergisi Sayı: 74 Temmuz - Ağustos 2018</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054209378</t>
+          <t>9786054209415</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Granada'ya Doğru</t>
+          <t>Hüzün Değil</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054209354</t>
+          <t>9786054209378</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Necatigil Dolayları</t>
+          <t>Granada'ya Doğru</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054209392</t>
+          <t>9786054209354</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Nazım ile Piraye</t>
+          <t>Necatigil Dolayları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054209385</t>
+          <t>3990000042154</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Cezaevinden Memet Fuat'a Mektuplar</t>
+          <t>Sözcükler Dergisi Sayı: 68 Temmuz - Ağustos 2017</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054209361</t>
+          <t>9786054209460</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Unutulmak İsteyen Şair Behçet Necatigil 100 Yaşında</t>
+          <t>Sessizlikle Yıka İçini</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>340</v>
+        <v>64</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000029101</t>
+          <t>9786054209453</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 58 Kasım-Aralık 2015</t>
+          <t>Sana Son Umudumu Söyleyeceğim</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000028446</t>
+          <t>3990000059980</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 57 (Eylül-Ekim 2015)</t>
+          <t>Sözcükler Dergisi Sayı: 64 Kasım - Aralık 2016</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000028031</t>
+          <t>9786054209330</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 56 Temmuz-Ağustos 2015</t>
+          <t>Fanfarlo</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054209309</t>
+          <t>3990000026885</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yaşıyoruz?</t>
+          <t>Sözcükler Dergisi Sayı: 54 Mart - Nisan 2015</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054209330</t>
+          <t>3990000026182</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Fanfarlo</t>
+          <t>Sözcükler Dergisi Sayı: 53 / Ocak-Şubat 2015</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990000026885</t>
+          <t>9786054209231</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 54 Mart - Nisan 2015</t>
+          <t>Ayrılık Sonu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054209316</t>
+          <t>9786054209040</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İrlanda Tiyatrosunda Gerçekçilik</t>
+          <t>Yürekteki Ok</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054209286</t>
+          <t>9786054209200</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kavafis'ten Yüz Şiir - Başka Bir Deniz Bulamazsın</t>
+          <t>Tunç Ayna</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054209279</t>
+          <t>9786054209187</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Ayartabilir Beni</t>
+          <t>Sofralar ve Anılar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054209132</t>
+          <t>9786054209149</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Bir Bahar</t>
+          <t>Sizi Nereden Tanıyorum?</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>3990000026922</t>
+          <t>9786054209194</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler Dergisi Sayı: 49 Mayıs -Haziran 2014</t>
+          <t>Sanatın Gerekliliği</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054209293</t>
+          <t>9786054209088</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sen Aydınlatırsın Geceyi</t>
+          <t>Melez Zamanlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>260</v>
+        <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054209248</t>
+          <t>9786054209033</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Varoluşçuluk</t>
+          <t>Küçük Umutlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054209149</t>
+          <t>9786054209101</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sizi Nereden Tanıyorum?</t>
+          <t>Kanlıca’da Akan Zaman</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054209194</t>
+          <t>9786054209163</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Gerekliliği</t>
+          <t>İngiliz Romanı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>320</v>
+        <v>98</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054209033</t>
+          <t>9786054209118</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Küçük Umutlar</t>
+          <t>İki Kuleli Yalı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>240</v>
+        <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054209101</t>
+          <t>9786054209026</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kanlıca’da Akan Zaman</t>
+          <t>Hep Seni Sevdim</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054209026</t>
+          <t>9786054209125</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hep Seni Sevdim</t>
+          <t>Haikular</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>140</v>
+        <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>9786054209071</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Ğ, Tankların Gölgesinde Biten Kırçiçeği</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>9786054209217</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Güzelle Büyü</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t>9786054209002</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Geceye Evet</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t>9786054209019</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Doğa ve Dil Üzerine</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t>9786054209224</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Çağdaş Gerçekçiliğin Anlamı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>190</v>
+        <v>240</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786054209057</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Bella</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786054209170</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Aşkla Kedi Arasındaki Yedi Benzerlik</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786054209064</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>1960’lardan Kareler</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786054209095</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çöl Rüzgarı Ömrümüz - Rubailer</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786054209392</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Nazım ile Piraye</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786054209408</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Üç Kırmızı Güvercin</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786054209385</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Cezaevinden Memet Fuat'a Mektuplar</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>3990000028523</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 67 Mayıs-Haziran 2017</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786054209422</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Aboov Adana</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786054209347</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Buyrun Siz de Deneyin</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>3990000029235</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 66 Mart-Nisan 2017</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>3990000032757</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 60 Mart-Nisan 2016</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786054209293</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Sen Aydınlatırsın Geceyi</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>3990000045734</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 63 Eylül - Ekim 2016</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>3990000028031</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 56 Temmuz-Ağustos 2015</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>3990000018435</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 51 / Eylül-Ekim 2014</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786054209132</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yaz Bir Bahar</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>3990000029219</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 65 Ocak - Şubat 2017</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>3990000048792</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 62 Temmuz - Ağustos 2016</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786054209323</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Gizli</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>3990000025292</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 50 / Temmuz-Ağustos 2014</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>3990000032450</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 61 Mayıs-Haziran 2016</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>3990000029101</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 58 Kasım-Aralık 2015</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786054209361</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmak İsteyen Şair Behçet Necatigil 100 Yaşında</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>3990000028446</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 57 (Eylül-Ekim 2015)</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>3990000031739</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 89 Ocak - Şubat 2021</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>3990000032875</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 93 Eylül-Ekim 2021</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>3990000031874</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 92 Temmuz - Ağustos 2021</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>3990000098624</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 94 Kasım - Aralık 2021</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786054209590</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Kaypak Yüzeyde</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>3990000032691</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 91 Mayıs-Haziran 2021</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>3990000079781</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 87 Eylül - Ekim 2020</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786054209583</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Fil Mezarlığı</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786054209569</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Sevda Türküleri</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786054209606</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Seyirci Kalmak</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786054209613</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Sessizliği Dinlerken</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>3990000031288</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 83 Ocak - Şubat 2020</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786054209620</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Ben O Çiçek Açmış Erik Ağacıyım</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>3990000031695</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 90 Mart-Nisan 2021</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786054209637</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>İsviçre'de Akan Zaman</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>3990000079782</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 88 Kasım - Aralık 2020</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786054209576</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Hep Yeni Başlar</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>3990000072289</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 85-86 Mayıs Haziran - Temmuz Ağustos 2020</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>3990000028335</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 82 Kasım - Aralık 2019</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>3990000090458</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 78 Mart - Nisan 2019</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>3990000072288</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 84 Mart-Nisan 2020</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>3990000020335</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler Dergisi Sayı: 81 Eylül - Ekim 2019</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>