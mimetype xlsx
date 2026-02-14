--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -85,2755 +85,2770 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255852021</t>
+          <t>9786255852045</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Bir Yaz</t>
+          <t>Marıa Suphi Bir Direniş Öyküsü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255852014</t>
+          <t>9786255852021</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dilimde Mavi İsyan</t>
+          <t>Sıcak Bir Yaz</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789756709283</t>
+          <t>9786255852014</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hakullah</t>
+          <t>Dilimde Mavi İsyan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>40</v>
+        <v>175</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789756828113</t>
+          <t>9789756709283</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tarikat Sermayesi 2 - Yeşil Sermaye Nereye?</t>
+          <t>Hakullah</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054554249</t>
+          <t>9789756828113</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dik Dur Devrimci Ol</t>
+          <t>Tarikat Sermayesi 2 - Yeşil Sermaye Nereye?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9799756828020</t>
+          <t>9786054554249</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ebu Müslim Horasani</t>
+          <t>Dik Dur Devrimci Ol</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>21.3</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789756828052</t>
+          <t>9799756828020</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Anne Bak, Kral Çıplak</t>
+          <t>Ebu Müslim Horasani</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>23.15</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756709214</t>
+          <t>9789756828052</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>2000’ler Türkiye’sinde Gazetecilik ve Medyayı Anlamak</t>
+          <t>Anne Bak, Kral Çıplak</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>12.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756709597</t>
+          <t>9789756709214</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Dizi Deprem</t>
+          <t>2000’ler Türkiye’sinde Gazetecilik ve Medyayı Anlamak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054554997</t>
+          <t>9789756709597</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Göçün Gölgesinde Tahta Bavula Sığan Umutlar</t>
+          <t>Bir Dizi Deprem</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255852007</t>
+          <t>9786054554997</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin İki Yakasından Doğa Mitolojileri</t>
+          <t>Göçün Gölgesinde Tahta Bavula Sığan Umutlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054554669</t>
+          <t>9786255852007</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ecdadımız</t>
+          <t>Ege’nin İki Yakasından Doğa Mitolojileri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054554980</t>
+          <t>9786054554669</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yazabilirsen Yaz Gazeteci Yaz</t>
+          <t>Ecdadımız</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054554973</t>
+          <t>9786054554980</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Berbat Bir Gün</t>
+          <t>Yazabilirsen Yaz Gazeteci Yaz</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054554966</t>
+          <t>9786054554973</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sönmesin…</t>
+          <t>Berbat Bir Gün</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756709580</t>
+          <t>9786054554966</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Güney Ulucanlar Efsanesi</t>
+          <t>Sönmesin…</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054554959</t>
+          <t>9789756709580</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Haydi Afiş Asmaya</t>
+          <t>Yılmaz Güney Ulucanlar Efsanesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054554126</t>
+          <t>9786054554959</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sinema Kuramları 1</t>
+          <t>Haydi Afiş Asmaya</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756709368</t>
+          <t>9786054554126</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Fahişeden Bakire Meryem’e</t>
+          <t>Sinema Kuramları 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054554768</t>
+          <t>9789756709368</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mahir Çayan ve 68 Devrimci Kuşağı</t>
+          <t>Kutsal Fahişeden Bakire Meryem’e</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054554942</t>
+          <t>9786054554768</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gögi Yumruklayanlar</t>
+          <t>Mahir Çayan ve 68 Devrimci Kuşağı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054554935</t>
+          <t>9786054554942</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Umudun Sol Hali</t>
+          <t>Gögi Yumruklayanlar</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054554911</t>
+          <t>9786054554935</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Adalet, Hukuk, Hukukçu Üzerine Özdeyişler</t>
+          <t>Umudun Sol Hali</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054554928</t>
+          <t>9786054554911</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kendini “Yaradan” Kadın</t>
+          <t>Adalet, Hukuk, Hukukçu Üzerine Özdeyişler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054554874</t>
+          <t>9786054554928</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Urla Yarımadası’nda Bağcılık ve Şarapçılk Tarihi Gerçekler</t>
+          <t>Kendini “Yaradan” Kadın</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756709085</t>
+          <t>9786054554874</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Evlerimizdeki Gündelikçi Kadınlar</t>
+          <t>Urla Yarımadası’nda Bağcılık ve Şarapçılk Tarihi Gerçekler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054554904</t>
+          <t>9789756709085</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Haliç'in Gözleri Kör</t>
+          <t>Evlerimizdeki Gündelikçi Kadınlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054554898</t>
+          <t>9786054554904</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>78-80 Hikayeler</t>
+          <t>Haliç'in Gözleri Kör</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789756709740</t>
+          <t>9786054554898</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Görmediğim Tanrı'ya Tapmam</t>
+          <t>78-80 Hikayeler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054554881</t>
+          <t>9789756709740</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kadın Cinayetleri</t>
+          <t>Görmediğim Tanrı'ya Tapmam</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054554867</t>
+          <t>9786054554881</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Cevahir</t>
+          <t>Yalnız Kadın Cinayetleri</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054554850</t>
+          <t>9786054554867</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kars Rumları</t>
+          <t>Hüseyin Cevahir</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054554843</t>
+          <t>9786054554850</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Torlukta Ölmek</t>
+          <t>Kars Rumları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054554836</t>
+          <t>9786054554843</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Vasat Yalnızlık Manifestosu</t>
+          <t>Torlukta Ölmek</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054554812</t>
+          <t>9786054554836</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Köşe Bucakta Kalanlar (Bir 68’linin Anıları)</t>
+          <t>Vasat Yalnızlık Manifestosu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054554829</t>
+          <t>9786054554812</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bugün Çocuk Olasım Var Anne</t>
+          <t>Köşe Bucakta Kalanlar (Bir 68’linin Anıları)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054554799</t>
+          <t>9786054554829</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bereketli Toprak</t>
+          <t>Bugün Çocuk Olasım Var Anne</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054554805</t>
+          <t>9786054554799</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>En Önemli İlişki</t>
+          <t>Bereketli Toprak</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054554782</t>
+          <t>9786054554805</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Sol Hali</t>
+          <t>En Önemli İlişki</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054554751</t>
+          <t>9786054554782</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Nöbetçileri</t>
+          <t>Ömrümün Sol Hali</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054554744</t>
+          <t>9786054554751</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Rüya Alemindeyiz</t>
+          <t>Güneşin Nöbetçileri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756709474</t>
+          <t>9786054554744</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Özlü Güzel Sözler Bilge Yaşamlar Bilgelerin Ayak İzleri</t>
+          <t>Tanrı’nın Rüya Alemindeyiz</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758402045</t>
+          <t>9789756709474</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki’de Milliyetçilik Din ve Kadın Tartışmaları (2 Cilt Takım)</t>
+          <t>Özlü Güzel Sözler Bilge Yaşamlar Bilgelerin Ayak İzleri</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054554775</t>
+          <t>9789758402045</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yarın Dün Bugün</t>
+          <t>İttihat ve Terakki’de Milliyetçilik Din ve Kadın Tartışmaları (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054554720</t>
+          <t>9786054554775</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gözeli’nin Gözeleri</t>
+          <t>Yarın Dün Bugün</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054554737</t>
+          <t>9786054554720</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Munzur Destanı</t>
+          <t>Gözeli’nin Gözeleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054554706</t>
+          <t>9786054554737</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İmam Cafer Sadık</t>
+          <t>Munzur Destanı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054554713</t>
+          <t>9786054554706</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Üzerine Söyleşiler</t>
+          <t>İmam Cafer Sadık</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054554690</t>
+          <t>9786054554713</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Güneş Batıdan Doğarken Doğu</t>
+          <t>Alevilik Üzerine Söyleşiler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054554683</t>
+          <t>9786054554690</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Düşünceler</t>
+          <t>Güneş Batıdan Doğarken Doğu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054554676</t>
+          <t>9786054554683</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Pikorua</t>
+          <t>Aykırı Düşünceler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054554652</t>
+          <t>9786054554676</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçeği Kokusu Bir de Adana</t>
+          <t>Pikorua</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054554638</t>
+          <t>9786054554652</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Umut Kar Altında</t>
+          <t>Portakal Çiçeği Kokusu Bir de Adana</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054554621</t>
+          <t>9786054554638</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Düşleri</t>
+          <t>Umut Kar Altında</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054554607</t>
+          <t>9786054554621</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kılıçların Gölgesinde Tanrılar ve Dinler</t>
+          <t>Özgürlük Düşleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054554614</t>
+          <t>9786054554607</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sinemaya Taşradan Bakmak</t>
+          <t>Kılıçların Gölgesinde Tanrılar ve Dinler</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054554591</t>
+          <t>9786054554614</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Güney Sineması</t>
+          <t>Sinemaya Taşradan Bakmak</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054554584</t>
+          <t>9786054554591</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Damgalı Pul</t>
+          <t>Yılmaz Güney Sineması</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054554577</t>
+          <t>9786054554584</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dünya Düzenini Değiştiren Savaşçılar ve Maceracılar (Ciltli)</t>
+          <t>Damgalı Pul</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054554560</t>
+          <t>9786054554577</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ah Benim Şeker Fabrikalarım</t>
+          <t>Dünya Düzenini Değiştiren Savaşçılar ve Maceracılar (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054554553</t>
+          <t>9786054554560</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir de Ruhi Su Geçti</t>
+          <t>Ah Benim Şeker Fabrikalarım</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054554546</t>
+          <t>9786054554553</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yol Cümleden Uludur</t>
+          <t>Bir de Ruhi Su Geçti</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054554539</t>
+          <t>9786054554546</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kayanın Çiçekleri</t>
+          <t>Yol Cümleden Uludur</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054554522</t>
+          <t>9786054554539</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>80'ler Türkiyesi'nde Sinema</t>
+          <t>Büyük Kayanın Çiçekleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054554515</t>
+          <t>9786054554522</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ters Akıntılar</t>
+          <t>80'ler Türkiyesi'nde Sinema</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054554508</t>
+          <t>9786054554515</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Hemşin</t>
+          <t>Ters Akıntılar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054554492</t>
+          <t>9786054554508</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Fikri Sönmez</t>
+          <t>Bir Avuç Hemşin</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054554485</t>
+          <t>9786054554492</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Quantum ve Alevilik</t>
+          <t>Bilinmeyen Yönleriyle Fikri Sönmez</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054554287</t>
+          <t>9786054554485</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Bir Judocunun Ölümle Dansı</t>
+          <t>Quantum ve Alevilik</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054554454</t>
+          <t>9786054554287</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kura Çözüldü 4</t>
+          <t>Ünlü Bir Judocunun Ölümle Dansı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054554447</t>
+          <t>9786054554454</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ablam Çok Üzülecek</t>
+          <t>Kura Çözüldü 4</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054554379</t>
+          <t>9786054554447</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Papakçı Yazıları ve Görüşler</t>
+          <t>Ablam Çok Üzülecek</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054554430</t>
+          <t>9786054554379</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çamur Su ve Kan</t>
+          <t>Papakçı Yazıları ve Görüşler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054554423</t>
+          <t>9786054554430</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Ardı İnsan</t>
+          <t>Çamur Su ve Kan</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054554416</t>
+          <t>9786054554423</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sesine Kurşun Değen Çocuklar</t>
+          <t>Hekimin Ardı İnsan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054554409</t>
+          <t>9786054554416</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Biz Güzel Çocuklardık</t>
+          <t>Sesine Kurşun Değen Çocuklar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054554393</t>
+          <t>9786054554409</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Cano</t>
+          <t>Biz Güzel Çocuklardık</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054554386</t>
+          <t>9786054554393</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kura Çözüldü 3: Kızaktaki Ölü</t>
+          <t>Merhaba Cano</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054554331</t>
+          <t>9786054554386</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Maraş'tan Bir Haber Yok</t>
+          <t>Kura Çözüldü 3: Kızaktaki Ölü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054554362</t>
+          <t>9786054554331</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Masaldaki İkizim</t>
+          <t>Maraş'tan Bir Haber Yok</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054554355</t>
+          <t>9786054554362</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Soğan Kabukları</t>
+          <t>Masaldaki İkizim</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054554317</t>
+          <t>9786054554355</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hurafeler</t>
+          <t>Soğan Kabukları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054554324</t>
+          <t>9786054554317</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kura Çözüldü 2</t>
+          <t>Hurafeler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054554300</t>
+          <t>9786054554324</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Soldan Dalgalanır Her Eylül'de</t>
+          <t>Kura Çözüldü 2</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054554294</t>
+          <t>9786054554300</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Umut Deniz Gibiydi</t>
+          <t>Karadeniz Soldan Dalgalanır Her Eylül'de</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789756709320</t>
+          <t>9786054554294</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Söylem ve İdeoloji</t>
+          <t>Umut Deniz Gibiydi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054554003</t>
+          <t>9789756709320</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Solun Milli Meselesi</t>
+          <t>Söylem ve İdeoloji</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054554263</t>
+          <t>9786054554003</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Üzerine Toplumsal Fragmanlar</t>
+          <t>Solun Milli Meselesi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054554270</t>
+          <t>9786054554263</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yıldızla Yaşayanlar</t>
+          <t>Cinsellik Üzerine Toplumsal Fragmanlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054554256</t>
+          <t>9786054554270</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kura Çözüldü</t>
+          <t>Yıldızla Yaşayanlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054554232</t>
+          <t>9786054554256</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yıldıza Değen Hayat</t>
+          <t>Kura Çözüldü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054554225</t>
+          <t>9786054554232</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sinematografik Anlatım</t>
+          <t>Yıldıza Değen Hayat</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054554218</t>
+          <t>9786054554225</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sinema Dili</t>
+          <t>Sinematografik Anlatım</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756709832</t>
+          <t>9786054554218</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Sinema Dili</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756709641</t>
+          <t>9789756709832</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Panoptikon Gözün İktidarı</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756709825</t>
+          <t>9789756709641</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Pancarcı Çocuk</t>
+          <t>Panoptikon Gözün İktidarı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>50</v>
+        <v>225</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756709542</t>
+          <t>9789756709825</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mamak... Ey Mamak</t>
+          <t>Pancarcı Çocuk</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054554058</t>
+          <t>9789756709542</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorununda Dayatma</t>
+          <t>Mamak... Ey Mamak</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756709665</t>
+          <t>9786054554058</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Tarım Politikaları</t>
+          <t>Kürt Sorununda Dayatma</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054554201</t>
+          <t>9789756709665</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığa Uyanmak</t>
+          <t>Küreselleşme ve Tarım Politikaları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054554195</t>
+          <t>9786054554201</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Ölü Olanın Bavulu</t>
+          <t>Yalnızlığa Uyanmak</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054554188</t>
+          <t>9786054554195</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Devrimi</t>
+          <t>Neredeyse Ölü Olanın Bavulu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756709658</t>
+          <t>9786054554188</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mahir Çayan Toplu Yazılar</t>
+          <t>Sosyal Medya Devrimi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054554133</t>
+          <t>9789756709658</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Samed Behrengi Toplu Masallar</t>
+          <t>Mahir Çayan Toplu Yazılar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756709467</t>
+          <t>9786054554133</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tehcir Çocukları</t>
+          <t>Samed Behrengi Toplu Masallar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756709375</t>
+          <t>9789756709467</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Tehcir Çocukları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756709344</t>
+          <t>9789756709375</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprağın Masalları</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756709351</t>
+          <t>9789756709344</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprağın Efsaneleri</t>
+          <t>Bu Toprağın Masalları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054554171</t>
+          <t>9789756709351</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Boş Topraklarda Ölü Ateşler</t>
+          <t>Bu Toprağın Efsaneleri</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054554157</t>
+          <t>9786054554171</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler Tekerlemeler</t>
+          <t>Boş Topraklarda Ölü Ateşler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054554164</t>
+          <t>9786054554157</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Maniler - Ninniler</t>
+          <t>Bilmeceler Tekerlemeler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054554140</t>
+          <t>9786054554164</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma ve Toprak Ananın Yıkımı</t>
+          <t>Maniler - Ninniler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054554119</t>
+          <t>9786054554140</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sinema Kuramları - 2</t>
+          <t>Küresel Isınma ve Toprak Ananın Yıkımı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756709191</t>
+          <t>9786054554119</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Ülkücülük</t>
+          <t>Sinema Kuramları - 2</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756709764</t>
+          <t>9789756709191</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Yazı Biterken</t>
+          <t>Yeni Başlayanlar İçin Ülkücülük</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756709917</t>
+          <t>9789756709764</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Vietnam Kazanacak</t>
+          <t>Yasemin Yazı Biterken</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756709450</t>
+          <t>9789756709917</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Üniversalist Tarih</t>
+          <t>Vietnam Kazanacak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756709436</t>
+          <t>9789756709450</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ümit Kaftancıoğlu Öykü Ödülleri 2005</t>
+          <t>Üniversalist Tarih</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756709962</t>
+          <t>9789756709436</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türkü Söyler Gibi</t>
+          <t>Ümit Kaftancıoğlu Öykü Ödülleri 2005</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756709153</t>
+          <t>9789756709962</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Sorunu</t>
+          <t>Türkü Söyler Gibi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756709979</t>
+          <t>9789756709153</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Türk Silahlı Kuvvetleri’nin Toplum Mühendisliği</t>
+          <t>Ermeni Sorunu</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756709900</t>
+          <t>9789756709979</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Topraksızlar 25 Yaşında</t>
+          <t>Türk Silahlı Kuvvetleri’nin Toplum Mühendisliği</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756709603</t>
+          <t>9789756709900</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Taşların Ağıtı</t>
+          <t>Topraksızlar 25 Yaşında</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756709269</t>
+          <t>9789756709603</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tarladan Sofraya Tarım</t>
+          <t>Taşların Ağıtı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756709511</t>
+          <t>9789756709269</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin Tarih - Ütopya - İsyan</t>
+          <t>Tarladan Sofraya Tarım</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756709207</t>
+          <t>9789756709511</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Şubat 2001 Krizinin Ardındaki Yolsuzlukların Çetelesi</t>
+          <t>Şeyh Bedreddin Tarih - Ütopya - İsyan</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756709634</t>
+          <t>9789756709207</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Şarabi Öyküler</t>
+          <t>Şubat 2001 Krizinin Ardındaki Yolsuzlukların Çetelesi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756709702</t>
+          <t>9789756709634</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Bahçesinin Solan Renkleri Molokanlar</t>
+          <t>Şarabi Öyküler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756709672</t>
+          <t>9789756709702</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sokaktan Parlamentoya</t>
+          <t>Sürgün Bahçesinin Solan Renkleri Molokanlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054554096</t>
+          <t>9789756709672</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin ve Varidat</t>
+          <t>Sokaktan Parlamentoya</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756709933</t>
+          <t>9786054554096</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Silahlı Kuvvetler ve Modernizm</t>
+          <t>Şeyh Bedreddin ve Varidat</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756828037</t>
+          <t>9789756709933</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sıradan ve Sahici</t>
+          <t>Silahlı Kuvvetler ve Modernizm</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756709504</t>
+          <t>9789756828037</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Battal Gazi ve Külliyesi</t>
+          <t>Sıradan ve Sahici</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756709894</t>
+          <t>9789756709504</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Zalim Cumhuriyet</t>
+          <t>Seyyid Battal Gazi ve Külliyesi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756709849</t>
+          <t>9789756709894</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Sevgili Zalim Cumhuriyet</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054554041</t>
+          <t>9789756709849</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Randevuyu Dağa Verdik</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756709184</t>
+          <t>9786054554041</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kuran</t>
+          <t>Randevuyu Dağa Verdik</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054554034</t>
+          <t>9789756709184</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bir Şairin Şiir Defteri</t>
+          <t>Öteki Kuran</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054554089</t>
+          <t>9786054554034</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Oğlan Şeyh Maşuki</t>
+          <t>Ölü Bir Şairin Şiir Defteri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756709412</t>
+          <t>9786054554089</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Nunnajina Güneşin Kızı</t>
+          <t>Oğlan Şeyh Maşuki</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756709498</t>
+          <t>9789756709412</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık ve Hristiyanlığın İnanç Öğretilerinde Öteki Gerçekler</t>
+          <t>Nunnajina Güneşin Kızı</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756709863</t>
+          <t>9789756709498</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Metropol Sürgünleri</t>
+          <t>Müslümanlık ve Hristiyanlığın İnanç Öğretilerinde Öteki Gerçekler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756828045</t>
+          <t>9789756709863</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Meğer</t>
+          <t>Metropol Sürgünleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756709719</t>
+          <t>9789756828045</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Medya Milliyetçilik Şiddet</t>
+          <t>Meğer</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756709733</t>
+          <t>9789756709719</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Mausoleion</t>
+          <t>Medya Milliyetçilik Şiddet</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789756709016</t>
+          <t>9789756709733</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Marcos’la On Gün</t>
+          <t>Mausoleion</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756709818</t>
+          <t>9789756709016</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Marcos’la On Gün</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756709801</t>
+          <t>9789756709818</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Bebek</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756709566</t>
+          <t>9789756709801</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kim Olduğumu Artık Biliyorum</t>
+          <t>Konuşan Bebek</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756709139</t>
+          <t>9789756709566</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kız Kulesi Efsanesi</t>
+          <t>Kim Olduğumu Artık Biliyorum</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756828083</t>
+          <t>9789756709139</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kemalistler Ülkesinde Cumhuriyet ve Diktatörlük 2</t>
+          <t>Kız Kulesi Efsanesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756709795</t>
+          <t>9789756828083</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kargalar</t>
+          <t>Kemalistler Ülkesinde Cumhuriyet ve Diktatörlük 2</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756709757</t>
+          <t>9789756709795</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Ülkemde Kaldı</t>
+          <t>Kargalar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789756709276</t>
+          <t>9789756709757</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kadife Karanlık</t>
+          <t>Kalbim Ülkemde Kaldı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789756709481</t>
+          <t>9789756709276</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kadife Karanlık 2</t>
+          <t>Kadife Karanlık</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756709399</t>
+          <t>9789756709481</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kadın Dervişler</t>
+          <t>Kadife Karanlık 2</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9759786709306</t>
+          <t>9789756709399</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Avrupa Mahkemesi: Kararların Uygulanması</t>
+          <t>Kadın Dervişler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756709788</t>
+          <t>9759786709306</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Kediler</t>
+          <t>İnsan Hakları Avrupa Mahkemesi: Kararların Uygulanması</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756709948</t>
+          <t>9789756709788</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Tecrübedir</t>
+          <t>İnatçı Kediler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789756709382</t>
+          <t>9789756709948</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah ve Alamut</t>
+          <t>Hayat Bir Tecrübedir</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054554102</t>
+          <t>9789756709382</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli’nin Kerametleri</t>
+          <t>Hasan Sabbah ve Alamut</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756709061</t>
+          <t>9786054554102</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Tabusu</t>
+          <t>Hacı Bektaş-ı Veli’nin Kerametleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054554072</t>
+          <t>9789756709061</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Söylenceler</t>
+          <t>Ermeni Tabusu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789756709092</t>
+          <t>9786054554072</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dinde Değil  Kuran’da Reform</t>
+          <t>Efsaneler Söylenceler</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054554021</t>
+          <t>9789756709092</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Devrime Hangi Mevsim Kucak Açacak</t>
+          <t>Dinde Değil  Kuran’da Reform</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756709610</t>
+          <t>9786054554021</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Marşlar</t>
+          <t>Devrime Hangi Mevsim Kucak Açacak</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756709559</t>
+          <t>9789756709610</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprağın Çocuk İsimleri Sözlüğü</t>
+          <t>Devrimci Marşlar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756709573</t>
+          <t>9789756709559</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprağın Atasözleri</t>
+          <t>Bu Toprağın Çocuk İsimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756709535</t>
+          <t>9789756709573</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bizim Hababam</t>
+          <t>Bu Toprağın Atasözleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756709924</t>
+          <t>9789756709535</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Biz Bize</t>
+          <t>Bizim Hababam</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756709023</t>
+          <t>9789756709924</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Birden Farkettim! Benim Bir De Hayatım Vardı...</t>
+          <t>Biz Bize</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756709771</t>
+          <t>9789756709023</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali, Bin Şeftali</t>
+          <t>Birden Farkettim! Benim Bir De Hayatım Vardı...</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756709009</t>
+          <t>9789756709771</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir Anayasacının Seyir Defteri</t>
+          <t>Bir Şeftali, Bin Şeftali</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756709429</t>
+          <t>9789756709009</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Azınlıklar ve Dil</t>
+          <t>Bir Anayasacının Seyir Defteri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786064554010</t>
+          <t>9789756709429</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Arada Kalmak</t>
+          <t>Azınlıklar ve Dil</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756709443</t>
+          <t>9786064554010</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Doğuşu</t>
+          <t>Arada Kalmak</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789756709528</t>
+          <t>9789756709443</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Aleviliğinin Tarihi</t>
+          <t>Aleviliğin Doğuşu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789756709866</t>
+          <t>9789756709528</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Aklın Çöküşü</t>
+          <t>Anadolu Aleviliğinin Tarihi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789756709870</t>
+          <t>9789756709866</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Akla Kara</t>
+          <t>Aklın Çöküşü</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756709122</t>
+          <t>9789756709870</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Acil Barış ya da... Öçalan Devlet mi?</t>
+          <t>Akla Kara</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
+          <t>9789756709122</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Acil Barış ya da... Öçalan Devlet mi?</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
           <t>9789756709955</t>
         </is>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Aborjin Masalları</t>
         </is>
       </c>
-      <c r="C182" s="1">
-        <v>125</v>
+      <c r="C183" s="1">
+        <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>