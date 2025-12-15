--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -85,3130 +85,3205 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255803016</t>
+          <t>9786255803047</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gafletten Uyanış</t>
+          <t>Ariflerin Satrancı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>95</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255803023</t>
+          <t>9786055215774</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sufilere Armağan</t>
+          <t>Mevlana Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055215866</t>
+          <t>9786055215750</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sufi Terapistin Sohbet Günlüğü</t>
+          <t>Tasavvuf Düşüncesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255803009</t>
+          <t>9786257949903</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul</t>
+          <t>Şükür Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055215217</t>
+          <t>9786255803030</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>18 Beyit - Dinle</t>
+          <t>İnsan Neden Aldanır?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>225</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259524382</t>
+          <t>9786255803016</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık İnce İnsanlıktır</t>
+          <t>Gafletten Uyanış</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>260</v>
+        <v>95</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259524375</t>
+          <t>9786255803023</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Neden İman Ederiz</t>
+          <t>Sufilere Armağan</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259524368</t>
+          <t>9786055215866</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hakiki Mutluluğun Sırrı</t>
+          <t>Sufi Terapistin Sohbet Günlüğü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055215934</t>
+          <t>9786255803009</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aşkname</t>
+          <t>Ey Oğul</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059778602</t>
+          <t>9786055215217</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şafak Yazıları I</t>
+          <t>18 Beyit - Dinle</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759161248</t>
+          <t>9786259524382</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yol, Bilgi ve Varlık</t>
+          <t>Müslümanlık İnce İnsanlıktır</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>8.33</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789759161330</t>
+          <t>9786259524375</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyılda Bir Veli</t>
+          <t>Neden İman Ederiz?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055215248</t>
+          <t>9786259524368</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Toynak Sesini Duyunca Zebra Gelsin Aklına</t>
+          <t>Hakiki Mutluluğun Sırrı</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789759161361</t>
+          <t>9786055215934</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sufi’nin Dünyası</t>
+          <t>Aşkname</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>11.11</v>
+        <v>275</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789759161194</t>
+          <t>9786059778602</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Seyr ü Süluk Risalesi</t>
+          <t>Şafak Yazıları I</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>8.33</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789759161057</t>
+          <t>9789759161248</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Rabbani İlhamlar Mebde ve Mead</t>
+          <t>Yol, Bilgi ve Varlık</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789759161125</t>
+          <t>9789759161330</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Ehl - i Kitap ile Diyaloğu</t>
+          <t>Yirminci Yüzyılda Bir Veli</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>8.8</v>
+        <v>165</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789759161064</t>
+          <t>9786055215248</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Evliyaullahtan Hac Hikayeleri</t>
+          <t>Toynak Sesini Duyunca Zebra Gelsin Aklına</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>8.33</v>
+        <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9799759161049</t>
+          <t>9789759161361</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dört Halifeden Menkıbeler Menakıb-ı Çehar Yar-ı Güzin</t>
+          <t>Sufi’nin Dünyası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789759161085</t>
+          <t>9789759161194</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cebrail’in Kanat Sesi</t>
+          <t>Seyr ü Süluk Risalesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>11.57</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>1520401904008</t>
+          <t>9789759161057</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 40. Sayı</t>
+          <t>Rabbani İlhamlar Mebde ve Mead</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000036459</t>
+          <t>9789759161125</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Klasikleri Seti (5 Kitap - Ahşap Kutu Hediyeli)</t>
+          <t>Peygamberimizin Ehl - i Kitap ile Diyaloğu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>99.54</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059778671</t>
+          <t>9789759161064</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kalp Nefs Ve Ruh</t>
+          <t>Evliyaullahtan Hac Hikayeleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990059778862</t>
+          <t>9799759161049</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Pendname - Öğütler Kitabı</t>
+          <t>Dört Halifeden Menkıbeler Menakıb-ı Çehar Yar-ı Güzin</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257949385</t>
+          <t>9789759161085</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sen Sen Ol Sevgili Kızım</t>
+          <t>Cebrail’in Kanat Sesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259524351</t>
+          <t>1520401904008</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hippi Nihat</t>
+          <t>Keşkül Dergisi 40. Sayı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259524344</t>
+          <t>3990000036459</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Münacatname</t>
+          <t>Tasavvuf Klasikleri Seti (5 Kitap - Ahşap Kutu Hediyeli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>130</v>
+        <v>99.54</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259524320</t>
+          <t>9786059778671</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ve Ötesi</t>
+          <t>Kalp Nefs ve Ruh</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259524313</t>
+          <t>3990059778862</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Melekutun Keşfi</t>
+          <t>Pendname - Öğütler Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259445182</t>
+          <t>9786257949385</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dilin Afetleri</t>
+          <t>Sen Sen Ol Sevgili Kızım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059778541</t>
+          <t>9786259524351</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sufi Ve Şiir</t>
+          <t>Hippi Nihat</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>365</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259524306</t>
+          <t>9786259524344</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Marifet Kapısı</t>
+          <t>Münacatname</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259445175</t>
+          <t>9786259524320</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Allaha Yöneliş</t>
+          <t>Ölüm Ve Ötesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259445168</t>
+          <t>9786259524313</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Halleri</t>
+          <t>Melekutun Keşfi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259445151</t>
+          <t>9786259445182</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Zaferleri</t>
+          <t>Dilin Afetleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>365</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259445144</t>
+          <t>9786059778541</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Unutma Hep Hatırla</t>
+          <t>Sufi ve Şiir</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>365</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789759161460</t>
+          <t>9786259524306</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kırk Mektup</t>
+          <t>Marifet Kapısı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>425</v>
+        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789759161972</t>
+          <t>9786259445175</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle An Seyretmek</t>
+          <t>Allah’a Yöneliş</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259445137</t>
+          <t>9786259445168</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Beyond The Coral Reef</t>
+          <t>Aşıkların Halleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259445120</t>
+          <t>9786259445151</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mercan Resiflerinin Ötesi</t>
+          <t>Tasavvufun Zaferleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>365</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257949613</t>
+          <t>9786259445144</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Halleri</t>
+          <t>Unutma Hep Hatırla</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059778381</t>
+          <t>9789759161460</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hermesler Hermesi</t>
+          <t>Kırk Mektup</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259445113</t>
+          <t>9789759161972</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Meclis-İ Meşayıh</t>
+          <t>Aşk İle An Seyretmek</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>365</v>
+        <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257949996</t>
+          <t>9786259445137</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Geleneğin Peşinde</t>
+          <t>Beyond The Coral Reef</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259445106</t>
+          <t>9786259445120</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Allah Kulunu Severse</t>
+          <t>Mercan Resiflerinin Ötesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257949989</t>
+          <t>9786257949613</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Nefsani İsteklerin Kırılması</t>
+          <t>Kalbin Halleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257949972</t>
+          <t>9786059778381</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eyyühel Bülbül</t>
+          <t>Hermesler Hermesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257949965</t>
+          <t>9786259445113</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Annelerimiz - Ezvac-ı Tahirat</t>
+          <t>Meclis-İ Meşayıh</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>260</v>
+        <v>365</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257949958</t>
+          <t>9786257949996</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Müjdelerle Gelen Elçi - Meciül Beşir Li Eclit Tebşir</t>
+          <t>Geleneğin Peşinde</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257949941</t>
+          <t>9786259445106</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Devrana Girip Seyran Edelim</t>
+          <t>Allah Kulunu Severse</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257949934</t>
+          <t>9786257949989</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bilgelikler Kitabı</t>
+          <t>Nefsani İsteklerin Kırılması</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257949927</t>
+          <t>9786257949972</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tekkede Pişmek</t>
+          <t>Eyyühel Bülbül</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257949910</t>
+          <t>9786257949965</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Anlamı</t>
+          <t>Mübarek Annelerimiz - Ezvac-ı Tahirat</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257949897</t>
+          <t>9786257949958</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Reydetül-Esrar: Hz. Alinin Yüz Sözü Ve Şerhleri</t>
+          <t>Müjdelerle Gelen Elçi - Meciül Beşir Li Eclit Tebşir</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257949880</t>
+          <t>9786257949941</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sordum Sarı Çiçeğe</t>
+          <t>Devrana Girip Seyran Edelim</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257949873</t>
+          <t>9786257949934</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Ruhu</t>
+          <t>Bilgelikler Kitabı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257949859</t>
+          <t>9786257949927</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İlahi Vuslat</t>
+          <t>Tekkede Pişmek</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257949866</t>
+          <t>9786257949910</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sübhan</t>
+          <t>Kalbin Anlamı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257949842</t>
+          <t>9786257949897</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Nefsi Arındırmak</t>
+          <t>Reydetül-Esrar: Hz. Alinin Yüz Sözü Ve Şerhleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257949781</t>
+          <t>9786257949880</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Derviş Sokağı</t>
+          <t>Sordum Sarı Çiçeğe</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>365</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257949835</t>
+          <t>9786257949873</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Oğul Sen Sen Ol</t>
+          <t>İbadetlerin Ruhu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257949828</t>
+          <t>9786257949859</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Halifenin Rüyaları</t>
+          <t>İlahi Vuslat</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>475</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257949804</t>
+          <t>9786257949866</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İlahi Huzurda &amp; Sonsuzla Bağ Kurmak ve Bilinçli Farkındalık</t>
+          <t>Sübhan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257949798</t>
+          <t>9786257949842</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Dersleri</t>
+          <t>Nefsi Arındırmak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257949774</t>
+          <t>9786257949781</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sufiyim Halk İçinde: Yunus Emre</t>
+          <t>Derviş Sokağı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>225</v>
+        <v>700</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257949750</t>
+          <t>9786257949835</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kalb-İ Selim</t>
+          <t>Oğul Sen Sen Ol</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257949743</t>
+          <t>9786257949828</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan - Evrensel Bilgeliğin Kitabı</t>
+          <t>Halifenin Rüyaları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>1520401901205</t>
+          <t>9786257949804</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 12. Sayı</t>
+          <t>İlahi Huzurda &amp; Sonsuzla Bağ Kurmak ve Bilinçli Farkındalık</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>1520401901106</t>
+          <t>9786257949798</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 11. Sayı</t>
+          <t>Tasavvuf Dersleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>1520401901007</t>
+          <t>9786257949774</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 10. Sayı</t>
+          <t>Sufiyim Halk İçinde: Yunus Emre</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>1520401900901</t>
+          <t>9786257949750</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 9. Sayı</t>
+          <t>Kalb-İ Selim</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>1520401900604</t>
+          <t>9786257949743</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 6. Sayı</t>
+          <t>Bostan ve Gülistan - Evrensel Bilgeliğin Kitabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>1520401902905</t>
+          <t>1520401901205</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 29. Sayı</t>
+          <t>Keşkül Dergisi 12. Sayı</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257949606</t>
+          <t>1520401901106</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sufizm İslamın Mistik Geleneğine Giriş</t>
+          <t>Keşkül Dergisi 11. Sayı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059778862</t>
+          <t>1520401901007</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Keşkül Dergisi 10. Sayı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257949590</t>
+          <t>1520401900901</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şemsiyye</t>
+          <t>Keşkül Dergisi 9. Sayı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257949576</t>
+          <t>1520401900604</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Velayet Mührü</t>
+          <t>Keşkül Dergisi 6. Sayı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257949521</t>
+          <t>1520401902905</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Derviş Pusulası</t>
+          <t>Keşkül Dergisi 29. Sayı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257949040</t>
+          <t>9786257949606</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şefik Can Hatıralar</t>
+          <t>Sufizm İslamın Mistik Geleneğine Giriş</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>600</v>
+        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257949224</t>
+          <t>9786059778862</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Payitahtta Bir Şazeli</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257949514</t>
+          <t>9786257949590</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Nun Kapısı</t>
+          <t>Şemsiyye</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257949507</t>
+          <t>9786257949576</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ehli Beyti Muhammedi Muhammedi Silsile</t>
+          <t>Velayet Mührü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257949361</t>
+          <t>9786257949521</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Takvimi</t>
+          <t>Derviş Pusulası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257949415</t>
+          <t>9786257949040</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ruşen-i Dil-Nüvaz Bir Gülşen-i Raz Şerhi</t>
+          <t>Şefik Can Hatıralar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257949330</t>
+          <t>9786257949224</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tahura</t>
+          <t>Payitahtta Bir Şazeli</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257949163</t>
+          <t>9786257949514</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Duanın Ruhu</t>
+          <t>Nun Kapısı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257949217</t>
+          <t>9786257949507</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Misal Alemi</t>
+          <t>Ehli Beyti Muhammedi Muhammedi Silsile</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257949200</t>
+          <t>9786257949361</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Münebbihat</t>
+          <t>Müslümanın Takvimi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257949088</t>
+          <t>9786257949415</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Aşk Mesnevi Mektupları</t>
+          <t>Ruşen-i Dil-Nüvaz Bir Gülşen-i Raz Şerhi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257949132</t>
+          <t>9786257949330</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Bize Ne Söyler?</t>
+          <t>Tahura</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257949149</t>
+          <t>9786257949163</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ahyar ve Ebrarın Yolu: Tasavvuf</t>
+          <t>Duanın Ruhu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059778961</t>
+          <t>9786257949217</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Çevresindeki Hanımlar</t>
+          <t>Misal Alemi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257949064</t>
+          <t>9786257949200</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaşı Veli Ve Kamil İnsan Fazıl Toplum Paradigması</t>
+          <t>Münebbihat</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257949101</t>
+          <t>9786257949088</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin Edepleri</t>
+          <t>Ateşi Aşk Mesnevi Mektupları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059778978</t>
+          <t>9786257949132</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin Sırları</t>
+          <t>Tasavvuf Bize Ne Söyler?</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059778954</t>
+          <t>9786257949149</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Allah Aşkı</t>
+          <t>Ahyar ve Ebrarın Yolu: Tasavvuf</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059778947</t>
+          <t>9786059778961</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ben Sağırım Efendim</t>
+          <t>Peygamberimizin Çevresindeki Hanımlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059778930</t>
+          <t>9786257949064</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Davetlileri</t>
+          <t>Hacı Bektaşı Veli Ve Kamil İnsan Fazıl Toplum Paradigması</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059778923</t>
+          <t>9786257949101</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Okumak Ve Anlamak</t>
+          <t>Sufilerin Edepleri</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>1520401905005</t>
+          <t>9786059778978</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 50. Sayı</t>
+          <t>Sufilerin Sırları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059778909</t>
+          <t>9786059778954</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Öğretileri</t>
+          <t>Allah Aşkı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059778916</t>
+          <t>9786059778947</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Allaha Dönüş</t>
+          <t>Ben Sağırım Efendim</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059778893</t>
+          <t>9786059778930</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Hastalıkları Ve Çareleri</t>
+          <t>Cennetin Davetlileri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059778848</t>
+          <t>9786059778923</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bir Alimin Günlüğü</t>
+          <t>Kuranı Okumak Ve Anlamak</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789759993996</t>
+          <t>1520401905005</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi Sayı: 5</t>
+          <t>Keşkül Dergisi 50. Sayı</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>1520401904909</t>
+          <t>9786059778909</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 49. Sayı</t>
+          <t>Tasavvuf Öğretileri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059778886</t>
+          <t>9786059778916</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gelin Tacı</t>
+          <t>Allaha Dönüş</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>1520401904800</t>
+          <t>9786059778893</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 48. Sayı</t>
+          <t>Ruhun Hastalıkları Ve Çareleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059778855</t>
+          <t>9786059778848</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Erdemli İnsanın Yol Haritası</t>
+          <t>Bir Alimin Günlüğü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059778824</t>
+          <t>9789759993996</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Fütuhu'l-Gayb - Alemlerin Keşfi</t>
+          <t>Keşkül Dergisi Sayı: 5</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059778800</t>
+          <t>1520401904909</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şafak Yazıları 2</t>
+          <t>Keşkül Dergisi 49. Sayı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059778817</t>
+          <t>9786059778886</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Kazanılması</t>
+          <t>Gelin Tacı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>1520401904701</t>
+          <t>1520401904800</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 47. Sayı</t>
+          <t>Keşkül Dergisi 48. Sayı</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059778831</t>
+          <t>9786059778855</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Notları</t>
+          <t>Erdemli İnsanın Yol Haritası</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>1520401904602</t>
+          <t>9786059778824</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 46. Sayı</t>
+          <t>Fütuhu'l-Gayb - Alemlerin Keşfi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059778718</t>
+          <t>9786059778800</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't-Tayr - Kuşların İlahisi</t>
+          <t>Şafak Yazıları 2</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059778688</t>
+          <t>9786059778817</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İslamın Güleryüzü</t>
+          <t>Mutluluğun Kazanılması</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059778695</t>
+          <t>1520401904701</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma Fih</t>
+          <t>Keşkül Dergisi 47. Sayı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>1520401904503</t>
+          <t>9786059778831</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 45. Sayı</t>
+          <t>Tasavvuf Notları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059778701</t>
+          <t>1520401904602</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gerdanlığı - Kurtuba'ya Ağıt</t>
+          <t>Keşkül Dergisi 46. Sayı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059778640</t>
+          <t>9786059778718</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Ehl-i Beyt'e Meveddet</t>
+          <t>Mantıku't-Tayr - Kuşların İlahisi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059778657</t>
+          <t>9786059778688</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İslamda Ahlak ve Ahlak Ekolleri</t>
+          <t>İslamın Güleryüzü</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>1520401904404</t>
+          <t>9786059778695</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 44. Sayı</t>
+          <t>Fihi Ma Fih</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059778572</t>
+          <t>1520401904503</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Doğudan Batıya</t>
+          <t>Keşkül Dergisi 45. Sayı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>1520401904305</t>
+          <t>9786059778701</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 43. Sayı</t>
+          <t>Güvercin Gerdanlığı - Kurtuba'ya Ağıt</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059778565</t>
+          <t>9786059778640</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gönül Çerağını Uyandırmak</t>
+          <t>Delilleriyle Ehl-i Beyt'e Meveddet</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>1520401904206</t>
+          <t>9786059778657</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 42. Sayı</t>
+          <t>İslamda Ahlak ve Ahlak Ekolleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059778299</t>
+          <t>1520401904404</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Ruminin Unutulmuş Mesajı</t>
+          <t>Keşkül Dergisi 44. Sayı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059778435</t>
+          <t>9786059778572</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mevlanadan Görüp İşittiklerim</t>
+          <t>Doğudan Batıya</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059778459</t>
+          <t>1520401904305</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Jalaluddin Rumi S Forgotten Message (Mevlananın Unutulmuş Mesajı) (İngilizce)</t>
+          <t>Keşkül Dergisi 43. Sayı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>385</v>
+        <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059778527</t>
+          <t>9786059778565</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Psikolojisine Giriş</t>
+          <t>Gönül Çerağını Uyandırmak</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059778374</t>
+          <t>1520401904206</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Huzur Defteri 2</t>
+          <t>Keşkül Dergisi 42. Sayı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>1520401903902</t>
+          <t>9786059778299</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 39. Sayı</t>
+          <t>Mevlana Celaleddin Ruminin Unutulmuş Mesajı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059778305</t>
+          <t>9786059778435</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tuhfetül Uşşakiyye</t>
+          <t>Hz. Mevlanadan Görüp İşittiklerim</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059778312</t>
+          <t>9786059778459</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Tasavvuf Tarihine Notlar Iı</t>
+          <t>Mevlana Jalaluddin Rumi S Forgotten Message (Mevlananın Unutulmuş Mesajı) (İngilizce)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>365</v>
+        <v>385</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059778220</t>
+          <t>9786059778527</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Üzerine</t>
+          <t>Tasavvuf Psikolojisine Giriş</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789759161095</t>
+          <t>9786059778374</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Cebrailin Kanat Sesi</t>
+          <t>Huzur Defteri 2</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059778213</t>
+          <t>1520401903902</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Alemi</t>
+          <t>Keşkül Dergisi 39. Sayı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059778169</t>
+          <t>9786059778305</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Bursaydı</t>
+          <t>Tuhfetül Uşşakiyye</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059778138</t>
+          <t>9786059778312</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dört Halifenin Menkıbeleri</t>
+          <t>Anadolu Tasavvuf Tarihine Notlar Iı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>375</v>
+        <v>365</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059778152</t>
+          <t>9786059778220</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bil! Bul! Ol!</t>
+          <t>İslam Düşüncesi Üzerine</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>1520401903704</t>
+          <t>9789759161095</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 37. Sayı</t>
+          <t>Cebrailin Kanat Sesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>1520401903605</t>
+          <t>9786059778213</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 36. Sayı</t>
+          <t>Rüyalar Alemi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>1520401902806</t>
+          <t>9786059778169</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 28. Sayı</t>
+          <t>Bir Zamanlar Bursaydı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059778077</t>
+          <t>9786059778138</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ayırmaya Değil Birleştirmeye Geldik</t>
+          <t>Dört Halifenin Menkıbeleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059778107</t>
+          <t>9786059778152</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Nefislerin Terbiyesi</t>
+          <t>Bil! Bul! Ol!</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055215996</t>
+          <t>1520401903704</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ben Dervişim Diyene</t>
+          <t>Keşkül Dergisi 37. Sayı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>365</v>
+        <v>120</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055215965</t>
+          <t>1520401903605</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Aşktır Asıl Şarap</t>
+          <t>Keşkül Dergisi 36. Sayı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>1520401903506</t>
+          <t>1520401902806</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 35. Sayı</t>
+          <t>Keşkül Dergisi 28. Sayı</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055215842</t>
+          <t>9786059778077</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Şair Sufiler</t>
+          <t>Ayırmaya Değil Birleştirmeye Geldik</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055215910</t>
+          <t>9786059778107</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Altın Çağı</t>
+          <t>Nefislerin Terbiyesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>1520401903308</t>
+          <t>9786055215996</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 33. Sayı</t>
+          <t>Ben Dervişim Diyene</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055215736</t>
+          <t>9786055215965</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kış Hasadı</t>
+          <t>Aşktır Asıl Şarap</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789759161545</t>
+          <t>1520401903506</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Ruhu</t>
+          <t>Keşkül Dergisi 35. Sayı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>365</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789759161774</t>
+          <t>9786055215842</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Huzur Defteri</t>
+          <t>Şair Sufiler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059778183</t>
+          <t>9786055215910</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bir Neyzen İki Derya</t>
+          <t>Tasavvufun Altın Çağı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055215552</t>
+          <t>1520401903308</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler</t>
+          <t>Keşkül Dergisi 33. Sayı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055215712</t>
+          <t>9786055215736</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Herkes Seni Terk Etse Aşk Terk Etmez</t>
+          <t>Kış Hasadı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>1520401903100</t>
+          <t>9789759161545</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi Sayı: 31 2014/Temmuz</t>
+          <t>Anadolu’nun Ruhu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>120</v>
+        <v>365</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055215668</t>
+          <t>9789759161774</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Vakitler</t>
+          <t>Huzur Defteri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>1520401901908</t>
+          <t>9786059778183</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 19. Sayı</t>
+          <t>Bir Neyzen İki Derya</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>1520401903407</t>
+          <t>9786055215552</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 34. Sayı</t>
+          <t>Sohbetler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059778176</t>
+          <t>9786055215712</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Tasavvuf Tarihine Notlar I</t>
+          <t>Herkes Seni Terk Etse Aşk Terk Etmez</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>365</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055215828</t>
+          <t>1520401903100</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gelenek Sanat Ve Medeniyet</t>
+          <t>Keşkül Dergisi Sayı: 31 2014/Temmuz</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055215835</t>
+          <t>9786055215668</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sufi ve Sanat</t>
+          <t>Mübarek Vakitler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055215682</t>
+          <t>1520401901908</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l Hüsna Şerhi</t>
+          <t>Keşkül Dergisi 19. Sayı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>1520401903803</t>
+          <t>1520401903407</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 38. Sayı</t>
+          <t>Keşkül Dergisi 34. Sayı</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055215637</t>
+          <t>9786059778176</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bir Noktası</t>
+          <t>Anadolu Tasavvuf Tarihine Notlar I</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>300</v>
+        <v>365</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789759161446</t>
+          <t>9786055215828</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Peygamberi Hazreti Muhammed (Sav)</t>
+          <t>Gelenek, Sanat ve Medeniyet</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789759161279</t>
+          <t>9786055215835</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Mevlânâ İle Bir Ömür</t>
+          <t>Sufi ve Sanat</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789759161712</t>
+          <t>9786055215682</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Esmaü’l-Hüsna</t>
+          <t>Esmaü'l Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>1520401902608</t>
+          <t>1520401903803</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 26. Sayı</t>
+          <t>Keşkül Dergisi 38. Sayı</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>1520401902509</t>
+          <t>9786055215637</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 25. Sayı</t>
+          <t>Aşkın Bir Noktası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>1520401902400</t>
+          <t>9789759161446</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 24. Sayı</t>
+          <t>Muhabbet Peygamberi Hazreti Muhammed (Sav)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>1520401902202</t>
+          <t>9789759161279</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 22. Sayı</t>
+          <t>Mevlânâ İle Bir Ömür</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>1520401902707</t>
+          <t>9789759161712</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 27. Sayı</t>
+          <t>Esmaü’l-Hüsna</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789759161705</t>
+          <t>1520401902608</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufa Giriş</t>
+          <t>Keşkül Dergisi 26. Sayı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789759161309</t>
+          <t>1520401902509</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Keşif Ve Kerâmet</t>
+          <t>Keşkül Dergisi 25. Sayı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789759161590</t>
+          <t>1520401902400</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Şifaü’l Esrar</t>
+          <t>Keşkül Dergisi 24. Sayı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789759161408</t>
+          <t>1520401902202</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şeyh-i Ekber İbn Arabi Düşüncesine Giriş</t>
+          <t>Keşkül Dergisi 22. Sayı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789759161217</t>
+          <t>1520401902707</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Özhan ile Şarkılar Seni Söyler</t>
+          <t>Keşkül Dergisi 27. Sayı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759161538</t>
+          <t>9789759161705</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Su Üstüne Yazı Yazmak</t>
+          <t>Tasavvufa Giriş</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789759161002</t>
+          <t>9789759161309</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sohbetleri</t>
+          <t>Keşif Ve Kerâmet</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055215231</t>
+          <t>9789759161590</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Nur Kandili</t>
+          <t>Şifaü’l Esrar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789759161200</t>
+          <t>9789759161408</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Neyin Feryadı</t>
+          <t>Şeyh-i Ekber İbn Arabi Düşüncesine Giriş</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789759161392</t>
+          <t>9789759161217</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Muhyiddin İbn Arabi - Kibriti Ahmerin Peşinde</t>
+          <t>Ahmet Özhan ile Şarkılar Seni Söyler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789759161569</t>
+          <t>9789759161538</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Şerhi</t>
+          <t>Su Üstüne Yazı Yazmak</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>1520401902103</t>
+          <t>9789759161002</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 21. Sayı</t>
+          <t>Gönül Sohbetleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>1520401902301</t>
+          <t>9786055215231</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 23. Sayı</t>
+          <t>Nur Kandili</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>1520401901601</t>
+          <t>9789759161200</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 16. Sayı</t>
+          <t>Neyin Feryadı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>1520401901502</t>
+          <t>9789759161392</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 15. Sayı</t>
+          <t>Muhyiddin İbn Arabi - Kibriti Ahmerin Peşinde</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>120</v>
+        <v>425</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789759161286</t>
+          <t>9789759161569</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kamil Mürşidlerin Mirası</t>
+          <t>Mesnevi Şerhi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055215521</t>
+          <t>1520401902103</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İmamı Rabbani Risaleleri</t>
+          <t>Keşkül Dergisi 21. Sayı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789759161422</t>
+          <t>1520401902301</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hikem-i Ataiyye Şerhi</t>
+          <t>Keşkül Dergisi 23. Sayı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055215446</t>
+          <t>1520401901601</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Satır Araları</t>
+          <t>Keşkül Dergisi 16. Sayı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789759161156</t>
+          <t>1520401901502</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gönül Gözü</t>
+          <t>Keşkül Dergisi 15. Sayı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789759161781</t>
+          <t>9789759161286</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Koridoru</t>
+          <t>Kamil Mürşidlerin Mirası</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789759161231</t>
+          <t>9786055215521</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Füsusul Hikem</t>
+          <t>İmamı Rabbani Risaleleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789759161255</t>
+          <t>9789759161422</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Evvele Yolculuk</t>
+          <t>Hikem-i Ataiyye Şerhi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>365</v>
+        <v>380</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055215262</t>
+          <t>9786055215446</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Efe Hazretleri</t>
+          <t>Hayatın Satır Araları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789759161385</t>
+          <t>9789759161156</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Dinle Neyden</t>
+          <t>Gönül Gözü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789759161699</t>
+          <t>9789759161781</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mevlana</t>
+          <t>Gölgeler Koridoru</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055215255</t>
+          <t>9789759161231</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İbnül Arabı Metafiziği</t>
+          <t>Füsusu’l-Hikem</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789759161958</t>
+          <t>9789759161255</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Vakte Karşı Sözler</t>
+          <t>Evvele Yolculuk</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789759161613</t>
+          <t>9786055215262</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Davaya Benzer</t>
+          <t>Efe Hazretleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>425</v>
+        <v>270</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
+          <t>9789759161385</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Dinle Neyden</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789759161699</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Mevlana</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786055215255</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>İbnül Arabı Metafiziği</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789759161958</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Vakte Karşı Sözler</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789759161613</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Bir Davaya Benzer</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
           <t>9789759161965</t>
         </is>
       </c>
-      <c r="B207" s="1" t="inlineStr">
+      <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Amerika’da Bir Türk</t>
         </is>
       </c>
-      <c r="C207" s="1">
+      <c r="C212" s="1">
         <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>