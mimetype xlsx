--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,3205 +85,3295 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255803047</t>
+          <t>9786255803078</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Satrancı</t>
+          <t>İbn Miskeveyh - Arınma ve Erdem</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055215774</t>
+          <t>9786255803061</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Üzerine Konuşmalar</t>
+          <t>Tevekkül</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055215750</t>
+          <t>9786255803108</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Düşüncesi</t>
+          <t>Hikem-i Ataiyye</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257949903</t>
+          <t>9786255803092</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şükür Defteri (Ciltli)</t>
+          <t>Fütüvvet - Erdemli İnsan</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255803030</t>
+          <t>9786255803085</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neden Aldanır?</t>
+          <t>Adalet - Risaleler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255803016</t>
+          <t>9786255803054</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gafletten Uyanış</t>
+          <t>Hakikatin İç Seması</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>95</v>
+        <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255803023</t>
+          <t>9786255803047</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sufilere Armağan</t>
+          <t>Ariflerin Satrancı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055215866</t>
+          <t>9786055215774</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sufi Terapistin Sohbet Günlüğü</t>
+          <t>Mevlana Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255803009</t>
+          <t>9786055215750</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul</t>
+          <t>Tasavvuf Düşüncesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055215217</t>
+          <t>9786257949903</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>18 Beyit - Dinle</t>
+          <t>Şükür Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259524382</t>
+          <t>9786255803030</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık İnce İnsanlıktır</t>
+          <t>İnsan Neden Aldanır?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259524375</t>
+          <t>9786255803016</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Neden İman Ederiz?</t>
+          <t>Gafletten Uyanış</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>175</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259524368</t>
+          <t>9786255803023</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hakiki Mutluluğun Sırrı</t>
+          <t>Sufilere Armağan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055215934</t>
+          <t>9786055215866</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aşkname</t>
+          <t>Sufi Terapistin Sohbet Günlüğü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059778602</t>
+          <t>9786255803009</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şafak Yazıları I</t>
+          <t>Ey Oğul</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789759161248</t>
+          <t>9786055215217</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yol, Bilgi ve Varlık</t>
+          <t>18 Beyit - Dinle</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>8.33</v>
+        <v>225</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789759161330</t>
+          <t>9786259524382</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyılda Bir Veli</t>
+          <t>Müslümanlık İnce İnsanlıktır</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055215248</t>
+          <t>9786259524375</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Toynak Sesini Duyunca Zebra Gelsin Aklına</t>
+          <t>Neden İman Ederiz?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789759161361</t>
+          <t>9786259524368</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sufi’nin Dünyası</t>
+          <t>Hakiki Mutluluğun Sırrı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>11.11</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789759161194</t>
+          <t>9786055215934</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Seyr ü Süluk Risalesi</t>
+          <t>Aşkname</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>8.33</v>
+        <v>275</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789759161057</t>
+          <t>9786059778602</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Rabbani İlhamlar Mebde ve Mead</t>
+          <t>Şafak Yazıları I</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>8.33</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789759161125</t>
+          <t>9789759161248</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Ehl - i Kitap ile Diyaloğu</t>
+          <t>Yol, Bilgi ve Varlık</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>8.8</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789759161064</t>
+          <t>9789759161330</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Evliyaullahtan Hac Hikayeleri</t>
+          <t>Yirminci Yüzyılda Bir Veli</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>8.33</v>
+        <v>165</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9799759161049</t>
+          <t>9786055215248</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dört Halifeden Menkıbeler Menakıb-ı Çehar Yar-ı Güzin</t>
+          <t>Toynak Sesini Duyunca Zebra Gelsin Aklına</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>9.26</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789759161085</t>
+          <t>9789759161361</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Cebrail’in Kanat Sesi</t>
+          <t>Sufi’nin Dünyası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>11.57</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>1520401904008</t>
+          <t>9789759161194</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 40. Sayı</t>
+          <t>Seyr ü Süluk Risalesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000036459</t>
+          <t>9789759161057</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Klasikleri Seti (5 Kitap - Ahşap Kutu Hediyeli)</t>
+          <t>Rabbani İlhamlar Mebde ve Mead</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>99.54</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059778671</t>
+          <t>9789759161125</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kalp Nefs ve Ruh</t>
+          <t>Peygamberimizin Ehl - i Kitap ile Diyaloğu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990059778862</t>
+          <t>9789759161064</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Pendname - Öğütler Kitabı</t>
+          <t>Evliyaullahtan Hac Hikayeleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>30</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257949385</t>
+          <t>9799759161049</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sen Sen Ol Sevgili Kızım</t>
+          <t>Dört Halifeden Menkıbeler Menakıb-ı Çehar Yar-ı Güzin</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259524351</t>
+          <t>9789759161085</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hippi Nihat</t>
+          <t>Cebrail’in Kanat Sesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259524344</t>
+          <t>1520401904008</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Münacatname</t>
+          <t>Keşkül Dergisi 40. Sayı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259524320</t>
+          <t>3990000036459</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ve Ötesi</t>
+          <t>Tasavvuf Klasikleri Seti (5 Kitap - Ahşap Kutu Hediyeli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>130</v>
+        <v>99.54</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259524313</t>
+          <t>9786059778671</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Melekutun Keşfi</t>
+          <t>Kalp Nefs ve Ruh</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259445182</t>
+          <t>3990059778862</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dilin Afetleri</t>
+          <t>Pendname - Öğütler Kitabı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059778541</t>
+          <t>9786257949385</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sufi ve Şiir</t>
+          <t>Sen Sen Ol Sevgili Kızım</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>365</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259524306</t>
+          <t>9786259524351</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Marifet Kapısı</t>
+          <t>Hippi Nihat</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259445175</t>
+          <t>9786259524344</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Yöneliş</t>
+          <t>Münacatname</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259445168</t>
+          <t>9786259524320</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Halleri</t>
+          <t>Ölüm Ve Ötesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259445151</t>
+          <t>9786259524313</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Zaferleri</t>
+          <t>Melekutun Keşfi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>365</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259445144</t>
+          <t>9786259445182</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Unutma Hep Hatırla</t>
+          <t>Dilin Afetleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789759161460</t>
+          <t>9786059778541</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kırk Mektup</t>
+          <t>Sufi ve Şiir</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>425</v>
+        <v>365</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789759161972</t>
+          <t>9786259524306</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle An Seyretmek</t>
+          <t>Marifet Kapısı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259445137</t>
+          <t>9786259445175</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Beyond The Coral Reef</t>
+          <t>Allah’a Yöneliş</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259445120</t>
+          <t>9786259445168</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mercan Resiflerinin Ötesi</t>
+          <t>Aşıkların Halleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257949613</t>
+          <t>9786259445151</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Halleri</t>
+          <t>Tasavvufun Zaferleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059778381</t>
+          <t>9786259445144</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hermesler Hermesi</t>
+          <t>Unutma Hep Hatırla</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259445113</t>
+          <t>9789759161460</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Meclis-İ Meşayıh</t>
+          <t>Kırk Mektup</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>365</v>
+        <v>425</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257949996</t>
+          <t>9789759161972</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Geleneğin Peşinde</t>
+          <t>Aşk İle An Seyretmek</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259445106</t>
+          <t>9786259445137</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Allah Kulunu Severse</t>
+          <t>Beyond The Coral Reef</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257949989</t>
+          <t>9786259445120</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Nefsani İsteklerin Kırılması</t>
+          <t>Mercan Resiflerinin Ötesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257949972</t>
+          <t>9786257949613</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Eyyühel Bülbül</t>
+          <t>Kalbin Halleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257949965</t>
+          <t>9786059778381</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Annelerimiz - Ezvac-ı Tahirat</t>
+          <t>Hermesler Hermesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257949958</t>
+          <t>9786259445113</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Müjdelerle Gelen Elçi - Meciül Beşir Li Eclit Tebşir</t>
+          <t>Meclis-İ Meşayıh</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>130</v>
+        <v>365</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257949941</t>
+          <t>9786257949996</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Devrana Girip Seyran Edelim</t>
+          <t>Geleneğin Peşinde</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257949934</t>
+          <t>9786259445106</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bilgelikler Kitabı</t>
+          <t>Allah Kulunu Severse</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257949927</t>
+          <t>9786257949989</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tekkede Pişmek</t>
+          <t>Nefsani İsteklerin Kırılması</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257949910</t>
+          <t>9786257949972</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Anlamı</t>
+          <t>Eyyühel Bülbül</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257949897</t>
+          <t>9786257949965</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Reydetül-Esrar: Hz. Alinin Yüz Sözü Ve Şerhleri</t>
+          <t>Mübarek Annelerimiz - Ezvac-ı Tahirat</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257949880</t>
+          <t>9786257949958</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sordum Sarı Çiçeğe</t>
+          <t>Müjdelerle Gelen Elçi - Meciül Beşir Li Eclit Tebşir</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257949873</t>
+          <t>9786257949941</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Ruhu</t>
+          <t>Devrana Girip Seyran Edelim</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257949859</t>
+          <t>9786257949934</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İlahi Vuslat</t>
+          <t>Bilgelikler Kitabı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257949866</t>
+          <t>9786257949927</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sübhan</t>
+          <t>Tekkede Pişmek</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257949842</t>
+          <t>9786257949910</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Nefsi Arındırmak</t>
+          <t>Kalbin Anlamı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257949781</t>
+          <t>9786257949897</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Derviş Sokağı</t>
+          <t>Reydetül-Esrar: Hz. Alinin Yüz Sözü Ve Şerhleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>700</v>
+        <v>225</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257949835</t>
+          <t>9786257949880</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Oğul Sen Sen Ol</t>
+          <t>Sordum Sarı Çiçeğe</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257949828</t>
+          <t>9786257949873</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Halifenin Rüyaları</t>
+          <t>İbadetlerin Ruhu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>475</v>
+        <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257949804</t>
+          <t>9786257949859</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İlahi Huzurda &amp; Sonsuzla Bağ Kurmak ve Bilinçli Farkındalık</t>
+          <t>İlahi Vuslat</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257949798</t>
+          <t>9786257949866</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Dersleri</t>
+          <t>Sübhan</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257949774</t>
+          <t>9786257949842</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sufiyim Halk İçinde: Yunus Emre</t>
+          <t>Nefsi Arındırmak</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257949750</t>
+          <t>9786257949781</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kalb-İ Selim</t>
+          <t>Derviş Sokağı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257949743</t>
+          <t>9786257949835</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan - Evrensel Bilgeliğin Kitabı</t>
+          <t>Oğul Sen Sen Ol</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>1520401901205</t>
+          <t>9786257949828</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 12. Sayı</t>
+          <t>Halifenin Rüyaları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>120</v>
+        <v>475</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>1520401901106</t>
+          <t>9786257949804</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 11. Sayı</t>
+          <t>İlahi Huzurda &amp; Sonsuzla Bağ Kurmak ve Bilinçli Farkındalık</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>1520401901007</t>
+          <t>9786257949798</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 10. Sayı</t>
+          <t>Tasavvuf Dersleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>1520401900901</t>
+          <t>9786257949774</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 9. Sayı</t>
+          <t>Sufiyim Halk İçinde: Yunus Emre</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>1520401900604</t>
+          <t>9786257949750</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 6. Sayı</t>
+          <t>Kalb-İ Selim</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>1520401902905</t>
+          <t>9786257949743</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 29. Sayı</t>
+          <t>Bostan ve Gülistan - Evrensel Bilgeliğin Kitabı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257949606</t>
+          <t>1520401901205</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sufizm İslamın Mistik Geleneğine Giriş</t>
+          <t>Keşkül Dergisi 12. Sayı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059778862</t>
+          <t>1520401901106</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Keşkül Dergisi 11. Sayı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257949590</t>
+          <t>1520401901007</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şemsiyye</t>
+          <t>Keşkül Dergisi 10. Sayı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257949576</t>
+          <t>1520401900901</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Velayet Mührü</t>
+          <t>Keşkül Dergisi 9. Sayı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257949521</t>
+          <t>1520401900604</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Derviş Pusulası</t>
+          <t>Keşkül Dergisi 6. Sayı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257949040</t>
+          <t>1520401902905</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Şefik Can Hatıralar</t>
+          <t>Keşkül Dergisi 29. Sayı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257949224</t>
+          <t>9786257949606</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Payitahtta Bir Şazeli</t>
+          <t>Sufizm İslamın Mistik Geleneğine Giriş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257949514</t>
+          <t>9786059778862</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nun Kapısı</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257949507</t>
+          <t>9786257949590</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ehli Beyti Muhammedi Muhammedi Silsile</t>
+          <t>Şemsiyye</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257949361</t>
+          <t>9786257949576</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Takvimi</t>
+          <t>Velayet Mührü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257949415</t>
+          <t>9786257949521</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ruşen-i Dil-Nüvaz Bir Gülşen-i Raz Şerhi</t>
+          <t>Derviş Pusulası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257949330</t>
+          <t>9786257949040</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tahura</t>
+          <t>Şefik Can Hatıralar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257949163</t>
+          <t>9786257949224</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Duanın Ruhu</t>
+          <t>Payitahtta Bir Şazeli</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257949217</t>
+          <t>9786257949514</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Misal Alemi</t>
+          <t>Nun Kapısı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257949200</t>
+          <t>9786257949507</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Münebbihat</t>
+          <t>Ehli Beyti Muhammedi Muhammedi Silsile</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257949088</t>
+          <t>9786257949361</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Aşk Mesnevi Mektupları</t>
+          <t>Müslümanın Takvimi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257949132</t>
+          <t>9786257949415</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Bize Ne Söyler?</t>
+          <t>Ruşen-i Dil-Nüvaz Bir Gülşen-i Raz Şerhi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257949149</t>
+          <t>9786257949330</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ahyar ve Ebrarın Yolu: Tasavvuf</t>
+          <t>Tahura</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059778961</t>
+          <t>9786257949163</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Çevresindeki Hanımlar</t>
+          <t>Duanın Ruhu</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257949064</t>
+          <t>9786257949217</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaşı Veli Ve Kamil İnsan Fazıl Toplum Paradigması</t>
+          <t>Misal Alemi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257949101</t>
+          <t>9786257949200</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin Edepleri</t>
+          <t>Münebbihat</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059778978</t>
+          <t>9786257949088</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin Sırları</t>
+          <t>Ateşi Aşk Mesnevi Mektupları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059778954</t>
+          <t>9786257949132</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Allah Aşkı</t>
+          <t>Tasavvuf Bize Ne Söyler?</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059778947</t>
+          <t>9786257949149</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ben Sağırım Efendim</t>
+          <t>Ahyar ve Ebrarın Yolu: Tasavvuf</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059778930</t>
+          <t>9786059778961</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Davetlileri</t>
+          <t>Peygamberimizin Çevresindeki Hanımlar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059778923</t>
+          <t>9786257949064</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Okumak Ve Anlamak</t>
+          <t>Hacı Bektaşı Veli Ve Kamil İnsan Fazıl Toplum Paradigması</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>1520401905005</t>
+          <t>9786257949101</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 50. Sayı</t>
+          <t>Sufilerin Edepleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059778909</t>
+          <t>9786059778978</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Öğretileri</t>
+          <t>Sufilerin Sırları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059778916</t>
+          <t>9786059778954</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Allaha Dönüş</t>
+          <t>Allah Aşkı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059778893</t>
+          <t>9786059778947</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Hastalıkları Ve Çareleri</t>
+          <t>Ben Sağırım Efendim</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059778848</t>
+          <t>9786059778930</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bir Alimin Günlüğü</t>
+          <t>Cennetin Davetlileri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789759993996</t>
+          <t>9786059778923</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi Sayı: 5</t>
+          <t>Kuranı Okumak Ve Anlamak</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>1520401904909</t>
+          <t>1520401905005</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 49. Sayı</t>
+          <t>Keşkül Dergisi 50. Sayı</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059778886</t>
+          <t>9786059778909</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gelin Tacı</t>
+          <t>Tasavvuf Öğretileri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>1520401904800</t>
+          <t>9786059778916</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 48. Sayı</t>
+          <t>Allaha Dönüş</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059778855</t>
+          <t>9786059778893</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Erdemli İnsanın Yol Haritası</t>
+          <t>Ruhun Hastalıkları Ve Çareleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059778824</t>
+          <t>9786059778848</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Fütuhu'l-Gayb - Alemlerin Keşfi</t>
+          <t>Bir Alimin Günlüğü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059778800</t>
+          <t>9789759993996</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şafak Yazıları 2</t>
+          <t>Keşkül Dergisi Sayı: 5</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059778817</t>
+          <t>1520401904909</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Kazanılması</t>
+          <t>Keşkül Dergisi 49. Sayı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>1520401904701</t>
+          <t>9786059778886</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 47. Sayı</t>
+          <t>Gelin Tacı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059778831</t>
+          <t>1520401904800</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Notları</t>
+          <t>Keşkül Dergisi 48. Sayı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>1520401904602</t>
+          <t>9786059778855</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 46. Sayı</t>
+          <t>Erdemli İnsanın Yol Haritası</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059778718</t>
+          <t>9786059778824</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't-Tayr - Kuşların İlahisi</t>
+          <t>Fütuhu'l-Gayb - Alemlerin Keşfi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059778688</t>
+          <t>9786059778800</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İslamın Güleryüzü</t>
+          <t>Şafak Yazıları 2</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059778695</t>
+          <t>9786059778817</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma Fih</t>
+          <t>Mutluluğun Kazanılması</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>1520401904503</t>
+          <t>1520401904701</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 45. Sayı</t>
+          <t>Keşkül Dergisi 47. Sayı</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059778701</t>
+          <t>9786059778831</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gerdanlığı - Kurtuba'ya Ağıt</t>
+          <t>Tasavvuf Notları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059778640</t>
+          <t>1520401904602</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Delilleriyle Ehl-i Beyt'e Meveddet</t>
+          <t>Keşkül Dergisi 46. Sayı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059778657</t>
+          <t>9786059778718</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İslamda Ahlak ve Ahlak Ekolleri</t>
+          <t>Mantıku't-Tayr - Kuşların İlahisi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>1520401904404</t>
+          <t>9786059778688</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 44. Sayı</t>
+          <t>İslamın Güleryüzü</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059778572</t>
+          <t>9786059778695</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Doğudan Batıya</t>
+          <t>Fihi Ma Fih</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>1520401904305</t>
+          <t>1520401904503</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 43. Sayı</t>
+          <t>Keşkül Dergisi 45. Sayı</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059778565</t>
+          <t>9786059778701</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gönül Çerağını Uyandırmak</t>
+          <t>Güvercin Gerdanlığı - Kurtuba'ya Ağıt</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>1520401904206</t>
+          <t>9786059778640</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 42. Sayı</t>
+          <t>Delilleriyle Ehl-i Beyt'e Meveddet</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059778299</t>
+          <t>9786059778657</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Ruminin Unutulmuş Mesajı</t>
+          <t>İslamda Ahlak ve Ahlak Ekolleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059778435</t>
+          <t>1520401904404</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mevlanadan Görüp İşittiklerim</t>
+          <t>Keşkül Dergisi 44. Sayı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059778459</t>
+          <t>9786059778572</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Jalaluddin Rumi S Forgotten Message (Mevlananın Unutulmuş Mesajı) (İngilizce)</t>
+          <t>Doğudan Batıya</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>385</v>
+        <v>425</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059778527</t>
+          <t>1520401904305</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Psikolojisine Giriş</t>
+          <t>Keşkül Dergisi 43. Sayı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059778374</t>
+          <t>9786059778565</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Huzur Defteri 2</t>
+          <t>Gönül Çerağını Uyandırmak</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>1520401903902</t>
+          <t>1520401904206</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 39. Sayı</t>
+          <t>Keşkül Dergisi 42. Sayı</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059778305</t>
+          <t>9786059778299</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tuhfetül Uşşakiyye</t>
+          <t>Mevlana Celaleddin Ruminin Unutulmuş Mesajı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059778312</t>
+          <t>9786059778435</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Tasavvuf Tarihine Notlar Iı</t>
+          <t>Hz. Mevlanadan Görüp İşittiklerim</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>365</v>
+        <v>275</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059778220</t>
+          <t>9786059778459</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Üzerine</t>
+          <t>Mevlana Jalaluddin Rumi S Forgotten Message (Mevlananın Unutulmuş Mesajı) (İngilizce)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789759161095</t>
+          <t>9786059778527</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Cebrailin Kanat Sesi</t>
+          <t>Tasavvuf Psikolojisine Giriş</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059778213</t>
+          <t>9786059778374</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Alemi</t>
+          <t>Huzur Defteri 2</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059778169</t>
+          <t>1520401903902</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Bursaydı</t>
+          <t>Keşkül Dergisi 39. Sayı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059778138</t>
+          <t>9786059778305</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Dört Halifenin Menkıbeleri</t>
+          <t>Tuhfetül Uşşakiyye</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059778152</t>
+          <t>9786059778312</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bil! Bul! Ol!</t>
+          <t>Anadolu Tasavvuf Tarihine Notlar Iı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>365</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>1520401903704</t>
+          <t>9786059778220</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 37. Sayı</t>
+          <t>İslam Düşüncesi Üzerine</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>1520401903605</t>
+          <t>9789759161095</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 36. Sayı</t>
+          <t>Cebrailin Kanat Sesi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>1520401902806</t>
+          <t>9786059778213</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 28. Sayı</t>
+          <t>Rüyalar Alemi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059778077</t>
+          <t>9786059778169</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ayırmaya Değil Birleştirmeye Geldik</t>
+          <t>Bir Zamanlar Bursaydı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059778107</t>
+          <t>9786059778138</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Nefislerin Terbiyesi</t>
+          <t>Dört Halifenin Menkıbeleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055215996</t>
+          <t>9786059778152</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ben Dervişim Diyene</t>
+          <t>Bil! Bul! Ol!</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055215965</t>
+          <t>1520401903704</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Aşktır Asıl Şarap</t>
+          <t>Keşkül Dergisi 37. Sayı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>1520401903506</t>
+          <t>1520401903605</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 35. Sayı</t>
+          <t>Keşkül Dergisi 36. Sayı</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055215842</t>
+          <t>1520401902806</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şair Sufiler</t>
+          <t>Keşkül Dergisi 28. Sayı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055215910</t>
+          <t>9786059778077</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Altın Çağı</t>
+          <t>Ayırmaya Değil Birleştirmeye Geldik</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>1520401903308</t>
+          <t>9786059778107</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 33. Sayı</t>
+          <t>Nefislerin Terbiyesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055215736</t>
+          <t>9786055215996</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kış Hasadı</t>
+          <t>Ben Dervişim Diyene</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789759161545</t>
+          <t>9786055215965</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Ruhu</t>
+          <t>Aşktır Asıl Şarap</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>365</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789759161774</t>
+          <t>1520401903506</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Huzur Defteri</t>
+          <t>Keşkül Dergisi 35. Sayı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059778183</t>
+          <t>9786055215842</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bir Neyzen İki Derya</t>
+          <t>Şair Sufiler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055215552</t>
+          <t>9786055215910</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler</t>
+          <t>Tasavvufun Altın Çağı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055215712</t>
+          <t>1520401903308</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Herkes Seni Terk Etse Aşk Terk Etmez</t>
+          <t>Keşkül Dergisi 33. Sayı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>1520401903100</t>
+          <t>9786055215736</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi Sayı: 31 2014/Temmuz</t>
+          <t>Kış Hasadı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055215668</t>
+          <t>9789759161545</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Vakitler</t>
+          <t>Anadolu’nun Ruhu</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>290</v>
+        <v>365</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>1520401901908</t>
+          <t>9789759161774</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 19. Sayı</t>
+          <t>Huzur Defteri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>1520401903407</t>
+          <t>9786059778183</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 34. Sayı</t>
+          <t>Bir Neyzen İki Derya</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059778176</t>
+          <t>9786055215552</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Tasavvuf Tarihine Notlar I</t>
+          <t>Sohbetler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>365</v>
+        <v>260</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055215828</t>
+          <t>9786055215712</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Gelenek, Sanat ve Medeniyet</t>
+          <t>Herkes Seni Terk Etse Aşk Terk Etmez</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055215835</t>
+          <t>1520401903100</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sufi ve Sanat</t>
+          <t>Keşkül Dergisi Sayı: 31 2014/Temmuz</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055215682</t>
+          <t>9786055215668</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l Hüsna Şerhi</t>
+          <t>Mübarek Vakitler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>1520401903803</t>
+          <t>1520401901908</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 38. Sayı</t>
+          <t>Keşkül Dergisi 19. Sayı</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055215637</t>
+          <t>1520401903407</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bir Noktası</t>
+          <t>Keşkül Dergisi 34. Sayı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789759161446</t>
+          <t>9786059778176</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Peygamberi Hazreti Muhammed (Sav)</t>
+          <t>Anadolu Tasavvuf Tarihine Notlar I</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>260</v>
+        <v>365</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789759161279</t>
+          <t>9786055215828</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mevlânâ İle Bir Ömür</t>
+          <t>Gelenek, Sanat ve Medeniyet</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789759161712</t>
+          <t>9786055215835</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Esmaü’l-Hüsna</t>
+          <t>Sufi ve Sanat</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>1520401902608</t>
+          <t>9786055215682</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 26. Sayı</t>
+          <t>Esmaü'l Hüsna Şerhi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>1520401902509</t>
+          <t>1520401903803</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 25. Sayı</t>
+          <t>Keşkül Dergisi 38. Sayı</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>1520401902400</t>
+          <t>9786055215637</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 24. Sayı</t>
+          <t>Aşkın Bir Noktası</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>1520401902202</t>
+          <t>9789759161446</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 22. Sayı</t>
+          <t>Muhabbet Peygamberi Hazreti Muhammed (Sav)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>1520401902707</t>
+          <t>9789759161279</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 27. Sayı</t>
+          <t>Mevlânâ İle Bir Ömür</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759161705</t>
+          <t>9789759161712</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufa Giriş</t>
+          <t>Esmaü’l-Hüsna</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789759161309</t>
+          <t>1520401902608</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Keşif Ve Kerâmet</t>
+          <t>Keşkül Dergisi 26. Sayı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789759161590</t>
+          <t>1520401902509</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Şifaü’l Esrar</t>
+          <t>Keşkül Dergisi 25. Sayı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789759161408</t>
+          <t>1520401902400</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Şeyh-i Ekber İbn Arabi Düşüncesine Giriş</t>
+          <t>Keşkül Dergisi 24. Sayı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789759161217</t>
+          <t>1520401902202</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Özhan ile Şarkılar Seni Söyler</t>
+          <t>Keşkül Dergisi 22. Sayı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789759161538</t>
+          <t>1520401902707</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Su Üstüne Yazı Yazmak</t>
+          <t>Keşkül Dergisi 27. Sayı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789759161002</t>
+          <t>9789759161705</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sohbetleri</t>
+          <t>Tasavvufa Giriş</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055215231</t>
+          <t>9789759161309</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Nur Kandili</t>
+          <t>Keşif Ve Kerâmet</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789759161200</t>
+          <t>9789759161590</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Neyin Feryadı</t>
+          <t>Şifaü’l Esrar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789759161392</t>
+          <t>9789759161408</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Muhyiddin İbn Arabi - Kibriti Ahmerin Peşinde</t>
+          <t>Şeyh-i Ekber İbn Arabi Düşüncesine Giriş</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789759161569</t>
+          <t>9789759161217</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Şerhi</t>
+          <t>Ahmet Özhan ile Şarkılar Seni Söyler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>1520401902103</t>
+          <t>9789759161538</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 21. Sayı</t>
+          <t>Su Üstüne Yazı Yazmak</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>1520401902301</t>
+          <t>9789759161002</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 23. Sayı</t>
+          <t>Gönül Sohbetleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>1520401901601</t>
+          <t>9786055215231</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 16. Sayı</t>
+          <t>Nur Kandili</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>1520401901502</t>
+          <t>9789759161200</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Keşkül Dergisi 15. Sayı</t>
+          <t>Neyin Feryadı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789759161286</t>
+          <t>9789759161392</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kamil Mürşidlerin Mirası</t>
+          <t>Muhyiddin İbn Arabi - Kibriti Ahmerin Peşinde</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055215521</t>
+          <t>9789759161569</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İmamı Rabbani Risaleleri</t>
+          <t>Mesnevi Şerhi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789759161422</t>
+          <t>1520401902103</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hikem-i Ataiyye Şerhi</t>
+          <t>Keşkül Dergisi 21. Sayı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055215446</t>
+          <t>1520401902301</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Satır Araları</t>
+          <t>Keşkül Dergisi 23. Sayı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789759161156</t>
+          <t>1520401901601</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Gönül Gözü</t>
+          <t>Keşkül Dergisi 16. Sayı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789759161781</t>
+          <t>1520401901502</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Koridoru</t>
+          <t>Keşkül Dergisi 15. Sayı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789759161231</t>
+          <t>9789759161286</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Füsusu’l-Hikem</t>
+          <t>Kamil Mürşidlerin Mirası</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>260</v>
+        <v>375</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789759161255</t>
+          <t>9786055215521</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Evvele Yolculuk</t>
+          <t>İmamı Rabbani Risaleleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>365</v>
+        <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055215262</t>
+          <t>9789759161422</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Efe Hazretleri</t>
+          <t>Hikem-i Ataiyye Şerhi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789759161385</t>
+          <t>9786055215446</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Dinle Neyden</t>
+          <t>Hayatın Satır Araları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789759161699</t>
+          <t>9789759161156</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mevlana</t>
+          <t>Gönül Gözü</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055215255</t>
+          <t>9789759161781</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İbnül Arabı Metafiziği</t>
+          <t>Gölgeler Koridoru</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789759161958</t>
+          <t>9789759161231</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Vakte Karşı Sözler</t>
+          <t>Füsusu’l-Hikem</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789759161613</t>
+          <t>9789759161255</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Davaya Benzer</t>
+          <t>Evvele Yolculuk</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>425</v>
+        <v>365</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
+          <t>9786055215262</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Efe Hazretleri</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789759161385</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Dinle Neyden</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789759161699</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Mevlana</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786055215255</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>İbnül Arabı Metafiziği</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789759161958</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Vakte Karşı Sözler</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789759161613</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Bir Davaya Benzer</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
           <t>9789759161965</t>
         </is>
       </c>
-      <c r="B212" s="1" t="inlineStr">
+      <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Amerika’da Bir Türk</t>
         </is>
       </c>
-      <c r="C212" s="1">
+      <c r="C218" s="1">
         <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>