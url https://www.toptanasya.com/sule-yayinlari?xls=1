--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,7945 +85,13105 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256590731</t>
+          <t>9786256590885</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Can Eğrisi</t>
+          <t>Sarı Saltuk'un İzinde II</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256590687</t>
+          <t>9786256590908</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sırları Keşfederken</t>
+          <t>Çok Tuhaftı Ağlayamadım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256590748</t>
+          <t>9786256590892</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Refakatçi Bir Eşin Şifa Notları</t>
+          <t>Göğebakan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256590755</t>
+          <t>9786256590922</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Böcekler İçin Dilbilgisi</t>
+          <t>Baykuş Avazı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054498864</t>
+          <t>9786256590915</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Cellat Düğümü</t>
+          <t>Bin Yıldız Bir Hilal</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256590700</t>
+          <t>9786256590939</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hızır Elimden Tutsun</t>
+          <t>Böyle Buyurdu Resul - Hadiselerden Hadis Hikayeleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256590663</t>
+          <t>9786256590960</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ebru Şiirleri</t>
+          <t>Yazarlığa Giriş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256590694</t>
+          <t>9786256590878</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Şemsiye</t>
+          <t>Yarım Kalan Şarkıları Alıp Götürsün Rüzgar</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256590670</t>
+          <t>9786256590861</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Okumak Yazmak ve Düşünmek Üzerine</t>
+          <t>Taşla Bozulan Su</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256590724</t>
+          <t>9786256590816</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Fazla Uzaklaşmış Olamaz</t>
+          <t>Lapaza</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256590717</t>
+          <t>9786256590847</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kirli Sular</t>
+          <t>Töngelenler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256590649</t>
+          <t>9786256590823</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Saati</t>
+          <t>Kartalı Yere Çalmak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256590632</t>
+          <t>9786256590830</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Süper Değil Gerçek Kahramanlar-2</t>
+          <t>Bakılmayan Pencere</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256590656</t>
+          <t>9786256590854</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gölün Ötesi</t>
+          <t>Herkes Bunun İçin Ateş Yakıyor</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256590625</t>
+          <t>9786256590779</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yol Uçurumu</t>
+          <t>Gölgesi Budanan Ağaç</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256590618</t>
+          <t>9786256590809</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Geriye Kalan Göz</t>
+          <t>Tanpınarca - Tanpınar’ın İmgeleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256590601</t>
+          <t>9786256590793</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ben Meydana Koşarken</t>
+          <t>Bulanık Rüya</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4444444444011</t>
+          <t>9786256590786</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Karabatak - 81</t>
+          <t>Kabuğunu Kırdığım Salyangozlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052021163</t>
+          <t>9786256590762</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal</t>
+          <t>Kabuğun Altındaki</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059087544</t>
+          <t>9786256590311</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Şiirle Yeniden İnşası</t>
+          <t>Kötü Öğretmenin El Kitabı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059087117</t>
+          <t>9786256590281</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cenap Şahabeddin</t>
+          <t>İki Deli Bir Akordiyon</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256590595</t>
+          <t>9786258062649</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Betül Büyüyor - Uzaya Gönderilen Hurma</t>
+          <t>Hayattayken Tanımak Bilmek Sevmek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256590588</t>
+          <t>9786258062458</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Betül Büyüyor - Marketteki Maşallahlar</t>
+          <t>Ya Da Bir Hayal Hakikati</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256590571</t>
+          <t>9786258062250</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Betül Büyüyor - Elhamdülillah Diyen Tabelalar</t>
+          <t>Abdullah İşler Hoca: Anı - Vefa Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256590557</t>
+          <t>9786258062151</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Betül Büyüyor - Caminin Kelebeği</t>
+          <t>Erdem Bayazıt ve Yedi Güzel Adam</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256590564</t>
+          <t>9786258062106</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Betül Büyüyor - Bulutlu Kek</t>
+          <t>Küçük Gölge</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256590540</t>
+          <t>9786258062052</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hem Okudum Hem Yazdım</t>
+          <t>Kodes</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256590533</t>
+          <t>9789756446324</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hafız Hafız</t>
+          <t>Küçük Misafirlerime O'nu Anlattım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052021507</t>
+          <t>9786052021194</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Derin Dalış</t>
+          <t>Mukabele</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256590083</t>
+          <t>9786059087155</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Bütünlüğü İlim Tahsiline Giriş</t>
+          <t>Savaş Meydanında Başıboş Atlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>750</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256590526</t>
+          <t>9786059087087</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Din Dersi Öğretmenimle Konuşmalar</t>
+          <t>Küçük Prens Seti</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>360</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256590519</t>
+          <t>9786054498703</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Leydi Frances Carfax’in Kayboluşu</t>
+          <t>Hakikatin Hatırı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256590502</t>
+          <t>9786054498758</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Her At İçin Bir Şarkı</t>
+          <t>Güneşe Yolculuk (Özel Baskı)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256590434</t>
+          <t>9786054498734</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sehem</t>
+          <t>Asılsız Hikayeler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>130</v>
+        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789757796497</t>
+          <t>9786054498772</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ahmak ve Dalgınlar</t>
+          <t>Böyle Buyurdu Nietzsche</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>210</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256590236</t>
+          <t>9786054498697</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Paris-Daqar</t>
+          <t>Çürük Tavşan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256590199</t>
+          <t>9789756446799</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yüzeydeki Derinlik</t>
+          <t>Konuşan Kitap</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258062830</t>
+          <t>9786054056088</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kintsugi - Değerli Yaralar</t>
+          <t>Kadın Evliya Menkıbeleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258062717</t>
+          <t>9789756446461</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Kırım</t>
+          <t>Çocukluk Yılları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>560</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052021798</t>
+          <t>9789756446669</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Akvaryum Fırtınası</t>
+          <t>Büyüyünce Ne Olacaksın: Doktor</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789757796343</t>
+          <t>9786052021538</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Nedir?</t>
+          <t>Endülüs'ün Kız Kardeşi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052199541</t>
+          <t>9786059087612</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Siyah Yıldız</t>
+          <t>Dede Korkut Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052199091</t>
+          <t>9789757796923</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Nekro Porta - Ölüler Kapısı</t>
+          <t>Şemseddin Sami</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>270</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052199329</t>
+          <t>9786052021880</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Cemi</t>
+          <t>Felsefe - Bilimin Odağında Metafizik</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052199312</t>
+          <t>9786052021552</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Uçurumda Bir Gömü</t>
+          <t>Roman ve Hayat</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256590496</t>
+          <t>3990000030349</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Masada Fazla Tabak</t>
+          <t>Betül Büyüyor Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256590472</t>
+          <t>9786052021682</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sesin Dağın Ardında</t>
+          <t>Entelektüel Öfke</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256590489</t>
+          <t>9786052021699</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hayret Ustası</t>
+          <t>Dünya Bir Gelindir</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256590410</t>
+          <t>9786052021415</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Savaştan Bir Gün Sonra</t>
+          <t>Şiirin Ufku</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256590427</t>
+          <t>9786059087575</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ayna Kavgası</t>
+          <t>Şeytan Adası Belene</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>130</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256590335</t>
+          <t>9786059087551</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kazı Alanı</t>
+          <t>Drina Köprüsü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>130</v>
+        <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256590465</t>
+          <t>9786059087599</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Okçu Duası</t>
+          <t>Foça'ya Giden Yol</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256590366</t>
+          <t>9786052021095</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltuk'un İzinde</t>
+          <t>Cennette Bir Gün</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256590458</t>
+          <t>9786059087926</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Gibidir İşbu Kitab</t>
+          <t>Perde</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256590441</t>
+          <t>9786059087711</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Leyo</t>
+          <t>Islıkla Çağrılan</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>170</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256590342</t>
+          <t>9786059087667</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zikrim Ağustos Şeyhim Karınca</t>
+          <t>Ayın Parlak Zamanı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256590328</t>
+          <t>9786052021149</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ol Hikaye</t>
+          <t>Mara ve Öteki Şiirler (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256590359</t>
+          <t>9786059087247</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Melekli Oda</t>
+          <t>Kokusuz Bahçeler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256590403</t>
+          <t>1236545856485</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Ağırlığında</t>
+          <t>Posta Kutusundaki Mızıka (100. Baskı Seti) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256590380</t>
+          <t>9786059087322</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Homeros'un Limon Ağacı</t>
+          <t>Sokaktan Kuyudan Şarkıdan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>190</v>
+        <v>55</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256590304</t>
+          <t>9786059087377</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ben Seher'im Hakim Bey</t>
+          <t>Edebiyat Eleştirisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>290</v>
+        <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256590397</t>
+          <t>9786059087346</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Belki Unuturuz</t>
+          <t>Çal Bahtiyar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256590373</t>
+          <t>9786059087384</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Babaannenin Avizesi</t>
+          <t>Mantıku't-Tayr</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>325</v>
+        <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256590267</t>
+          <t>9786059087391</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Nehirden Denize Filistin Öyküleri</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256590250</t>
+          <t>9786059087315</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Korsanı</t>
+          <t>Rahat Makine</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256590274</t>
+          <t>9786054498819</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İki Güzel Yalan</t>
+          <t>Posta Kutusundaki Mızıka (200. Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>130</v>
+        <v>430</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256590243</t>
+          <t>9786054498802</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çömlekçi Kız</t>
+          <t>Ben Bir Sisim</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256590298</t>
+          <t>9786054498659</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ayın Avucundaki Güneş</t>
+          <t>Diana’nın Kanlı Kavakları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256590205</t>
+          <t>3990000003093</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kalandar Gecesi</t>
+          <t>Zor Zamanda Konuşmak Bütün Eserleri 3</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256590229</t>
+          <t>9789757796633</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Yangın</t>
+          <t>Zen Yolu Zen Budizm’in İlkeleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256590212</t>
+          <t>9789756446614</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Radyosu</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052021613</t>
+          <t>9786054498239</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Babamın Makineleri</t>
+          <t>Zamanın Tanığı Taşlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054498543</t>
+          <t>9786054056941</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Paul Celan</t>
+          <t>Yunus Emre Divanı’ndan Seçmeler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>110</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054498574</t>
+          <t>3990000004806</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dante Alighieri</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>110</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256590182</t>
+          <t>9789756446263</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kedili Annem</t>
+          <t>Yazabilmek Yazmaya Giriş</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>275</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256590175</t>
+          <t>9799756446453</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Üç Taşlı Hikaye</t>
+          <t>Yarışan Yemekler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256590113</t>
+          <t>9789756841037</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Omzunda İnce Şal</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>130</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256590106</t>
+          <t>3990000007089</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ne Acayip</t>
+          <t>Waldo Sen Neden Burada Değilsin Bütün Eserleri 11</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256590120</t>
+          <t>9789756446355</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Annemin Çiçekli Cepleri</t>
+          <t>Vişne Bahçesi - Martı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256590151</t>
+          <t>3990000007092</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dalgalı Suda Gölge ve Suret: 19. Yüzyıl Türk Edebiyatında Bireyleşme</t>
+          <t>Ve’l - Asr Bütün Eserleri 16</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256590168</t>
+          <t>9786054056774</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Oruç Tutan Hikayeler</t>
+          <t>Vatan Yahut Silistre - Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256590137</t>
+          <t>9786054056712</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Seni Gördüm Sobe</t>
+          <t>Varlığın Anlamı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256590144</t>
+          <t>9786054056569</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Nakkaşlar Derbendi</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>170</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789756446997</t>
+          <t>9789756841327</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Yolculuk - Hz. Muhammed'in (S.A.V) Hayatı</t>
+          <t>Üzgünlük</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>350</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256590090</t>
+          <t>9789757796237</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kimin Kabuğu</t>
+          <t>Üç Mesele Bütün Eserleri 1 Teknik-Medeniyet-Yabancılaşma</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256590069</t>
+          <t>9789756446119</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dön De Bak Kan Neler Yapıyor</t>
+          <t>Üç Kızkardeş</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256590052</t>
+          <t>9786054056743</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sadeliğin İhtişamı Orhan Okay</t>
+          <t>Us Lekesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>22</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256590076</t>
+          <t>3990000006724</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Qu'Est - Ce - Quele Le Coran?</t>
+          <t>Türkiye Nasıl Laikleştirildi?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258062823</t>
+          <t>9789756446775</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Çorba</t>
+          <t>Türkçe’yi Doğru Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258062793</t>
+          <t>9786054056989</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yüz Başlı Dünya</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258062809</t>
+          <t>9789756841594</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Değil</t>
+          <t>Tom Sawyer’in Maceraları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258062298</t>
+          <t>3990000001669</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Süper Değil Gerçek Kahramanlar</t>
+          <t>Tok Kurda Puslu Hava</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258062847</t>
+          <t>9786054056804</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sır Nihan Oldu</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>210</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258062724</t>
+          <t>9789756446690</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Öykümüzün Hikayesi</t>
+          <t>Küçük Bilge Kitaplığı: Tembel Karınca</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>450</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258062816</t>
+          <t>9786054498284</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Diyeti</t>
+          <t>Unutulmayan Film Replikleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>190</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258062939</t>
+          <t>9789757796374</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bir Talanın Sevinci</t>
+          <t>Televizyonun Sosyolojik Boyutu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258062915</t>
+          <t>9789757796329</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bir Kızıl Bulut</t>
+          <t>Tehdit Değil Teklif Bütün Eserleri 10</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258062946</t>
+          <t>9789756841075</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Neymiş Efendim</t>
+          <t>Tavşanın Randevusu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258062878</t>
+          <t>9786054498468</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yeni Saçlar 4-7 Yaş</t>
+          <t>Taşra Şairi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258062885</t>
+          <t>9789757796282</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koltuk 4-7 Yaş</t>
+          <t>Taşları Yemek Yasak Bütün Eserleri 4</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258062892</t>
+          <t>3990000004263</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bulut Okulda 4-7 Yaş</t>
+          <t>Tarihsellik ve Esbab-ı Nüzul</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258062908</t>
+          <t>9786054498475</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bulut Karanlığı Seviyor 4-7 Yaş</t>
+          <t>Tarih Felsefesi Yazıları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258062922</t>
+          <t>9786054498109</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Banyo Zamanı 4-7 Yaş</t>
+          <t>Tarih Felsefesi Açısından Mülk Ve Hilafet</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258062977</t>
+          <t>9789756841259</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ağır, Ölüm Hafif</t>
+          <t>Tarık Buğra</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256590014</t>
+          <t>9786054056330</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yeşeren Baston</t>
+          <t>Tanrısal Öngörü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>260</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256590038</t>
+          <t>9789757796589</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şairin Şairleri</t>
+          <t>Tahrir Vazifeleri Bütün Eserleri 14</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>450</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258062991</t>
+          <t>9789756841129</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tot'un Yüzüğü</t>
+          <t>Şu Masmavi Gökyüzünü Kendi Yurdum Sanmıştım Ben</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256590007</t>
+          <t>9786054056132</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ayrıştırma Makinesi</t>
+          <t>Şölen</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256590045</t>
+          <t>9786054498208</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şölen</t>
+          <t>Şiirin Bir Savunması</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258062960</t>
+          <t>3990000003098</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tam 10 Yaşındayım</t>
+          <t>Şiir Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>140</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256590021</t>
+          <t>9786054056835</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hızır İhtimali</t>
+          <t>Şiir Demeti</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>140</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258062953</t>
+          <t>9789757796893</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Geri Çağırmak</t>
+          <t>Şeyhülislam Kemalpaşazade</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258062984</t>
+          <t>9789757796701</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kar Topu Parkı</t>
+          <t>Şeyhülislam Ebussu’ud Efendi’nin Fetvalarına Göre Kanuni Devrinde Osmanlı Hayatı (Fetava-yı Ebussuud Efendi)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258062861</t>
+          <t>9786054056705</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir Kardeşlik Bildirisi Yaz Yıldızlara</t>
+          <t>Şemsiye Tamircisi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258062854</t>
+          <t>9786054056873</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Kalbine Dokunmak</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>210</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052021156</t>
+          <t>9789756841402</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Halk Ağzından Derleme Sözlüğü'nün Ters Dizimi</t>
+          <t>Şehir Ey Şehir</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>700</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258062779</t>
+          <t>9786054056767</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bosna Savaşı'na Tanıklığım</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258062786</t>
+          <t>9789756841600</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İpliğini Pazara Çıkaracağım</t>
+          <t>Sünbülzade Vehbi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258062762</t>
+          <t>9789756446928</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yüzümün Haritası</t>
+          <t>Suyu Seveni Derin Batırın Irmağa</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>340</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258062731</t>
+          <t>3990000003099</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Fötr Şapkalı Mezar</t>
+          <t>Surat Asmak Hakkımız Bütün Eserleri 9</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>170</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258062755</t>
+          <t>9789756446256</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cam Bariyer</t>
+          <t>Sur Kenti Hikayeleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>170</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258062748</t>
+          <t>9789757796640</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dilsizler Bandosu</t>
+          <t>Sultan 2. Osman</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258062342</t>
+          <t>9789756841211</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mila Görev Kalemin Gölgesinde</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258062694</t>
+          <t>9789756446307</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz: Canavar</t>
+          <t>Söz, Uslu Olacağız</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>220</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258062656</t>
+          <t>9786054056408</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğum Nakarat</t>
+          <t>Söylevler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258062663</t>
+          <t>9786054056125</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Pusula Azık Düşman</t>
+          <t>Sorun Çağının Anatomisi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>130</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258062670</t>
+          <t>3990000007091</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Işık Almayan Pencere</t>
+          <t>Sorulunca Söylenen</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>140</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258062687</t>
+          <t>9789757796336</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hastane Kokusu</t>
+          <t>Siyasi Felsefenin Büyük Düşünürleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>240</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258062700</t>
+          <t>3990000010437</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Doğurgan Yara - Sezai Karakoç</t>
+          <t>Sivastopol</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258062632</t>
+          <t>9786054056903</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kara Üzüm Güneş De</t>
+          <t>Siper Beden</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258062380</t>
+          <t>9789756446294</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Suda Yüzen Çaydanlık</t>
+          <t>Sihirli Şato</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258062502</t>
+          <t>9789756841945</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Peronda Gece</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>130</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258062403</t>
+          <t>9786054498482</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Nisan İle Balyanak</t>
+          <t>Sen Şarkını Söyle</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258062410</t>
+          <t>9786054056156</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mavi Puding</t>
+          <t>Sembolizm</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258062519</t>
+          <t>3990000050590</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kana Karışan - Toplu Şiirler (Bez Cilt) (Ciltli)</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>750</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258062540</t>
+          <t>9789757796053</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Birbirine Karışmayan İki Deniz</t>
+          <t>Sanat Nedir?</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258062588</t>
+          <t>3990000004262</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Kulübe</t>
+          <t>Sa’lebe Kıssası Esbab-ı Nüzul’e Yeni Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>310</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258062595</t>
+          <t>3990000003891</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Konuşuyor Yalnız</t>
+          <t>Sahabe’den Günümüze Allah Dostları 10 Cilt Takım Hilyetü’l Evliya / Sıfatü’s Safve (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>240</v>
+        <v>185.19</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258062601</t>
+          <t>9786054056545</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Lilima</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258062618</t>
+          <t>9789757796688</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ben Ülkesi</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>130</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258062625</t>
+          <t>9789757796077</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Taş Sektirme Ustası</t>
+          <t>Önce Biz Kirlendik</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258062441</t>
+          <t>9789757796862</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Adına Bir Macera</t>
+          <t>Ömer Seyfeddin</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258062397</t>
+          <t>9786054498598</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Büyüsü</t>
+          <t>Ömer Hayyam Rubaileri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258062373</t>
+          <t>9789756446836</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mavi Koza</t>
+          <t>Sirk Çocuğu Uçan Halkalarda</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258062229</t>
+          <t>9786054498147</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>KIaybolan Göstergeler</t>
+          <t>Ölü Evinden Anılar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>380</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258062427</t>
+          <t>9789756841006</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Aynası</t>
+          <t>Ölü Albayın Kızları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258062472</t>
+          <t>3990000027124</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İnce Duvar</t>
+          <t>Osmanlı İmparatorluğu ve İslami Gelenek</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258062489</t>
+          <t>9789756841761</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Bakmadan</t>
+          <t>Orta Kahvelere Yolculuk</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>170</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258062328</t>
+          <t>9786054056392</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Eşkina'nın Gözleri</t>
+          <t>Okurluk Üstüne</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258062526</t>
+          <t>9789756446577</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Rengine Koşu</t>
+          <t>Okumak Yazmak ve Yaşamak Üzerine</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258062496</t>
+          <t>9786054056958</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Deli Şairler Yaylası</t>
+          <t>Of Not Being a Jew (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>170</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258062359</t>
+          <t>9789756446584</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ceplerim Deli Dolu</t>
+          <t>Of Not Being a Jew</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>130</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258062571</t>
+          <t>9799757796427</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Şampiyonun Atı</t>
+          <t>Neyi Kaybettiğini Hatırla</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258062533</t>
+          <t>3990000004860</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cabir İle Ziryab</t>
+          <t>Neşâti</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>190</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258062434</t>
+          <t>9786054056316</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Paraşüt</t>
+          <t>Neredeyizim</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>180</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258062335</t>
+          <t>9789756841754</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yarım Ağız Türkü</t>
+          <t>Naz Bitti</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>130</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258062366</t>
+          <t>9786054056811</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Berigel Köyü</t>
+          <t>Nasreddin Hoca’dan Fıkralar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>130</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258062557</t>
+          <t>9786054498161</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ateşkes Günleri</t>
+          <t>Müfettiş</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258062564</t>
+          <t>9789757796428</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Alafranga Günler</t>
+          <t>Müfettiş</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258062465</t>
+          <t>9786054498055</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bal Bebeği Limon'un Hikayeleri</t>
+          <t>Muvazzaf</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258062311</t>
+          <t>9786054056514</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İki Dağ Arasında</t>
+          <t>Mutlu Prens - Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>310</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258062304</t>
+          <t>9789756446881</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sızısı</t>
+          <t>Küçük Bilge Kitaplığı: Mızmız Arı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258062274</t>
+          <t>9726054498112</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Tipide Koşu</t>
+          <t>Metin Eloğlu ve Şiiri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>140</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258062281</t>
+          <t>9786054056965</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bunu Bana Öğretmediniz</t>
+          <t>Mesneviden Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>350</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258062267</t>
+          <t>9786054498215</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönen Masallar</t>
+          <t>Meçhul Şaheser</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258062243</t>
+          <t>9789757796466</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hasar Raporu</t>
+          <t>Maturidi ve İbn Teymiyye’de Metod Anlayışı ve Kur’an</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258062236</t>
+          <t>9786054056828</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Lorem İpsum</t>
+          <t>Masallar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>170</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258062175</t>
+          <t>9786054056682</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mendil Acemisi</t>
+          <t>Masallar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>120</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258062212</t>
+          <t>9786054498093</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Meleksiz Olduğum Her Güne Senin Kanatlarınla Başlıyordum</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>210</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258062168</t>
+          <t>9799756446095</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Said Paşa İmami Hasan Rıza Efendi</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>500</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258062199</t>
+          <t>9789756446553</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hepsini Ben Vurdum</t>
+          <t>Leyla ile Mecnun’un İki Şairi Fuzuli ve Sezai Karakoç</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258062137</t>
+          <t>9789756841983</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Lanetli Göl</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>70</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258062144</t>
+          <t>9789756446904</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bayan Dalloway</t>
+          <t>Küçük Bilge Kitaplığı: Küskün Ayçiçeği</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258062120</t>
+          <t>3990000012423</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatmıyorum</t>
+          <t>Kürkçü Dükkanı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>140</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258062113</t>
+          <t>9786054498390</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Aramız Açılıyor</t>
+          <t>Kültür, Teknoloji ve Sanat Yazıları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756841174</t>
+          <t>9756054498416</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Süs Köpekli Leydi</t>
+          <t>Küçük Şey Yoktur (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258062182</t>
+          <t>9789756841136</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kesme Şeker</t>
+          <t>Kuş Uykusu Bütün Eserleri - 6</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258062205</t>
+          <t>3990000004261</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak Ya Da Olmamak</t>
+          <t>Kur’an’ın Anlaşılmasında Esbab-ı Nüzul’ün Rolü</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>360</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258062090</t>
+          <t>9789757796718</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kağıda Sarılı Rüzgar (Ciltli)</t>
+          <t>Kur’an’ı Anlamada Yöntem</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258062083</t>
+          <t>9789757796268</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kağıda Sarılı Rüzgar</t>
+          <t>Kur’an’da İbadet Kavramı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258062069</t>
+          <t>9789756741013</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Gömleğin Biri</t>
+          <t>Kur’an’da Dua</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258062076</t>
+          <t>3990000005532</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Aleksey</t>
+          <t>Kur’an ve Tasavvuf Tefsirlerin Tasavvufa Bakışı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>140</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258062021</t>
+          <t>3990000011110</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Son Şiir Kitabı 1</t>
+          <t>Kur’an Kur’an’ı Tanımlıyor</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258062038</t>
+          <t>9789756446706</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Panayır Akşamı</t>
+          <t>Küçük Bilge Kitaplığı: Kirli Fare</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>170</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258062045</t>
+          <t>9789756446386</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Manevi Enerji</t>
+          <t>Kirletilmiş Ölümler Kitabı ve Büyük Tefsir</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>260</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258062007</t>
+          <t>9789756446539</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Düşünmek</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>340</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052199978</t>
+          <t>9786054056163</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapı</t>
+          <t>Kılavuz Kitap</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052199992</t>
+          <t>9786054056927</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Sanatında Dil Ve Mesaj</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052199985</t>
+          <t>9789756446560</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Portre Manifesto</t>
+          <t>Kayıp İstasyon</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052199961</t>
+          <t>9786054056750</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Madam Fortine’nin Sırrı</t>
+          <t>Karz-ı Hasen</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>190</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052199916</t>
+          <t>9786054498321</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kumru Ve Gölge</t>
+          <t>Karışık Odalar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052199930</t>
+          <t>9789756446652</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kilit Taşı</t>
+          <t>Kalın Türk</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>120</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052199947</t>
+          <t>9789756841570</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Aynası</t>
+          <t>Kadınlar Kitabı Ahbaru’n-Nisa</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052199954</t>
+          <t>9789757796725</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tek Odalı Ev</t>
+          <t>İslam’ın Güleryüzü</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>170</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052199923</t>
+          <t>9789757796015</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Tozu</t>
+          <t>İslam’da Ordu ve Komutan (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052199862</t>
+          <t>9789756841730</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tembel Yağmur</t>
+          <t>İslam Hukukunda ve Osmanlı Uygulamasında  Kamu Malları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052199909</t>
+          <t>9789757796565</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Eşitsizlik</t>
+          <t>İrtica Elden Gidiyor Bütün Eserleri 7</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>100</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052199879</t>
+          <t>9786054056897</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hiç Böyle Yapmazdı</t>
+          <t>İnsanın Yeryüzü Macerası</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052199886</t>
+          <t>9786054498352</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Almeria İpekleri</t>
+          <t>İnsan Aldanır</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>130</v>
+        <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052199893</t>
+          <t>9789756446737</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Alçaldıkça Gök</t>
+          <t>Küçük Bilge Kitaplığı: İnatçı Karanfil</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>120</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052199817</t>
+          <t>9789756446027</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Balığı Kemikleri</t>
+          <t>İmtiyaz Sahibi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>160</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052199824</t>
+          <t>9786054056064</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Boyumu Aşan Ömür</t>
+          <t>İlaveler ve Vaat Edilmiş Bir Şiir</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052199848</t>
+          <t>9789757796206</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Fotokopi Ahit</t>
+          <t>İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>160</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052199855</t>
+          <t>9786054498123</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bahane Kapısı</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>180</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052199831</t>
+          <t>9789756446010</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Salacak Takvimi</t>
+          <t>Hiçbir Baloda Yokum</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052199800</t>
+          <t>9789756446898</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İzleri Temizlemek</t>
+          <t>Küçük Bilge Kitaplığı: Hırsız Kedi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>260</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052199756</t>
+          <t>9799756446231</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kedi Gümüş’le Değerler Eğitimi Seti (20 Kitap Takım)</t>
+          <t>Henry Sen Neden Buradasın 2</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>800</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052199763</t>
+          <t>9799756446217</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Tanışmak İnsanı Yorar</t>
+          <t>Henry Sen Neden Buradasın 1</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052199794</t>
+          <t>9789756446270</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Olup Bitmeyenler</t>
+          <t>Hazine Arayışı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>170</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052199787</t>
+          <t>9786054498017</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Koşunun Rengi</t>
+          <t>Hayyamın Rubaileri ve Manzum Tercümeleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052199770</t>
+          <t>9786054056491</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ağılı! Ağılı!</t>
+          <t>Hayatın Manası Versus Manalı Bir Hayat</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>240</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052199732</t>
+          <t>3990000005432</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Burma Günleri</t>
+          <t>Havaya Bakış Çocuklar İçin Öğretici Çevre Kitabı Yaşadığınız Dünyayı Tanıyın</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052199749</t>
+          <t>9786054056552</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052199725</t>
+          <t>9789757796350</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Giymek</t>
+          <t>Hastalar İnsandır</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052199718</t>
+          <t>9786054056972</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İncirli Zeybek</t>
+          <t>Halk Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>260</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052021835</t>
+          <t>9789756841587</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Halit Ziya Uşaklıgil</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>90</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052199633</t>
+          <t>9789757796886</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hoppala Bam Bum</t>
+          <t>Halide Edib Adıvar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052199626</t>
+          <t>9789756446720</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hurdacı Lirası</t>
+          <t>Küçük Bilge Kitaplığı: Güzel Kelebek</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>170</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052199619</t>
+          <t>9799757796694</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Korkak Ruh</t>
+          <t>Gülliver’in Seyahatleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052199688</t>
+          <t>9786054056910</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Birey ve Karakter Eğitimi</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>400</v>
+        <v>11</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052199695</t>
+          <t>9786054056521</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Herkes Unutmadan Önce</t>
+          <t>Gulliver’in Seyahatleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052199657</t>
+          <t>3990000003102</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İberistan - İbretler Ülkesi 2</t>
+          <t>Gözlerim Yanıyor Anne</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052199664</t>
+          <t>9786054498024</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İberistan - İbretler Ülkesi 3</t>
+          <t>Gizli Hazineyim Bilinmektir Muradım</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052199671</t>
+          <t>3990000012314</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İberistan - İbretler Ülkesi 4</t>
+          <t>Geçen Gün Ömürdendir</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052199596</t>
+          <t>9789756841143</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Garavu</t>
+          <t>Gariplerin Kitabı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052199602</t>
+          <t>9786054056859</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Akıp Giden Cazibesi</t>
+          <t>Frankfurt Seyahatnamesi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052199565</t>
+          <t>9799757796441</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kırk Dakika Koridoru</t>
+          <t>Faydasız Yazılar Bütün Eserleri 6</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052199572</t>
+          <t>9789756841242</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Parlatan</t>
+          <t>Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052199589</t>
+          <t>9786054056453</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bilge Lider Aliya</t>
+          <t>Evlenseydik Boşanacaktık</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052199558</t>
+          <t>9786054056361</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi</t>
+          <t>Evet mi, Hayır mı?</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>240</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052199527</t>
+          <t>9786059087131</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar</t>
+          <t>Eve Gitmek İstemediğim Günler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052199480</t>
+          <t>9789756446591</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Değirmen ve Kağnı</t>
+          <t>Eugenie Grandet</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052199473</t>
+          <t>3990000005253</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Erzurumlu İbrahim Hakkı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052199466</t>
+          <t>9789757796312</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Erbain Kırk Yılın Şiirleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>140</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052199534</t>
+          <t>9789756446508</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Gör</t>
+          <t>Erbain Kırk Yılın Şiirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>170</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052199510</t>
+          <t>9189151796275</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk ve Masallar</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052199503</t>
+          <t>9789756446829</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya ve Ses</t>
+          <t>Edebiyatın Hayatımızdaki Yeri: Neresi?</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>130</v>
+        <v>12</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052199442</t>
+          <t>9789756841099</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Kanat Çiz</t>
+          <t>Duanın Ruhu</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052199435</t>
+          <t>9789756841204</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Müstear Adresler</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>280</v>
+        <v>18</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052199459</t>
+          <t>9786054056323</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Geçkin Akşam Ahalisi</t>
+          <t>Ebruli Külah</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>130</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052199428</t>
+          <t>9786054056842</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İman Vicdan ve Dua</t>
+          <t>Gurebahane-i Laklakan</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052199411</t>
+          <t>9786054498314</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>Dil ve Felsefe</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052199404</t>
+          <t>9786054056460</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Altın Çayırlar</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052199374</t>
+          <t>9786054498048</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İlmek Hatası</t>
+          <t>Deniz ve Kaşiflik</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052199381</t>
+          <t>9789756841280</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Astronot Gamzesi</t>
+          <t>Dedem Korkut</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052199367</t>
+          <t>9786054056996</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Telli Dastar</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>140</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052199343</t>
+          <t>9786054498154</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam Ebu Hanife</t>
+          <t>Çocukluk Yılları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>450</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052199350</t>
+          <t>9789756446409</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Unutmanın Sildiği Resimler</t>
+          <t>Çocuklar İçin 40 Hadis 2</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>340</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052199305</t>
+          <t>9789756446317</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun Şiir Estetiği</t>
+          <t>Çocuklar İçin 40 Hadis 1</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>700</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052199336</t>
+          <t>9786054056507</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kader Hep Erken Zaman Hep Geç</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052199299</t>
+          <t>9789756446911</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Babam ile Mersedes</t>
+          <t>Küçük Bilge Kitaplığı: Çirkin Kaktüs</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>140</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052199107</t>
+          <t>3990000005431</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Öfke</t>
+          <t>Çevreye Bakış Çocuklar İçin Öğretici Çevre Kitabı Yaşadığınız Dünyayı Tanıyın</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>100</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052021101</t>
+          <t>9789756446744</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Fincan Fincanla</t>
+          <t>Çenebazlık</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052199282</t>
+          <t>9786054056866</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Oyuncaklar</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052199244</t>
+          <t>9789756446942</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kemikleri</t>
+          <t>Çağdaş Yorumbilim Kuramları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>170</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052199275</t>
+          <t>9799756446071</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hü Konşu</t>
+          <t>Cuma Mektupları 9</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052199268</t>
+          <t>9789756841938</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Oflu Hayriye'nin Köpeği</t>
+          <t>Cuma Mektupları 8</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>170</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052199251</t>
+          <t>9789756841860</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ben Dahil</t>
+          <t>Cuma Mektupları 7</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052199220</t>
+          <t>9789756841846</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sanat Bizim Neyimize</t>
+          <t>Cuma Mektupları 6</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052199237</t>
+          <t>3990000007088</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Fehmi ve Şebisteri'den Şem ve Pervane</t>
+          <t>Cuma Mektupları 5</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052199145</t>
+          <t>9789757796541</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Alem ve Adem</t>
+          <t>Cuma Mektupları 4</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>290</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052199213</t>
+          <t>3990000007090</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sayılı Gündü Geçti</t>
+          <t>Cuma Mektupları 3</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>550</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052199138</t>
+          <t>9789757796619</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kırıldıkça Büyüyen Taşlar</t>
+          <t>Cuma Mektupları 2</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>380</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052199206</t>
+          <t>9799756446132</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Cazgır</t>
+          <t>Cuma Mektupları 10</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052199183</t>
+          <t>9789757796572</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Alem-i Misal Rehberi</t>
+          <t>Cuma Mektupları 1</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052199169</t>
+          <t>3990000012422</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Loretta</t>
+          <t>Büyülü Kutu Büyülenmiş Toplum Belgesel Film</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052199176</t>
+          <t>9789756446287</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Geçidi</t>
+          <t>Büyülü Dünya</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052199190</t>
+          <t>9789757796794</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Şeyler</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>170</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052199053</t>
+          <t>3990000006176</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bisikletli Takip</t>
+          <t>Budala 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052199152</t>
+          <t>9786054056798</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Raf Ömrü</t>
+          <t>Bize Göre - Bir Seyahatin Notları</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052199046</t>
+          <t>9786054498406</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Bir’in Sırrı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052199084</t>
+          <t>3990000002938</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ruh ve Ölüm</t>
+          <t>Bir Yusuf Masalı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>100</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052199121</t>
+          <t>3990000002937</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Parmak Hesabı</t>
+          <t>Bir Yusuf Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>130</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052021903</t>
+          <t>9789756446362</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kullar Cidarı</t>
+          <t>Bir Yangın Tenhası</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052199039</t>
+          <t>9786054056422</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kızılırmak Çocukları</t>
+          <t>Bir Vefa Daha</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>170</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052199060</t>
+          <t>9789757796480</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Başlangıçlar</t>
+          <t>Bir Kadın Müfessir Aişe Abdurrahman ve Kur’an Tefsirindeki Yeri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>200</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052199114</t>
+          <t>9789757796221</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yedi Şefkatli Kış</t>
+          <t>Bir Felsefe Sistemi Olarak Reklamcılık</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>170</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052199022</t>
+          <t>9789756841198</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Palas Pandıras</t>
+          <t>Ölü Evinden Anılar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>22</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052199015</t>
+          <t>9786054056354</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kusurlu Heykel</t>
+          <t>Bilimler ve Sanatlar Üzerine Söylev</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>60</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052199077</t>
+          <t>3990000005560</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bosna'da Baki Kalan</t>
+          <t>Bilim Nasıl Satılır?</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>290</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789756446089</t>
+          <t>3990000003095</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kavurga Kızılı</t>
+          <t>Bilim Kutsal Bir İnektir</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>170</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052199008</t>
+          <t>9786054056699</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Alayına Şiir</t>
+          <t>Bilgi Temelli Yönetici Sekreterliği</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>130</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052021996</t>
+          <t>3990000001668</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kaplanın İşaretleri</t>
+          <t>Bileşenleriyle Basit</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>120</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052021897</t>
+          <t>3990000011455</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Oynayan Robot</t>
+          <t>Bildik Kıssalara Bilmedik Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>250</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052021989</t>
+          <t>9786054056613</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Söz Hakkı</t>
+          <t>Beyaz Diş (Cep Boy)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>130</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789756446058</t>
+          <t>9786054498604</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kaza ve Kader</t>
+          <t>Ben De Böyle Yaptım</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052021958</t>
+          <t>9786054498062</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler İçindeyim</t>
+          <t>Başbaş Başbaşa Başabaş</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>240</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052021965</t>
+          <t>9786054498192</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Kerbela</t>
+          <t>Barınma Felsefesi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>400</v>
+        <v>16</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052021972</t>
+          <t>3990000011149</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bana Öğretmenini Söyle</t>
+          <t>Baki</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>340</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052021941</t>
+          <t>3990000015272</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Ey Sevgili Oğul</t>
+          <t>Bakanlar ve Görenler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>180</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052021934</t>
+          <t>9786054056576</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Uzayan Gölgeler</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052021927</t>
+          <t>9789756841495</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yaşamışsın Sevaplar Gibi - Cemile Sümeyra Kitabı</t>
+          <t>Asaf Halet Çelebi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052021910</t>
+          <t>9786054498260</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Milyon Birinci</t>
+          <t>Araplar’ın Anadolu Seferleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>600</v>
+        <v>20</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052021866</t>
+          <t>9786054498130</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kafes Kesiği</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052021873</t>
+          <t>9789756841372</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Uzatılmış Bir Yas</t>
+          <t>A’mak-ı Hayal</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052021859</t>
+          <t>9786054056415</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Labirent Dönemeci</t>
+          <t>Allah’ın Emri Zaid / Plus Peygamberin Kavli</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>170</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052021620</t>
+          <t>9789756841471</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Çolak Ressam</t>
+          <t>Alev ve Beton</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>130</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052021583</t>
+          <t>9789756841235</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yılan Islığıyla Serenad</t>
+          <t>Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052021606</t>
+          <t>9789756841297</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Cevdet</t>
+          <t>Ahmet Cevdet Paşa</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052021736</t>
+          <t>3990000006597</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Tasarım ve Tanrı</t>
+          <t>Ahmed Yesevi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052021811</t>
+          <t>9786054498369</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yılanlı Hamam</t>
+          <t>28 Şubat - Demokrasi Ters Şeritte</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052021828</t>
+          <t>9789757796527</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yer Kızıl</t>
+          <t>1913’ten Günümüze İmam-Hatip Okulları Meselesi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>390</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052021842</t>
+          <t>9789757796671</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Beni Biri Merak Etti</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>160</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052021767</t>
+          <t>9789756841709</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>90</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052021705</t>
+          <t>9786054056606</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Habersiz Dağ</t>
+          <t>Ateşi Kıvılcımken Söndürmeli</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>170</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052021729</t>
+          <t>9786059087827</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ay Tiradı</t>
+          <t>Gözyaşları ve Zeytin Ağaçları</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052021750</t>
+          <t>9786054056880</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Akbaba</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052021743</t>
+          <t>9786054498796</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Rubailer Evhadüddin-i Kirmani</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052021804</t>
+          <t>9786059087483</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Baltar</t>
+          <t>Şenayi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>260</v>
+        <v>25</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052021774</t>
+          <t>9786059087278</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Yazdım Öykü Oldu</t>
+          <t>Alnımda Kanat İzleri</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>310</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052021781</t>
+          <t>9786059087353</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına İyilik</t>
+          <t>Düğün Daveti</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052021712</t>
+          <t>9786059087537</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Göklerinde</t>
+          <t>İrşadi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052021637</t>
+          <t>9786059087100</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Alışılmadık Deniz</t>
+          <t>Asa Kimin Elinde?</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052021644</t>
+          <t>9786059087070</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Aksak Engerek</t>
+          <t>Zan</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052021651</t>
+          <t>9786054498932</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kaldı Başıma</t>
+          <t>Ezra Pound</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>150</v>
+        <v>14</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052021675</t>
+          <t>9789756446768</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sordum Sarı</t>
+          <t>Okyanusun Kendi Sesi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052021668</t>
+          <t>9789756841464</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hiç ve Her Şey</t>
+          <t>Mehmed Akif Mısır Hayatı ve Kur'an Meali</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052021521</t>
+          <t>9799756446040</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Kelimeler</t>
+          <t>Mekke İslam'ın Kutsal Şehri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052021590</t>
+          <t>9789756446478</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Penceremde Bir Ateş Böceği</t>
+          <t>Gençlik Yılları</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052021569</t>
+          <t>9789756446867</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Amentü'ler</t>
+          <t>Bilmiş Kebikeç</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>450</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052021477</t>
+          <t>9789756841648</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Alametifarika</t>
+          <t>Oburlar ve Asalaklar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052021460</t>
+          <t>9789756446676</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yol Kasidesi</t>
+          <t>Gizler Bahçesi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>130</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052021545</t>
+          <t>9789756841853</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İçkanama</t>
+          <t>Başka Göklerin Altında</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052021576</t>
+          <t>9789756446782</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kahire Şiirleri</t>
+          <t>Yazarlar ve Aşkları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052021514</t>
+          <t>9786054498550</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Ölüm</t>
+          <t>Thomas Bernhard</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>180</v>
+        <v>14</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052021446</t>
+          <t>9786054498581</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Aliya</t>
+          <t>Stefan Zweig</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>300</v>
+        <v>13</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052021484</t>
+          <t>9789756841990</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Uçma Taklidi</t>
+          <t>Dört Halifeden Vecizeler Sözlüğü</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>120</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052021491</t>
+          <t>9799757796502</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Aynaları</t>
+          <t>Kazaklar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052021422</t>
+          <t>9789756446713</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Mekki Surelerde İslam Ekonomisi</t>
+          <t>Küçük Bilge Kitaplığı: Cimri Sincap</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>350</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052021439</t>
+          <t>9756841613442</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Medeni Surelerde İslam Ekonomisi</t>
+          <t>Şeytanın Vaadi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>650</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052021330</t>
+          <t>9786054498567</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Seyahat ve Edebiyat</t>
+          <t>Carl Gustav Jung</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052021323</t>
+          <t>9789756841679</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sirke Dükkanı</t>
+          <t>Güneşin Şarkısı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052021408</t>
+          <t>9786059087230</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ya Hu</t>
+          <t>Şehirler Arası</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052021293</t>
+          <t>9786059087223</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer Çok Kızar Valla</t>
+          <t>Terk</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>170</v>
+        <v>18</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052021286</t>
+          <t>9786059087094</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kış Günleri ve Kilitler</t>
+          <t>Bir Yağmur Türküsü</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052021385</t>
+          <t>3990000026799</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Olay Berlin'de Geçiyor</t>
+          <t>Küçük Bilge Kitaplığı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>170</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052021279</t>
+          <t>9789756446874</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Korkuyorsam Sebebi Var</t>
+          <t>Küçük Bilge Kitaplığı: Obur Kamlumbağa</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>170</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052021378</t>
+          <t>9786052199640</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Dalgınlık</t>
+          <t>İberistan - İbretler Ülkesi 1</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052021361</t>
+          <t>9786052199497</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Öykü Dersleri</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052021354</t>
+          <t>9786054498789</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Romantik Cinayetler</t>
+          <t>Şu Halde</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052021392</t>
+          <t>9786052199701</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Dersleri</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052021316</t>
+          <t>9786052021255</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Olur Belki</t>
+          <t>Takvim Yırtıkları 2</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>170</v>
+        <v>30</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052021347</t>
+          <t>9786052021262</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Durduğunda</t>
+          <t>Takvim Yırtıkları 3</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052021309</t>
+          <t>9786052021453</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Noktanın Seyri</t>
+          <t>Kristal Sapan</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052021231</t>
+          <t>9786256590731</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Takvim Yırtıkları Seti</t>
+          <t>Can Eğrisi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>1000</v>
+        <v>220</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052021132</t>
+          <t>9786256590687</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Mara ve Öteki Şiirler</t>
+          <t>Sırları Keşfederken</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052021200</t>
+          <t>9786256590748</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Yazarsam Geçer mi</t>
+          <t>Refakatçi Bir Eşin Şifa Notları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052021170</t>
+          <t>9786256590755</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Bekleme Salonu</t>
+          <t>Böcekler İçin Dilbilgisi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059087919</t>
+          <t>9786054498864</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Güvercinin Gerdanlığı</t>
+          <t>Cellat Düğümü</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052021118</t>
+          <t>9786256590700</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Çağrısı</t>
+          <t>Hızır Elimden Tutsun</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052021125</t>
+          <t>9786256590663</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hemzemin</t>
+          <t>Ebru Şiirleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059087957</t>
+          <t>9786256590694</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Habenneke ve Nüzul Sıralı Tefsiri</t>
+          <t>Tek Kişilik Şemsiye</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052021088</t>
+          <t>9786256590670</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Öykü Menzilleri 2</t>
+          <t>Okumak Yazmak ve Düşünmek Üzerine</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052021071</t>
+          <t>9786256590724</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Öykü Menzilleri 1</t>
+          <t>Fazla Uzaklaşmış Olamaz</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052021019</t>
+          <t>9786256590717</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü Seti (5 Kitap) (Ciltli)</t>
+          <t>Kirli Sular</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>2750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059087995</t>
+          <t>9786256590649</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Görünmez'in Arıları</t>
+          <t>Kuşların Saati</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059087988</t>
+          <t>9786256590632</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprakları Mayalayanlar</t>
+          <t>Süper Değil Gerçek Kahramanlar-2</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059087971</t>
+          <t>9786256590656</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Gölgesi</t>
+          <t>Gölün Ötesi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059087964</t>
+          <t>9786256590625</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yan Tesir</t>
+          <t>Yol Uçurumu</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059087940</t>
+          <t>9786256590618</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Hasret-i Peygamber</t>
+          <t>Geriye Kalan Göz</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059087933</t>
+          <t>9786256590601</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Yol</t>
+          <t>Ben Meydana Koşarken</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059087902</t>
+          <t>4444444444011</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Gazoz Kapakları Birliği</t>
+          <t>Karabatak - 81</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059087896</t>
+          <t>9786052021163</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Beni Hikayeden Çıkart</t>
+          <t>A’mak-ı Hayal</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059087780</t>
+          <t>9786059087544</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Küçülteç</t>
+          <t>İnsanın Şiirle Yeniden İnşası</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059087834</t>
+          <t>9786059087117</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Cenap Şahabeddin</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059087742</t>
+          <t>9786256590595</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Gezgin İle Gölgesi</t>
+          <t>Betül Büyüyor - Uzaya Gönderilen Hurma</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059087025</t>
+          <t>9786256590588</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Tohumların Valsi (Ciltli)</t>
+          <t>Betül Büyüyor - Marketteki Maşallahlar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059087636</t>
+          <t>9786256590571</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Av Gürültüsü</t>
+          <t>Betül Büyüyor - Elhamdülillah Diyen Tabelalar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059087643</t>
+          <t>9786256590557</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kuş Adımı</t>
+          <t>Betül Büyüyor - Caminin Kelebeği</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059087735</t>
+          <t>9786256590564</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hatırası</t>
+          <t>Betül Büyüyor - Bulutlu Kek</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059087797</t>
+          <t>9786256590540</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Meyveler</t>
+          <t>Hem Okudum Hem Yazdım</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059087674</t>
+          <t>9786256590533</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Koro</t>
+          <t>Hafız Hafız</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059087704</t>
+          <t>9786052021507</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Şiire Yeniden Bakmak</t>
+          <t>Derin Dalış</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059087681</t>
+          <t>9786256590083</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Doğrandıkça Artan Ekmek</t>
+          <t>Bilginin Bütünlüğü İlim Tahsiline Giriş</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>430</v>
+        <v>750</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059087582</t>
+          <t>9786256590526</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Deli Sesler</t>
+          <t>Din Dersi Öğretmenimle Konuşmalar</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059087568</t>
+          <t>9786256590519</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kare-Deniz</t>
+          <t>Leydi Frances Carfax’in Kayboluşu</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059087698</t>
+          <t>9786256590502</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcısı</t>
+          <t>Her At İçin Bir Şarkı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059087810</t>
+          <t>9786256590434</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Uzun Kışın Suçlusu</t>
+          <t>Sehem</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059087803</t>
+          <t>9789757796497</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Bulutları</t>
+          <t>Ahmak ve Dalgınlar</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059087759</t>
+          <t>9786256590236</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Bir Kurt Bir Kadın Bir Horoz</t>
+          <t>Paris-Daqar</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059087766</t>
+          <t>9786256590199</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Alkışlanan Yaralar</t>
+          <t>Yüzeydeki Derinlik</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059087728</t>
+          <t>9786258062830</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İki Dil İki Hayat</t>
+          <t>Kintsugi - Değerli Yaralar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059087650</t>
+          <t>9786258062717</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sevgilinin Evi</t>
+          <t>Vatan Yahut Kırım</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>350</v>
+        <v>560</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059087629</t>
+          <t>9786052021798</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Akvaryum Fırtınası</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059087605</t>
+          <t>9789757796343</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Hayalin Hakikati</t>
+          <t>Kur’an Nedir?</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059087506</t>
+          <t>9786052199541</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Saz ve Söz Meclisi</t>
+          <t>Siyah Yıldız</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059087520</t>
+          <t>9786052199091</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Yeniden Okumak</t>
+          <t>Nekro Porta - Ölüler Kapısı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059087513</t>
+          <t>9786052199329</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kedi Köpek Hikayeleri</t>
+          <t>Kırklar Cemi</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059087476</t>
+          <t>9786052199312</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Tövbekarlar Kitabı</t>
+          <t>Uçurumda Bir Gömü</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059087308</t>
+          <t>9786256590496</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bensem</t>
+          <t>Masada Fazla Tabak</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054498826</t>
+          <t>9786256590472</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Gülşefdeli Yemeni</t>
+          <t>Sesin Dağın Ardında</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059087339</t>
+          <t>9786256590489</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Uslu Yara</t>
+          <t>Hayret Ustası</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059087469</t>
+          <t>9786256590410</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'in Aynaları</t>
+          <t>Savaştan Bir Gün Sonra</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059087414</t>
+          <t>9786256590427</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Astronot</t>
+          <t>Ayna Kavgası</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789757796244</t>
+          <t>9786256590335</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kızılderililer Nasıl Yok Edildi</t>
+          <t>Kazı Alanı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059087285</t>
+          <t>9786256590465</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bazen Çok</t>
+          <t>Okçu Duası</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059087360</t>
+          <t>9786256590366</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yanık Maske</t>
+          <t>Sarı Saltuk'un İzinde</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059087292</t>
+          <t>9786256590458</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaç Tuhaf Gün</t>
+          <t>Ruhum Gibidir İşbu Kitab</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059087407</t>
+          <t>9786256590441</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Sherlock Holmes'a Karşı</t>
+          <t>Leyo</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059087438</t>
+          <t>9786256590342</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>Zikrim Ağustos Şeyhim Karınca</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059087445</t>
+          <t>9786256590328</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>Ol Hikaye</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059087421</t>
+          <t>9786256590359</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Ay ve Güneş Kumpanyası</t>
+          <t>Melekli Oda</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059087124</t>
+          <t>9786256590403</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Ehlidildeniz</t>
+          <t>Kırlangıç Ağırlığında</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059087216</t>
+          <t>9786256590380</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Hikmet ve Manevi Hüner</t>
+          <t>Homeros'un Limon Ağacı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054498529</t>
+          <t>9786256590304</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Zifiri Yeşil</t>
+          <t>Ben Seher'im Hakim Bey</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059087254</t>
+          <t>9786256590397</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Şarkın En Sevgili Sultanı - Selahaddin Eyyubi</t>
+          <t>Belki Unuturuz</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059087056</t>
+          <t>9786256590373</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Sofrası</t>
+          <t>Babaannenin Avizesi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059087209</t>
+          <t>9786256590267</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Hastanelerdeki Kelimeler</t>
+          <t>Nehirden Denize Filistin Öyküleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059087186</t>
+          <t>9786256590250</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Kütüphane Korsanı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>370</v>
+        <v>275</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059087193</t>
+          <t>9786256590274</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>İki Güzel Yalan</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059087162</t>
+          <t>9786256590243</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Keklik Vurmak</t>
+          <t>Çömlekçi Kız</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059087148</t>
+          <t>9786256590298</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve...</t>
+          <t>Ayın Avucundaki Güneş</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789756841884</t>
+          <t>9786256590205</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Kalandar Gecesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789757796770</t>
+          <t>9786256590229</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>En Güzel Yangın</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059087179</t>
+          <t>9786256590212</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ana Üşümesi</t>
+          <t>Başkasının Radyosu</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059087063</t>
+          <t>9786052021613</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Babamın Makineleri</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054498888</t>
+          <t>9786054498543</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Dini Rehberlik</t>
+          <t>Paul Celan</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054498970</t>
+          <t>9786054498574</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uçar Kervan Geçer</t>
+          <t>Dante Alighieri</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>340</v>
+        <v>110</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054498963</t>
+          <t>9786256590182</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğe Tapan Adam</t>
+          <t>Kedili Annem</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059087032</t>
+          <t>9786256590175</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes : Matematik Dehasının Hikayesi</t>
+          <t>Üç Taşlı Hikaye</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059087001</t>
+          <t>9786256590113</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Tohumların Valsi</t>
+          <t>Omzunda İnce Şal</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054498987</t>
+          <t>9786256590106</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Öbür Dünya Öyküleri</t>
+          <t>Ne Acayip</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786054498956</t>
+          <t>9786256590120</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İlk Değilim Üstelik</t>
+          <t>Annemin Çiçekli Cepleri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786054498901</t>
+          <t>9786256590151</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Karekök Hayat</t>
+          <t>Dalgalı Suda Gölge ve Suret: 19. Yüzyıl Türk Edebiyatında Bireyleşme</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786054498611</t>
+          <t>9786256590168</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bir Kimlik Vakası</t>
+          <t>Oruç Tutan Hikayeler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054498444</t>
+          <t>9786256590137</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Seni Gördüm Sobe</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789756446331</t>
+          <t>9786256590144</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Nakkaşlar Derbendi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059087452</t>
+          <t>9789756446997</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Tesellileri</t>
+          <t>Güneşe Yolculuk - Hz. Muhammed'in (S.A.V) Hayatı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059087490</t>
+          <t>9786256590090</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>The Godfather Mitosu</t>
+          <t>Kimin Kabuğu</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789756446980</t>
+          <t>9786256590069</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Şey ve Tan</t>
+          <t>Dön De Bak Kan Neler Yapıyor</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786054498925</t>
+          <t>9786256590052</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Halleri</t>
+          <t>Sadeliğin İhtişamı Orhan Okay</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054498383</t>
+          <t>9786256590076</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Tasarım</t>
+          <t>Qu'Est - Ce - Quele Le Coran?</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789756446935</t>
+          <t>9786258062823</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Muhammedi Bilinç</t>
+          <t>Soğuk Çorba</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059087261</t>
+          <t>9786258062793</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Vahye Göre Akıl</t>
+          <t>Yüz Başlı Dünya</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789756446003</t>
+          <t>9786258062809</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Vecizeler Öğütler Parolalar</t>
+          <t>Yeryüzü Değil</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786054498871</t>
+          <t>9786258062298</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Züleyha'nın Aşk Derdi</t>
+          <t>Süper Değil Gerçek Kahramanlar</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054498918</t>
+          <t>9786258062847</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Hapsi</t>
+          <t>Sır Nihan Oldu</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054498895</t>
+          <t>9786258062724</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Yükü</t>
+          <t>Öykümüzün Hikayesi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054498833</t>
+          <t>9786258062816</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Söylevler</t>
+          <t>Kurmacanın Diyeti</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786054498840</t>
+          <t>9786258062939</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Masallar (Büyük Boy)</t>
+          <t>Bir Talanın Sevinci</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786054498857</t>
+          <t>9786258062915</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Susam ve Zambaklar</t>
+          <t>Bir Kızıl Bulut</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054498994</t>
+          <t>9786258062946</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Yazgı</t>
+          <t>Neymiş Efendim</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786054498642</t>
+          <t>9786258062878</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Bakılmış Su</t>
+          <t>Yeni Saçlar 4-7 Yaş</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054498949</t>
+          <t>9786258062885</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yağmurları</t>
+          <t>Dinozor Koltuk 4-7 Yaş</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789756446300</t>
+          <t>9786258062892</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Söz Uslu Olacağız</t>
+          <t>Bulut Okulda 4-7 Yaş</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789756446492</t>
+          <t>9786258062908</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Ol Dedi Oldu 1</t>
+          <t>Bulut Karanlığı Seviyor 4-7 Yaş</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789756446850</t>
+          <t>9786258062922</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Taburcu</t>
+          <t>Banyo Zamanı 4-7 Yaş</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789756446966</t>
+          <t>9786258062977</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kalemini Kıranlar</t>
+          <t>Hayat Ağır, Ölüm Hafif</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789756841969</t>
+          <t>9786256590014</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Yeşeren Baston</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786054056019</t>
+          <t>9786256590038</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Ölü Köpeğin Dişleri</t>
+          <t>Şairin Şairleri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9799756841357</t>
+          <t>9786258062991</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Posta Kutusundaki Mızıka</t>
+          <t>Tot'un Yüzüğü</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786054498727</t>
+          <t>9786256590007</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Tarumar</t>
+          <t>Ayrıştırma Makinesi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786054498710</t>
+          <t>9786256590045</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Kırk Bir Kere İstanbul</t>
+          <t>Büyük Şölen</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054498741</t>
+          <t>9786258062960</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Gizli Buzlanma</t>
+          <t>Tam 10 Yaşındayım</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786054498666</t>
+          <t>9786256590021</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Kurgulamak</t>
+          <t>Hızır İhtimali</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786054498673</t>
+          <t>9786258062953</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İşlenmemiş Suç</t>
+          <t>Şiiri Geri Çağırmak</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786054498765</t>
+          <t>9786258062984</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - İkinci Lekenin Esrarı</t>
+          <t>Kar Topu Parkı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786054498635</t>
+          <t>9786258062861</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Bir Kardeşlik Bildirisi Yaz Yıldızlara</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>410</v>
+        <v>160</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786054498505</t>
+          <t>9786258062854</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Üzüm Bağında Serenat</t>
+          <t>Kuşların Kalbine Dokunmak</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786054498451</t>
+          <t>9786052021156</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Esrarengiz Ev</t>
+          <t>Türkiye'de Halk Ağzından Derleme Sözlüğü'nün Ters Dizimi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>200</v>
+        <v>840</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789756841181</t>
+          <t>9786258062779</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Bosna Savaşı'na Tanıklığım</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786054498512</t>
+          <t>9786258062786</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sihirbazın Düğünü</t>
+          <t>İpliğini Pazara Çıkaracağım</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786059087018</t>
+          <t>9786258062762</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Zekiler</t>
+          <t>Yüzümün Haritası</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789757796305</t>
+          <t>9786258062731</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Fötr Şapkalı Mezar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789756841518</t>
+          <t>9786258062755</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Yangın Merdiveni</t>
+          <t>Cam Bariyer</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789756841310</t>
+          <t>9786258062748</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Terci-i Bend ve Terkib-i Bend</t>
+          <t>Dilsizler Bandosu</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786054056293</t>
+          <t>9786258062342</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Tek Kelimelik Sözlük</t>
+          <t>Mila Görev Kalemin Gölgesinde</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789757796848</t>
+          <t>9786258062694</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Usulü</t>
+          <t>Dersimiz: Canavar</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786054498000</t>
+          <t>9786258062656</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İçinden Kur’an’ı Algılamak</t>
+          <t>Unuttuğum Nakarat</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786054056651</t>
+          <t>9786258062663</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Şeytani Bilinç Muhammedi Bilince Karşı</t>
+          <t>Pusula Azık Düşman</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054498680</t>
+          <t>9786258062670</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Söyleme Dersi</t>
+          <t>Işık Almayan Pencere</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789756446034</t>
+          <t>9786258062687</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Son Basamak</t>
+          <t>Hastane Kokusu</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789757796404</t>
+          <t>9786258062700</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Doğurgan Yara - Sezai Karakoç</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054498536</t>
+          <t>9786258062632</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Taht</t>
+          <t>Kara Üzüm Güneş De</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054498307</t>
+          <t>9786258062380</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya’da Skandal</t>
+          <t>Suda Yüzen Çaydanlık</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054056781</t>
+          <t>9786258062502</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Peronda Gece</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786054056026</t>
+          <t>9786258062403</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Satranç Oynayan Derviş</t>
+          <t>Nisan İle Balyanak</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789756446751</t>
+          <t>9786258062410</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Resimde Görünmeyen</t>
+          <t>Mavi Puding</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786054498338</t>
+          <t>9786258062519</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam - Rubailer</t>
+          <t>Kana Karışan - Toplu Şiirler (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>560</v>
+        <v>750</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789756446812</t>
+          <t>9786258062540</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Ol Dedi Oldu - 2</t>
+          <t>Birbirine Karışmayan İki Deniz</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052199398</t>
+          <t>9786258062588</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Okulsuz Toplum</t>
+          <t>Bir Kulübe</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789756841822</t>
+          <t>9786258062595</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Oku Ama Neyi?</t>
+          <t>Ayasofya Konuşuyor Yalnız</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789757796398</t>
+          <t>9786258062601</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Lilima</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054498246</t>
+          <t>9786258062618</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Mevleviler Yolu</t>
+          <t>Ben Ülkesi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>410</v>
+        <v>130</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789756446348</t>
+          <t>9786258062625</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Makyaj Yapan Ölüler</t>
+          <t>Taş Sektirme Ustası</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054498031</t>
+          <t>9786258062441</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Lacivert</t>
+          <t>Özgürlük Adına Bir Macera</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789757796152</t>
+          <t>9786258062397</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şey Yoktur</t>
+          <t>Ormanın Büyüsü</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789757796008</t>
+          <t>9786258062373</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Bütünlüğü Üzerine</t>
+          <t>Mavi Koza</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786054056002</t>
+          <t>9786258062229</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Bağlam</t>
+          <t>KIaybolan Göstergeler</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>410</v>
+        <v>380</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789756446805</t>
+          <t>9786258062427</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kuduz Aşısı</t>
+          <t>Kahkaha Aynası</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789757796626</t>
+          <t>9786258062472</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Körün Parmak Uçları</t>
+          <t>İnce Duvar</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789757796381</t>
+          <t>9786258062489</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kimi Örnek Almalı?</t>
+          <t>Gökyüzüne Bakmadan</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789756841365</t>
+          <t>9786258062328</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Eşkina'nın Gözleri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789757796091</t>
+          <t>9786258062526</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Dünyanın Rengine Koşu</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789756841907</t>
+          <t>9786258062496</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Deli Şairler Yaylası</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789757796367</t>
+          <t>9786258062359</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Ceplerim Deli Dolu</t>
         </is>
       </c>
       <c r="C497" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786054498499</t>
+          <t>9786258062571</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Hazine Avcıları</t>
+          <t>Şampiyonun Atı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789756446959</t>
+          <t>9786258062533</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Güneşimin Önünden Çekil</t>
+          <t>Cabir İle Ziryab</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789756841778</t>
+          <t>9786258062434</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Yamalı Paraşüt</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786054498222</t>
+          <t>9786258062335</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Fener Bekçisinin Rüyaları</t>
+          <t>Yarım Ağız Türkü</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789756446065</t>
+          <t>9786258062366</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Berigel Köyü</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789757796435</t>
+          <t>9786258062557</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Erdem Nerede?</t>
+          <t>Ateşkes Günleri</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786054056668</t>
+          <t>9786258062564</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Ejderha ve Kelebek</t>
+          <t>Alafranga Günler</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786054056729</t>
+          <t>9786258062465</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Düşeş</t>
+          <t>Bal Bebeği Limon'un Hikayeleri</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786054498253</t>
+          <t>9786258062311</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Dört Adem</t>
+          <t>İki Dağ Arasında</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789756841891</t>
+          <t>9786258062304</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Divan İmam Şâfii’nin Şiirleri</t>
+          <t>Kırık Sızısı</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786054498116</t>
+          <t>9786258062274</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Tipide Koşu</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789756841303</t>
+          <t>9786258062281</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Bunu Bana Öğretmediniz</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786054498291</t>
+          <t>9786258062267</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Eve Dönen Masallar</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789757796411</t>
+          <t>9786258062243</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Hasar Raporu</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786054056071</t>
+          <t>9786258062236</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Cimriler / El-Bukhala</t>
+          <t>Lorem İpsum</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786054498277</t>
+          <t>9786258062175</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Bustan</t>
+          <t>Mendil Acemisi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786054056736</t>
+          <t>9786258062212</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Budala</t>
+          <t>Meleksiz Olduğum Her Güne Senin Kanatlarınla Başlıyordum</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786054498420</t>
+          <t>9786258062168</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Bir’in Sırrı (Özel Baskı) (Ciltli)</t>
+          <t>Said Paşa İmami Hasan Rıza Efendi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789756446171</t>
+          <t>9786258062199</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Bir Elma İki Ayna - Bir İkiye Nasıl Yansıdı?</t>
+          <t>Hepsini Ben Vurdum</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786054498185</t>
+          <t>9786258062137</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Düğme</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786054498437</t>
+          <t>9786258062144</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Beş Afacan ve O</t>
+          <t>Bayan Dalloway</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789756446188</t>
+          <t>9786258062120</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Hikaye Anlatmıyorum</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786054056033</t>
+          <t>9786258062113</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Azrail’in Secdesi</t>
+          <t>Aramız Açılıyor</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789757796299</t>
+          <t>9789756841174</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Kıvılcımken Söndürmeli</t>
+          <t>Süs Köpekli Leydi</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789756841624</t>
+          <t>9786258062182</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar</t>
+          <t>Kesme Şeker</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786059087049</t>
+          <t>9786258062205</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Var Olmak Ya Da Olmamak</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789756841631</t>
+          <t>9786258062090</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Deliler Kitabı Ukalau’l-Mecanin</t>
+          <t>Kağıda Sarılı Rüzgar (Ciltli)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786054498628</t>
+          <t>9786258062083</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Akbaba</t>
+          <t>Kağıda Sarılı Rüzgar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789756841952</t>
+          <t>9786258062069</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Adnan Menderes’in Günlüğü</t>
+          <t>Gömleğin Biri</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786054056644</t>
+          <t>9786258062076</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Ademin Kanadı</t>
+          <t>Aleksey</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
+          <t>9786258062021</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Son Şiir Kitabı 1</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786258062038</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Panayır Akşamı</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786258062045</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Manevi Enerji</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786258062007</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Bütüncül Düşünmek</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786052199978</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Dar Kapı</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786052199992</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Çizgi Sanatında Dil Ve Mesaj</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786052199985</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Portre Manifesto</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786052199961</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Madam Fortine’nin Sırrı</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786052199916</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Kumru Ve Gölge</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786052199930</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Kilit Taşı</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786052199947</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Tiryaki Aynası</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786052199954</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Tek Odalı Ev</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786052199923</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Şiirin Tozu</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786052199862</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Tembel Yağmur</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786052199909</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Söz ve Eşitsizlik</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786052199879</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Hiç Böyle Yapmazdı</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786052199886</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Almeria İpekleri</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786052199893</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Alçaldıkça Gök</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786052199817</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Mürekkep Balığı Kemikleri</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786052199824</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Boyumu Aşan Ömür</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786052199848</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Fotokopi Ahit</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786052199855</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Bahane Kapısı</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786052199831</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Salacak Takvimi</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786052199800</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>İzleri Temizlemek</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786052199756</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Gümüş’le Değerler Eğitimi Seti (20 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786052199763</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Tanışmak İnsanı Yorar</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786052199794</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Olup Bitmeyenler</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786052199787</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Koşunun Rengi</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786052199770</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Ağılı! Ağılı!</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786052199732</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Burma Günleri</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786052199749</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>İnsanların Dünyası</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786052199725</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Giymek</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786052199718</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>İncirli Zeybek</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786052021835</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Çiftliği</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786052199633</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Hoppala Bam Bum</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786052199626</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Hurdacı Lirası</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786052199619</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Korkak Ruh</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786052199688</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da Birey ve Karakter Eğitimi</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786052199695</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Unutmadan Önce</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786052199657</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>İberistan - İbretler Ülkesi 2</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786052199664</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>İberistan - İbretler Ülkesi 3</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786052199671</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>İberistan - İbretler Ülkesi 4</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786052199596</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Garavu</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786052199602</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Akıp Giden Cazibesi</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786052199565</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Dakika Koridoru</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786052199572</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Parlatan</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786052199589</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Lider Aliya</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786052199558</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>İrade Eğitimi</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786052199527</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Dağlar ve Rüzgar</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786052199480</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen ve Kağnı</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786052199473</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786052199466</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786052199534</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Ölümü Gör</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786052199510</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Köşk ve Masallar</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786052199503</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya ve Ses</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786052199442</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Bana Bir Kanat Çiz</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786052199435</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Müstear Adresler</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786052199459</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Geçkin Akşam Ahalisi</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786052199428</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>İman Vicdan ve Dua</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786052199411</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786052199404</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Altın Çayırlar</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786052199374</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>İlmek Hatası</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786052199381</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Astronot Gamzesi</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786052199367</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Telli Dastar</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786052199343</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>İmam-ı Azam Ebu Hanife</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786052199350</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Unutmanın Sildiği Resimler</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786052199305</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Servet-i Fünun Şiir Estetiği</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786052199336</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Kader Hep Erken Zaman Hep Geç</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786052199299</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Babam ile Mersedes</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786052199107</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Öfke</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786052021101</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Fincan Fincanla</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786052199282</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Büyükler İçin Oyuncaklar</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786052199244</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Kemikleri</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786052199275</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Hü Konşu</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786052199268</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Oflu Hayriye'nin Köpeği</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786052199251</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Ben Dahil</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786052199220</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Bizim Neyimize</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786052199237</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Fehmi ve Şebisteri'den Şem ve Pervane</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786052199145</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Alem ve Adem</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786052199213</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Sayılı Gündü Geçti</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786052199138</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Kırıldıkça Büyüyen Taşlar</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786052199206</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Cazgır</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786052199183</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Alem-i Misal Rehberi</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786052199169</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Loretta</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786052199176</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Geçidi</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786052199190</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Fantastik Şeyler</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786052199053</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Bisikletli Takip</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786052199152</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Raf Ömrü</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786052199046</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Gece Uçuşu</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786052199084</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Ruh ve Ölüm</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786052199121</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Parmak Hesabı</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786052021903</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Kullar Cidarı</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786052199039</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Kızılırmak Çocukları</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786052199060</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Başlangıçlar</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786052199114</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Şefkatli Kış</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786052199022</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Palas Pandıras</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786052199015</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Kusurlu Heykel</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786052199077</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Bosna'da Baki Kalan</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9789756446089</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Kavurga Kızılı</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786052199008</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Alayına Şiir</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786052021996</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Kaplanın İşaretleri</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786052021897</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Saklambaç Oynayan Robot</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786052021989</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Söz Hakkı</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9789756446058</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Kaza ve Kader</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786052021958</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Kelimeler İçindeyim</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786052021965</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Her Yer Kerbela</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786052021972</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Bana Öğretmenini Söyle</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786052021941</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Ey Sevgili Oğul</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786052021934</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Uzayan Gölgeler</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786052021927</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamışsın Sevaplar Gibi - Cemile Sümeyra Kitabı</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786052021910</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Milyon Birinci</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786052021866</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Kafes Kesiği</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786052021873</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Uzatılmış Bir Yas</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786052021859</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Labirent Dönemeci</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786052021620</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Çolak Ressam</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786052021583</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Yılan Islığıyla Serenad</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786052021606</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Cevdet</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786052021736</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Tasarım ve Tanrı</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786052021811</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Yılanlı Hamam</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786052021828</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Yer Kızıl</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786052021842</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Beni Biri Merak Etti</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786052021767</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Satranç</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786052021705</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Habersiz Dağ</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786052021729</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Ay Tiradı</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786052021750</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Ait Bir Oda</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786052021743</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Feneri</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786052021804</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Baltar</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786052021774</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Yazdım Öykü Oldu</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786052021781</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Tek Başına İyilik</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786052021712</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Göklerinde</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786052021637</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Alışılmadık Deniz</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786052021644</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Aksak Engerek</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786052021651</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Kaldı Başıma</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786052021675</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Sordum Sarı</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786052021668</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Hiç ve Her Şey</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786052021521</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Ateşten Kelimeler</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786052021590</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Penceremde Bir Ateş Böceği</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786052021569</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Türk Edebiyatında Amentü'ler</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786052021477</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Alametifarika</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786052021460</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Yol Kasidesi</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786052021545</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>İçkanama</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786052021576</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Kahire Şiirleri</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786052021514</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Turuncu Ölüm</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786052021446</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Aliya</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786052021484</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Uçma Taklidi</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786052021491</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarın Aynaları</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786052021422</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Mekki Surelerde İslam Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786052021439</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Medeni Surelerde İslam Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786052021330</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Seyahat ve Edebiyat</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786052021323</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Sirke Dükkanı</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786052021408</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Ya Hu</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786052021293</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Muzaffer Çok Kızar Valla</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786052021286</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Kış Günleri ve Kilitler</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786052021385</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Olay Berlin'de Geçiyor</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786052021279</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Korkuyorsam Sebebi Var</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786052021378</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Bir Dalgınlık</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786052021361</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Dersleri</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786052021354</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Romantik Cinayetler</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786052021392</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Bisiklet Dersleri</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786052021316</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Olur Belki</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786052021347</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şehir Durduğunda</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786052021309</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Noktanın Seyri</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786052021231</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Takvim Yırtıkları Seti</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786052021132</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Mara ve Öteki Şiirler</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786052021200</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Yazarsam Geçer mi</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786052021170</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Bekleme Salonu</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786059087919</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Güvercinin Gerdanlığı</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786052021118</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Anlamın Çağrısı</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786052021125</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Hemzemin</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786059087957</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Habenneke ve Nüzul Sıralı Tefsiri</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786052021088</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Menzilleri 2</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786052021071</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Menzilleri 1</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786052021019</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Türk Edebiyatında Öykü Seti (5 Kitap) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786059087995</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Görünmez'in Arıları</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786059087988</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Bu Toprakları Mayalayanlar</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786059087971</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Kaplumbağa Gölgesi</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786059087964</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Yan Tesir</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786059087940</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Hasret-i Peygamber</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786059087933</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Çünkü Yol</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786059087902</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Gazoz Kapakları Birliği</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786059087896</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Beni Hikayeden Çıkart</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786059087780</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Küçülteç</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786059087834</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786059087742</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Gezgin İle Gölgesi</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786059087025</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Tohumların Valsi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786059087636</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Av Gürültüsü</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786059087643</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Adımı</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786059087735</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Hatırası</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786059087797</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Uykusuz Meyveler</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786059087674</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Hicaz Koro</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786059087704</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Şiire Yeniden Bakmak</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786059087681</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Doğrandıkça Artan Ekmek</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786059087582</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Deli Sesler</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786059087568</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Kare-Deniz</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786059087698</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Hikaye Anlatıcısı</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786059087810</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Kışın Suçlusu</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786059087803</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Yeraltı Bulutları</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786059087759</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kurt Bir Kadın Bir Horoz</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786059087766</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Alkışlanan Yaralar</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786059087728</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>İki Dil İki Hayat</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786059087650</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Sevgilinin Evi</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786059087629</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786059087605</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Hayalin Hakikati</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786059087506</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Saz ve Söz Meclisi</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786059087520</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Şiiri Yeniden Okumak</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786059087513</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Köpek Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786059087476</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Tövbekarlar Kitabı</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786059087308</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Eğer Bensem</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786054498826</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Gülşefdeli Yemeni</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786059087339</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Uslu Yara</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786059087469</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber'in Aynaları</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786059087414</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı ve Astronot</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9789757796244</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Kızılderililer Nasıl Yok Edildi</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786059087285</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Bazen Çok</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786059087360</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Yanık Maske</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786059087292</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kaç Tuhaf Gün</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786059087407</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Arsen Lüpen Sherlock Holmes'a Karşı</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786059087438</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Metafiziği</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786059087445</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Deccal</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786059087421</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Ay ve Güneş Kumpanyası</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786059087124</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Ehlidildeniz</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786059087216</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Hikmet ve Manevi Hüner</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786054498529</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Zifiri Yeşil</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786059087254</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Şarkın En Sevgili Sultanı - Selahaddin Eyyubi</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786059087056</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Dostlar Sofrası</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786059087209</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Hastanelerdeki Kelimeler</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786059087186</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Tevfik Fikret</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786059087193</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Ermiş</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786059087162</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Keklik Vurmak</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786059087148</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Sanat ve...</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9789756841884</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Vahşetin Çağrısı</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9789757796770</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>İnsancıklar</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786059087179</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Ana Üşümesi</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786059087063</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786054498888</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Dini Rehberlik</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786054498970</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Uçar Kervan Geçer</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786054498963</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Kelebeğe Tapan Adam</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786059087032</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes : Matematik Dehasının Hikayesi</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786059087001</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Tohumların Valsi</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786054498987</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Öbür Dünya Öyküleri</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786054498956</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>İlk Değilim Üstelik</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786054498901</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Karekök Hayat</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786054498611</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Bir Kimlik Vakası</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786054498444</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9789756446331</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Geceler</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786059087452</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Zaman Tesellileri</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786059087490</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>The Godfather Mitosu</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9789756446980</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Şey ve Tan</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786054498925</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Halleri</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786054498383</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Tasarım</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9789756446935</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Muhammedi Bilinç</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786059087261</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Vahye Göre Akıl</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9789756446003</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Vecizeler Öğütler Parolalar</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786054498871</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Züleyha'nın Aşk Derdi</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786054498918</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Mürekkep Hapsi</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786054498895</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Kalemin Yükü</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786054498833</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Söylevler</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786054498840</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Masallar (Büyük Boy)</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786054498857</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Susam ve Zambaklar</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786054498994</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Yazı ve Yazgı</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786054498642</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Bakılmış Su</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786054498949</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Yağmurları</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9789756446300</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Söz Uslu Olacağız</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9789756446492</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Ol Dedi Oldu 1</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9789756446850</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Taburcu</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9789756446966</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kalemini Kıranlar</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9789756841969</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>İntibah</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786054056019</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Köpeğin Dişleri</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9799756841357</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Posta Kutusundaki Mızıka</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786054498727</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Tarumar</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786054498710</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Bir Kere İstanbul</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786054498741</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Buzlanma</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786054498666</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Hayatı Kurgulamak</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786054498673</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>İşlenmemiş Suç</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786054498765</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - İkinci Lekenin Esrarı</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786054498635</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Rubailer</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786054498505</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Üzüm Bağında Serenat</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786054498451</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Esrarengiz Ev</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9789756841181</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786054498512</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Sihirbazın Düğünü</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786059087018</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Zekiler</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9789757796305</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Yeraltından Notlar</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9789756841518</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Yangın Merdiveni</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9789756841310</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Terci-i Bend ve Terkib-i Bend</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786054056293</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Tek Kelimelik Sözlük</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9789757796848</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Tefsir Usulü</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786054498000</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin İçinden Kur’an’ı Algılamak</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786054056651</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Şeytani Bilinç Muhammedi Bilince Karşı</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786054498680</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Şarkı Söyleme Dersi</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9789756446034</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Son Basamak</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9789757796404</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Sokrates’in Savunması</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786054498536</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Taht</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786054498307</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes - Bohemya’da Skandal</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786054056781</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786054056026</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Satranç Oynayan Derviş</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9789756446751</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Resimde Görünmeyen</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786054498338</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Hayyam - Rubailer</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9789756446812</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Ol Dedi Oldu - 2</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786052199398</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Okulsuz Toplum</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9789756841822</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Oku Ama Neyi?</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9789757796398</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Prens</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786054498246</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Mevleviler Yolu</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9789756446348</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Makyaj Yapan Ölüler</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786054498031</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Lacivert</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9789757796152</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Şey Yoktur</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9789757796008</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ın Bütünlüğü Üzerine</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786054056002</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Bağlam</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9789756446805</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Kuduz Aşısı</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9789757796626</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Körün Parmak Uçları</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9789757796381</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Kimi Örnek Almalı?</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9789756841365</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Kelile ve Dimne</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9789757796091</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ne ile Yaşar?</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9789756841907</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>İki Şehrin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9789757796367</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Hükümdar</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786054498499</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Hazine Avcıları</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9789756446959</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Güneşimin Önünden Çekil</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9789756841778</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786054498222</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Fener Bekçisinin Rüyaları</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9789756446065</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey ile Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9789757796435</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Erdem Nerede?</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786054056668</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Ejderha ve Kelebek</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786054056729</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Düşeş</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786054498253</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Dört Adem</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9789756841891</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Divan İmam Şâfii’nin Şiirleri</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786054498116</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Divan</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9789756841303</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Diriliş</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786054498291</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Demiryolu Çocukları</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9789757796411</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Kalbi</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786054056071</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Cimriler / El-Bukhala</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786054498277</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Bustan</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786054056736</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Budala</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786054498420</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Bir’in Sırrı (Özel Baskı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9789756446171</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Bir Elma İki Ayna - Bir İkiye Nasıl Yansıdı?</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786054498185</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Beşinci Düğme</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786054498437</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Beş Afacan ve O</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9789756446188</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Babalar ve Oğullar</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786054056033</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Azrail’in Secdesi</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9789757796299</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Ateşi Kıvılcımken Söndürmeli</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9789756841624</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Aşıklar</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786059087049</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Araba Sevdası</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9789756841631</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Deliler Kitabı Ukalau’l-Mecanin</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786054498628</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Akbaba</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9789756841952</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Adnan Menderes’in Günlüğü</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786054056644</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Ademin Kanadı</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
           <t>9799756446248</t>
         </is>
       </c>
-      <c r="B528" s="1" t="inlineStr">
+      <c r="B872" s="1" t="inlineStr">
         <is>
           <t>Bir Çarpı Bir</t>
         </is>
       </c>
-      <c r="C528" s="1">
+      <c r="C872" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>