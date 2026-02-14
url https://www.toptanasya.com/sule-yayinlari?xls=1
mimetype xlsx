--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,13105 +85,13150 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256590885</t>
+          <t>9786256590977</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltuk'un İzinde II</t>
+          <t>Sınırsız Güzel Gün</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256590908</t>
+          <t>9786256590946</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çok Tuhaftı Ağlayamadım</t>
+          <t>Kurtarılmış Eşyalar Odası</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256590892</t>
+          <t>9786256590953</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Göğebakan</t>
+          <t>Onlar Gazi İdiler</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256590922</t>
+          <t>9786256590885</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Avazı</t>
+          <t>Sarı Saltuk'un İzinde II</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256590915</t>
+          <t>9786256590908</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıldız Bir Hilal</t>
+          <t>Çok Tuhaftı Ağlayamadım</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256590939</t>
+          <t>9786256590892</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Resul - Hadiselerden Hadis Hikayeleri</t>
+          <t>Göğebakan</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256590960</t>
+          <t>9786256590922</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yazarlığa Giriş</t>
+          <t>Baykuş Avazı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256590878</t>
+          <t>9786256590915</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Şarkıları Alıp Götürsün Rüzgar</t>
+          <t>Bin Yıldız Bir Hilal</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256590861</t>
+          <t>9786256590939</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Taşla Bozulan Su</t>
+          <t>Böyle Buyurdu Resul - Hadiselerden Hadis Hikayeleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256590816</t>
+          <t>9786256590960</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Lapaza</t>
+          <t>Yazarlığa Giriş</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256590847</t>
+          <t>9786256590878</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Töngelenler</t>
+          <t>Yarım Kalan Şarkıları Alıp Götürsün Rüzgar</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256590823</t>
+          <t>9786256590861</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kartalı Yere Çalmak</t>
+          <t>Taşla Bozulan Su</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256590830</t>
+          <t>9786256590816</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bakılmayan Pencere</t>
+          <t>Lapaza</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256590854</t>
+          <t>9786256590847</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Herkes Bunun İçin Ateş Yakıyor</t>
+          <t>Töngelenler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256590779</t>
+          <t>9786256590823</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gölgesi Budanan Ağaç</t>
+          <t>Kartalı Yere Çalmak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256590809</t>
+          <t>9786256590830</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tanpınarca - Tanpınar’ın İmgeleri</t>
+          <t>Bakılmayan Pencere</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256590793</t>
+          <t>9786256590854</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Rüya</t>
+          <t>Herkes Bunun İçin Ateş Yakıyor</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256590786</t>
+          <t>9786256590779</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kabuğunu Kırdığım Salyangozlar</t>
+          <t>Gölgesi Budanan Ağaç</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256590762</t>
+          <t>9786256590809</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kabuğun Altındaki</t>
+          <t>Tanpınarca - Tanpınar’ın İmgeleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256590311</t>
+          <t>9786256590793</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kötü Öğretmenin El Kitabı</t>
+          <t>Bulanık Rüya</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256590281</t>
+          <t>9786256590786</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İki Deli Bir Akordiyon</t>
+          <t>Kabuğunu Kırdığım Salyangozlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258062649</t>
+          <t>9786256590762</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hayattayken Tanımak Bilmek Sevmek</t>
+          <t>Kabuğun Altındaki</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258062458</t>
+          <t>9786256590311</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ya Da Bir Hayal Hakikati</t>
+          <t>Kötü Öğretmenin El Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258062250</t>
+          <t>9786256590281</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Abdullah İşler Hoca: Anı - Vefa Kitabı</t>
+          <t>İki Deli Bir Akordiyon</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>45</v>
+        <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258062151</t>
+          <t>9786258062649</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Erdem Bayazıt ve Yedi Güzel Adam</t>
+          <t>Hayattayken Tanımak Bilmek Sevmek</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258062106</t>
+          <t>9786258062458</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gölge</t>
+          <t>Ya Da Bir Hayal Hakikati</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258062052</t>
+          <t>9786258062250</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kodes</t>
+          <t>Abdullah İşler Hoca: Anı - Vefa Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756446324</t>
+          <t>9786258062151</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Küçük Misafirlerime O'nu Anlattım</t>
+          <t>Erdem Bayazıt ve Yedi Güzel Adam</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>5</v>
+        <v>380</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052021194</t>
+          <t>9786258062106</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mukabele</t>
+          <t>Küçük Gölge</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>20</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059087155</t>
+          <t>9786258062052</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Savaş Meydanında Başıboş Atlar</t>
+          <t>Kodes</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>12</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059087087</t>
+          <t>9789756446324</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Seti</t>
+          <t>Küçük Misafirlerime O'nu Anlattım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>13.89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054498703</t>
+          <t>9786052021194</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Hatırı</t>
+          <t>Mukabele</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054498758</t>
+          <t>9786059087155</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Yolculuk (Özel Baskı)</t>
+          <t>Savaş Meydanında Başıboş Atlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>410</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054498734</t>
+          <t>9786059087087</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Asılsız Hikayeler</t>
+          <t>Küçük Prens Seti</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054498772</t>
+          <t>9786054498703</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Nietzsche</t>
+          <t>Hakikatin Hatırı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054498697</t>
+          <t>9786054498758</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çürük Tavşan</t>
+          <t>Güneşe Yolculuk (Özel Baskı)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>18.52</v>
+        <v>410</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756446799</t>
+          <t>9786054498734</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kitap</t>
+          <t>Asılsız Hikayeler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>8.33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054056088</t>
+          <t>9786054498772</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kadın Evliya Menkıbeleri</t>
+          <t>Böyle Buyurdu Nietzsche</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>8.33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756446461</t>
+          <t>9786054498697</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Yılları</t>
+          <t>Çürük Tavşan</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>5.56</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756446669</t>
+          <t>9789756446799</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olacaksın: Doktor</t>
+          <t>Konuşan Kitap</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052021538</t>
+          <t>9786054056088</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'ün Kız Kardeşi</t>
+          <t>Kadın Evliya Menkıbeleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059087612</t>
+          <t>9789756446461</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri (Ciltli)</t>
+          <t>Çocukluk Yılları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>25</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757796923</t>
+          <t>9789756446669</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin Sami</t>
+          <t>Büyüyünce Ne Olacaksın: Doktor</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052021880</t>
+          <t>9786052021538</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Felsefe - Bilimin Odağında Metafizik</t>
+          <t>Endülüs'ün Kız Kardeşi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052021552</t>
+          <t>9786059087612</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Hayat</t>
+          <t>Dede Korkut Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000030349</t>
+          <t>9789757796923</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Betül Büyüyor Serisi (5 Kitap Takım)</t>
+          <t>Şemseddin Sami</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052021682</t>
+          <t>9786052021880</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Öfke</t>
+          <t>Felsefe - Bilimin Odağında Metafizik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052021699</t>
+          <t>9786052021552</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bir Gelindir</t>
+          <t>Roman ve Hayat</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052021415</t>
+          <t>3990000030349</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Ufku</t>
+          <t>Betül Büyüyor Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>23.15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059087575</t>
+          <t>9786052021682</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Adası Belene</t>
+          <t>Entelektüel Öfke</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>18</v>
+        <v>90</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059087551</t>
+          <t>9786052021699</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Drina Köprüsü</t>
+          <t>Dünya Bir Gelindir</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059087599</t>
+          <t>9786052021415</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Foça'ya Giden Yol</t>
+          <t>Şiirin Ufku</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052021095</t>
+          <t>9786059087575</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Cennette Bir Gün</t>
+          <t>Şeytan Adası Belene</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059087926</t>
+          <t>9786059087551</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Perde</t>
+          <t>Drina Köprüsü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059087711</t>
+          <t>9786059087599</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Islıkla Çağrılan</t>
+          <t>Foça'ya Giden Yol</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>22</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059087667</t>
+          <t>9786052021095</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ayın Parlak Zamanı</t>
+          <t>Cennette Bir Gün</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052021149</t>
+          <t>9786059087926</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mara ve Öteki Şiirler (Ciltli)</t>
+          <t>Perde</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>45</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059087247</t>
+          <t>9786059087711</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kokusuz Bahçeler</t>
+          <t>Islıkla Çağrılan</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>7.41</v>
+        <v>22</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>1236545856485</t>
+          <t>9786059087667</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Posta Kutusundaki Mızıka (100. Baskı Seti) (Ciltli)</t>
+          <t>Ayın Parlak Zamanı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>46.3</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059087322</t>
+          <t>9786052021149</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sokaktan Kuyudan Şarkıdan</t>
+          <t>Mara ve Öteki Şiirler (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059087377</t>
+          <t>9786059087247</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eleştirisi</t>
+          <t>Kokusuz Bahçeler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059087346</t>
+          <t>1236545856485</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çal Bahtiyar</t>
+          <t>Posta Kutusundaki Mızıka (100. Baskı Seti) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059087384</t>
+          <t>9786059087322</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't-Tayr</t>
+          <t>Sokaktan Kuyudan Şarkıdan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059087391</t>
+          <t>9786059087377</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Edebiyat Eleştirisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>110</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059087315</t>
+          <t>9786059087346</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Rahat Makine</t>
+          <t>Çal Bahtiyar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054498819</t>
+          <t>9786059087384</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Posta Kutusundaki Mızıka (200. Özel Baskı) (Ciltli)</t>
+          <t>Mantıku't-Tayr</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>430</v>
+        <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054498802</t>
+          <t>9786059087391</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Sisim</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>11.11</v>
+        <v>110</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054498659</t>
+          <t>9786059087315</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Diana’nın Kanlı Kavakları</t>
+          <t>Rahat Makine</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>9.26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>3990000003093</t>
+          <t>9786054498819</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanda Konuşmak Bütün Eserleri 3</t>
+          <t>Posta Kutusundaki Mızıka (200. Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>18.52</v>
+        <v>430</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757796633</t>
+          <t>9786054498802</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Zen Yolu Zen Budizm’in İlkeleri</t>
+          <t>Ben Bir Sisim</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756446614</t>
+          <t>9786054498659</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Diana’nın Kanlı Kavakları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>6.02</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054498239</t>
+          <t>3990000003093</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Tanığı Taşlar</t>
+          <t>Zor Zamanda Konuşmak Bütün Eserleri 3</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054056941</t>
+          <t>9789757796633</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı’ndan Seçmeler</t>
+          <t>Zen Yolu Zen Budizm’in İlkeleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>3990000004806</t>
+          <t>9789756446614</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>9.26</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756446263</t>
+          <t>9786054498239</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yazabilmek Yazmaya Giriş</t>
+          <t>Zamanın Tanığı Taşlar</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9799756446453</t>
+          <t>9786054056941</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yarışan Yemekler</t>
+          <t>Yunus Emre Divanı’ndan Seçmeler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>2.78</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756841037</t>
+          <t>3990000004806</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>3990000007089</t>
+          <t>9789756446263</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Waldo Sen Neden Burada Değilsin Bütün Eserleri 11</t>
+          <t>Yazabilmek Yazmaya Giriş</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756446355</t>
+          <t>9799756446453</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi - Martı</t>
+          <t>Yarışan Yemekler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>7.41</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>3990000007092</t>
+          <t>9789756841037</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ve’l - Asr Bütün Eserleri 16</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054056774</t>
+          <t>3990000007089</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre - Zavallı Çocuk</t>
+          <t>Waldo Sen Neden Burada Değilsin Bütün Eserleri 11</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>8.33</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054056712</t>
+          <t>9789756446355</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Anlamı</t>
+          <t>Vişne Bahçesi - Martı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054056569</t>
+          <t>3990000007092</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Ve’l - Asr Bütün Eserleri 16</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>5.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789756841327</t>
+          <t>9786054056774</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Üzgünlük</t>
+          <t>Vatan Yahut Silistre - Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>4.63</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789757796237</t>
+          <t>9786054056712</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Üç Mesele Bütün Eserleri 1 Teknik-Medeniyet-Yabancılaşma</t>
+          <t>Varlığın Anlamı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789756446119</t>
+          <t>9786054056569</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Üç Kızkardeş</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>5.56</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054056743</t>
+          <t>9789756841327</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Us Lekesi</t>
+          <t>Üzgünlük</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>22</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000006724</t>
+          <t>9789757796237</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nasıl Laikleştirildi?</t>
+          <t>Üç Mesele Bütün Eserleri 1 Teknik-Medeniyet-Yabancılaşma</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756446775</t>
+          <t>9789756446119</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’yi Doğru Konuşma Kılavuzu</t>
+          <t>Üç Kızkardeş</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>7.41</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054056989</t>
+          <t>9786054056743</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Us Lekesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>7.41</v>
+        <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756841594</t>
+          <t>3990000006724</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’in Maceraları</t>
+          <t>Türkiye Nasıl Laikleştirildi?</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>3990000001669</t>
+          <t>9789756446775</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tok Kurda Puslu Hava</t>
+          <t>Türkçe’yi Doğru Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054056804</t>
+          <t>9786054056989</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>3.7</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756446690</t>
+          <t>9789756841594</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilge Kitaplığı: Tembel Karınca</t>
+          <t>Tom Sawyer’in Maceraları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>2.31</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054498284</t>
+          <t>3990000001669</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Film Replikleri</t>
+          <t>Tok Kurda Puslu Hava</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789757796374</t>
+          <t>9786054056804</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Televizyonun Sosyolojik Boyutu</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>5.09</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789757796329</t>
+          <t>9789756446690</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tehdit Değil Teklif Bütün Eserleri 10</t>
+          <t>Küçük Bilge Kitaplığı: Tembel Karınca</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>9.26</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756841075</t>
+          <t>9786054498284</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tavşanın Randevusu</t>
+          <t>Unutulmayan Film Replikleri</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054498468</t>
+          <t>9789757796374</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Taşra Şairi</t>
+          <t>Televizyonun Sosyolojik Boyutu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>25</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789757796282</t>
+          <t>9789757796329</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Taşları Yemek Yasak Bütün Eserleri 4</t>
+          <t>Tehdit Değil Teklif Bütün Eserleri 10</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>3990000004263</t>
+          <t>9789756841075</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tarihsellik ve Esbab-ı Nüzul</t>
+          <t>Tavşanın Randevusu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>3.7</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054498475</t>
+          <t>9786054498468</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi Yazıları</t>
+          <t>Taşra Şairi</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054498109</t>
+          <t>9789757796282</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi Açısından Mülk Ve Hilafet</t>
+          <t>Taşları Yemek Yasak Bütün Eserleri 4</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756841259</t>
+          <t>3990000004263</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tarık Buğra</t>
+          <t>Tarihsellik ve Esbab-ı Nüzul</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>9.26</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054056330</t>
+          <t>9786054498475</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tanrısal Öngörü</t>
+          <t>Tarih Felsefesi Yazıları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>5.56</v>
+        <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789757796589</t>
+          <t>9786054498109</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tahrir Vazifeleri Bütün Eserleri 14</t>
+          <t>Tarih Felsefesi Açısından Mülk Ve Hilafet</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>15.28</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756841129</t>
+          <t>9789756841259</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Şu Masmavi Gökyüzünü Kendi Yurdum Sanmıştım Ben</t>
+          <t>Tarık Buğra</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>6.02</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054056132</t>
+          <t>9786054056330</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Şölen</t>
+          <t>Tanrısal Öngörü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>10</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054498208</t>
+          <t>9789757796589</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Bir Savunması</t>
+          <t>Tahrir Vazifeleri Bütün Eserleri 14</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>20</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>3990000003098</t>
+          <t>9789756841129</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Şiir Okuma Kılavuzu</t>
+          <t>Şu Masmavi Gökyüzünü Kendi Yurdum Sanmıştım Ben</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>8.33</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054056835</t>
+          <t>9786054056132</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şiir Demeti</t>
+          <t>Şölen</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>0.46</v>
+        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789757796893</t>
+          <t>9786054498208</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Kemalpaşazade</t>
+          <t>Şiirin Bir Savunması</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789757796701</t>
+          <t>3990000003098</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Ebussu’ud Efendi’nin Fetvalarına Göre Kanuni Devrinde Osmanlı Hayatı (Fetava-yı Ebussuud Efendi)</t>
+          <t>Şiir Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054056705</t>
+          <t>9786054056835</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şemsiye Tamircisi</t>
+          <t>Şiir Demeti</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>18</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054056873</t>
+          <t>9789757796893</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Şeyhülislam Kemalpaşazade</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756841402</t>
+          <t>9789757796701</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şehir Ey Şehir</t>
+          <t>Şeyhülislam Ebussu’ud Efendi’nin Fetvalarına Göre Kanuni Devrinde Osmanlı Hayatı (Fetava-yı Ebussuud Efendi)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054056767</t>
+          <t>9786054056705</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Şemsiye Tamircisi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>3.7</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756841600</t>
+          <t>9786054056873</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sünbülzade Vehbi</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756446928</t>
+          <t>9789756841402</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Suyu Seveni Derin Batırın Irmağa</t>
+          <t>Şehir Ey Şehir</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3990000003099</t>
+          <t>9786054056767</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Surat Asmak Hakkımız Bütün Eserleri 9</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>8.33</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756446256</t>
+          <t>9789756841600</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sur Kenti Hikayeleri</t>
+          <t>Sünbülzade Vehbi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789757796640</t>
+          <t>9789756446928</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Osman</t>
+          <t>Suyu Seveni Derin Batırın Irmağa</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756841211</t>
+          <t>3990000003099</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Surat Asmak Hakkımız Bütün Eserleri 9</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756446307</t>
+          <t>9789756446256</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Söz, Uslu Olacağız</t>
+          <t>Sur Kenti Hikayeleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>14.81</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054056408</t>
+          <t>9789757796640</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Söylevler</t>
+          <t>Sultan 2. Osman</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054056125</t>
+          <t>9789756841211</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sorun Çağının Anatomisi</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>11.11</v>
+        <v>400</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>3990000007091</t>
+          <t>9789756446307</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sorulunca Söylenen</t>
+          <t>Söz, Uslu Olacağız</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>14.35</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789757796336</t>
+          <t>9786054056408</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Felsefenin Büyük Düşünürleri</t>
+          <t>Söylevler</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>3990000010437</t>
+          <t>9786054056125</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sivastopol</t>
+          <t>Sorun Çağının Anatomisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054056903</t>
+          <t>3990000007091</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Siper Beden</t>
+          <t>Sorulunca Söylenen</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>18.52</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756446294</t>
+          <t>9789757796336</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Şato</t>
+          <t>Siyasi Felsefenin Büyük Düşünürleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>22</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756841945</t>
+          <t>3990000010437</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Sivastopol</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054498482</t>
+          <t>9786054056903</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sen Şarkını Söyle</t>
+          <t>Siper Beden</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054056156</t>
+          <t>9789756446294</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sembolizm</t>
+          <t>Sihirli Şato</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>6.48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>3990000050590</t>
+          <t>9789756841945</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>12.96</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789757796053</t>
+          <t>9786054498482</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sanat Nedir?</t>
+          <t>Sen Şarkını Söyle</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>3990000004262</t>
+          <t>9786054056156</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sa’lebe Kıssası Esbab-ı Nüzul’e Yeni Bir Yaklaşım</t>
+          <t>Sembolizm</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>3.24</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>3990000003891</t>
+          <t>3990000050590</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sahabe’den Günümüze Allah Dostları 10 Cilt Takım Hilyetü’l Evliya / Sıfatü’s Safve (Ciltli)</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>185.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054056545</t>
+          <t>9789757796053</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Sanat Nedir?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789757796688</t>
+          <t>3990000004262</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Sa’lebe Kıssası Esbab-ı Nüzul’e Yeni Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>6.48</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789757796077</t>
+          <t>3990000003891</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Önce Biz Kirlendik</t>
+          <t>Sahabe’den Günümüze Allah Dostları 10 Cilt Takım Hilyetü’l Evliya / Sıfatü’s Safve (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>4.17</v>
+        <v>185.19</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789757796862</t>
+          <t>9786054056545</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfeddin</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054498598</t>
+          <t>9789757796688</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam Rubaileri</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>40</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756446836</t>
+          <t>9789757796077</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sirk Çocuğu Uçan Halkalarda</t>
+          <t>Önce Biz Kirlendik</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>9.26</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054498147</t>
+          <t>9789757796862</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ölü Evinden Anılar</t>
+          <t>Ömer Seyfeddin</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789756841006</t>
+          <t>9786054498598</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ölü Albayın Kızları</t>
+          <t>Ömer Hayyam Rubaileri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>6.48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>3990000027124</t>
+          <t>9789756446836</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu ve İslami Gelenek</t>
+          <t>Sirk Çocuğu Uçan Halkalarda</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756841761</t>
+          <t>9786054498147</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Orta Kahvelere Yolculuk</t>
+          <t>Ölü Evinden Anılar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>4.63</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054056392</t>
+          <t>9789756841006</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Okurluk Üstüne</t>
+          <t>Ölü Albayın Kızları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756446577</t>
+          <t>3990000027124</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Okumak Yazmak ve Yaşamak Üzerine</t>
+          <t>Osmanlı İmparatorluğu ve İslami Gelenek</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054056958</t>
+          <t>9789756841761</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Of Not Being a Jew (Ciltli)</t>
+          <t>Orta Kahvelere Yolculuk</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>37.04</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756446584</t>
+          <t>9786054056392</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Of Not Being a Jew</t>
+          <t>Okurluk Üstüne</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>11.11</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9799757796427</t>
+          <t>9789756446577</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Neyi Kaybettiğini Hatırla</t>
+          <t>Okumak Yazmak ve Yaşamak Üzerine</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>3990000004860</t>
+          <t>9786054056958</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Neşâti</t>
+          <t>Of Not Being a Jew (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>9.26</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054056316</t>
+          <t>9789756446584</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Neredeyizim</t>
+          <t>Of Not Being a Jew</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756841754</t>
+          <t>9799757796427</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Naz Bitti</t>
+          <t>Neyi Kaybettiğini Hatırla</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054056811</t>
+          <t>3990000004860</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’dan Fıkralar</t>
+          <t>Neşâti</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054498161</t>
+          <t>9786054056316</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş</t>
+          <t>Neredeyizim</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>6.48</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789757796428</t>
+          <t>9789756841754</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş</t>
+          <t>Naz Bitti</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054498055</t>
+          <t>9786054056811</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Muvazzaf</t>
+          <t>Nasreddin Hoca’dan Fıkralar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>23.15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054056514</t>
+          <t>9786054498161</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens - Seçme Hikayeler</t>
+          <t>Müfettiş</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>6.02</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756446881</t>
+          <t>9789757796428</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilge Kitaplığı: Mızmız Arı</t>
+          <t>Müfettiş</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>2.31</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9726054498112</t>
+          <t>9786054498055</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Metin Eloğlu ve Şiiri</t>
+          <t>Muvazzaf</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>16.67</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054056965</t>
+          <t>9786054056514</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mesneviden Seçme Hikayeler</t>
+          <t>Mutlu Prens - Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>4.63</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054498215</t>
+          <t>9789756446881</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Şaheser</t>
+          <t>Küçük Bilge Kitaplığı: Mızmız Arı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>7.41</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789757796466</t>
+          <t>9726054498112</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Maturidi ve İbn Teymiyye’de Metod Anlayışı ve Kur’an</t>
+          <t>Metin Eloğlu ve Şiiri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>3.24</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054056828</t>
+          <t>9786054056965</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Masallar</t>
+          <t>Mesneviden Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054056682</t>
+          <t>9786054498215</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Masallar</t>
+          <t>Meçhul Şaheser</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054498093</t>
+          <t>9789757796466</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Maturidi ve İbn Teymiyye’de Metod Anlayışı ve Kur’an</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>13.89</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9799756446095</t>
+          <t>9786054056828</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Masallar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756446553</t>
+          <t>9786054056682</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun’un İki Şairi Fuzuli ve Sezai Karakoç</t>
+          <t>Masallar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756841983</t>
+          <t>9786054498093</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Göl</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756446904</t>
+          <t>9799756446095</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilge Kitaplığı: Küskün Ayçiçeği</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>2.31</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>3990000012423</t>
+          <t>9789756446553</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kürkçü Dükkanı</t>
+          <t>Leyla ile Mecnun’un İki Şairi Fuzuli ve Sezai Karakoç</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>4.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054498390</t>
+          <t>9789756841983</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Teknoloji ve Sanat Yazıları</t>
+          <t>Lanetli Göl</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9756054498416</t>
+          <t>9789756446904</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şey Yoktur (Özel Baskı) (Ciltli)</t>
+          <t>Küçük Bilge Kitaplığı: Küskün Ayçiçeği</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>46.3</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789756841136</t>
+          <t>3990000012423</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uykusu Bütün Eserleri - 6</t>
+          <t>Kürkçü Dükkanı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>6.48</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>3990000004261</t>
+          <t>9786054498390</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Anlaşılmasında Esbab-ı Nüzul’ün Rolü</t>
+          <t>Kültür, Teknoloji ve Sanat Yazıları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789757796718</t>
+          <t>9756054498416</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Anlamada Yöntem</t>
+          <t>Küçük Şey Yoktur (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>9.26</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789757796268</t>
+          <t>9789756841136</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İbadet Kavramı</t>
+          <t>Kuş Uykusu Bütün Eserleri - 6</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>3.24</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756741013</t>
+          <t>3990000004261</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Dua</t>
+          <t>Kur’an’ın Anlaşılmasında Esbab-ı Nüzul’ün Rolü</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>3990000005532</t>
+          <t>9789757796718</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tasavvuf Tefsirlerin Tasavvufa Bakışı</t>
+          <t>Kur’an’ı Anlamada Yöntem</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>3990000011110</t>
+          <t>9789757796268</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kur’an’ı Tanımlıyor</t>
+          <t>Kur’an’da İbadet Kavramı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>9.26</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789756446706</t>
+          <t>9789756741013</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilge Kitaplığı: Kirli Fare</t>
+          <t>Kur’an’da Dua</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>2.31</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789756446386</t>
+          <t>3990000005532</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kirletilmiş Ölümler Kitabı ve Büyük Tefsir</t>
+          <t>Kur’an ve Tasavvuf Tefsirlerin Tasavvufa Bakışı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789756446539</t>
+          <t>3990000011110</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Kur’an Kur’an’ı Tanımlıyor</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054056163</t>
+          <t>9789756446706</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Kitap</t>
+          <t>Küçük Bilge Kitaplığı: Kirli Fare</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>100</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054056927</t>
+          <t>9789756446386</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Kirletilmiş Ölümler Kitabı ve Büyük Tefsir</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756446560</t>
+          <t>9789756446539</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İstasyon</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054056750</t>
+          <t>9786054056163</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Karz-ı Hasen</t>
+          <t>Kılavuz Kitap</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>23.15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054498321</t>
+          <t>9786054056927</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Karışık Odalar</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789756446652</t>
+          <t>9789756446560</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kalın Türk</t>
+          <t>Kayıp İstasyon</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789756841570</t>
+          <t>9786054056750</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Kitabı Ahbaru’n-Nisa</t>
+          <t>Karz-ı Hasen</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>8.8</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789757796725</t>
+          <t>9786054498321</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Güleryüzü</t>
+          <t>Karışık Odalar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789757796015</t>
+          <t>9789756446652</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Ordu ve Komutan (Ciltli)</t>
+          <t>Kalın Türk</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789756841730</t>
+          <t>9789756841570</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda ve Osmanlı Uygulamasında  Kamu Malları</t>
+          <t>Kadınlar Kitabı Ahbaru’n-Nisa</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>9.26</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789757796565</t>
+          <t>9789757796725</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İrtica Elden Gidiyor Bütün Eserleri 7</t>
+          <t>İslam’ın Güleryüzü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054056897</t>
+          <t>9789757796015</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yeryüzü Macerası</t>
+          <t>İslam’da Ordu ve Komutan (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054498352</t>
+          <t>9789756841730</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İnsan Aldanır</t>
+          <t>İslam Hukukunda ve Osmanlı Uygulamasında  Kamu Malları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789756446737</t>
+          <t>9789757796565</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilge Kitaplığı: İnatçı Karanfil</t>
+          <t>İrtica Elden Gidiyor Bütün Eserleri 7</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>2.31</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789756446027</t>
+          <t>9786054056897</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İmtiyaz Sahibi</t>
+          <t>İnsanın Yeryüzü Macerası</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054056064</t>
+          <t>9786054498352</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İlaveler ve Vaat Edilmiş Bir Şiir</t>
+          <t>İnsan Aldanır</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789757796206</t>
+          <t>9789756446737</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşünce Tarihi</t>
+          <t>Küçük Bilge Kitaplığı: İnatçı Karanfil</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>12.5</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054498123</t>
+          <t>9789756446027</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>İmtiyaz Sahibi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>16.67</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789756446010</t>
+          <t>9786054056064</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Baloda Yokum</t>
+          <t>İlaveler ve Vaat Edilmiş Bir Şiir</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789756446898</t>
+          <t>9789757796206</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilge Kitaplığı: Hırsız Kedi</t>
+          <t>İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>2.31</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9799756446231</t>
+          <t>9786054498123</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Henry Sen Neden Buradasın 2</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>7.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9799756446217</t>
+          <t>9789756446010</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Henry Sen Neden Buradasın 1</t>
+          <t>Hiçbir Baloda Yokum</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789756446270</t>
+          <t>9789756446898</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hazine Arayışı</t>
+          <t>Küçük Bilge Kitaplığı: Hırsız Kedi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>7.41</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054498017</t>
+          <t>9799756446231</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hayyamın Rubaileri ve Manzum Tercümeleri</t>
+          <t>Henry Sen Neden Buradasın 2</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054056491</t>
+          <t>9799756446217</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Manası Versus Manalı Bir Hayat</t>
+          <t>Henry Sen Neden Buradasın 1</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>23.15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>3990000005432</t>
+          <t>9789756446270</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Havaya Bakış Çocuklar İçin Öğretici Çevre Kitabı Yaşadığınız Dünyayı Tanıyın</t>
+          <t>Hazine Arayışı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>6.02</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054056552</t>
+          <t>9786054498017</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Hayyamın Rubaileri ve Manzum Tercümeleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789757796350</t>
+          <t>9786054056491</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hastalar İnsandır</t>
+          <t>Hayatın Manası Versus Manalı Bir Hayat</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>16</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054056972</t>
+          <t>3990000005432</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinden Seçmeler</t>
+          <t>Havaya Bakış Çocuklar İçin Öğretici Çevre Kitabı Yaşadığınız Dünyayı Tanıyın</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>4.63</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789756841587</t>
+          <t>9786054056552</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789757796886</t>
+          <t>9789757796350</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Halide Edib Adıvar</t>
+          <t>Hastalar İnsandır</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>9.26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756446720</t>
+          <t>9786054056972</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilge Kitaplığı: Güzel Kelebek</t>
+          <t>Halk Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>2.31</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9799757796694</t>
+          <t>9789756841587</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gülliver’in Seyahatleri</t>
+          <t>Halit Ziya Uşaklıgil</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054056910</t>
+          <t>9789757796886</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Halide Edib Adıvar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054056521</t>
+          <t>9789756446720</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Seyahatleri</t>
+          <t>Küçük Bilge Kitaplığı: Güzel Kelebek</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>9.26</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>3990000003102</t>
+          <t>9799757796694</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Gözlerim Yanıyor Anne</t>
+          <t>Gülliver’in Seyahatleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054498024</t>
+          <t>9786054056910</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Gizli Hazineyim Bilinmektir Muradım</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>23.15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>3990000012314</t>
+          <t>9786054056521</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Geçen Gün Ömürdendir</t>
+          <t>Gulliver’in Seyahatleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756841143</t>
+          <t>3990000003102</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gariplerin Kitabı</t>
+          <t>Gözlerim Yanıyor Anne</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054056859</t>
+          <t>9786054498024</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Frankfurt Seyahatnamesi</t>
+          <t>Gizli Hazineyim Bilinmektir Muradım</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>4.63</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9799757796441</t>
+          <t>3990000012314</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Faydasız Yazılar Bütün Eserleri 6</t>
+          <t>Geçen Gün Ömürdendir</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789756841242</t>
+          <t>9789756841143</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet</t>
+          <t>Gariplerin Kitabı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054056453</t>
+          <t>9786054056859</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Evlenseydik Boşanacaktık</t>
+          <t>Frankfurt Seyahatnamesi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>23.15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054056361</t>
+          <t>9799757796441</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Evet mi, Hayır mı?</t>
+          <t>Faydasız Yazılar Bütün Eserleri 6</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059087131</t>
+          <t>9789756841242</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Eve Gitmek İstemediğim Günler</t>
+          <t>Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789756446591</t>
+          <t>9786054056453</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Eugenie Grandet</t>
+          <t>Evlenseydik Boşanacaktık</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>6.48</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>3990000005253</t>
+          <t>9786054056361</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı</t>
+          <t>Evet mi, Hayır mı?</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>6.48</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789757796312</t>
+          <t>9786059087131</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Erbain Kırk Yılın Şiirleri</t>
+          <t>Eve Gitmek İstemediğim Günler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756446508</t>
+          <t>9789756446591</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Erbain Kırk Yılın Şiirleri (Ciltli)</t>
+          <t>Eugenie Grandet</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>17.59</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9189151796275</t>
+          <t>3990000005253</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Erzurumlu İbrahim Hakkı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789756446829</t>
+          <t>9789757796312</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Hayatımızdaki Yeri: Neresi?</t>
+          <t>Erbain Kırk Yılın Şiirleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>12</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789756841099</t>
+          <t>9789756446508</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Duanın Ruhu</t>
+          <t>Erbain Kırk Yılın Şiirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789756841204</t>
+          <t>9189151796275</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>18</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054056323</t>
+          <t>9789756446829</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ebruli Külah</t>
+          <t>Edebiyatın Hayatımızdaki Yeri: Neresi?</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>18.52</v>
+        <v>12</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054056842</t>
+          <t>9789756841099</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Gurebahane-i Laklakan</t>
+          <t>Duanın Ruhu</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054498314</t>
+          <t>9789756841204</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Felsefe</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>13.89</v>
+        <v>18</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054056460</t>
+          <t>9786054056323</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Ebruli Külah</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054498048</t>
+          <t>9786054056842</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Kaşiflik</t>
+          <t>Gurebahane-i Laklakan</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789756841280</t>
+          <t>9786054498314</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut</t>
+          <t>Dil ve Felsefe</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054056996</t>
+          <t>9786054056460</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054498154</t>
+          <t>9786054498048</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Yılları</t>
+          <t>Deniz ve Kaşiflik</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789756446409</t>
+          <t>9789756841280</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin 40 Hadis 2</t>
+          <t>Dedem Korkut</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789756446317</t>
+          <t>9786054056996</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin 40 Hadis 1</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054056507</t>
+          <t>9786054498154</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Çocukluk Yılları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789756446911</t>
+          <t>9789756446409</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilge Kitaplığı: Çirkin Kaktüs</t>
+          <t>Çocuklar İçin 40 Hadis 2</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>2.31</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>3990000005431</t>
+          <t>9789756446317</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Çevreye Bakış Çocuklar İçin Öğretici Çevre Kitabı Yaşadığınız Dünyayı Tanıyın</t>
+          <t>Çocuklar İçin 40 Hadis 1</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>6.02</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789756446744</t>
+          <t>9786054056507</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çenebazlık</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054056866</t>
+          <t>9789756446911</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Küçük Bilge Kitaplığı: Çirkin Kaktüs</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>6.48</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789756446942</t>
+          <t>3990000005431</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yorumbilim Kuramları</t>
+          <t>Çevreye Bakış Çocuklar İçin Öğretici Çevre Kitabı Yaşadığınız Dünyayı Tanıyın</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>13.89</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9799756446071</t>
+          <t>9789756446744</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 9</t>
+          <t>Çenebazlık</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789756841938</t>
+          <t>9786054056866</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 8</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789756841860</t>
+          <t>9789756446942</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 7</t>
+          <t>Çağdaş Yorumbilim Kuramları</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789756841846</t>
+          <t>9799756446071</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 6</t>
+          <t>Cuma Mektupları 9</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>3990000007088</t>
+          <t>9789756841938</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 5</t>
+          <t>Cuma Mektupları 8</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789757796541</t>
+          <t>9789756841860</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 4</t>
+          <t>Cuma Mektupları 7</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>3990000007090</t>
+          <t>9789756841846</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 3</t>
+          <t>Cuma Mektupları 6</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789757796619</t>
+          <t>3990000007088</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 2</t>
+          <t>Cuma Mektupları 5</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9799756446132</t>
+          <t>9789757796541</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 10</t>
+          <t>Cuma Mektupları 4</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789757796572</t>
+          <t>3990000007090</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 1</t>
+          <t>Cuma Mektupları 3</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>3990000012422</t>
+          <t>9789757796619</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kutu Büyülenmiş Toplum Belgesel Film</t>
+          <t>Cuma Mektupları 2</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>3.7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789756446287</t>
+          <t>9799756446132</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Dünya</t>
+          <t>Cuma Mektupları 10</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789757796794</t>
+          <t>9789757796572</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Cuma Mektupları 1</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>7.87</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>3990000006176</t>
+          <t>3990000012422</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Budala 2 Cilt Takım</t>
+          <t>Büyülü Kutu Büyülenmiş Toplum Belgesel Film</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>18.52</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054056798</t>
+          <t>9789756446287</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre - Bir Seyahatin Notları</t>
+          <t>Büyülü Dünya</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>5.56</v>
+        <v>180</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054498406</t>
+          <t>9789757796794</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bir’in Sırrı</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>50</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>3990000002938</t>
+          <t>3990000006176</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bir Yusuf Masalı</t>
+          <t>Budala 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>8.33</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>3990000002937</t>
+          <t>9786054056798</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bir Yusuf Masalı (Ciltli)</t>
+          <t>Bize Göre - Bir Seyahatin Notları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>23.15</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789756446362</t>
+          <t>9786054498406</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bir Yangın Tenhası</t>
+          <t>Bir’in Sırrı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>4.63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054056422</t>
+          <t>3990000002938</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bir Vefa Daha</t>
+          <t>Bir Yusuf Masalı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789757796480</t>
+          <t>3990000002937</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Müfessir Aişe Abdurrahman ve Kur’an Tefsirindeki Yeri</t>
+          <t>Bir Yusuf Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>3.24</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789757796221</t>
+          <t>9789756446362</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bir Felsefe Sistemi Olarak Reklamcılık</t>
+          <t>Bir Yangın Tenhası</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789756841198</t>
+          <t>9786054056422</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ölü Evinden Anılar</t>
+          <t>Bir Vefa Daha</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>22</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054056354</t>
+          <t>9789757796480</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bilimler ve Sanatlar Üzerine Söylev</t>
+          <t>Bir Kadın Müfessir Aişe Abdurrahman ve Kur’an Tefsirindeki Yeri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>5.56</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>3990000005560</t>
+          <t>9789757796221</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bilim Nasıl Satılır?</t>
+          <t>Bir Felsefe Sistemi Olarak Reklamcılık</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>4.17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>3990000003095</t>
+          <t>9789756841198</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bilim Kutsal Bir İnektir</t>
+          <t>Ölü Evinden Anılar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>18.52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054056699</t>
+          <t>9786054056354</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Temelli Yönetici Sekreterliği</t>
+          <t>Bilimler ve Sanatlar Üzerine Söylev</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>3990000001668</t>
+          <t>3990000005560</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bileşenleriyle Basit</t>
+          <t>Bilim Nasıl Satılır?</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>23.15</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>3990000011455</t>
+          <t>3990000003095</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bildik Kıssalara Bilmedik Öyküler (Ciltli)</t>
+          <t>Bilim Kutsal Bir İnektir</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054056613</t>
+          <t>9786054056699</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş (Cep Boy)</t>
+          <t>Bilgi Temelli Yönetici Sekreterliği</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054498604</t>
+          <t>3990000001668</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ben De Böyle Yaptım</t>
+          <t>Bileşenleriyle Basit</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054498062</t>
+          <t>3990000011455</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Başbaş Başbaşa Başabaş</t>
+          <t>Bildik Kıssalara Bilmedik Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054498192</t>
+          <t>9786054056613</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Barınma Felsefesi</t>
+          <t>Beyaz Diş (Cep Boy)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>16</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>3990000011149</t>
+          <t>9786054498604</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Baki</t>
+          <t>Ben De Böyle Yaptım</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>3990000015272</t>
+          <t>9786054498062</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bakanlar ve Görenler</t>
+          <t>Başbaş Başbaşa Başabaş</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>7.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054056576</t>
+          <t>9786054498192</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Barınma Felsefesi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>11.11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789756841495</t>
+          <t>3990000011149</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Asaf Halet Çelebi</t>
+          <t>Baki</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054498260</t>
+          <t>3990000015272</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Araplar’ın Anadolu Seferleri</t>
+          <t>Bakanlar ve Görenler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054498130</t>
+          <t>9786054056576</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789756841372</t>
+          <t>9789756841495</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal</t>
+          <t>Asaf Halet Çelebi</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054056415</t>
+          <t>9786054498260</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Emri Zaid / Plus Peygamberin Kavli</t>
+          <t>Araplar’ın Anadolu Seferleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>23.15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789756841471</t>
+          <t>9786054498130</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Alev ve Beton</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>6.94</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789756841235</t>
+          <t>9789756841372</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar</t>
+          <t>A’mak-ı Hayal</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789756841297</t>
+          <t>9786054056415</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Cevdet Paşa</t>
+          <t>Allah’ın Emri Zaid / Plus Peygamberin Kavli</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>3990000006597</t>
+          <t>9789756841471</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Yesevi</t>
+          <t>Alev ve Beton</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054498369</t>
+          <t>9789756841235</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat - Demokrasi Ters Şeritte</t>
+          <t>Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789757796527</t>
+          <t>9789756841297</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>1913’ten Günümüze İmam-Hatip Okulları Meselesi</t>
+          <t>Ahmet Cevdet Paşa</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789757796671</t>
+          <t>3990000006597</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>Ahmed Yesevi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>3.7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789756841709</t>
+          <t>9786054498369</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi</t>
+          <t>28 Şubat - Demokrasi Ters Şeritte</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054056606</t>
+          <t>9789757796527</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Kıvılcımken Söndürmeli</t>
+          <t>1913’ten Günümüze İmam-Hatip Okulları Meselesi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059087827</t>
+          <t>9789757796671</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşları ve Zeytin Ağaçları</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>110</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054056880</t>
+          <t>9789756841709</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Akbaba</t>
+          <t>Aziz Mahmud Hüdayi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786054498796</t>
+          <t>9786054056606</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Rubailer Evhadüddin-i Kirmani</t>
+          <t>Ateşi Kıvılcımken Söndürmeli</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>45</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059087483</t>
+          <t>9786059087827</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Şenayi</t>
+          <t>Gözyaşları ve Zeytin Ağaçları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>25</v>
+        <v>110</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059087278</t>
+          <t>9786054056880</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Alnımda Kanat İzleri</t>
+          <t>Akbaba</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059087353</t>
+          <t>9786054498796</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Düğün Daveti</t>
+          <t>Rubailer Evhadüddin-i Kirmani</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059087537</t>
+          <t>9786059087483</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İrşadi</t>
+          <t>Şenayi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>310</v>
+        <v>25</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059087100</t>
+          <t>9786059087278</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Asa Kimin Elinde?</t>
+          <t>Alnımda Kanat İzleri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059087070</t>
+          <t>9786059087353</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Zan</t>
+          <t>Düğün Daveti</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054498932</t>
+          <t>9786059087537</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ezra Pound</t>
+          <t>İrşadi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>14</v>
+        <v>310</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789756446768</t>
+          <t>9786059087100</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Kendi Sesi</t>
+          <t>Asa Kimin Elinde?</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>8.33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789756841464</t>
+          <t>9786059087070</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Mısır Hayatı ve Kur'an Meali</t>
+          <t>Zan</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9799756446040</t>
+          <t>9786054498932</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Mekke İslam'ın Kutsal Şehri</t>
+          <t>Ezra Pound</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789756446478</t>
+          <t>9789756446768</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Yılları</t>
+          <t>Okyanusun Kendi Sesi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789756446867</t>
+          <t>9789756841464</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Bilmiş Kebikeç</t>
+          <t>Mehmed Akif Mısır Hayatı ve Kur'an Meali</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>2.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789756841648</t>
+          <t>9799756446040</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Oburlar ve Asalaklar</t>
+          <t>Mekke İslam'ın Kutsal Şehri</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>11.11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789756446676</t>
+          <t>9789756446478</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Gizler Bahçesi</t>
+          <t>Gençlik Yılları</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789756841853</t>
+          <t>9789756446867</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Başka Göklerin Altında</t>
+          <t>Bilmiş Kebikeç</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>8.33</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789756446782</t>
+          <t>9789756841648</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yazarlar ve Aşkları</t>
+          <t>Oburlar ve Asalaklar</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054498550</t>
+          <t>9789756446676</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Thomas Bernhard</t>
+          <t>Gizler Bahçesi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>14</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054498581</t>
+          <t>9789756841853</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig</t>
+          <t>Başka Göklerin Altında</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>13</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789756841990</t>
+          <t>9789756446782</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Dört Halifeden Vecizeler Sözlüğü</t>
+          <t>Yazarlar ve Aşkları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>23.15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9799757796502</t>
+          <t>9786054498550</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar</t>
+          <t>Thomas Bernhard</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>7.41</v>
+        <v>14</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789756446713</t>
+          <t>9786054498581</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilge Kitaplığı: Cimri Sincap</t>
+          <t>Stefan Zweig</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>2.31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9756841613442</t>
+          <t>9789756841990</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Vaadi</t>
+          <t>Dört Halifeden Vecizeler Sözlüğü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>4.63</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054498567</t>
+          <t>9799757796502</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Carl Gustav Jung</t>
+          <t>Kazaklar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789756841679</t>
+          <t>9789756446713</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Şarkısı</t>
+          <t>Küçük Bilge Kitaplığı: Cimri Sincap</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>11.11</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059087230</t>
+          <t>9756841613442</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Şehirler Arası</t>
+          <t>Şeytanın Vaadi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>50</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059087223</t>
+          <t>9786054498567</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Terk</t>
+          <t>Carl Gustav Jung</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>18</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059087094</t>
+          <t>9789756841679</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Bir Yağmur Türküsü</t>
+          <t>Güneşin Şarkısı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>115</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>3990000026799</t>
+          <t>9786059087230</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilge Kitaplığı (10 Kitap Takım)</t>
+          <t>Şehirler Arası</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>23.15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789756446874</t>
+          <t>9786059087223</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilge Kitaplığı: Obur Kamlumbağa</t>
+          <t>Terk</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>2.31</v>
+        <v>18</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052199640</t>
+          <t>9786059087094</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İberistan - İbretler Ülkesi 1</t>
+          <t>Bir Yağmur Türküsü</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052199497</t>
+          <t>3990000026799</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Küçük Bilge Kitaplığı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>110</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054498789</t>
+          <t>9789756446874</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Şu Halde</t>
+          <t>Küçük Bilge Kitaplığı: Obur Kamlumbağa</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>130</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052199701</t>
+          <t>9786052199640</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>İberistan - İbretler Ülkesi 1</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052021255</t>
+          <t>9786052199497</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Takvim Yırtıkları 2</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>30</v>
+        <v>110</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052021262</t>
+          <t>9786054498789</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Takvim Yırtıkları 3</t>
+          <t>Şu Halde</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>30</v>
+        <v>130</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052021453</t>
+          <t>9786052199701</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kristal Sapan</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256590731</t>
+          <t>9786052021255</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Can Eğrisi</t>
+          <t>Takvim Yırtıkları 2</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256590687</t>
+          <t>9786052021262</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sırları Keşfederken</t>
+          <t>Takvim Yırtıkları 3</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256590748</t>
+          <t>9786052021453</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Refakatçi Bir Eşin Şifa Notları</t>
+          <t>Kristal Sapan</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256590755</t>
+          <t>9786256590731</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Böcekler İçin Dilbilgisi</t>
+          <t>Can Eğrisi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054498864</t>
+          <t>9786256590687</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Cellat Düğümü</t>
+          <t>Sırları Keşfederken</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256590700</t>
+          <t>9786256590748</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Hızır Elimden Tutsun</t>
+          <t>Refakatçi Bir Eşin Şifa Notları</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256590663</t>
+          <t>9786256590755</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ebru Şiirleri</t>
+          <t>Böcekler İçin Dilbilgisi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256590694</t>
+          <t>9786054498864</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Şemsiye</t>
+          <t>Cellat Düğümü</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256590670</t>
+          <t>9786256590700</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Okumak Yazmak ve Düşünmek Üzerine</t>
+          <t>Hızır Elimden Tutsun</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256590724</t>
+          <t>9786256590663</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Fazla Uzaklaşmış Olamaz</t>
+          <t>Ebru Şiirleri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256590717</t>
+          <t>9786256590694</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kirli Sular</t>
+          <t>Tek Kişilik Şemsiye</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256590649</t>
+          <t>9786256590670</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Saati</t>
+          <t>Okumak Yazmak ve Düşünmek Üzerine</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256590632</t>
+          <t>9786256590724</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Süper Değil Gerçek Kahramanlar-2</t>
+          <t>Fazla Uzaklaşmış Olamaz</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256590656</t>
+          <t>9786256590717</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Gölün Ötesi</t>
+          <t>Kirli Sular</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256590625</t>
+          <t>9786256590649</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yol Uçurumu</t>
+          <t>Kuşların Saati</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256590618</t>
+          <t>9786256590632</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Geriye Kalan Göz</t>
+          <t>Süper Değil Gerçek Kahramanlar-2</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256590601</t>
+          <t>9786256590656</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Ben Meydana Koşarken</t>
+          <t>Gölün Ötesi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>4444444444011</t>
+          <t>9786256590625</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Karabatak - 81</t>
+          <t>Yol Uçurumu</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052021163</t>
+          <t>9786256590618</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>A’mak-ı Hayal</t>
+          <t>Geriye Kalan Göz</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059087544</t>
+          <t>9786256590601</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Şiirle Yeniden İnşası</t>
+          <t>Ben Meydana Koşarken</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059087117</t>
+          <t>4444444444011</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Cenap Şahabeddin</t>
+          <t>Karabatak - 81</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256590595</t>
+          <t>9786052021163</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Betül Büyüyor - Uzaya Gönderilen Hurma</t>
+          <t>A’mak-ı Hayal</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256590588</t>
+          <t>9786059087544</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Betül Büyüyor - Marketteki Maşallahlar</t>
+          <t>İnsanın Şiirle Yeniden İnşası</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256590571</t>
+          <t>9786059087117</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Betül Büyüyor - Elhamdülillah Diyen Tabelalar</t>
+          <t>Cenap Şahabeddin</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256590557</t>
+          <t>9786256590595</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Betül Büyüyor - Caminin Kelebeği</t>
+          <t>Betül Büyüyor - Uzaya Gönderilen Hurma</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256590564</t>
+          <t>9786256590588</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Betül Büyüyor - Bulutlu Kek</t>
+          <t>Betül Büyüyor - Marketteki Maşallahlar</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256590540</t>
+          <t>9786256590571</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hem Okudum Hem Yazdım</t>
+          <t>Betül Büyüyor - Elhamdülillah Diyen Tabelalar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256590533</t>
+          <t>9786256590557</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hafız Hafız</t>
+          <t>Betül Büyüyor - Caminin Kelebeği</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052021507</t>
+          <t>9786256590564</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Derin Dalış</t>
+          <t>Betül Büyüyor - Bulutlu Kek</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256590083</t>
+          <t>9786256590540</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Bütünlüğü İlim Tahsiline Giriş</t>
+          <t>Hem Okudum Hem Yazdım</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256590526</t>
+          <t>9786256590533</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Din Dersi Öğretmenimle Konuşmalar</t>
+          <t>Hafız Hafız</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256590519</t>
+          <t>9786052021507</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Leydi Frances Carfax’in Kayboluşu</t>
+          <t>Derin Dalış</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256590502</t>
+          <t>9786256590083</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Her At İçin Bir Şarkı</t>
+          <t>Bilginin Bütünlüğü İlim Tahsiline Giriş</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256590434</t>
+          <t>9786256590526</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sehem</t>
+          <t>Din Dersi Öğretmenimle Konuşmalar</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789757796497</t>
+          <t>9786256590519</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Ahmak ve Dalgınlar</t>
+          <t>Leydi Frances Carfax’in Kayboluşu</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786256590236</t>
+          <t>9786256590502</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Paris-Daqar</t>
+          <t>Her At İçin Bir Şarkı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256590199</t>
+          <t>9786256590434</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Yüzeydeki Derinlik</t>
+          <t>Sehem</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258062830</t>
+          <t>9789757796497</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kintsugi - Değerli Yaralar</t>
+          <t>Ahmak ve Dalgınlar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258062717</t>
+          <t>9786256590236</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Kırım</t>
+          <t>Paris-Daqar</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>560</v>
+        <v>180</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052021798</t>
+          <t>9786256590199</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Akvaryum Fırtınası</t>
+          <t>Yüzeydeki Derinlik</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789757796343</t>
+          <t>9786258062830</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Nedir?</t>
+          <t>Kintsugi - Değerli Yaralar</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052199541</t>
+          <t>9786258062717</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Siyah Yıldız</t>
+          <t>Vatan Yahut Kırım</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>220</v>
+        <v>560</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052199091</t>
+          <t>9786052021798</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Nekro Porta - Ölüler Kapısı</t>
+          <t>Akvaryum Fırtınası</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052199329</t>
+          <t>9789757796343</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Cemi</t>
+          <t>Kur’an Nedir?</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052199312</t>
+          <t>9786052199541</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Uçurumda Bir Gömü</t>
+          <t>Siyah Yıldız</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256590496</t>
+          <t>9786052199091</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Masada Fazla Tabak</t>
+          <t>Nekro Porta - Ölüler Kapısı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256590472</t>
+          <t>9786052199329</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Sesin Dağın Ardında</t>
+          <t>Kırklar Cemi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256590489</t>
+          <t>9786052199312</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Hayret Ustası</t>
+          <t>Uçurumda Bir Gömü</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256590410</t>
+          <t>9786256590496</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Savaştan Bir Gün Sonra</t>
+          <t>Masada Fazla Tabak</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256590427</t>
+          <t>9786256590472</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ayna Kavgası</t>
+          <t>Sesin Dağın Ardında</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256590335</t>
+          <t>9786256590489</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kazı Alanı</t>
+          <t>Hayret Ustası</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256590465</t>
+          <t>9786256590410</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Okçu Duası</t>
+          <t>Savaştan Bir Gün Sonra</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256590366</t>
+          <t>9786256590427</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltuk'un İzinde</t>
+          <t>Ayna Kavgası</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256590458</t>
+          <t>9786256590335</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Gibidir İşbu Kitab</t>
+          <t>Kazı Alanı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256590441</t>
+          <t>9786256590465</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Leyo</t>
+          <t>Okçu Duası</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256590342</t>
+          <t>9786256590366</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Zikrim Ağustos Şeyhim Karınca</t>
+          <t>Sarı Saltuk'un İzinde</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256590328</t>
+          <t>9786256590458</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ol Hikaye</t>
+          <t>Ruhum Gibidir İşbu Kitab</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256590359</t>
+          <t>9786256590441</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Melekli Oda</t>
+          <t>Leyo</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256590403</t>
+          <t>9786256590342</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Ağırlığında</t>
+          <t>Zikrim Ağustos Şeyhim Karınca</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256590380</t>
+          <t>9786256590328</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Homeros'un Limon Ağacı</t>
+          <t>Ol Hikaye</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256590304</t>
+          <t>9786256590359</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Ben Seher'im Hakim Bey</t>
+          <t>Melekli Oda</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256590397</t>
+          <t>9786256590403</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Belki Unuturuz</t>
+          <t>Kırlangıç Ağırlığında</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256590373</t>
+          <t>9786256590380</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Babaannenin Avizesi</t>
+          <t>Homeros'un Limon Ağacı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256590267</t>
+          <t>9786256590304</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Nehirden Denize Filistin Öyküleri</t>
+          <t>Ben Seher'im Hakim Bey</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256590250</t>
+          <t>9786256590397</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Korsanı</t>
+          <t>Belki Unuturuz</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256590274</t>
+          <t>9786256590373</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İki Güzel Yalan</t>
+          <t>Babaannenin Avizesi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256590243</t>
+          <t>9786256590267</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Çömlekçi Kız</t>
+          <t>Nehirden Denize Filistin Öyküleri</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256590298</t>
+          <t>9786256590250</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Ayın Avucundaki Güneş</t>
+          <t>Kütüphane Korsanı</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256590205</t>
+          <t>9786256590274</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kalandar Gecesi</t>
+          <t>İki Güzel Yalan</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256590229</t>
+          <t>9786256590243</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Yangın</t>
+          <t>Çömlekçi Kız</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256590212</t>
+          <t>9786256590298</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Radyosu</t>
+          <t>Ayın Avucundaki Güneş</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052021613</t>
+          <t>9786256590205</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Babamın Makineleri</t>
+          <t>Kalandar Gecesi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054498543</t>
+          <t>9786256590229</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Paul Celan</t>
+          <t>En Güzel Yangın</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054498574</t>
+          <t>9786256590212</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Dante Alighieri</t>
+          <t>Başkasının Radyosu</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256590182</t>
+          <t>9786052021613</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kedili Annem</t>
+          <t>Babamın Makineleri</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256590175</t>
+          <t>9786054498543</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Üç Taşlı Hikaye</t>
+          <t>Paul Celan</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256590113</t>
+          <t>9786054498574</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Omzunda İnce Şal</t>
+          <t>Dante Alighieri</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786256590106</t>
+          <t>9786256590182</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ne Acayip</t>
+          <t>Kedili Annem</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786256590120</t>
+          <t>9786256590175</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Annemin Çiçekli Cepleri</t>
+          <t>Üç Taşlı Hikaye</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256590151</t>
+          <t>9786256590113</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Dalgalı Suda Gölge ve Suret: 19. Yüzyıl Türk Edebiyatında Bireyleşme</t>
+          <t>Omzunda İnce Şal</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786256590168</t>
+          <t>9786256590106</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Oruç Tutan Hikayeler</t>
+          <t>Ne Acayip</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256590137</t>
+          <t>9786256590120</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Seni Gördüm Sobe</t>
+          <t>Annemin Çiçekli Cepleri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256590144</t>
+          <t>9786256590151</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Nakkaşlar Derbendi</t>
+          <t>Dalgalı Suda Gölge ve Suret: 19. Yüzyıl Türk Edebiyatında Bireyleşme</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789756446997</t>
+          <t>9786256590168</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Yolculuk - Hz. Muhammed'in (S.A.V) Hayatı</t>
+          <t>Oruç Tutan Hikayeler</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256590090</t>
+          <t>9786256590137</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kimin Kabuğu</t>
+          <t>Seni Gördüm Sobe</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256590069</t>
+          <t>9786256590144</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Dön De Bak Kan Neler Yapıyor</t>
+          <t>Nakkaşlar Derbendi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256590052</t>
+          <t>9789756446997</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Sadeliğin İhtişamı Orhan Okay</t>
+          <t>Güneşe Yolculuk - Hz. Muhammed'in (S.A.V) Hayatı</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256590076</t>
+          <t>9786256590090</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Qu'Est - Ce - Quele Le Coran?</t>
+          <t>Kimin Kabuğu</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258062823</t>
+          <t>9786256590069</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Çorba</t>
+          <t>Dön De Bak Kan Neler Yapıyor</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258062793</t>
+          <t>9786256590052</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yüz Başlı Dünya</t>
+          <t>Sadeliğin İhtişamı Orhan Okay</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258062809</t>
+          <t>9786256590076</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Değil</t>
+          <t>Qu'Est - Ce - Quele Le Coran?</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258062298</t>
+          <t>9786258062823</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Süper Değil Gerçek Kahramanlar</t>
+          <t>Soğuk Çorba</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258062847</t>
+          <t>9786258062793</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sır Nihan Oldu</t>
+          <t>Yüz Başlı Dünya</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258062724</t>
+          <t>9786258062809</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Öykümüzün Hikayesi</t>
+          <t>Yeryüzü Değil</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258062816</t>
+          <t>9786258062298</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Diyeti</t>
+          <t>Süper Değil Gerçek Kahramanlar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258062939</t>
+          <t>9786258062847</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Bir Talanın Sevinci</t>
+          <t>Sır Nihan Oldu</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258062915</t>
+          <t>9786258062724</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Bir Kızıl Bulut</t>
+          <t>Öykümüzün Hikayesi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258062946</t>
+          <t>9786258062816</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Neymiş Efendim</t>
+          <t>Kurmacanın Diyeti</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258062878</t>
+          <t>9786258062939</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Yeni Saçlar 4-7 Yaş</t>
+          <t>Bir Talanın Sevinci</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258062885</t>
+          <t>9786258062915</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Koltuk 4-7 Yaş</t>
+          <t>Bir Kızıl Bulut</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258062892</t>
+          <t>9786258062946</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Bulut Okulda 4-7 Yaş</t>
+          <t>Neymiş Efendim</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258062908</t>
+          <t>9786258062878</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Bulut Karanlığı Seviyor 4-7 Yaş</t>
+          <t>Yeni Saçlar 4-7 Yaş</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258062922</t>
+          <t>9786258062885</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Banyo Zamanı 4-7 Yaş</t>
+          <t>Dinozor Koltuk 4-7 Yaş</t>
         </is>
       </c>
       <c r="C448" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258062977</t>
+          <t>9786258062892</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ağır, Ölüm Hafif</t>
+          <t>Bulut Okulda 4-7 Yaş</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256590014</t>
+          <t>9786258062908</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Yeşeren Baston</t>
+          <t>Bulut Karanlığı Seviyor 4-7 Yaş</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256590038</t>
+          <t>9786258062922</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Şairin Şairleri</t>
+          <t>Banyo Zamanı 4-7 Yaş</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258062991</t>
+          <t>9786258062977</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Tot'un Yüzüğü</t>
+          <t>Hayat Ağır, Ölüm Hafif</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256590007</t>
+          <t>9786256590014</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ayrıştırma Makinesi</t>
+          <t>Yeşeren Baston</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256590045</t>
+          <t>9786256590038</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şölen</t>
+          <t>Şairin Şairleri</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258062960</t>
+          <t>9786258062991</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Tam 10 Yaşındayım</t>
+          <t>Tot'un Yüzüğü</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256590021</t>
+          <t>9786256590007</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hızır İhtimali</t>
+          <t>Ayrıştırma Makinesi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786258062953</t>
+          <t>9786256590045</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Geri Çağırmak</t>
+          <t>Büyük Şölen</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258062984</t>
+          <t>9786258062960</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kar Topu Parkı</t>
+          <t>Tam 10 Yaşındayım</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258062861</t>
+          <t>9786256590021</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Bir Kardeşlik Bildirisi Yaz Yıldızlara</t>
+          <t>Hızır İhtimali</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258062854</t>
+          <t>9786258062953</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Kalbine Dokunmak</t>
+          <t>Şiiri Geri Çağırmak</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052021156</t>
+          <t>9786258062984</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Halk Ağzından Derleme Sözlüğü'nün Ters Dizimi</t>
+          <t>Kar Topu Parkı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>840</v>
+        <v>140</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258062779</t>
+          <t>9786258062861</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Bosna Savaşı'na Tanıklığım</t>
+          <t>Bir Kardeşlik Bildirisi Yaz Yıldızlara</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258062786</t>
+          <t>9786258062854</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>İpliğini Pazara Çıkaracağım</t>
+          <t>Kuşların Kalbine Dokunmak</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786258062762</t>
+          <t>9786052021156</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Yüzümün Haritası</t>
+          <t>Türkiye'de Halk Ağzından Derleme Sözlüğü'nün Ters Dizimi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>340</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258062731</t>
+          <t>9786258062779</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Fötr Şapkalı Mezar</t>
+          <t>Bosna Savaşı'na Tanıklığım</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>170</v>
+        <v>410</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786258062755</t>
+          <t>9786258062786</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Cam Bariyer</t>
+          <t>İpliğini Pazara Çıkaracağım</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786258062748</t>
+          <t>9786258062762</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Dilsizler Bandosu</t>
+          <t>Yüzümün Haritası</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786258062342</t>
+          <t>9786258062731</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Mila Görev Kalemin Gölgesinde</t>
+          <t>Fötr Şapkalı Mezar</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258062694</t>
+          <t>9786258062755</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz: Canavar</t>
+          <t>Cam Bariyer</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786258062656</t>
+          <t>9786258062748</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğum Nakarat</t>
+          <t>Dilsizler Bandosu</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786258062663</t>
+          <t>9786258062342</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Pusula Azık Düşman</t>
+          <t>Mila Görev Kalemin Gölgesinde</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786258062670</t>
+          <t>9786258062694</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Işık Almayan Pencere</t>
+          <t>Dersimiz: Canavar</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786258062687</t>
+          <t>9786258062656</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Hastane Kokusu</t>
+          <t>Unuttuğum Nakarat</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258062700</t>
+          <t>9786258062663</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Doğurgan Yara - Sezai Karakoç</t>
+          <t>Pusula Azık Düşman</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786258062632</t>
+          <t>9786258062670</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kara Üzüm Güneş De</t>
+          <t>Işık Almayan Pencere</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258062380</t>
+          <t>9786258062687</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Suda Yüzen Çaydanlık</t>
+          <t>Hastane Kokusu</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258062502</t>
+          <t>9786258062700</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Peronda Gece</t>
+          <t>Doğurgan Yara - Sezai Karakoç</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786258062403</t>
+          <t>9786258062632</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Nisan İle Balyanak</t>
+          <t>Kara Üzüm Güneş De</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786258062410</t>
+          <t>9786258062380</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Mavi Puding</t>
+          <t>Suda Yüzen Çaydanlık</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258062519</t>
+          <t>9786258062502</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kana Karışan - Toplu Şiirler (Bez Cilt) (Ciltli)</t>
+          <t>Peronda Gece</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>750</v>
+        <v>130</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258062540</t>
+          <t>9786258062403</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Birbirine Karışmayan İki Deniz</t>
+          <t>Nisan İle Balyanak</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786258062588</t>
+          <t>9786258062410</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bir Kulübe</t>
+          <t>Mavi Puding</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786258062595</t>
+          <t>9786258062519</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Konuşuyor Yalnız</t>
+          <t>Kana Karışan - Toplu Şiirler (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258062601</t>
+          <t>9786258062540</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Lilima</t>
+          <t>Birbirine Karışmayan İki Deniz</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786258062618</t>
+          <t>9786258062588</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Ben Ülkesi</t>
+          <t>Bir Kulübe</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258062625</t>
+          <t>9786258062595</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Taş Sektirme Ustası</t>
+          <t>Ayasofya Konuşuyor Yalnız</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786258062441</t>
+          <t>9786258062601</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Adına Bir Macera</t>
+          <t>Lilima</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258062397</t>
+          <t>9786258062618</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Büyüsü</t>
+          <t>Ben Ülkesi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258062373</t>
+          <t>9786258062625</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Mavi Koza</t>
+          <t>Taş Sektirme Ustası</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258062229</t>
+          <t>9786258062441</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>KIaybolan Göstergeler</t>
+          <t>Özgürlük Adına Bir Macera</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258062427</t>
+          <t>9786258062397</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Aynası</t>
+          <t>Ormanın Büyüsü</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258062472</t>
+          <t>9786258062373</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İnce Duvar</t>
+          <t>Mavi Koza</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258062489</t>
+          <t>9786258062229</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Bakmadan</t>
+          <t>KIaybolan Göstergeler</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>170</v>
+        <v>430</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258062328</t>
+          <t>9786258062427</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Eşkina'nın Gözleri</t>
+          <t>Kahkaha Aynası</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786258062526</t>
+          <t>9786258062472</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Rengine Koşu</t>
+          <t>İnce Duvar</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258062496</t>
+          <t>9786258062489</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Deli Şairler Yaylası</t>
+          <t>Gökyüzüne Bakmadan</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258062359</t>
+          <t>9786258062328</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Ceplerim Deli Dolu</t>
+          <t>Eşkina'nın Gözleri</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258062571</t>
+          <t>9786258062526</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Şampiyonun Atı</t>
+          <t>Dünyanın Rengine Koşu</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258062533</t>
+          <t>9786258062496</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Cabir İle Ziryab</t>
+          <t>Deli Şairler Yaylası</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258062434</t>
+          <t>9786258062359</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Paraşüt</t>
+          <t>Ceplerim Deli Dolu</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258062335</t>
+          <t>9786258062571</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Yarım Ağız Türkü</t>
+          <t>Şampiyonun Atı</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786258062366</t>
+          <t>9786258062533</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Berigel Köyü</t>
+          <t>Cabir İle Ziryab</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258062557</t>
+          <t>9786258062434</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Ateşkes Günleri</t>
+          <t>Yamalı Paraşüt</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258062564</t>
+          <t>9786258062335</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Alafranga Günler</t>
+          <t>Yarım Ağız Türkü</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258062465</t>
+          <t>9786258062366</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Bal Bebeği Limon'un Hikayeleri</t>
+          <t>Berigel Köyü</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258062311</t>
+          <t>9786258062557</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>İki Dağ Arasında</t>
+          <t>Ateşkes Günleri</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258062304</t>
+          <t>9786258062564</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sızısı</t>
+          <t>Alafranga Günler</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258062274</t>
+          <t>9786258062465</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Tipide Koşu</t>
+          <t>Bal Bebeği Limon'un Hikayeleri</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258062281</t>
+          <t>9786258062311</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Bunu Bana Öğretmediniz</t>
+          <t>İki Dağ Arasında</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258062267</t>
+          <t>9786258062304</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönen Masallar</t>
+          <t>Kırık Sızısı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258062243</t>
+          <t>9786258062274</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Hasar Raporu</t>
+          <t>Tipide Koşu</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258062236</t>
+          <t>9786258062281</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Lorem İpsum</t>
+          <t>Bunu Bana Öğretmediniz</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258062175</t>
+          <t>9786258062267</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Mendil Acemisi</t>
+          <t>Eve Dönen Masallar</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258062212</t>
+          <t>9786258062243</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Meleksiz Olduğum Her Güne Senin Kanatlarınla Başlıyordum</t>
+          <t>Hasar Raporu</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258062168</t>
+          <t>9786258062236</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Said Paşa İmami Hasan Rıza Efendi</t>
+          <t>Lorem İpsum</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258062199</t>
+          <t>9786258062175</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Hepsini Ben Vurdum</t>
+          <t>Mendil Acemisi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258062137</t>
+          <t>9786258062212</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Meleksiz Olduğum Her Güne Senin Kanatlarınla Başlıyordum</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258062144</t>
+          <t>9786258062168</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Bayan Dalloway</t>
+          <t>Said Paşa İmami Hasan Rıza Efendi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258062120</t>
+          <t>9786258062199</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatmıyorum</t>
+          <t>Hepsini Ben Vurdum</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786258062113</t>
+          <t>9786258062137</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Aramız Açılıyor</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789756841174</t>
+          <t>9786258062144</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Süs Köpekli Leydi</t>
+          <t>Bayan Dalloway</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258062182</t>
+          <t>9786258062120</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kesme Şeker</t>
+          <t>Hikaye Anlatmıyorum</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258062205</t>
+          <t>9786258062113</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak Ya Da Olmamak</t>
+          <t>Aramız Açılıyor</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258062090</t>
+          <t>9789756841174</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kağıda Sarılı Rüzgar (Ciltli)</t>
+          <t>Süs Köpekli Leydi</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786258062083</t>
+          <t>9786258062182</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kağıda Sarılı Rüzgar</t>
+          <t>Kesme Şeker</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258062069</t>
+          <t>9786258062205</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Gömleğin Biri</t>
+          <t>Var Olmak Ya Da Olmamak</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258062076</t>
+          <t>9786258062090</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Aleksey</t>
+          <t>Kağıda Sarılı Rüzgar (Ciltli)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258062021</t>
+          <t>9786258062083</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Son Şiir Kitabı 1</t>
+          <t>Kağıda Sarılı Rüzgar</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258062038</t>
+          <t>9786258062069</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Panayır Akşamı</t>
+          <t>Gömleğin Biri</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258062045</t>
+          <t>9786258062076</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Manevi Enerji</t>
+          <t>Aleksey</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258062007</t>
+          <t>9786258062021</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Düşünmek</t>
+          <t>Son Şiir Kitabı 1</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052199978</t>
+          <t>9786258062038</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapı</t>
+          <t>Panayır Akşamı</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052199992</t>
+          <t>9786258062045</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Sanatında Dil Ve Mesaj</t>
+          <t>Manevi Enerji</t>
         </is>
       </c>
       <c r="C533" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052199985</t>
+          <t>9786258062007</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Portre Manifesto</t>
+          <t>Bütüncül Düşünmek</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052199961</t>
+          <t>9786052199978</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Madam Fortine’nin Sırrı</t>
+          <t>Dar Kapı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052199916</t>
+          <t>9786052199992</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kumru Ve Gölge</t>
+          <t>Çizgi Sanatında Dil Ve Mesaj</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052199930</t>
+          <t>9786052199985</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kilit Taşı</t>
+          <t>Edebiyat Portre Manifesto</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052199947</t>
+          <t>9786052199961</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Aynası</t>
+          <t>Madam Fortine’nin Sırrı</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052199954</t>
+          <t>9786052199916</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Tek Odalı Ev</t>
+          <t>Kumru Ve Gölge</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052199923</t>
+          <t>9786052199930</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Tozu</t>
+          <t>Kilit Taşı</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052199862</t>
+          <t>9786052199947</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Tembel Yağmur</t>
+          <t>Tiryaki Aynası</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052199909</t>
+          <t>9786052199954</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Eşitsizlik</t>
+          <t>Tek Odalı Ev</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052199879</t>
+          <t>9786052199923</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Hiç Böyle Yapmazdı</t>
+          <t>Şiirin Tozu</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052199886</t>
+          <t>9786052199862</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Almeria İpekleri</t>
+          <t>Tembel Yağmur</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052199893</t>
+          <t>9786052199909</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Alçaldıkça Gök</t>
+          <t>Söz ve Eşitsizlik</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052199817</t>
+          <t>9786052199879</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Balığı Kemikleri</t>
+          <t>Hiç Böyle Yapmazdı</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052199824</t>
+          <t>9786052199886</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Boyumu Aşan Ömür</t>
+          <t>Almeria İpekleri</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052199848</t>
+          <t>9786052199893</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Fotokopi Ahit</t>
+          <t>Alçaldıkça Gök</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052199855</t>
+          <t>9786052199817</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Bahane Kapısı</t>
+          <t>Mürekkep Balığı Kemikleri</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052199831</t>
+          <t>9786052199824</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Salacak Takvimi</t>
+          <t>Boyumu Aşan Ömür</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052199800</t>
+          <t>9786052199848</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>İzleri Temizlemek</t>
+          <t>Fotokopi Ahit</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052199756</t>
+          <t>9786052199855</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kedi Gümüş’le Değerler Eğitimi Seti (20 Kitap Takım)</t>
+          <t>Bahane Kapısı</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052199763</t>
+          <t>9786052199831</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Tanışmak İnsanı Yorar</t>
+          <t>Salacak Takvimi</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052199794</t>
+          <t>9786052199800</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Olup Bitmeyenler</t>
+          <t>İzleri Temizlemek</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052199787</t>
+          <t>9786052199756</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Koşunun Rengi</t>
+          <t>Kedi Gümüş’le Değerler Eğitimi Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>130</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052199770</t>
+          <t>9786052199763</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Ağılı! Ağılı!</t>
+          <t>Tanışmak İnsanı Yorar</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052199732</t>
+          <t>9786052199794</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Burma Günleri</t>
+          <t>Olup Bitmeyenler</t>
         </is>
       </c>
       <c r="C557" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052199749</t>
+          <t>9786052199787</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>Koşunun Rengi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052199725</t>
+          <t>9786052199770</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Giymek</t>
+          <t>Ağılı! Ağılı!</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052199718</t>
+          <t>9786052199732</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>İncirli Zeybek</t>
+          <t>Burma Günleri</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052021835</t>
+          <t>9786052199749</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>İnsanların Dünyası</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052199633</t>
+          <t>9786052199725</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Hoppala Bam Bum</t>
+          <t>Beyaz Giymek</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052199626</t>
+          <t>9786052199718</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Hurdacı Lirası</t>
+          <t>İncirli Zeybek</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052199619</t>
+          <t>9786052021835</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Korkak Ruh</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052199688</t>
+          <t>9786052199633</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Birey ve Karakter Eğitimi</t>
+          <t>Hoppala Bam Bum</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052199695</t>
+          <t>9786052199626</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Herkes Unutmadan Önce</t>
+          <t>Hurdacı Lirası</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052199657</t>
+          <t>9786052199619</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>İberistan - İbretler Ülkesi 2</t>
+          <t>Korkak Ruh</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052199664</t>
+          <t>9786052199688</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>İberistan - İbretler Ülkesi 3</t>
+          <t>Kur'an'da Birey ve Karakter Eğitimi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052199671</t>
+          <t>9786052199695</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>İberistan - İbretler Ülkesi 4</t>
+          <t>Herkes Unutmadan Önce</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052199596</t>
+          <t>9786052199657</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Garavu</t>
+          <t>İberistan - İbretler Ülkesi 2</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052199602</t>
+          <t>9786052199664</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Akıp Giden Cazibesi</t>
+          <t>İberistan - İbretler Ülkesi 3</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052199565</t>
+          <t>9786052199671</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kırk Dakika Koridoru</t>
+          <t>İberistan - İbretler Ülkesi 4</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052199572</t>
+          <t>9786052199596</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Parlatan</t>
+          <t>Garavu</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052199589</t>
+          <t>9786052199602</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Bilge Lider Aliya</t>
+          <t>Akıp Giden Cazibesi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052199558</t>
+          <t>9786052199565</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi</t>
+          <t>Kırk Dakika Koridoru</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052199527</t>
+          <t>9786052199572</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar</t>
+          <t>Yıldız Parlatan</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052199480</t>
+          <t>9786052199589</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Değirmen ve Kağnı</t>
+          <t>Bilge Lider Aliya</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052199473</t>
+          <t>9786052199558</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>İrade Eğitimi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052199466</t>
+          <t>9786052199527</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052199534</t>
+          <t>9786052199480</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Gör</t>
+          <t>Değirmen ve Kağnı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052199510</t>
+          <t>9786052199473</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk ve Masallar</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052199503</t>
+          <t>9786052199466</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya ve Ses</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052199442</t>
+          <t>9786052199534</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Kanat Çiz</t>
+          <t>Ölümü Gör</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052199435</t>
+          <t>9786052199510</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Müstear Adresler</t>
+          <t>Sırça Köşk ve Masallar</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052199459</t>
+          <t>9786052199503</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Geçkin Akşam Ahalisi</t>
+          <t>Yeni Dünya ve Ses</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052199428</t>
+          <t>9786052199442</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>İman Vicdan ve Dua</t>
+          <t>Bana Bir Kanat Çiz</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052199411</t>
+          <t>9786052199435</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>Müstear Adresler</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052199404</t>
+          <t>9786052199459</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Altın Çayırlar</t>
+          <t>Geçkin Akşam Ahalisi</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052199374</t>
+          <t>9786052199428</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>İlmek Hatası</t>
+          <t>İman Vicdan ve Dua</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052199381</t>
+          <t>9786052199411</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Astronot Gamzesi</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052199367</t>
+          <t>9786052199404</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Telli Dastar</t>
+          <t>Altın Çayırlar</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052199343</t>
+          <t>9786052199374</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam Ebu Hanife</t>
+          <t>İlmek Hatası</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052199350</t>
+          <t>9786052199381</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Unutmanın Sildiği Resimler</t>
+          <t>Astronot Gamzesi</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052199305</t>
+          <t>9786052199367</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun Şiir Estetiği</t>
+          <t>Telli Dastar</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052199336</t>
+          <t>9786052199343</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kader Hep Erken Zaman Hep Geç</t>
+          <t>İmam-ı Azam Ebu Hanife</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052199299</t>
+          <t>9786052199350</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Babam ile Mersedes</t>
+          <t>Unutmanın Sildiği Resimler</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052199107</t>
+          <t>9786052199305</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Öfke</t>
+          <t>Servet-i Fünun Şiir Estetiği</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>100</v>
+        <v>860</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052021101</t>
+          <t>9786052199336</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Fincan Fincanla</t>
+          <t>Kader Hep Erken Zaman Hep Geç</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052199282</t>
+          <t>9786052199299</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Oyuncaklar</t>
+          <t>Babam ile Mersedes</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052199244</t>
+          <t>9786052199107</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kemikleri</t>
+          <t>Aşk ve Öfke</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052199275</t>
+          <t>9786052021101</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Hü Konşu</t>
+          <t>Fincan Fincanla</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052199268</t>
+          <t>9786052199282</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Oflu Hayriye'nin Köpeği</t>
+          <t>Büyükler İçin Oyuncaklar</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052199251</t>
+          <t>9786052199244</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Ben Dahil</t>
+          <t>Dünyanın Kemikleri</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052199220</t>
+          <t>9786052199275</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Sanat Bizim Neyimize</t>
+          <t>Hü Konşu</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052199237</t>
+          <t>9786052199268</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Fehmi ve Şebisteri'den Şem ve Pervane</t>
+          <t>Oflu Hayriye'nin Köpeği</t>
         </is>
       </c>
       <c r="C605" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052199145</t>
+          <t>9786052199251</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Alem ve Adem</t>
+          <t>Ben Dahil</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052199213</t>
+          <t>9786052199220</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Sayılı Gündü Geçti</t>
+          <t>Sanat Bizim Neyimize</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>550</v>
+        <v>410</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052199138</t>
+          <t>9786052199237</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Kırıldıkça Büyüyen Taşlar</t>
+          <t>Fehmi ve Şebisteri'den Şem ve Pervane</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052199206</t>
+          <t>9786052199145</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Cazgır</t>
+          <t>Alem ve Adem</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052199183</t>
+          <t>9786052199213</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Alem-i Misal Rehberi</t>
+          <t>Sayılı Gündü Geçti</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>150</v>
+        <v>670</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052199169</t>
+          <t>9786052199138</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Loretta</t>
+          <t>Kırıldıkça Büyüyen Taşlar</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052199176</t>
+          <t>9786052199206</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Geçidi</t>
+          <t>Cazgır</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052199190</t>
+          <t>9786052199183</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Şeyler</t>
+          <t>Alem-i Misal Rehberi</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052199053</t>
+          <t>9786052199169</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bisikletli Takip</t>
+          <t>Loretta</t>
         </is>
       </c>
       <c r="C614" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052199152</t>
+          <t>9786052199176</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Raf Ömrü</t>
+          <t>Hayvan Geçidi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052199046</t>
+          <t>9786052199190</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Fantastik Şeyler</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052199084</t>
+          <t>9786052199053</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Ruh ve Ölüm</t>
+          <t>Sherlock Holmes - Bisikletli Takip</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052199121</t>
+          <t>9786052199152</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Parmak Hesabı</t>
+          <t>Raf Ömrü</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052021903</t>
+          <t>9786052199046</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kullar Cidarı</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052199039</t>
+          <t>9786052199084</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Kızılırmak Çocukları</t>
+          <t>Ruh ve Ölüm</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052199060</t>
+          <t>9786052199121</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Başlangıçlar</t>
+          <t>Parmak Hesabı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052199114</t>
+          <t>9786052021903</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Yedi Şefkatli Kış</t>
+          <t>Kullar Cidarı</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052199022</t>
+          <t>9786052199039</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Palas Pandıras</t>
+          <t>Kızılırmak Çocukları</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052199015</t>
+          <t>9786052199060</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Kusurlu Heykel</t>
+          <t>Bitmeyen Başlangıçlar</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>60</v>
+        <v>230</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052199077</t>
+          <t>9786052199114</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Bosna'da Baki Kalan</t>
+          <t>Yedi Şefkatli Kış</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789756446089</t>
+          <t>9786052199022</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Kavurga Kızılı</t>
+          <t>Palas Pandıras</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052199008</t>
+          <t>9786052199015</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Alayına Şiir</t>
+          <t>Kusurlu Heykel</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052021996</t>
+          <t>9786052199077</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Kaplanın İşaretleri</t>
+          <t>Bosna'da Baki Kalan</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052021897</t>
+          <t>9789756446089</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Oynayan Robot</t>
+          <t>Kavurga Kızılı</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052021989</t>
+          <t>9786052199008</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Söz Hakkı</t>
+          <t>Alayına Şiir</t>
         </is>
       </c>
       <c r="C630" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789756446058</t>
+          <t>9786052021996</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kaza ve Kader</t>
+          <t>Kaplanın İşaretleri</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052021958</t>
+          <t>9786052021897</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler İçindeyim</t>
+          <t>Saklambaç Oynayan Robot</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052021965</t>
+          <t>9786052021989</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Her Yer Kerbela</t>
+          <t>Söz Hakkı</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052021972</t>
+          <t>9789756446058</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Bana Öğretmenini Söyle</t>
+          <t>Kaza ve Kader</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052021941</t>
+          <t>9786052021958</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Ey Sevgili Oğul</t>
+          <t>Kelimeler İçindeyim</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052021934</t>
+          <t>9786052021965</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Uzayan Gölgeler</t>
+          <t>Her Yer Kerbela</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052021927</t>
+          <t>9786052021972</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Yaşamışsın Sevaplar Gibi - Cemile Sümeyra Kitabı</t>
+          <t>Bana Öğretmenini Söyle</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052021910</t>
+          <t>9786052021941</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Milyon Birinci</t>
+          <t>Ey Sevgili Oğul</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052021866</t>
+          <t>9786052021934</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Kafes Kesiği</t>
+          <t>Uzayan Gölgeler</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052021873</t>
+          <t>9786052021927</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Uzatılmış Bir Yas</t>
+          <t>Yaşamışsın Sevaplar Gibi - Cemile Sümeyra Kitabı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052021859</t>
+          <t>9786052021910</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Labirent Dönemeci</t>
+          <t>Milyon Birinci</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>170</v>
+        <v>650</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052021620</t>
+          <t>9786052021866</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Çolak Ressam</t>
+          <t>Kafes Kesiği</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052021583</t>
+          <t>9786052021873</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Yılan Islığıyla Serenad</t>
+          <t>Uzatılmış Bir Yas</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052021606</t>
+          <t>9786052021859</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Cevdet</t>
+          <t>Labirent Dönemeci</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052021736</t>
+          <t>9786052021620</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Tasarım ve Tanrı</t>
+          <t>Çolak Ressam</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052021811</t>
+          <t>9786052021583</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Yılanlı Hamam</t>
+          <t>Yılan Islığıyla Serenad</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052021828</t>
+          <t>9786052021606</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Yer Kızıl</t>
+          <t>Cevdet</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052021842</t>
+          <t>9786052021736</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Beni Biri Merak Etti</t>
+          <t>Tasarım ve Tanrı</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052021767</t>
+          <t>9786052021811</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Yılanlı Hamam</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052021705</t>
+          <t>9786052021828</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Habersiz Dağ</t>
+          <t>Yer Kızıl</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052021729</t>
+          <t>9786052021842</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Ay Tiradı</t>
+          <t>Beni Biri Merak Etti</t>
         </is>
       </c>
       <c r="C651" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052021750</t>
+          <t>9786052021767</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052021743</t>
+          <t>9786052021705</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Habersiz Dağ</t>
         </is>
       </c>
       <c r="C653" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052021804</t>
+          <t>9786052021729</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Baltar</t>
+          <t>Ay Tiradı</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052021774</t>
+          <t>9786052021750</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Yazdım Öykü Oldu</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052021781</t>
+          <t>9786052021743</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına İyilik</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052021712</t>
+          <t>9786052021804</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Göklerinde</t>
+          <t>Baltar</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052021637</t>
+          <t>9786052021774</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Alışılmadık Deniz</t>
+          <t>Yazdım Öykü Oldu</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052021644</t>
+          <t>9786052021781</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Aksak Engerek</t>
+          <t>Tek Başına İyilik</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052021651</t>
+          <t>9786052021712</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kaldı Başıma</t>
+          <t>Türkçenin Göklerinde</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052021675</t>
+          <t>9786052021637</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Sordum Sarı</t>
+          <t>Alışılmadık Deniz</t>
         </is>
       </c>
       <c r="C661" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052021668</t>
+          <t>9786052021644</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Hiç ve Her Şey</t>
+          <t>Aksak Engerek</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052021521</t>
+          <t>9786052021651</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Kelimeler</t>
+          <t>Dünya Kaldı Başıma</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052021590</t>
+          <t>9786052021675</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Penceremde Bir Ateş Böceği</t>
+          <t>Sordum Sarı</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052021569</t>
+          <t>9786052021668</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Amentü'ler</t>
+          <t>Hiç ve Her Şey</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052021477</t>
+          <t>9786052021521</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Alametifarika</t>
+          <t>Ateşten Kelimeler</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052021460</t>
+          <t>9786052021590</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Yol Kasidesi</t>
+          <t>Penceremde Bir Ateş Böceği</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052021545</t>
+          <t>9786052021569</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>İçkanama</t>
+          <t>Yeni Türk Edebiyatında Amentü'ler</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052021576</t>
+          <t>9786052021477</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kahire Şiirleri</t>
+          <t>Alametifarika</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052021514</t>
+          <t>9786052021460</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Ölüm</t>
+          <t>Yol Kasidesi</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052021446</t>
+          <t>9786052021545</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Aliya</t>
+          <t>İçkanama</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052021484</t>
+          <t>9786052021576</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Uçma Taklidi</t>
+          <t>Kahire Şiirleri</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052021491</t>
+          <t>9786052021514</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Aynaları</t>
+          <t>Turuncu Ölüm</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052021422</t>
+          <t>9786052021446</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Mekki Surelerde İslam Ekonomisi</t>
+          <t>Bilinmeyen Aliya</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052021439</t>
+          <t>9786052021484</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Medeni Surelerde İslam Ekonomisi</t>
+          <t>Uçma Taklidi</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>650</v>
+        <v>120</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052021330</t>
+          <t>9786052021491</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Seyahat ve Edebiyat</t>
+          <t>Rüzgarın Aynaları</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052021323</t>
+          <t>9786052021422</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Sirke Dükkanı</t>
+          <t>Mekki Surelerde İslam Ekonomisi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052021408</t>
+          <t>9786052021439</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ya Hu</t>
+          <t>Medeni Surelerde İslam Ekonomisi</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052021293</t>
+          <t>9786052021330</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Muzaffer Çok Kızar Valla</t>
+          <t>Seyahat ve Edebiyat</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052021286</t>
+          <t>9786052021323</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kış Günleri ve Kilitler</t>
+          <t>Sirke Dükkanı</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052021385</t>
+          <t>9786052021408</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Olay Berlin'de Geçiyor</t>
+          <t>Sanat Ya Hu</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052021279</t>
+          <t>9786052021293</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Korkuyorsam Sebebi Var</t>
+          <t>Muzaffer Çok Kızar Valla</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052021378</t>
+          <t>9786052021286</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Dalgınlık</t>
+          <t>Kış Günleri ve Kilitler</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052021361</t>
+          <t>9786052021385</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Öykü Dersleri</t>
+          <t>Olay Berlin'de Geçiyor</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052021354</t>
+          <t>9786052021279</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Romantik Cinayetler</t>
+          <t>Korkuyorsam Sebebi Var</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052021392</t>
+          <t>9786052021378</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Dersleri</t>
+          <t>Küçük Bir Dalgınlık</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052021316</t>
+          <t>9786052021361</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Olur Belki</t>
+          <t>Öykü Dersleri</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052021347</t>
+          <t>9786052021354</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Durduğunda</t>
+          <t>Romantik Cinayetler</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052021309</t>
+          <t>9786052021392</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Noktanın Seyri</t>
+          <t>Bisiklet Dersleri</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052021231</t>
+          <t>9786052021316</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Takvim Yırtıkları Seti</t>
+          <t>Olur Belki</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052021132</t>
+          <t>9786052021347</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Mara ve Öteki Şiirler</t>
+          <t>Bir Şehir Durduğunda</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052021200</t>
+          <t>9786052021309</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Yazarsam Geçer mi</t>
+          <t>Noktanın Seyri</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052021170</t>
+          <t>9786052021231</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Bekleme Salonu</t>
+          <t>Takvim Yırtıkları Seti</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>180</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786059087919</t>
+          <t>9786052021132</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Güvercinin Gerdanlığı</t>
+          <t>Mara ve Öteki Şiirler</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052021118</t>
+          <t>9786052021200</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Anlamın Çağrısı</t>
+          <t>Yazarsam Geçer mi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052021125</t>
+          <t>9786052021170</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Hemzemin</t>
+          <t>Bekleme Salonu</t>
         </is>
       </c>
       <c r="C696" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786059087957</t>
+          <t>9786059087919</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Habenneke ve Nüzul Sıralı Tefsiri</t>
+          <t>Güvercinin Gerdanlığı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052021088</t>
+          <t>9786052021118</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Öykü Menzilleri 2</t>
+          <t>Anlamın Çağrısı</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052021071</t>
+          <t>9786052021125</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Öykü Menzilleri 1</t>
+          <t>Hemzemin</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052021019</t>
+          <t>9786059087957</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Öykü Seti (5 Kitap) (Ciltli)</t>
+          <t>Habenneke ve Nüzul Sıralı Tefsiri</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>2750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786059087995</t>
+          <t>9786052021088</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Görünmez'in Arıları</t>
+          <t>Öykü Menzilleri 2</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786059087988</t>
+          <t>9786052021071</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprakları Mayalayanlar</t>
+          <t>Öykü Menzilleri 1</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>300</v>
+        <v>580</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786059087971</t>
+          <t>9786052021019</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Gölgesi</t>
+          <t>Yeni Türk Edebiyatında Öykü Seti (5 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>180</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786059087964</t>
+          <t>9786059087995</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Yan Tesir</t>
+          <t>Görünmez'in Arıları</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786059087940</t>
+          <t>9786059087988</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Hasret-i Peygamber</t>
+          <t>Bu Toprakları Mayalayanlar</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786059087933</t>
+          <t>9786059087971</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Yol</t>
+          <t>Kaplumbağa Gölgesi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786059087902</t>
+          <t>9786059087964</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Gazoz Kapakları Birliği</t>
+          <t>Yan Tesir</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786059087896</t>
+          <t>9786059087940</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Beni Hikayeden Çıkart</t>
+          <t>Hasret-i Peygamber</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786059087780</t>
+          <t>9786059087933</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Küçülteç</t>
+          <t>Çünkü Yol</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786059087834</t>
+          <t>9786059087902</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Gazoz Kapakları Birliği</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786059087742</t>
+          <t>9786059087896</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Gezgin İle Gölgesi</t>
+          <t>Beni Hikayeden Çıkart</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786059087025</t>
+          <t>9786059087780</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Tohumların Valsi (Ciltli)</t>
+          <t>Küçülteç</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786059087636</t>
+          <t>9786059087834</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Av Gürültüsü</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786059087643</t>
+          <t>9786059087742</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Kuş Adımı</t>
+          <t>Gezgin İle Gölgesi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786059087735</t>
+          <t>9786059087025</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hatırası</t>
+          <t>Tohumların Valsi (Ciltli)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786059087797</t>
+          <t>9786059087636</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Meyveler</t>
+          <t>Av Gürültüsü</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786059087674</t>
+          <t>9786059087643</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Koro</t>
+          <t>Kuş Adımı</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786059087704</t>
+          <t>9786059087735</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Şiire Yeniden Bakmak</t>
+          <t>Dünya Hatırası</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786059087681</t>
+          <t>9786059087797</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Doğrandıkça Artan Ekmek</t>
+          <t>Uykusuz Meyveler</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786059087582</t>
+          <t>9786059087674</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Deli Sesler</t>
+          <t>Hicaz Koro</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786059087568</t>
+          <t>9786059087704</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kare-Deniz</t>
+          <t>Şiire Yeniden Bakmak</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786059087698</t>
+          <t>9786059087681</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcısı</t>
+          <t>Doğrandıkça Artan Ekmek</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786059087810</t>
+          <t>9786059087582</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Uzun Kışın Suçlusu</t>
+          <t>Deli Sesler</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786059087803</t>
+          <t>9786059087568</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Bulutları</t>
+          <t>Kare-Deniz</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786059087759</t>
+          <t>9786059087698</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Bir Kurt Bir Kadın Bir Horoz</t>
+          <t>Hikaye Anlatıcısı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786059087766</t>
+          <t>9786059087810</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Alkışlanan Yaralar</t>
+          <t>Uzun Kışın Suçlusu</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786059087728</t>
+          <t>9786059087803</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>İki Dil İki Hayat</t>
+          <t>Yeraltı Bulutları</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786059087650</t>
+          <t>9786059087759</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Sevgilinin Evi</t>
+          <t>Bir Kurt Bir Kadın Bir Horoz</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786059087629</t>
+          <t>9786059087766</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Alkışlanan Yaralar</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786059087605</t>
+          <t>9786059087728</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Hayalin Hakikati</t>
+          <t>İki Dil İki Hayat</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786059087506</t>
+          <t>9786059087650</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Saz ve Söz Meclisi</t>
+          <t>Sevgilinin Evi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>800</v>
+        <v>410</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786059087520</t>
+          <t>9786059087629</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Yeniden Okumak</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786059087513</t>
+          <t>9786059087605</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kedi Köpek Hikayeleri</t>
+          <t>Hayalin Hakikati</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786059087476</t>
+          <t>9786059087506</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Tövbekarlar Kitabı</t>
+          <t>Saz ve Söz Meclisi</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>280</v>
+        <v>850</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786059087308</t>
+          <t>9786059087520</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bensem</t>
+          <t>Şiiri Yeniden Okumak</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786054498826</t>
+          <t>9786059087513</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Gülşefdeli Yemeni</t>
+          <t>Kedi Köpek Hikayeleri</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786059087339</t>
+          <t>9786059087476</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Uslu Yara</t>
+          <t>Tövbekarlar Kitabı</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786059087469</t>
+          <t>9786059087308</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'in Aynaları</t>
+          <t>Eğer Bensem</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786059087414</t>
+          <t>9786054498826</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Astronot</t>
+          <t>Gülşefdeli Yemeni</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789757796244</t>
+          <t>9786059087339</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Kızılderililer Nasıl Yok Edildi</t>
+          <t>Uslu Yara</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786059087285</t>
+          <t>9786059087469</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Bazen Çok</t>
+          <t>Peygamber'in Aynaları</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786059087360</t>
+          <t>9786059087414</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Yanık Maske</t>
+          <t>Tanrı ve Astronot</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786059087292</t>
+          <t>9789757796244</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaç Tuhaf Gün</t>
+          <t>Kızılderililer Nasıl Yok Edildi</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786059087407</t>
+          <t>9786059087285</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen Sherlock Holmes'a Karşı</t>
+          <t>Bazen Çok</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786059087438</t>
+          <t>9786059087360</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>Yanık Maske</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786059087445</t>
+          <t>9786059087292</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>Bir Kaç Tuhaf Gün</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786059087421</t>
+          <t>9786059087407</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Ay ve Güneş Kumpanyası</t>
+          <t>Arsen Lüpen Sherlock Holmes'a Karşı</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786059087124</t>
+          <t>9786059087438</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Ehlidildeniz</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786059087216</t>
+          <t>9786059087445</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Hikmet ve Manevi Hüner</t>
+          <t>Deccal</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786054498529</t>
+          <t>9786059087421</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Zifiri Yeşil</t>
+          <t>Ay ve Güneş Kumpanyası</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786059087254</t>
+          <t>9786059087124</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Şarkın En Sevgili Sultanı - Selahaddin Eyyubi</t>
+          <t>Ehlidildeniz</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786059087056</t>
+          <t>9786059087216</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Sofrası</t>
+          <t>Hikmet ve Manevi Hüner</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786059087209</t>
+          <t>9786054498529</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Hastanelerdeki Kelimeler</t>
+          <t>Zifiri Yeşil</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786059087186</t>
+          <t>9786059087254</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Şarkın En Sevgili Sultanı - Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>370</v>
+        <v>650</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786059087193</t>
+          <t>9786059087056</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Dostlar Sofrası</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786059087162</t>
+          <t>9786059087209</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Keklik Vurmak</t>
+          <t>Hastanelerdeki Kelimeler</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786059087148</t>
+          <t>9786059087186</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve...</t>
+          <t>Tevfik Fikret</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789756841884</t>
+          <t>9786059087193</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789757796770</t>
+          <t>9786059087162</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Keklik Vurmak</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786059087179</t>
+          <t>9786059087148</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Ana Üşümesi</t>
+          <t>Sanat ve...</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786059087063</t>
+          <t>9789756841884</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786054498888</t>
+          <t>9789757796770</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Dini Rehberlik</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786054498970</t>
+          <t>9786059087179</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uçar Kervan Geçer</t>
+          <t>Ana Üşümesi</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786054498963</t>
+          <t>9786059087063</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğe Tapan Adam</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786059087032</t>
+          <t>9786054498888</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes : Matematik Dehasının Hikayesi</t>
+          <t>Dini Rehberlik</t>
         </is>
       </c>
       <c r="C765" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786059087001</t>
+          <t>9786054498970</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Tohumların Valsi</t>
+          <t>Kuş Uçar Kervan Geçer</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786054498987</t>
+          <t>9786054498963</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Öbür Dünya Öyküleri</t>
+          <t>Kelebeğe Tapan Adam</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786054498956</t>
+          <t>9786059087032</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>İlk Değilim Üstelik</t>
+          <t>Sherlock Holmes : Matematik Dehasının Hikayesi</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786054498901</t>
+          <t>9786059087001</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Karekök Hayat</t>
+          <t>Tohumların Valsi</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786054498611</t>
+          <t>9786054498987</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bir Kimlik Vakası</t>
+          <t>Öbür Dünya Öyküleri</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786054498444</t>
+          <t>9786054498956</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>İlk Değilim Üstelik</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789756446331</t>
+          <t>9786054498901</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Karekök Hayat</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786059087452</t>
+          <t>9786054498611</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Tesellileri</t>
+          <t>Sherlock Holmes - Bir Kimlik Vakası</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786059087490</t>
+          <t>9786054498444</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>The Godfather Mitosu</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789756446980</t>
+          <t>9789756446331</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Şey ve Tan</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786054498925</t>
+          <t>9786059087452</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Halleri</t>
+          <t>Geçmiş Zaman Tesellileri</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786054498383</t>
+          <t>9786059087490</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Tasarım</t>
+          <t>The Godfather Mitosu</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789756446935</t>
+          <t>9789756446980</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Muhammedi Bilinç</t>
+          <t>Şey ve Tan</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786059087261</t>
+          <t>9786054498925</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Vahye Göre Akıl</t>
+          <t>Aşkın Halleri</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>650</v>
+        <v>210</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789756446003</t>
+          <t>9786054498383</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Vecizeler Öğütler Parolalar</t>
+          <t>Muhteşem Tasarım</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786054498871</t>
+          <t>9789756446935</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Züleyha'nın Aşk Derdi</t>
+          <t>Muhammedi Bilinç</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786054498918</t>
+          <t>9786059087261</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Hapsi</t>
+          <t>Vahye Göre Akıl</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786054498895</t>
+          <t>9789756446003</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Yükü</t>
+          <t>Vecizeler Öğütler Parolalar</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786054498833</t>
+          <t>9786054498871</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Söylevler</t>
+          <t>Züleyha'nın Aşk Derdi</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786054498840</t>
+          <t>9786054498918</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Masallar (Büyük Boy)</t>
+          <t>Mürekkep Hapsi</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786054498857</t>
+          <t>9786054498895</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Susam ve Zambaklar</t>
+          <t>Kalemin Yükü</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>90</v>
+        <v>380</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786054498994</t>
+          <t>9786054498833</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Yazgı</t>
+          <t>Söylevler</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786054498642</t>
+          <t>9786054498840</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Bakılmış Su</t>
+          <t>Masallar (Büyük Boy)</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786054498949</t>
+          <t>9786054498857</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yağmurları</t>
+          <t>Susam ve Zambaklar</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789756446300</t>
+          <t>9786054498994</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Söz Uslu Olacağız</t>
+          <t>Yazı ve Yazgı</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789756446492</t>
+          <t>9786054498642</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Ol Dedi Oldu 1</t>
+          <t>Bakılmış Su</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789756446850</t>
+          <t>9786054498949</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Taburcu</t>
+          <t>İnsan Yağmurları</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789756446966</t>
+          <t>9789756446300</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kalemini Kıranlar</t>
+          <t>Söz Uslu Olacağız</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789756841969</t>
+          <t>9789756446492</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Ol Dedi Oldu 1</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>150</v>
+        <v>460</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786054056019</t>
+          <t>9789756446850</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Ölü Köpeğin Dişleri</t>
+          <t>Taburcu</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9799756841357</t>
+          <t>9789756446966</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Posta Kutusundaki Mızıka</t>
+          <t>Kendi Kalemini Kıranlar</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786054498727</t>
+          <t>9789756841969</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Tarumar</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786054498710</t>
+          <t>9786054056019</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Kırk Bir Kere İstanbul</t>
+          <t>Ölü Köpeğin Dişleri</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786054498741</t>
+          <t>9799756841357</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Gizli Buzlanma</t>
+          <t>Posta Kutusundaki Mızıka</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786054498666</t>
+          <t>9786054498727</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Kurgulamak</t>
+          <t>Tarumar</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786054498673</t>
+          <t>9786054498710</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>İşlenmemiş Suç</t>
+          <t>Kırk Bir Kere İstanbul</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786054498765</t>
+          <t>9786054498741</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - İkinci Lekenin Esrarı</t>
+          <t>Gizli Buzlanma</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786054498635</t>
+          <t>9786054498666</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Hayatı Kurgulamak</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>410</v>
+        <v>290</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786054498505</t>
+          <t>9786054498673</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Üzüm Bağında Serenat</t>
+          <t>İşlenmemiş Suç</t>
         </is>
       </c>
       <c r="C804" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786054498451</t>
+          <t>9786054498765</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Esrarengiz Ev</t>
+          <t>Sherlock Holmes - İkinci Lekenin Esrarı</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789756841181</t>
+          <t>9786054498635</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>160</v>
+        <v>410</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786054498512</t>
+          <t>9786054498505</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Sihirbazın Düğünü</t>
+          <t>Üzüm Bağında Serenat</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786059087018</t>
+          <t>9786054498451</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Zekiler</t>
+          <t>Sherlock Holmes - Esrarengiz Ev</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789757796305</t>
+          <t>9789756841181</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789756841518</t>
+          <t>9786054498512</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Yangın Merdiveni</t>
+          <t>Sihirbazın Düğünü</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789756841310</t>
+          <t>9786059087018</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Terci-i Bend ve Terkib-i Bend</t>
+          <t>Zekiler</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786054056293</t>
+          <t>9789757796305</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Tek Kelimelik Sözlük</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789757796848</t>
+          <t>9789756841518</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Usulü</t>
+          <t>Yangın Merdiveni</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786054498000</t>
+          <t>9789756841310</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İçinden Kur’an’ı Algılamak</t>
+          <t>Terci-i Bend ve Terkib-i Bend</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786054056651</t>
+          <t>9786054056293</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Şeytani Bilinç Muhammedi Bilince Karşı</t>
+          <t>Tek Kelimelik Sözlük</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786054498680</t>
+          <t>9789757796848</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Söyleme Dersi</t>
+          <t>Tefsir Usulü</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789756446034</t>
+          <t>9786054498000</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Son Basamak</t>
+          <t>Tarihin İçinden Kur’an’ı Algılamak</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789757796404</t>
+          <t>9786054056651</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Şeytani Bilinç Muhammedi Bilince Karşı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786054498536</t>
+          <t>9786054498680</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Taht</t>
+          <t>Şarkı Söyleme Dersi</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786054498307</t>
+          <t>9789756446034</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya’da Skandal</t>
+          <t>Son Basamak</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786054056781</t>
+          <t>9789757796404</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786054056026</t>
+          <t>9786054498536</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Satranç Oynayan Derviş</t>
+          <t>Soğuk Taht</t>
         </is>
       </c>
       <c r="C822" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789756446751</t>
+          <t>9786054498307</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Resimde Görünmeyen</t>
+          <t>Sherlock Holmes - Bohemya’da Skandal</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786054498338</t>
+          <t>9786054056781</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam - Rubailer</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789756446812</t>
+          <t>9786054056026</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Ol Dedi Oldu - 2</t>
+          <t>Satranç Oynayan Derviş</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052199398</t>
+          <t>9789756446751</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Okulsuz Toplum</t>
+          <t>Resimde Görünmeyen</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789756841822</t>
+          <t>9786054498338</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Oku Ama Neyi?</t>
+          <t>Ömer Hayyam - Rubailer</t>
         </is>
       </c>
       <c r="C827" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789757796398</t>
+          <t>9789756446812</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Ol Dedi Oldu - 2</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>150</v>
+        <v>460</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786054498246</t>
+          <t>9786052199398</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Mevleviler Yolu</t>
+          <t>Okulsuz Toplum</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789756446348</t>
+          <t>9789756841822</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Makyaj Yapan Ölüler</t>
+          <t>Oku Ama Neyi?</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786054498031</t>
+          <t>9789757796398</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Lacivert</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789757796152</t>
+          <t>9786054498246</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şey Yoktur</t>
+          <t>Mevleviler Yolu</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789757796008</t>
+          <t>9789756446348</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Bütünlüğü Üzerine</t>
+          <t>Makyaj Yapan Ölüler</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786054056002</t>
+          <t>9786054498031</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Bağlam</t>
+          <t>Lacivert</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>410</v>
+        <v>180</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789756446805</t>
+          <t>9789757796152</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Kuduz Aşısı</t>
+          <t>Küçük Şey Yoktur</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789757796626</t>
+          <t>9789757796008</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Körün Parmak Uçları</t>
+          <t>Kur’an’ın Bütünlüğü Üzerine</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789757796381</t>
+          <t>9786054056002</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Kimi Örnek Almalı?</t>
+          <t>Kur’an ve Bağlam</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789756841365</t>
+          <t>9789756446805</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Kuduz Aşısı</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789757796091</t>
+          <t>9789757796626</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Körün Parmak Uçları</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789756841907</t>
+          <t>9789757796381</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Kimi Örnek Almalı?</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789757796367</t>
+          <t>9789756841365</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786054498499</t>
+          <t>9789757796091</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Hazine Avcıları</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789756446959</t>
+          <t>9789756841907</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Güneşimin Önünden Çekil</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789756841778</t>
+          <t>9789757796367</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786054498222</t>
+          <t>9786054498499</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Fener Bekçisinin Rüyaları</t>
+          <t>Hazine Avcıları</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789756446065</t>
+          <t>9789756446959</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Güneşimin Önünden Çekil</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789757796435</t>
+          <t>9789756841778</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Erdem Nerede?</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786054056668</t>
+          <t>9786054498222</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Ejderha ve Kelebek</t>
+          <t>Fener Bekçisinin Rüyaları</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786054056729</t>
+          <t>9789756446065</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Düşeş</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C849" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786054498253</t>
+          <t>9789757796435</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Dört Adem</t>
+          <t>Erdem Nerede?</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789756841891</t>
+          <t>9786054056668</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Divan İmam Şâfii’nin Şiirleri</t>
+          <t>Ejderha ve Kelebek</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786054498116</t>
+          <t>9786054056729</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Düşeş</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789756841303</t>
+          <t>9786054498253</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Dört Adem</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786054498291</t>
+          <t>9789756841891</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Divan İmam Şâfii’nin Şiirleri</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789757796411</t>
+          <t>9786054498116</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786054056071</t>
+          <t>9789756841303</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Cimriler / El-Bukhala</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786054498277</t>
+          <t>9786054498291</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Bustan</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786054056736</t>
+          <t>9789757796411</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Budala</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786054498420</t>
+          <t>9786054056071</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Bir’in Sırrı (Özel Baskı) (Ciltli)</t>
+          <t>Cimriler / El-Bukhala</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789756446171</t>
+          <t>9786054498277</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Bir Elma İki Ayna - Bir İkiye Nasıl Yansıdı?</t>
+          <t>Bustan</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786054498185</t>
+          <t>9786054056736</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Düğme</t>
+          <t>Budala</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786054498437</t>
+          <t>9786054498420</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Beş Afacan ve O</t>
+          <t>Bir’in Sırrı (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>240</v>
+        <v>790</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789756446188</t>
+          <t>9789756446171</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Bir Elma İki Ayna - Bir İkiye Nasıl Yansıdı?</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>160</v>
+        <v>530</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786054056033</t>
+          <t>9786054498185</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Azrail’in Secdesi</t>
+          <t>Beşinci Düğme</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789757796299</t>
+          <t>9786054498437</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Kıvılcımken Söndürmeli</t>
+          <t>Beş Afacan ve O</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>90</v>
+        <v>340</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789756841624</t>
+          <t>9789756446188</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786059087049</t>
+          <t>9786054056033</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Azrail’in Secdesi</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789756841631</t>
+          <t>9789757796299</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Deliler Kitabı Ukalau’l-Mecanin</t>
+          <t>Ateşi Kıvılcımken Söndürmeli</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786054498628</t>
+          <t>9789756841624</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Akbaba</t>
+          <t>Aşıklar</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789756841952</t>
+          <t>9786059087049</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Adnan Menderes’in Günlüğü</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786054056644</t>
+          <t>9789756841631</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Ademin Kanadı</t>
+          <t>Akıllı Deliler Kitabı Ukalau’l-Mecanin</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
+          <t>9786054498628</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Akbaba</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9789756841952</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Adnan Menderes’in Günlüğü</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786054056644</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Ademin Kanadı</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
           <t>9799756446248</t>
         </is>
       </c>
-      <c r="B872" s="1" t="inlineStr">
+      <c r="B875" s="1" t="inlineStr">
         <is>
           <t>Bir Çarpı Bir</t>
         </is>
       </c>
-      <c r="C872" s="1">
-        <v>350</v>
+      <c r="C875" s="1">
+        <v>430</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>