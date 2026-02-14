--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -85,535 +85,550 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259580807</t>
+          <t>9786056117312</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kadının Mülksüzleştirilmesi</t>
+          <t>Toplumu Yeniden Kurmak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>175</v>
+        <v>285</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786058469860</t>
+          <t>9786259580807</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Antik Mezopotamya - Var Olmamış Cennet</t>
+          <t>Kadının Mülksüzleştirilmesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>264</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056117367</t>
+          <t>9786058469860</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kentsiz Kentleşme</t>
+          <t>Antik Mezopotamya - Var Olmamış Cennet</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>456</v>
+        <v>330</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056893360</t>
+          <t>9786056117367</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hititli</t>
+          <t>Kentsiz Kentleşme</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>296</v>
+        <v>570</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056893339</t>
+          <t>9786056893360</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji Kuramları Tarihi</t>
+          <t>Hititli</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>348</v>
+        <v>370</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056117398</t>
+          <t>9786056893339</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Ekolojinin Felsefesi</t>
+          <t>Antropoloji Kuramları Tarihi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>435</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057411594</t>
+          <t>9786056117398</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mısır Firavunu</t>
+          <t>Toplumsal Ekolojinin Felsefesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057411587</t>
+          <t>9786057411594</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Babil Tarihi</t>
+          <t>Mısır Firavunu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057411570</t>
+          <t>9786057411587</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Halk Hareketleri Tarihi: Üçüncü Devrim Cilt 4</t>
+          <t>Babil Tarihi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057411563</t>
+          <t>9786057411570</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Halk Hareketleri Tarihi: Üçüncü Devrim Cilt 3</t>
+          <t>Devrimci Halk Hareketleri Tarihi: Üçüncü Devrim Cilt 4</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057411556</t>
+          <t>9786057411563</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Halk Hareketleri Tarihi: Üçüncü Devrim Cilt 2</t>
+          <t>Devrimci Halk Hareketleri Tarihi: Üçüncü Devrim Cilt 3</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>352</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057411549</t>
+          <t>9786057411556</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Halk Hareketleri Tarihi: Üçüncü Devrim Cilt 1</t>
+          <t>Devrimci Halk Hareketleri Tarihi: Üçüncü Devrim Cilt 2</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>448</v>
+        <v>440</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057411525</t>
+          <t>9786057411549</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İktidar Anatomicisi</t>
+          <t>Devrimci Halk Hareketleri Tarihi: Üçüncü Devrim Cilt 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>175</v>
+        <v>560</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057411518</t>
+          <t>9786057411525</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Politika</t>
+          <t>İktidar Anatomicisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>256</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057411501</t>
+          <t>9786057411518</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Spinoza, Kant, Schopenhauer ve Nietzsche Felsefesinde Duyguların Anatomisi ve Şiirsel İzdüşümleri</t>
+          <t>Yıkıcı Politika</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>304</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056893391</t>
+          <t>9786057411501</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Geriye Kalan</t>
+          <t>Spinoza, Kant, Schopenhauer ve Nietzsche Felsefesinde Duyguların Anatomisi ve Şiirsel İzdüşümleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>175</v>
+        <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056893384</t>
+          <t>9786056893391</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kıtlık Sonrası Anarşizm</t>
+          <t>Dünyadan Geriye Kalan</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>264</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056893377</t>
+          <t>9786056893384</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Süregelen Devrim</t>
+          <t>Kıtlık Sonrası Anarşizm</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>392</v>
+        <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056893353</t>
+          <t>9786056893377</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm Marksizm ve Solun Geleceği</t>
+          <t>Süregelen Devrim</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>490</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056893346</t>
+          <t>9786056893353</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm ve Arzuları</t>
+          <t>Anarşizm Marksizm ve Solun Geleceği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056893322</t>
+          <t>9786056893346</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Katılımcı Demokrasi</t>
+          <t>Anarşizm ve Arzuları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056893315</t>
+          <t>9786056893322</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik İnsancıllığın Öncüleri</t>
+          <t>Katılımcı Demokrasi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>336</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056893308</t>
+          <t>9786056893315</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Yeniden Büyülemek</t>
+          <t>Ekolojik İnsancıllığın Öncüleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058469891</t>
+          <t>9786056893308</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyanın Anarşist Kökleri</t>
+          <t>İnsanlığı Yeniden Büyülemek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>248</v>
+        <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058469877</t>
+          <t>9786058469891</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Politik Ekoloji - İklim Krizi ve Yeni Toplumsal Gündem</t>
+          <t>Coğrafyanın Anarşist Kökleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058469846</t>
+          <t>9786058469877</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine</t>
+          <t>Politik Ekoloji - İklim Krizi ve Yeni Toplumsal Gündem</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058469853</t>
+          <t>9786058469846</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Modern Kriz</t>
+          <t>Türkiye Üzerine</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058469822</t>
+          <t>9786058469853</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesinin Prensipleri</t>
+          <t>Modern Kriz</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>328</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056117336</t>
+          <t>9786058469822</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Ekoloji ve Komünalizm</t>
+          <t>Hukuk Felsefesinin Prensipleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>175</v>
+        <v>410</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056117381</t>
+          <t>9786056117336</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Efendisiz Halklar : Bir Anarşi Antropolojisi</t>
+          <t>Toplumsal Ekoloji ve Komünalizm</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>208</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056117305</t>
+          <t>9786056117381</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Belirsizlikleri</t>
+          <t>Efendisiz Halklar : Bir Anarşi Antropolojisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>256</v>
+        <v>260</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056117350</t>
+          <t>9786056117305</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Bir Topluma Doğru</t>
+          <t>Bilginin Belirsizlikleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
+          <t>9786056117350</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojik Bir Topluma Doğru</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
           <t>9786056117329</t>
         </is>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Özgürlüğün Ekolojisi</t>
         </is>
       </c>
-      <c r="C34" s="1">
-        <v>472</v>
+      <c r="C35" s="1">
+        <v>590</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>