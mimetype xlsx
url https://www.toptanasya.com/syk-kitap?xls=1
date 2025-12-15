--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -94,51 +94,51 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259868653</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Şiir Denizi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786259868639</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Belki Yalnızlıktan</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786259868622</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>