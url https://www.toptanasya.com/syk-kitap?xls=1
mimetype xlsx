--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1120 +85,1135 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259868653</t>
+          <t>9786259913049</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şiir Denizi</t>
+          <t>Baharında Yüreğimin</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259868639</t>
+          <t>9786259868653</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Belki Yalnızlıktan</t>
+          <t>Şiir Denizi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259868622</t>
+          <t>9786259868639</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yola Çıkan Sözler</t>
+          <t>Belki Yalnızlıktan</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259868615</t>
+          <t>9786259868622</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şarkılar Hep Yarım Kalırdı</t>
+          <t>Yola Çıkan Sözler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057277961</t>
+          <t>9786259868615</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Masalın Gücü</t>
+          <t>Şarkılar Hep Yarım Kalırdı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057147493</t>
+          <t>9786057277961</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Defolu Metinler</t>
+          <t>Masalın Gücü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057357977</t>
+          <t>9786057147493</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sardunya ve Toprak</t>
+          <t>Defolu Metinler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057277992</t>
+          <t>9786057357977</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ayrık Otu</t>
+          <t>Sardunya ve Toprak</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259913094</t>
+          <t>9786057277992</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aşk Baha'nesi Şiirin</t>
+          <t>Ayrık Otu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259913087</t>
+          <t>9786259913094</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Umudun Suyu</t>
+          <t>Aşk Baha'nesi Şiirin</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259913070</t>
+          <t>9786259913087</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ada</t>
+          <t>Umudun Suyu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057257253</t>
+          <t>9786259913070</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Azap Zamanları</t>
+          <t>Mavi Ada</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057257277</t>
+          <t>9786057257253</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Vadiye Akıyordu Rüzgar</t>
+          <t>Azap Zamanları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259913063</t>
+          <t>9786057257277</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kadın Harekatı</t>
+          <t>Vadiye Akıyordu Rüzgar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057147424</t>
+          <t>9786259913063</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hasret Kaldıklarım</t>
+          <t>Kadın Harekatı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057257260</t>
+          <t>9786057147424</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>Hasret Kaldıklarım</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259913056</t>
+          <t>9786057257260</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Bitmez</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057277930</t>
+          <t>9786259913056</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eylül Boynunu Bükerdi "Dersim Hasreti”</t>
+          <t>Gökyüzü Bitmez</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259913025</t>
+          <t>9786057277930</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Cemre</t>
+          <t>Eylül Boynunu Bükerdi "Dersim Hasreti”</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057257239</t>
+          <t>9786259913025</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Ara Uğra Yüreğime</t>
+          <t>Cemre</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259913032</t>
+          <t>9786057257239</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağacın Bütün Kuşları</t>
+          <t>Bir Ara Uğra Yüreğime</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057277947</t>
+          <t>9786259913032</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>An Olur Ömre Bedel</t>
+          <t>Bir Ağacın Bütün Kuşları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259913001</t>
+          <t>9786057277947</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tersin Pencerisi</t>
+          <t>An Olur Ömre Bedel</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259913018</t>
+          <t>9786259913001</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kırgınlıklar Tarihi</t>
+          <t>Tersin Pencerisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057257246</t>
+          <t>9786259913018</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Karşıdakiler</t>
+          <t>Gizli Kırgınlıklar Tarihi</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057277985</t>
+          <t>9786057257246</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz… Usta ve Kayıkçı</t>
+          <t>Karşıdakiler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057257208</t>
+          <t>9786057277985</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Matruşka Kırıkları</t>
+          <t>Sonsuz… Usta ve Kayıkçı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057154248</t>
+          <t>9786057257208</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İncitilmiş Kadınların Şiir Defteri</t>
+          <t>Matruşka Kırıkları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057257222</t>
+          <t>9786057154248</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Sanat Üzerine Karşı Yazılar</t>
+          <t>İncitilmiş Kadınların Şiir Defteri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057257215</t>
+          <t>9786057257222</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Nehrin Akışında</t>
+          <t>Eğitim ve Sanat Üzerine Karşı Yazılar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057277954</t>
+          <t>9786057257215</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinde Edebiyat</t>
+          <t>Bir Nehrin Akışında</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057277978</t>
+          <t>9786057277954</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kedi Mevsimi</t>
+          <t>Hayatın İçinde Edebiyat</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057154231</t>
+          <t>9786057277978</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Hikâyeler</t>
+          <t>Aşkın Kedi Mevsimi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057345639</t>
+          <t>9786057154231</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ötekiler</t>
+          <t>Yazılmamış Hikâyeler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057311344</t>
+          <t>9786057345639</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yolundan Ayrılan Ağaç</t>
+          <t>Ötekiler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057277923</t>
+          <t>9786057311344</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Dön Bana</t>
+          <t>Yolundan Ayrılan Ağaç</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057277916</t>
+          <t>9786057277923</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Hüzün</t>
+          <t>Yüzünü Dön Bana</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>110</v>
+        <v>380</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057154293</t>
+          <t>9786057277916</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Natura Naturans</t>
+          <t>Herkes İçin Hüzün</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057345622</t>
+          <t>9786057154293</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İyiler Treni</t>
+          <t>Natura Naturans</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057154286</t>
+          <t>9786057345622</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Güz Kırpıyor Güneş</t>
+          <t>İyiler Treni</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057154255</t>
+          <t>9786057154286</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Güneş Koşan Mektuplar</t>
+          <t>Güz Kırpıyor Güneş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057154200</t>
+          <t>9786057154255</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Geronimo</t>
+          <t>Güneş Koşan Mektuplar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057311375</t>
+          <t>9786057154200</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Başaklar</t>
+          <t>Hoş Geldin Geronimo</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057311313</t>
+          <t>9786057311375</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Son Mektup</t>
+          <t>Kanlı Başaklar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057311351</t>
+          <t>9786057311313</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Meşa Mirine</t>
+          <t>Son Mektup</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057330796</t>
+          <t>9786057311351</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İnsanın 5 Rengi</t>
+          <t>Meşa Mirine</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057311368</t>
+          <t>9786057330796</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Düşüşün Mekaniği</t>
+          <t>İnsanın 5 Rengi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057311382</t>
+          <t>9786057311368</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaçış Hikayesi</t>
+          <t>Düşüşün Mekaniği</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057311320</t>
+          <t>9786057311382</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aşı Boyalı Denemeler</t>
+          <t>Bir Kaçış Hikayesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057311337</t>
+          <t>9786057311320</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kırık Badem Dalı</t>
+          <t>Aşı Boyalı Denemeler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057330789</t>
+          <t>9786057311337</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sıvası Kanayan Ev</t>
+          <t>Kırık Badem Dalı</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057330772</t>
+          <t>9786057330789</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Babalar Gece Ağlar</t>
+          <t>Sıvası Kanayan Ev</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057330741</t>
+          <t>9786057330772</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hurufi Gezmeler</t>
+          <t>Babalar Gece Ağlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057330734</t>
+          <t>9786057330741</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Öldürdüm</t>
+          <t>Hurufi Gezmeler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057330758</t>
+          <t>9786057330734</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gülün Rengi</t>
+          <t>Kendimi Öldürdüm</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057330765</t>
+          <t>9786057330758</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Dil</t>
+          <t>Gülün Rengi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057330727</t>
+          <t>9786057330765</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Leyl</t>
+          <t>Ehl-i Dil</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057311306</t>
+          <t>9786057330727</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Eflatun Zamanlar</t>
+          <t>Leyl</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057330703</t>
+          <t>9786057311306</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sofi Dayım</t>
+          <t>Eflatun Zamanlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057330710</t>
+          <t>9786057330703</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Trompeti</t>
+          <t>Sofi Dayım</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057345653</t>
+          <t>9786057330710</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hep ve Hiç</t>
+          <t>Meleklerin Trompeti</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057345677</t>
+          <t>9786057345653</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dil Bağı Düğümleri</t>
+          <t>Hep ve Hiç</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057345691</t>
+          <t>9786057345677</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Metronom</t>
+          <t>Dil Bağı Düğümleri</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057345660</t>
+          <t>9786057345691</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ludditlerin Sessizliği</t>
+          <t>Metronom</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057345684</t>
+          <t>9786057345660</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Jean Genet Oyunlarında Cinselliğin İnşası</t>
+          <t>Ludditlerin Sessizliği</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057154217</t>
+          <t>9786057345684</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ay Üşürken Sularda</t>
+          <t>Jean Genet Oyunlarında Cinselliğin İnşası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057345615</t>
+          <t>9786057154217</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tristan Sağnak Hasarlar Devriyesinde</t>
+          <t>Ay Üşürken Sularda</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057154279</t>
+          <t>9786057345615</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar</t>
+          <t>Tristan Sağnak Hasarlar Devriyesinde</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057345646</t>
+          <t>9786057154279</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Heyva</t>
+          <t>Karşılaşmalar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057345608</t>
+          <t>9786057345646</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sahaftaki Ucubeler</t>
+          <t>Heyva</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057154262</t>
+          <t>9786057345608</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gitmek</t>
+          <t>Sahaftaki Ucubeler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
+          <t>9786057154262</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Gitmek</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
           <t>9786057154224</t>
         </is>
       </c>
-      <c r="B73" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Denedim</t>
         </is>
       </c>
-      <c r="C73" s="1">
-        <v>110</v>
+      <c r="C74" s="1">
+        <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>