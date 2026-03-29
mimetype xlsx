--- v0 (2025-10-25)
+++ v1 (2026-03-29)
@@ -85,1525 +85,1630 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057850508</t>
+          <t>9786057850775</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar İçin Hadisler (Ciltli)</t>
+          <t>El-Ezkar (Cep Boy, 2 Cilt)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>950</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056015854</t>
+          <t>9786258640021</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mü’min Kimliğimiz</t>
+          <t>Tufan Sancağı Altında</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057850126</t>
+          <t>9786057850942</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>El-Ezkar - Tercüme ve Şerhi ( Lüks Termo Deri Kapak - 2 Cilt ) (Ciltli)</t>
+          <t>Kur’an’da Her Şey Var</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>3000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057850706</t>
+          <t>9786057850911</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kuran’ı Ezberlemek İçin 114 Tavsiye</t>
+          <t>Dilin Afetleri Dil Belası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057850690</t>
+          <t>9786057850928</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi</t>
+          <t>İki Şehveti Dizginlemek: Mide ve Cinsellik</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057850683</t>
+          <t>9786059494632</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Demirle İnen Şifa – Hadid Suresinden Dersler ve Tefekkür Pencereleri</t>
+          <t>İslam'dan Hayata Ölçüler - 2</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057850195</t>
+          <t>9786056076541</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Et-Tibyan (Ciltli)</t>
+          <t>Medine Raporu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>950</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057850645</t>
+          <t>9786057850508</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İlmihali (Ciltli)</t>
+          <t>Hanımlar İçin Hadisler (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>700</v>
+        <v>950</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057850270</t>
+          <t>9786056015854</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İbrahimi Duruş ve Kudüs</t>
+          <t>Mü’min Kimliğimiz</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059494403</t>
+          <t>9786057850126</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Kadın (2 Cilt Takım) (Ciltli)</t>
+          <t>El-Ezkar - Tercüme ve Şerhi ( Lüks Termo Deri Kapak - 2 Cilt ) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>2600</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059494687</t>
+          <t>9786057850706</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Medine Yollarında</t>
+          <t>Kuran’ı Ezberlemek İçin 114 Tavsiye</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056259692</t>
+          <t>9786057850690</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şifa-i Şerif Şerhi (Lüx Termo Deri Kapak - 3 Cilt Takım) (Ciltli)</t>
+          <t>Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>3400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057850638</t>
+          <t>9786057850683</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kur'an’ın İncileri Kehf Suresinden Dersler</t>
+          <t>Demirle İnen Şifa – Hadid Suresinden Dersler ve Tefekkür Pencereleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057850362</t>
+          <t>9786057850195</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hayatımıza Yön Veren Hadisler (Ciltli)</t>
+          <t>Et-Tibyan (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1235</v>
+        <v>950</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058776890</t>
+          <t>9786057850645</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Buluğu'l-Meram Şerhi Seti (4 Cilt Takım) (Ciltli)</t>
+          <t>Sağlık İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>3900</v>
+        <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057850614</t>
+          <t>9786057850270</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Rahmetine Sığındım Allahım</t>
+          <t>İbrahimi Duruş ve Kudüs</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057850621</t>
+          <t>9786059494403</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hangi İslam</t>
+          <t>Hadislerle Kadın (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>390</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057850331</t>
+          <t>9786059494687</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Fatihatü’l Ulüm – İlimlere Giriş (Ciltli)</t>
+          <t>Medine Yollarında</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>720</v>
+        <v>135</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057850607</t>
+          <t>9786056259692</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kur'an’ın Kıssaları; Kur’an Bir Şeyi Nasıl Örnekler?</t>
+          <t>Şifa-i Şerif Şerhi (Lüx Termo Deri Kapak - 3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057850553</t>
+          <t>9786057850638</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kur'an’ın İncileri Yusuf Suresinden Dersler</t>
+          <t>Kur'an’ın İncileri Kehf Suresinden Dersler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057850454</t>
+          <t>9786057850362</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Surelerinin Hedef ve Gayeleri</t>
+          <t>Hayatımıza Yön Veren Hadisler (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>650</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059494618</t>
+          <t>9786058776890</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bu Ümmetin Fidanları Çocuklarımız</t>
+          <t>Buluğu'l-Meram Şerhi Seti (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059494441</t>
+          <t>9786057850614</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bu Ümmetin Kızı</t>
+          <t>Rahmetine Sığındım Allahım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055271459</t>
+          <t>9786057850621</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dilinden Kıssalar</t>
+          <t>Hangi İslam</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058776838</t>
+          <t>9786057850331</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Çocuklara 40 Hadis</t>
+          <t>Fatihatü’l Ulüm – İlimlere Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>720</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056076596</t>
+          <t>9786057850607</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hatırlı Satırlar</t>
+          <t>Kur'an’ın Kıssaları; Kur’an Bir Şeyi Nasıl Örnekler?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>145</v>
+        <v>290</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056139116</t>
+          <t>9786057850553</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gönül Doktoru</t>
+          <t>Kur'an’ın İncileri Yusuf Suresinden Dersler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057850539</t>
+          <t>9786057850454</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İzinden Gitmek İçin – Hadisleriyle Peygamberimiz</t>
+          <t>Kur'an Surelerinin Hedef ve Gayeleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>780</v>
+        <v>650</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057850515</t>
+          <t>9786059494618</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Merhametinde Hasta</t>
+          <t>Bu Ümmetin Fidanları Çocuklarımız</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055271480</t>
+          <t>9786059494441</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağa Rapor</t>
+          <t>Bu Ümmetin Kızı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055271497</t>
+          <t>9786055271459</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hanımlara Özel Gün Defteri</t>
+          <t>Peygamberimizin Dilinden Kıssalar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>370</v>
+        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055271503</t>
+          <t>9786058776838</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mağaradan Arş'a</t>
+          <t>Hikayelerle Çocuklara 40 Hadis</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057850478</t>
+          <t>9786056076596</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>111 Kudsi Hadis (Ciltli)</t>
+          <t>Hatırlı Satırlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>950</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057850447</t>
+          <t>9786056139116</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Aksa Rehberi</t>
+          <t>Gönül Doktoru</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>455</v>
+        <v>185</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056185281</t>
+          <t>9786057850539</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Namaz Muhasebesi</t>
+          <t>İzinden Gitmek İçin – Hadisleriyle Peygamberimiz</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>780</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056259654</t>
+          <t>9786057850515</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Güneşi</t>
+          <t>İslam’ın Merhametinde Hasta</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059494588</t>
+          <t>9786055271480</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Caminin Kaybolan Mahiyeti</t>
+          <t>Bu Çağa Rapor</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057850294</t>
+          <t>9786055271497</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Rabbini Dinle</t>
+          <t>Hanımlara Özel Gün Defteri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>265</v>
+        <v>370</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057850263</t>
+          <t>9786055271503</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Düşmanları Ne Demek İstiyor?</t>
+          <t>Mağaradan Arş'a</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057850249</t>
+          <t>9786057850478</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Et-Tibyan (Ciltli)</t>
+          <t>111 Kudsi Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057850218</t>
+          <t>9786057850447</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hedefimiz Cennet</t>
+          <t>Mescid-i Aksa Rehberi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>185</v>
+        <v>455</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057850072</t>
+          <t>9786056185281</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Anlamaya Giriş</t>
+          <t>Namaz Muhasebesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057850089</t>
+          <t>9786056259654</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İnsan İlmihali</t>
+          <t>İki Cihan Güneşi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059494885</t>
+          <t>9786059494588</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kitabü's - Sünne (Ciltli)</t>
+          <t>Caminin Kaybolan Mahiyeti</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>935</v>
+        <v>145</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059494878</t>
+          <t>9786057850294</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kitabü's - Sünne (Deri Ciltli)</t>
+          <t>Rabbini Dinle</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>1235</v>
+        <v>265</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059494724</t>
+          <t>9786057850263</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Peygamberi</t>
+          <t>Peygamber Düşmanları Ne Demek İstiyor?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059494700</t>
+          <t>9786057850249</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Güzel Huyları</t>
+          <t>Et-Tibyan (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>125</v>
+        <v>950</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059494670</t>
+          <t>9786057850218</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlar Kardeştir</t>
+          <t>Hedefimiz Cennet</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059494717</t>
+          <t>9786057850072</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Son Yılları</t>
+          <t>Sünneti Anlamaya Giriş</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059494656</t>
+          <t>9786057850089</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dinmeyen Gözyaşları</t>
+          <t>İnsan İlmihali</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059494663</t>
+          <t>9786059494885</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Nur Dağında Bir Işık</t>
+          <t>Kitabü's - Sünne (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>135</v>
+        <v>935</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059494694</t>
+          <t>9786059494878</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ebu Cendel'in Zincirleri</t>
+          <t>Kitabü's - Sünne (Deri Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>135</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059494649</t>
+          <t>9786059494724</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Aramızda Kalsın</t>
+          <t>Sevgi Peygamberi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>195</v>
+        <v>135</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059494526</t>
+          <t>9786059494700</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İnternet Fıkhı</t>
+          <t>Peygamberimizin Güzel Huyları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059494540</t>
+          <t>9786059494670</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Dünyası</t>
+          <t>Müslümanlar Kardeştir</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055271534</t>
+          <t>9786059494717</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Neden Garip?</t>
+          <t>Peygamberimizin Son Yılları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059494434</t>
+          <t>9786059494656</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Elhamdülillah Müslümanım</t>
+          <t>Dinmeyen Gözyaşları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>135</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059494342</t>
+          <t>9786059494663</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Peygamberimizin Hayatı</t>
+          <t>Nur Dağında Bir Işık</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055271527</t>
+          <t>9786059494694</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Gencin Örnek Ahlakı</t>
+          <t>Ebu Cendel'in Zincirleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>275</v>
+        <v>135</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059494120</t>
+          <t>9786059494649</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>El - Edebü'l Müfred Deri Cilt (2 Cilt Takım) (Ciltli)</t>
+          <t>Kızlar Aramızda Kalsın</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>2750</v>
+        <v>195</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055271510</t>
+          <t>9786059494526</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bu Ümmetin Genci</t>
+          <t>İnternet Fıkhı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055271404</t>
+          <t>9786059494540</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şemail-i Şerif Şerhi (3 Kitap Takım) (Ciltli)</t>
+          <t>Tefekkür Dünyası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>3400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055271367</t>
+          <t>9786055271534</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Peygamberleri Öğrenelim</t>
+          <t>Sünnet Neden Garip?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056185243</t>
+          <t>9786059494434</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Geminin Neresindeyiz?</t>
+          <t>Elhamdülillah Müslümanım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056076572</t>
+          <t>9786059494342</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>En Sevgiliden Uzanan Dallar 2</t>
+          <t>Gençler İçin Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056015878</t>
+          <t>9786055271527</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>En Sevgiliden Uzanan Dallar 1</t>
+          <t>Özlenen Gencin Örnek Ahlakı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055271336</t>
+          <t>9786059494120</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hür Yürekli Genç</t>
+          <t>El - Edebü'l Müfred Deri Cilt (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055271251</t>
+          <t>9786055271510</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mücahide Kadın</t>
+          <t>Bu Ümmetin Genci</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055271411</t>
+          <t>9786055271404</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Elma Suyu</t>
+          <t>Şemail-i Şerif Şerhi (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>135</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055271466</t>
+          <t>9786055271367</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çadır Güzeli</t>
+          <t>Peygamberleri Öğrenelim</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055271442</t>
+          <t>9786056185243</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mercan Ali</t>
+          <t>Geminin Neresindeyiz?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055271435</t>
+          <t>9786056076572</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kır Hasan</t>
+          <t>En Sevgiliden Uzanan Dallar 2</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055271428</t>
+          <t>9786056015878</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Cilvesi</t>
+          <t>En Sevgiliden Uzanan Dallar 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786056259678</t>
+          <t>9786055271336</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar İçin İnciler</t>
+          <t>Hür Yürekli Genç</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058776821</t>
+          <t>9786055271251</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki Notlar</t>
+          <t>Mücahide Kadın</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055271206</t>
+          <t>9786055271411</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sahabeden 101 Hatıra</t>
+          <t>Elma Suyu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786056015816</t>
+          <t>9786055271466</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Risalesi</t>
+          <t>Çadır Güzeli</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786056015830</t>
+          <t>9786055271442</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rahmetin Kapısında</t>
+          <t>Mercan Ali</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055271183</t>
+          <t>9786055271435</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizden 101 Hatıra</t>
+          <t>Kır Hasan</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055271176</t>
+          <t>9786055271428</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimin Sevdiği Müslüman</t>
+          <t>Kaderin Cilvesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056259630</t>
+          <t>9786056259678</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>On Sekiz Bin Alemin Mustafa'sı</t>
+          <t>Hanımlar İçin İnciler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056076534</t>
+          <t>9786058776821</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Pınarından Baldan Tatlı Sözler</t>
+          <t>Yoldaki Notlar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055271046</t>
+          <t>9786055271206</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mü’min Ev</t>
+          <t>Sahabeden 101 Hatıra</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786056139123</t>
+          <t>9786056015816</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Yuva İçin</t>
+          <t>Ramazan Risalesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056185298</t>
+          <t>9786056015830</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Cevaplar</t>
+          <t>Rahmetin Kapısında</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786056076510</t>
+          <t>9786055271183</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kıblegah Evler</t>
+          <t>Peygamberimizden 101 Hatıra</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056076565</t>
+          <t>9786055271176</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İşi Vaktinden Çok Olanlar (4 Cilt)</t>
+          <t>Peygamberimin Sevdiği Müslüman</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>585</v>
+        <v>450</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055271190</t>
+          <t>9786056259630</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hayatımıza Peygamber Modeli</t>
+          <t>On Sekiz Bin Alemin Mustafa'sı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786056076503</t>
+          <t>9786056076534</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hani Din Hepimizindi?</t>
+          <t>Nübüvvet Pınarından Baldan Tatlı Sözler</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058776869</t>
+          <t>9786055271046</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Halimizin İzahı</t>
+          <t>Mü’min Ev</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055271084</t>
+          <t>9786056139123</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Elbette Allahuekber</t>
+          <t>Mutlu Bir Yuva İçin</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056015847</t>
+          <t>9786056185298</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Edep ve Amel</t>
+          <t>Mahrem Cevaplar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055271077</t>
+          <t>9786056076510</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Doğal Aile</t>
+          <t>Kıblegah Evler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056015861</t>
+          <t>9786056076565</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dinimize Hizmetin İç Sorunları</t>
+          <t>İşi Vaktinden Çok Olanlar (4 Cilt)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>145</v>
+        <v>585</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056259647</t>
+          <t>9786055271190</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Canım Arzular Seni</t>
+          <t>Hayatımıza Peygamber Modeli</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056139109</t>
+          <t>9786056076503</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bu Zamanın Sabrı</t>
+          <t>Hani Din Hepimizindi?</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055271114</t>
+          <t>9786058776869</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Arş'ın Gölgesindeki Genç</t>
+          <t>Halimizin İzahı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056015892</t>
+          <t>9786055271084</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Anahtar Cevaplar</t>
+          <t>Elbette Allahuekber</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
+          <t>9786056015847</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Edep ve Amel</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786055271077</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Aile</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786056015861</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Dinimize Hizmetin İç Sorunları</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786056259647</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Canım Arzular Seni</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786056139109</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Bu Zamanın Sabrı</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786055271114</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Arş'ın Gölgesindeki Genç</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786056015892</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Anahtar Cevaplar</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
           <t>9786056139192</t>
         </is>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Aile Davamız</t>
         </is>
       </c>
-      <c r="C100" s="1">
+      <c r="C107" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>