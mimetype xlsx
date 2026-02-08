--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,715 +85,745 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256305083</t>
+          <t>9786256305076</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çuvaldız</t>
+          <t>Gökkuşağı Yağmurdan Sonra Doğar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256305045</t>
+          <t>9786050655841</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Şifa Rehberi</t>
+          <t>Bilge Ay Cesur Güneş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256305052</t>
+          <t>9786256305083</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Daha Dün Gibi</t>
+          <t>Çuvaldız</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256305069</t>
+          <t>9786256305045</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Balayı</t>
+          <t>Ruhun Şifa Rehberi</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057365026</t>
+          <t>9786256305052</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>The Record Button</t>
+          <t>Daha Dün Gibi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256305038</t>
+          <t>9786256305069</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Rastgele; Leylekler, Kozalaklar ve Düşler</t>
+          <t>Balayı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256305021</t>
+          <t>9786057365026</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Avukat Hanım Ben Boşanmak İstiyorum</t>
+          <t>The Record Button</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256305014</t>
+          <t>9786256305038</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tesadüfen Anlaşıyoruz</t>
+          <t>Rastgele; Leylekler, Kozalaklar ve Düşler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057365057</t>
+          <t>9786256305021</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hayat Çizgim</t>
+          <t>Avukat Hanım Ben Boşanmak İstiyorum</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256305007</t>
+          <t>9786256305014</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İlkini Yitirmiş Sevda</t>
+          <t>Tesadüfen Anlaşıyoruz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057365033</t>
+          <t>9786057365057</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gündedün</t>
+          <t>Hayat Çizgim</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057365095</t>
+          <t>9786256305007</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Lüfer Mevsimi</t>
+          <t>İlkini Yitirmiş Sevda</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057365071</t>
+          <t>9786057365033</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Plaza Sufisi</t>
+          <t>Gündedün</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057365088</t>
+          <t>9786057365095</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Rüzgarında Türkiye</t>
+          <t>Lüfer Mevsimi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057365064</t>
+          <t>9786057365071</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gizli Miras</t>
+          <t>Plaza Sufisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057365040</t>
+          <t>9786057365088</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Silahınız Kargoya Verildi</t>
+          <t>Bugünün Rüzgarında Türkiye</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050655865</t>
+          <t>9786057365064</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Günebakanlar</t>
+          <t>Gizli Miras</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050655896</t>
+          <t>9786057365040</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Vaktin Var</t>
+          <t>Silahınız Kargoya Verildi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050655889</t>
+          <t>9786050655865</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>New York Stiliyle Çocuk Yetiştirmek</t>
+          <t>Günebakanlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050655858</t>
+          <t>9786050655896</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Birtakım Fısıltılar</t>
+          <t>Vaktin Var</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050655803</t>
+          <t>9786050655889</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sır ve Gölge</t>
+          <t>New York Stiliyle Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058147560</t>
+          <t>9786050655858</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Köpek Momo</t>
+          <t>Birtakım Fısıltılar</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050655834</t>
+          <t>9786050655803</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çemberin Dışı</t>
+          <t>Sır ve Gölge</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058147591</t>
+          <t>9786058147560</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Prova</t>
+          <t>Tılsımlı Köpek Momo</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058147553</t>
+          <t>9786050655834</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kuruntucu</t>
+          <t>Çemberin Dışı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058147539</t>
+          <t>9786058147591</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tramola</t>
+          <t>Prova</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058147522</t>
+          <t>9786058147553</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Koma 21</t>
+          <t>Kuruntucu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058147508</t>
+          <t>9786058147539</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kocam</t>
+          <t>Tramola</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058147515</t>
+          <t>9786058147522</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Kırmızısı</t>
+          <t>Koma 21</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058357082</t>
+          <t>9786058147508</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Acemi Çöpçatan</t>
+          <t>Kocam</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058357075</t>
+          <t>9786058147515</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ses Ver İlham Ver</t>
+          <t>Dolunay Kırmızısı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058357068</t>
+          <t>9786058357082</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kasmadan Annelik</t>
+          <t>Acemi Çöpçatan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058357020</t>
+          <t>9786058357075</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ayşe’nin Kırmızı Ruju</t>
+          <t>Ses Ver İlham Ver</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056574085</t>
+          <t>9786058357068</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Para'dan Mektup Var!</t>
+          <t>Kasmadan Annelik</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056574054</t>
+          <t>9786058357020</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ayrılığı Atlatmak</t>
+          <t>Ayşe’nin Kırmızı Ruju</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056574061</t>
+          <t>9786056574085</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Değişim ve Dönüşüm Günlüğüm</t>
+          <t>Para'dan Mektup Var!</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056574047</t>
+          <t>9786056574054</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Neyi Nasıl Söylemeli?</t>
+          <t>Ayrılığı Atlatmak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056534140</t>
+          <t>9786056574061</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Değiş!</t>
+          <t>Değişim ve Dönüşüm Günlüğüm</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056574009</t>
+          <t>9786056574047</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Karşı Konulmaz Kadın Olun!</t>
+          <t>Neyi Nasıl Söylemeli?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056574016</t>
+          <t>9786056534140</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Prensi Öptüm Kurbağa Oldu</t>
+          <t>Şimdi Değiş!</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056534188</t>
+          <t>9786056574009</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Sonrası Doğru Kişiyi Bulmak</t>
+          <t>Karşı Konulmaz Kadın Olun!</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056534164</t>
+          <t>9786056574016</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerin Kırılma Noktası</t>
+          <t>Prensi Öptüm Kurbağa Oldu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056534102</t>
+          <t>9786056534188</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çocukların En Çok Sorduğu 50 Soru</t>
+          <t>Boşanma Sonrası Doğru Kişiyi Bulmak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056574092</t>
+          <t>9786056534164</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin Pin Kodu</t>
+          <t>İlişkilerin Kırılma Noktası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
+          <t>9786056534102</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Çocukların En Çok Sorduğu 50 Soru</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786056574092</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Erkeğin Pin Kodu</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
           <t>9786058357006</t>
         </is>
       </c>
-      <c r="B46" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Eyvah! Ergen Var!</t>
         </is>
       </c>
-      <c r="C46" s="1">
-        <v>110</v>
+      <c r="C48" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>