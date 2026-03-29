--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,745 +85,1090 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256305076</t>
+          <t>9786256305106</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Yağmurdan Sonra Doğar</t>
+          <t>Kasabada Aşk Başkadır</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786050655841</t>
+          <t>9786257365088</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bilge Ay Cesur Güneş</t>
+          <t>Bugünün Rüzgarında Türkiye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256305083</t>
+          <t>9786057365019</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çuvaldız</t>
+          <t>Sorun Sende Değil Nenende !</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256305045</t>
+          <t>9786057365002</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Şifa Rehberi</t>
+          <t>Kızım Artık Evindesin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256305052</t>
+          <t>9786050655872</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Daha Dün Gibi</t>
+          <t>Üçü Bir Yara'da</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256305069</t>
+          <t>9786058357099</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Balayı</t>
+          <t>Çünkü Kadın</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057365026</t>
+          <t>9786058147546</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>The Record Button</t>
+          <t>İçimdeki Kaktüs</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256305038</t>
+          <t>9786056534133</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Rastgele; Leylekler, Kozalaklar ve Düşler</t>
+          <t>Çocukların En Çok Sorduğu 50 Soru (3-8 Yaş)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256305021</t>
+          <t>9786056534157</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Avukat Hanım Ben Boşanmak İstiyorum</t>
+          <t>Abbas</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256305014</t>
+          <t>9786056534126</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tesadüfen Anlaşıyoruz</t>
+          <t>Erkeklerin Kadınlara Asla Söylemeyeceği 7 Sır</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057365057</t>
+          <t>9786056534119</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayat Çizgim</t>
+          <t>Kaçıncı Çocuksunuz?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256305007</t>
+          <t>9786056574078</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İlkini Yitirmiş Sevda</t>
+          <t>Değişim - Dönüşüm Kartlarım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>130</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057365033</t>
+          <t>9786058357044</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gündedün</t>
+          <t>Aslında Çok Kolay</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>130</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057365095</t>
+          <t>9786058357037</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Lüfer Mevsimi</t>
+          <t>Aşk Yetmediğinde</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057365071</t>
+          <t>9786058357013</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Plaza Sufisi</t>
+          <t>Ana Hatlarıyla Özel Sigorta Hukuku</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057365088</t>
+          <t>9786056534195</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Rüzgarında Türkiye</t>
+          <t>Artık Ben</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057365064</t>
+          <t>9786056574030</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gizli Miras</t>
+          <t>Kaderinizin Rengi Karakterinizde Gizli</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057365040</t>
+          <t>9786056574023</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Silahınız Kargoya Verildi</t>
+          <t>1 Gün 1 Patron 1 Psikoloğa Giderse</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050655865</t>
+          <t>9786056534171</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Günebakanlar</t>
+          <t>Çocuğum Neler Yaşıyor?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050655896</t>
+          <t>9786050655827</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Vaktin Var</t>
+          <t>Evde 99 Oyun</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050655889</t>
+          <t>9786050655810</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>New York Stiliyle Çocuk Yetiştirmek</t>
+          <t>Şaman</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050655858</t>
+          <t>9786058147584</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Birtakım Fısıltılar</t>
+          <t>Karikatürlerle Özel Güvenlik</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050655803</t>
+          <t>9786058147577</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sır ve Gölge</t>
+          <t>Swat Takımı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058147560</t>
+          <t>9786256305076</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Köpek Momo</t>
+          <t>Gökkuşağı Yağmurdan Sonra Doğar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050655834</t>
+          <t>9786050655841</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çemberin Dışı</t>
+          <t>Bilge Ay Cesur Güneş</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058147591</t>
+          <t>9786256305083</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Prova</t>
+          <t>Çuvaldız</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058147553</t>
+          <t>9786256305045</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kuruntucu</t>
+          <t>Ruhun Şifa Rehberi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058147539</t>
+          <t>9786256305052</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tramola</t>
+          <t>Daha Dün Gibi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058147522</t>
+          <t>9786256305069</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Koma 21</t>
+          <t>Balayı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058147508</t>
+          <t>9786057365026</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kocam</t>
+          <t>The Record Button</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058147515</t>
+          <t>9786256305038</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Kırmızısı</t>
+          <t>Rastgele; Leylekler, Kozalaklar ve Düşler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058357082</t>
+          <t>9786256305021</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Acemi Çöpçatan</t>
+          <t>Avukat Hanım Ben Boşanmak İstiyorum</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058357075</t>
+          <t>9786256305014</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ses Ver İlham Ver</t>
+          <t>Tesadüfen Anlaşıyoruz</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058357068</t>
+          <t>9786057365057</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kasmadan Annelik</t>
+          <t>Hayat Çizgim</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058357020</t>
+          <t>9786256305007</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ayşe’nin Kırmızı Ruju</t>
+          <t>İlkini Yitirmiş Sevda</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056574085</t>
+          <t>9786057365033</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Para'dan Mektup Var!</t>
+          <t>Gündedün</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056574054</t>
+          <t>9786057365095</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ayrılığı Atlatmak</t>
+          <t>Lüfer Mevsimi</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056574061</t>
+          <t>9786057365071</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Değişim ve Dönüşüm Günlüğüm</t>
+          <t>Plaza Sufisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056574047</t>
+          <t>9786057365088</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Neyi Nasıl Söylemeli?</t>
+          <t>Bugünün Rüzgarında Türkiye</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056534140</t>
+          <t>9786057365064</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Değiş!</t>
+          <t>Gizli Miras</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056574009</t>
+          <t>9786057365040</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Karşı Konulmaz Kadın Olun!</t>
+          <t>Silahınız Kargoya Verildi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056574016</t>
+          <t>9786050655865</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Prensi Öptüm Kurbağa Oldu</t>
+          <t>Günebakanlar</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056534188</t>
+          <t>9786050655896</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Sonrası Doğru Kişiyi Bulmak</t>
+          <t>Vaktin Var</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056534164</t>
+          <t>9786050655889</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerin Kırılma Noktası</t>
+          <t>New York Stiliyle Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056534102</t>
+          <t>9786050655858</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çocukların En Çok Sorduğu 50 Soru</t>
+          <t>Birtakım Fısıltılar</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056574092</t>
+          <t>9786050655803</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin Pin Kodu</t>
+          <t>Sır ve Gölge</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
+          <t>9786058147560</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Tılsımlı Köpek Momo</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786050655834</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Çemberin Dışı</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786058147591</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Prova</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786058147553</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Kuruntucu</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786058147539</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Tramola</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786058147522</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Koma 21</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786058147508</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Kocam</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786058147515</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Dolunay Kırmızısı</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786058357082</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Acemi Çöpçatan</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786058357075</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Ses Ver İlham Ver</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786058357068</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Kasmadan Annelik</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786058357020</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Ayşe’nin Kırmızı Ruju</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786056574085</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Para'dan Mektup Var!</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786056574054</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Ayrılığı Atlatmak</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786056574061</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Değişim ve Dönüşüm Günlüğüm</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786056574047</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Neyi Nasıl Söylemeli?</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786056534140</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Değiş!</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786056574009</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Karşı Konulmaz Kadın Olun!</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786056574016</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Prensi Öptüm Kurbağa Oldu</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786056534188</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Boşanma Sonrası Doğru Kişiyi Bulmak</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786056534164</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>İlişkilerin Kırılma Noktası</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786056534102</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Çocukların En Çok Sorduğu 50 Soru</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786056574092</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Erkeğin Pin Kodu</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
           <t>9786058357006</t>
         </is>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Eyvah! Ergen Var!</t>
         </is>
       </c>
-      <c r="C48" s="1">
+      <c r="C71" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>