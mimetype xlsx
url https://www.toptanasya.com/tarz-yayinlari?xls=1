--- v0 (2025-12-01)
+++ v1 (2026-02-17)
@@ -85,55 +85,175 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
+          <t>9786259927978</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Selman (R.A)</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
           <t>9786259927961</t>
         </is>
       </c>
-      <c r="B2" s="1" t="inlineStr">
+      <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Gönül Heybesi</t>
         </is>
       </c>
-      <c r="C2" s="1">
+      <c r="C3" s="1">
         <v>280</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786259927954</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Sever Olmak Suç Mu?</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786259927947</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Yarence</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786259927916</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Manevi Reçete</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786259927923</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Hakikatin Kokuları</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786259927930</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Fi Emanillah</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786259927909</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Ceza</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786057329400</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Rüyalar ve Metafizik</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>