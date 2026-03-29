--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -85,595 +85,640 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256334304</t>
+          <t>9786256334502</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>2026/ MEB-AGS ALTI ŞAPKA 3 ÇÖZÜMLÜ DENEME</t>
+          <t>KPSS Lise-Önlisans Süper 5'li Deneme</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256334281</t>
+          <t>9786256334519</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>2026/ DGS ALTIŞAPKA 6 ÇÖZÜMLÜ DENEME</t>
+          <t>TYT KPSS MEB-AGS DGS MSÜ Artı Dil Bilgisi Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944351577</t>
+          <t>9786256334496</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES KPSS Matematik 2.Kitap Tasarı Eğitim Yayınları</t>
+          <t>2026 E-KPSS Son Prova 5 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944351355</t>
+          <t>9786256334304</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>2026/DGS ALES TYT KPSS -PROBLEMLER’İN İLACI SORU BANKASI</t>
+          <t>2026/ MEB-AGS ALTI ŞAPKA 3 ÇÖZÜMLÜ DENEME</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>299</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944351300</t>
+          <t>9786256334281</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>ALES DGS KPSS MSÜ TYT Sınavdan Önce Çözülmesi Gereken 838 Soru Sözel Yetenek</t>
+          <t>2026/ DGS ALTIŞAPKA 6 ÇÖZÜMLÜ DENEME</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>48</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256334011</t>
+          <t>9789944351577</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>KPSS Türkçe Defteri 1</t>
+          <t>DGS ALES KPSS Matematik 2.Kitap Tasarı Eğitim Yayınları</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057382180</t>
+          <t>9789944351355</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Defteri 3 Sözel Yetenek Paragraf Özel Seri</t>
+          <t>2026/DGS ALES TYT KPSS -PROBLEMLER’İN İLACI SORU BANKASI</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256334380</t>
+          <t>9789944351300</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>2026 KPSS Genel Yetenek Genel Kültür Muhteşem 6 Deneme Çözümlü</t>
+          <t>ALES DGS KPSS MSÜ TYT Sınavdan Önce Çözülmesi Gereken 838 Soru Sözel Yetenek</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256334373</t>
+          <t>9786256334011</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>KPSS Lisans Tüm Dersler Çözümlü Soru Bankası</t>
+          <t>KPSS Türkçe Defteri 1</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>660</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256334366</t>
+          <t>9786057382180</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ortaöğretim Ön Lisans Tüm Dersler Soru Bankası</t>
+          <t>Türkçe Defteri 3 Sözel Yetenek Paragraf Özel Seri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>640</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256334267</t>
+          <t>9786256334380</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES AGS Türkçe Konu Anlatımı</t>
+          <t>2026 KPSS Genel Yetenek Genel Kültür Muhteşem 6 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256334168</t>
+          <t>9786256334373</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>DGS Performans 3 Çözümlü Deneme</t>
+          <t>KPSS Lisans Tüm Dersler Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>660</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9766259897646</t>
+          <t>9786256334366</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>KPSS 30'da 30 Net Garanti Matematik Soru Bankası</t>
+          <t>KPSS Ortaöğretim Ön Lisans Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>260</v>
+        <v>640</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256334243</t>
+          <t>9786256334267</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tüm Sınavlar Sözel Mantık Soru Bankası</t>
+          <t>DGS ALES AGS Türkçe Konu Anlatımı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259413587</t>
+          <t>9786256334168</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>KPSS Dev Kadro - Eğitim Bilimleri 5 Deneme</t>
+          <t>DGS Performans 3 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256334359</t>
+          <t>9766259897646</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES Türkçe 20 Günde Tam Tekrar Soru Bankası</t>
+          <t>KPSS 30'da 30 Net Garanti Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>410</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256334335</t>
+          <t>9786256334243</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>MEB - AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi ve Mevzuat Bilgisi Konu Anlatımlı Soru Bankası Çözümlü</t>
+          <t>Tüm Sınavlar Sözel Mantık Soru Bankası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256334328</t>
+          <t>9786259413587</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>DGS - ALES Matematik 30 Günde Tam Tekrar Soru Bankası</t>
+          <t>KPSS Dev Kadro - Eğitim Bilimleri 5 Deneme</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>410</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256334311</t>
+          <t>9786256334359</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>YKS (TYT -AYT) Son Prova Denemeler</t>
+          <t>DGS ALES Türkçe 20 Günde Tam Tekrar Soru Bankası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256334274</t>
+          <t>9786256334335</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>TYT Artı Türkçe 40 ta 40 Net Soru Bankası</t>
+          <t>MEB - AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi ve Mevzuat Bilgisi Konu Anlatımlı Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259510010</t>
+          <t>9786256334328</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>DGS Sayısal Yetenek (Matematik) Yıl Sonu Kamp Kitabı</t>
+          <t>DGS - ALES Matematik 30 Günde Tam Tekrar Soru Bankası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256334038</t>
+          <t>9786256334311</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dev Kadro ÖABT DKAB 5 Çözümlü Deneme</t>
+          <t>YKS (TYT -AYT) Son Prova Denemeler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256334236</t>
+          <t>9786256334274</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS 5 Çözümlü Güncel Deneme</t>
+          <t>TYT Artı Türkçe 40 ta 40 Net Soru Bankası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256334250</t>
+          <t>9786259510010</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarım - Model Uygulama ve Analiz Teknikleri</t>
+          <t>DGS Sayısal Yetenek (Matematik) Yıl Sonu Kamp Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256334212</t>
+          <t>9786256334038</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS Konu Anlatımlı Mevzuat Bilgisi Soru Bankası</t>
+          <t>Dev Kadro ÖABT DKAB 5 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>385</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256334229</t>
+          <t>9786256334236</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS Eğitim Temelleri-Milli Eğitim Sistemi Soru Bankası</t>
+          <t>MEB-AGS 5 Çözümlü Güncel Deneme</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256334175</t>
+          <t>9786256334250</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>ALES All Star Matematik Mantık Konu Anlatımı</t>
+          <t>Moda Tasarım - Model Uygulama ve Analiz Teknikleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>720</v>
+        <v>580</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256334182</t>
+          <t>9786256334212</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ales All Star Sayısal Yetenek Çözümlü Soru Bankası</t>
+          <t>MEB-AGS Konu Anlatımlı Mevzuat Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>420</v>
+        <v>385</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256334151</t>
+          <t>9786256334229</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>DGS Performans Sayısal Yetenek Çözümlü Soru Bankası</t>
+          <t>MEB-AGS Eğitim Temelleri-Milli Eğitim Sistemi Soru Bankası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256334144</t>
+          <t>9786256334175</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>DGS Performans Sayısal Yetenek Konu Anlatımı</t>
+          <t>ALES All Star Matematik Mantık Konu Anlatımı</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>720</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259413570</t>
+          <t>9786256334182</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES Matematik İlk 25 Çıkacak Soru Çözümlü</t>
+          <t>Ales All Star Sayısal Yetenek Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256334106</t>
+          <t>9786256334151</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>TR YÖS Matematik Soru Bankası</t>
+          <t>DGS Performans Sayısal Yetenek Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>690</v>
+        <v>420</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256334120</t>
+          <t>9786256334144</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>TR YÖS IQ Soru Bankası</t>
+          <t>DGS Performans Sayısal Yetenek Konu Anlatımı</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>720</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256334113</t>
+          <t>9786259413570</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>TR YÖS Geometri Soru Bankası</t>
+          <t>DGS ALES Matematik İlk 25 Çıkacak Soru Çözümlü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>690</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256334090</t>
+          <t>9786256334106</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarım - Fabrikadan Okula Etüt Notları</t>
+          <t>TR YÖS Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>480</v>
+        <v>690</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259897691</t>
+          <t>9786256334120</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>KPSS Vatandaşlık Dev Kadro Türkiye Karması 20 Deneme</t>
+          <t>TR YÖS IQ Soru Bankası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>260</v>
+        <v>720</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
+          <t>9786256334113</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>TR YÖS Geometri Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786256334090</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Moda Tasarım - Fabrikadan Okula Etüt Notları</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786259897691</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>KPSS Vatandaşlık Dev Kadro Türkiye Karması 20 Deneme</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
           <t>9789944351614</t>
         </is>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Tasarı Moda Kalıp Hazırlama Etek Pantolon</t>
         </is>
       </c>
-      <c r="C38" s="1">
+      <c r="C41" s="1">
         <v>580</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>