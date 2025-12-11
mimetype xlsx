--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -85,1465 +85,1480 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256334373</t>
+          <t>9786256334380</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>KPSS Lisans Tüm Dersler Çözümlü Soru Bankası</t>
+          <t>2026 KPSS Genel Yetenek Genel Kültür Muhteşem 6 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>660</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256334366</t>
+          <t>9786256334373</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>KPSS Ortaöğretim Ön Lisans Tüm Dersler Soru Bankası</t>
+          <t>KPSS Lisans Tüm Dersler Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>640</v>
+        <v>660</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944351997</t>
+          <t>9786256334366</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>KPSS Vatandaşlık 15' te 15 Net Soru Bankası</t>
+          <t>KPSS Ortaöğretim Ön Lisans Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>640</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256334267</t>
+          <t>9789944351997</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES AGS Türkçe Konu Anlatımı</t>
+          <t>KPSS Vatandaşlık 15' te 15 Net Soru Bankası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256334168</t>
+          <t>9786256334267</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>DGS Performans 3 Çözümlü Deneme</t>
+          <t>DGS ALES AGS Türkçe Konu Anlatımı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256334069</t>
+          <t>9786256334168</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>2025 TR YÖS IQ 40X10 Çözümlü Deneme</t>
+          <t>DGS Performans 3 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256334052</t>
+          <t>9786256334069</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>2025 TR YÖS Matematik 40X10 Çözümlü Deneme</t>
+          <t>2025 TR YÖS IQ 40X10 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259413549</t>
+          <t>9786256334052</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Dev Seri-Coğrafya Soru Bankası</t>
+          <t>2025 TR YÖS Matematik 40X10 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259413501</t>
+          <t>9786259413549</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Dev Seri- Tarih Soru Bankası</t>
+          <t>2024 KPSS Dev Seri-Coğrafya Soru Bankası</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259897660</t>
+          <t>9786259413501</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Tarih 27 De 27 Net Soru Bankası</t>
+          <t>2024 KPSS Dev Seri- Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259897646</t>
+          <t>9786259897660</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Matematik  30 Da 30 Net Soru Bankası</t>
+          <t>2024 KPSS Tarih 27 De 27 Net Soru Bankası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259897684</t>
+          <t>9786259897646</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Dev Kadro Türkiye Karması Caoğrafya 20 Deneme</t>
+          <t>2024 KPSS Matematik  30 Da 30 Net Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259897639</t>
+          <t>9786259897684</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Dev Seri- Vatandaşlık Soru Bankası</t>
+          <t>2024 KPSS Dev Kadro Türkiye Karması Caoğrafya 20 Deneme</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>299</v>
+        <v>260</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259897622</t>
+          <t>9786259897639</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Dev Seri- Türkçe Soru Bankası</t>
+          <t>2024 KPSS Dev Seri- Vatandaşlık Soru Bankası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>299</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259897653</t>
+          <t>9786259897622</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Coğrafya 18 De 18 Net Soru Bankası</t>
+          <t>2024 KPSS Dev Seri- Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057188793</t>
+          <t>9786259897653</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>DGS 7 Uğurlu Çözümlü Deneme</t>
+          <t>2024 KPSS Coğrafya 18 De 18 Net Soru Bankası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057188762</t>
+          <t>9786057188793</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES Türkçe 50 de 50 Net Garanti Soru Bankası Video Çözümlü Tasarı Yayınları</t>
+          <t>DGS 7 Uğurlu Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>399</v>
+        <v>390</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057342645</t>
+          <t>9786057188762</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>DGS Sayısal Sözel Çözümlü Soru Bankası</t>
+          <t>DGS ALES Türkçe 50 de 50 Net Garanti Soru Bankası Video Çözümlü Tasarı Yayınları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>520</v>
+        <v>399</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057342676</t>
+          <t>9786057342645</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>ALES Sayısal Sözel Çözümlü Soru Bankası</t>
+          <t>DGS Sayısal Sözel Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057342669</t>
+          <t>9786057342676</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>DGS Matematik Yaprak Test</t>
+          <t>ALES Sayısal Sözel Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057342614</t>
+          <t>9786057342669</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>DGS Son Format 100 Soruluk 4'lü Çözümlü Deneme</t>
+          <t>DGS Matematik Yaprak Test</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789944151221</t>
+          <t>9786057342614</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kalıp Hazırlama - Üst Beden Teknik Çizimler</t>
+          <t>DGS Son Format 100 Soruluk 4'lü Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9766259897646</t>
+          <t>9789944151221</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>KPSS 30'da 30 Net Garanti Matematik Soru Bankası</t>
+          <t>Kalıp Hazırlama - Üst Beden Teknik Çizimler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>580</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259413532</t>
+          <t>9766259897646</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Dev Seri-Matematik Soru Bankası</t>
+          <t>KPSS 30'da 30 Net Garanti Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259413556</t>
+          <t>9786259413532</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>2024 KPSS Türkçe 30 Da 30 Net Soru Bankası</t>
+          <t>2024 KPSS Dev Seri-Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256334243</t>
+          <t>9786259413556</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tüm Sınavlar Sözel Mantık Soru Bankası</t>
+          <t>2024 KPSS Türkçe 30 Da 30 Net Soru Bankası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259413587</t>
+          <t>9786256334243</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>KPSS Dev Kadro - Eğitim Bilimleri 5 Deneme</t>
+          <t>Tüm Sınavlar Sözel Mantık Soru Bankası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256334359</t>
+          <t>9786259413587</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES Türkçe 20 Günde Tam Tekrar Soru Bankası</t>
+          <t>KPSS Dev Kadro - Eğitim Bilimleri 5 Deneme</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>390</v>
+        <v>175</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944351607</t>
+          <t>9786256334359</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>TYT Video Çözümlü Matematik Öğrenmek İstiyor musun? (2 Kitap Takım)</t>
+          <t>DGS ALES Türkçe 20 Günde Tam Tekrar Soru Bankası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256334335</t>
+          <t>9789944351607</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>MEB - AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi ve Mevzuat Bilgisi Konu Anlatımlı Soru Bankası Çözümlü</t>
+          <t>TYT Video Çözümlü Matematik Öğrenmek İstiyor musun? (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256334328</t>
+          <t>9786256334335</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>DGS - ALES Matematik 30 Günde Tam Tekrar Soru Bankası</t>
+          <t>MEB - AGS Eğitimin Temelleri ve Türk Milli Eğitim Sistemi ve Mevzuat Bilgisi Konu Anlatımlı Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256334311</t>
+          <t>9786256334328</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>YKS (TYT -AYT) Son Prova Denemeler</t>
+          <t>DGS - ALES Matematik 30 Günde Tam Tekrar Soru Bankası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>410</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944351980</t>
+          <t>9786256334311</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>KPSS Matematik 30'da 30 Net Garanti Soru Bankası</t>
+          <t>YKS (TYT -AYT) Son Prova Denemeler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256334045</t>
+          <t>9789944351980</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>2025 TR YÖS Matematik-Geometri-IQ 80 De 80 Net</t>
+          <t>KPSS Matematik 30'da 30 Net Garanti Soru Bankası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057188786</t>
+          <t>9786256334045</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>DGS Son Prova 4 Çözümlü Deneme</t>
+          <t>2025 TR YÖS Matematik-Geometri-IQ 80 De 80 Net</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256334274</t>
+          <t>9786057188786</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>TYT Artı Türkçe 40 ta 40 Net Soru Bankası</t>
+          <t>DGS Son Prova 4 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259510010</t>
+          <t>9786256334274</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>DGS Sayısal Yetenek (Matematik) Yıl Sonu Kamp Kitabı</t>
+          <t>TYT Artı Türkçe 40 ta 40 Net Soru Bankası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256334038</t>
+          <t>9786259510010</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dev Kadro ÖABT DKAB 5 Çözümlü Deneme</t>
+          <t>DGS Sayısal Yetenek (Matematik) Yıl Sonu Kamp Kitabı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256334236</t>
+          <t>9786256334038</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS 5 Çözümlü Güncel Deneme</t>
+          <t>Dev Kadro ÖABT DKAB 5 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256334250</t>
+          <t>9786256334236</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarım - Model Uygulama ve Analiz Teknikleri</t>
+          <t>MEB-AGS 5 Çözümlü Güncel Deneme</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>580</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944351713</t>
+          <t>9786256334250</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>DGS Matematik Son 15 Garanti Serisi 4</t>
+          <t>Moda Tasarım - Model Uygulama ve Analiz Teknikleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256334212</t>
+          <t>9789944351713</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS Konu Anlatımlı Mevzuat Bilgisi Soru Bankası</t>
+          <t>DGS Matematik Son 15 Garanti Serisi 4</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>385</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256334229</t>
+          <t>9786256334212</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS Eğitim Temelleri-Milli Eğitim Sistemi Soru Bankası</t>
+          <t>MEB-AGS Konu Anlatımlı Mevzuat Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>340</v>
+        <v>385</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944351454</t>
+          <t>9786256334229</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>YÖS Geometri Soru Bankası</t>
+          <t>MEB-AGS Eğitim Temelleri-Milli Eğitim Sistemi Soru Bankası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944351768</t>
+          <t>9789944351454</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kpss Türkçe 30 Da 30 Net Soru Bankası</t>
+          <t>YÖS Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256334205</t>
+          <t>9789944351768</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS Tarih - Türkiye Coğrafyası Soru Bankası</t>
+          <t>Kpss Türkçe 30 Da 30 Net Soru Bankası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>395</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256334199</t>
+          <t>9786256334205</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>MEB-AGS Sözel-Sayısal Yetenek Soru Bankası</t>
+          <t>MEB-AGS Tarih - Türkiye Coğrafyası Soru Bankası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>490</v>
+        <v>395</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256334175</t>
+          <t>9786256334199</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ales All Star Sayısal Konu Anlatımı</t>
+          <t>MEB-AGS Sözel-Sayısal Yetenek Soru Bankası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>720</v>
+        <v>490</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256334182</t>
+          <t>9786256334175</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ales All Star Sayısal Yetenek Çözümlü Soru Bankası</t>
+          <t>ALES All Star Matematik Mantık Konu Anlatımı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>420</v>
+        <v>720</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256334151</t>
+          <t>9786256334182</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>DGS Performans Sayısal Yetenek Çözümlü Soru Bankası</t>
+          <t>Ales All Star Sayısal Yetenek Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256334144</t>
+          <t>9786256334151</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>DGS Performans Sayısal Yetenek Konu Anlatımı</t>
+          <t>DGS Performans Sayısal Yetenek Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>720</v>
+        <v>420</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057382061</t>
+          <t>9786256334144</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>DGS Türkçe Cümlede Anlam Video Ders Notları - 2</t>
+          <t>DGS Performans Sayısal Yetenek Konu Anlatımı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>720</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256334137</t>
+          <t>9786057382061</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>ALES All Star 5 Çözümlü Deneme</t>
+          <t>DGS Türkçe Cümlede Anlam Video Ders Notları - 2</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259413570</t>
+          <t>9786256334137</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES Matematik İlk 25 Çıkacak Soru Çözümlü</t>
+          <t>ALES All Star 5 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944351942</t>
+          <t>9786259413570</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES TYT Matematik Sayılar Video Ders Notları</t>
+          <t>DGS ALES Matematik İlk 25 Çıkacak Soru Çözümlü</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944351782</t>
+          <t>9789944351942</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>ALES Matematik 50'de 50 Net Garanti Sayısal Soru Bankası</t>
+          <t>DGS ALES TYT Matematik Sayılar Video Ders Notları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>399</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944351935</t>
+          <t>9789944351782</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Komple Paragraf Soru Bankası</t>
+          <t>ALES Matematik 50'de 50 Net Garanti Sayısal Soru Bankası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>410</v>
+        <v>399</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944351447</t>
+          <t>9789944351935</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>YÖS Matematik 2 Soru Bankası</t>
+          <t>Komple Paragraf Soru Bankası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>520</v>
+        <v>410</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256334106</t>
+          <t>9789944351447</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>TR YÖS Matematik Soru Bankası</t>
+          <t>YÖS Matematik 2 Soru Bankası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>690</v>
+        <v>520</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256334120</t>
+          <t>9786256334106</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>TR YÖS IQ Soru Bankası</t>
+          <t>TR YÖS Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>720</v>
+        <v>690</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256334113</t>
+          <t>9786256334120</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>TR YÖS Geometri Soru Bankası</t>
+          <t>TR YÖS IQ Soru Bankası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>690</v>
+        <v>720</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256334090</t>
+          <t>9786256334113</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Moda Tasarım - Fabrikadan Okula Etüt Notları</t>
+          <t>TR YÖS Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>480</v>
+        <v>690</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256334007</t>
+          <t>9786256334090</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>TR YÖS 6 Türkiye Geneli Deneme - Son Format</t>
+          <t>Moda Tasarım - Fabrikadan Okula Etüt Notları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944351928</t>
+          <t>9786256334007</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>DGS Matematik Sayısal Yetenek Çözümlü Soru Bankası</t>
+          <t>TR YÖS 6 Türkiye Geneli Deneme - Son Format</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>520</v>
+        <v>360</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256334021</t>
+          <t>9789944351928</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>KPSS Genel Yetenek- Genel Kültür 5 Çözümlü Deneme</t>
+          <t>DGS Matematik Sayısal Yetenek Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256334014</t>
+          <t>9786256334021</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES Matematik Son 25 Çıkacak Soru Bankası</t>
+          <t>KPSS Genel Yetenek- Genel Kültür 5 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259897691</t>
+          <t>9786256334014</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>KPSS Vatandaşlık Dev Kadro Türkiye Karması 20 Deneme</t>
+          <t>DGS ALES Matematik Son 25 Çıkacak Soru Bankası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259413563</t>
+          <t>9786259897691</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>KPSS Türkiye Karması Türkçe 20 Deneme</t>
+          <t>KPSS Vatandaşlık Dev Kadro Türkiye Karması 20 Deneme</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259897608</t>
+          <t>9786259413563</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>ALES Son Prova 4 Çözümlü Deneme</t>
+          <t>KPSS Türkiye Karması Türkçe 20 Deneme</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>4440000003133</t>
+          <t>9786259897608</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>YKS TYT Türkiye Geneli Deneme Sınavı 1</t>
+          <t>ALES Son Prova 4 Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>16</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944351614</t>
+          <t>4440000003133</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tasarı Moda Kalıp Hazırlama Etek Pantolon</t>
+          <t>YKS TYT Türkiye Geneli Deneme Sınavı 1</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>580</v>
+        <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259413525</t>
+          <t>9789944351614</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>KPSS Vatandaşlık 15 Te 15 Net Soru Bankası</t>
+          <t>Tasarı Moda Kalıp Hazırlama Etek Pantolon</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>299</v>
+        <v>580</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259897677</t>
+          <t>9786259413525</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>KPSS Dev Kadro Türkiye Karması Tarih 20 Deneme</t>
+          <t>KPSS Vatandaşlık 15 Te 15 Net Soru Bankası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>260</v>
+        <v>299</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259897615</t>
+          <t>9786259897677</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>DGS Ekstra Matematik Çözümlü Soru Bankası</t>
+          <t>KPSS Dev Kadro Türkiye Karması Tarih 20 Deneme</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>430</v>
+        <v>260</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057188779</t>
+          <t>9786259897615</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>DGS 6 Harika Deneme PDF Çözümlü Tasarı Yayınları</t>
+          <t>DGS Ekstra Matematik Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>330</v>
+        <v>430</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057382023</t>
+          <t>9786057188779</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>TYT Matematik 40'Ta 40 Net Soru Bankası</t>
+          <t>DGS 6 Harika Deneme PDF Çözümlü Tasarı Yayınları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057382016</t>
+          <t>9786057382023</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tasarı Yös 12 Video Çözümlü Deneme Sınavı</t>
+          <t>TYT Matematik 40'Ta 40 Net Soru Bankası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057342690</t>
+          <t>9786057382016</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>ALES Türkçe Yaprak Test</t>
+          <t>Tasarı Yös 12 Video Çözümlü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057382092</t>
+          <t>9786057342690</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES KPSS Matematik 41 Günde Tekrar</t>
+          <t>ALES Türkçe Yaprak Test</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057342607</t>
+          <t>9786057382092</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Cümlede Analitik Video Ders Notları 3</t>
+          <t>DGS ALES KPSS Matematik 41 Günde Tekrar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944351775</t>
+          <t>9786057342607</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözcükte Anlam Video Ders Notları</t>
+          <t>Türkçe Cümlede Analitik Video Ders Notları 3</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057382085</t>
+          <t>9789944351775</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tasarı Eğitim Yayınları Matematik Problemler Video Ders Notları 3</t>
+          <t>Türkçe Sözcükte Anlam Video Ders Notları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057382009</t>
+          <t>9786057382085</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Matematik Denklem Eşitsizlik Video Ders Notları</t>
+          <t>Tasarı Eğitim Yayınları Matematik Problemler Video Ders Notları 3</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057342652</t>
+          <t>9786057382009</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>DGS Türkçe Yaprak Test</t>
+          <t>Matematik Denklem Eşitsizlik Video Ders Notları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944351966</t>
+          <t>9786057342652</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES 888 Sözel Yetenek Video Çözümlü Soru Bankası</t>
+          <t>DGS Türkçe Yaprak Test</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944351973</t>
+          <t>9789944351966</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>DGS ALES Video Çözümlü 888 Sayısal Soru Bankası</t>
+          <t>DGS ALES 888 Sözel Yetenek Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944351812</t>
+          <t>9789944351973</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Tasarı DGS Türkçe Soru Bankası</t>
+          <t>DGS ALES Video Çözümlü 888 Sayısal Soru Bankası</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944351959</t>
+          <t>9789944351812</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Tüm Sınavlar İçin Mantık Çözümlü Soru Bankası</t>
+          <t>Tasarı DGS Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>410</v>
+        <v>430</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057188748</t>
+          <t>9789944351959</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>DGS 5 Muhteşem Çözümlü Deneme</t>
+          <t>Tüm Sınavlar İçin Mantık Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057342638</t>
+          <t>9786057188748</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>DGS Sayısal Sözel Konu Anlatımı</t>
+          <t>DGS 5 Muhteşem Çözümlü Deneme</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>920</v>
+        <v>290</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057188731</t>
+          <t>9786057342638</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>DGS Matematik 50'de 50 Net Garanti Soru Bankası</t>
+          <t>DGS Sayısal Sözel Konu Anlatımı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>399</v>
+        <v>920</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057188724</t>
+          <t>9786057188731</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>ALES Türkçe Çözümlü Soru Bankası</t>
+          <t>DGS Matematik 50'de 50 Net Garanti Soru Bankası</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>430</v>
+        <v>399</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057188717</t>
+          <t>9786057188724</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>ALES Matematik Video Çözümlü Soru Bankası</t>
+          <t>ALES Türkçe Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>520</v>
+        <v>430</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944351201</t>
+          <t>9786057188717</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>YÖS IQ Çözümlü Soru Bankası</t>
+          <t>ALES Matematik Video Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>550</v>
+        <v>520</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
+          <t>9789944351201</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>YÖS IQ Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
           <t>9789944351621</t>
         </is>
       </c>
-      <c r="B96" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Kalıp Hazırlama - Üst Beden Model Uygulama</t>
         </is>
       </c>
-      <c r="C96" s="1">
+      <c r="C97" s="1">
         <v>580</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>