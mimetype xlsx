--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -85,1330 +85,1390 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259725161</t>
+          <t>9786259725192</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Yaşam Oteli (Ciltli)</t>
+          <t>Bay Ka Buk ve Ejder (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>349</v>
+        <v>389</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259725154</t>
+          <t>9786259725185</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ninemin Gezegen Turşusu (Ciltli)</t>
+          <t>Annepot (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>349</v>
+        <v>389</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259725147</t>
+          <t>9786050692334</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Korku (Ciltli)</t>
+          <t>Dostum Dinozor</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>349</v>
+        <v>235</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057107688</t>
+          <t>9786259725178</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Atlası (Harita ve Çıkartma Hediyeli)</t>
+          <t>Robotlar ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>540</v>
+        <v>299</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057107657</t>
+          <t>9786259725161</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Böcek Atlası</t>
+          <t>Vahşi Yaşam Oteli (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>310</v>
+        <v>389</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056883576</t>
+          <t>9786259725154</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest Takvim 2020</t>
+          <t>Ninemin Gezegen Turşusu (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>25</v>
+        <v>389</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056883521</t>
+          <t>9786259725147</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Cesur Denizcisi</t>
+          <t>Arkadaşım Korku (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>132</v>
+        <v>389</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056756061</t>
+          <t>9786057107688</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Masal Mutfakta</t>
+          <t>Hayvan Atlası (Harita ve Çıkartma Hediyeli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>68</v>
+        <v>540</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056756047</t>
+          <t>9786057107657</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sarılalım mı?</t>
+          <t>Böcek Atlası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>235</v>
+        <v>310</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056756085</t>
+          <t>9786056883576</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Atlası (Ciltli)</t>
+          <t>Hayalperest Takvim 2020</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>530</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058422865</t>
+          <t>9786056883521</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Eşek’in Oyun Atlası (Harita Hediyeli) (Ciltli)</t>
+          <t>Dünyanın En Cesur Denizcisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>144</v>
+        <v>132</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056756009</t>
+          <t>9786056756061</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Böcek Atlası (Ciltli)</t>
+          <t>Masal Mutfakta</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>144</v>
+        <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058273757</t>
+          <t>9786056756047</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hadi Masal Anlatalım (Ciltli)</t>
+          <t>Sarılalım mı?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>46</v>
+        <v>235</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057480934</t>
+          <t>9786056756085</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ülke Atlası (Ciltli)</t>
+          <t>Ağaç Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>530</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057480996</t>
+          <t>9786058422865</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest Takvim 2022 (Çıkartma Hediyeli)</t>
+          <t>Gezgin Eşek’in Oyun Atlası (Harita Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>36</v>
+        <v>144</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259725123</t>
+          <t>9786056756009</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Günlüğü (Ciltli)</t>
+          <t>Böcek Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>599</v>
+        <v>144</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259725109</t>
+          <t>9786058273757</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sarılalım Mı? (Ciltli)</t>
+          <t>Hadi Masal Anlatalım (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>349</v>
+        <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259447971</t>
+          <t>9786057480934</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Evindeki Orman (Ciltli)</t>
+          <t>Güzel Ülke Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>729</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259447995</t>
+          <t>9786057480996</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Su Altı Atlası (Ciltli)</t>
+          <t>Hayalperest Takvim 2022 (Çıkartma Hediyeli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>729</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259725116</t>
+          <t>9786259725123</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>The Shy Dragon (Ciltli)</t>
+          <t>Çiçek Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>429</v>
+        <v>699</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056756016</t>
+          <t>9786259725109</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hepi Topu Bir Tekir</t>
+          <t>Sarılalım Mı? (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>259</v>
+        <v>389</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259447988</t>
+          <t>9786259447971</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ben Bitti Demeden Bitmez</t>
+          <t>Evindeki Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>299</v>
+        <v>799</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259447964</t>
+          <t>9786259447995</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kamp Kitabı (Ciltli)</t>
+          <t>Su Altı Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>799</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259447926</t>
+          <t>9786259725116</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar Fora (Ciltli)</t>
+          <t>The Shy Dragon (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>349</v>
+        <v>514</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057289599</t>
+          <t>9786056756016</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Atlası (Dünya Haritası ve Çıkartma Hediyeli) (Ciltli)</t>
+          <t>Hepi Topu Bir Tekir</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>729</v>
+        <v>259</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259447957</t>
+          <t>9786259447988</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Önemli Öğrencisi</t>
+          <t>Ben Bitti Demeden Bitmez</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>369</v>
+        <v>358</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259447940</t>
+          <t>9786259447964</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Grandpa’s Grocery</t>
+          <t>Kamp Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>429</v>
+        <v>799</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259447919</t>
+          <t>9786259447926</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Özel Bir Koyun (Ciltli)</t>
+          <t>Kitaplar Fora (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>349</v>
+        <v>389</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259447933</t>
+          <t>9786057289599</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Octomom</t>
+          <t>Hayvan Atlası (Dünya Haritası ve Çıkartma Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>429</v>
+        <v>799</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259447902</t>
+          <t>9786259447957</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Atlası (Ciltli)</t>
+          <t>Dünyanın En Önemli Öğrencisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>729</v>
+        <v>439</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057289582</t>
+          <t>9786259447940</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kahvaltıda Güneş Yedim (Ciltli)</t>
+          <t>Grandpa’s Grocery</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>729</v>
+        <v>514</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>2786150692385</t>
+          <t>9786259447919</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bavulu</t>
+          <t>Özel Bir Koyun (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>2069</v>
+        <v>389</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057289544</t>
+          <t>9786259447933</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Böcek Atlası (Ciltli)</t>
+          <t>Octomom</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>729</v>
+        <v>514</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057289575</t>
+          <t>9786259447902</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Doğa Takvimi</t>
+          <t>Ağaç Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>799</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057289551</t>
+          <t>9786057289582</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Süper Popolar</t>
+          <t>Kahvaltıda Güneş Yedim (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>299</v>
+        <v>799</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057289568</t>
+          <t>2786150692385</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Asiye 4 - Son Gülen İyi Güler</t>
+          <t>Bebek Bavulu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>299</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057289537</t>
+          <t>9786057289544</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bu Ağaç Benim (Ciltli)</t>
+          <t>Böcek Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>349</v>
+        <v>799</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057289520</t>
+          <t>9786057289575</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Uzay Atlası (Ciltli)</t>
+          <t>Doğa Takvimi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>729</v>
+        <v>235</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057289513</t>
+          <t>9786057289551</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Öbür Ucunda Kim Var? (Ciltli)</t>
+          <t>Süper Popolar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>729</v>
+        <v>299</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057289506</t>
+          <t>9786057289568</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Para Ağacı</t>
+          <t>Asiye 4 - Son Gülen İyi Güler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>369</v>
+        <v>358</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058273719</t>
+          <t>9786057289537</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kelime Atlası (Ciltli)</t>
+          <t>Bu Ağaç Benim (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>729</v>
+        <v>389</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057107640</t>
+          <t>9786057289520</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Eşek'in Oyun Atlası</t>
+          <t>Uzay Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>516</v>
+        <v>799</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058422889</t>
+          <t>9786057289513</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kuş Atlası (Ciltli)</t>
+          <t>Dünyanın Öbür Ucunda Kim Var? (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>729</v>
+        <v>799</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058422896</t>
+          <t>9786057289506</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kafası Değişik Ajanda</t>
+          <t>Para Ağacı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>179</v>
+        <v>439</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057107671</t>
+          <t>9786058273719</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hilda ve Hayalet Gemi</t>
+          <t>Kelime Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>299</v>
+        <v>799</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057107664</t>
+          <t>9786057107640</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Kim Olacağım?</t>
+          <t>Gezgin Eşek'in Oyun Atlası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>259</v>
+        <v>516</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057107626</t>
+          <t>9786058422889</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hilda ve Zaman Solucanı</t>
+          <t>Kuş Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>299</v>
+        <v>799</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057107633</t>
+          <t>9786058422896</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Annepot</t>
+          <t>Kafası Değişik Ajanda</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>259</v>
+        <v>179</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057107619</t>
+          <t>9786057107671</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ninemin Gezegen Turşusu</t>
+          <t>Hilda ve Hayalet Gemi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>259</v>
+        <v>299</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057107602</t>
+          <t>9786057107664</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hilda ve Olmayan Yer</t>
+          <t>Büyüyünce Kim Olacağım?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>299</v>
+        <v>259</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057480989</t>
+          <t>9786057107626</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hilda ve Muhteşem Geçit Töreni</t>
+          <t>Hilda ve Zaman Solucanı</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057480972</t>
+          <t>9786057107633</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Dinliyorum - İlk Şiir Kitabım (Ciltli)</t>
+          <t>Annepot</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>259</v>
+        <v>389</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057480965</t>
+          <t>9786057107619</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname - İlk Geometri Kitabım (Ciltli)</t>
+          <t>Ninemin Gezegen Turşusu</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>259</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057480958</t>
+          <t>9786057107602</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mi-ro</t>
+          <t>Hilda ve Olmayan Yer</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>235</v>
+        <v>299</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057480941</t>
+          <t>9786057480989</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Samir, Arılar ve Ben (Ciltli)</t>
+          <t>Hilda ve Muhteşem Geçit Töreni</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>235</v>
+        <v>299</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057480910</t>
+          <t>9786057480972</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirmenin 101 Kolay Yolu</t>
+          <t>İstanbul’u Dinliyorum - İlk Şiir Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057480927</t>
+          <t>9786057480965</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Babaannem Geri Döndü</t>
+          <t>Seyahatname - İlk Geometri Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>369</v>
+        <v>269</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057480903</t>
+          <t>9786057480958</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ülke Atlası (Ciltli)</t>
+          <t>Leyla ile Mi-ro</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>729</v>
+        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050692396</t>
+          <t>9786057480941</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bebebiyat - Orman Kitabı (Ciltli)</t>
+          <t>Samir, Arılar ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>259</v>
+        <v>235</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050692389</t>
+          <t>9786057480910</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bebebiyat - 80 Günde Devri Alem (Ciltli)</t>
+          <t>Dünyayı Değiştirmenin 101 Kolay Yolu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>259</v>
+        <v>358</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050692341</t>
+          <t>9786057480927</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hilda ve Saklı İnsanlar</t>
+          <t>Babaannem Geri Döndü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>299</v>
+        <v>439</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050692365</t>
+          <t>9786057480903</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bebebiyat - Peter Pan (Ciltli)</t>
+          <t>Güzel Ülke Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>259</v>
+        <v>799</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050692358</t>
+          <t>9786050692396</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Planı</t>
+          <t>Bebebiyat - Orman Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056883590</t>
+          <t>9786050692389</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bebebiyat - Leyla ile Mecnun (Ciltli)</t>
+          <t>Bebebiyat - 80 Günde Devri Alem (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>259</v>
+        <v>269</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050692310</t>
+          <t>9786050692341</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hadi Ormana Gidelim (Ciltli)</t>
+          <t>Hilda ve Saklı İnsanlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>445</v>
+        <v>299</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050692303</t>
+          <t>9786050692365</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bebebiyat - Frankenstein (Ciltli)</t>
+          <t>Bebebiyat - Peter Pan (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>259</v>
+        <v>269</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786056883583</t>
+          <t>9786050692358</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bebebiyat - Alice Harikalar Diyarında (Ciltli)</t>
+          <t>Kaçış Planı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>259</v>
+        <v>299</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056883569</t>
+          <t>9786056883590</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Abartma Tozu</t>
+          <t>Bebebiyat - Leyla ile Mecnun (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>369</v>
+        <v>269</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786056883552</t>
+          <t>9786050692310</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı Burada Ne Anlatmak İstemiş? (Müze Maketi ve Çıkartma Hediyeli) (Ciltli)</t>
+          <t>Hadi Ormana Gidelim (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>799</v>
+        <v>445</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056883545</t>
+          <t>9786050692303</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Ben Miyim Perişan? - Asiye 3</t>
+          <t>Bebebiyat - Frankenstein (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056883507</t>
+          <t>9786056883583</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Korku</t>
+          <t>Bebebiyat - Alice Harikalar Diyarında (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>259</v>
+        <v>269</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056883538</t>
+          <t>9786056883569</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kaya</t>
+          <t>Abartma Tozu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>235</v>
+        <v>439</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786056883514</t>
+          <t>9786056883552</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Oz Yazılımcısı</t>
+          <t>Sanatçı Burada Ne Anlatmak İstemiş? (Müze Maketi ve Çıkartma Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>259</v>
+        <v>899</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786056756092</t>
+          <t>9786056883545</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Öbür Ucunda Ne Var? (Ciltli)</t>
+          <t>Bir Ben Miyim Perişan? - Asiye 3</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>729</v>
+        <v>358</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786056756078</t>
+          <t>9786056883507</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Özgür</t>
+          <t>Arkadaşım Korku</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>235</v>
+        <v>259</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786058273795</t>
+          <t>9786056883538</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kafası Değişikler Atlası (Ciltli)</t>
+          <t>Uçan Kaya</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>729</v>
+        <v>235</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786056756030</t>
+          <t>9786056883514</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Fil Ozof'un Doğa Günlüğü</t>
+          <t>Oz Yazılımcısı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786056756023</t>
+          <t>9786056756092</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Fil Ozof'un Bilim Günlüğü</t>
+          <t>Dünyanın Öbür Ucunda Ne Var? (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>299</v>
+        <v>799</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058273788</t>
+          <t>9786056756078</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Bakkalı - Çırak</t>
+          <t>Özgür</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>339</v>
+        <v>235</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058273771</t>
+          <t>9786058273795</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Offf Çok Sıkıldım!</t>
+          <t>Kafası Değişikler Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>299</v>
+        <v>799</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058273764</t>
+          <t>9786056756030</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kovun Beni Bu Okuldan!</t>
+          <t>Fil Ozof'un Doğa Günlüğü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>299</v>
+        <v>358</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058273740</t>
+          <t>9786056756023</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Uyuyamayan Koala (Ciltli)</t>
+          <t>Fil Ozof'un Bilim Günlüğü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>349</v>
+        <v>358</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058422858</t>
+          <t>9786058273788</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Günlük</t>
+          <t>Dedemin Bakkalı - Çırak</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>799</v>
+        <v>389</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058422827</t>
+          <t>9786058273771</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bay Ka Buk ve Ejder (Ciltli)</t>
+          <t>Offf Çok Sıkıldım!</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>316</v>
+        <v>358</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058422841</t>
+          <t>9786058273764</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Bakkalı</t>
+          <t>Kovun Beni Bu Okuldan!</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>369</v>
+        <v>358</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
+          <t>9786058273740</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Uyuyamayan Koala (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786058422858</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Günlük</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786058422827</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Bay Ka Buk ve Ejder (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786058422841</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Bakkalı</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
           <t>9786058422834</t>
         </is>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Yolculuk (Ciltli)</t>
         </is>
       </c>
-      <c r="C87" s="1">
+      <c r="C91" s="1">
         <v>196</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>