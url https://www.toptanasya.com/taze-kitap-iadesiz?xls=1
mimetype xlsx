--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -85,1390 +85,1435 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259725192</t>
+          <t>9786259286709</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bay Ka Buk ve Ejder (Ciltli)</t>
+          <t>Dedektif Pati 1 - Müzedeki Gizem</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>389</v>
+        <v>358</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259725185</t>
+          <t>9786259286723</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Annepot (Ciltli)</t>
+          <t>Efsanevi Yollar (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>389</v>
+        <v>469</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786050692334</t>
+          <t>9786259286716</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dostum Dinozor</t>
+          <t>Balkız ve Müfettiş Balburun 1: Kayıp Çiçek Vakası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>235</v>
+        <v>358</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259725178</t>
+          <t>9786259725192</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Robotlar ve Yapay Zeka</t>
+          <t>Bay Ka Buk ve Ejder (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259725161</t>
+          <t>9786259725185</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Yaşam Oteli (Ciltli)</t>
+          <t>Annepot (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259725154</t>
+          <t>9786050692334</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ninemin Gezegen Turşusu (Ciltli)</t>
+          <t>Dostum Dinozor</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>389</v>
+        <v>235</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259725147</t>
+          <t>9786259725178</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Korku (Ciltli)</t>
+          <t>Robotlar ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057107688</t>
+          <t>9786259725161</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Atlası (Harita ve Çıkartma Hediyeli)</t>
+          <t>Vahşi Yaşam Oteli (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>540</v>
+        <v>389</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057107657</t>
+          <t>9786259725154</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Böcek Atlası</t>
+          <t>Ninemin Gezegen Turşusu (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>310</v>
+        <v>389</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056883576</t>
+          <t>9786259725147</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest Takvim 2020</t>
+          <t>Arkadaşım Korku (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>25</v>
+        <v>389</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056883521</t>
+          <t>9786057107688</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Cesur Denizcisi</t>
+          <t>Hayvan Atlası (Harita ve Çıkartma Hediyeli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>132</v>
+        <v>540</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056756061</t>
+          <t>9786057107657</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Masal Mutfakta</t>
+          <t>Böcek Atlası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>68</v>
+        <v>310</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056756047</t>
+          <t>9786056883576</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sarılalım mı?</t>
+          <t>Hayalperest Takvim 2020</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>235</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056756085</t>
+          <t>9786056883521</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Atlası (Ciltli)</t>
+          <t>Dünyanın En Cesur Denizcisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>530</v>
+        <v>132</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058422865</t>
+          <t>9786056756061</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Eşek’in Oyun Atlası (Harita Hediyeli) (Ciltli)</t>
+          <t>Masal Mutfakta</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>144</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056756009</t>
+          <t>9786056756047</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Böcek Atlası (Ciltli)</t>
+          <t>Sarılalım mı?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>144</v>
+        <v>235</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058273757</t>
+          <t>9786056756085</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hadi Masal Anlatalım (Ciltli)</t>
+          <t>Ağaç Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>46</v>
+        <v>530</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057480934</t>
+          <t>9786058422865</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ülke Atlası (Ciltli)</t>
+          <t>Gezgin Eşek’in Oyun Atlası (Harita Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>144</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057480996</t>
+          <t>9786056756009</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest Takvim 2022 (Çıkartma Hediyeli)</t>
+          <t>Böcek Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>36</v>
+        <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259725123</t>
+          <t>9786058273757</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Günlüğü (Ciltli)</t>
+          <t>Hadi Masal Anlatalım (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>699</v>
+        <v>46</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259725109</t>
+          <t>9786057480934</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sarılalım Mı? (Ciltli)</t>
+          <t>Güzel Ülke Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>389</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259447971</t>
+          <t>9786057480996</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Evindeki Orman (Ciltli)</t>
+          <t>Hayalperest Takvim 2022 (Çıkartma Hediyeli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>799</v>
+        <v>36</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259447995</t>
+          <t>9786259725123</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Su Altı Atlası (Ciltli)</t>
+          <t>Çiçek Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>799</v>
+        <v>699</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259725116</t>
+          <t>9786259725109</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>The Shy Dragon (Ciltli)</t>
+          <t>Sarılalım Mı? (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>514</v>
+        <v>389</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056756016</t>
+          <t>9786259447971</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hepi Topu Bir Tekir</t>
+          <t>Evindeki Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>259</v>
+        <v>799</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259447988</t>
+          <t>9786259447995</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ben Bitti Demeden Bitmez</t>
+          <t>Su Altı Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>358</v>
+        <v>799</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259447964</t>
+          <t>9786259725116</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kamp Kitabı (Ciltli)</t>
+          <t>The Shy Dragon (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>799</v>
+        <v>514</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259447926</t>
+          <t>9786056756016</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kitaplar Fora (Ciltli)</t>
+          <t>Hepi Topu Bir Tekir</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>389</v>
+        <v>259</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057289599</t>
+          <t>9786259447988</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Atlası (Dünya Haritası ve Çıkartma Hediyeli) (Ciltli)</t>
+          <t>Ben Bitti Demeden Bitmez</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>799</v>
+        <v>358</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259447957</t>
+          <t>9786259447964</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Önemli Öğrencisi</t>
+          <t>Kamp Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>439</v>
+        <v>799</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259447940</t>
+          <t>9786259447926</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Grandpa’s Grocery</t>
+          <t>Kitaplar Fora (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>514</v>
+        <v>389</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259447919</t>
+          <t>9786057289599</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Özel Bir Koyun (Ciltli)</t>
+          <t>Hayvan Atlası (Dünya Haritası ve Çıkartma Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>389</v>
+        <v>799</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259447933</t>
+          <t>9786259447957</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Octomom</t>
+          <t>Dünyanın En Önemli Öğrencisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>514</v>
+        <v>439</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259447902</t>
+          <t>9786259447940</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Atlası (Ciltli)</t>
+          <t>Grandpa’s Grocery</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>799</v>
+        <v>514</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057289582</t>
+          <t>9786259447919</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kahvaltıda Güneş Yedim (Ciltli)</t>
+          <t>Özel Bir Koyun (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>799</v>
+        <v>389</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>2786150692385</t>
+          <t>9786259447933</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bavulu</t>
+          <t>Octomom</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>2152</v>
+        <v>514</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057289544</t>
+          <t>9786259447902</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Böcek Atlası (Ciltli)</t>
+          <t>Ağaç Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>799</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057289575</t>
+          <t>9786057289582</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Doğa Takvimi</t>
+          <t>Kahvaltıda Güneş Yedim (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>235</v>
+        <v>799</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057289551</t>
+          <t>2786150692385</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Süper Popolar</t>
+          <t>Bebek Bavulu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>299</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057289568</t>
+          <t>9786057289544</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Asiye 4 - Son Gülen İyi Güler</t>
+          <t>Böcek Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>358</v>
+        <v>799</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057289537</t>
+          <t>9786057289575</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bu Ağaç Benim (Ciltli)</t>
+          <t>Doğa Takvimi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>389</v>
+        <v>235</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057289520</t>
+          <t>9786057289551</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Uzay Atlası (Ciltli)</t>
+          <t>Süper Popolar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>799</v>
+        <v>299</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057289513</t>
+          <t>9786057289568</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Öbür Ucunda Kim Var? (Ciltli)</t>
+          <t>Asiye 4 - Son Gülen İyi Güler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>799</v>
+        <v>358</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057289506</t>
+          <t>9786057289537</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Para Ağacı</t>
+          <t>Bu Ağaç Benim (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>439</v>
+        <v>389</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058273719</t>
+          <t>9786057289520</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kelime Atlası (Ciltli)</t>
+          <t>Uzay Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>799</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057107640</t>
+          <t>9786057289513</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Eşek'in Oyun Atlası</t>
+          <t>Dünyanın Öbür Ucunda Kim Var? (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>516</v>
+        <v>799</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058422889</t>
+          <t>9786057289506</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kuş Atlası (Ciltli)</t>
+          <t>Para Ağacı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>799</v>
+        <v>439</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058422896</t>
+          <t>9786058273719</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kafası Değişik Ajanda</t>
+          <t>Kelime Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>179</v>
+        <v>799</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057107671</t>
+          <t>9786057107640</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hilda ve Hayalet Gemi</t>
+          <t>Gezgin Eşek'in Oyun Atlası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>299</v>
+        <v>516</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057107664</t>
+          <t>9786058422889</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Kim Olacağım?</t>
+          <t>Kuş Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>259</v>
+        <v>799</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057107626</t>
+          <t>9786058422896</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hilda ve Zaman Solucanı</t>
+          <t>Kafası Değişik Ajanda</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057107633</t>
+          <t>9786057107671</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Annepot</t>
+          <t>Hilda ve Hayalet Gemi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057107619</t>
+          <t>9786057107664</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ninemin Gezegen Turşusu</t>
+          <t>Büyüyünce Kim Olacağım?</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>259</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057107602</t>
+          <t>9786057107626</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hilda ve Olmayan Yer</t>
+          <t>Hilda ve Zaman Solucanı</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057480989</t>
+          <t>9786057107633</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hilda ve Muhteşem Geçit Töreni</t>
+          <t>Annepot</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057480972</t>
+          <t>9786057107619</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Dinliyorum - İlk Şiir Kitabım (Ciltli)</t>
+          <t>Ninemin Gezegen Turşusu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>269</v>
+        <v>259</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057480965</t>
+          <t>9786057107602</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname - İlk Geometri Kitabım (Ciltli)</t>
+          <t>Hilda ve Olmayan Yer</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057480958</t>
+          <t>9786057480989</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mi-ro</t>
+          <t>Hilda ve Muhteşem Geçit Töreni</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>235</v>
+        <v>299</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057480941</t>
+          <t>9786057480972</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Samir, Arılar ve Ben (Ciltli)</t>
+          <t>İstanbul’u Dinliyorum - İlk Şiir Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>235</v>
+        <v>269</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057480910</t>
+          <t>9786057480965</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirmenin 101 Kolay Yolu</t>
+          <t>Seyahatname - İlk Geometri Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>358</v>
+        <v>269</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057480927</t>
+          <t>9786057480958</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Babaannem Geri Döndü</t>
+          <t>Leyla ile Mi-ro</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>439</v>
+        <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057480903</t>
+          <t>9786057480941</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ülke Atlası (Ciltli)</t>
+          <t>Samir, Arılar ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>799</v>
+        <v>235</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050692396</t>
+          <t>9786057480910</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bebebiyat - Orman Kitabı (Ciltli)</t>
+          <t>Dünyayı Değiştirmenin 101 Kolay Yolu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>269</v>
+        <v>358</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050692389</t>
+          <t>9786057480927</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bebebiyat - 80 Günde Devri Alem (Ciltli)</t>
+          <t>Babaannem Geri Döndü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>269</v>
+        <v>439</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050692341</t>
+          <t>9786057480903</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hilda ve Saklı İnsanlar</t>
+          <t>Güzel Ülke Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>299</v>
+        <v>799</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050692365</t>
+          <t>9786050692396</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bebebiyat - Peter Pan (Ciltli)</t>
+          <t>Bebebiyat - Orman Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050692358</t>
+          <t>9786050692389</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Planı</t>
+          <t>Bebebiyat - 80 Günde Devri Alem (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056883590</t>
+          <t>9786050692341</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bebebiyat - Leyla ile Mecnun (Ciltli)</t>
+          <t>Hilda ve Saklı İnsanlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050692310</t>
+          <t>9786050692365</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hadi Ormana Gidelim (Ciltli)</t>
+          <t>Bebebiyat - Peter Pan (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>445</v>
+        <v>269</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050692303</t>
+          <t>9786050692358</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bebebiyat - Frankenstein (Ciltli)</t>
+          <t>Kaçış Planı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056883583</t>
+          <t>9786056883590</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bebebiyat - Alice Harikalar Diyarında (Ciltli)</t>
+          <t>Bebebiyat - Leyla ile Mecnun (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>269</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056883569</t>
+          <t>9786050692310</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Abartma Tozu</t>
+          <t>Hadi Ormana Gidelim (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>439</v>
+        <v>445</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786056883552</t>
+          <t>9786050692303</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı Burada Ne Anlatmak İstemiş? (Müze Maketi ve Çıkartma Hediyeli) (Ciltli)</t>
+          <t>Bebebiyat - Frankenstein (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>899</v>
+        <v>269</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786056883545</t>
+          <t>9786056883583</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Ben Miyim Perişan? - Asiye 3</t>
+          <t>Bebebiyat - Alice Harikalar Diyarında (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>358</v>
+        <v>269</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786056883507</t>
+          <t>9786056883569</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Korku</t>
+          <t>Abartma Tozu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>259</v>
+        <v>439</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786056883538</t>
+          <t>9786056883552</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kaya</t>
+          <t>Sanatçı Burada Ne Anlatmak İstemiş? (Müze Maketi ve Çıkartma Hediyeli) (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>235</v>
+        <v>899</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786056883514</t>
+          <t>9786056883545</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Oz Yazılımcısı</t>
+          <t>Bir Ben Miyim Perişan? - Asiye 3</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>299</v>
+        <v>358</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786056756092</t>
+          <t>9786056883507</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Öbür Ucunda Ne Var? (Ciltli)</t>
+          <t>Arkadaşım Korku</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>799</v>
+        <v>259</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056756078</t>
+          <t>9786056883538</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Özgür</t>
+          <t>Uçan Kaya</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058273795</t>
+          <t>9786056883514</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kafası Değişikler Atlası (Ciltli)</t>
+          <t>Oz Yazılımcısı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>799</v>
+        <v>299</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056756030</t>
+          <t>9786056756092</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Fil Ozof'un Doğa Günlüğü</t>
+          <t>Dünyanın Öbür Ucunda Ne Var? (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>358</v>
+        <v>799</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056756023</t>
+          <t>9786056756078</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Fil Ozof'un Bilim Günlüğü</t>
+          <t>Özgür</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>358</v>
+        <v>235</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058273788</t>
+          <t>9786058273795</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Bakkalı - Çırak</t>
+          <t>Kafası Değişikler Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>389</v>
+        <v>799</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058273771</t>
+          <t>9786056756030</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Offf Çok Sıkıldım!</t>
+          <t>Fil Ozof'un Doğa Günlüğü</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>358</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058273764</t>
+          <t>9786056756023</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kovun Beni Bu Okuldan!</t>
+          <t>Fil Ozof'un Bilim Günlüğü</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>358</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058273740</t>
+          <t>9786058273788</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Uyuyamayan Koala (Ciltli)</t>
+          <t>Dedemin Bakkalı - Çırak</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058422858</t>
+          <t>9786058273771</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Günlük</t>
+          <t>Offf Çok Sıkıldım!</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>899</v>
+        <v>358</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058422827</t>
+          <t>9786058273764</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bay Ka Buk ve Ejder (Ciltli)</t>
+          <t>Kovun Beni Bu Okuldan!</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>316</v>
+        <v>358</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058422841</t>
+          <t>9786058273740</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Bakkalı</t>
+          <t>Uyuyamayan Koala (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>439</v>
+        <v>389</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
+          <t>9786058422858</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Günlük</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786058422827</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Bay Ka Buk ve Ejder (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786058422841</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Bakkalı</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
           <t>9786058422834</t>
         </is>
       </c>
-      <c r="B91" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Yolculuk (Ciltli)</t>
         </is>
       </c>
-      <c r="C91" s="1">
+      <c r="C94" s="1">
         <v>196</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>