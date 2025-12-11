--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -130,51 +130,51 @@
           <t>Boş Ev Vakası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>122</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786259580913</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Oku-Yaz-Sahip Ol</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057399878</t>
+          <t>9786057399885</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Mektup Arkadaşları: Mert ve Miori'nin Sıcacık Öyküsü</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>218</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786259483160</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>The Adventure Story Of Compost</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>190</v>
       </c>