--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -94,1276 +94,1276 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259580937</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>96</v>
+        <v>106</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786259580920</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Boş Ev Vakası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>122</v>
+        <v>134</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786259580913</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Oku-Yaz-Sahip Ol</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>340</v>
+        <v>374</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057399885</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Mektup Arkadaşları: Mert ve Miori'nin Sıcacık Öyküsü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>218</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786259483160</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>The Adventure Story Of Compost</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>209</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>2789788619861</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Çocuk Edebiyatı Dizisi Set 2 (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>792</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786259580906</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Astrodefter</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786259483177</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>50 ve Ötesi Erkekler İçin Gerçek Reçeteler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>282</v>
+        <v>310</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786259483115</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Defi ve Finansın Geleceği</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>253</v>
+        <v>278</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786259483146</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>10 Klasik Kısa Hikaye</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>92</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786259483153</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>71</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786259483122</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Burun</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>63</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786259914893</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Türk Edebiyatından 55 Klasik Kısa Hikaye</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>374</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786259483108</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Dünya Edebiyatından 55 Klasik Kısa Hikaye</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>340</v>
+        <v>374</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786259914886</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Topraktan Toprağa</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>209</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786259914879</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Oyunlaştırma Dünyasına Giriş</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>143</v>
+        <v>157</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786259914831</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Ütopya</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>86</v>
+        <v>97</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786259914862</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>111</v>
+        <v>122</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786259914848</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>68</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786259914855</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Ermiş</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>78</v>
+        <v>86</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786057168290</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786259914800</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Prens</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>111</v>
+        <v>122</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786057168283</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Terapiste İhtiyacım Var mı?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>253</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786057168238</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>95</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786057168245</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Palto</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786057168252</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Morgue Sokağı Cinayeti</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786057168269</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>78</v>
+        <v>86</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786058397910</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Küçük Oktay Rifat ve Yazdığı Şiir (Düz Yazılı)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786057399861</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Sorularla Defi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>264</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786057399830</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786057399823</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>83</v>
+        <v>91</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786057399847</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>67</v>
+        <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786057399854</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>95</v>
+        <v>105</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786057399809</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Satranç</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786057399816</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786057475497</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Fok Çiko</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786057475459</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786057475480</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>84</v>
+        <v>92</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786057475466</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Gülliver’in Gezileri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>107</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786057475473</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>132</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786057475442</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Dünya’nın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>107</v>
+        <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786057475411</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Denizler Altında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>78</v>
+        <v>86</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786057475428</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>105</v>
+        <v>116</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786057475435</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>80 Günde Devr-i Alem</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786050662481</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Küçük Peyami Safa ve Sonsuz Beyazlık</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786050662498</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Küçük Yaşar Kemal ve Altın Kanatlı Kartal</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786050662450</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Küçük Tomris Uyar ve Kumdan Kule</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786050662443</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Küçük Rıfat Ilgaz ve Yavru Kediler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786050662474</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Küçük Nilgün Marmara ve Günlüğü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786050662467</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Küçük Cahit Zarifoğlu ve Renkli Uçurtma</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786050662436</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Küçük Yusuf Atılgan ve Bayan T.</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786050662412</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Küçük Oğuz Atay ve Mektup Arkadaşı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786056825491</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Küçük Leyla Erbil ve Kırmızı Vapur</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786050662405</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Küçük Ahmet Hamdi Tanpınar ve Kafka</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786056825484</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Küçük Ahmed Arif ve Gazete Kağıtları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786056825453</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>86</v>
+        <v>97</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786056825460</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786056825446</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Kasımveresiye</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>154</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786056825439</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Arıların Hikayesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>105</v>
+        <v>116</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786056825408</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Kör Islık</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>124</v>
+        <v>136</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786058267299</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Bi’milyoncu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>113</v>
+        <v>124</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786058267275</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Bizim Unuttuğumuz Şey</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>113</v>
+        <v>124</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786058267282</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>2 : Tarihin Gölgesinde Kalanlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>154</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786058267268</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Romain Gary</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>192</v>
+        <v>211</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786058267251</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Kelimelerin Suistimali</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786058267244</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>İntihar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786058267237</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Devrimin Şeytanları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>75</v>
+        <v>83</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786058267220</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Sherlock Holmes'un Başarı Sırları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>198</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786058397989</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Küçük Nazım Hikmet ve Güvercinleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786058267213</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Küçük Sait Faik Abasıyanık ve Sinağrit Baba</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786058267206</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Küçük Sabahattin Ali ve Defteriyle Kalemi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786058397996</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Küçük Orhan Veli ve Eski Ağaç</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786058397972</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Küçük Cemal Süreya ve Masal Kitabı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786058397965</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Küçük Aziz Nesin ve Kiraz Fidanı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786058397941</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Ben Size Fazlayım</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>86</v>
+        <v>95</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786056486791</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>44 Türk Peri Masalı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>198</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786056486746</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Galileo'nun Orta Parmağı - Bilimde Adalet Araştırmaları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>165</v>
+        <v>182</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786058397934</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Okuma Günleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786058397903</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Küçük Fazıl Hüsnü Dağlarca ve Köpeği (Düz Yazılı)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786056486777</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Küçük Tezer Özlü ve Gece-Gündüz</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786056486760</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Küçük Edip Cansever ve Çiçeği</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>72</v>
+        <v>79</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786056486715</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Başsız Süvari - Rip Van Winkle</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>86</v>
+        <v>95</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786056486753</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>115</v>
+        <v>132</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>