--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -85,1285 +85,1510 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259580937</t>
+          <t>2789788623363</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Gençlik Dizisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>106</v>
+        <v>302</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259580920</t>
+          <t>2789788610608</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Boş Ev Vakası - Sherlock Holmes</t>
+          <t>Çocuk Edebiyatı Dizisi (12 Kitap Set)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>134</v>
+        <v>715</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259580913</t>
+          <t>9786056825477</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Oku-Yaz-Sahip Ol</t>
+          <t>50 Muhteşem Kısa Hikaye (Türk Edebiyatı)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>374</v>
+        <v>304</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057399885</t>
+          <t>9786056825415</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mektup Arkadaşları: Mert ve Miori'nin Sıcacık Öyküsü</t>
+          <t>Büyük Baltazar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259483160</t>
+          <t>2789788615183</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>The Adventure Story Of Compost</t>
+          <t>Türkçe Edebiyat Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>209</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>2789788619861</t>
+          <t>9786056486784</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı Dizisi Set 2 (12 Kitap Takım)</t>
+          <t>44 Türk Peri Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>792</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259580906</t>
+          <t>9786056486708</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Astrodefter</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259483177</t>
+          <t>3990000056021</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>50 ve Ötesi Erkekler İçin Gerçek Reçeteler</t>
+          <t>Küçük Oktay Rifat ve Yazdığı Şiir (El Yazılı)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>310</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259483115</t>
+          <t>3990000087564</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Defi ve Finansın Geleceği</t>
+          <t>Küçük Fazıl Hüsnü Dağlarca ve Köpeği (El Yazılı)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>278</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259483146</t>
+          <t>9786056486722</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>10 Klasik Kısa Hikaye</t>
+          <t>Küçük Behçet Necatigil ve Yıldızı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>101</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259483153</t>
+          <t>9786056486739</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Küçük Turgut Uyar ve Saati</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>79</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259483122</t>
+          <t>9786058397927</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Burun</t>
+          <t>50 Muhteşem Kısa Hikaye</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>69</v>
+        <v>206</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259914893</t>
+          <t>9786058397958</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatından 55 Klasik Kısa Hikaye</t>
+          <t>Nedir Yani ?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>374</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259483108</t>
+          <t>9786057475404</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dünya Edebiyatından 55 Klasik Kısa Hikaye</t>
+          <t>Penguen Ponky</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>374</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259914886</t>
+          <t>9786050662429</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Toprağa</t>
+          <t>Küçük Sevgi Soysal ve Ay Dede’nin Masalı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>209</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259914879</t>
+          <t>9786259580937</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Oyunlaştırma Dünyasına Giriş</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>157</v>
+        <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259914831</t>
+          <t>9786259580920</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Boş Ev Vakası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>97</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259914862</t>
+          <t>9786259580913</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Oku-Yaz-Sahip Ol</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>122</v>
+        <v>374</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259914848</t>
+          <t>9786057399885</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Mektup Arkadaşları: Mert ve Miori'nin Sıcacık Öyküsü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259914855</t>
+          <t>9786259483160</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>The Adventure Story Of Compost</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>86</v>
+        <v>209</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057168290</t>
+          <t>2789788619861</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Çocuk Edebiyatı Dizisi Set 2 (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>70</v>
+        <v>792</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259914800</t>
+          <t>9786259580906</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Astrodefter</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>122</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057168283</t>
+          <t>9786259483177</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Terapiste İhtiyacım Var mı?</t>
+          <t>50 ve Ötesi Erkekler İçin Gerçek Reçeteler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>253</v>
+        <v>310</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057168238</t>
+          <t>9786259483115</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Defi ve Finansın Geleceği</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>105</v>
+        <v>278</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057168245</t>
+          <t>9786259483146</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>10 Klasik Kısa Hikaye</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>70</v>
+        <v>101</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057168252</t>
+          <t>9786259483153</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayeti</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>70</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057168269</t>
+          <t>9786259483122</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Burun</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>86</v>
+        <v>69</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058397910</t>
+          <t>9786259914893</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Küçük Oktay Rifat ve Yazdığı Şiir (Düz Yazılı)</t>
+          <t>Türk Edebiyatından 55 Klasik Kısa Hikaye</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>79</v>
+        <v>374</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057399861</t>
+          <t>9786259483108</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Defi</t>
+          <t>Dünya Edebiyatından 55 Klasik Kısa Hikaye</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>264</v>
+        <v>374</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057399830</t>
+          <t>9786259914886</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Topraktan Toprağa</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>110</v>
+        <v>209</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057399823</t>
+          <t>9786259914879</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Oyunlaştırma Dünyasına Giriş</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>91</v>
+        <v>157</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057399847</t>
+          <t>9786259914831</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>74</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057399854</t>
+          <t>9786259914862</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>105</v>
+        <v>122</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057399809</t>
+          <t>9786259914848</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057399816</t>
+          <t>9786259914855</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>79</v>
+        <v>86</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057475497</t>
+          <t>9786057168290</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Fok Çiko</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>156</v>
+        <v>70</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057475459</t>
+          <t>9786259914800</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>110</v>
+        <v>122</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057475480</t>
+          <t>9786057168283</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Terapiste İhtiyacım Var mı?</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>92</v>
+        <v>253</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057475466</t>
+          <t>9786057168238</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gülliver’in Gezileri</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>118</v>
+        <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057475473</t>
+          <t>9786057168245</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>132</v>
+        <v>70</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057475442</t>
+          <t>9786057168252</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Merkezine Yolculuk</t>
+          <t>Morgue Sokağı Cinayeti</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>118</v>
+        <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057475411</t>
+          <t>9786057168269</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20.000 Fersah</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>86</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057475428</t>
+          <t>9786058397910</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Küçük Oktay Rifat ve Yazdığı Şiir (Düz Yazılı)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>116</v>
+        <v>79</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057475435</t>
+          <t>9786057399861</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devr-i Alem</t>
+          <t>Sorularla Defi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>79</v>
+        <v>264</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050662481</t>
+          <t>9786057399830</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peyami Safa ve Sonsuz Beyazlık</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>79</v>
+        <v>110</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050662498</t>
+          <t>9786057399823</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yaşar Kemal ve Altın Kanatlı Kartal</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>79</v>
+        <v>91</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050662450</t>
+          <t>9786057399847</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tomris Uyar ve Kumdan Kule</t>
+          <t>İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>79</v>
+        <v>74</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050662443</t>
+          <t>9786057399854</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Küçük Rıfat Ilgaz ve Yavru Kediler</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>79</v>
+        <v>105</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050662474</t>
+          <t>9786057399809</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Küçük Nilgün Marmara ve Günlüğü</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>79</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050662467</t>
+          <t>9786057399816</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cahit Zarifoğlu ve Renkli Uçurtma</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>79</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050662436</t>
+          <t>9786057475497</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yusuf Atılgan ve Bayan T.</t>
+          <t>Fok Çiko</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>79</v>
+        <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050662412</t>
+          <t>9786057475459</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Küçük Oğuz Atay ve Mektup Arkadaşı</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>79</v>
+        <v>110</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056825491</t>
+          <t>9786057475480</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Küçük Leyla Erbil ve Kırmızı Vapur</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>79</v>
+        <v>92</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050662405</t>
+          <t>9786057475466</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ahmet Hamdi Tanpınar ve Kafka</t>
+          <t>Gülliver’in Gezileri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>79</v>
+        <v>118</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056825484</t>
+          <t>9786057475473</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ahmed Arif ve Gazete Kağıtları</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>79</v>
+        <v>132</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056825453</t>
+          <t>9786057475442</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Dünya’nın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>97</v>
+        <v>118</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056825460</t>
+          <t>9786057475411</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Denizler Altında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>70</v>
+        <v>86</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056825446</t>
+          <t>9786057475428</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kasımveresiye</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>154</v>
+        <v>116</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056825439</t>
+          <t>9786057475435</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Arıların Hikayesi</t>
+          <t>80 Günde Devr-i Alem</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>116</v>
+        <v>79</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056825408</t>
+          <t>9786050662481</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kör Islık</t>
+          <t>Küçük Peyami Safa ve Sonsuz Beyazlık</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>136</v>
+        <v>79</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058267299</t>
+          <t>9786050662498</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bi’milyoncu</t>
+          <t>Küçük Yaşar Kemal ve Altın Kanatlı Kartal</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>124</v>
+        <v>79</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058267275</t>
+          <t>9786050662450</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bizim Unuttuğumuz Şey</t>
+          <t>Küçük Tomris Uyar ve Kumdan Kule</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>124</v>
+        <v>79</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058267282</t>
+          <t>9786050662443</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>2 : Tarihin Gölgesinde Kalanlar</t>
+          <t>Küçük Rıfat Ilgaz ve Yavru Kediler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>154</v>
+        <v>79</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058267268</t>
+          <t>9786050662474</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Romain Gary</t>
+          <t>Küçük Nilgün Marmara ve Günlüğü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>211</v>
+        <v>79</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058267251</t>
+          <t>9786050662467</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Suistimali</t>
+          <t>Küçük Cahit Zarifoğlu ve Renkli Uçurtma</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>110</v>
+        <v>79</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058267244</t>
+          <t>9786050662436</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İntihar</t>
+          <t>Küçük Yusuf Atılgan ve Bayan T.</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>110</v>
+        <v>79</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058267237</t>
+          <t>9786050662412</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Şeytanları</t>
+          <t>Küçük Oğuz Atay ve Mektup Arkadaşı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>83</v>
+        <v>79</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058267220</t>
+          <t>9786056825491</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Başarı Sırları</t>
+          <t>Küçük Leyla Erbil ve Kırmızı Vapur</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>198</v>
+        <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058397989</t>
+          <t>9786050662405</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Küçük Nazım Hikmet ve Güvercinleri</t>
+          <t>Küçük Ahmet Hamdi Tanpınar ve Kafka</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>79</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058267213</t>
+          <t>9786056825484</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sait Faik Abasıyanık ve Sinağrit Baba</t>
+          <t>Küçük Ahmed Arif ve Gazete Kağıtları</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>79</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058267206</t>
+          <t>9786056825453</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sabahattin Ali ve Defteriyle Kalemi</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>79</v>
+        <v>97</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058397996</t>
+          <t>9786056825460</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Küçük Orhan Veli ve Eski Ağaç</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>79</v>
+        <v>70</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058397972</t>
+          <t>9786056825446</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cemal Süreya ve Masal Kitabı</t>
+          <t>Kasımveresiye</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>79</v>
+        <v>154</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058397965</t>
+          <t>9786056825439</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Küçük Aziz Nesin ve Kiraz Fidanı</t>
+          <t>Arıların Hikayesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>79</v>
+        <v>116</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786058397941</t>
+          <t>9786056825408</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ben Size Fazlayım</t>
+          <t>Kör Islık</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>95</v>
+        <v>136</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786056486791</t>
+          <t>9786058267299</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>44 Türk Peri Masalı</t>
+          <t>Bi’milyoncu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>198</v>
+        <v>124</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786056486746</t>
+          <t>9786058267275</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Galileo'nun Orta Parmağı - Bilimde Adalet Araştırmaları</t>
+          <t>Bizim Unuttuğumuz Şey</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>182</v>
+        <v>124</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058397934</t>
+          <t>9786058267282</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Okuma Günleri</t>
+          <t>2 : Tarihin Gölgesinde Kalanlar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>110</v>
+        <v>154</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058397903</t>
+          <t>9786058267268</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fazıl Hüsnü Dağlarca ve Köpeği (Düz Yazılı)</t>
+          <t>Romain Gary</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>79</v>
+        <v>211</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056486777</t>
+          <t>9786058267251</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tezer Özlü ve Gece-Gündüz</t>
+          <t>Kelimelerin Suistimali</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>79</v>
+        <v>110</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056486760</t>
+          <t>9786058267244</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küçük Edip Cansever ve Çiçeği</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>79</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056486715</t>
+          <t>9786058267237</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Başsız Süvari - Rip Van Winkle</t>
+          <t>Devrimin Şeytanları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>95</v>
+        <v>83</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
+          <t>9786058267220</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes'un Başarı Sırları</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786058397989</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Nazım Hikmet ve Güvercinleri</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786058267213</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Sait Faik Abasıyanık ve Sinağrit Baba</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786058267206</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Sabahattin Ali ve Defteriyle Kalemi</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786058397996</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Orhan Veli ve Eski Ağaç</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786058397972</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Cemal Süreya ve Masal Kitabı</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786058397965</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Aziz Nesin ve Kiraz Fidanı</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786058397941</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Ben Size Fazlayım</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786056486791</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>44 Türk Peri Masalı</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786056486746</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Galileo'nun Orta Parmağı - Bilimde Adalet Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786058397934</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Günleri</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786058397903</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Fazıl Hüsnü Dağlarca ve Köpeği (Düz Yazılı)</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786056486777</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Tezer Özlü ve Gece-Gündüz</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786056486760</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Edip Cansever ve Çiçeği</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786056486715</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Başsız Süvari - Rip Van Winkle</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
           <t>9786056486753</t>
         </is>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Köpek Kalbi</t>
         </is>
       </c>
-      <c r="C84" s="1">
+      <c r="C99" s="1">
         <v>132</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>