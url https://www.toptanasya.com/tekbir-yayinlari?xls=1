--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,385 +85,505 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>3990000011392</t>
+          <t>9786055203153</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nergis Çiçeği</t>
+          <t>Talebelere Anahtar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055203047</t>
+          <t>3990000016892</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Her Müslümanın Bilmesi Gereken Dini Bilgiler</t>
+          <t>Bir Damla Bal</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3990000098768</t>
+          <t>3990000016886</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Manevi İklime Seyahat - 5 - Çanakkale, Bandırma, Bursa, İznik</t>
+          <t>Hac Sohbetleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055203108</t>
+          <t>9786055203030</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Umre Duaları</t>
+          <t>Dini Bilgiler (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>4440000000813</t>
+          <t>9789759889494</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Lezzetleri Kaçıran Ölüm ve Cenaze Hakkında Meseleler</t>
+          <t>Gül Kokulu Muhammed'im (S.A.V.)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000011387</t>
+          <t>9789759889470</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aşura ve Muharrem Ayı</t>
+          <t>Allahü Teala'nın Ayı Receb-i Şerif</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3990000016891</t>
+          <t>9789944771016</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hindistan</t>
+          <t>Hikmet Pırıltıları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9280000012420</t>
+          <t>9786055203023</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Gökkuşağı Renkli Mavi Cilt (Mühürlü) (Ciltli)</t>
+          <t>Dini Bilgiler (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9280000012437</t>
+          <t>3990000011392</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Gökkuşağı Renkli Pembe Cilt (Mühürlü) (Ciltli)</t>
+          <t>Nergis Çiçeği</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055203191</t>
+          <t>9786055203047</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ulvi ve Kudsi Kıssalardan İbretli Öğütler 1</t>
+          <t>Her Müslümanın Bilmesi Gereken Dini Bilgiler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055203184</t>
+          <t>3990000098768</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>7 Gün ve Faziletleri</t>
+          <t>Manevi İklime Seyahat - 5 - Çanakkale, Bandırma, Bursa, İznik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055203146</t>
+          <t>9786055203108</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Talebelere Anahtar (Cep Boy)</t>
+          <t>Umre Duaları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055203177</t>
+          <t>4440000000813</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalı ve Tecvidli Boyamalı Kur'an-ı Kerim Elifbası - 2</t>
+          <t>Lezzetleri Kaçıran Ölüm ve Cenaze Hakkında Meseleler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055203160</t>
+          <t>3990000011387</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Kur'an-ı Kerim Elifbası - 1</t>
+          <t>Aşura ve Muharrem Ayı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055203061</t>
+          <t>3990000016891</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l Hüsna</t>
+          <t>Hindistan</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789759889449</t>
+          <t>9280000012420</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ümmetin Ayı Ramazan-ı Şerif</t>
+          <t>Kur’an-ı Kerim Gökkuşağı Renkli Mavi Cilt (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055203054</t>
+          <t>9280000012437</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Öğreniyorum (Ciltli)</t>
+          <t>Kur’an-ı Kerim Gökkuşağı Renkli Pembe Cilt (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055203009</t>
+          <t>9786055203191</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İbadet Rehberi</t>
+          <t>Ulvi ve Kudsi Kıssalardan İbretli Öğütler 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055203016</t>
+          <t>9786055203184</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Rehberi</t>
+          <t>7 Gün ve Faziletleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>3990000016893</t>
+          <t>9786055203146</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Ticaret Rehberi</t>
+          <t>Talebelere Anahtar (Cep Boy)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3990000016901</t>
+          <t>9786055203177</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bilecik - Konya - Ankara - Bolu</t>
+          <t>Alıştırmalı ve Tecvidli Boyamalı Kur'an-ı Kerim Elifbası - 2</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000031631</t>
+          <t>9786055203160</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Nurlu Doğum</t>
+          <t>Boyamalı Kur'an-ı Kerim Elifbası - 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
+          <t>9786055203061</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Esmaü'l Hüsna</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9789759889449</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Ümmetin Ayı Ramazan-ı Şerif</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786055203054</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Öğreniyorum (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786055203009</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>İbadet Rehberi</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786055203016</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik Rehberi</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>3990000016893</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Ticaret Rehberi</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>3990000016901</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Bilecik - Konya - Ankara - Bolu</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>3990000031631</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Nurlu Doğum</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
           <t>9789759889487</t>
         </is>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Rasullah'ın Ayı Şaban-ı Şerif</t>
         </is>
       </c>
-      <c r="C24" s="1">
-        <v>240</v>
+      <c r="C32" s="1">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>