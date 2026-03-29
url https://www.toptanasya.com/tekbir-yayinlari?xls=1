--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,505 +85,580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055203153</t>
+          <t>9789759889456</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Talebelere Anahtar</t>
+          <t>Her Müslümanın Bilmesi Gereken Dini Bilgiler (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>55</v>
+        <v>170</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>3990000016892</t>
+          <t>3990000011341</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Bal</t>
+          <t>Ölüm ve Cenaze</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3990000016886</t>
+          <t>3990000017460</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hac Sohbetleri</t>
+          <t>Kur'an Öğreniyorum (Orta Boy)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055203030</t>
+          <t>9789944771153</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler (2. Hamur) (Ciltli)</t>
+          <t>Yıldızlar Engel Tanımaz</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>170</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789759889494</t>
+          <t>9280000008652</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokulu Muhammed'im (S.A.V.)</t>
+          <t>Hac Duaları ve Hac Günlerinin Fazileti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>170</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789759889470</t>
+          <t>9786055203153</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Allahü Teala'nın Ayı Receb-i Şerif</t>
+          <t>Talebelere Anahtar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944771016</t>
+          <t>3990000016892</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Pırıltıları</t>
+          <t>Bir Damla Bal</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055203023</t>
+          <t>3990000016886</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler (Şamua) (Ciltli)</t>
+          <t>Hac Sohbetleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000011392</t>
+          <t>9786055203030</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nergis Çiçeği</t>
+          <t>Dini Bilgiler (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055203047</t>
+          <t>9789759889494</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Her Müslümanın Bilmesi Gereken Dini Bilgiler</t>
+          <t>Gül Kokulu Muhammed'im (S.A.V.)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000098768</t>
+          <t>9789759889470</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Manevi İklime Seyahat - 5 - Çanakkale, Bandırma, Bursa, İznik</t>
+          <t>Allahü Teala'nın Ayı Receb-i Şerif</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055203108</t>
+          <t>9789944771016</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Umre Duaları</t>
+          <t>Hikmet Pırıltıları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4440000000813</t>
+          <t>9786055203023</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Lezzetleri Kaçıran Ölüm ve Cenaze Hakkında Meseleler</t>
+          <t>Dini Bilgiler (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000011387</t>
+          <t>3990000011392</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aşura ve Muharrem Ayı</t>
+          <t>Nergis Çiçeği</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000016891</t>
+          <t>9786055203047</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hindistan</t>
+          <t>Her Müslümanın Bilmesi Gereken Dini Bilgiler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9280000012420</t>
+          <t>3990000098768</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Gökkuşağı Renkli Mavi Cilt (Mühürlü) (Ciltli)</t>
+          <t>Manevi İklime Seyahat - 5 - Çanakkale, Bandırma, Bursa, İznik</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9280000012437</t>
+          <t>9786055203108</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Gökkuşağı Renkli Pembe Cilt (Mühürlü) (Ciltli)</t>
+          <t>Umre Duaları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055203191</t>
+          <t>4440000000813</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ulvi ve Kudsi Kıssalardan İbretli Öğütler 1</t>
+          <t>Lezzetleri Kaçıran Ölüm ve Cenaze Hakkında Meseleler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055203184</t>
+          <t>3990000011387</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>7 Gün ve Faziletleri</t>
+          <t>Aşura ve Muharrem Ayı</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055203146</t>
+          <t>3990000016891</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Talebelere Anahtar (Cep Boy)</t>
+          <t>Hindistan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055203177</t>
+          <t>9280000012420</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Alıştırmalı ve Tecvidli Boyamalı Kur'an-ı Kerim Elifbası - 2</t>
+          <t>Kur’an-ı Kerim Gökkuşağı Renkli Mavi Cilt (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055203160</t>
+          <t>9280000012437</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Kur'an-ı Kerim Elifbası - 1</t>
+          <t>Kur’an-ı Kerim Gökkuşağı Renkli Pembe Cilt (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055203061</t>
+          <t>9786055203191</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l Hüsna</t>
+          <t>Ulvi ve Kudsi Kıssalardan İbretli Öğütler 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789759889449</t>
+          <t>9786055203184</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ümmetin Ayı Ramazan-ı Şerif</t>
+          <t>7 Gün ve Faziletleri</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055203054</t>
+          <t>9786055203146</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Öğreniyorum (Ciltli)</t>
+          <t>Talebelere Anahtar (Cep Boy)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055203009</t>
+          <t>9786055203177</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İbadet Rehberi</t>
+          <t>Alıştırmalı ve Tecvidli Boyamalı Kur'an-ı Kerim Elifbası - 2</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055203016</t>
+          <t>9786055203160</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Rehberi</t>
+          <t>Boyamalı Kur'an-ı Kerim Elifbası - 1</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000016893</t>
+          <t>9786055203061</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Ticaret Rehberi</t>
+          <t>Esmaü'l Hüsna</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000016901</t>
+          <t>9789759889449</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bilecik - Konya - Ankara - Bolu</t>
+          <t>Ümmetin Ayı Ramazan-ı Şerif</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000031631</t>
+          <t>9786055203054</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Nurlu Doğum</t>
+          <t>Kur’an Öğreniyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
+          <t>9786055203009</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>İbadet Rehberi</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786055203016</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik Rehberi</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>3990000016893</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Ticaret Rehberi</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>3990000016901</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bilecik - Konya - Ankara - Bolu</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>3990000031631</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Nurlu Doğum</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
           <t>9789759889487</t>
         </is>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Rasullah'ın Ayı Şaban-ı Şerif</t>
         </is>
       </c>
-      <c r="C32" s="1">
+      <c r="C37" s="1">
         <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>