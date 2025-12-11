--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -85,6190 +85,6205 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789944613613</t>
+          <t>9789944613620</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Çeteler</t>
+          <t>Yap İşlet Devret Projeleri’ne Devletin Cebinden Büyük Simbiyoz</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789944613590</t>
+          <t>9789944613613</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zincirli Hürriyet</t>
+          <t>Yeni Nesil Çeteler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944613569</t>
+          <t>9789944613590</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Öteki Koçgiri</t>
+          <t>Zincirli Hürriyet</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>420</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944613583</t>
+          <t>9789944613569</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kusurlu Demokrasiden Planlı Otokrasiye</t>
+          <t>Öteki Koçgiri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944613606</t>
+          <t>9789944613583</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Güzeldir</t>
+          <t>Kusurlu Demokrasiden Planlı Otokrasiye</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944611107</t>
+          <t>9789944613606</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale İçinde</t>
+          <t>Hayatımız Güzeldir</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>16.67</v>
+        <v>520</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944611060</t>
+          <t>9789944611107</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Kandil</t>
+          <t>Çanakkale İçinde</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>30</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944611190</t>
+          <t>9789944611060</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıflar İçin Hızlı Okuma</t>
+          <t>Bir Başka Kandil</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789944611176</t>
+          <t>9789944611190</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy</t>
+          <t>3. Sınıflar İçin Hızlı Okuma</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>13.89</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944610803</t>
+          <t>9789944611176</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kimliğim: İnsan</t>
+          <t>Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>2789754780533</t>
+          <t>9789944610803</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Karapençe'nin İntikamı 3. Kitap</t>
+          <t>Kimliğim: İnsan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>11.11</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3990000015692</t>
+          <t>2789754780533</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Karapençe'nin İntikamı 3. Kitap</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>3990000018493</t>
+          <t>3990000015692</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Karapençe Voyvoda'ya Karşı: 4. Kitap</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754780161</t>
+          <t>3990000018493</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Ağlamasın</t>
+          <t>Karapençe Voyvoda'ya Karşı: 4. Kitap</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>65</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944610155</t>
+          <t>9789754780161</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Susunca</t>
+          <t>Çocuklar Ağlamasın</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>18.06</v>
+        <v>65</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>3990000012951</t>
+          <t>9789944610155</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kente İndi İdris</t>
+          <t>Çiçekler Susunca</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>12.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754782059</t>
+          <t>3990000012951</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kendilerine Yalan Söylenen İnsanlara Mektuplar</t>
+          <t>Kente İndi İdris</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>13.43</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2880000003021</t>
+          <t>9789754782059</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kumsaldaki Ateş</t>
+          <t>Kendilerine Yalan Söylenen İnsanlara Mektuplar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>12</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754781625</t>
+          <t>2880000003021</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kötü Yol</t>
+          <t>Kumsaldaki Ateş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>14.81</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754781083</t>
+          <t>9789754781625</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Köprüler Şiirler</t>
+          <t>Kötü Yol</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754781694</t>
+          <t>9789754781083</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Politikacı Eşi Olmak</t>
+          <t>Köprüler Şiirler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000011578</t>
+          <t>9789754781694</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Özal Döneminde Bölücü Terör "Kürtçülük" (1983-1991)</t>
+          <t>Politikacı Eşi Olmak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754780901</t>
+          <t>3990000011578</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Övünmekte Haklıyız Çünkü Beşiktaşlı’yız</t>
+          <t>Özal Döneminde Bölücü Terör "Kürtçülük" (1983-1991)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>19.44</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754782417</t>
+          <t>9789754780901</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Suçtur Umutsuzluğa Kapılmak</t>
+          <t>Övünmekte Haklıyız Çünkü Beşiktaşlı’yız</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>55</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>2789754780885</t>
+          <t>9789754782417</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Kim?</t>
+          <t>Suçtur Umutsuzluğa Kapılmak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>3.7</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754781274</t>
+          <t>2789754780885</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Suçlu</t>
+          <t>Suçlu Kim?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>18.06</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754781571</t>
+          <t>9789754781274</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özü</t>
+          <t>Suçlu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>8.33</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944610476</t>
+          <t>9789754781571</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Yalnızlık</t>
+          <t>Sözün Özü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>30</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944612975</t>
+          <t>9789944610476</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Veda</t>
+          <t>Zorunlu Yalnızlık</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>110</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944612869</t>
+          <t>9789944612975</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yeni Orta Sınıf - Sinik Stratejiler</t>
+          <t>Bitmeyen Veda</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>58</v>
+        <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944612890</t>
+          <t>9789944612869</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Eğitim Felsefesi</t>
+          <t>Yeni Orta Sınıf - Sinik Stratejiler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>58</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754781380</t>
+          <t>9789944612890</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sokakların Çocuğu</t>
+          <t>Aydınlanma Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>16.67</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754781427</t>
+          <t>9789754781380</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sokaklardan Bir Kız</t>
+          <t>Sokakların Çocuğu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>19.44</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944612968</t>
+          <t>9789754781427</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Cumhuriyet ile Kavgası (2010-2020)</t>
+          <t>Sokaklardan Bir Kız</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>170</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944610537</t>
+          <t>9789944612968</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Yeşil Sahalarda</t>
+          <t>Siyasal İslamın Cumhuriyet ile Kavgası (2010-2020)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>65</v>
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944610292</t>
+          <t>9789944610537</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Simgesel Direniş</t>
+          <t>Sokrates Yeşil Sahalarda</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>13.43</v>
+        <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944610193</t>
+          <t>9789944610292</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sevgilimsin</t>
+          <t>Simgesel Direniş</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>17</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754780345</t>
+          <t>9789944610193</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sevdikçe... Mutluluğa Çağrı</t>
+          <t>Sevgilimsin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>95</v>
+        <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754781663</t>
+          <t>9789754780345</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Serseri Milyoner İki Damla Gözyaşı</t>
+          <t>Sevdikçe... Mutluluğa Çağrı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>18.06</v>
+        <v>95</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754781960</t>
+          <t>9789754781663</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Savaşan Dünya ve Türkiye: 3 Savaş 1939 - 1945</t>
+          <t>Serseri Milyoner İki Damla Gözyaşı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>13.89</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754781465</t>
+          <t>9789754781960</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sarhoşlar</t>
+          <t>Savaşan Dünya ve Türkiye: 3 Savaş 1939 - 1945</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754781359</t>
+          <t>9789754781465</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ustalarıyla ...Bir Gün</t>
+          <t>Sarhoşlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944610490</t>
+          <t>9789754781359</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatı Yazıları</t>
+          <t>Sanat Ustalarıyla ...Bir Gün</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>23.15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754782196</t>
+          <t>9789944610490</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Tekniği ve Senaryolar</t>
+          <t>Rus Edebiyatı Yazıları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>20</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000012176</t>
+          <t>9789754782196</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Büyük Skandallar Konusunda Meclisin Reyi: Ret</t>
+          <t>Senaryo Tekniği ve Senaryolar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>12.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944610285</t>
+          <t>3990000012176</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Renkli Taşların Siyah Gölgesi</t>
+          <t>Büyük Skandallar Konusunda Meclisin Reyi: Ret</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>12.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>3990000011087</t>
+          <t>9789944610285</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Önümüzdeki Cumhurbaşkanlığı Seçimi Rejim Bunalımına ve Kötü Sonuçlarına Doğru Pupa Yelken Gidiş</t>
+          <t>Renkli Taşların Siyah Gölgesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>8.33</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754782592</t>
+          <t>3990000011087</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Önce Radyo Vardı</t>
+          <t>Önümüzdeki Cumhurbaşkanlığı Seçimi Rejim Bunalımına ve Kötü Sonuçlarına Doğru Pupa Yelken Gidiş</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>14.81</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754782370</t>
+          <t>9789754782592</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Seçme Hikayeler</t>
+          <t>Önce Radyo Vardı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>10.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944610315</t>
+          <t>9789754782370</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ölürsem Beni Seninle Ararlar Şimdi</t>
+          <t>Ömer Seyfettin - Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>9.17</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754782493</t>
+          <t>9789944610315</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Ölürsem Beni Seninle Ararlar Şimdi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>20.37</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754781649</t>
+          <t>9789754782493</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Kadın</t>
+          <t>Ölürsem Beni Seninle Ararlar Şimdi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>3990000003917</t>
+          <t>9789754781649</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Oynama Topuzla</t>
+          <t>Oyuncu Kadın</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>8.33</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000004593</t>
+          <t>3990000003917</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Orhan Kemal Hayatı / Sanat Anlayışı / Hikayeleri / Romanları / Oyunları / Anıları</t>
+          <t>Oynama Topuzla</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>13.43</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>2789754780502</t>
+          <t>3990000004593</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Han</t>
+          <t>Orhan Kemal Hayatı / Sanat Anlayışı / Hikayeleri / Romanları / Oyunları / Anıları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>10.19</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000013619</t>
+          <t>2789754780502</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Oduncu’nun Çocukları</t>
+          <t>Oğuz Han</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>3.7</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>3990000015034</t>
+          <t>3990000013619</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nurhak, Ey Nurhak</t>
+          <t>Oduncu’nun Çocukları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>8.33</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754781984</t>
+          <t>3990000015034</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’le 3,5 Yıl</t>
+          <t>Nurhak, Ey Nurhak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944610469</t>
+          <t>9789754781984</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet - Tabu ve Efsane</t>
+          <t>Nazım Hikmet’le 3,5 Yıl</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754781007</t>
+          <t>9789944610469</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Müfettişler Müfettişi</t>
+          <t>Nazım Hikmet - Tabu ve Efsane</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>18.06</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754780826</t>
+          <t>9789754781007</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 4. Kitap Devrim Savaşı</t>
+          <t>Müfettişler Müfettişi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>30.56</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754780819</t>
+          <t>9789754780826</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Milli Kurtuluş Tarihi 3. Kitap</t>
+          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 4. Kitap Devrim Savaşı</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>30.56</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754780017</t>
+          <t>9789754780819</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 2. Kitap</t>
+          <t>Milli Kurtuluş Tarihi 3. Kitap</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>30.56</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754780260</t>
+          <t>9789754780017</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 1. Kitap</t>
+          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 2. Kitap</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>30.56</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754780918</t>
+          <t>9789754780260</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Masonların Dünyası</t>
+          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 1. Kitap</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>11.11</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754782028</t>
+          <t>9789754780918</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Makedonca Türkçe Pratik Konuşma Klavuzu</t>
+          <t>Masonların Dünyası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>3990000011052</t>
+          <t>9789754782028</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Makedon Hikayeleri Antolojisi</t>
+          <t>Makedonca Türkçe Pratik Konuşma Klavuzu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>2789754780458</t>
+          <t>3990000011052</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Liseli Bir Kız Sevdim</t>
+          <t>Makedon Hikayeleri Antolojisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>14.81</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754789829</t>
+          <t>2789754780458</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Leylak Kokusu</t>
+          <t>Liseli Bir Kız Sevdim</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>10.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754781908</t>
+          <t>9789754789829</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kültür İhtilalimiz Bilinmeden Politika Yapılmaz</t>
+          <t>Leylak Kokusu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754782349</t>
+          <t>9789754781908</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Kültür İhtilalimiz Bilinmeden Politika Yapılmaz</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>8.33</v>
+        <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754780550</t>
+          <t>9789754782349</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 5</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754780697</t>
+          <t>9789754780550</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 4</t>
+          <t>Kutsal İsyan 5</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>3990000012043</t>
+          <t>9789754780697</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Michael’a Sevgilerimle Yalnız Değilim Artık</t>
+          <t>Kutsal İsyan 4</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>8.33</v>
+        <v>70</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754780680</t>
+          <t>3990000012043</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 3. Kitap</t>
+          <t>Michael’a Sevgilerimle Yalnız Değilim Artık</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>50</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754780567</t>
+          <t>9789754780680</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 2. Kitap</t>
+          <t>Kutsal İsyan 3. Kitap</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754780512</t>
+          <t>9789754780567</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 1</t>
+          <t>Kutsal İsyan 2. Kitap</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754780574</t>
+          <t>9789754780512</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kuşlara Taş Atan Çocuk</t>
+          <t>Kutsal İsyan 1</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>12</v>
+        <v>70</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>3990000004424</t>
+          <t>9789754780574</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kosova Baladı</t>
+          <t>Kuşlara Taş Atan Çocuk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>8.33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944610186</t>
+          <t>3990000004424</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Mektuplar</t>
+          <t>Kosova Baladı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>70</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>3990000011726</t>
+          <t>9789944610186</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kızım ve Ben</t>
+          <t>Kızıma Mektuplar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>11.11</v>
+        <v>70</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754781632</t>
+          <t>3990000011726</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Küpeler</t>
+          <t>Kızım ve Ben</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>18.06</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754782561</t>
+          <t>9789754781632</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılda Bir Gibisin</t>
+          <t>Kırmızı Küpeler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>9.26</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000011096</t>
+          <t>9789754782561</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Keman Çalan Çocuk</t>
+          <t>Kırk Yılda Bir Gibisin</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>3.7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754782097</t>
+          <t>3990000011096</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir’e Mapusaneden Mektuplar</t>
+          <t>Keman Çalan Çocuk</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>21.3</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>3990000012394</t>
+          <t>9789754782097</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kelepçeli Yazılar</t>
+          <t>Kemal Tahir’e Mapusaneden Mektuplar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>13.43</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>2880000017042</t>
+          <t>3990000012394</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Karapençe 1. Kitap</t>
+          <t>Kelepçeli Yazılar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>11.11</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754781410</t>
+          <t>2880000017042</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Topraklar</t>
+          <t>Karapençe 1. Kitap</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>19.44</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000013821</t>
+          <t>9789754781410</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Toprak 1919-1922</t>
+          <t>Kanlı Topraklar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>12.5</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>2789754780441</t>
+          <t>3990000013821</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kadınım</t>
+          <t>Kanayan Toprak 1919-1922</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>10.19</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>3990000011737</t>
+          <t>2789754780441</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>Kadınım</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754782271</t>
+          <t>3990000011737</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Sözler</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>3.7</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>3990000013039</t>
+          <t>9789754782271</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İşlevi, Gelişimi, Özellikleri ve Sorunlarıyla Türkiye’de Bankacılık</t>
+          <t>İz Bırakan Sözler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>13.43</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3990000004506</t>
+          <t>3990000013039</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kuşu Beklerken</t>
+          <t>İşlevi, Gelişimi, Özellikleri ve Sorunlarıyla Türkiye’de Bankacılık</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>8.33</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>2789754780557</t>
+          <t>3990000004506</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Karapençe’nin Oğlu 5. Kitap</t>
+          <t>Kuşu Beklerken</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>2880000114871</t>
+          <t>2789754780557</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Karapara</t>
+          <t>Karapençe’nin Oğlu 5. Kitap</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3990000011728</t>
+          <t>2880000114871</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Karapençe Estergonda 2. Kitap</t>
+          <t>Karapara</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754782608</t>
+          <t>3990000011728</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Daha Var</t>
+          <t>Karapençe Estergonda 2. Kitap</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>9</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>2789754780250</t>
+          <t>9789754782608</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>12 Mart'a 5 Kala</t>
+          <t>Bir Yol Daha Var</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944610568</t>
+          <t>2789754780250</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesine Kısa Bir Giriş</t>
+          <t>12 Mart'a 5 Kala</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944611633</t>
+          <t>9789944610568</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Yıllarda İbrahim Kaypakkaya</t>
+          <t>Hukuk Felsefesine Kısa Bir Giriş</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944613538</t>
+          <t>9789944611633</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Üreten Biziz Paylaşan Da Biz Olacağız</t>
+          <t>Fırtınalı Yıllarda İbrahim Kaypakkaya</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944613521</t>
+          <t>9789944613538</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Her Şeyden Güçlüdür</t>
+          <t>Üreten Biziz Paylaşan Da Biz Olacağız</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944613545</t>
+          <t>9789944613521</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ser Verip Sır Vermeyen Bir Yiğit</t>
+          <t>Gerçek Her Şeyden Güçlüdür</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944612609</t>
+          <t>9789944613545</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Akademik Metinler Nasıl Yazılır?</t>
+          <t>Ser Verip Sır Vermeyen Bir Yiğit</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944612678</t>
+          <t>9789944612609</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Bilinci</t>
+          <t>Akademik Metinler Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944613514</t>
+          <t>9789944612678</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Susuyor Şimdi Zaman</t>
+          <t>Çeviri Bilinci</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944613491</t>
+          <t>9789944613514</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Su Fırtınası</t>
+          <t>Susuyor Şimdi Zaman</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944613507</t>
+          <t>9789944613491</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Hareketi</t>
+          <t>Su Fırtınası</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944613361</t>
+          <t>9789944613507</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mehtap Ar Çocuklara Uzattı Ellerini</t>
+          <t>Aydınlık Hareketi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>3990000013365</t>
+          <t>9789944613361</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ölmez Otu</t>
+          <t>Mehtap Ar Çocuklara Uzattı Ellerini</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>15.28</v>
+        <v>380</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944612432</t>
+          <t>3990000013365</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık İçin Adalet Atalet İçin Yapay Zeka</t>
+          <t>Ölmez Otu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944612517</t>
+          <t>9789944612432</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Havadan Sudan</t>
+          <t>İnsanlık İçin Adalet Atalet İçin Yapay Zeka</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754782318</t>
+          <t>9789944612517</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı’ndan Seçmeler</t>
+          <t>Havadan Sudan</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>49</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944613477</t>
+          <t>9789754782318</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İnsan Kalarak</t>
+          <t>Yunus Emre Divanı’ndan Seçmeler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>110</v>
+        <v>49</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944613460</t>
+          <t>9789944613477</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Başkenti Savunmak</t>
+          <t>Yaşamak İnsan Kalarak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944613484</t>
+          <t>9789944613460</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Düzeni</t>
+          <t>Başkenti Savunmak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>920</v>
+        <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944612104</t>
+          <t>9789944613484</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Açlar</t>
+          <t>Türkiye'nin Düzeni</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>480</v>
+        <v>920</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944610049</t>
+          <t>9789944612104</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ateş Yılları</t>
+          <t>Savaş ve Açlar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944612135</t>
+          <t>9789944610049</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Musa</t>
+          <t>Ateş Yılları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944610087</t>
+          <t>9789944612135</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Öksüz Musa</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944613118</t>
+          <t>9789944610087</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Maria Suphi</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944613354</t>
+          <t>9789944613118</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı Yürüyen Adam Kamer Genç</t>
+          <t>Maria Suphi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944610209</t>
+          <t>9789944613354</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarımdan Öğrendiğim Bir Şey Var</t>
+          <t>Rüzgara Karşı Yürüyen Adam Kamer Genç</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944610223</t>
+          <t>9789944610209</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Aşk İki Kişiliktir</t>
+          <t>Yaşadıklarımdan Öğrendiğim Bir Şey Var</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944611725</t>
+          <t>9789944610223</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğa Layık Olmak</t>
+          <t>Aşk İki Kişiliktir</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944613453</t>
+          <t>9789944611725</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mürideler</t>
+          <t>Bir Çocuğa Layık Olmak</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944613446</t>
+          <t>9789944613453</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşların Temel Hakkı Olarak Anayasal Bilgilenme ve Kamuoyu</t>
+          <t>Mürideler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944613378</t>
+          <t>9789944613446</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Menzil’in Kasası</t>
+          <t>Yurttaşların Temel Hakkı Olarak Anayasal Bilgilenme ve Kamuoyu</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944613439</t>
+          <t>9789944613378</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bahis Çukuru</t>
+          <t>Menzil’in Kasası</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754782240</t>
+          <t>9789944613439</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>AKP Değişiyor mu</t>
+          <t>Bahis Çukuru</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944612883</t>
+          <t>9789754782240</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sacco ve Vanzetti</t>
+          <t>AKP Değişiyor mu</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944613415</t>
+          <t>9789944612883</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Almanya'daki Türkiye</t>
+          <t>Sacco ve Vanzetti</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>900</v>
+        <v>110</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944613408</t>
+          <t>9789944613415</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Borç Sarmalı - Dış Borcun Ekonomi Politiği</t>
+          <t>Almanya'daki Türkiye</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>260</v>
+        <v>900</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944613392</t>
+          <t>9789944613408</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Belediyeler</t>
+          <t>Borç Sarmalı - Dış Borcun Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944613323</t>
+          <t>9789944613392</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yer Çekiminden Çok Şey Kaybettik</t>
+          <t>Göç ve Belediyeler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944613385</t>
+          <t>9789944613323</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gurban Kızıl Ordu’dan Silivri’ye</t>
+          <t>Yer Çekiminden Çok Şey Kaybettik</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944613330</t>
+          <t>9789944613385</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kopukluk</t>
+          <t>Gurban Kızıl Ordu’dan Silivri’ye</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944613347</t>
+          <t>9789944613330</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Var</t>
+          <t>Kopukluk</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944613316</t>
+          <t>9789944613347</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Eski ve Yeni Liriklerden</t>
+          <t>Bir Yol Var</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944613309</t>
+          <t>9789944613316</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kızılay Holding</t>
+          <t>Eski ve Yeni Liriklerden</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944613286</t>
+          <t>9789944613309</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yeldeğirmeni Süiti</t>
+          <t>Kızılay Holding</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944613293</t>
+          <t>9789944613286</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Altında Kısa Gölgeler</t>
+          <t>Yeldeğirmeni Süiti</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944613279</t>
+          <t>9789944613293</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Dünya</t>
+          <t>Ay Işığı Altında Kısa Gölgeler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944613255</t>
+          <t>9789944613279</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>2000'li Yıllarda Devlet ve Maliye</t>
+          <t>Senin Adın Dünya</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944613248</t>
+          <t>9789944613255</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Haklar</t>
+          <t>2000'li Yıllarda Devlet ve Maliye</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944613262</t>
+          <t>9789944613248</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hakça Paylaşmak İçin Toplumsal Adalet</t>
+          <t>Sosyal Haklar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944613231</t>
+          <t>9789944613262</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Gökyüzünün Altında</t>
+          <t>Hakça Paylaşmak İçin Toplumsal Adalet</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944613200</t>
+          <t>9789944613231</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çöp</t>
+          <t>Başka Bir Gökyüzünün Altında</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944613194</t>
+          <t>9789944613200</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Milletin Cebinden</t>
+          <t>Çöp</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944613019</t>
+          <t>9789944613194</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kıvrımlarda Şölen</t>
+          <t>Milletin Cebinden</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944613224</t>
+          <t>9789944613019</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Devlet Öldürürse</t>
+          <t>Kıvrımlarda Şölen</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944613217</t>
+          <t>9789944613224</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>TBMM Yüzüncü Yıl Armağanı</t>
+          <t>Devlet Öldürürse</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944613156</t>
+          <t>9789944613217</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Suçlusunuz</t>
+          <t>TBMM Yüzüncü Yıl Armağanı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944613187</t>
+          <t>9789944613156</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Cezaevi Güncesi - Hapishanede Bir Sabah Türküsü</t>
+          <t>Suçlusunuz</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944613170</t>
+          <t>9789944613187</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Darağacına Mektuplar</t>
+          <t>Cezaevi Güncesi - Hapishanede Bir Sabah Türküsü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944613163</t>
+          <t>9789944613170</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sonrası Dünya ve Türkiye Ekonomisi</t>
+          <t>Darağacına Mektuplar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944613132</t>
+          <t>9789944613163</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Güncel Sosyolojik Tartışmalar</t>
+          <t>Pandemi Sonrası Dünya ve Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944613149</t>
+          <t>9789944613132</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yüzyıla Çağrı - Kılıçdaroğlu Doktrini</t>
+          <t>Güncel Sosyolojik Tartışmalar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944613125</t>
+          <t>9789944613149</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>El Alem</t>
+          <t>İkinci Yüzyıla Çağrı - Kılıçdaroğlu Doktrini</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944613088</t>
+          <t>9789944613125</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Köprülere Şiirler</t>
+          <t>El Alem</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944613040</t>
+          <t>9789944613088</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Düşüncenin Tutsaklığı 2</t>
+          <t>Köprülere Şiirler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944613064</t>
+          <t>9789944613040</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çevre Hakkı</t>
+          <t>Türkiye’de Düşüncenin Tutsaklığı 2</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944613071</t>
+          <t>9789944613064</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İstisna Mekan</t>
+          <t>Çevre Hakkı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789944613057</t>
+          <t>9789944613071</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bir Akşam Tiyatrosu</t>
+          <t>İstisna Mekan</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944613095</t>
+          <t>9789944613057</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sandık Oyunları</t>
+          <t>Bir Akşam Tiyatrosu</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789944612944</t>
+          <t>9789944613095</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Barbarların Baharı</t>
+          <t>Sandık Oyunları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944613002</t>
+          <t>9789944612944</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Lozan</t>
+          <t>Barbarların Baharı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944613033</t>
+          <t>9789944613002</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğreniyorum - Dil Eğitimine Başlangıç</t>
+          <t>Lozan</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944612937</t>
+          <t>9789944613033</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kızıldan Yeşile</t>
+          <t>İngilizce Öğreniyorum - Dil Eğitimine Başlangıç</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789944613026</t>
+          <t>9789944612937</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>Kızıldan Yeşile</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789944612982</t>
+          <t>9789944613026</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Demokrasi</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944612999</t>
+          <t>9789944612982</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Suphi ve Yoldaşlarını Kim Öldürdü?</t>
+          <t>Herkes İçin Demokrasi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789944612838</t>
+          <t>9789944612999</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Politik Felsefe Nedir?</t>
+          <t>Mustafa Suphi ve Yoldaşlarını Kim Öldürdü?</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944612951</t>
+          <t>9789944612838</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Düşüncenin Tutsaklığı 1</t>
+          <t>Politik Felsefe Nedir?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789944612906</t>
+          <t>9789944612951</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Masal Değildir</t>
+          <t>Türkiye’de Düşüncenin Tutsaklığı 1</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944612920</t>
+          <t>9789944612906</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Değişiyor Zaman</t>
+          <t>Hakikat Masal Değildir</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944612913</t>
+          <t>9789944612920</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Savcı Doğan Öz’ü Vurdular</t>
+          <t>Değişiyor Zaman</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>210</v>
+        <v>90</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944612586</t>
+          <t>9789944612913</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Soğuk Savaş Düzeni</t>
+          <t>Savcı Doğan Öz’ü Vurdular</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789944612852</t>
+          <t>9789944612586</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide Yeni Arayışlar</t>
+          <t>Türkiye’nin Soğuk Savaş Düzeni</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944612876</t>
+          <t>9789944612852</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Özgür ve Adil Bir Türkiye İçin Yürüyüş</t>
+          <t>Ekonomide Yeni Arayışlar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944612845</t>
+          <t>9789944612876</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Yaşamında Hüsamettin Cindoruk</t>
+          <t>Özgür ve Adil Bir Türkiye İçin Yürüyüş</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944612821</t>
+          <t>9789944612845</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>AKP’nin Veda Senfonisi</t>
+          <t>Türk Siyasal Yaşamında Hüsamettin Cindoruk</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789944612807</t>
+          <t>9789944612821</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kül Sesleri</t>
+          <t>AKP’nin Veda Senfonisi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944612814</t>
+          <t>9789944612807</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İslamın Kozmik Odası</t>
+          <t>Kül Sesleri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789944612791</t>
+          <t>9789944612814</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Deprem Affetmez</t>
+          <t>İslamın Kozmik Odası</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944612715</t>
+          <t>9789944612791</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sola: Güney Amerika Hatıra Defteri</t>
+          <t>Deprem Affetmez</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944612746</t>
+          <t>9789944612715</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Acımasızca Alman: Hitler Diktatörlüğünde Failler ve Kurbanlar</t>
+          <t>Sola: Güney Amerika Hatıra Defteri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944612784</t>
+          <t>9789944612746</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Estetiği</t>
+          <t>Acımasızca Alman: Hitler Diktatörlüğünde Failler ve Kurbanlar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789944612111</t>
+          <t>9789944612784</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yoldaş Corbyn</t>
+          <t>Eleştirinin Estetiği</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944612753</t>
+          <t>9789944612111</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığa Karşı Suçların Kuramı</t>
+          <t>Yoldaş Corbyn</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789944612708</t>
+          <t>9789944612753</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kapital’in Mantığı</t>
+          <t>İnsanlığa Karşı Suçların Kuramı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944612739</t>
+          <t>9789944612708</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Parti Örgütlenmesi</t>
+          <t>Kapital’in Mantığı</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944612760</t>
+          <t>9789944612739</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhalelerinde Olağan İşler</t>
+          <t>Çağdaş Parti Örgütlenmesi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789944612722</t>
+          <t>9789944612760</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Suriye Kapanı</t>
+          <t>Kamu İhalelerinde Olağan İşler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789944612623</t>
+          <t>9789944612722</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ali Suavi</t>
+          <t>Suriye Kapanı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789944612692</t>
+          <t>9789944612623</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm Yerelleşme ve Türkiye</t>
+          <t>Ali Suavi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789944612685</t>
+          <t>9789944612692</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu</t>
+          <t>Neoliberalizm Yerelleşme ve Türkiye</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944612654</t>
+          <t>9789944612685</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Gelişmekte Olan Demokrasilerde Siyasi Partiler ve Parti Stratejileri</t>
+          <t>Kürt Sorunu</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944612661</t>
+          <t>9789944612654</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kökler</t>
+          <t>Gelişmekte Olan Demokrasilerde Siyasi Partiler ve Parti Stratejileri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789944612630</t>
+          <t>9789944612661</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sivil Darbe</t>
+          <t>Kökler</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944612647</t>
+          <t>9789944612630</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Anayasasızlaştırma ve Demokrasi Umudu</t>
+          <t>Sivil Darbe</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789944612616</t>
+          <t>9789944612647</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Okuma Kültürü</t>
+          <t>Anayasasızlaştırma ve Demokrasi Umudu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944612531</t>
+          <t>9789944612616</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Şehir</t>
+          <t>Türkiye'de Okuma Kültürü</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944612579</t>
+          <t>9789944612531</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün İzinde Türkiye Dünyayı Değiştirecektir</t>
+          <t>Herkes İçin Şehir</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944612562</t>
+          <t>9789944612579</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Uçurumlardan Geçerek Gelirim Sana</t>
+          <t>Atatürk'ün İzinde Türkiye Dünyayı Değiştirecektir</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944612548</t>
+          <t>9789944612562</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ortak Akılsızlık Halleri</t>
+          <t>Uçurumlardan Geçerek Gelirim Sana</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789944612555</t>
+          <t>9789944612548</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hamdüsena Sokağı Kadınları</t>
+          <t>Ortak Akılsızlık Halleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789944612494</t>
+          <t>9789944612555</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Aydınlanma</t>
+          <t>Hamdüsena Sokağı Kadınları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789944612371</t>
+          <t>9789944612494</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İmparatorlar Mezarlığı</t>
+          <t>Eleştirel Aydınlanma</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789944612524</t>
+          <t>9789944612371</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Aydınlanma ve Sanat</t>
+          <t>İmparatorlar Mezarlığı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944612500</t>
+          <t>9789944612524</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Fethullah'a Selam Kumpasa Devam</t>
+          <t>Eleştirel Aydınlanma ve Sanat</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789944612487</t>
+          <t>9789944612500</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Cihat Kıskacında Kadınlar</t>
+          <t>Fethullah'a Selam Kumpasa Devam</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944612463</t>
+          <t>9789944612487</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Suikastçı: Hitler'i Öldürmek İsteyen Adam - Georg Elser</t>
+          <t>Cihat Kıskacında Kadınlar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944612449</t>
+          <t>9789944612463</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi Dersi</t>
+          <t>Suikastçı: Hitler'i Öldürmek İsteyen Adam - Georg Elser</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944612470</t>
+          <t>9789944612449</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gerçekliğimin Suretinde Düşler, Düşünceler</t>
+          <t>Hukuk Felsefesi Dersi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789944612418</t>
+          <t>9789944612470</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Başyücelik Devleti</t>
+          <t>Gerçekliğimin Suretinde Düşler, Düşünceler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944612364</t>
+          <t>9789944612418</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Afet Affetmez</t>
+          <t>Başyücelik Devleti</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789944612395</t>
+          <t>9789944612364</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kahrolsun İstibdat Yaşasın Hürriyet</t>
+          <t>Afet Affetmez</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789944612401</t>
+          <t>9789944612395</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Devlet Geleneğinde Son Eşik</t>
+          <t>Kahrolsun İstibdat Yaşasın Hürriyet</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944612388</t>
+          <t>9789944612401</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yargı Sürecinin Doğası</t>
+          <t>Devlet Geleneğinde Son Eşik</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789944612357</t>
+          <t>9789944612388</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İçi Boşaltılan Cumhuriyet ve Laiklik</t>
+          <t>Yargı Sürecinin Doğası</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944612333</t>
+          <t>9789944612357</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Doğu’dan Batı’ya Aydınlanma</t>
+          <t>İçi Boşaltılan Cumhuriyet ve Laiklik</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789944612340</t>
+          <t>9789944612333</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Aydınlanma ve Atatürk Devrimleri</t>
+          <t>Doğu’dan Batı’ya Aydınlanma</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789944612326</t>
+          <t>9789944612340</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>AKP’li Yıllarda Türkiye’nin Düzeni</t>
+          <t>Türkiye’de Aydınlanma ve Atatürk Devrimleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789944612302</t>
+          <t>9789944612326</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ataol Behramoğlu ile Aydınlığa Yolculuklar</t>
+          <t>AKP’li Yıllarda Türkiye’nin Düzeni</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789944612296</t>
+          <t>9789944612302</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 2016 - 2017</t>
+          <t>Ataol Behramoğlu ile Aydınlığa Yolculuklar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944612289</t>
+          <t>9789944612296</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Seçim Sistemleri</t>
+          <t>Elli Yaşa Buruk Günce 2016 - 2017</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789944612272</t>
+          <t>9789944612289</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun</t>
+          <t>Türkiye’de Seçim Sistemleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944612265</t>
+          <t>9789944612272</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ne Kavgam Bitti Ne Sevdam</t>
+          <t>İbn Haldun</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789944612258</t>
+          <t>9789944612265</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yeni Paradigmanın Eşiğinde Bediüzzaman Efsanesi ve Said Nursi Gerçeği</t>
+          <t>Ne Kavgam Bitti Ne Sevdam</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944612234</t>
+          <t>9789944612258</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Aşk Romanlarının Terbiyeli Yazarı</t>
+          <t>Yeni Paradigmanın Eşiğinde Bediüzzaman Efsanesi ve Said Nursi Gerçeği</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944612241</t>
+          <t>9789944612234</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Ruhlar</t>
+          <t>Aşk Romanlarının Terbiyeli Yazarı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789944612210</t>
+          <t>9789944612241</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ters(ine) Yazılar</t>
+          <t>Sürgün Ruhlar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789944612227</t>
+          <t>9789944612210</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Gece</t>
+          <t>Ters(ine) Yazılar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789944612166</t>
+          <t>9789944612227</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Beş Gün Beş Gece</t>
+          <t>Kusursuz Gece</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789944612173</t>
+          <t>9789944612166</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Jack Engle'ın İbretlik Hayat Hikayesi</t>
+          <t>Beş Gün Beş Gece</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789944612142</t>
+          <t>9789944612173</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bize Sağanak Aşk Lazım</t>
+          <t>Jack Engle'ın İbretlik Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789944612159</t>
+          <t>9789944612142</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Biriciktir Aşk</t>
+          <t>Bize Sağanak Aşk Lazım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>140</v>
+        <v>105</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789944611930</t>
+          <t>9789944612159</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İslami Pratiklere Etnografik Yaklaşımlar</t>
+          <t>Biriciktir Aşk</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789944612128</t>
+          <t>9789944611930</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Açlık</t>
+          <t>İslami Pratiklere Etnografik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789944612050</t>
+          <t>9789944612128</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kira Kuşları</t>
+          <t>Beyaz Açlık</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944611886</t>
+          <t>9789944612050</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Tarikatı</t>
+          <t>Kira Kuşları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789944612067</t>
+          <t>9789944611886</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Haksızlıklar Ülkesinde Sosyal Demokrasi</t>
+          <t>Aydınlanma Tarikatı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789944611893</t>
+          <t>9789944612067</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Haksızlıklar Ülkesinde Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789944612074</t>
+          <t>9789944611893</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Anayasası</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789944612029</t>
+          <t>9789944612074</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Eşiktekiler</t>
+          <t>15 Temmuz Anayasası</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789944612043</t>
+          <t>9789944612029</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Dünyayla Söyleşen Şair Ataol Behramoğlu</t>
+          <t>Eşiktekiler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789944612036</t>
+          <t>9789944612043</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Karaço - Yolların Bittiği Yer</t>
+          <t>Dünyayla Söyleşen Şair Ataol Behramoğlu</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944612012</t>
+          <t>9789944612036</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Erken Uyarı</t>
+          <t>Karaço - Yolların Bittiği Yer</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944611978</t>
+          <t>9789944612012</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Kamusal Alan ve Hukuk</t>
+          <t>Erken Uyarı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944611961</t>
+          <t>9789944611978</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kent Sorunu</t>
+          <t>Kadın, Kamusal Alan ve Hukuk</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789944611923</t>
+          <t>9789944611961</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Modern Toplum ve Hukuk Devleti</t>
+          <t>Yeni Kent Sorunu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789944611954</t>
+          <t>9789944611923</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Şam Kapıları</t>
+          <t>Modern Toplum ve Hukuk Devleti</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789944611794</t>
+          <t>9789944611954</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bizim Çocuklar (Ciltli)</t>
+          <t>Şam Kapıları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944611862</t>
+          <t>9789944611794</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tekmili Birden IŞİD</t>
+          <t>Bizim Çocuklar (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789944611855</t>
+          <t>9789944611862</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Ordudan Zanlı Orduya</t>
+          <t>Tekmili Birden IŞİD</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789944611848</t>
+          <t>9789944611855</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Dört İsmail Bir Leyla</t>
+          <t>Şanlı Ordudan Zanlı Orduya</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789944611800</t>
+          <t>9789944611848</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yön Arayışı</t>
+          <t>Dört İsmail Bir Leyla</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789944611824</t>
+          <t>9789944611800</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırıyorum Öyleyse Varız</t>
+          <t>Türkiye'nin Yön Arayışı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789944611787</t>
+          <t>9789944611824</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Ahlakı</t>
+          <t>Başkaldırıyorum Öyleyse Varız</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789944611732</t>
+          <t>9789944611787</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Cemaat’in İlk Darbesi</t>
+          <t>Hukukun Ahlakı</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789944611756</t>
+          <t>9789944611732</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Özlem ve Yaz</t>
+          <t>Cemaat’in İlk Darbesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789944611695</t>
+          <t>9789944611756</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Şafakta Açan Çiçekler</t>
+          <t>Özlem ve Yaz</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944611718</t>
+          <t>9789944611695</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Laiklik Savunulmalıdır</t>
+          <t>Şafakta Açan Çiçekler</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789944611701</t>
+          <t>9789944611718</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Aslolan</t>
+          <t>Laiklik Savunulmalıdır</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944611688</t>
+          <t>9789944611701</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar Arasında</t>
+          <t>Aslolan</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944611664</t>
+          <t>9789944611688</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İsyanın ve Umudun Dip Dalgası</t>
+          <t>Sınırlar Arasında</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789944611657</t>
+          <t>9789944611664</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Din İman Masa Kasa</t>
+          <t>İsyanın ve Umudun Dip Dalgası</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944611640</t>
+          <t>9789944611657</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sayısız</t>
+          <t>Din İman Masa Kasa</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944611619</t>
+          <t>9789944611640</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Belki Esirger Aşkı</t>
+          <t>Sayısız</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789944611602</t>
+          <t>9789944611619</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tutunmak</t>
+          <t>Tanrı Belki Esirger Aşkı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789944611596</t>
+          <t>9789944611602</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Bir Cilvesi</t>
+          <t>Tutunmak</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789944611565</t>
+          <t>9789944611596</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Peder Bey'in Yargısı</t>
+          <t>Kaderin Bir Cilvesi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789944611572</t>
+          <t>9789944611565</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Çağda Ortodoks Hristiyanlar ve İslamiyet</t>
+          <t>Peder Bey'in Yargısı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944611558</t>
+          <t>9789944611572</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Marksizmde Ahlak Tartışmaları</t>
+          <t>Postmodern Çağda Ortodoks Hristiyanlar ve İslamiyet</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789944611541</t>
+          <t>9789944611558</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bayram Dağı</t>
+          <t>Marksizmde Ahlak Tartışmaları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944611589</t>
+          <t>9789944611541</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Şehirler Düşerken</t>
+          <t>Bayram Dağı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944611527</t>
+          <t>9789944611589</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sayyadane Bir Cevelan</t>
+          <t>Şehirler Düşerken</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789944611503</t>
+          <t>9789944611527</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Boşbeleş Çalış-ma</t>
+          <t>Sayyadane Bir Cevelan</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789944611510</t>
+          <t>9789944611503</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Buluşmalar</t>
+          <t>Boşbeleş Çalış-ma</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789944611473</t>
+          <t>9789944611510</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>O Gece</t>
+          <t>Buluşmalar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944611435</t>
+          <t>9789944611473</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İbrahim'in Ailesi</t>
+          <t>O Gece</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789944611497</t>
+          <t>9789944611435</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>24 Saat</t>
+          <t>İbrahim'in Ailesi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789944611350</t>
+          <t>9789944611497</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Fena Çocuklar Zamanı</t>
+          <t>24 Saat</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789944611367</t>
+          <t>9789944611350</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Zaten Herkes Bir Denizdir Doğuştan</t>
+          <t>Fena Çocuklar Zamanı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789944611329</t>
+          <t>9789944611367</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Dağlarca İçin 94 Cümle</t>
+          <t>Zaten Herkes Bir Denizdir Doğuştan</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789944611459</t>
+          <t>9789944611329</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Musullu Süleyman</t>
+          <t>Dağlarca İçin 94 Cümle</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944611374</t>
+          <t>9789944611459</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Saraysız Başkan Jose Mujica</t>
+          <t>Musullu Süleyman</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944611244</t>
+          <t>9789944611374</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşma Siyaseti</t>
+          <t>Saraysız Başkan Jose Mujica</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944611312</t>
+          <t>9789944611244</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Eğer</t>
+          <t>Karşılaşma Siyaseti</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789944611398</t>
+          <t>9789944611312</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Çıkış - Ansiklopedi 2</t>
+          <t>Eğer</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789944611411</t>
+          <t>9789944611398</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ormanında</t>
+          <t>Çıkış - Ansiklopedi 2</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789944611299</t>
+          <t>9789944611411</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin Menakıbnamesi</t>
+          <t>Düşler Ormanında</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944611305</t>
+          <t>9789944611299</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Sırat Köprüsü Açılım Masalı</t>
+          <t>Şeyh Bedreddin Menakıbnamesi</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789944611206</t>
+          <t>9789944611305</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Son Göç</t>
+          <t>Türkiye'nin Sırat Köprüsü Açılım Masalı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944611213</t>
+          <t>9789944611206</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>Son Göç</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789944611237</t>
+          <t>9789944611213</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>AKP’nin Suriye Yenilgisi ve Esad</t>
+          <t>Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944611183</t>
+          <t>9789944611237</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>AKP Siyasal İslam ve Restorasyon</t>
+          <t>AKP’nin Suriye Yenilgisi ve Esad</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944611169</t>
+          <t>9789944611183</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Akıncılar ve Ak-Gençlik’ten AKP’ye</t>
+          <t>AKP Siyasal İslam ve Restorasyon</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944611138</t>
+          <t>9789944611169</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yaratılmanın Coşkusuyla</t>
+          <t>Akıncılar ve Ak-Gençlik’ten AKP’ye</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789944611152</t>
+          <t>9789944611138</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Cemaat’in İflası</t>
+          <t>Yeniden Yaratılmanın Coşkusuyla</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789944611114</t>
+          <t>9789944611152</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Suda Kalan</t>
+          <t>Cemaat’in İflası</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944611091</t>
+          <t>9789944611114</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Vaat Edilmiş Topraklarım</t>
+          <t>Suda Kalan</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789754781601</t>
+          <t>9789944611091</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçeği Kokar Gözlerin</t>
+          <t>Vaat Edilmiş Topraklarım</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944611053</t>
+          <t>9789754781601</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Gök ve Yer Arasında</t>
+          <t>Portakal Çiçeği Kokar Gözlerin</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789944610575</t>
+          <t>9789944611053</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Çin'den?</t>
+          <t>Gök ve Yer Arasında</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789944610995</t>
+          <t>9789944610575</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Cami Yalanları</t>
+          <t>Kim Korkar Çin'den?</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789944611022</t>
+          <t>9789944610995</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da İşgal Hareketleri</t>
+          <t>Dünden Bugüne Cami Yalanları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789754780093</t>
+          <t>9789944611022</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Barış Cilt: 4</t>
+          <t>Avrupa'da İşgal Hareketleri</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789754780086</t>
+          <t>9789754780093</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Barış Cilt: 3</t>
+          <t>Kutsal Barış Cilt: 4</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789754780062</t>
+          <t>9789754780086</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Barış Cilt: 1</t>
+          <t>Kutsal Barış Cilt: 3</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789754782424</t>
+          <t>9789754780062</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Saçlarının Kardeş Kokusu</t>
+          <t>Kutsal Barış Cilt: 1</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>65</v>
+        <v>290</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789944610513</t>
+          <t>9789754782424</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında Puşkin Gerçekçiliği</t>
+          <t>Saçlarının Kardeş Kokusu</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>190</v>
+        <v>65</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789754781861</t>
+          <t>9789944610513</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İskambil Evler</t>
+          <t>Rus Edebiyatında Puşkin Gerçekçiliği</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944610117</t>
+          <t>9789754781861</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İlticacı İzine Gitmek İsterse</t>
+          <t>İskambil Evler</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944610056</t>
+          <t>9789944610117</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Musa’nın Gecekondusu</t>
+          <t>İlticacı İzine Gitmek İsterse</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789944610919</t>
+          <t>9789944610056</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yapıbozumsal Adalet</t>
+          <t>Musa’nın Gecekondusu</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789944610902</t>
+          <t>9789944610919</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kimlik</t>
+          <t>Yapıbozumsal Adalet</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944610872</t>
+          <t>9789944610902</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>5280</t>
+          <t>Saklı Kimlik</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789944610841</t>
+          <t>9789944610872</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz</t>
+          <t>5280</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944610865</t>
+          <t>9789944610841</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yargıda Kumpasın Köşe Taşları AKP ve Cemaat</t>
+          <t>İsimsiz</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789944610834</t>
+          <t>9789944610865</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Özgürlükçü İslam</t>
+          <t>Yargıda Kumpasın Köşe Taşları AKP ve Cemaat</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944610780</t>
+          <t>9789944610834</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Alpay Kabacalı Kitabı</t>
+          <t>Demokratik Özgürlükçü İslam</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944611381</t>
+          <t>9789944610780</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Tenkit</t>
+          <t>Alpay Kabacalı Kitabı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789944610827</t>
+          <t>9789944611381</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Dillerine Kurban</t>
+          <t>Tenkit</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944610810</t>
+          <t>9789944610827</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Anabasis</t>
+          <t>Dillerine Kurban</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944610636</t>
+          <t>9789944610810</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Aşka Bahar Yetmez</t>
+          <t>Anabasis</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944610629</t>
+          <t>9789944610636</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Aşk İzleri</t>
+          <t>Aşka Bahar Yetmez</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789944610797</t>
+          <t>9789944610629</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Johan Thoms’un Felaketlerle Dolu Muhteşem Hikayesi</t>
+          <t>Aşk İzleri</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944610650</t>
+          <t>9789944610797</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sevgiden Ötesi Cehennem</t>
+          <t>Johan Thoms’un Felaketlerle Dolu Muhteşem Hikayesi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789944610759</t>
+          <t>9789944610650</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Üç Artı Sonsuz</t>
+          <t>Sevgiden Ötesi Cehennem</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944610957</t>
+          <t>9789944610759</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sünepe</t>
+          <t>Üç Artı Sonsuz</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789944610964</t>
+          <t>9789944610957</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Git</t>
+          <t>Sünepe</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789944610988</t>
+          <t>9789944610964</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Gece Islıkları</t>
+          <t>Git</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789944610971</t>
+          <t>9789944610988</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Acı Yeşil</t>
+          <t>Gece Islıkları</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789944610940</t>
+          <t>9789944610971</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin AB Üyeliği için Umut Var mı?</t>
+          <t>Acı Yeşil</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944610735</t>
+          <t>9789944610940</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İpteki Kareler</t>
+          <t>Türkiye'nin AB Üyeliği için Umut Var mı?</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789944610773</t>
+          <t>9789944610735</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>CHP ve AKP Ekseninde Türkiye'nin Siyaseti</t>
+          <t>İpteki Kareler</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944610766</t>
+          <t>9789944610773</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Babil'in Çalınmış Kuyuları</t>
+          <t>CHP ve AKP Ekseninde Türkiye'nin Siyaseti</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789944611534</t>
+          <t>9789944610766</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Yargı ve İktidar Oyunları</t>
+          <t>Babil'in Çalınmış Kuyuları</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789944610704</t>
+          <t>9789944611534</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Onları Tanıdım</t>
+          <t>Yargı ve İktidar Oyunları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789944610711</t>
+          <t>9789944610704</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Polisi 1</t>
+          <t>Onları Tanıdım</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789944610698</t>
+          <t>9789944610711</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Felsesine Katkı : Radbruch Formülü</t>
+          <t>Kıyamet Polisi 1</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944610643</t>
+          <t>9789944610698</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Başım Kirazlı</t>
+          <t>Ceza Hukuku Felsesine Katkı : Radbruch Formülü</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789944610674</t>
+          <t>9789944610643</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bir Adam Resmetmek</t>
+          <t>Başım Kirazlı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944610681</t>
+          <t>9789944610674</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Duvar</t>
+          <t>Ölü Bir Adam Resmetmek</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789944610599</t>
+          <t>9789944610681</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Bir Senfonidir Yaşamak</t>
+          <t>Yürüyen Duvar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789754782172</t>
+          <t>9789944610599</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hanzade Sürgünde Bir Şehzadenin Günlüğü</t>
+          <t>Bir Senfonidir Yaşamak</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789944610605</t>
+          <t>9789754782172</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ömrün Issız Günleri</t>
+          <t>Hanzade Sürgünde Bir Şehzadenin Günlüğü</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789944610582</t>
+          <t>9789944610605</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Aşkların Gizli Defteri</t>
+          <t>Ömrün Issız Günleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789944610612</t>
+          <t>9789944610582</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yargı Yoktur</t>
+          <t>Aşkların Gizli Defteri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789944610544</t>
+          <t>9789944610612</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Pervaneyle Yaren</t>
+          <t>Türkiye'de Yargı Yoktur</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789754782257</t>
+          <t>9789944610544</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum Bana Kalsın</t>
+          <t>Pervaneyle Yaren</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789944610551</t>
+          <t>9789754782257</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ormanları Arasından (Ciltli)</t>
+          <t>Çocukluğum Bana Kalsın</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789754782462</t>
+          <t>9789944610551</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Zarfını Ben Açardım Sana Yazdığım Mektupların</t>
+          <t>Ateş Ormanları Arasından (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789754782578</t>
+          <t>9789754782462</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Yok Karşılığı Yüzünün</t>
+          <t>Zarfını Ben Açardım Sana Yazdığım Mektupların</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789754782448</t>
+          <t>9789754782578</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Yine Seninle Geldi Hayat</t>
+          <t>Yok Karşılığı Yüzünün</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789754781618</t>
+          <t>9789754782448</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Nehri</t>
+          <t>Yine Seninle Geldi Hayat</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789944610483</t>
+          <t>9789754781618</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Cumhuriyeti</t>
+          <t>Yaşam Nehri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789754781281</t>
+          <t>9789944610483</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Rusça Pratik Konuşma Kılavuzu ve Sözlük</t>
+          <t>Türkiye’nin Cumhuriyeti</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789754782165</t>
+          <t>9789754781281</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Türban Savaşı</t>
+          <t>Türkçe - Rusça Pratik Konuşma Kılavuzu ve Sözlük</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789754781922</t>
+          <t>9789754782165</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Tak Gözlerimi Gönlüne Nazar Boncuğun Olsun</t>
+          <t>Türban Savaşı</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789944610407</t>
+          <t>9789754781922</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Aşka Mektup (Oyun)</t>
+          <t>Tak Gözlerimi Gönlüne Nazar Boncuğun Olsun</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789754782585</t>
+          <t>9789944610407</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Şehirden Bir Çocuk Sevdin Yine</t>
+          <t>Şizofren Aşka Mektup (Oyun)</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789754781472</t>
+          <t>9789754782585</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Şakayık Sokak</t>
+          <t>Şehirden Bir Çocuk Sevdin Yine</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789754782219</t>
+          <t>9789754781472</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Razgovora Sırpça - Türkçe Pratik Konuşma Kılavuzu</t>
+          <t>Şakayık Sokak</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789754781342</t>
+          <t>9789754782219</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzu Paylaşanlar</t>
+          <t>Razgovora Sırpça - Türkçe Pratik Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789754780864</t>
+          <t>9789754781342</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Sokaktaki Askerin Dönüşü</t>
+          <t>Sonsuzu Paylaşanlar</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789754782035</t>
+          <t>9789754780864</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sokaktaki Asker</t>
+          <t>Sokaktaki Askerin Dönüşü</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789944610377</t>
+          <t>9789754782035</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sevgibey</t>
+          <t>Sokaktaki Asker</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789754781724</t>
+          <t>9789944610377</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sevdalar Çocuk Kalır</t>
+          <t>Sevgibey</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789754781439</t>
+          <t>9789754781724</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Sanata Su Verenler</t>
+          <t>Sevdalar Çocuk Kalır</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789754781458</t>
+          <t>9789754781439</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ustalarıyla Bir Yaşam</t>
+          <t>Sanata Su Verenler</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789944610162</t>
+          <t>9789754781458</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Otuz Yıllık Hasret</t>
+          <t>Sanat Ustalarıyla Bir Yaşam</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789754782226</t>
+          <t>9789944610162</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hanedanı Saray Notları (3)</t>
+          <t>Otuz Yıllık Hasret</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789944610247</t>
+          <t>9789754782226</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Okyanusla İlk Karşılaşma</t>
+          <t>Osmanlı Hanedanı Saray Notları (3)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944610452</t>
+          <t>9789944610247</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Suphi Destanı</t>
+          <t>Okyanusla İlk Karşılaşma</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789944610063</t>
+          <t>9789944610452</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Musa’nın Mapusanesi</t>
+          <t>Mustafa Suphi Destanı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789754780079</t>
+          <t>9789944610063</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Barış Cilt: 2</t>
+          <t>Musa’nın Mapusanesi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789944610070</t>
+          <t>9789754780079</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Koyun Baba</t>
+          <t>Kutsal Barış Cilt: 2</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789944610124</t>
+          <t>9789944610070</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutar Beni</t>
+          <t>Koyun Baba</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789944610032</t>
+          <t>9789944610124</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Konuşmaktır Aşk</t>
+          <t>Kim Tutar Beni</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944610278</t>
+          <t>9789944610032</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kavimden Ulusa Türkler</t>
+          <t>Kendi Kendine Konuşmaktır Aşk</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789754780420</t>
+          <t>9789944610278</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kapıda Bir Gül Açtı...</t>
+          <t>Kavimden Ulusa Türkler</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789944610414</t>
+          <t>9789754780420</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Bir Şiir Gizli</t>
+          <t>Kapıda Bir Gül Açtı...</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789754782516</t>
+          <t>9789944610414</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kafka Market</t>
+          <t>Kalbimde Bir Şiir Gizli</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789754781366</t>
+          <t>9789754782516</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İşte Sivil Cumhuriyet?!</t>
+          <t>Kafka Market</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789944610094</t>
+          <t>9789754781366</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İçimdekiler</t>
+          <t>İşte Sivil Cumhuriyet?!</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789754781069</t>
+          <t>9789944610094</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Isırgan Tarlasındaki Gelincik "Süreyya"</t>
+          <t>İçimdekiler</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>45</v>
+        <v>160</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789754782486</t>
+          <t>9789754781069</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Emrin Var mı?</t>
+          <t>Isırgan Tarlasındaki Gelincik "Süreyya"</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789754782547</t>
+          <t>9789754782486</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Yak Evi Isıt</t>
+          <t>Hayat Bir Emrin Var mı?</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789754780710</t>
+          <t>9789754782547</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokusu</t>
+          <t>Hayallerini Yak Evi Isıt</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789944610308</t>
+          <t>9789754780710</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe</t>
+          <t>Gül Kokusu</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789754782295</t>
+          <t>9789944610308</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Emin Çölaşan’a Mektuplarım ve Sonrası</t>
+          <t>Geçmişten Geleceğe</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789944610520</t>
+          <t>9789754782295</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Emevi Siyaseti Dinin Saltanata Dönüşmesi</t>
+          <t>Emin Çölaşan’a Mektuplarım ve Sonrası</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789754781373</t>
+          <t>9789944610520</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Düş Sevginin Peşine</t>
+          <t>Emevi Siyaseti Dinin Saltanata Dönüşmesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789944610018</t>
+          <t>9789754781373</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Derinliğine Kimse Sevgili Olamadı</t>
+          <t>Düş Sevginin Peşine</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789754782042</t>
+          <t>9789944610018</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet Cehenneminde Düşünmek Can Bahası</t>
+          <t>Derinliğine Kimse Sevgili Olamadı</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789944610360</t>
+          <t>9789754782042</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Çözülmeler (Ciltli)</t>
+          <t>Derin Devlet Cehenneminde Düşünmek Can Bahası</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789754781106</t>
+          <t>9789944610360</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Bulgarca - Türkçe / Pratik Konuşma Kılavuzu Bılgaro - Turski / Praktiçen Razgovornik (Farklı Seçenekleri)</t>
+          <t>Çözülmeler (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789944610445</t>
+          <t>9789754781106</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Saç Bir Altın Yüzük</t>
+          <t>Bulgarca - Türkçe / Pratik Konuşma Kılavuzu Bılgaro - Turski / Praktiçen Razgovornik (Farklı Seçenekleri)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>140</v>
+        <v>105</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789944610322</t>
+          <t>9789944610445</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Beni Asıl Hayat Aldattı</t>
+          <t>Bir Tutam Saç Bir Altın Yüzük</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789754780895</t>
+          <t>9789944610322</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Ben Sevgi’yim</t>
+          <t>Beni Asıl Hayat Aldattı</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789944610261</t>
+          <t>9789754780895</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Baba, Ben Hiç Şeker Çalmadım!</t>
+          <t>Ben Sevgi’yim</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789754782523</t>
+          <t>9789944610261</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Annelik Oyunu Bitti</t>
+          <t>Baba, Ben Hiç Şeker Çalmadım!</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>35</v>
+        <v>160</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789754781731</t>
+          <t>9789754782523</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Anarşi ve Terör Nasıl Önlenir?</t>
+          <t>Annelik Oyunu Bitti</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>110</v>
+        <v>35</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789944610353</t>
+          <t>9789754781731</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>ADD’nin Kitabı</t>
+          <t>Anarşi ve Terör Nasıl Önlenir?</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789754781915</t>
+          <t>9789944610353</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat Süreci  1</t>
+          <t>ADD’nin Kitabı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
+          <t>9789754781915</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>28 Şubat Süreci  1</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
           <t>9789754782011</t>
         </is>
       </c>
-      <c r="B411" s="1" t="inlineStr">
+      <c r="B412" s="1" t="inlineStr">
         <is>
           <t>28 Şubat Süreci - 2</t>
         </is>
       </c>
-      <c r="C411" s="1">
+      <c r="C412" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>