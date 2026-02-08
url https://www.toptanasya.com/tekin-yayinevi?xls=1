--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -85,6205 +85,6235 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789944613620</t>
+          <t>9789944613637</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yap İşlet Devret Projeleri’ne Devletin Cebinden Büyük Simbiyoz</t>
+          <t>Tahtakuruları ve Kargalar Meclisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789944613613</t>
+          <t>9789944613552</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Çeteler</t>
+          <t>Faili Malum Rejim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944613590</t>
+          <t>9789944613620</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zincirli Hürriyet</t>
+          <t>Yap İşlet Devret Projeleri’ne Devletin Cebinden Büyük Simbiyoz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>480</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944613569</t>
+          <t>9789944613613</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Öteki Koçgiri</t>
+          <t>Yeni Nesil Çeteler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944613583</t>
+          <t>9789944613590</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kusurlu Demokrasiden Planlı Otokrasiye</t>
+          <t>Zincirli Hürriyet</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>750</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944613606</t>
+          <t>9789944613569</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Güzeldir</t>
+          <t>Öteki Koçgiri</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944611107</t>
+          <t>9789944613583</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale İçinde</t>
+          <t>Kusurlu Demokrasiden Planlı Otokrasiye</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>16.67</v>
+        <v>480</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944611060</t>
+          <t>9789944613606</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Kandil</t>
+          <t>Hayatımız Güzeldir</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>30</v>
+        <v>650</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789944611190</t>
+          <t>9789944611107</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıflar İçin Hızlı Okuma</t>
+          <t>Çanakkale İçinde</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>55</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944611176</t>
+          <t>9789944611060</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy</t>
+          <t>Bir Başka Kandil</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944610803</t>
+          <t>9789944611190</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kimliğim: İnsan</t>
+          <t>3. Sınıflar İçin Hızlı Okuma</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>27.78</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>2789754780533</t>
+          <t>9789944611176</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Karapençe'nin İntikamı 3. Kitap</t>
+          <t>Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>3990000015692</t>
+          <t>9789944610803</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Kimliğim: İnsan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>11.11</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000018493</t>
+          <t>2789754780533</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Karapençe Voyvoda'ya Karşı: 4. Kitap</t>
+          <t>Karapençe'nin İntikamı 3. Kitap</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754780161</t>
+          <t>3990000015692</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Ağlamasın</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>65</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944610155</t>
+          <t>3990000018493</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Susunca</t>
+          <t>Karapençe Voyvoda'ya Karşı: 4. Kitap</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>18.06</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000012951</t>
+          <t>9789754780161</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kente İndi İdris</t>
+          <t>Çocuklar Ağlamasın</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>12.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754782059</t>
+          <t>9789944610155</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kendilerine Yalan Söylenen İnsanlara Mektuplar</t>
+          <t>Çiçekler Susunca</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>13.43</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>2880000003021</t>
+          <t>3990000012951</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kumsaldaki Ateş</t>
+          <t>Kente İndi İdris</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>12</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754781625</t>
+          <t>9789754782059</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kötü Yol</t>
+          <t>Kendilerine Yalan Söylenen İnsanlara Mektuplar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>14.81</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754781083</t>
+          <t>2880000003021</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Köprüler Şiirler</t>
+          <t>Kumsaldaki Ateş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>8.33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754781694</t>
+          <t>9789754781625</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Politikacı Eşi Olmak</t>
+          <t>Kötü Yol</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990000011578</t>
+          <t>9789754781083</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Özal Döneminde Bölücü Terör "Kürtçülük" (1983-1991)</t>
+          <t>Köprüler Şiirler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754780901</t>
+          <t>9789754781694</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Övünmekte Haklıyız Çünkü Beşiktaşlı’yız</t>
+          <t>Politikacı Eşi Olmak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>19.44</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754782417</t>
+          <t>3990000011578</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Suçtur Umutsuzluğa Kapılmak</t>
+          <t>Özal Döneminde Bölücü Terör "Kürtçülük" (1983-1991)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>55</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>2789754780885</t>
+          <t>9789754780901</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Kim?</t>
+          <t>Övünmekte Haklıyız Çünkü Beşiktaşlı’yız</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>3.7</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754781274</t>
+          <t>9789754782417</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Suçlu</t>
+          <t>Suçtur Umutsuzluğa Kapılmak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>18.06</v>
+        <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754781571</t>
+          <t>2789754780885</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özü</t>
+          <t>Suçlu Kim?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>8.33</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944610476</t>
+          <t>9789754781274</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Yalnızlık</t>
+          <t>Suçlu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>30</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944612975</t>
+          <t>9789754781571</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Veda</t>
+          <t>Sözün Özü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>110</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944612869</t>
+          <t>9789944610476</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yeni Orta Sınıf - Sinik Stratejiler</t>
+          <t>Zorunlu Yalnızlık</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>58</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944612890</t>
+          <t>9789944612975</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Eğitim Felsefesi</t>
+          <t>Bitmeyen Veda</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754781380</t>
+          <t>9789944612869</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sokakların Çocuğu</t>
+          <t>Yeni Orta Sınıf - Sinik Stratejiler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>16.67</v>
+        <v>58</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754781427</t>
+          <t>9789944612890</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sokaklardan Bir Kız</t>
+          <t>Aydınlanma Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>19.44</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944612968</t>
+          <t>9789754781380</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Cumhuriyet ile Kavgası (2010-2020)</t>
+          <t>Sokakların Çocuğu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>170</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944610537</t>
+          <t>9789754781427</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Yeşil Sahalarda</t>
+          <t>Sokaklardan Bir Kız</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>65</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944610292</t>
+          <t>9789944612968</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Simgesel Direniş</t>
+          <t>Siyasal İslamın Cumhuriyet ile Kavgası (2010-2020)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>13.43</v>
+        <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944610193</t>
+          <t>9789944610537</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sevgilimsin</t>
+          <t>Sokrates Yeşil Sahalarda</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>17</v>
+        <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754780345</t>
+          <t>9789944610292</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sevdikçe... Mutluluğa Çağrı</t>
+          <t>Simgesel Direniş</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>95</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754781663</t>
+          <t>9789944610193</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Serseri Milyoner İki Damla Gözyaşı</t>
+          <t>Sevgilimsin</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>18.06</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754781960</t>
+          <t>9789754780345</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Savaşan Dünya ve Türkiye: 3 Savaş 1939 - 1945</t>
+          <t>Sevdikçe... Mutluluğa Çağrı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>13.89</v>
+        <v>95</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754781465</t>
+          <t>9789754781663</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sarhoşlar</t>
+          <t>Serseri Milyoner İki Damla Gözyaşı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>11.11</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754781359</t>
+          <t>9789754781960</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ustalarıyla ...Bir Gün</t>
+          <t>Savaşan Dünya ve Türkiye: 3 Savaş 1939 - 1945</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944610490</t>
+          <t>9789754781465</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatı Yazıları</t>
+          <t>Sarhoşlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754782196</t>
+          <t>9789754781359</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Tekniği ve Senaryolar</t>
+          <t>Sanat Ustalarıyla ...Bir Gün</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000012176</t>
+          <t>9789944610490</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Büyük Skandallar Konusunda Meclisin Reyi: Ret</t>
+          <t>Rus Edebiyatı Yazıları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>12.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944610285</t>
+          <t>9789754782196</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Renkli Taşların Siyah Gölgesi</t>
+          <t>Senaryo Tekniği ve Senaryolar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>12.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>3990000011087</t>
+          <t>3990000012176</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Önümüzdeki Cumhurbaşkanlığı Seçimi Rejim Bunalımına ve Kötü Sonuçlarına Doğru Pupa Yelken Gidiş</t>
+          <t>Büyük Skandallar Konusunda Meclisin Reyi: Ret</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>8.33</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754782592</t>
+          <t>9789944610285</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Önce Radyo Vardı</t>
+          <t>Renkli Taşların Siyah Gölgesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>14.81</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754782370</t>
+          <t>3990000011087</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Seçme Hikayeler</t>
+          <t>Önümüzdeki Cumhurbaşkanlığı Seçimi Rejim Bunalımına ve Kötü Sonuçlarına Doğru Pupa Yelken Gidiş</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944610315</t>
+          <t>9789754782592</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ölürsem Beni Seninle Ararlar Şimdi</t>
+          <t>Önce Radyo Vardı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>9.17</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754782493</t>
+          <t>9789754782370</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ölürsem Beni Seninle Ararlar Şimdi</t>
+          <t>Ömer Seyfettin - Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>20.37</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754781649</t>
+          <t>9789944610315</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Kadın</t>
+          <t>Ölürsem Beni Seninle Ararlar Şimdi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>15.74</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000003917</t>
+          <t>9789754782493</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Oynama Topuzla</t>
+          <t>Ölürsem Beni Seninle Ararlar Şimdi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>8.33</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>3990000004593</t>
+          <t>9789754781649</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Orhan Kemal Hayatı / Sanat Anlayışı / Hikayeleri / Romanları / Oyunları / Anıları</t>
+          <t>Oyuncu Kadın</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>13.43</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>2789754780502</t>
+          <t>3990000003917</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Han</t>
+          <t>Oynama Topuzla</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>3990000013619</t>
+          <t>3990000004593</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Oduncu’nun Çocukları</t>
+          <t>Orhan Kemal Hayatı / Sanat Anlayışı / Hikayeleri / Romanları / Oyunları / Anıları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>3.7</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000015034</t>
+          <t>2789754780502</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nurhak, Ey Nurhak</t>
+          <t>Oğuz Han</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754781984</t>
+          <t>3990000013619</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’le 3,5 Yıl</t>
+          <t>Oduncu’nun Çocukları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>11.11</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944610469</t>
+          <t>3990000015034</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet - Tabu ve Efsane</t>
+          <t>Nurhak, Ey Nurhak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>23.15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754781007</t>
+          <t>9789754781984</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Müfettişler Müfettişi</t>
+          <t>Nazım Hikmet’le 3,5 Yıl</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>18.06</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754780826</t>
+          <t>9789944610469</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 4. Kitap Devrim Savaşı</t>
+          <t>Nazım Hikmet - Tabu ve Efsane</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>30.56</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754780819</t>
+          <t>9789754781007</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Milli Kurtuluş Tarihi 3. Kitap</t>
+          <t>Müfettişler Müfettişi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>30.56</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754780017</t>
+          <t>9789754780826</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 2. Kitap</t>
+          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 4. Kitap Devrim Savaşı</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>30.56</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754780260</t>
+          <t>9789754780819</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 1. Kitap</t>
+          <t>Milli Kurtuluş Tarihi 3. Kitap</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>30.56</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754780918</t>
+          <t>9789754780017</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Masonların Dünyası</t>
+          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 2. Kitap</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>11.11</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754782028</t>
+          <t>9789754780260</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Makedonca Türkçe Pratik Konuşma Klavuzu</t>
+          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 1. Kitap</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>20</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>3990000011052</t>
+          <t>9789754780918</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Makedon Hikayeleri Antolojisi</t>
+          <t>Masonların Dünyası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>2789754780458</t>
+          <t>9789754782028</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Liseli Bir Kız Sevdim</t>
+          <t>Makedonca Türkçe Pratik Konuşma Klavuzu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>14.81</v>
+        <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754789829</t>
+          <t>3990000011052</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Leylak Kokusu</t>
+          <t>Makedon Hikayeleri Antolojisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754781908</t>
+          <t>2789754780458</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kültür İhtilalimiz Bilinmeden Politika Yapılmaz</t>
+          <t>Liseli Bir Kız Sevdim</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754782349</t>
+          <t>9789754789829</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Leylak Kokusu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754780550</t>
+          <t>9789754781908</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 5</t>
+          <t>Kültür İhtilalimiz Bilinmeden Politika Yapılmaz</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754780697</t>
+          <t>9789754782349</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 4</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>70</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>3990000012043</t>
+          <t>9789754780550</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Michael’a Sevgilerimle Yalnız Değilim Artık</t>
+          <t>Kutsal İsyan 5</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>8.33</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754780680</t>
+          <t>9789754780697</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 3. Kitap</t>
+          <t>Kutsal İsyan 4</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754780567</t>
+          <t>3990000012043</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 2. Kitap</t>
+          <t>Michael’a Sevgilerimle Yalnız Değilim Artık</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>50</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754780512</t>
+          <t>9789754780680</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 1</t>
+          <t>Kutsal İsyan 3. Kitap</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754780574</t>
+          <t>9789754780567</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kuşlara Taş Atan Çocuk</t>
+          <t>Kutsal İsyan 2. Kitap</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>3990000004424</t>
+          <t>9789754780512</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kosova Baladı</t>
+          <t>Kutsal İsyan 1</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>8.33</v>
+        <v>70</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944610186</t>
+          <t>9789754780574</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Mektuplar</t>
+          <t>Kuşlara Taş Atan Çocuk</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>70</v>
+        <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>3990000011726</t>
+          <t>3990000004424</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kızım ve Ben</t>
+          <t>Kosova Baladı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754781632</t>
+          <t>9789944610186</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Küpeler</t>
+          <t>Kızıma Mektuplar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>18.06</v>
+        <v>70</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754782561</t>
+          <t>3990000011726</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılda Bir Gibisin</t>
+          <t>Kızım ve Ben</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>3990000011096</t>
+          <t>9789754781632</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Keman Çalan Çocuk</t>
+          <t>Kırmızı Küpeler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>3.7</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754782097</t>
+          <t>9789754782561</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir’e Mapusaneden Mektuplar</t>
+          <t>Kırk Yılda Bir Gibisin</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>21.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>3990000012394</t>
+          <t>3990000011096</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kelepçeli Yazılar</t>
+          <t>Keman Çalan Çocuk</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>13.43</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>2880000017042</t>
+          <t>9789754782097</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Karapençe 1. Kitap</t>
+          <t>Kemal Tahir’e Mapusaneden Mektuplar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>11.11</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754781410</t>
+          <t>3990000012394</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Topraklar</t>
+          <t>Kelepçeli Yazılar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>19.44</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>3990000013821</t>
+          <t>2880000017042</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Toprak 1919-1922</t>
+          <t>Karapençe 1. Kitap</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>12.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>2789754780441</t>
+          <t>9789754781410</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kadınım</t>
+          <t>Kanlı Topraklar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>10.19</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>3990000011737</t>
+          <t>3990000013821</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>Kanayan Toprak 1919-1922</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>10.19</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754782271</t>
+          <t>2789754780441</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Sözler</t>
+          <t>Kadınım</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>3.7</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3990000013039</t>
+          <t>3990000011737</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İşlevi, Gelişimi, Özellikleri ve Sorunlarıyla Türkiye’de Bankacılık</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>13.43</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000004506</t>
+          <t>9789754782271</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kuşu Beklerken</t>
+          <t>İz Bırakan Sözler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>8.33</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>2789754780557</t>
+          <t>3990000013039</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Karapençe’nin Oğlu 5. Kitap</t>
+          <t>İşlevi, Gelişimi, Özellikleri ve Sorunlarıyla Türkiye’de Bankacılık</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>10.19</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>2880000114871</t>
+          <t>3990000004506</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Karapara</t>
+          <t>Kuşu Beklerken</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>3990000011728</t>
+          <t>2789754780557</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Karapençe Estergonda 2. Kitap</t>
+          <t>Karapençe’nin Oğlu 5. Kitap</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754782608</t>
+          <t>2880000114871</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Daha Var</t>
+          <t>Karapara</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>9</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>2789754780250</t>
+          <t>3990000011728</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>12 Mart'a 5 Kala</t>
+          <t>Karapençe Estergonda 2. Kitap</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944610568</t>
+          <t>9789754782608</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesine Kısa Bir Giriş</t>
+          <t>Bir Yol Daha Var</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944611633</t>
+          <t>2789754780250</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Yıllarda İbrahim Kaypakkaya</t>
+          <t>12 Mart'a 5 Kala</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944613538</t>
+          <t>9789944610568</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Üreten Biziz Paylaşan Da Biz Olacağız</t>
+          <t>Hukuk Felsefesine Kısa Bir Giriş</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944613521</t>
+          <t>9789944611633</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Her Şeyden Güçlüdür</t>
+          <t>Fırtınalı Yıllarda İbrahim Kaypakkaya</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944613545</t>
+          <t>9789944613538</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ser Verip Sır Vermeyen Bir Yiğit</t>
+          <t>Üreten Biziz Paylaşan Da Biz Olacağız</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944612609</t>
+          <t>9789944613521</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Akademik Metinler Nasıl Yazılır?</t>
+          <t>Gerçek Her Şeyden Güçlüdür</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944612678</t>
+          <t>9789944613545</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Bilinci</t>
+          <t>Ser Verip Sır Vermeyen Bir Yiğit</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944613514</t>
+          <t>9789944612609</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Susuyor Şimdi Zaman</t>
+          <t>Akademik Metinler Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944613491</t>
+          <t>9789944612678</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Su Fırtınası</t>
+          <t>Çeviri Bilinci</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944613507</t>
+          <t>9789944613514</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Hareketi</t>
+          <t>Susuyor Şimdi Zaman</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944613361</t>
+          <t>9789944613491</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mehtap Ar Çocuklara Uzattı Ellerini</t>
+          <t>Su Fırtınası</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>3990000013365</t>
+          <t>9789944613507</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ölmez Otu</t>
+          <t>Aydınlık Hareketi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>15.28</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944612432</t>
+          <t>9789944613361</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık İçin Adalet Atalet İçin Yapay Zeka</t>
+          <t>Mehtap Ar Çocuklara Uzattı Ellerini</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944612517</t>
+          <t>3990000013365</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Havadan Sudan</t>
+          <t>Ölmez Otu</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754782318</t>
+          <t>9789944612432</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı’ndan Seçmeler</t>
+          <t>İnsanlık İçin Adalet Atalet İçin Yapay Zeka</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>49</v>
+        <v>230</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944613477</t>
+          <t>9789944612517</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İnsan Kalarak</t>
+          <t>Havadan Sudan</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944613460</t>
+          <t>9789754782318</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Başkenti Savunmak</t>
+          <t>Yunus Emre Divanı’ndan Seçmeler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>320</v>
+        <v>49</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944613484</t>
+          <t>9789944613477</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Düzeni</t>
+          <t>Yaşamak İnsan Kalarak</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>920</v>
+        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944612104</t>
+          <t>9789944613460</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Açlar</t>
+          <t>Başkenti Savunmak</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944610049</t>
+          <t>9789944613484</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ateş Yılları</t>
+          <t>Türkiye'nin Düzeni</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>420</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944612135</t>
+          <t>9789944612104</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Musa</t>
+          <t>Savaş ve Açlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944610087</t>
+          <t>9789944610049</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Ateş Yılları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>540</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944613118</t>
+          <t>9789944612135</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Maria Suphi</t>
+          <t>Öksüz Musa</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944613354</t>
+          <t>9789944610087</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı Yürüyen Adam Kamer Genç</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944610209</t>
+          <t>9789944613118</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarımdan Öğrendiğim Bir Şey Var</t>
+          <t>Maria Suphi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944610223</t>
+          <t>9789944613354</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Aşk İki Kişiliktir</t>
+          <t>Rüzgara Karşı Yürüyen Adam Kamer Genç</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944611725</t>
+          <t>9789944610209</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğa Layık Olmak</t>
+          <t>Yaşadıklarımdan Öğrendiğim Bir Şey Var</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944613453</t>
+          <t>9789944610223</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mürideler</t>
+          <t>Aşk İki Kişiliktir</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944613446</t>
+          <t>9789944611725</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşların Temel Hakkı Olarak Anayasal Bilgilenme ve Kamuoyu</t>
+          <t>Bir Çocuğa Layık Olmak</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944613378</t>
+          <t>9789944613453</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Menzil’in Kasası</t>
+          <t>Mürideler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789944613439</t>
+          <t>9789944613446</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bahis Çukuru</t>
+          <t>Yurttaşların Temel Hakkı Olarak Anayasal Bilgilenme ve Kamuoyu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754782240</t>
+          <t>9789944613378</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>AKP Değişiyor mu</t>
+          <t>Menzil’in Kasası</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944612883</t>
+          <t>9789944613439</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sacco ve Vanzetti</t>
+          <t>Bahis Çukuru</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944613415</t>
+          <t>9789754782240</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Almanya'daki Türkiye</t>
+          <t>AKP Değişiyor mu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944613408</t>
+          <t>9789944612883</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Borç Sarmalı - Dış Borcun Ekonomi Politiği</t>
+          <t>Sacco ve Vanzetti</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944613392</t>
+          <t>9789944613415</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Belediyeler</t>
+          <t>Almanya'daki Türkiye</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>210</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944613323</t>
+          <t>9789944613408</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yer Çekiminden Çok Şey Kaybettik</t>
+          <t>Borç Sarmalı - Dış Borcun Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944613385</t>
+          <t>9789944613392</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gurban Kızıl Ordu’dan Silivri’ye</t>
+          <t>Göç ve Belediyeler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944613330</t>
+          <t>9789944613323</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kopukluk</t>
+          <t>Yer Çekiminden Çok Şey Kaybettik</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944613347</t>
+          <t>9789944613385</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Var</t>
+          <t>Gurban Kızıl Ordu’dan Silivri’ye</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944613316</t>
+          <t>9789944613330</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Eski ve Yeni Liriklerden</t>
+          <t>Kopukluk</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944613309</t>
+          <t>9789944613347</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kızılay Holding</t>
+          <t>Bir Yol Var</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944613286</t>
+          <t>9789944613316</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yeldeğirmeni Süiti</t>
+          <t>Eski ve Yeni Liriklerden</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944613293</t>
+          <t>9789944613309</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Altında Kısa Gölgeler</t>
+          <t>Kızılay Holding</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944613279</t>
+          <t>9789944613286</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Dünya</t>
+          <t>Yeldeğirmeni Süiti</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944613255</t>
+          <t>9789944613293</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>2000'li Yıllarda Devlet ve Maliye</t>
+          <t>Ay Işığı Altında Kısa Gölgeler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944613248</t>
+          <t>9789944613279</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Haklar</t>
+          <t>Senin Adın Dünya</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944613262</t>
+          <t>9789944613255</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hakça Paylaşmak İçin Toplumsal Adalet</t>
+          <t>2000'li Yıllarda Devlet ve Maliye</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944613231</t>
+          <t>9789944613248</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Gökyüzünün Altında</t>
+          <t>Sosyal Haklar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944613200</t>
+          <t>9789944613262</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Çöp</t>
+          <t>Hakça Paylaşmak İçin Toplumsal Adalet</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>590</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944613194</t>
+          <t>9789944613231</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Milletin Cebinden</t>
+          <t>Başka Bir Gökyüzünün Altında</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944613019</t>
+          <t>9789944613200</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kıvrımlarda Şölen</t>
+          <t>Çöp</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944613224</t>
+          <t>9789944613194</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Devlet Öldürürse</t>
+          <t>Milletin Cebinden</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944613217</t>
+          <t>9789944613019</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>TBMM Yüzüncü Yıl Armağanı</t>
+          <t>Kıvrımlarda Şölen</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944613156</t>
+          <t>9789944613224</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Suçlusunuz</t>
+          <t>Devlet Öldürürse</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944613187</t>
+          <t>9789944613217</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Cezaevi Güncesi - Hapishanede Bir Sabah Türküsü</t>
+          <t>TBMM Yüzüncü Yıl Armağanı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>190</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944613170</t>
+          <t>9789944613156</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Darağacına Mektuplar</t>
+          <t>Suçlusunuz</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944613163</t>
+          <t>9789944613187</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sonrası Dünya ve Türkiye Ekonomisi</t>
+          <t>Cezaevi Güncesi - Hapishanede Bir Sabah Türküsü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944613132</t>
+          <t>9789944613170</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Güncel Sosyolojik Tartışmalar</t>
+          <t>Darağacına Mektuplar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944613149</t>
+          <t>9789944613163</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yüzyıla Çağrı - Kılıçdaroğlu Doktrini</t>
+          <t>Pandemi Sonrası Dünya ve Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944613125</t>
+          <t>9789944613132</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>El Alem</t>
+          <t>Güncel Sosyolojik Tartışmalar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>110</v>
+        <v>460</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944613088</t>
+          <t>9789944613149</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Köprülere Şiirler</t>
+          <t>İkinci Yüzyıla Çağrı - Kılıçdaroğlu Doktrini</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944613040</t>
+          <t>9789944613125</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Düşüncenin Tutsaklığı 2</t>
+          <t>El Alem</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944613064</t>
+          <t>9789944613088</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Çevre Hakkı</t>
+          <t>Köprülere Şiirler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789944613071</t>
+          <t>9789944613040</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İstisna Mekan</t>
+          <t>Türkiye’de Düşüncenin Tutsaklığı 2</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>210</v>
+        <v>490</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944613057</t>
+          <t>9789944613064</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bir Akşam Tiyatrosu</t>
+          <t>Çevre Hakkı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789944613095</t>
+          <t>9789944613071</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sandık Oyunları</t>
+          <t>İstisna Mekan</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944612944</t>
+          <t>9789944613057</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Barbarların Baharı</t>
+          <t>Bir Akşam Tiyatrosu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944613002</t>
+          <t>9789944613095</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Lozan</t>
+          <t>Sandık Oyunları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944613033</t>
+          <t>9789944612944</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğreniyorum - Dil Eğitimine Başlangıç</t>
+          <t>Barbarların Baharı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789944612937</t>
+          <t>9789944613002</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kızıldan Yeşile</t>
+          <t>Lozan</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789944613026</t>
+          <t>9789944613033</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>İngilizce Öğreniyorum - Dil Eğitimine Başlangıç</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944612982</t>
+          <t>9789944612937</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Demokrasi</t>
+          <t>Kızıldan Yeşile</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789944612999</t>
+          <t>9789944613026</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Suphi ve Yoldaşlarını Kim Öldürdü?</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944612838</t>
+          <t>9789944612982</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Politik Felsefe Nedir?</t>
+          <t>Herkes İçin Demokrasi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789944612951</t>
+          <t>9789944612999</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Düşüncenin Tutsaklığı 1</t>
+          <t>Mustafa Suphi ve Yoldaşlarını Kim Öldürdü?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944612906</t>
+          <t>9789944612838</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Masal Değildir</t>
+          <t>Politik Felsefe Nedir?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944612920</t>
+          <t>9789944612951</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Değişiyor Zaman</t>
+          <t>Türkiye’de Düşüncenin Tutsaklığı 1</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944612913</t>
+          <t>9789944612906</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Savcı Doğan Öz’ü Vurdular</t>
+          <t>Hakikat Masal Değildir</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789944612586</t>
+          <t>9789944612920</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Soğuk Savaş Düzeni</t>
+          <t>Değişiyor Zaman</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944612852</t>
+          <t>9789944612913</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide Yeni Arayışlar</t>
+          <t>Savcı Doğan Öz’ü Vurdular</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944612876</t>
+          <t>9789944612586</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Özgür ve Adil Bir Türkiye İçin Yürüyüş</t>
+          <t>Türkiye’nin Soğuk Savaş Düzeni</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944612845</t>
+          <t>9789944612852</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Yaşamında Hüsamettin Cindoruk</t>
+          <t>Ekonomide Yeni Arayışlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789944612821</t>
+          <t>9789944612876</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>AKP’nin Veda Senfonisi</t>
+          <t>Özgür ve Adil Bir Türkiye İçin Yürüyüş</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944612807</t>
+          <t>9789944612845</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kül Sesleri</t>
+          <t>Türk Siyasal Yaşamında Hüsamettin Cindoruk</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>110</v>
+        <v>530</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789944612814</t>
+          <t>9789944612821</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İslamın Kozmik Odası</t>
+          <t>AKP’nin Veda Senfonisi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944612791</t>
+          <t>9789944612807</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Deprem Affetmez</t>
+          <t>Kül Sesleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944612715</t>
+          <t>9789944612814</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sola: Güney Amerika Hatıra Defteri</t>
+          <t>İslamın Kozmik Odası</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944612746</t>
+          <t>9789944612791</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Acımasızca Alman: Hitler Diktatörlüğünde Failler ve Kurbanlar</t>
+          <t>Deprem Affetmez</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789944612784</t>
+          <t>9789944612715</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Estetiği</t>
+          <t>Sola: Güney Amerika Hatıra Defteri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944612111</t>
+          <t>9789944612746</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yoldaş Corbyn</t>
+          <t>Acımasızca Alman: Hitler Diktatörlüğünde Failler ve Kurbanlar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789944612753</t>
+          <t>9789944612784</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığa Karşı Suçların Kuramı</t>
+          <t>Eleştirinin Estetiği</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944612708</t>
+          <t>9789944612111</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kapital’in Mantığı</t>
+          <t>Yoldaş Corbyn</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944612739</t>
+          <t>9789944612753</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Parti Örgütlenmesi</t>
+          <t>İnsanlığa Karşı Suçların Kuramı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789944612760</t>
+          <t>9789944612708</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhalelerinde Olağan İşler</t>
+          <t>Kapital’in Mantığı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789944612722</t>
+          <t>9789944612739</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Suriye Kapanı</t>
+          <t>Çağdaş Parti Örgütlenmesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789944612623</t>
+          <t>9789944612760</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ali Suavi</t>
+          <t>Kamu İhalelerinde Olağan İşler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789944612692</t>
+          <t>9789944612722</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm Yerelleşme ve Türkiye</t>
+          <t>Suriye Kapanı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944612685</t>
+          <t>9789944612623</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu</t>
+          <t>Ali Suavi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944612654</t>
+          <t>9789944612692</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Gelişmekte Olan Demokrasilerde Siyasi Partiler ve Parti Stratejileri</t>
+          <t>Neoliberalizm Yerelleşme ve Türkiye</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789944612661</t>
+          <t>9789944612685</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kökler</t>
+          <t>Kürt Sorunu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944612630</t>
+          <t>9789944612654</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sivil Darbe</t>
+          <t>Gelişmekte Olan Demokrasilerde Siyasi Partiler ve Parti Stratejileri</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789944612647</t>
+          <t>9789944612661</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Anayasasızlaştırma ve Demokrasi Umudu</t>
+          <t>Kökler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944612616</t>
+          <t>9789944612630</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Okuma Kültürü</t>
+          <t>Sivil Darbe</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944612531</t>
+          <t>9789944612647</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Şehir</t>
+          <t>Anayasasızlaştırma ve Demokrasi Umudu</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944612579</t>
+          <t>9789944612616</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün İzinde Türkiye Dünyayı Değiştirecektir</t>
+          <t>Türkiye'de Okuma Kültürü</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944612562</t>
+          <t>9789944612531</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Uçurumlardan Geçerek Gelirim Sana</t>
+          <t>Herkes İçin Şehir</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789944612548</t>
+          <t>9789944612579</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ortak Akılsızlık Halleri</t>
+          <t>Atatürk'ün İzinde Türkiye Dünyayı Değiştirecektir</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789944612555</t>
+          <t>9789944612562</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hamdüsena Sokağı Kadınları</t>
+          <t>Uçurumlardan Geçerek Gelirim Sana</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789944612494</t>
+          <t>9789944612548</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Aydınlanma</t>
+          <t>Ortak Akılsızlık Halleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789944612371</t>
+          <t>9789944612555</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İmparatorlar Mezarlığı</t>
+          <t>Hamdüsena Sokağı Kadınları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944612524</t>
+          <t>9789944612494</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Aydınlanma ve Sanat</t>
+          <t>Eleştirel Aydınlanma</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789944612500</t>
+          <t>9789944612371</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Fethullah'a Selam Kumpasa Devam</t>
+          <t>İmparatorlar Mezarlığı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944612487</t>
+          <t>9789944612524</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Cihat Kıskacında Kadınlar</t>
+          <t>Eleştirel Aydınlanma ve Sanat</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944612463</t>
+          <t>9789944612500</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Suikastçı: Hitler'i Öldürmek İsteyen Adam - Georg Elser</t>
+          <t>Fethullah'a Selam Kumpasa Devam</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944612449</t>
+          <t>9789944612487</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi Dersi</t>
+          <t>Cihat Kıskacında Kadınlar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789944612470</t>
+          <t>9789944612463</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Gerçekliğimin Suretinde Düşler, Düşünceler</t>
+          <t>Suikastçı: Hitler'i Öldürmek İsteyen Adam - Georg Elser</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944612418</t>
+          <t>9789944612449</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Başyücelik Devleti</t>
+          <t>Hukuk Felsefesi Dersi</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789944612364</t>
+          <t>9789944612470</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Afet Affetmez</t>
+          <t>Gerçekliğimin Suretinde Düşler, Düşünceler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789944612395</t>
+          <t>9789944612418</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kahrolsun İstibdat Yaşasın Hürriyet</t>
+          <t>Başyücelik Devleti</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944612401</t>
+          <t>9789944612364</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Devlet Geleneğinde Son Eşik</t>
+          <t>Afet Affetmez</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789944612388</t>
+          <t>9789944612395</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yargı Sürecinin Doğası</t>
+          <t>Kahrolsun İstibdat Yaşasın Hürriyet</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>460</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944612357</t>
+          <t>9789944612401</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İçi Boşaltılan Cumhuriyet ve Laiklik</t>
+          <t>Devlet Geleneğinde Son Eşik</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789944612333</t>
+          <t>9789944612388</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Doğu’dan Batı’ya Aydınlanma</t>
+          <t>Yargı Sürecinin Doğası</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789944612340</t>
+          <t>9789944612357</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Aydınlanma ve Atatürk Devrimleri</t>
+          <t>İçi Boşaltılan Cumhuriyet ve Laiklik</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789944612326</t>
+          <t>9789944612333</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>AKP’li Yıllarda Türkiye’nin Düzeni</t>
+          <t>Doğu’dan Batı’ya Aydınlanma</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789944612302</t>
+          <t>9789944612340</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ataol Behramoğlu ile Aydınlığa Yolculuklar</t>
+          <t>Türkiye’de Aydınlanma ve Atatürk Devrimleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944612296</t>
+          <t>9789944612326</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 2016 - 2017</t>
+          <t>AKP’li Yıllarda Türkiye’nin Düzeni</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789944612289</t>
+          <t>9789944612302</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Seçim Sistemleri</t>
+          <t>Ataol Behramoğlu ile Aydınlığa Yolculuklar</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944612272</t>
+          <t>9789944612296</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun</t>
+          <t>Elli Yaşa Buruk Günce 2016 - 2017</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789944612265</t>
+          <t>9789944612289</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ne Kavgam Bitti Ne Sevdam</t>
+          <t>Türkiye’de Seçim Sistemleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944612258</t>
+          <t>9789944612272</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yeni Paradigmanın Eşiğinde Bediüzzaman Efsanesi ve Said Nursi Gerçeği</t>
+          <t>İbn Haldun</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944612234</t>
+          <t>9789944612265</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Aşk Romanlarının Terbiyeli Yazarı</t>
+          <t>Ne Kavgam Bitti Ne Sevdam</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>90</v>
+        <v>410</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789944612241</t>
+          <t>9789944612258</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Ruhlar</t>
+          <t>Yeni Paradigmanın Eşiğinde Bediüzzaman Efsanesi ve Said Nursi Gerçeği</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>100</v>
+        <v>460</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789944612210</t>
+          <t>9789944612234</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ters(ine) Yazılar</t>
+          <t>Aşk Romanlarının Terbiyeli Yazarı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789944612227</t>
+          <t>9789944612241</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Gece</t>
+          <t>Sürgün Ruhlar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789944612166</t>
+          <t>9789944612210</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Beş Gün Beş Gece</t>
+          <t>Ters(ine) Yazılar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789944612173</t>
+          <t>9789944612227</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Jack Engle'ın İbretlik Hayat Hikayesi</t>
+          <t>Kusursuz Gece</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789944612142</t>
+          <t>9789944612166</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bize Sağanak Aşk Lazım</t>
+          <t>Beş Gün Beş Gece</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>105</v>
+        <v>140</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789944612159</t>
+          <t>9789944612173</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Biriciktir Aşk</t>
+          <t>Jack Engle'ın İbretlik Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789944611930</t>
+          <t>9789944612142</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İslami Pratiklere Etnografik Yaklaşımlar</t>
+          <t>Bize Sağanak Aşk Lazım</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789944612128</t>
+          <t>9789944612159</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Açlık</t>
+          <t>Biriciktir Aşk</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944612050</t>
+          <t>9789944611930</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kira Kuşları</t>
+          <t>İslami Pratiklere Etnografik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789944611886</t>
+          <t>9789944612128</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Tarikatı</t>
+          <t>Beyaz Açlık</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789944612067</t>
+          <t>9789944612050</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Haksızlıklar Ülkesinde Sosyal Demokrasi</t>
+          <t>Kira Kuşları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789944611893</t>
+          <t>9789944611886</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Aydınlanma Tarikatı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789944612074</t>
+          <t>9789944612067</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Anayasası</t>
+          <t>Haksızlıklar Ülkesinde Sosyal Demokrasi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789944612029</t>
+          <t>9789944611893</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Eşiktekiler</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789944612043</t>
+          <t>9789944612074</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Dünyayla Söyleşen Şair Ataol Behramoğlu</t>
+          <t>15 Temmuz Anayasası</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944612036</t>
+          <t>9789944612029</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Karaço - Yolların Bittiği Yer</t>
+          <t>Eşiktekiler</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944612012</t>
+          <t>9789944612043</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Erken Uyarı</t>
+          <t>Dünyayla Söyleşen Şair Ataol Behramoğlu</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944611978</t>
+          <t>9789944612036</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Kamusal Alan ve Hukuk</t>
+          <t>Karaço - Yolların Bittiği Yer</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789944611961</t>
+          <t>9789944612012</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kent Sorunu</t>
+          <t>Erken Uyarı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789944611923</t>
+          <t>9789944611978</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Modern Toplum ve Hukuk Devleti</t>
+          <t>Kadın, Kamusal Alan ve Hukuk</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789944611954</t>
+          <t>9789944611961</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Şam Kapıları</t>
+          <t>Yeni Kent Sorunu</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944611794</t>
+          <t>9789944611923</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Bizim Çocuklar (Ciltli)</t>
+          <t>Modern Toplum ve Hukuk Devleti</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789944611862</t>
+          <t>9789944611954</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tekmili Birden IŞİD</t>
+          <t>Şam Kapıları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789944611855</t>
+          <t>9789944611794</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Ordudan Zanlı Orduya</t>
+          <t>Bizim Çocuklar (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789944611848</t>
+          <t>9789944611862</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dört İsmail Bir Leyla</t>
+          <t>Tekmili Birden IŞİD</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>120</v>
+        <v>410</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789944611800</t>
+          <t>9789944611855</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yön Arayışı</t>
+          <t>Şanlı Ordudan Zanlı Orduya</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789944611824</t>
+          <t>9789944611848</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırıyorum Öyleyse Varız</t>
+          <t>Dört İsmail Bir Leyla</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789944611787</t>
+          <t>9789944611800</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Ahlakı</t>
+          <t>Türkiye'nin Yön Arayışı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789944611732</t>
+          <t>9789944611824</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Cemaat’in İlk Darbesi</t>
+          <t>Başkaldırıyorum Öyleyse Varız</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789944611756</t>
+          <t>9789944611787</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Özlem ve Yaz</t>
+          <t>Hukukun Ahlakı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944611695</t>
+          <t>9789944611732</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Şafakta Açan Çiçekler</t>
+          <t>Cemaat’in İlk Darbesi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789944611718</t>
+          <t>9789944611756</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Laiklik Savunulmalıdır</t>
+          <t>Özlem ve Yaz</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944611701</t>
+          <t>9789944611695</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Aslolan</t>
+          <t>Şafakta Açan Çiçekler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944611688</t>
+          <t>9789944611718</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar Arasında</t>
+          <t>Laiklik Savunulmalıdır</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789944611664</t>
+          <t>9789944611701</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İsyanın ve Umudun Dip Dalgası</t>
+          <t>Aslolan</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944611657</t>
+          <t>9789944611688</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Din İman Masa Kasa</t>
+          <t>Sınırlar Arasında</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944611640</t>
+          <t>9789944611664</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sayısız</t>
+          <t>İsyanın ve Umudun Dip Dalgası</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789944611619</t>
+          <t>9789944611657</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Belki Esirger Aşkı</t>
+          <t>Din İman Masa Kasa</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789944611602</t>
+          <t>9789944611640</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Tutunmak</t>
+          <t>Sayısız</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789944611596</t>
+          <t>9789944611619</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Bir Cilvesi</t>
+          <t>Tanrı Belki Esirger Aşkı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789944611565</t>
+          <t>9789944611602</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Peder Bey'in Yargısı</t>
+          <t>Tutunmak</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944611572</t>
+          <t>9789944611596</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Çağda Ortodoks Hristiyanlar ve İslamiyet</t>
+          <t>Kaderin Bir Cilvesi</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789944611558</t>
+          <t>9789944611565</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Marksizmde Ahlak Tartışmaları</t>
+          <t>Peder Bey'in Yargısı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944611541</t>
+          <t>9789944611572</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bayram Dağı</t>
+          <t>Postmodern Çağda Ortodoks Hristiyanlar ve İslamiyet</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944611589</t>
+          <t>9789944611558</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Şehirler Düşerken</t>
+          <t>Marksizmde Ahlak Tartışmaları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789944611527</t>
+          <t>9789944611541</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sayyadane Bir Cevelan</t>
+          <t>Bayram Dağı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789944611503</t>
+          <t>9789944611589</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Boşbeleş Çalış-ma</t>
+          <t>Şehirler Düşerken</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789944611510</t>
+          <t>9789944611527</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Buluşmalar</t>
+          <t>Sayyadane Bir Cevelan</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944611473</t>
+          <t>9789944611503</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>O Gece</t>
+          <t>Boşbeleş Çalış-ma</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789944611435</t>
+          <t>9789944611510</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İbrahim'in Ailesi</t>
+          <t>Buluşmalar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789944611497</t>
+          <t>9789944611473</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>24 Saat</t>
+          <t>O Gece</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789944611350</t>
+          <t>9789944611435</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Fena Çocuklar Zamanı</t>
+          <t>İbrahim'in Ailesi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789944611367</t>
+          <t>9789944611497</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Zaten Herkes Bir Denizdir Doğuştan</t>
+          <t>24 Saat</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789944611329</t>
+          <t>9789944611350</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dağlarca İçin 94 Cümle</t>
+          <t>Fena Çocuklar Zamanı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944611459</t>
+          <t>9789944611367</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Musullu Süleyman</t>
+          <t>Zaten Herkes Bir Denizdir Doğuştan</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944611374</t>
+          <t>9789944611329</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Saraysız Başkan Jose Mujica</t>
+          <t>Dağlarca İçin 94 Cümle</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944611244</t>
+          <t>9789944611459</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşma Siyaseti</t>
+          <t>Musullu Süleyman</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789944611312</t>
+          <t>9789944611374</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Eğer</t>
+          <t>Saraysız Başkan Jose Mujica</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789944611398</t>
+          <t>9789944611244</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Çıkış - Ansiklopedi 2</t>
+          <t>Karşılaşma Siyaseti</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789944611411</t>
+          <t>9789944611312</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ormanında</t>
+          <t>Eğer</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944611299</t>
+          <t>9789944611398</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin Menakıbnamesi</t>
+          <t>Çıkış - Ansiklopedi 2</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789944611305</t>
+          <t>9789944611411</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Sırat Köprüsü Açılım Masalı</t>
+          <t>Düşler Ormanında</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944611206</t>
+          <t>9789944611299</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Son Göç</t>
+          <t>Şeyh Bedreddin Menakıbnamesi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789944611213</t>
+          <t>9789944611305</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>Türkiye'nin Sırat Köprüsü Açılım Masalı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944611237</t>
+          <t>9789944611206</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>AKP’nin Suriye Yenilgisi ve Esad</t>
+          <t>Son Göç</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944611183</t>
+          <t>9789944611213</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>AKP Siyasal İslam ve Restorasyon</t>
+          <t>Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944611169</t>
+          <t>9789944611237</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Akıncılar ve Ak-Gençlik’ten AKP’ye</t>
+          <t>AKP’nin Suriye Yenilgisi ve Esad</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789944611138</t>
+          <t>9789944611183</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yaratılmanın Coşkusuyla</t>
+          <t>AKP Siyasal İslam ve Restorasyon</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789944611152</t>
+          <t>9789944611169</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Cemaat’in İflası</t>
+          <t>Akıncılar ve Ak-Gençlik’ten AKP’ye</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944611114</t>
+          <t>9789944611138</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Suda Kalan</t>
+          <t>Yeniden Yaratılmanın Coşkusuyla</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789944611091</t>
+          <t>9789944611152</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Vaat Edilmiş Topraklarım</t>
+          <t>Cemaat’in İflası</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789754781601</t>
+          <t>9789944611114</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçeği Kokar Gözlerin</t>
+          <t>Suda Kalan</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789944611053</t>
+          <t>9789944611091</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Gök ve Yer Arasında</t>
+          <t>Vaat Edilmiş Topraklarım</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>110</v>
+        <v>460</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789944610575</t>
+          <t>9789754781601</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Çin'den?</t>
+          <t>Portakal Çiçeği Kokar Gözlerin</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789944610995</t>
+          <t>9789944611053</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Cami Yalanları</t>
+          <t>Gök ve Yer Arasında</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789944611022</t>
+          <t>9789944610575</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da İşgal Hareketleri</t>
+          <t>Kim Korkar Çin'den?</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789754780093</t>
+          <t>9789944610995</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Barış Cilt: 4</t>
+          <t>Dünden Bugüne Cami Yalanları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789754780086</t>
+          <t>9789944611022</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Barış Cilt: 3</t>
+          <t>Avrupa'da İşgal Hareketleri</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789754780062</t>
+          <t>9789754780093</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Barış Cilt: 1</t>
+          <t>Kutsal Barış Cilt: 4</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789754782424</t>
+          <t>9789754780086</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Saçlarının Kardeş Kokusu</t>
+          <t>Kutsal Barış Cilt: 3</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>65</v>
+        <v>550</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789944610513</t>
+          <t>9789754780062</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında Puşkin Gerçekçiliği</t>
+          <t>Kutsal Barış Cilt: 1</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789754781861</t>
+          <t>9789754782424</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İskambil Evler</t>
+          <t>Saçlarının Kardeş Kokusu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944610117</t>
+          <t>9789944610513</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İlticacı İzine Gitmek İsterse</t>
+          <t>Rus Edebiyatında Puşkin Gerçekçiliği</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789944610056</t>
+          <t>9789754781861</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Musa’nın Gecekondusu</t>
+          <t>İskambil Evler</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789944610919</t>
+          <t>9789944610117</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yapıbozumsal Adalet</t>
+          <t>İlticacı İzine Gitmek İsterse</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944610902</t>
+          <t>9789944610056</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kimlik</t>
+          <t>Musa’nın Gecekondusu</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789944610872</t>
+          <t>9789944610919</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>5280</t>
+          <t>Yapıbozumsal Adalet</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944610841</t>
+          <t>9789944610902</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz</t>
+          <t>Saklı Kimlik</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789944610865</t>
+          <t>9789944610872</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yargıda Kumpasın Köşe Taşları AKP ve Cemaat</t>
+          <t>5280</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944610834</t>
+          <t>9789944610841</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Özgürlükçü İslam</t>
+          <t>İsimsiz</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944610780</t>
+          <t>9789944610865</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Alpay Kabacalı Kitabı</t>
+          <t>Yargıda Kumpasın Köşe Taşları AKP ve Cemaat</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789944611381</t>
+          <t>9789944610834</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Tenkit</t>
+          <t>Demokratik Özgürlükçü İslam</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944610827</t>
+          <t>9789944610780</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Dillerine Kurban</t>
+          <t>Alpay Kabacalı Kitabı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944610810</t>
+          <t>9789944611381</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Anabasis</t>
+          <t>Tenkit</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944610636</t>
+          <t>9789944610827</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Aşka Bahar Yetmez</t>
+          <t>Dillerine Kurban</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789944610629</t>
+          <t>9789944610810</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Aşk İzleri</t>
+          <t>Anabasis</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944610797</t>
+          <t>9789944610636</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Johan Thoms’un Felaketlerle Dolu Muhteşem Hikayesi</t>
+          <t>Aşka Bahar Yetmez</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789944610650</t>
+          <t>9789944610629</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sevgiden Ötesi Cehennem</t>
+          <t>Aşk İzleri</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944610759</t>
+          <t>9789944610797</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Üç Artı Sonsuz</t>
+          <t>Johan Thoms’un Felaketlerle Dolu Muhteşem Hikayesi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789944610957</t>
+          <t>9789944610650</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sünepe</t>
+          <t>Sevgiden Ötesi Cehennem</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789944610964</t>
+          <t>9789944610759</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Git</t>
+          <t>Üç Artı Sonsuz</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789944610988</t>
+          <t>9789944610957</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Gece Islıkları</t>
+          <t>Sünepe</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789944610971</t>
+          <t>9789944610964</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Acı Yeşil</t>
+          <t>Git</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944610940</t>
+          <t>9789944610988</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin AB Üyeliği için Umut Var mı?</t>
+          <t>Gece Islıkları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789944610735</t>
+          <t>9789944610971</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İpteki Kareler</t>
+          <t>Acı Yeşil</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944610773</t>
+          <t>9789944610940</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>CHP ve AKP Ekseninde Türkiye'nin Siyaseti</t>
+          <t>Türkiye'nin AB Üyeliği için Umut Var mı?</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789944610766</t>
+          <t>9789944610735</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Babil'in Çalınmış Kuyuları</t>
+          <t>İpteki Kareler</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789944611534</t>
+          <t>9789944610773</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yargı ve İktidar Oyunları</t>
+          <t>CHP ve AKP Ekseninde Türkiye'nin Siyaseti</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789944610704</t>
+          <t>9789944610766</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Onları Tanıdım</t>
+          <t>Babil'in Çalınmış Kuyuları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789944610711</t>
+          <t>9789944611534</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Polisi 1</t>
+          <t>Yargı ve İktidar Oyunları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944610698</t>
+          <t>9789944610704</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Felsesine Katkı : Radbruch Formülü</t>
+          <t>Onları Tanıdım</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789944610643</t>
+          <t>9789944610711</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Başım Kirazlı</t>
+          <t>Kıyamet Polisi 1</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944610674</t>
+          <t>9789944610698</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bir Adam Resmetmek</t>
+          <t>Ceza Hukuku Felsesine Katkı : Radbruch Formülü</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789944610681</t>
+          <t>9789944610643</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Duvar</t>
+          <t>Başım Kirazlı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789944610599</t>
+          <t>9789944610674</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Bir Senfonidir Yaşamak</t>
+          <t>Ölü Bir Adam Resmetmek</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789754782172</t>
+          <t>9789944610681</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Hanzade Sürgünde Bir Şehzadenin Günlüğü</t>
+          <t>Yürüyen Duvar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789944610605</t>
+          <t>9789944610599</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ömrün Issız Günleri</t>
+          <t>Bir Senfonidir Yaşamak</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789944610582</t>
+          <t>9789754782172</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Aşkların Gizli Defteri</t>
+          <t>Hanzade Sürgünde Bir Şehzadenin Günlüğü</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789944610612</t>
+          <t>9789944610605</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yargı Yoktur</t>
+          <t>Ömrün Issız Günleri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789944610544</t>
+          <t>9789944610582</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Pervaneyle Yaren</t>
+          <t>Aşkların Gizli Defteri</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789754782257</t>
+          <t>9789944610612</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum Bana Kalsın</t>
+          <t>Türkiye'de Yargı Yoktur</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789944610551</t>
+          <t>9789944610544</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ormanları Arasından (Ciltli)</t>
+          <t>Pervaneyle Yaren</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789754782462</t>
+          <t>9789754782257</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Zarfını Ben Açardım Sana Yazdığım Mektupların</t>
+          <t>Çocukluğum Bana Kalsın</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789754782578</t>
+          <t>9789944610551</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Yok Karşılığı Yüzünün</t>
+          <t>Ateş Ormanları Arasından (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789754782448</t>
+          <t>9789754782462</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yine Seninle Geldi Hayat</t>
+          <t>Zarfını Ben Açardım Sana Yazdığım Mektupların</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789754781618</t>
+          <t>9789754782578</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Nehri</t>
+          <t>Yok Karşılığı Yüzünün</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944610483</t>
+          <t>9789754782448</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Cumhuriyeti</t>
+          <t>Yine Seninle Geldi Hayat</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789754781281</t>
+          <t>9789754781618</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Rusça Pratik Konuşma Kılavuzu ve Sözlük</t>
+          <t>Yaşam Nehri</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789754782165</t>
+          <t>9789944610483</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Türban Savaşı</t>
+          <t>Türkiye’nin Cumhuriyeti</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789754781922</t>
+          <t>9789754781281</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Tak Gözlerimi Gönlüne Nazar Boncuğun Olsun</t>
+          <t>Türkçe - Rusça Pratik Konuşma Kılavuzu ve Sözlük</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789944610407</t>
+          <t>9789754782165</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Aşka Mektup (Oyun)</t>
+          <t>Türban Savaşı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789754782585</t>
+          <t>9789754781922</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Şehirden Bir Çocuk Sevdin Yine</t>
+          <t>Tak Gözlerimi Gönlüne Nazar Boncuğun Olsun</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789754781472</t>
+          <t>9789944610407</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Şakayık Sokak</t>
+          <t>Şizofren Aşka Mektup (Oyun)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789754782219</t>
+          <t>9789754782585</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Razgovora Sırpça - Türkçe Pratik Konuşma Kılavuzu</t>
+          <t>Şehirden Bir Çocuk Sevdin Yine</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789754781342</t>
+          <t>9789754781472</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzu Paylaşanlar</t>
+          <t>Şakayık Sokak</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789754780864</t>
+          <t>9789754782219</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sokaktaki Askerin Dönüşü</t>
+          <t>Razgovora Sırpça - Türkçe Pratik Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789754782035</t>
+          <t>9789754781342</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sokaktaki Asker</t>
+          <t>Sonsuzu Paylaşanlar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789944610377</t>
+          <t>9789754780864</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sevgibey</t>
+          <t>Sokaktaki Askerin Dönüşü</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789754781724</t>
+          <t>9789754782035</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Sevdalar Çocuk Kalır</t>
+          <t>Sokaktaki Asker</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789754781439</t>
+          <t>9789944610377</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sanata Su Verenler</t>
+          <t>Sevgibey</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789754781458</t>
+          <t>9789754781724</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ustalarıyla Bir Yaşam</t>
+          <t>Sevdalar Çocuk Kalır</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789944610162</t>
+          <t>9789754781439</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Otuz Yıllık Hasret</t>
+          <t>Sanata Su Verenler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789754782226</t>
+          <t>9789754781458</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hanedanı Saray Notları (3)</t>
+          <t>Sanat Ustalarıyla Bir Yaşam</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944610247</t>
+          <t>9789944610162</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Okyanusla İlk Karşılaşma</t>
+          <t>Otuz Yıllık Hasret</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789944610452</t>
+          <t>9789754782226</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Suphi Destanı</t>
+          <t>Osmanlı Hanedanı Saray Notları (3)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789944610063</t>
+          <t>9789944610247</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Musa’nın Mapusanesi</t>
+          <t>Okyanusla İlk Karşılaşma</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789754780079</t>
+          <t>9789944610452</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Barış Cilt: 2</t>
+          <t>Mustafa Suphi Destanı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789944610070</t>
+          <t>9789944610063</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Koyun Baba</t>
+          <t>Musa’nın Mapusanesi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789944610124</t>
+          <t>9789754780079</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutar Beni</t>
+          <t>Kutsal Barış Cilt: 2</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944610032</t>
+          <t>9789944610070</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Konuşmaktır Aşk</t>
+          <t>Koyun Baba</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789944610278</t>
+          <t>9789944610124</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kavimden Ulusa Türkler</t>
+          <t>Kim Tutar Beni</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789754780420</t>
+          <t>9789944610032</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kapıda Bir Gül Açtı...</t>
+          <t>Kendi Kendine Konuşmaktır Aşk</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789944610414</t>
+          <t>9789944610278</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Bir Şiir Gizli</t>
+          <t>Kavimden Ulusa Türkler</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789754782516</t>
+          <t>9789754780420</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kafka Market</t>
+          <t>Kapıda Bir Gül Açtı...</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789754781366</t>
+          <t>9789944610414</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İşte Sivil Cumhuriyet?!</t>
+          <t>Kalbimde Bir Şiir Gizli</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789944610094</t>
+          <t>9789754782516</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İçimdekiler</t>
+          <t>Kafka Market</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789754781069</t>
+          <t>9789754781366</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Isırgan Tarlasındaki Gelincik "Süreyya"</t>
+          <t>İşte Sivil Cumhuriyet?!</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>45</v>
+        <v>220</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789754782486</t>
+          <t>9789944610094</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Emrin Var mı?</t>
+          <t>İçimdekiler</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789754782547</t>
+          <t>9789754781069</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Yak Evi Isıt</t>
+          <t>Isırgan Tarlasındaki Gelincik "Süreyya"</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789754780710</t>
+          <t>9789754782486</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokusu</t>
+          <t>Hayat Bir Emrin Var mı?</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789944610308</t>
+          <t>9789754782547</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe</t>
+          <t>Hayallerini Yak Evi Isıt</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789754782295</t>
+          <t>9789754780710</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Emin Çölaşan’a Mektuplarım ve Sonrası</t>
+          <t>Gül Kokusu</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789944610520</t>
+          <t>9789944610308</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Emevi Siyaseti Dinin Saltanata Dönüşmesi</t>
+          <t>Geçmişten Geleceğe</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789754781373</t>
+          <t>9789754782295</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Düş Sevginin Peşine</t>
+          <t>Emin Çölaşan’a Mektuplarım ve Sonrası</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789944610018</t>
+          <t>9789944610520</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Derinliğine Kimse Sevgili Olamadı</t>
+          <t>Emevi Siyaseti Dinin Saltanata Dönüşmesi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789754782042</t>
+          <t>9789754781373</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet Cehenneminde Düşünmek Can Bahası</t>
+          <t>Düş Sevginin Peşine</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789944610360</t>
+          <t>9789944610018</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Çözülmeler (Ciltli)</t>
+          <t>Derinliğine Kimse Sevgili Olamadı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789754781106</t>
+          <t>9789754782042</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bulgarca - Türkçe / Pratik Konuşma Kılavuzu Bılgaro - Turski / Praktiçen Razgovornik (Farklı Seçenekleri)</t>
+          <t>Derin Devlet Cehenneminde Düşünmek Can Bahası</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>105</v>
+        <v>290</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789944610445</t>
+          <t>9789944610360</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Saç Bir Altın Yüzük</t>
+          <t>Çözülmeler (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789944610322</t>
+          <t>9789754781106</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Beni Asıl Hayat Aldattı</t>
+          <t>Bulgarca - Türkçe / Pratik Konuşma Kılavuzu Bılgaro - Turski / Praktiçen Razgovornik (Farklı Seçenekleri)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789754780895</t>
+          <t>9789944610445</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Ben Sevgi’yim</t>
+          <t>Bir Tutam Saç Bir Altın Yüzük</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789944610261</t>
+          <t>9789944610322</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Baba, Ben Hiç Şeker Çalmadım!</t>
+          <t>Beni Asıl Hayat Aldattı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789754782523</t>
+          <t>9789754780895</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Annelik Oyunu Bitti</t>
+          <t>Ben Sevgi’yim</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789754781731</t>
+          <t>9789944610261</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Anarşi ve Terör Nasıl Önlenir?</t>
+          <t>Baba, Ben Hiç Şeker Çalmadım!</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789944610353</t>
+          <t>9789754782523</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>ADD’nin Kitabı</t>
+          <t>Annelik Oyunu Bitti</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789754781915</t>
+          <t>9789754781731</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat Süreci  1</t>
+          <t>Anarşi ve Terör Nasıl Önlenir?</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
+          <t>9789944610353</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>ADD’nin Kitabı</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9789754781915</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>28 Şubat Süreci  1</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
           <t>9789754782011</t>
         </is>
       </c>
-      <c r="B412" s="1" t="inlineStr">
+      <c r="B414" s="1" t="inlineStr">
         <is>
           <t>28 Şubat Süreci - 2</t>
         </is>
       </c>
-      <c r="C412" s="1">
-        <v>150</v>
+      <c r="C414" s="1">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>