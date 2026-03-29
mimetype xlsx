--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -85,6235 +85,9325 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789944613637</t>
+          <t>9789944613651</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tahtakuruları ve Kargalar Meclisi</t>
+          <t>Korku Kırmızı Hayat Maviydi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789944613552</t>
+          <t>9789944613101</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Faili Malum Rejim</t>
+          <t>Bizim Burada Ne İşimiz Var?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944613620</t>
+          <t>9789944613675</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yap İşlet Devret Projeleri’ne Devletin Cebinden Büyük Simbiyoz</t>
+          <t>Milli Kurtuluş Tarihi 1838’den 1995’e (4 Cilt Tam Metin)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>480</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944613613</t>
+          <t>9789944611985</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Çeteler</t>
+          <t>Vergi Sistemini Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944613590</t>
+          <t>9789944610933</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Zincirli Hürriyet</t>
+          <t>Yarım Yüzyıldan Şiirler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944613569</t>
+          <t>9789944611008</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Öteki Koçgiri</t>
+          <t>Sosyal İslam</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>520</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944613583</t>
+          <t>9789944611039</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kusurlu Demokrasiden Planlı Otokrasiye</t>
+          <t>Hukukun Belirlenmiş Alanı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>480</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944613606</t>
+          <t>9789944611015</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Güzeldir</t>
+          <t>Çıkış - Ansiklopedi 1</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>650</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789944611107</t>
+          <t>9789944610926</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale İçinde</t>
+          <t>Yarım Yüzyıldan Şiirler (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>16.67</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944611060</t>
+          <t>9789944610728</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Kandil</t>
+          <t>AKP'nin Suriye Savaşı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944611190</t>
+          <t>9789944611046</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıflar İçin Hızlı Okuma</t>
+          <t>Fitne : Gizli Tarih</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944611176</t>
+          <t>9789944610896</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy</t>
+          <t>Libya'da Kanlı Bahar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>13.89</v>
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789944610803</t>
+          <t>9789944610889</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kimliğim: İnsan</t>
+          <t>Kiraz</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>27.78</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>2789754780533</t>
+          <t>9789754781878</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Karapençe'nin İntikamı 3. Kitap</t>
+          <t>Yüzellilikler Yahut Milli Mücadelenin Muhasebesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>11.11</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000015692</t>
+          <t>9789754781809</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Yüksek Tansiyon</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>3990000018493</t>
+          <t>3990000013538</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Karapençe Voyvoda'ya Karşı: 4. Kitap</t>
+          <t>Yunus Emre Doğa ve Din Yorumcusu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>11.11</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754780161</t>
+          <t>9789944610216</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Ağlamasın</t>
+          <t>Yeni Aşka Gazel</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>65</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944610155</t>
+          <t>9789754782066</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Susunca</t>
+          <t>Yazmak Doludizgin</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>18.06</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000012951</t>
+          <t>9789754781786</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kente İndi İdris</t>
+          <t>Yarım Yürek Yarım Soluk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>12.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754782059</t>
+          <t>9789754780154</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kendilerine Yalan Söylenen İnsanlara Mektuplar</t>
+          <t>Yalancı Dünya</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>13.43</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>2880000003021</t>
+          <t>9789754781670</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kumsaldaki Ateş</t>
+          <t>Yağmur Yüklü Bulutlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>12</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754781625</t>
+          <t>9789754780321</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kötü Yol</t>
+          <t>Vukuat Var</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>14.81</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754781083</t>
+          <t>3990000011729</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Köprüler Şiirler</t>
+          <t>Vatan Borcu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>8.33</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754781694</t>
+          <t>2789754780908</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Politikacı Eşi Olmak</t>
+          <t>Üvey Ana</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>9.26</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000011578</t>
+          <t>9789754781588</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Özal Döneminde Bölücü Terör "Kürtçülük" (1983-1991)</t>
+          <t>Üç Kağıtçı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>18.52</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754780901</t>
+          <t>9789944610506</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Övünmekte Haklıyız Çünkü Beşiktaşlı’yız</t>
+          <t>Uzak Yakın Mimarlık</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>19.44</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754782417</t>
+          <t>3990000004165</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Suçtur Umutsuzluğa Kapılmak</t>
+          <t>Uyuşturucu Zehirler ve Cinsel Çılgınlıklar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>55</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>2789754780885</t>
+          <t>2789009922725</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Kim?</t>
+          <t>Uluslararası Bankacılık Bunalımı ve Türkiye’de "Serbest" Faiz Politikası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>3.7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754781274</t>
+          <t>9789754781717</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Suçlu</t>
+          <t>Ulusal ve Uluslararası Turizm Gazeteciliği ve Yazarlığı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>18.06</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754781571</t>
+          <t>3990000012383</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özü</t>
+          <t>Ulduz ile Kargalar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944610476</t>
+          <t>9789944610384</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Yalnızlık</t>
+          <t>Uçur Diye Ey Aşk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>30</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944612975</t>
+          <t>9789754780215</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Veda</t>
+          <t>Türklerin Tarihi 5. Kitap</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>110</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944612869</t>
+          <t>9789754780635</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yeni Orta Sınıf - Sinik Stratejiler</t>
+          <t>Türklerin Tarihi 4. Kitap</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>58</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944612890</t>
+          <t>9789754780628</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Eğitim Felsefesi</t>
+          <t>Türklerin Tarihi 3. Kitap</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754781380</t>
+          <t>9789754780994</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sokakların Çocuğu</t>
+          <t>Türklerin Tarihi 2. Kitap</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>16.67</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754781427</t>
+          <t>9789754780208</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sokaklardan Bir Kız</t>
+          <t>Türklerin Tarihi 1. Kitap</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>19.44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944612968</t>
+          <t>9789754780741</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Cumhuriyet ile Kavgası (2010-2020)</t>
+          <t>Türkiye’nin Düzeni 2. Kitap</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>170</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944610537</t>
+          <t>9789754780734</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Yeşil Sahalarda</t>
+          <t>Türkiye’nin Düzeni Dün - Bugün - Yarın</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>65</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944610292</t>
+          <t>3990000010839</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Simgesel Direniş</t>
+          <t>Türkiye’de Siyasal Parti Örgütlenmesi 1908-1960</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>13.43</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944610193</t>
+          <t>9789754780315</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sevgilimsin</t>
+          <t>Türkiye’de Enflasyonla Mücadele</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754780345</t>
+          <t>9789754780986</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sevdikçe... Mutluluğa Çağrı</t>
+          <t>Türkiye Üzerine Tezler 1908-1998 5. Kitap</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>95</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754781663</t>
+          <t>9789754780481</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Serseri Milyoner İki Damla Gözyaşı</t>
+          <t>Türkiye Üzerine Tezler 1908-1998 4. Kitap</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>18.06</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754781960</t>
+          <t>9789754780672</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Savaşan Dünya ve Türkiye: 3 Savaş 1939 - 1945</t>
+          <t>Türkiye Üzerine Tezler 1908-1998 3. Kitap</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>13.89</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754781465</t>
+          <t>9789754782119</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sarhoşlar</t>
+          <t>Türkiye Üzerine Tezler 1908-1998 2. Kitap</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>11.11</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754781359</t>
+          <t>9789754780283</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ustalarıyla ...Bir Gün</t>
+          <t>Türkiye Üzerine Tezler 1908-1998 1. Kitap</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>25</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944610490</t>
+          <t>9789754781892</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatı Yazıları</t>
+          <t>Türkçe Deyimler ve Kelime Gurupları Sözlüğü Ortaokul ve Liseler İçin</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>23.15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789754782196</t>
+          <t>9789754781168</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Tekniği ve Senaryolar</t>
+          <t>Türkçe - Sırpça / Sırpça - Türkçe Sözlük Tursko - Srpskı / Srpsko - Turskı Recnik (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>20</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>3990000012176</t>
+          <t>9789754781779</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Büyük Skandallar Konusunda Meclisin Reyi: Ret</t>
+          <t>Tükenişte Varoluş</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>12.5</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944610285</t>
+          <t>3990000005679</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Renkli Taşların Siyah Gölgesi</t>
+          <t>Turgut’un Serüveni</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>12.5</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>3990000011087</t>
+          <t>3990000011736</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Önümüzdeki Cumhurbaşkanlığı Seçimi Rejim Bunalımına ve Kötü Sonuçlarına Doğru Pupa Yelken Gidiş</t>
+          <t>Tuna Nehri Akmam Diyor</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754782592</t>
+          <t>3990000015057</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Önce Radyo Vardı</t>
+          <t>Toprak Reformu ve Kooperatifleşme</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>14.81</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754782370</t>
+          <t>3990000015700</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Seçme Hikayeler</t>
+          <t>Toplu Şiirler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944610315</t>
+          <t>9789754782004</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ölürsem Beni Seninle Ararlar Şimdi</t>
+          <t>Tersine Dünya</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>9.17</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754782493</t>
+          <t>3990000011163</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ölürsem Beni Seninle Ararlar Şimdi</t>
+          <t>Tek Perdelik Yugoslav Oyunları Terzi Kalfası / Mavi Kuş Nokturno / Soytarılar 1 / Soytarılar 2</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>20.37</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754781649</t>
+          <t>2789754780946</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Kadın</t>
+          <t>Tehlikeli Bir Oyun</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>15.74</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000003917</t>
+          <t>9789754782394</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Oynama Topuzla</t>
+          <t>Tarih Mahkemesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>3990000004593</t>
+          <t>9789754782530</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Orhan Kemal Hayatı / Sanat Anlayışı / Hikayeleri / Romanları / Oyunları / Anıları</t>
+          <t>Şizofren Aşka Mektup</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>13.43</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>2789754780502</t>
+          <t>9789754782288</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Han</t>
+          <t>Şimdiki Zamanın Tarihi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>10.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>3990000013619</t>
+          <t>9789754781141</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Oduncu’nun Çocukları</t>
+          <t>Şeytan Aletleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>3.7</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>3990000015034</t>
+          <t>2789754780892</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Nurhak, Ey Nurhak</t>
+          <t>Şanlı Gezi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>8.33</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754781984</t>
+          <t>2789754780496</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’le 3,5 Yıl</t>
+          <t>Şafak Sökerken Rusya’da Bir Türk Subayı</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944610469</t>
+          <t>3990000005678</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet - Tabu ve Efsane</t>
+          <t>Sor Bakalım!..</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>23.15</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754781007</t>
+          <t>9789754782431</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Müfettişler Müfettişi</t>
+          <t>Son Yüzler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>18.06</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754780826</t>
+          <t>3990000011545</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 4. Kitap Devrim Savaşı</t>
+          <t>Son Uskumru</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>30.56</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754780819</t>
+          <t>9789944611282</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Milli Kurtuluş Tarihi 3. Kitap</t>
+          <t>Şiir Hayatın Neresinde?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>30.56</v>
+        <v>35</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754780017</t>
+          <t>9789944611275</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 2. Kitap</t>
+          <t>Platon'da Varlık ve Yasa</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>30.56</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754780260</t>
+          <t>9789944611268</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 1. Kitap</t>
+          <t>Atamanoğlu Fatih</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>30.56</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754780918</t>
+          <t>9789754782332</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Masonların Dünyası</t>
+          <t>Ulduz ile Konuşan Bebek</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754782028</t>
+          <t>9789944610858</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Makedonca Türkçe Pratik Konuşma Klavuzu</t>
+          <t>Mekan Meselesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>3990000011052</t>
+          <t>9789944610742</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Makedon Hikayeleri Antolojisi</t>
+          <t>Hüseyin İnan Erikler Çiçek Açtığı Zaman - Dede</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>8.33</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>2789754780458</t>
+          <t>2789754780380</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Liseli Bir Kız Sevdim</t>
+          <t>İstinye Suları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754789829</t>
+          <t>3990000007287</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Leylak Kokusu</t>
+          <t>İstiklal Harbimizde Enver Paşa ve İttihat Terakki Erkanı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>10.19</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754781908</t>
+          <t>9789754782158</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kültür İhtilalimiz Bilinmeden Politika Yapılmaz</t>
+          <t>İstanbul’dan İnsan Öyküleri 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754782349</t>
+          <t>9789754780840</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>İsmet İnönü: Din ve Laiklik</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>8.33</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754780550</t>
+          <t>9789944610421</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 5</t>
+          <t>İki Ağıt</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754780697</t>
+          <t>9789754781045</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 4</t>
+          <t>İdam Gecesi Anıları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>70</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>3990000012043</t>
+          <t>9789754782455</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Michael’a Sevgilerimle Yalnız Değilim Artık</t>
+          <t>İçime Gir Ama Sigaranı Söndürme</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>8.33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754780680</t>
+          <t>9789744785992</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 3. Kitap</t>
+          <t>IMF Kıskacında Türkiye</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>50</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754780567</t>
+          <t>3990000011544</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 2. Kitap</t>
+          <t>Heybeliada Tarihi, Coğrafyası, Yaşamı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>50</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754780512</t>
+          <t>3990000011733</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kutsal İsyan 1</t>
+          <t>Herkesten Uzak</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>70</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754780574</t>
+          <t>9789944610346</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kuşlara Taş Atan Çocuk</t>
+          <t>Herkesin Bir Deniz Gezmiş Öyküsü Vardır</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>12</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>3990000004424</t>
+          <t>3990000013260</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kosova Baladı</t>
+          <t>Hayırlı İşler Beyler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>8.33</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944610186</t>
+          <t>9789944610230</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Mektuplar</t>
+          <t>Hayata Uzun Veda</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000011726</t>
+          <t>9789944610001</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kızım ve Ben</t>
+          <t>Hayat Tersten Başlasaydı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754781632</t>
+          <t>9789944610131</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Küpeler</t>
+          <t>Hata Yaptıysam Aramızda Kalsın</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>18.06</v>
+        <v>49</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754782561</t>
+          <t>3990000011727</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılda Bir Gibisin</t>
+          <t>Hasret</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>3990000011096</t>
+          <t>9789754782479</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Keman Çalan Çocuk</t>
+          <t>Haritanın Yırtılan Yeri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>3.7</v>
+        <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754782097</t>
+          <t>9789754780604</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kemal Tahir’e Mapusaneden Mektuplar</t>
+          <t>Hanımın Çiftliği</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>21.3</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000012394</t>
+          <t>2789754780878</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kelepçeli Yazılar</t>
+          <t>Hain Fare</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>13.43</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>2880000017042</t>
+          <t>3990000014136</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Karapençe 1. Kitap</t>
+          <t>Gülme... Gül... Meme Üzerine Gülmece Öyküleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754781410</t>
+          <t>9789754780529</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Topraklar</t>
+          <t>Gurbet Kuşları</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>19.44</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>3990000013821</t>
+          <t>9789754781656</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Toprak 1919-1922</t>
+          <t>Grev</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>12.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>2789754780441</t>
+          <t>9789754780338</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kadınım</t>
+          <t>Gözleri Bağlı Şahin</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3990000011737</t>
+          <t>3990000013531</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>Gönül Bahçemdekiler Bestelerimin Güfteleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754782271</t>
+          <t>3990000006126</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Sözler</t>
+          <t>Gölgedeki Zorbalar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>3.7</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000013039</t>
+          <t>9789754781137</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İşlevi, Gelişimi, Özellikleri ve Sorunlarıyla Türkiye’de Bankacılık</t>
+          <t>Gençlik Sevgidir</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>13.43</v>
+        <v>35</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3990000004506</t>
+          <t>9789754781830</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kuşu Beklerken</t>
+          <t>Gazi ve Latife</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>8.33</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>2789754780557</t>
+          <t>9789754782301</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Karapençe’nin Oğlu 5. Kitap</t>
+          <t>Galiba Haddimi Aştım</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>2880000114871</t>
+          <t>9789754781700</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Karapara</t>
+          <t>Fotokopuk Düşler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>3990000011728</t>
+          <t>3990000013309</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Karapençe Estergonda 2. Kitap</t>
+          <t>Fenerbahçe Cumhuriyeti</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754782608</t>
+          <t>9789754781434</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Daha Var</t>
+          <t>Evlerden Biri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>2789754780250</t>
+          <t>9789944610438</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>12 Mart'a 5 Kala</t>
+          <t>Eşcinselliğin Toplumsal Tarihi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>20</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944610568</t>
+          <t>2789754780922</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesine Kısa Bir Giriş</t>
+          <t>Eski Palto</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944611633</t>
+          <t>9789754780406</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Yıllarda İbrahim Kaypakkaya</t>
+          <t>Ermeni Rahiple Mektuplaşmalar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>310</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944613538</t>
+          <t>3990000003916</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Üreten Biziz Paylaşan Da Biz Olacağız</t>
+          <t>Emek - Savaş ve Nükleer İnsanları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944613521</t>
+          <t>9789754781540</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Her Şeyden Güçlüdür</t>
+          <t>Düşünce Özgürlüğü Çıkmazı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>240</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944613545</t>
+          <t>3990000010873</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ser Verip Sır Vermeyen Bir Yiğit</t>
+          <t>Dünyanın En Haksız Yere Dayak Yiyen Adamı Selahattin Bey Mizah Hikayeleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>310</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944612609</t>
+          <t>9789754781328</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Akademik Metinler Nasıl Yazılır?</t>
+          <t>Dünya Evi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>580</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944612678</t>
+          <t>2789754780595</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Bilinci</t>
+          <t>Duvar Yazarları (Öyküler)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>340</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944613514</t>
+          <t>9789944610254</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Susuyor Şimdi Zaman</t>
+          <t>Dostluk</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>190</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944613491</t>
+          <t>9789754781441</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Su Fırtınası</t>
+          <t>Doruktaki İrtica</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>440</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944613507</t>
+          <t>9789754782233</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Hareketi</t>
+          <t>Doğunun Çağrısı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944613361</t>
+          <t>9789754782134</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mehtap Ar Çocuklara Uzattı Ellerini</t>
+          <t>Din Tacirleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>475</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3990000013365</t>
+          <t>9789754781762</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ölmez Otu</t>
+          <t>Devrim ve Demokrasi Üzerine</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>15.28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944612432</t>
+          <t>9789754781595</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık İçin Adalet Atalet İçin Yapay Zeka</t>
+          <t>Devlet Kuşu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>230</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944612517</t>
+          <t>9789754781946</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Havadan Sudan</t>
+          <t>Devlet Kavgası Atatürk-İnönü / İnönü-Bayar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754782318</t>
+          <t>3990000010389</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı’ndan Seçmeler</t>
+          <t>Demokrasinin Yaralı Yılları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>49</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944613477</t>
+          <t>3990000011724</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İnsan Kalarak</t>
+          <t>Çölde Açan Zambak</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944613460</t>
+          <t>2880000053897</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Başkenti Savunmak</t>
+          <t>Çevik Kuvvetin Gölgesinde Türkiye (1980 - 1984)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>400</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944613484</t>
+          <t>9789754781021</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Düzeni</t>
+          <t>Çamaşırcının Kızı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>1240</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944612104</t>
+          <t>3990000004429</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Açlar</t>
+          <t>Çağdaş Devlet Adamı İsmet İnönü</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>600</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944610049</t>
+          <t>9789754781816</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ateş Yılları</t>
+          <t>Cumhuriyet Aydınlanmasında Öncü Kadınlarımız</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>540</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944612135</t>
+          <t>3990000007299</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Musa</t>
+          <t>Cevizli Bahçe</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944610087</t>
+          <t>2789754780915</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Büyük Uçuş</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>320</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944613118</t>
+          <t>9789754782080</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Maria Suphi</t>
+          <t>Bütün Oyunları 2</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>440</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944613354</t>
+          <t>3990000014749</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı Yürüyen Adam Kamer Genç</t>
+          <t>Bütün Oyunları 1 Sarı Naciye (Oyun 3 Bölüm) İsyancılar (Oyun 3 Perde)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>270</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944610209</t>
+          <t>9789754782073</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarımdan Öğrendiğim Bir Şey Var</t>
+          <t>Bütün Oyunlar 1</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>320</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944610223</t>
+          <t>2789754780939</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Aşk İki Kişiliktir</t>
+          <t>Demet</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>240</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944611725</t>
+          <t>9789754782363</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğa Layık Olmak</t>
+          <t>Deli Dumrul</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>210</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944613453</t>
+          <t>3990000013313</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mürideler</t>
+          <t>Davalarım</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>330</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789944613446</t>
+          <t>9789754781304</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşların Temel Hakkı Olarak Anayasal Bilgilenme ve Kamuoyu</t>
+          <t>Bürokratlar Nereye Koşuyor? Mülkiye’li, Ziraat Bankalı ve de Spor Yöneticisi Bir Bürokratın Anıları, Gözlemleri...</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>190</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944613378</t>
+          <t>3990000007333</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Menzil’in Kasası</t>
+          <t>Bunalım ve Çıkış</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>190</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944613439</t>
+          <t>9789754782356</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bahis Çukuru</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754782240</t>
+          <t>3990000013739</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>AKP Değişiyor mu</t>
+          <t>Bir Sürgün Ana</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>220</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944612883</t>
+          <t>3990000010589</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sacco ve Vanzetti</t>
+          <t>Bir İşçinin Günlüğünden</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>110</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944613415</t>
+          <t>9789944610179</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Almanya'daki Türkiye</t>
+          <t>Bir Gün Mutlaka</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1250</v>
+        <v>68</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944613408</t>
+          <t>3990000011732</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Borç Sarmalı - Dış Borcun Ekonomi Politiği</t>
+          <t>Dağ Başını Duman Almış</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>340</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944613392</t>
+          <t>9789754780444</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Belediyeler</t>
+          <t>Bir Filiz Vardı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>290</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944613323</t>
+          <t>3990000005677</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yer Çekiminden Çok Şey Kaybettik</t>
+          <t>Bir Dönemin Yazıları 1988-1989</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944613385</t>
+          <t>9789754781755</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gurban Kızıl Ordu’dan Silivri’ye</t>
+          <t>Beş Kapı Beş Kilit Anılar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>270</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944613330</t>
+          <t>3990000014014</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kopukluk</t>
+          <t>Berdel</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944613347</t>
+          <t>3990000005175</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Var</t>
+          <t>Belgelerle Dalan’dan Sözen’e Bir Soygunun Öyküsü ve Katledilen Çevre (İSKİ Dosyası)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>170</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944613316</t>
+          <t>9789754781748</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Eski ve Yeni Liriklerden</t>
+          <t>Barış Savaşçıları Anılar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>130</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944613309</t>
+          <t>9789754782387</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kızılay Holding</t>
+          <t>Baraka</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>240</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944613286</t>
+          <t>9789754782509</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yeldeğirmeni Süiti</t>
+          <t>Bana Türkçe Bir Ekmek Ver</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>140</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944613293</t>
+          <t>9789754780185</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Altında Kısa Gölgeler</t>
+          <t>Aydın Üzerine Tezler 1830-1980 5. Kitap</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944613279</t>
+          <t>9789754780802</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Dünya</t>
+          <t>Aydın Üzerine Tezler 1830-1980 4. Kitap</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944613255</t>
+          <t>9789754789249</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>2000'li Yıllarda Devlet ve Maliye</t>
+          <t>Aydın Üzerine Tezler 1830-1980 3. Kitap</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>320</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944613248</t>
+          <t>9789754782201</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Haklar</t>
+          <t>Aydın Üzerine Tezler 1830-1980 2. Kitap</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>330</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944613262</t>
+          <t>9789754780796</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hakça Paylaşmak İçin Toplumsal Adalet</t>
+          <t>Aydın Üzerine Tezler 1830-1980</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>590</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944613231</t>
+          <t>9789754781885</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Gökyüzünün Altında</t>
+          <t>Atatürk’ün Fikir Sofrası</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>160</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944613200</t>
+          <t>9789754781823</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çöp</t>
+          <t>Atatürk’ün Avrasya Devleti</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>310</v>
+        <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944613194</t>
+          <t>3990000012392</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Milletin Cebinden</t>
+          <t>Çürütmeler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>300</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944613019</t>
+          <t>9789754781847</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kıvrımlarda Şölen</t>
+          <t>Atatürk Konuşuyor</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944613224</t>
+          <t>9789754781854</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Devlet Öldürürse</t>
+          <t>Atatürk Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>260</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944613217</t>
+          <t>9789754781489</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>TBMM Yüzüncü Yıl Armağanı</t>
+          <t>Arkadaş Islıkları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1100</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944613156</t>
+          <t>3990000007301</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Suçlusunuz</t>
+          <t>Antigone (Oyun İki Bölüm)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944613187</t>
+          <t>9789754782554</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Cezaevi Güncesi - Hapishanede Bir Sabah Türküsü</t>
+          <t>Ancak Bir Benzerim Öldürebilir Beni</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>240</v>
+        <v>21</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944613170</t>
+          <t>3990000007302</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Darağacına Mektuplar</t>
+          <t>Anafartalar’ın Beş Günü 6-10 Ağustos, 1915 Senaryo Atatürk’le İlgili İlk Türk Senaryosu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>410</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944613163</t>
+          <t>9789754782400</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sonrası Dünya ve Türkiye Ekonomisi</t>
+          <t>Almanların Türk Korkusu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944613132</t>
+          <t>9789944610100</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Güncel Sosyolojik Tartışmalar</t>
+          <t>Açıkla Bana Bu Işığı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>460</v>
+        <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944613149</t>
+          <t>2789754780618</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yüzyıla Çağrı - Kılıçdaroğlu Doktrini</t>
+          <t>Aç Ayı Oynamaz</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>440</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944613125</t>
+          <t>3990000014533</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>El Alem</t>
+          <t>Acılı Günler 1960</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944613088</t>
+          <t>9789944610148</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Köprülere Şiirler</t>
+          <t>Acılara Yenilmeyen Gülümseyişler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789944613040</t>
+          <t>3990000005976</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Düşüncenin Tutsaklığı 2</t>
+          <t>24 Ocak Yargılanıyor (İcraatın Dışından) 24 Ocağın Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>490</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944613064</t>
+          <t>3990000013883</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Çevre Hakkı</t>
+          <t>12 Mart’a Beş Kala</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>310</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789944613071</t>
+          <t>3990000012458</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İstisna Mekan</t>
+          <t>1.M.C.</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>360</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944613057</t>
+          <t>9789754780031</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bir Akşam Tiyatrosu</t>
+          <t>... Önce Sevgi Vardı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944613095</t>
+          <t>9789944610667</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sandık Oyunları</t>
+          <t>Yılmaz Güney</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944612944</t>
+          <t>9789944612456</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Barbarların Baharı</t>
+          <t>İlhan'ın Paltosu Kanlı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789944613002</t>
+          <t>3990000011547</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Lozan</t>
+          <t>Heybeli’de Yaz Sonu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>120</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789944613033</t>
+          <t>3990000012390</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğreniyorum - Dil Eğitimine Başlangıç</t>
+          <t>Geçen Yılları Düşündükçe Anılar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944612937</t>
+          <t>3990000013364</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kızıldan Yeşile</t>
+          <t>Demirciler Çarşısı Cinayeti</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>390</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789944613026</t>
+          <t>9789944612005</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>Rejim ve Devrim</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944612982</t>
+          <t>9789944612180</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Demokrasi</t>
+          <t>Ne Çok Hain</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789944612999</t>
+          <t>9789944612197</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Suphi ve Yoldaşlarını Kim Öldürdü?</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>310</v>
+        <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944612838</t>
+          <t>9789944612081</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Politik Felsefe Nedir?</t>
+          <t>Kulluğa Yoktur Rızamız Alevilik</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>290</v>
+        <v>40</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944612951</t>
+          <t>9789944612098</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Düşüncenin Tutsaklığı 1</t>
+          <t>Anlayarak Hızlı Okuma ve Öğrenme</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944612906</t>
+          <t>9789944611992</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Masal Değildir</t>
+          <t>Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>310</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789944612920</t>
+          <t>9789944611916</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Değişiyor Zaman</t>
+          <t>Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944612913</t>
+          <t>9789944611909</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Savcı Doğan Öz’ü Vurdular</t>
+          <t>Dilin Dört Atlısı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>320</v>
+        <v>25</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944612586</t>
+          <t>9789944611879</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Soğuk Savaş Düzeni</t>
+          <t>Cumhuriyet'in Üç Fedaisi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>410</v>
+        <v>56</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944612852</t>
+          <t>9789944611947</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide Yeni Arayışlar</t>
+          <t>Saray Rejimi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>310</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789944612876</t>
+          <t>9789944612425</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Özgür ve Adil Bir Türkiye İçin Yürüyüş</t>
+          <t>Bıçak Sırtında</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>480</v>
+        <v>130</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944612845</t>
+          <t>9789944612319</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Yaşamında Hüsamettin Cindoruk</t>
+          <t>Çocuklar ve Anayasa</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>530</v>
+        <v>95</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789944612821</t>
+          <t>9789944611817</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>AKP’nin Veda Senfonisi</t>
+          <t>Cumhuriyet Senin İçin</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944612807</t>
+          <t>9789944611831</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kül Sesleri</t>
+          <t>Ali Şeriati</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>170</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944612814</t>
+          <t>9789944611749</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İslamın Kozmik Odası</t>
+          <t>Ortaokullar İçin Hızlı Okuma</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944612791</t>
+          <t>9789944611626</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Deprem Affetmez</t>
+          <t>Aziz Nesin’li Anılar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789944612715</t>
+          <t>9789944611770</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Sola: Güney Amerika Hatıra Defteri</t>
+          <t>Soytariçe</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>190</v>
+        <v>35</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944612746</t>
+          <t>9789944611763</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Acımasızca Alman: Hitler Diktatörlüğünde Failler ve Kurbanlar</t>
+          <t>Soytariçe (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789944612784</t>
+          <t>9789944611442</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Estetiği</t>
+          <t>Hüsn ü Aşk</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>190</v>
+        <v>25</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944612111</t>
+          <t>9789944611343</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yoldaş Corbyn</t>
+          <t>Dostlarla Mektuplaşmalar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>390</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944612753</t>
+          <t>9789944611671</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığa Karşı Suçların Kuramı</t>
+          <t>Ali’nin Ailesi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789944612708</t>
+          <t>9789944611220</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kapital’in Mantığı</t>
+          <t>Varidat</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789944612739</t>
+          <t>9789944611084</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Parti Örgütlenmesi</t>
+          <t>Marksizm ve Kadın</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>130</v>
+        <v>35</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789944612760</t>
+          <t>9789944611121</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhalelerinde Olağan İşler</t>
+          <t>Çevre İnsan Devlet</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>600</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789944612722</t>
+          <t>9789944611145</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Suriye Kapanı</t>
+          <t>Bir Ülke Geleceğini Arıyor</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>330</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944612623</t>
+          <t>9789944611480</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ali Suavi</t>
+          <t>Kokoschka'nın Kuklası</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944612692</t>
+          <t>9789944611404</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm Yerelleşme ve Türkiye</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>370</v>
+        <v>90</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789944612685</t>
+          <t>9789944611466</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu</t>
+          <t>İmam Hatip Saltanatı ve İmamokrasi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>290</v>
+        <v>58</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944612654</t>
+          <t>9789944611428</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Gelişmekte Olan Demokrasilerde Siyasi Partiler ve Parti Stratejileri</t>
+          <t>4. ve 5. Sınıflar İçin Hızlı Okuma</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>260</v>
+        <v>35</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789944612661</t>
+          <t>9789944611336</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kökler</t>
+          <t>Hukuku Sinemada Görmek</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944612630</t>
+          <t>9789944611251</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sivil Darbe</t>
+          <t>Muhammed İkbal</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>390</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944612647</t>
+          <t>9789944611077</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Anayasasızlaştırma ve Demokrasi Umudu</t>
+          <t>H.L.A Hart ve Hukuk - Ahlak Ayrımı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>310</v>
+        <v>68</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944612616</t>
+          <t>9789944613668</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Okuma Kültürü</t>
+          <t>AKP Dönemi İBB Yolsuzlukları Sorulmalı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944612531</t>
+          <t>9789944613637</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Şehir</t>
+          <t>Tahtakuruları ve Kargalar Meclisi</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789944612579</t>
+          <t>9789944613552</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün İzinde Türkiye Dünyayı Değiştirecektir</t>
+          <t>Faili Malum Rejim</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789944612562</t>
+          <t>9789944613620</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Uçurumlardan Geçerek Gelirim Sana</t>
+          <t>Yap İşlet Devret Projeleri’ne Devletin Cebinden Büyük Simbiyoz</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789944612548</t>
+          <t>9789944613613</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ortak Akılsızlık Halleri</t>
+          <t>Yeni Nesil Çeteler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789944612555</t>
+          <t>9789944613590</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hamdüsena Sokağı Kadınları</t>
+          <t>Zincirli Hürriyet</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944612494</t>
+          <t>9789944613569</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Aydınlanma</t>
+          <t>Öteki Koçgiri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789944612371</t>
+          <t>9789944613583</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İmparatorlar Mezarlığı</t>
+          <t>Kusurlu Demokrasiden Planlı Otokrasiye</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944612524</t>
+          <t>9789944613606</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Aydınlanma ve Sanat</t>
+          <t>Hayatımız Güzeldir</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>460</v>
+        <v>650</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944612500</t>
+          <t>9789944611107</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Fethullah'a Selam Kumpasa Devam</t>
+          <t>Çanakkale İçinde</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>290</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944612487</t>
+          <t>9789944611060</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Cihat Kıskacında Kadınlar</t>
+          <t>Bir Başka Kandil</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789944612463</t>
+          <t>9789944611190</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Suikastçı: Hitler'i Öldürmek İsteyen Adam - Georg Elser</t>
+          <t>3. Sınıflar İçin Hızlı Okuma</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>190</v>
+        <v>55</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944612449</t>
+          <t>9789944611176</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi Dersi</t>
+          <t>Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>210</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789944612470</t>
+          <t>9789944610803</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gerçekliğimin Suretinde Düşler, Düşünceler</t>
+          <t>Kimliğim: İnsan</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>320</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789944612418</t>
+          <t>2789754780533</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Başyücelik Devleti</t>
+          <t>Karapençe'nin İntikamı 3. Kitap</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>310</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944612364</t>
+          <t>3990000015692</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Afet Affetmez</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>320</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789944612395</t>
+          <t>3990000018493</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kahrolsun İstibdat Yaşasın Hürriyet</t>
+          <t>Karapençe Voyvoda'ya Karşı: 4. Kitap</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>460</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944612401</t>
+          <t>9789754780161</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Devlet Geleneğinde Son Eşik</t>
+          <t>Çocuklar Ağlamasın</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>290</v>
+        <v>65</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789944612388</t>
+          <t>9789944610155</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yargı Sürecinin Doğası</t>
+          <t>Çiçekler Susunca</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>190</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789944612357</t>
+          <t>3990000012951</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İçi Boşaltılan Cumhuriyet ve Laiklik</t>
+          <t>Kente İndi İdris</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>480</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789944612333</t>
+          <t>9789754782059</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Doğu’dan Batı’ya Aydınlanma</t>
+          <t>Kendilerine Yalan Söylenen İnsanlara Mektuplar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>210</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789944612340</t>
+          <t>2880000003021</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Aydınlanma ve Atatürk Devrimleri</t>
+          <t>Kumsaldaki Ateş</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>360</v>
+        <v>12</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944612326</t>
+          <t>9789754781625</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>AKP’li Yıllarda Türkiye’nin Düzeni</t>
+          <t>Kötü Yol</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>230</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789944612302</t>
+          <t>9789754781083</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ataol Behramoğlu ile Aydınlığa Yolculuklar</t>
+          <t>Köprüler Şiirler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>180</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944612296</t>
+          <t>9789754781694</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Elli Yaşa Buruk Günce 2016 - 2017</t>
+          <t>Politikacı Eşi Olmak</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789944612289</t>
+          <t>3990000011578</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Seçim Sistemleri</t>
+          <t>Özal Döneminde Bölücü Terör "Kürtçülük" (1983-1991)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944612272</t>
+          <t>9789754780901</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun</t>
+          <t>Övünmekte Haklıyız Çünkü Beşiktaşlı’yız</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>190</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944612265</t>
+          <t>9789754782417</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ne Kavgam Bitti Ne Sevdam</t>
+          <t>Suçtur Umutsuzluğa Kapılmak</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>410</v>
+        <v>55</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789944612258</t>
+          <t>2789754780885</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yeni Paradigmanın Eşiğinde Bediüzzaman Efsanesi ve Said Nursi Gerçeği</t>
+          <t>Suçlu Kim?</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>460</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789944612234</t>
+          <t>9789754781274</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Aşk Romanlarının Terbiyeli Yazarı</t>
+          <t>Suçlu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>140</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789944612241</t>
+          <t>9789754781571</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Ruhlar</t>
+          <t>Sözün Özü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789944612210</t>
+          <t>9789944610476</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ters(ine) Yazılar</t>
+          <t>Zorunlu Yalnızlık</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>310</v>
+        <v>30</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789944612227</t>
+          <t>9789944612975</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Gece</t>
+          <t>Bitmeyen Veda</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789944612166</t>
+          <t>9789944612869</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Beş Gün Beş Gece</t>
+          <t>Yeni Orta Sınıf - Sinik Stratejiler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>140</v>
+        <v>58</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789944612173</t>
+          <t>9789944612890</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Jack Engle'ın İbretlik Hayat Hikayesi</t>
+          <t>Aydınlanma Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789944612142</t>
+          <t>9789754781380</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bize Sağanak Aşk Lazım</t>
+          <t>Sokakların Çocuğu</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>140</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789944612159</t>
+          <t>9789754781427</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Biriciktir Aşk</t>
+          <t>Sokaklardan Bir Kız</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>180</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944611930</t>
+          <t>9789944612968</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İslami Pratiklere Etnografik Yaklaşımlar</t>
+          <t>Siyasal İslamın Cumhuriyet ile Kavgası (2010-2020)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789944612128</t>
+          <t>9789944610537</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Açlık</t>
+          <t>Sokrates Yeşil Sahalarda</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789944612050</t>
+          <t>9789944610292</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kira Kuşları</t>
+          <t>Simgesel Direniş</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>120</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789944611886</t>
+          <t>9789944610193</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Tarikatı</t>
+          <t>Sevgilimsin</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>290</v>
+        <v>17</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789944612067</t>
+          <t>9789754780345</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Haksızlıklar Ülkesinde Sosyal Demokrasi</t>
+          <t>Sevdikçe... Mutluluğa Çağrı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>290</v>
+        <v>95</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789944611893</t>
+          <t>9789754781663</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Serseri Milyoner İki Damla Gözyaşı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789944612074</t>
+          <t>9789754781960</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Anayasası</t>
+          <t>Savaşan Dünya ve Türkiye: 3 Savaş 1939 - 1945</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944612029</t>
+          <t>9789754781465</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Eşiktekiler</t>
+          <t>Sarhoşlar</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>360</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944612043</t>
+          <t>9789754781359</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dünyayla Söyleşen Şair Ataol Behramoğlu</t>
+          <t>Sanat Ustalarıyla ...Bir Gün</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>330</v>
+        <v>25</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944612036</t>
+          <t>9789944610490</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Karaço - Yolların Bittiği Yer</t>
+          <t>Rus Edebiyatı Yazıları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>310</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789944612012</t>
+          <t>9789754782196</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Erken Uyarı</t>
+          <t>Senaryo Tekniği ve Senaryolar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>440</v>
+        <v>20</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789944611978</t>
+          <t>3990000012176</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Kamusal Alan ve Hukuk</t>
+          <t>Büyük Skandallar Konusunda Meclisin Reyi: Ret</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>290</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789944611961</t>
+          <t>9789944610285</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kent Sorunu</t>
+          <t>Renkli Taşların Siyah Gölgesi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>190</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944611923</t>
+          <t>3990000011087</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Modern Toplum ve Hukuk Devleti</t>
+          <t>Önümüzdeki Cumhurbaşkanlığı Seçimi Rejim Bunalımına ve Kötü Sonuçlarına Doğru Pupa Yelken Gidiş</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>480</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789944611954</t>
+          <t>9789754782592</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Şam Kapıları</t>
+          <t>Önce Radyo Vardı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>310</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789944611794</t>
+          <t>9789754782370</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bizim Çocuklar (Ciltli)</t>
+          <t>Ömer Seyfettin - Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>550</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789944611862</t>
+          <t>9789944610315</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tekmili Birden IŞİD</t>
+          <t>Ölürsem Beni Seninle Ararlar Şimdi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>410</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789944611855</t>
+          <t>9789754782493</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Şanlı Ordudan Zanlı Orduya</t>
+          <t>Ölürsem Beni Seninle Ararlar Şimdi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>290</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789944611848</t>
+          <t>9789754781649</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Dört İsmail Bir Leyla</t>
+          <t>Oyuncu Kadın</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>190</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789944611800</t>
+          <t>3990000003917</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yön Arayışı</t>
+          <t>Oynama Topuzla</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>210</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789944611824</t>
+          <t>3990000004593</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırıyorum Öyleyse Varız</t>
+          <t>Orhan Kemal Hayatı / Sanat Anlayışı / Hikayeleri / Romanları / Oyunları / Anıları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>180</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789944611787</t>
+          <t>2789754780502</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Ahlakı</t>
+          <t>Oğuz Han</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>330</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944611732</t>
+          <t>3990000013619</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Cemaat’in İlk Darbesi</t>
+          <t>Oduncu’nun Çocukları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>340</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789944611756</t>
+          <t>3990000015034</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Özlem ve Yaz</t>
+          <t>Nurhak, Ey Nurhak</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944611695</t>
+          <t>9789754781984</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Şafakta Açan Çiçekler</t>
+          <t>Nazım Hikmet’le 3,5 Yıl</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>190</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944611718</t>
+          <t>9789944610469</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Laiklik Savunulmalıdır</t>
+          <t>Nazım Hikmet - Tabu ve Efsane</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>190</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789944611701</t>
+          <t>9789754781007</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Aslolan</t>
+          <t>Müfettişler Müfettişi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>190</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944611688</t>
+          <t>9789754780826</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar Arasında</t>
+          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 4. Kitap Devrim Savaşı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>225</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944611664</t>
+          <t>9789754780819</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İsyanın ve Umudun Dip Dalgası</t>
+          <t>Milli Kurtuluş Tarihi 3. Kitap</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>340</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789944611657</t>
+          <t>9789754780017</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Din İman Masa Kasa</t>
+          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 2. Kitap</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>280</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789944611640</t>
+          <t>9789754780260</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sayısız</t>
+          <t>Milli Kurtuluş Tarihi 1838’den 1995’e 1. Kitap</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>240</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789944611619</t>
+          <t>9789754780918</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Belki Esirger Aşkı</t>
+          <t>Masonların Dünyası</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789944611602</t>
+          <t>9789754782028</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Tutunmak</t>
+          <t>Makedonca Türkçe Pratik Konuşma Klavuzu</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>190</v>
+        <v>20</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944611596</t>
+          <t>3990000011052</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Bir Cilvesi</t>
+          <t>Makedon Hikayeleri Antolojisi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>230</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789944611565</t>
+          <t>2789754780458</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Peder Bey'in Yargısı</t>
+          <t>Liseli Bir Kız Sevdim</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>240</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944611572</t>
+          <t>9789754789829</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Çağda Ortodoks Hristiyanlar ve İslamiyet</t>
+          <t>Leylak Kokusu</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>310</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944611558</t>
+          <t>9789754781908</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Marksizmde Ahlak Tartışmaları</t>
+          <t>Kültür İhtilalimiz Bilinmeden Politika Yapılmaz</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789944611541</t>
+          <t>9789754782349</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bayram Dağı</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789944611589</t>
+          <t>9789754780550</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Şehirler Düşerken</t>
+          <t>Kutsal İsyan 5</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789944611527</t>
+          <t>9789754780697</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sayyadane Bir Cevelan</t>
+          <t>Kutsal İsyan 4</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944611503</t>
+          <t>3990000012043</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Boşbeleş Çalış-ma</t>
+          <t>Michael’a Sevgilerimle Yalnız Değilim Artık</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789944611510</t>
+          <t>9789754780680</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Buluşmalar</t>
+          <t>Kutsal İsyan 3. Kitap</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>190</v>
+        <v>50</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789944611473</t>
+          <t>9789754780567</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>O Gece</t>
+          <t>Kutsal İsyan 2. Kitap</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>380</v>
+        <v>50</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789944611435</t>
+          <t>9789754780512</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İbrahim'in Ailesi</t>
+          <t>Kutsal İsyan 1</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>340</v>
+        <v>70</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789944611497</t>
+          <t>9789754780574</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>24 Saat</t>
+          <t>Kuşlara Taş Atan Çocuk</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789944611350</t>
+          <t>3990000004424</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Fena Çocuklar Zamanı</t>
+          <t>Kosova Baladı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>190</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944611367</t>
+          <t>9789944610186</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Zaten Herkes Bir Denizdir Doğuştan</t>
+          <t>Kızıma Mektuplar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944611329</t>
+          <t>3990000011726</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dağlarca İçin 94 Cümle</t>
+          <t>Kızım ve Ben</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>190</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944611459</t>
+          <t>9789754781632</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Musullu Süleyman</t>
+          <t>Kırmızı Küpeler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>220</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789944611374</t>
+          <t>9789754782561</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Saraysız Başkan Jose Mujica</t>
+          <t>Kırk Yılda Bir Gibisin</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789944611244</t>
+          <t>3990000011096</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşma Siyaseti</t>
+          <t>Keman Çalan Çocuk</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>290</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789944611312</t>
+          <t>9789754782097</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Eğer</t>
+          <t>Kemal Tahir’e Mapusaneden Mektuplar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>310</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944611398</t>
+          <t>3990000012394</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Çıkış - Ansiklopedi 2</t>
+          <t>Kelepçeli Yazılar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>380</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789944611411</t>
+          <t>2880000017042</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ormanında</t>
+          <t>Karapençe 1. Kitap</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>130</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944611299</t>
+          <t>9789754781410</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin Menakıbnamesi</t>
+          <t>Kanlı Topraklar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>260</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789944611305</t>
+          <t>3990000013821</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Sırat Köprüsü Açılım Masalı</t>
+          <t>Kanayan Toprak 1919-1922</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>190</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944611206</t>
+          <t>2789754780441</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Son Göç</t>
+          <t>Kadınım</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>340</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944611213</t>
+          <t>3990000011737</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>180</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944611237</t>
+          <t>9789754782271</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>AKP’nin Suriye Yenilgisi ve Esad</t>
+          <t>İz Bırakan Sözler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>280</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789944611183</t>
+          <t>3990000013039</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>AKP Siyasal İslam ve Restorasyon</t>
+          <t>İşlevi, Gelişimi, Özellikleri ve Sorunlarıyla Türkiye’de Bankacılık</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>140</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789944611169</t>
+          <t>3990000004506</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Akıncılar ve Ak-Gençlik’ten AKP’ye</t>
+          <t>Kuşu Beklerken</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>325</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944611138</t>
+          <t>2789754780557</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yaratılmanın Coşkusuyla</t>
+          <t>Karapençe’nin Oğlu 5. Kitap</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>320</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789944611152</t>
+          <t>2880000114871</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Cemaat’in İflası</t>
+          <t>Karapara</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>330</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944611114</t>
+          <t>3990000011728</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Suda Kalan</t>
+          <t>Karapençe Estergonda 2. Kitap</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789944611091</t>
+          <t>9789754782608</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Vaat Edilmiş Topraklarım</t>
+          <t>Bir Yol Daha Var</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>460</v>
+        <v>9</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789754781601</t>
+          <t>2789754780250</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçeği Kokar Gözlerin</t>
+          <t>12 Mart'a 5 Kala</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789944611053</t>
+          <t>9789944610568</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Gök ve Yer Arasında</t>
+          <t>Hukuk Felsefesine Kısa Bir Giriş</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789944610575</t>
+          <t>9789944611633</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Çin'den?</t>
+          <t>Fırtınalı Yıllarda İbrahim Kaypakkaya</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789944610995</t>
+          <t>9789944613538</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Cami Yalanları</t>
+          <t>Üreten Biziz Paylaşan Da Biz Olacağız</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789944611022</t>
+          <t>9789944613521</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da İşgal Hareketleri</t>
+          <t>Gerçek Her Şeyden Güçlüdür</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789754780093</t>
+          <t>9789944613545</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Barış Cilt: 4</t>
+          <t>Ser Verip Sır Vermeyen Bir Yiğit</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>550</v>
+        <v>310</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789754780086</t>
+          <t>9789944612609</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Barış Cilt: 3</t>
+          <t>Akademik Metinler Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>550</v>
+        <v>580</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789754780062</t>
+          <t>9789944612678</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Barış Cilt: 1</t>
+          <t>Çeviri Bilinci</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789754782424</t>
+          <t>9789944613514</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Saçlarının Kardeş Kokusu</t>
+          <t>Susuyor Şimdi Zaman</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944610513</t>
+          <t>9789944613491</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında Puşkin Gerçekçiliği</t>
+          <t>Su Fırtınası</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789754781861</t>
+          <t>9789944613507</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İskambil Evler</t>
+          <t>Aydınlık Hareketi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789944610117</t>
+          <t>9789944613361</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İlticacı İzine Gitmek İsterse</t>
+          <t>Mehtap Ar Çocuklara Uzattı Ellerini</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944610056</t>
+          <t>3990000013365</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Musa’nın Gecekondusu</t>
+          <t>Ölmez Otu</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>260</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789944610919</t>
+          <t>9789944612432</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yapıbozumsal Adalet</t>
+          <t>İnsanlık İçin Adalet Atalet İçin Yapay Zeka</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944610902</t>
+          <t>9789944612517</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kimlik</t>
+          <t>Havadan Sudan</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789944610872</t>
+          <t>9789754782318</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>5280</t>
+          <t>Yunus Emre Divanı’ndan Seçmeler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>150</v>
+        <v>49</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944610841</t>
+          <t>9789944613477</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz</t>
+          <t>Yaşamak İnsan Kalarak</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944610865</t>
+          <t>9789944613460</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yargıda Kumpasın Köşe Taşları AKP ve Cemaat</t>
+          <t>Başkenti Savunmak</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789944610834</t>
+          <t>9789944613484</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Özgürlükçü İslam</t>
+          <t>Türkiye'nin Düzeni</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>240</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944610780</t>
+          <t>9789944612104</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Alpay Kabacalı Kitabı</t>
+          <t>Savaş ve Açlar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944611381</t>
+          <t>9789944610049</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Tenkit</t>
+          <t>Ateş Yılları</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>390</v>
+        <v>540</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944610827</t>
+          <t>9789944612135</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Dillerine Kurban</t>
+          <t>Öksüz Musa</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789944610810</t>
+          <t>9789944610087</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Anabasis</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944610636</t>
+          <t>9789944613118</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Aşka Bahar Yetmez</t>
+          <t>Maria Suphi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789944610629</t>
+          <t>9789944613354</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Aşk İzleri</t>
+          <t>Rüzgara Karşı Yürüyen Adam Kamer Genç</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944610797</t>
+          <t>9789944610209</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Johan Thoms’un Felaketlerle Dolu Muhteşem Hikayesi</t>
+          <t>Yaşadıklarımdan Öğrendiğim Bir Şey Var</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789944610650</t>
+          <t>9789944610223</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sevgiden Ötesi Cehennem</t>
+          <t>Aşk İki Kişiliktir</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789944610759</t>
+          <t>9789944611725</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Üç Artı Sonsuz</t>
+          <t>Bir Çocuğa Layık Olmak</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789944610957</t>
+          <t>9789944613453</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sünepe</t>
+          <t>Mürideler</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789944610964</t>
+          <t>9789944613446</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Git</t>
+          <t>Yurttaşların Temel Hakkı Olarak Anayasal Bilgilenme ve Kamuoyu</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944610988</t>
+          <t>9789944613378</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Gece Islıkları</t>
+          <t>Menzil’in Kasası</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789944610971</t>
+          <t>9789944613439</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Acı Yeşil</t>
+          <t>Bahis Çukuru</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944610940</t>
+          <t>9789754782240</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin AB Üyeliği için Umut Var mı?</t>
+          <t>AKP Değişiyor mu</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789944610735</t>
+          <t>9789944612883</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İpteki Kareler</t>
+          <t>Sacco ve Vanzetti</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789944610773</t>
+          <t>9789944613415</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>CHP ve AKP Ekseninde Türkiye'nin Siyaseti</t>
+          <t>Almanya'daki Türkiye</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>180</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789944610766</t>
+          <t>9789944613408</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Babil'in Çalınmış Kuyuları</t>
+          <t>Borç Sarmalı - Dış Borcun Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789944611534</t>
+          <t>9789944613392</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yargı ve İktidar Oyunları</t>
+          <t>Göç ve Belediyeler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944610704</t>
+          <t>9789944613323</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Onları Tanıdım</t>
+          <t>Yer Çekiminden Çok Şey Kaybettik</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789944610711</t>
+          <t>9789944613385</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Polisi 1</t>
+          <t>Gurban Kızıl Ordu’dan Silivri’ye</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944610698</t>
+          <t>9789944613330</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Felsesine Katkı : Radbruch Formülü</t>
+          <t>Kopukluk</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789944610643</t>
+          <t>9789944613347</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Başım Kirazlı</t>
+          <t>Bir Yol Var</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789944610674</t>
+          <t>9789944613316</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bir Adam Resmetmek</t>
+          <t>Eski ve Yeni Liriklerden</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789944610681</t>
+          <t>9789944613309</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Duvar</t>
+          <t>Kızılay Holding</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789944610599</t>
+          <t>9789944613286</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Bir Senfonidir Yaşamak</t>
+          <t>Yeldeğirmeni Süiti</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789754782172</t>
+          <t>9789944613293</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hanzade Sürgünde Bir Şehzadenin Günlüğü</t>
+          <t>Ay Işığı Altında Kısa Gölgeler</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789944610605</t>
+          <t>9789944613279</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ömrün Issız Günleri</t>
+          <t>Senin Adın Dünya</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789944610582</t>
+          <t>9789944613255</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Aşkların Gizli Defteri</t>
+          <t>2000'li Yıllarda Devlet ve Maliye</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789944610612</t>
+          <t>9789944613248</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yargı Yoktur</t>
+          <t>Sosyal Haklar</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789944610544</t>
+          <t>9789944613262</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Pervaneyle Yaren</t>
+          <t>Hakça Paylaşmak İçin Toplumsal Adalet</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>170</v>
+        <v>590</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789754782257</t>
+          <t>9789944613231</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum Bana Kalsın</t>
+          <t>Başka Bir Gökyüzünün Altında</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944610551</t>
+          <t>9789944613200</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ormanları Arasından (Ciltli)</t>
+          <t>Çöp</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789754782462</t>
+          <t>9789944613194</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Zarfını Ben Açardım Sana Yazdığım Mektupların</t>
+          <t>Milletin Cebinden</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789754782578</t>
+          <t>9789944613019</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yok Karşılığı Yüzünün</t>
+          <t>Kıvrımlarda Şölen</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789754782448</t>
+          <t>9789944613224</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yine Seninle Geldi Hayat</t>
+          <t>Devlet Öldürürse</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789754781618</t>
+          <t>9789944613217</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Nehri</t>
+          <t>TBMM Yüzüncü Yıl Armağanı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>130</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789944610483</t>
+          <t>9789944613156</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Cumhuriyeti</t>
+          <t>Suçlusunuz</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789754781281</t>
+          <t>9789944613187</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Rusça Pratik Konuşma Kılavuzu ve Sözlük</t>
+          <t>Cezaevi Güncesi - Hapishanede Bir Sabah Türküsü</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789754782165</t>
+          <t>9789944613170</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Türban Savaşı</t>
+          <t>Darağacına Mektuplar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>130</v>
+        <v>410</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789754781922</t>
+          <t>9789944613163</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Tak Gözlerimi Gönlüne Nazar Boncuğun Olsun</t>
+          <t>Pandemi Sonrası Dünya ve Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944610407</t>
+          <t>9789944613132</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Aşka Mektup (Oyun)</t>
+          <t>Güncel Sosyolojik Tartışmalar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789754782585</t>
+          <t>9789944613149</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Şehirden Bir Çocuk Sevdin Yine</t>
+          <t>İkinci Yüzyıla Çağrı - Kılıçdaroğlu Doktrini</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789754781472</t>
+          <t>9789944613125</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Şakayık Sokak</t>
+          <t>El Alem</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789754782219</t>
+          <t>9789944613088</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Razgovora Sırpça - Türkçe Pratik Konuşma Kılavuzu</t>
+          <t>Köprülere Şiirler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789754781342</t>
+          <t>9789944613040</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzu Paylaşanlar</t>
+          <t>Türkiye’de Düşüncenin Tutsaklığı 2</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789754780864</t>
+          <t>9789944613064</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sokaktaki Askerin Dönüşü</t>
+          <t>Çevre Hakkı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789754782035</t>
+          <t>9789944613071</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Sokaktaki Asker</t>
+          <t>İstisna Mekan</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789944610377</t>
+          <t>9789944613057</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sevgibey</t>
+          <t>Bir Akşam Tiyatrosu</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789754781724</t>
+          <t>9789944613095</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sevdalar Çocuk Kalır</t>
+          <t>Sandık Oyunları</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789754781439</t>
+          <t>9789944612944</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Sanata Su Verenler</t>
+          <t>Barbarların Baharı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789754781458</t>
+          <t>9789944613002</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ustalarıyla Bir Yaşam</t>
+          <t>Lozan</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944610162</t>
+          <t>9789944613033</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Otuz Yıllık Hasret</t>
+          <t>İngilizce Öğreniyorum - Dil Eğitimine Başlangıç</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789754782226</t>
+          <t>9789944612937</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hanedanı Saray Notları (3)</t>
+          <t>Kızıldan Yeşile</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789944610247</t>
+          <t>9789944613026</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Okyanusla İlk Karşılaşma</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789944610452</t>
+          <t>9789944612982</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Suphi Destanı</t>
+          <t>Herkes İçin Demokrasi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789944610063</t>
+          <t>9789944612999</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Musa’nın Mapusanesi</t>
+          <t>Mustafa Suphi ve Yoldaşlarını Kim Öldürdü?</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789754780079</t>
+          <t>9789944612838</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Barış Cilt: 2</t>
+          <t>Politik Felsefe Nedir?</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944610070</t>
+          <t>9789944612951</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Koyun Baba</t>
+          <t>Türkiye’de Düşüncenin Tutsaklığı 1</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789944610124</t>
+          <t>9789944612906</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutar Beni</t>
+          <t>Hakikat Masal Değildir</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789944610032</t>
+          <t>9789944612920</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Konuşmaktır Aşk</t>
+          <t>Değişiyor Zaman</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789944610278</t>
+          <t>9789944612913</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kavimden Ulusa Türkler</t>
+          <t>Savcı Doğan Öz’ü Vurdular</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789754780420</t>
+          <t>9789944612586</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kapıda Bir Gül Açtı...</t>
+          <t>Türkiye’nin Soğuk Savaş Düzeni</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>160</v>
+        <v>410</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789944610414</t>
+          <t>9789944612852</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Bir Şiir Gizli</t>
+          <t>Ekonomide Yeni Arayışlar</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789754782516</t>
+          <t>9789944612876</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kafka Market</t>
+          <t>Özgür ve Adil Bir Türkiye İçin Yürüyüş</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789754781366</t>
+          <t>9789944612845</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İşte Sivil Cumhuriyet?!</t>
+          <t>Türk Siyasal Yaşamında Hüsamettin Cindoruk</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>220</v>
+        <v>530</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789944610094</t>
+          <t>9789944612821</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İçimdekiler</t>
+          <t>AKP’nin Veda Senfonisi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789754781069</t>
+          <t>9789944612807</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Isırgan Tarlasındaki Gelincik "Süreyya"</t>
+          <t>Kül Sesleri</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>45</v>
+        <v>170</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789754782486</t>
+          <t>9789944612814</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Emrin Var mı?</t>
+          <t>İslamın Kozmik Odası</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789754782547</t>
+          <t>9789944612791</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Yak Evi Isıt</t>
+          <t>Deprem Affetmez</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789754780710</t>
+          <t>9789944612715</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokusu</t>
+          <t>Sola: Güney Amerika Hatıra Defteri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789944610308</t>
+          <t>9789944612746</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe</t>
+          <t>Acımasızca Alman: Hitler Diktatörlüğünde Failler ve Kurbanlar</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789754782295</t>
+          <t>9789944612784</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Emin Çölaşan’a Mektuplarım ve Sonrası</t>
+          <t>Eleştirinin Estetiği</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789944610520</t>
+          <t>9789944612111</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Emevi Siyaseti Dinin Saltanata Dönüşmesi</t>
+          <t>Yoldaş Corbyn</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789754781373</t>
+          <t>9789944612753</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Düş Sevginin Peşine</t>
+          <t>İnsanlığa Karşı Suçların Kuramı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789944610018</t>
+          <t>9789944612708</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Derinliğine Kimse Sevgili Olamadı</t>
+          <t>Kapital’in Mantığı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789754782042</t>
+          <t>9789944612739</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet Cehenneminde Düşünmek Can Bahası</t>
+          <t>Çağdaş Parti Örgütlenmesi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789944610360</t>
+          <t>9789944612760</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Çözülmeler (Ciltli)</t>
+          <t>Kamu İhalelerinde Olağan İşler</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789754781106</t>
+          <t>9789944612722</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Bulgarca - Türkçe / Pratik Konuşma Kılavuzu Bılgaro - Turski / Praktiçen Razgovornik (Farklı Seçenekleri)</t>
+          <t>Suriye Kapanı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789944610445</t>
+          <t>9789944612623</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Saç Bir Altın Yüzük</t>
+          <t>Ali Suavi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789944610322</t>
+          <t>9789944612692</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Beni Asıl Hayat Aldattı</t>
+          <t>Neoliberalizm Yerelleşme ve Türkiye</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789754780895</t>
+          <t>9789944612685</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ben Sevgi’yim</t>
+          <t>Kürt Sorunu</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789944610261</t>
+          <t>9789944612654</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Baba, Ben Hiç Şeker Çalmadım!</t>
+          <t>Gelişmekte Olan Demokrasilerde Siyasi Partiler ve Parti Stratejileri</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789754782523</t>
+          <t>9789944612661</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Annelik Oyunu Bitti</t>
+          <t>Kökler</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>35</v>
+        <v>170</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789754781731</t>
+          <t>9789944612630</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Anarşi ve Terör Nasıl Önlenir?</t>
+          <t>Sivil Darbe</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789944610353</t>
+          <t>9789944612647</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>ADD’nin Kitabı</t>
+          <t>Anayasasızlaştırma ve Demokrasi Umudu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789754781915</t>
+          <t>9789944612616</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat Süreci  1</t>
+          <t>Türkiye'de Okuma Kültürü</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>130</v>
+        <v>310</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
+          <t>9789944612531</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Şehir</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9789944612579</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün İzinde Türkiye Dünyayı Değiştirecektir</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9789944612562</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Uçurumlardan Geçerek Gelirim Sana</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9789944612548</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Ortak Akılsızlık Halleri</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9789944612555</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Hamdüsena Sokağı Kadınları</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9789944612494</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Aydınlanma</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9789944612371</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorlar Mezarlığı</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9789944612524</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Aydınlanma ve Sanat</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9789944612500</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Fethullah'a Selam Kumpasa Devam</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9789944612487</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Cihat Kıskacında Kadınlar</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9789944612463</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Suikastçı: Hitler'i Öldürmek İsteyen Adam - Georg Elser</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9789944612449</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Felsefesi Dersi</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9789944612470</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Gerçekliğimin Suretinde Düşler, Düşünceler</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9789944612418</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Başyücelik Devleti</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9789944612364</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Afet Affetmez</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9789944612395</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Kahrolsun İstibdat Yaşasın Hürriyet</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9789944612401</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Geleneğinde Son Eşik</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9789944612388</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Yargı Sürecinin Doğası</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9789944612357</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>İçi Boşaltılan Cumhuriyet ve Laiklik</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9789944612333</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Doğu’dan Batı’ya Aydınlanma</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9789944612340</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Aydınlanma ve Atatürk Devrimleri</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9789944612326</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>AKP’li Yıllarda Türkiye’nin Düzeni</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9789944612302</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Ataol Behramoğlu ile Aydınlığa Yolculuklar</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9789944612296</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Elli Yaşa Buruk Günce 2016 - 2017</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9789944612289</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Seçim Sistemleri</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9789944612272</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>İbn Haldun</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9789944612265</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Ne Kavgam Bitti Ne Sevdam</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9789944612258</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Paradigmanın Eşiğinde Bediüzzaman Efsanesi ve Said Nursi Gerçeği</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9789944612234</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Romanlarının Terbiyeli Yazarı</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9789944612241</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Sürgün Ruhlar</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9789944612210</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Ters(ine) Yazılar</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9789944612227</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Kusursuz Gece</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9789944612166</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Beş Gün Beş Gece</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9789944612173</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Jack Engle'ın İbretlik Hayat Hikayesi</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9789944612142</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Bize Sağanak Aşk Lazım</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9789944612159</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Biriciktir Aşk</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9789944611930</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>İslami Pratiklere Etnografik Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9789944612128</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Açlık</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9789944612050</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Kira Kuşları</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9789944611886</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanma Tarikatı</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9789944612067</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Haksızlıklar Ülkesinde Sosyal Demokrasi</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9789944611893</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Sürgün</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9789944612074</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>15 Temmuz Anayasası</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9789944612029</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Eşiktekiler</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9789944612043</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayla Söyleşen Şair Ataol Behramoğlu</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9789944612036</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Karaço - Yolların Bittiği Yer</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9789944612012</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Erken Uyarı</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9789944611978</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Kadın, Kamusal Alan ve Hukuk</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9789944611961</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Kent Sorunu</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9789944611923</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Modern Toplum ve Hukuk Devleti</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9789944611954</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Şam Kapıları</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9789944611794</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Çocuklar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9789944611862</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Tekmili Birden IŞİD</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9789944611855</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Şanlı Ordudan Zanlı Orduya</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9789944611848</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Dört İsmail Bir Leyla</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9789944611800</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Yön Arayışı</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9789944611824</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Başkaldırıyorum Öyleyse Varız</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9789944611787</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Hukukun Ahlakı</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9789944611732</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Cemaat’in İlk Darbesi</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9789944611756</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Özlem ve Yaz</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9789944611695</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Şafakta Açan Çiçekler</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9789944611718</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Laiklik Savunulmalıdır</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9789944611701</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Aslolan</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9789944611688</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Sınırlar Arasında</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9789944611664</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>İsyanın ve Umudun Dip Dalgası</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9789944611657</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Din İman Masa Kasa</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9789944611640</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Sayısız</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9789944611619</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Belki Esirger Aşkı</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9789944611602</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Tutunmak</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9789944611596</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Kaderin Bir Cilvesi</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9789944611565</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Peder Bey'in Yargısı</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9789944611572</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Postmodern Çağda Ortodoks Hristiyanlar ve İslamiyet</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9789944611558</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Marksizmde Ahlak Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9789944611541</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Bayram Dağı</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9789944611589</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Şehirler Düşerken</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9789944611527</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Sayyadane Bir Cevelan</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9789944611503</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Boşbeleş Çalış-ma</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9789944611510</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Buluşmalar</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9789944611473</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>O Gece</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9789944611435</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>İbrahim'in Ailesi</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9789944611497</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>24 Saat</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9789944611350</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Fena Çocuklar Zamanı</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9789944611367</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Zaten Herkes Bir Denizdir Doğuştan</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9789944611329</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Dağlarca İçin 94 Cümle</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9789944611459</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Musullu Süleyman</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9789944611374</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Saraysız Başkan Jose Mujica</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9789944611244</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaşma Siyaseti</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9789944611312</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Eğer</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9789944611398</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Çıkış - Ansiklopedi 2</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9789944611411</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Düşler Ormanında</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9789944611299</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Bedreddin Menakıbnamesi</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9789944611305</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Sırat Köprüsü Açılım Masalı</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9789944611206</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Son Göç</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9789944611213</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Aliya İzzetbegoviç</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9789944611237</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>AKP’nin Suriye Yenilgisi ve Esad</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9789944611183</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>AKP Siyasal İslam ve Restorasyon</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9789944611169</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Akıncılar ve Ak-Gençlik’ten AKP’ye</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9789944611138</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Yaratılmanın Coşkusuyla</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9789944611152</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Cemaat’in İflası</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9789944611114</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Suda Kalan</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9789944611091</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Vaat Edilmiş Topraklarım</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9789754781601</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Portakal Çiçeği Kokar Gözlerin</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9789944611053</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Gök ve Yer Arasında</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9789944610575</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Kim Korkar Çin'den?</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9789944610995</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Dünden Bugüne Cami Yalanları</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9789944611022</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa'da İşgal Hareketleri</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9789754780093</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Barış Cilt: 4</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9789754780086</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Barış Cilt: 3</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9789754780062</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Barış Cilt: 1</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9789754782424</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Saçlarının Kardeş Kokusu</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9789944610513</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Rus Edebiyatında Puşkin Gerçekçiliği</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9789754781861</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>İskambil Evler</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9789944610117</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>İlticacı İzine Gitmek İsterse</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9789944610056</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Musa’nın Gecekondusu</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9789944610919</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Yapıbozumsal Adalet</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9789944610902</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Kimlik</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9789944610872</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>5280</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9789944610841</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>İsimsiz</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9789944610865</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Yargıda Kumpasın Köşe Taşları AKP ve Cemaat</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9789944610834</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Demokratik Özgürlükçü İslam</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9789944610780</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Alpay Kabacalı Kitabı</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9789944611381</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Tenkit</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9789944610827</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Dillerine Kurban</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9789944610810</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Anabasis</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9789944610636</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Bahar Yetmez</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9789944610629</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Aşk İzleri</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9789944610797</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Johan Thoms’un Felaketlerle Dolu Muhteşem Hikayesi</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9789944610650</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Sevgiden Ötesi Cehennem</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9789944610759</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Üç Artı Sonsuz</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9789944610957</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Sünepe</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9789944610964</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Git</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9789944610988</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Gece Islıkları</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9789944610971</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Acı Yeşil</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9789944610940</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin AB Üyeliği için Umut Var mı?</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9789944610735</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>İpteki Kareler</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9789944610773</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>CHP ve AKP Ekseninde Türkiye'nin Siyaseti</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9789944610766</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Babil'in Çalınmış Kuyuları</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9789944611534</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Yargı ve İktidar Oyunları</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9789944610704</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Onları Tanıdım</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9789944610711</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamet Polisi 1</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9789944610698</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Ceza Hukuku Felsesine Katkı : Radbruch Formülü</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9789944610643</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Başım Kirazlı</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9789944610674</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Bir Adam Resmetmek</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9789944610681</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyen Duvar</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9789944610599</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Bir Senfonidir Yaşamak</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9789754782172</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Hanzade Sürgünde Bir Şehzadenin Günlüğü</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9789944610605</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Ömrün Issız Günleri</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9789944610582</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Aşkların Gizli Defteri</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9789944610612</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Yargı Yoktur</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9789944610544</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Pervaneyle Yaren</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9789754782257</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğum Bana Kalsın</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9789944610551</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Ormanları Arasından (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9789754782462</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Zarfını Ben Açardım Sana Yazdığım Mektupların</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9789754782578</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Yok Karşılığı Yüzünün</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9789754782448</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Yine Seninle Geldi Hayat</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9789754781618</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Nehri</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9789944610483</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Cumhuriyeti</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9789754781281</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe - Rusça Pratik Konuşma Kılavuzu ve Sözlük</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9789754782165</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Türban Savaşı</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9789754781922</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Tak Gözlerimi Gönlüne Nazar Boncuğun Olsun</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9789944610407</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Şizofren Aşka Mektup (Oyun)</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9789754782585</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Şehirden Bir Çocuk Sevdin Yine</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9789754781472</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Şakayık Sokak</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9789754782219</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Razgovora Sırpça - Türkçe Pratik Konuşma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9789754781342</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuzu Paylaşanlar</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9789754780864</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Sokaktaki Askerin Dönüşü</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9789754782035</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Sokaktaki Asker</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9789944610377</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Sevgibey</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9789754781724</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Sevdalar Çocuk Kalır</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9789754781439</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Sanata Su Verenler</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9789754781458</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Ustalarıyla Bir Yaşam</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9789944610162</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Otuz Yıllık Hasret</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9789754782226</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Hanedanı Saray Notları (3)</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9789944610247</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Okyanusla İlk Karşılaşma</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9789944610452</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Suphi Destanı</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9789944610063</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Musa’nın Mapusanesi</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9789754780079</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Barış Cilt: 2</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9789944610070</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Koyun Baba</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9789944610124</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Kim Tutar Beni</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9789944610032</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendine Konuşmaktır Aşk</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9789944610278</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Kavimden Ulusa Türkler</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9789754780420</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Kapıda Bir Gül Açtı...</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9789944610414</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimde Bir Şiir Gizli</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9789754782516</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Kafka Market</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9789754781366</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>İşte Sivil Cumhuriyet?!</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9789944610094</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>İçimdekiler</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9789754781069</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Isırgan Tarlasındaki Gelincik "Süreyya"</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9789754782486</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bir Emrin Var mı?</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9789754782547</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerini Yak Evi Isıt</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9789754780710</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Gül Kokusu</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9789944610308</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Geleceğe</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9789754782295</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Emin Çölaşan’a Mektuplarım ve Sonrası</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9789944610520</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Emevi Siyaseti Dinin Saltanata Dönüşmesi</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9789754781373</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Düş Sevginin Peşine</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9789944610018</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Derinliğine Kimse Sevgili Olamadı</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9789754782042</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Derin Devlet Cehenneminde Düşünmek Can Bahası</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9789944610360</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Çözülmeler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9789754781106</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Bulgarca - Türkçe / Pratik Konuşma Kılavuzu Bılgaro - Turski / Praktiçen Razgovornik (Farklı Seçenekleri)</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9789944610445</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Bir Tutam Saç Bir Altın Yüzük</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9789944610322</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Beni Asıl Hayat Aldattı</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9789754780895</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Ben Sevgi’yim</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9789944610261</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Baba, Ben Hiç Şeker Çalmadım!</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9789754782523</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Annelik Oyunu Bitti</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9789754781731</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Anarşi ve Terör Nasıl Önlenir?</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9789944610353</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>ADD’nin Kitabı</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9789754781915</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>28 Şubat Süreci  1</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
           <t>9789754782011</t>
         </is>
       </c>
-      <c r="B414" s="1" t="inlineStr">
+      <c r="B620" s="1" t="inlineStr">
         <is>
           <t>28 Şubat Süreci - 2</t>
         </is>
       </c>
-      <c r="C414" s="1">
+      <c r="C620" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>