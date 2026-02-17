--- v0 (2025-10-25)
+++ v1 (2026-02-17)
@@ -97,43 +97,238 @@
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259522647</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Bir Hüzün Sarkacı</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>280</v>
       </c>
     </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786259522630</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>America</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786259522623</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Biz Bize mi Benzeriz? Yoksa Yunanlılara mı?</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786057252296</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Nesini Söyleyim Canım Efendim</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786259522616</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Mahalle Yanarken 2</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786259522609</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Mahalle Yanarken 1</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786057252289</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Ruha Şifa Olur mu?</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786057252272</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Oğuzname'de Motif İmgelemi</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786057252265</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı'nda Sol</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786057252210</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Aşar Soyguncuları</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786057252258</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Çöküşünü Önlemek - Heterodoks Bir Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786057252203</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Yirmi Birinci Yüzyıl - Çağın İbn Rüşdleri İçin</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786057252234</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Demokrat Manifesto</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786057252241</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>250</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>