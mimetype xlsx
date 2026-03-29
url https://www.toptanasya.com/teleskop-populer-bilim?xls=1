--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -85,805 +85,6820 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052523858</t>
+          <t>9786052524039</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kırlangıç'a Ne Oldu</t>
+          <t>Hava Durumu Neden Değişiyor?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052523827</t>
+          <t>9786052524022</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Harf Sudoku</t>
+          <t>Evcil Hayvanlar Neden Sevimli?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052523797</t>
+          <t>9786052524046</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kolay Sudoku</t>
+          <t>Bilimsel Deneyler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052523810</t>
+          <t>9786052523384</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Zor Sudoku</t>
+          <t>Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052523834</t>
+          <t>9786052523391</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sayı ve Harf Sudoku</t>
+          <t>Su Korkusu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052523803</t>
+          <t>9786052523407</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Orta Sudoku</t>
+          <t>Uykusuzluk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>2022071815374</t>
+          <t>9786052523377</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bak Serisi (4 Kitap Set)</t>
+          <t>Diş Ağrısı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2019112800178</t>
+          <t>9786052524060</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Keşifler Serisi Seti - 12 Kitap Takım</t>
+          <t>Hayvan Bakım Hastanesi – Pangolin Kurtarma Görevi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>874</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052520444</t>
+          <t>9786052523841</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanına Hoş Geldiniz</t>
+          <t>99 Atasözü 99 Öykü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052520437</t>
+          <t>9786052524015</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mercan Kayalıklarına Hoş Geldiniz</t>
+          <t>99 Deyim 99 Öykü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052520413</t>
+          <t>9786052523971</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kutup Diyarına Hoş Geldiniz</t>
+          <t>Merhaba! Teşekkür Ederim! Güle Güle!</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>40</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052520420</t>
+          <t>9786052523995</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çöl Diyarına Hoş Geldiniz</t>
+          <t>Hadi Kalk Uykucu!</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>40</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752421752</t>
+          <t>9786052524008</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İlginç Hayvanlar</t>
+          <t>Bunu Bana Alır Mısın?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752421776</t>
+          <t>9786052523933</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nesli Tükenmiş Hayvanlar</t>
+          <t>Kabuslar Dışarı!</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752421769</t>
+          <t>9786052523988</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Komik Hayvanlar</t>
+          <t>Gerçek Mi? Yalan Mı?</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752421790</t>
+          <t>9786052523957</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Hayvanlar</t>
+          <t>Bu Benim!</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752421745</t>
+          <t>9786052523964</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Hayvanlar</t>
+          <t>Gitmek İstemiyorum!</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752421738</t>
+          <t>9786052523926</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Hayvanlar</t>
+          <t>Açık - Kapalı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752421325</t>
+          <t>9786052523919</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ada Bunu Biliyor - Görgü Kuralları</t>
+          <t>Böyle Şeyler Söylenmez</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>30</v>
+        <v>175</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752421332</t>
+          <t>9786052523940</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ada Bunu Biliyor - Güzel Öğütler</t>
+          <t>Bam! Güm!</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>30</v>
+        <v>175</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752421370</t>
+          <t>9786052523322</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ada Bunu Biliyor - Spor</t>
+          <t>Tayfun ve Fasulye Makinesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>30</v>
+        <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752421349</t>
+          <t>9786052523315</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ada Bunu Biliyor - İyi Bir Komşu Olmak</t>
+          <t>Mutluluğu Yutan Süpürge</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>30</v>
+        <v>225</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752421301</t>
+          <t>9786052523278</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ada Bunu Biliyor - Doğayı Korumak</t>
+          <t>Bana Ketçap Bulun!</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>22.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752421288</t>
+          <t>9786052523285</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ada Bunu Biliyor - Anaokulu</t>
+          <t>Dünya’ya Düşen Marslı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>30</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752421295</t>
+          <t>9786052523308</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ada Bunu Biliyor - Arkadaşlık</t>
+          <t>Balina ve Örümcek</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>22.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752421318</t>
+          <t>9786052523292</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ada Bunu Biliyor - Ev İşlerine Yardım</t>
+          <t>Mucit Mehmet ve Zaman Makinesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>30</v>
+        <v>225</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752421363</t>
+          <t>9786052523537</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ada Bunu Biliyor - Sağlıklı Yemek</t>
+          <t>Gizemleri Öğrenelim - Gizemli Volkanlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>30</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752421356</t>
+          <t>9786052523568</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ada Bunu Biliyor - Sağlıklı Yaşam</t>
+          <t>Gizemleri Öğrenelim - Gizemli İnsan Vücudu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>30</v>
+        <v>175</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752421387</t>
+          <t>9786052523551</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ada Bunu Biliyor - Trafik</t>
+          <t>Gizemleri Öğrenelim - Gizemli İcatlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>30</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052522127</t>
+          <t>9786052523520</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Toplama Çıkarma 6 Yaş Dört İşlem Kartlar</t>
+          <t>Gizemleri Öğrenelim - Gizemli Arabalar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052522110</t>
+          <t>9786052523544</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Toplama Çıkarma 7 - 8 Yaş Dört İşlem Kartlar</t>
+          <t>Gizemleri Öğrenelim - Gizemli Böcekler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052522141</t>
+          <t>9786052523575</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çarpma Bölme 9 Yaş Dört İşlem Kartlar</t>
+          <t>Gizemleri Öğrenelim - Gizemli Dinozorlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052522158</t>
+          <t>9786052521915</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çarpma Bölme 7 - 8 Yaş Dört İşlem Kartlar</t>
+          <t>Süper Mide ve Sindirim Sistemi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052522080</t>
+          <t>9786052521908</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Saatler 6 Yaş Dört İşlem Kartlar</t>
+          <t>Mutlu Kalp ve Dolaşım Sistemi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052522134</t>
+          <t>9786052521892</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ondalık Sayılar - Kesirler 9 Yaş Dört İşlem Kartlar</t>
+          <t>Muhteşem Beyin ve Sinir Sistemi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052522103</t>
+          <t>9786052521885</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Toplama Çıkarma 9 Yaş Dört İşlem Kartlar</t>
+          <t>Gülümseyen Akciğerler ve Solunum Sistemi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052520482</t>
+          <t>9786052523780</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Avustralya'nın Keşfi - Kaşifler</t>
+          <t>Tekerlekten Saate</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052520567</t>
+          <t>9786052523773</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Okyanusların Kaşifleri - Kaşifler</t>
+          <t>Satürn’ün Bizim Evde Ne İşi Var ?</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052520550</t>
+          <t>9786052523766</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Marco Polo - Kaşifler</t>
+          <t>Maya Muyu İle Şeker Şuku</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052520543</t>
+          <t>9786052523735</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Magellan - Kaşifler</t>
+          <t>Ayak İzini Küçült, Dünyanı Büyüt</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052520536</t>
+          <t>9786052523742</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Amerika Kaşifleri - Kaşifler</t>
+          <t>Balerin Orkide Mela</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052520529</t>
+          <t>9786052523759</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kutup Kaşifleri - Kaşifler</t>
+          <t>Kompostum Çok Cömert</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052520512</t>
+          <t>9786052521946</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kristof Kolomb - Kaşifler</t>
+          <t>İnsan Vücudunun Harikaları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052520475</t>
+          <t>2022122209596</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Afrika'nın Keşfi - Kaşifler</t>
+          <t>Koleksiyon Kitaplar - 10 Kitap</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>60</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052520499</t>
+          <t>9786052523049</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Güney Amerika Kaşifleri - Kaşifler</t>
+          <t>Zihinden Problemler İlköğretim 3. Sınıf</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052520468</t>
+          <t>9786052523056</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Amerigo Vespucci - Kaşifler</t>
+          <t>Zihinden Problemler İlköğretim 4. Sınıf</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052523896</t>
+          <t>9786052523032</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Tayfa Oldum</t>
+          <t>Zihinden Problemler İlköğretim 2. Sınıf</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052523902</t>
+          <t>9786052523025</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Taylan Pilot Oluyor</t>
+          <t>Zihinden Problemler İlköğretim 1. Sınıf</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052523872</t>
+          <t>9786052523087</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldız Uzayı Keşfediyor</t>
+          <t>Robotik Kodlama 7 Yaş ve Üzeri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052523889</t>
+          <t>9786052523070</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Papatyanın Yolculuğu</t>
+          <t>Robotik Kodlama 6 Yaş ve Üzeri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
+          <t>9786052523063</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Robotik Kodlama 5 Yaş ve Üzeri</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786052522042</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Otomobil</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786052522097</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Yapılar</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786052522066</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Bilimsel Gerçekler</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786052522073</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>İlginç En'ler - Şaşırtıcı Gerçekler</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786052523186</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Yerli Malı Yurdun Malı</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786052523162</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Tarifsiz Doğa</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786052523148</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Müziğin Sesini Aç</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786052523131</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Kusursuz İşleyiş İnsan... İnsan...</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786052523117</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Gizemleri</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786052523124</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>İcat Çıkarma</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786052523155</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Onlarsız Olmaz - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786052523179</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Tavukların Dedesi Dinazorlar</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786052523100</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Canım Türkiye'm</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786052523094</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Bu Bilim Çok Film</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786052522981</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Kitap - Klasik Kare Kodlama - Teleskop</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786052522998</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Kitap - Klasik Kare Kodlama - Teleskop</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786052523001</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Kitap - Klasik Kare Kodlama - Teleskop</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786052523018</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Kitap - Klasik Kare Kodlama - Teleskop</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786052522943</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Kitap - Robotik Piksel Kodlama - Teleskop</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786052522974</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Kitap - Robotik Piksel Kodlama - Teleskop</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786052522387</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Olumlu Düşün Kaygılarına Yenilme - Kendine Yardımcı Ol</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786052522363</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Kurallara Saygılı İnsan Olalım - Kendine Yardımcı Ol</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786052522967</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Kitap - Robotik Piksel Kodlama -Teleskop</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786052522417</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Güven Başarabilirsin</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786052522400</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Eğlenceli Bir Hediyedir - Kendine Yardımcı Ol</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786052522950</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Kitap - Robotik Piksel Kodlama - Teleskop</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786052522356</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşlık Büyük Hazinedir - Kendine Yardımcı Ol</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786052522349</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Zorba Olma Nazik Ol - Kendine Yardımcı Ol</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786052522929</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Evsizlik</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786052522394</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Vücut Spor Yapmalı - Kendine Yardımcı Ol</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786052521991</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Büyümek - Bebeklikten Çocukluğa</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786052522370</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Öfkeni Kafese Sıkıca Kilitle - Kendine Yardımcı Ol</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786052521977</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Harika Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786052521960</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Farklılık</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786052521984</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Melisa ve Kuyruklu Yıldız Avcısı</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786052521595</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Kitap Okumak - Sınıf Arkadaşları</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786052521601</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Okula Dönüş - Sınıf Arkadaşları</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786052521618</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Sorumluluk Almak - Sınıf Arkadaşları</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786052521625</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Şeyler Öğrenmek - Sınıf Arkadaşları</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786052521922</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Beden ve Zihin Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786052522912</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Erkek Kardeşim</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786052522936</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Kız Kardeşim</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786052522875</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Babam</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786052522905</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>En İyi Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786052522868</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Annem</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786052521939</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Bu İskelet Kimin?</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786052522899</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Şehirde Yaşam - Benim İlk Yapıştırmalarım</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786052522882</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Egzotik Hayvanlar - Benim İlk Yapıştırmalarım</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>2021100215321</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Tanıyorum Serisi (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>2021100215338</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Öğreniyorum Serisi (6 Kitap)</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>2021100215345</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>İnanılmaz Buluşlar Serisi (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>2021100215352</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Birlikte Keşfedelim Serisi (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>2021100215307</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Serisi (8 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>2021100215291</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Duygu Eğitimi Kitapları - Aç Kapa Kitaplar Serisi (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>2021100215277</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Bilimsel Deneyler Serisi (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>2741000000208</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Sudoku Seti - 4 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>2019102345658</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Ormandan Hikayeler Seti - 6 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>2019102345641</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Ne Kadar Serisi Seti - 4 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>2019102345634</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Mevsimler Dizisi - 4 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>2019102345627</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Meslekler Dizisi Seti - 9 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>2019112800185</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Bilgiler Serisi Seti (16 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>2741000000185</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Olanı Bul Seti (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>2019102345610</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Gizemler Dizisi 4 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>2019102345603</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Gezegen Koruyucu Seti - 7 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>2019102345689</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Düzeni Seti - 6 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>2019102345672</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Bozkırdan Arkadaşlar Seti - 6 Kitaplı Takım</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>2741000000543</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Benim İlk Yapıştırmalarım Seti - 4 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786052521953</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Dolu Böcekler ve Bilinmeyen Özellikleri</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786052522646</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>İcatlar - Bilgi Kartları</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786052521588</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Olağanüstü Bilim Aktivite Kitabı</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786052521571</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Olağanüstü İnsan Vücudu Aktivite Kitabı</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786052521717</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Böcekler - Bunları Tanıyorum! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786052521694</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Olağanüstü İnsan Vücudu - Bunları Tanıyorum! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786052521700</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar - Bunları Tanıyorum! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786052521687</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Köpek Balıkları - Bunları Tanıyorum! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786052521847</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Çalışmak ve Meslekler Ne İşe Yarar? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786052521878</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Atıkları Ayrıştırmak Ne İşe Yarar? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786052521854</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Engellilik Neden Beni de İlgilendiriyor? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786052521861</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Paramızı Neden ve Niçin Kullanırız? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786052521816</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Ispanak Gerçekten Seni Güçlendirir mi? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786052521809</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Ağlar Nasıl Çalışır ve Onları Nasıl Kullanırız? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786052521830</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Uzayda Tuvaletimizi Nasıl Yaparız? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786052521823</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Süper Güçler - Gelecekte İnsanların Süper Güçleri Olacak mı? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786052522592</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar Bilgi Kartları</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786052522639</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve Teknoloji Bilgi Kartları</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786052522653</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Denizler ve Okyanuslar Bilgi Kartları</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786052522660</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Doğa ve Bitkiler Bilgi Kartları</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786052522608</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Bilgi Kartları</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786052522622</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Bilgi Kartları</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786052522615</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Uzay ve Gezegenler Bilgi Kartları</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786052522677</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Vücudu Bilgi Kartları</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786052521434</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Minik Hayvanlar Doğa Çıkartmaları</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786052521410</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Bitkiler ve Hayvanlar Doğa Çıkartmaları</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786052521427</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Memeli Hayvanlar Doğa Çıkartmaları</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786052521441</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Kuşlar Doğa Çıkartmaları</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786052520154</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Kartlar - Çocuklarla 100 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786052520130</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Kartlar - Resimli Bulmacalar</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786052520093</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Kartlar - Gök Bilimi ve Uzay</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786052520109</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Kartlar - İnsan Vücüdu</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786052520291</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Tilki Tintin Hikaye Uydurmayı Seviyor - Ormandan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786052520284</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan Zıpzıp Arkadaşlarıyla Yolculuğa Çıkıyor - Ormandan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786052520260</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Kuyruksuz Sincap Mimi - Ormandan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786052520253</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Kunduz Boyo Köprü İnşa Ediyor - Ormandan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786052520277</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Ayı Ponpon'un Sahne Korkusu - Ormandan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786052520222</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Huysuz Kirpi Pıtır - Ormandan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789752421462</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin - Vücudumuz</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789752421448</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin - İtfaiyeciler</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789752421417</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin - Çiftlik</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789752421523</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Deneylerle Büyüleyici Kimya</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789752421516</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Deneylerle Büyüleyici Mikro Organizmalar</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9789752421530</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Deneylerle Büyüleyici Doğa</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786052522196</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>501 İlginç Vücut Gerçeği</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786052522172</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>501 İlginç Uzay Gerçeği</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786052522202</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>501 İlginç Ünlü Gerçeği</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786052522165</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>501 İlginç Ülke Gerçeği</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786052522219</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>501 İlginç Hayvan Gerçeği</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786052522226</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>501 İlginç Dünya Gerçeği</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786052520390</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku 4x4 - Yeşil Kitap</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786052520376</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku 5x5 - Mavi Kitap</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786052520383</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku 5x5 - Sarı Kitap</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786052520369</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku 4x4 - Kırmızı Kitap</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789752421011</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Büyüleyici Kara Hayvanları</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9789752421004</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Harika Kuşlar</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789752421059</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Yıldızları</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789752421028</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Müthiş Böcekler</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789752421042</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Adamın Dev Makineler Rehberi</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789752421066</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Adamın Gökyüzü Rehberi</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9789752421035</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Adam Dağlar &amp; Vadiler Rehberi</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789752421110</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Adamın Şehir Rehberi</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789752421073</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Adamın Hava Taşıtları Rehberi</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789752421097</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Adamın Su Taşıtları Rehberi</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789752421080</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Adamın Okyanus Rehberi</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789752421103</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Adamın Tren ve Otomobil Rehberi</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786053030966</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Tanıyorum - Orman Hayvanları</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786053030959</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Tanıyorum - Evcil Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786053030980</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Tanıyorum - Çiftlik Hayvanları</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786053030973</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Tanıyorum - Vahşi Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789752421257</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Haritayı Takip Et!</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789752421264</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Şu Binaya Bak!</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789752421714</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Ne Yediğimize Bak!</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789752421271</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Nerede Yaşadığımıza Bak!</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789752421455</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin - Uzay</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789752421394</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin - Denizler</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789752421431</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786053031161</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Zamanı - Bulmaca Kitabı</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786053031154</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Zamanı - Bulmacalı Boyama</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786053031178</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Zamanı - Ülkeler Kitabı</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789752421509</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Bilimsel Deneyler 4</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789752421493</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Bilimsel Deneyler 3</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789752421486</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Bilimsel Deneyler 2</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789752421479</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Bilimsel Deneyler 1</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789752421899</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Bir Kış Günü</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786053030591</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Araştırma Dizisi: İnsan Vücudu</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789752421172</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Düzeni - Tavuklar Atıştırmalık Bir Şey İster Mi?</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789752421158</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Düzeni - Yağmur, Ne Zaman Yağacak?</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789752421134</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Düzeni - Bu Ne İle Yapılır?</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789752421127</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Düzeni - Ağaçlar Acıkır Mı?</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789752421165</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Düzeni - Su Birikintileri Neden Yok Oluyor?</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789752421141</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Düzeni - Güneş Uyur Mu?</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789752421226</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Gezegen Koruyucusu - Suyu İzleyelim</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789752421202</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Gezegen Koruyucusu - Kirliliğe Karşı Savaşma Gücü</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789752421219</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Gezegen Koruyucusu - Kolay Kullanılabilir Enerji</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789752421196</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Gezegen Koruyucusu - Her Gün Dünya Günü</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789752421240</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Gezegen Koruyucusu - Çöp Kutusuna Dikkat Edin!</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789752421233</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Gezegen Koruyucusu - Yeniden Kullanmayı Tercih Etmek</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789752421189</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Gezegen Koruyucusu - Geri Dönüşüm Çalışması</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9789752421424</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin - Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789752421400</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin - Dünya</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789752421882</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Sonbahar Yaprağı</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789752421585</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786053030584</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Sistemi - Araştırma Dizisi</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789752421721</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Böcekler ve Küçük Canlılar - Araştırma Dizisi</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789752421783</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzü - Araştırma Dizisi</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789752421677</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Makineleri - Denizaltılar</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789752421684</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Makineleri - Savaş Gemileri</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789752421707</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Makineleri - Tanklar ve Ağır Silahlar</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789752421691</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Makineleri - Savaş Uçakları</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789752421608</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Adamın Guruldayan Bağırsaklar Rehberi</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9789752421615</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Adamın Kalp Rehberi</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789752421660</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Hareket Halinde - İnanılmaz Buluşlar</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9789752421622</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Adamın Kas ve Kemik Rehberi</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789752421592</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Işık Hakkında Herşey - İnanılmaz Buluşlar</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789752421639</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Çöp Adamın Muhteşem Beyin Rehberi</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786053030553</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar Araştırma Dizisi</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786052522547</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Arıların Hediyesi Doğal Bal – Bu Nasıl Olabilir? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786052522486</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Sekiz Bacaklı Örümcekler - Bu Nasıl Olabilir? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786052522493</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Araçlar - Bu Nasıl Olabilir? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786052522516</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Hareketli Kediler - Bu Nasıl Olabilir? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786052522509</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Heyecan Verici Uçaklar - Bu Nasıl Olabilir? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786052522523</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Dostumuz Köpekler - Bu Nasıl Olabilir?</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786052522530</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Çalışkan Karıncalar - Bu Nasıl Olabilir? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786052522059</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Sayılar 4 - 6 Yaş Dört İşlem Kartlar</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9789752421653</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Modern Dünyayı İnşa Etmek - İnanılmaz Buluşlar</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789752421646</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Haydi İletişim Kuralım - İnanılmaz Buluşlar</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786052522561</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Ormanda Bir Yıl (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786052522585</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Anaokulunda Bir Yıl (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786052522578</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlikte Bir Yıl (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786052522554</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Şehirde Bir Yıl (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786052522004</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Sporlar - Haydi Öğrenelim</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786052522011</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Satranç - Haydi Öğrenelim</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786052522028</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Görgü Kuralları - Haydi Öğrenelim</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786052522035</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Evcil Hayvanlar - Haydi Öğrenelim</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>2019102956786</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>500 Gerçekler - 40 Kitap Kutu Takım</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786052520871</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Vücudu</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786052520888</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Sistemi</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786052520864</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Gezegenimiz Dünya</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786052520857</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Doğa</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786052520994</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>500 Olağanüstü Gerçekler</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786052521007</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>500 Çılgın Gerçekler</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786052520116</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Sayılarla Akıl Oyunları - Eğitici Kartlar</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786052520789</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Yanılsamalar - Eğitici Kartlar</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786052520086</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Gezi - Eğitici Kartlar</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786052520079</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Deneyler - Eğitici Kartlar</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786052520314</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Öfkeli Zebra - Bozkırdan Arkadaşlar</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786052520307</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Utangaç Devekuşu - Bozkırdan Arkadaşlar</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786052520246</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Korkmuş Fil - Bozkırdan Arkadaşlar</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786052520239</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>İnatçı Aslan - Bozkırdan Arkadaşlar</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786052520215</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Dalgın Zürafa - Bozkırdan Arkadaşlar</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786052520208</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Bencil Maymun - Bozkırdan Arkadaşlar</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786052521359</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Uçaklar</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786052521328</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786052521250</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Bitkiler</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786052521229</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Kuşlar</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786052521311</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Depremler</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786052521281</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Beynimiz</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786052521335</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Dünyamız</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786052521267</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Sürüngenler</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786052521366</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Vücudumuz</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786052521243</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Böcekler</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786052521212</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786052521342</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Gezegenler</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786052521236</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Balıklar</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786052521304</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Buluşlar</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786052521274</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Atom</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786052521298</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Bigisayar</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786052520819</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Kaşif Can Kareleri Keşfediyor!</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786052520796</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Kaşif Can Daireleri Keşfediyor!</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786052520680</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Uzayı Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786052520710</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Gezegenimiz Dünya'yı Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786052520703</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786052520727</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorları Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786052520734</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Bitkileri Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786052520697</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Vücudunu Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786053032281</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Polisim</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786052520772</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Nefis Atıştırmalıklar - Küçük Şef Serisi</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786052520741</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Lezzetli Tatlılar - Küçük Şef Serisi</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786052520758</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Pizza ve Makarnalar - Küçük Şef Serisi</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786052520765</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Parti Yiyecekleri - Küçük Şef Serisi</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786052520932</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Benim İlk Yapıştırmalarım - Çiftlik</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786052520918</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Benim İlk Yapıştırmalarım - Araçlar</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786053031581</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Sayma - Becerikli Çocuklar</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786053031574</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Saatler - Becerikli Çocuklar</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786053031543</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Matematik - Becerikli Çocuklar</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786053031550</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Çizme - Becerikli Çocuklar</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786053031567</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Şekiller - Becerikli Çocuklar</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786052520840</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Kaşif Can Küreleri Keşfediyor!</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786052520826</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Kaşif Can Küpleri Keşfediyor!</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786052520833</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Kaşif Can Üçgenleri Keşfediyor!</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786052520925</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Benim İlk Yapıştırmalarım - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786053032298</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Çiftçiyim</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786053032274</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Pilotum</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786052520802</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Kaşif Can Çizgileri Keşfediyor!</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786052520406</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Isınma</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786052520451</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Duygular - Bize Neler Anlatırlar?</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786053032267</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir İtfaiyeciyim</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786053032250</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir İnşaat İşçisiyim</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786053032243</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Doktorum</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786053032236</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Bilim İnsanıyım</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786053032229</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Astronotum</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786053032212</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Öğretmenim</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786052520949</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Benim İlk Yapıştırmalarım - Evimde</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789752421936</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Üzerinde Nasıl Duruyoruz?</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789752421974</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Kuşlar Nereye Gidiyor?</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789752421929</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar Hakkında Ne Biliyoruz?</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9789752421950</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Geceleri Nereye Gidiyor?</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786052520024</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Ne Kadar Büyük</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786052520048</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Ne Kadar Uzun</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9789752421561</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Gölete Hoş Geldiniz - Canlılar ve Yaşam Alanları</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9789752421578</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Kaya Havuzuna Hoş Geldiniz - Canlılar ve Yaşam Alanları</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9789752421547</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Ağaçlar Diyarına Hoş Geldiniz - Canlılar ve Yaşam Alanları</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9789752421554</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Bahçeye Hoş Geldiniz - Canlılar ve Yaşam Alanları</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786052521649</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Minik Kızlar İçin Tuvalet Eğitimi</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786052521632</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Minik Erkekler İçin Tuvalet Eğitimi</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786052521793</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Bilmiyordum - Bazı Uçaklar Havada Asılı Kalabilir</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786052521762</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Bilmiyordum - Bazı Trenler Su İle Çalışır</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786052521786</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Bilmiyordum - Köpek Balıklarının Dişleri Dökülür</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786052521779</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Bilmiyordum - Dinozorlar da Yumurtlar</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9789752421905</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Bahçesi</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9789752421875</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Meşgul İlkbahar</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786052521755</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Bilmiyordum - Bazı Böcekler Karanlıkta Parlar</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786052521731</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Bilmiyordum - Balinalar Şarkı Söyleyebilir</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786052521724</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Bilmiyordum - Ay'da Daha Yükseğe Zıplanabilir</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786052521748</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Bilmiyordum - Bazı Arabalar Yüzebilir</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786052520031</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Ne Kadar Ağır</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786052520055</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Ne Kadar Yüksek</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786052522189</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>501 İlginç Bilim Gerçeği</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786052522233</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>501 İlginç Bitki Gerçeği</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786052520352</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Traktörlerin Tekerlekleri Neden Kocamandır?</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786052520345</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Gökkuşağı Neden Rengarektir?</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786052520321</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Ayaklarımız Neden Kokar?</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786052520338</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayarlar Neden Bu Kadar Çok Şey Biliyor? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786052520017</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Güvenli Oyun - Oyun Alanı Emniyeti</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9789752421943</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Fırça Diş İpi ve Çalkalama</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786052520673</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanların Krallığı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9789752421912</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Banyo Zamanı</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9789752421998</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Hayır de Devam Et</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786052520505</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Güney Kutbu'nun Keşfi - Kaşifler</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786052520000</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Kamp Ateşi</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9789752421981</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Vücudu Beslemek</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9789752421967</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Kalk ve Hareket Et</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9789752421806</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Büyükbabam</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9789752421813</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Büyükannem</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786052520963</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar - Gizli Olanı Bul</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786052520901</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Meslekler - Gizli Olanı Bul</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786052520970</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Gezerken - Gizli Olanı Bul</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786052520956</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Masallar - Gizli Olanı Bul</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786052520185</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Rekorları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786052520178</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Derinlikleri - Doğanın Görkemli Gösterisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786052520192</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Kırsal Bölgeler - Doğanın Görkemli Gösterisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786052520161</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Dağlar - Doğanın Görkemli Gösterisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786052520666</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Yeşile Dönen Kedi</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786052520659</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Tosbi Kabuğuna Çekildi</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786052520635</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Pufi Sabırlı Olmayı Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786052520642</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Pembo Artık Yalnız Değil</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786052520611</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Okto'yu Ne Kızdırdı?</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786052520604</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Maviş Çok Sıkılıyor</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786052520628</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Korkak Civciv Artık Cesur</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786052520598</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Hippo Paylaşmayı Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786052520581</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Filinto İyi Bir Fil Oluyo</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786052520574</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Ben İyi Bir Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786052520895</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Vücudu - Keşif Zamanı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786052520987</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Egzotik Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9789752421820</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Doğa ve Sayı Bulmacaları - Eğitici Kartlar</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786052520147</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Zeka Bulmacaları - Etkinlik Kartları</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786052521144</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Leonardo Da Vinci - Tanıyor Musun? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786052521120</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Marie Curie - Tanıyor Musun? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786052521113</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Nelson Mandela - Tanıyor Musun? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786052521205</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Agathe Christie - Tanıyor Musun? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786052521182</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Charlie Chaplin - Tanıyor Musun? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786052521175</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Harry Houdini - Tanıyor Musun? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786052521151</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Kleopatra - Tanıyor Musun? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786052521199</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Albert Einstein - Tanıyor Musun? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786052521168</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Jules Verne - Tanıyor Musun? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786052521137</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Marco Polo - Tanıyor Musun? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9789752421844</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Mantık ve Dikkat Bulmacaları - Eğitici Kartlar</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9789752421851</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Bulmacaları - Eğitici Kartlar</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786052520062</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Bilim İnsanları Mucitler-Kaşifler - Etkinlik Kartları</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786052520123</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Rekorlar - Etkinlik Kartları</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9789752421868</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Annemle Sağlıklı Tarifler Deniyorum - Eğitici Kartlar</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9789752421837</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Eğlendiren Bulmacalar - Eğitici Kartlar</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786052523858</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kırlangıç'a Ne Oldu</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786052523827</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Harf Sudoku</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786052523797</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Kolay Sudoku</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786052523810</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Zor Sudoku</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786052523834</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Sayı ve Harf Sudoku</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786052523803</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Orta Sudoku</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>2022071815374</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Bak Serisi (4 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>2019112800178</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Keşifler Serisi Seti - 12 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786052520444</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Ormanına Hoş Geldiniz</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786052520437</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Mercan Kayalıklarına Hoş Geldiniz</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786052520413</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Kutup Diyarına Hoş Geldiniz</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786052520420</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Çöl Diyarına Hoş Geldiniz</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9789752421752</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9789752421776</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Nesli Tükenmiş Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9789752421769</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Komik Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9789752421790</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Zehirli Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9789752421745</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9789752421738</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Görünmeyen Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9789752421325</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Ada Bunu Biliyor - Görgü Kuralları</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9789752421332</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Ada Bunu Biliyor - Güzel Öğütler</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9789752421370</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Ada Bunu Biliyor - Spor</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9789752421349</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Ada Bunu Biliyor - İyi Bir Komşu Olmak</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9789752421301</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Ada Bunu Biliyor - Doğayı Korumak</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9789752421288</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Ada Bunu Biliyor - Anaokulu</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9789752421295</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Ada Bunu Biliyor - Arkadaşlık</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9789752421318</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Ada Bunu Biliyor - Ev İşlerine Yardım</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9789752421363</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Ada Bunu Biliyor - Sağlıklı Yemek</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9789752421356</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Ada Bunu Biliyor - Sağlıklı Yaşam</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9789752421387</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Ada Bunu Biliyor - Trafik</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786052522127</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Toplama Çıkarma 6 Yaş Dört İşlem Kartlar</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786052522110</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Toplama Çıkarma 7 - 8 Yaş Dört İşlem Kartlar</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786052522141</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Çarpma Bölme 9 Yaş Dört İşlem Kartlar</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786052522158</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Çarpma Bölme 7 - 8 Yaş Dört İşlem Kartlar</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786052522080</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Saatler 6 Yaş Dört İşlem Kartlar</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786052522134</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Ondalık Sayılar - Kesirler 9 Yaş Dört İşlem Kartlar</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786052522103</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Toplama Çıkarma 9 Yaş Dört İşlem Kartlar</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786052520482</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Avustralya'nın Keşfi - Kaşifler</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786052520567</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Okyanusların Kaşifleri - Kaşifler</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786052520550</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Marco Polo - Kaşifler</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786052520543</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Magellan - Kaşifler</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786052520536</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Amerika Kaşifleri - Kaşifler</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786052520529</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Kutup Kaşifleri - Kaşifler</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786052520512</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Kristof Kolomb - Kaşifler</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786052520475</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Afrika'nın Keşfi - Kaşifler</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786052520499</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Güney Amerika Kaşifleri - Kaşifler</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786052520468</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Amerigo Vespucci - Kaşifler</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786052523896</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Yaşasın Tayfa Oldum</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786052523902</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Taylan Pilot Oluyor</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786052523872</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Yıldız Uzayı Keşfediyor</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786052523889</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Papatyanın Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
           <t>9786052523865</t>
         </is>
       </c>
-      <c r="B52" s="1" t="inlineStr">
+      <c r="B453" s="1" t="inlineStr">
         <is>
           <t>Hayallerinin Peşinden Koş</t>
         </is>
       </c>
-      <c r="C52" s="1">
+      <c r="C453" s="1">
         <v>125</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>