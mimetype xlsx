--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -85,55 +85,2575 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
+          <t>9786257926829</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Tercüme Bürosu</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786257926812</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı’nda Bolşeviklerle Sekiz Ay</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786257926805</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Hanedanlar Lobisi Lobi Soygunu</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786257926799</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Suskun Sustalı</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786257926201</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı Gençliği</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786257926744</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Son Kuşlar</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786257926768</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Işıksız Denizler</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786257926737</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Lüzumsuz Adam</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786257926751</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Alemdağ’da Var Bir Yılan</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786257926775</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>100 Soruda Türkiye'de İşçi Hareketleri</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786257926782</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Vatanında Gurbette</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786257926720</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Bildiğimiz Dünyanın Sonuna Doğru</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786257926713</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Devlet İnsan mı?</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786257926706</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Bir Karış Fazla Şimendifer</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786257926690</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıkta Gökkuşağı</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786257926621</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Bizimdi O Masa</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786257926683</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Karl Marx ve İngiliz Emperyalizmi</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786257926652</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Göç Yolları</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786257926676</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Bal Tutanlar</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786257926669</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Sovyet Rusya’nın Sosyalist İnşası</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786257926645</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Uygarlık Ardındaki Ahlak</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786257926638</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Nazım Hikmet’in Polemikleri</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786257926607</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ey İnsan</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786257926614</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Kurumuş Gül Ağacı</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786257926591</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Matematik “Yaramaz”dır</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786257926584</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Sinagogda Diplomasi</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786257926522</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Kabil - Ötesi Boşluk</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786257926546</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz Sevgilim</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786257926560</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Özel Şifre Hattı</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786257926577</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı Kadınları</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786257926515</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Iğrıp</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786257926508</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bir Av Dramı</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786257926492</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Ayaşlı İle Kiracıları</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786257926485</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Otlakçı</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786257926461</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Vedat Günyol</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786257926478</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin İçinden</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786257926454</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Dershaneciler Alemi</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786257926447</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye İktisat Kongresi (İzmir, 17 Şubat - 4 Mart 1923)</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786257926430</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Olsam</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786257926416</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Kuramlar Boyunca Özyönetim ve Yugoslavya Deneyi</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786257926393</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Dostoyevski</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786257926423</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizmin Derinleşen Krizleri ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786257926409</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Bolşevizm Tarihi</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786257926362</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Vikont’un Ölümü</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786257926386</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Neler Oldu?</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786257926379</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Lenin’den Anılar</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786257926348</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Hayat: Bitmeyen Bir Resim</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786257926317</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Kalbi</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786257926355</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Denize Doğru</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786257926331</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Çehov - Bir Yazarın Romanı</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786257926324</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Devrime Doğru İlk Adım</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786257926300</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Kaderin Romanı</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786056934513</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Bir Gün Gelecek</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786257926027</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatımızın Ustalarının Gözünden Atatürk ve Devrimin Yönü</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786056974090</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>40 Kuşağı Şairleri</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786257926010</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Kemalizmi Anlamak</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786056934551</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Üç Romantik Hikaye</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786056934575</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Utopia</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786056934599</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Sosyalizm ve İnsan Ruhu</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786056974007</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786056899119</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Boğazlar Meselesi</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786056899157</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Yolu Cumhuriyet</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786056899140</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Durgun Sulardan Uzakta</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786056899133</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’ye Dayatılan Büyük Oyun</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786056916809</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Karanfil ve Ekmek</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786056916830</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Devrime Vurulan Pranga</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786056899126</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Havada Üç Beş Martı</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786058121836</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Sen Hatırlamıyorsun</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786056899102</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Hey Sen! Gazeteci</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786056916823</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Kuşatılmış Bir İnancın Tarihi Alevilik</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786056916892</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Bağışı</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786058121843</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Tevfik Fikret</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786058121829</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Oda</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786058121874</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Esme Bre Deli Rüzgar</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786058121850</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Yurt Kemiricileri</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786058121881</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Zamane</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786058210233</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Uğur Mumcu: Kemalizm ve Sosyalizm</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786058210226</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Pedagoji Tarihi</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786056713262</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ortaçağ Hayaleti - Ensarlı Eğitim</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786058210219</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Elif’in Saçları</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786056713255</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Kurulurken Devletçiliğin Ayak İzleri</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786056713293</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>ABD Onaylı “Yerli ve Milli” Hükümet</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786058210202</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Atatürkçülük Savaşı</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786056934506</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Tek Kitapta Namık Kemal</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786058210295</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çığlık Açsın Tomurcuk</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786058210288</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Çirkinliğe ve Karanlığa İnat</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786058210271</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarın Getirdiği</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786058210257</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çocuğun Gözünden 2. Dünya Savaşı</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786058210264</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Derviş Yunus</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786056523137</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Gülümse Seviyorum</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786056523175</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Yarın Unutma Diye</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786056523151</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Solunun Açmazları ve Çözüm Yolu Arayışları</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786056523144</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki İnsan Susunca</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786056523168</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Derya İçredir Deryayı Bilmez</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786056523120</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlar Yanıyor</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786058121805</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Gün Gülü</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786056713286</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Ah Vre Yanya</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786056713248</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamak Güzeldi</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786058210240</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Hani Ankara Hangi Ankara?</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786058402119</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Oğluma Öldüğümü Söylemeyin</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786058402126</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Bomba Patlayınca</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786058121898</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Yaşadı mı?</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786058402171</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet ile Özdeşleşmiş Bir Hayat - Yunus Nadi Abalıoğlu</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786058402157</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Selanik Kaçakları</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786058402195</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu Bataklığında Türkiye</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786058402188</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İzi</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786058402164</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Akasyalı Sokaklar</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786056713279</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Lefkeli Roza</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786058321809</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımız Galatasaray</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786056713231</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Zamansız Ölümler Ülkesi</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786056713224</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamak Sızısı</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786056523106</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Çınarların Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786056523113</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Alternatifsiz Kriz</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786056713200</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Ne Güzel</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786056713217</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>O Eski Mahalle</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786058321885</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>CIA'nın Muteber Adamı</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786058321830</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Bu Ankara O Ankara Değil</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786058402133</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Susulacak Zaman mı?</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786058321823</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen Tolstoy</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786058321854</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Şehitlik</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786058321847</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Kan Denizindeki Mercek</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786058321816</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Kadın</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786058321861</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Eşek Dediğin Anırır!</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786058321878</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sazan Böceğinin Maceraları</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786058402140</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Atatürkçülüğün Kurtuluş Savaşı</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786058321892</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Yol Hep İkiye Ayrılır</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786058402102</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Öteki Kuşlar</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786056523199</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Akşamlık</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786056523182</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Afganistan’da Ne İşimiz Var?</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786257926263</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Bir De Simit Ağacı Olaydı</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786257926294</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Selfet Hanım</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786257926270</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Çıkrıklar Durunca</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786056899171</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Savaşçı ve Şair Jose Marti</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786257926195</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Şeyler</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786257926218</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Balon</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786257926140</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Zor Günler</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786257926126</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Genç Kız Kalbi</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786257926133</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Fırtına Rüzgar İçinde</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786257926119</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Uygar Olmak Zor İş</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786056974076</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Uğur Mumcu’dan Mektup Var</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786056974069</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>ENSAR ve TÜRGEV’in Bilinmeyen Kardeşi TÜRKEN-USA</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786056974052</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Kentler ve İzler</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786257926225</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Server Tanilli</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786257926249</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>İnsanları Uyandırmak</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786257926256</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Antigone</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786257926232</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Erdoğan - Trump</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786257926287</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Düşün Gerçeği</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786056974038</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Atılımına Doğru</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786056934520</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Kayda Geçsin Diye</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786257926034</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanistandan İnsanistana</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786257926003</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Düşman Köyleri Yaktı</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786056974083</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Çok Uzağında</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786056899195</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786056899188</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786056899164</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Köşk</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786056916878</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786056916885</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786056916816</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786257926102</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Kağnı</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786056974014</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Uyanış Direniş</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786056934537</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Romanın Kaderi</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786056916847</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Baba Yağmur Bitti</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786056934544</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Rabıta’nın Zabıtası</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786257926096</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Ses</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786056974045</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet İktisadında Makas Değişimi</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786056934568</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Tek Kitapta Nazım Hikmet</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786058121867</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ü Unutturmak</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786058121812</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsızlık Devrimcisi</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
           <t>9786056916854</t>
         </is>
       </c>
-      <c r="B2" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Hasanoğlan Yüksek Köy Enstitüsü</t>
         </is>
       </c>
-      <c r="C2" s="1">
+      <c r="C170" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>