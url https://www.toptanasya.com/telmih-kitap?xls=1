--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -85,1015 +85,1165 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259266916</t>
+          <t>9786258714081</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Güneş'in Gözlüğü</t>
+          <t>Tekno Veli - Harput'un Uyanışı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259588285</t>
+          <t>9786259588230</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Albina Ah Karinesi</t>
+          <t>Yalancı Fecir</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259266930</t>
+          <t>9786259588209</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hal Beyanı</t>
+          <t>Kuruluşunun 20. Yılında Dünya Uygur Kurultayı ve Doğu Türkistan Mücadelesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259780863</t>
+          <t>9786259266978</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gadanalam Nedisin</t>
+          <t>Yalancı Fecir</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259836782</t>
+          <t>9786259266923</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Gergedan Mimi</t>
+          <t>Tekno Veli – Harput’un Uyanışı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786250016862</t>
+          <t>9786259365701</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gındırlanik Gidik</t>
+          <t>Mucit Hayri - Eğlenceli Hikayeler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259780832</t>
+          <t>9786259365718</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Derince</t>
+          <t>Dedemin Masalı: Nar Ağacı ve Serçe</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259819778</t>
+          <t>9786250084212</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ayrılırken Kavuşmaya</t>
+          <t>Sevimli Kirpi Selami</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259836775</t>
+          <t>9786259365732</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Taşlar 2</t>
+          <t>Bozkır’ın Çocukları Kurtlu Sancak: Alpkan</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259588247</t>
+          <t>9786056993886</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Birecik</t>
+          <t>Acıbadem’de Bir Kedi Salep</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056616617</t>
+          <t>9786259266916</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İlanı</t>
+          <t>Güneş'in Gözlüğü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259588261</t>
+          <t>9786259588285</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türk Devletleri Kurucuları</t>
+          <t>Albina Ah Karinesi</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259780849</t>
+          <t>9786259266930</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Fil Fiko</t>
+          <t>Hal Beyanı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259778006</t>
+          <t>9786259780863</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bal Köpüğü'nün Rüyası - Sihirli Pijamalar</t>
+          <t>Gadanalam Nedisin</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259780887</t>
+          <t>9786259836782</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Hülyadır Yaşamak</t>
+          <t>Meraklı Gergedan Mimi</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259819747</t>
+          <t>9786250016862</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Lawje</t>
+          <t>Gındırlanik Gidik</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259588254</t>
+          <t>9786259780832</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Yalan</t>
+          <t>Derince</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786250018477</t>
+          <t>9786259819778</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk</t>
+          <t>Ayrılırken Kavuşmaya</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786250081143</t>
+          <t>9786259836775</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kurt Memo</t>
+          <t>Koruyucu Taşlar 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786250017104</t>
+          <t>9786259588247</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şiir Terapi</t>
+          <t>Birecik</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786250016404</t>
+          <t>9786056616617</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Huzur Kavanozları</t>
+          <t>Kayıp İlanı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056993862</t>
+          <t>9786259588261</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gitmeler Girizgahı</t>
+          <t>Türk Devletleri Kurucuları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786250015384</t>
+          <t>9786259780849</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Onulmaz</t>
+          <t>Meraklı Fil Fiko</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050016329</t>
+          <t>9786259778006</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Anıların Diliyle Babam - Nurettin Orhan</t>
+          <t>Bal Köpüğü'nün Rüyası - Sihirli Pijamalar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786250015476</t>
+          <t>9786259780887</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gözden Habersiz</t>
+          <t>Bir Hülyadır Yaşamak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786250085974</t>
+          <t>9786259819747</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sisal</t>
+          <t>Lawje</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786250085400</t>
+          <t>9786259588254</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ruh-u Revanım</t>
+          <t>Aynadaki Yalan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786250085776</t>
+          <t>9786250018477</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalim Vardı</t>
+          <t>Rengarenk</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786250086643</t>
+          <t>9786250081143</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun!..</t>
+          <t>Kurt Memo</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786250085080</t>
+          <t>9786250017104</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Kabus</t>
+          <t>Şiir Terapi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786250086254</t>
+          <t>9786250016404</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Susuz Köy</t>
+          <t>Huzur Kavanozları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056993848</t>
+          <t>9786056993862</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mimesis Islağı</t>
+          <t>Gitmeler Girizgahı</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786250088517</t>
+          <t>9786250015384</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Akşamüstü Ritüeli</t>
+          <t>Onulmaz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786250089194</t>
+          <t>9786050016329</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Kadını</t>
+          <t>Anıların Diliyle Babam - Nurettin Orhan</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057274809</t>
+          <t>9786250015476</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Niyet Et</t>
+          <t>Gözden Habersiz</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786250009451</t>
+          <t>9786250085974</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Martıların Sessizliği</t>
+          <t>Sisal</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786250009116</t>
+          <t>9786250085400</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Velhasıl “Evvela Hissiyat”</t>
+          <t>Ruh-u Revanım</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786250010181</t>
+          <t>9786250085776</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Surade</t>
+          <t>Bir Hayalim Vardı</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786250090671</t>
+          <t>9786250086643</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sen Bana Hep Geç Kaldın</t>
+          <t>Aşk Olsun!..</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786250009413</t>
+          <t>9786250085080</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Şiirler</t>
+          <t>Gerçek Kabus</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786250008188</t>
+          <t>9786250086254</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eğrisiz Sözler</t>
+          <t>Susuz Köy</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786250006832</t>
+          <t>9786056993848</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Uygur Şiirleri Güldestesi</t>
+          <t>Mimesis Islağı</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786250094020</t>
+          <t>9786250088517</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Prens Ve Prenses</t>
+          <t>Akşamüstü Ritüeli</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786250093887</t>
+          <t>9786250089194</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Adını Arayan Şiirler</t>
+          <t>Göklerin Kadını</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786250005729</t>
+          <t>9786057274809</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Ve Mutluluğun Formülleri</t>
+          <t>Niyet Et</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786250097939</t>
+          <t>9786250009451</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Müteyyim</t>
+          <t>Martıların Sessizliği</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786250004364</t>
+          <t>9786250009116</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kültür Kazanı</t>
+          <t>Velhasıl “Evvela Hissiyat”</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786250003343</t>
+          <t>9786250010181</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuşlardan Sonra</t>
+          <t>Surade</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786250002087</t>
+          <t>9786250090671</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fel</t>
+          <t>Sen Bana Hep Geç Kaldın</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057470911</t>
+          <t>9786250009413</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Yolcu</t>
+          <t>Gönülden Dile Şiirler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254001550</t>
+          <t>9786250008188</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ekmek İçin Göç</t>
+          <t>Eğrisiz Sözler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057058928</t>
+          <t>9786250006832</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sidoma</t>
+          <t>Çağdaş Uygur Şiirleri Güldestesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057470935</t>
+          <t>9786250094020</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Güldestesi</t>
+          <t>Prens Ve Prenses</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057058935</t>
+          <t>9786250093887</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Afrikalı Çocuk</t>
+          <t>Zamanda Adını Arayan Şiirler</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050316346</t>
+          <t>9786250005729</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ğ Yalnızlığı</t>
+          <t>Sağlığın Ve Mutluluğun Formülleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057058911</t>
+          <t>9786250097939</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aydoğdu Karakolu</t>
+          <t>Müteyyim</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057058904</t>
+          <t>9786250004364</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Apiterapi</t>
+          <t>Kültür Kazanı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050318357</t>
+          <t>9786250003343</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bir Zaman Garı</t>
+          <t>Kuşlardan Sonra</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057470942</t>
+          <t>9786250002087</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşımızın Açıklaması</t>
+          <t>Fel</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050311365</t>
+          <t>9786057470911</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Mümteni</t>
+          <t>Yol ve Yolcu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050314007</t>
+          <t>9786254001550</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Taşlar</t>
+          <t>Ekmek İçin Göç</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050317695</t>
+          <t>9786057058928</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Cüzzam - Duvarlar Yıkılırken</t>
+          <t>Sidoma</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>95</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057470904</t>
+          <t>9786057470935</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Efsa</t>
+          <t>Yunus Emre Güldestesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057470928</t>
+          <t>9786057058935</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Harput’ta Vakfa Tabi Meslek Grupları</t>
+          <t>Afrikalı Çocuk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
+          <t>9786050316346</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Ğ Yalnızlığı</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786057058911</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Aydoğdu Karakolu</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786057058904</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Apiterapi</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786050318357</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Bir Zaman Garı</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786057470942</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Marşımızın Açıklaması</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786050311365</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Şehr-i Mümteni</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786050314007</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Koruyucu Taşlar</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786050317695</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Cüzzam - Duvarlar Yıkılırken</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786057470904</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Efsa</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786057470928</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Harput’ta Vakfa Tabi Meslek Grupları</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
           <t>9786259780870</t>
         </is>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Bir Krallığı Kurtarmak</t>
         </is>
       </c>
-      <c r="C66" s="1">
+      <c r="C76" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>