--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,1675 +85,1795 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789755453057</t>
+          <t>9789755453088</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Turnalar</t>
+          <t>Karşıma O Kadın Çıktı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>385</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789785450521</t>
+          <t>9789755453132</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yapma Cennetler</t>
+          <t>Tuzak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>60</v>
+        <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789755451046</t>
+          <t>9789755453125</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Thomasina</t>
+          <t>Hep O Masal</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>495</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789755451572</t>
+          <t>9789755453118</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Theo’nun Kutsal Yolculuğu</t>
+          <t>Eğlence Şehirlerinde 60 Gün</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789755452722</t>
+          <t>9789755453101</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kederli İpek</t>
+          <t>Dünya Böyledir İşte</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>395</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058378605</t>
+          <t>9789755453095</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bilinçsiz-Olan</t>
+          <t>Çitlenbik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>20</v>
+        <v>265</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058378643</t>
+          <t>9789755453071</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Savaşın ve Ölümün Güncelliği</t>
+          <t>Adak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>30</v>
+        <v>395</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789755451800</t>
+          <t>9789755453064</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aseksüel Koloni Ya Da Antiope</t>
+          <t>Yapay Zeka Çalışmaları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>60</v>
+        <v>690</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755450254</t>
+          <t>9789755453057</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Arıbalı</t>
+          <t>Turnalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>40</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789755452357</t>
+          <t>9789785450521</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Suretleri</t>
+          <t>Yapma Cennetler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789755452241</t>
+          <t>9789755451046</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Haziran’da Okunan Nağmeler</t>
+          <t>Thomasina</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755450759</t>
+          <t>9789755451572</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hiçlik</t>
+          <t>Theo’nun Kutsal Yolculuğu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755450421</t>
+          <t>9789755452722</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gubbio Kapıları</t>
+          <t>Kederli İpek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789755451541</t>
+          <t>9786058378605</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Numaralı Oda</t>
+          <t>Bilinçsiz-Olan</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789755452159</t>
+          <t>9786058378643</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki İz: Yeryüzü Sanatı</t>
+          <t>Savaşın ve Ölümün Güncelliği</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789755453040</t>
+          <t>9789755451800</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kırık Düşler Atlası</t>
+          <t>Aseksüel Koloni Ya Da Antiope</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755453026</t>
+          <t>9789755450254</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Maymun’un Defteri</t>
+          <t>Arıbalı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755452999</t>
+          <t>9789755452357</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dilin Kamburuymuş</t>
+          <t>Hüzün Suretleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755452982</t>
+          <t>9789755452241</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Maymunkeş Bir Osmanlı Fantezisi</t>
+          <t>Haziran’da Okunan Nağmeler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>270</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755452883</t>
+          <t>9789755450759</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Üç Savaşta İki Devletin Bir Futbolu</t>
+          <t>Gündelik Hiçlik</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>695</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755452975</t>
+          <t>9789755450421</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminden Ulusalcılığa Kemalizmin Düşünsel Tarihi</t>
+          <t>Gubbio Kapıları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>460</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755452944</t>
+          <t>9789755451541</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sanrı Aşkına</t>
+          <t>Dokuz Numaralı Oda</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>195</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755452913</t>
+          <t>9789755452159</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Düşün Yazıları I-II</t>
+          <t>Doğadaki İz: Yeryüzü Sanatı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>540</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755452937</t>
+          <t>9789755453040</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Nereye Gidiyor? Düşün Yazıları II</t>
+          <t>Kırık Düşler Atlası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755452920</t>
+          <t>9789755453026</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Nereye Gidiyor? Düşün Yazıları</t>
+          <t>Maymun’un Defteri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755452906</t>
+          <t>9789755452999</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Acıların En Büyüğü</t>
+          <t>Dilin Kamburuymuş</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755452876</t>
+          <t>9789755452982</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Soysuz</t>
+          <t>Maymunkeş Bir Osmanlı Fantezisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755452869</t>
+          <t>9789755452883</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>CHP Tarihini İstanbul’dan Okumak: CHP İstanbul İl Başkanlığı Tarihi (1923-1980)</t>
+          <t>Üç Savaşta İki Devletin Bir Futbolu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>695</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755452852</t>
+          <t>9789755452975</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret İçin Ne Dediler, Ne Diyorlar?</t>
+          <t>Tek Parti Döneminden Ulusalcılığa Kemalizmin Düşünsel Tarihi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755452845</t>
+          <t>9789755452944</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Süngülerin Gölgesinde - Yeni Toplumun İnşası (1980-1983)</t>
+          <t>Sanrı Aşkına</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755452814</t>
+          <t>9789755452913</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bizanslı Yemekler</t>
+          <t>Düşün Yazıları I-II</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058495012</t>
+          <t>9789755452937</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bastırma ve Bastırılanın Geri Dönüşü</t>
+          <t>İnsanlık Nereye Gidiyor? Düşün Yazıları II</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789755450674</t>
+          <t>9789755452920</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yukarıda</t>
+          <t>İnsanlık Nereye Gidiyor? Düşün Yazıları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755451213</t>
+          <t>9789755452906</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yokuşu Tırmanır Hayat</t>
+          <t>Acıların En Büyüğü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755451077</t>
+          <t>9789755452876</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yılanın Yolu</t>
+          <t>Soysuz</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789755451671</t>
+          <t>9789755452869</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Sabah</t>
+          <t>CHP Tarihini İstanbul’dan Okumak: CHP İstanbul İl Başkanlığı Tarihi (1923-1980)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755452692</t>
+          <t>9789755452852</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kardeşler Köyü</t>
+          <t>Tevfik Fikret İçin Ne Dediler, Ne Diyorlar?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755450919</t>
+          <t>9789755452845</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Modernist Refleks</t>
+          <t>Süngülerin Gölgesinde - Yeni Toplumun İnşası (1980-1983)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789755451039</t>
+          <t>9789755452814</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Voli</t>
+          <t>Bizanslı Yemekler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789755452135</t>
+          <t>9786058495012</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uyku Tulumunda Spor</t>
+          <t>Bastırma ve Bastırılanın Geri Dönüşü</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755450599</t>
+          <t>9789755450674</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Utanç</t>
+          <t>Yukarıda</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755451114</t>
+          <t>9789755451213</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tutanak Defteri</t>
+          <t>Yokuşu Tırmanır Hayat</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755450575</t>
+          <t>9789755451077</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tenes Burnu Nişanlıları</t>
+          <t>Yılanın Yolu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755452739</t>
+          <t>9789755451671</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Yeni Bir Sabah</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755450902</t>
+          <t>9789755452692</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tavan</t>
+          <t>Yedi Kardeşler Köyü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755451220</t>
+          <t>9789755450919</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Symphonia Kakophonica</t>
+          <t>Yaşasın Modernist Refleks</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755450537</t>
+          <t>9789755451039</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Bir Kovboy</t>
+          <t>Voli</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755451336</t>
+          <t>9789755452135</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Son Günlerin Efendisi</t>
+          <t>Uyku Tulumunda Spor</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755450491</t>
+          <t>9789755450599</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Siyah Eşya</t>
+          <t>Utanç</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755450988</t>
+          <t>9789755451114</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sırabozan</t>
+          <t>Tutanak Defteri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755451329</t>
+          <t>9789755450575</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Serseri ve Kopukların Göğe Çıkışları</t>
+          <t>Tenes Burnu Nişanlıları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755451244</t>
+          <t>9789755452739</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sayıklamalar Bir Arthur Rimbaud Yorumu</t>
+          <t>Tembellik Hakkı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755450544</t>
+          <t>9789755450902</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Saydam</t>
+          <t>Tavan</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755451473</t>
+          <t>9789755451220</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Rehinelik Mesleği</t>
+          <t>Symphonia Kakophonica</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755452265</t>
+          <t>9789755450537</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Priamos’un Hazinesi</t>
+          <t>Sürgünde Bir Kovboy</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755451589</t>
+          <t>9789755451336</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Kirazları</t>
+          <t>Son Günlerin Efendisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755452395</t>
+          <t>9789755450491</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal ve Selanik Yaşamı</t>
+          <t>Siyah Eşya</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755451848</t>
+          <t>9789755450988</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme ve Modern Türk Şiiri</t>
+          <t>Sırabozan</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755450766</t>
+          <t>9789755451329</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mensonge’un Peşinde Garip Arayışlarım</t>
+          <t>Serseri ve Kopukların Göğe Çıkışları</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755452609</t>
+          <t>9789755451244</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yüzümüzde Saklı Şiirler</t>
+          <t>Sayıklamalar Bir Arthur Rimbaud Yorumu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755452685</t>
+          <t>9789755450544</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Masalların Suç Olduğu Topraklar</t>
+          <t>Saydam</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755450629</t>
+          <t>9789755451473</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Laura’ya Dair</t>
+          <t>Rehinelik Mesleği</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755450810</t>
+          <t>9789755452265</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kuledeki Adam</t>
+          <t>Priamos’un Hazinesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755450995</t>
+          <t>9789755451589</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kırbaç İnince</t>
+          <t>Özgürlüğün Kirazları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755451275</t>
+          <t>9789755452395</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kesik Kafa Inocencio Onesto</t>
+          <t>Mustafa Kemal ve Selanik Yaşamı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755450957</t>
+          <t>9789755451848</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Karatavuk</t>
+          <t>Modernleşme ve Modern Türk Şiiri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755450858</t>
+          <t>9789755450766</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Oyunları Bir Bencilliğin Günlüğü</t>
+          <t>Mensonge’un Peşinde Garip Arayışlarım</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755450735</t>
+          <t>9789755452609</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Öğle</t>
+          <t>Yüzümüzde Saklı Şiirler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755451794</t>
+          <t>9789755452685</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İtiraz Yazıları</t>
+          <t>Masalların Suç Olduğu Topraklar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755452753</t>
+          <t>9789755450629</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Gün Batımında</t>
+          <t>Laura’ya Dair</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9779755452760</t>
+          <t>9789755450810</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sakallı Kadın</t>
+          <t>Kuledeki Adam</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755452746</t>
+          <t>9789755450995</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Farsça Okunuşları ve Türkçesiyle Rubailer</t>
+          <t>Kırbaç İnince</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058495043</t>
+          <t>9789755451275</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yas ve Melankoli</t>
+          <t>Kesik Kafa Inocencio Onesto</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755452111</t>
+          <t>9789755450957</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Deli Bal</t>
+          <t>Karatavuk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755450971</t>
+          <t>9789755450858</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dağın Şeyhi Hasan Sabbah</t>
+          <t>Kaderin Oyunları Bir Bencilliğin Günlüğü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755451756</t>
+          <t>9789755450735</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı</t>
+          <t>Sıcak Öğle</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755450643</t>
+          <t>9789755451794</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Biçim Memleket</t>
+          <t>İtiraz Yazıları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755451312</t>
+          <t>9789755452753</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bingo Palace</t>
+          <t>Sonsuz Gün Batımında</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755452234</t>
+          <t>9779755452760</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bakunin’in Bahçesi</t>
+          <t>Sakallı Kadın</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789785452433</t>
+          <t>9789755452746</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aynacı</t>
+          <t>Farsça Okunuşları ve Türkçesiyle Rubailer</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755450865</t>
+          <t>9786058495043</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Avcı Sıfır</t>
+          <t>Yas ve Melankoli</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755451596</t>
+          <t>9789755452111</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Athena</t>
+          <t>Deli Bal</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9759785450883</t>
+          <t>9789755450971</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aşka İlahiler</t>
+          <t>Dağın Şeyhi Hasan Sabbah</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755452128</t>
+          <t>9789755451756</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aşk İntiharın Peşinde</t>
+          <t>Çoban Yıldızı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755451916</t>
+          <t>9789755450643</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Aşk Boyu Yaşam</t>
+          <t>Bu Ne Biçim Memleket</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755451398</t>
+          <t>9789755451312</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Alevin ve Acının İçinden</t>
+          <t>Bingo Palace</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755451992</t>
+          <t>9789755452234</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Aldırılan Çocuklar Örgütü</t>
+          <t>Bakunin’in Bahçesi</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755452258</t>
+          <t>9789785452433</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Adaleti Gördünüz mü? Bir Savcıdan Anılar, Gözlemler, Görüşler</t>
+          <t>Aynacı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755452593</t>
+          <t>9789755450865</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İspinoz</t>
+          <t>Avcı Sıfır</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755451190</t>
+          <t>9789755451596</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Şahmaran</t>
+          <t>Athena</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755451282</t>
+          <t>9759785450883</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Izgara</t>
+          <t>Aşka İlahiler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>280</v>
+        <v>80</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755451107</t>
+          <t>9789755452128</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Isidore</t>
+          <t>Aşk İntiharın Peşinde</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755451251</t>
+          <t>9789755451916</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hrabal’ın Kitabı</t>
+          <t>Aşk Boyu Yaşam</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755451121</t>
+          <t>9789755451398</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğe Övgü</t>
+          <t>Alevin ve Acının İçinden</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755451497</t>
+          <t>9789755451992</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Her İkisini Birden Yapamazsın</t>
+          <t>Aldırılan Çocuklar Örgütü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755452302</t>
+          <t>9789755452258</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hazar Kıyısında Yerle Gök</t>
+          <t>Adaleti Gördünüz mü? Bir Savcıdan Anılar, Gözlemler, Görüşler</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755451923</t>
+          <t>9789755452593</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dönüş</t>
+          <t>İspinoz</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755451442</t>
+          <t>9789755451190</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hayaletli Konak</t>
+          <t>İçimdeki Şahmaran</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755451237</t>
+          <t>9789755451282</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hayaletler</t>
+          <t>Izgara</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755452104</t>
+          <t>9789755451107</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Aşk</t>
+          <t>Isidore</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755451558</t>
+          <t>9789755451251</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gökbilimci</t>
+          <t>Hrabal’ın Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755451381</t>
+          <t>9789755451121</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ezgiler Ezgisi</t>
+          <t>Hiçliğe Övgü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755452661</t>
+          <t>9789755451497</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Erguvanlar Ağlıyor</t>
+          <t>Her İkisini Birden Yapamazsın</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755451565</t>
+          <t>9789755452302</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Tozu</t>
+          <t>Hazar Kıyısında Yerle Gök</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755450636</t>
+          <t>9789755451923</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın En Güzel Öyküsü Kökenlerimizin Gizleri</t>
+          <t>Hayata Dönüş</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755452821</t>
+          <t>9789755451442</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sınır Bölüğü</t>
+          <t>Hayaletli Konak</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755452890</t>
+          <t>9789755451237</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir Liranın Başından Geçenler</t>
+          <t>Hayaletler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755451947</t>
+          <t>9789755452104</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Casus Belli ya da Helena Ölümsüz Antikite-3</t>
+          <t>Günaydın Aşk</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
+          <t>9789755451558</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Gökbilimci</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789755451381</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Ezgiler Ezgisi</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789755452661</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Erguvanlar Ağlıyor</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789755451565</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Tozu</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789755450636</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Dünya'nın En Güzel Öyküsü Kökenlerimizin Gizleri</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789755452821</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Sınır Bölüğü</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789755452890</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Bir Liranın Başından Geçenler</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789755451947</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Casus Belli ya da Helena Ölümsüz Antikite-3</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
           <t>9789755451695</t>
         </is>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Zamanla Belki</t>
         </is>
       </c>
-      <c r="C110" s="1">
+      <c r="C118" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>