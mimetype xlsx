--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,1795 +85,3745 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789755453088</t>
+          <t>9789755453002</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Karşıma O Kadın Çıktı</t>
+          <t>Oğlumla Başbaşa</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>385</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789755453132</t>
+          <t>9789755453019</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tuzak</t>
+          <t>Eski Ocak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>395</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789755453125</t>
+          <t>9789755453033</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hep O Masal</t>
+          <t>Tepetaklak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>495</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789755453118</t>
+          <t>9786058495074</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Eğlence Şehirlerinde 60 Gün</t>
+          <t>Tarih Öncesi Köpekler Havlıyor</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>255</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789755453101</t>
+          <t>9786058564305</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dünya Böyledir İşte</t>
+          <t>Direnlibido</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>395</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789755453095</t>
+          <t>9786058564398</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çitlenbik</t>
+          <t>Darbeci 12 Eylül Ruhu yada Halkın 'Yüce Millet'le İmtihanı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>265</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789755453071</t>
+          <t>9789755450841</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Adak</t>
+          <t>Yürekteki Hayvan</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>395</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789755453064</t>
+          <t>9789755451633</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çalışmaları</t>
+          <t>Yaşasın Cumhuriyet</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>690</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755453057</t>
+          <t>9789755451664</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Turnalar</t>
+          <t>Yaşamın Özge Yorumu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789785450521</t>
+          <t>9789755451770</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yapma Cennetler</t>
+          <t>Yaralarım Aşktandır</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>60</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789755451046</t>
+          <t>9789755450698</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Thomasina</t>
+          <t>Yanlış İlişkiler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755451572</t>
+          <t>9789755452098</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Theo’nun Kutsal Yolculuğu</t>
+          <t>Yağmur</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755452722</t>
+          <t>9789755451527</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kederli İpek</t>
+          <t>Ve Sevgili Rozika</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058378605</t>
+          <t>9789755450872</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bilinçsiz-Olan</t>
+          <t>Türkiye’nin Önünde Üç Model</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058378643</t>
+          <t>9789755450223</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Savaşın ve Ölümün Güncelliği</t>
+          <t>Tuna, Sava, Morava ve Drina’ya Bir Kış Yolculuğu -Ya Da Sırbistan’a Adalet- Bir Kış Yolculuğu’na Yaz Eki</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789755451800</t>
+          <t>9789755452210</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Aseksüel Koloni Ya Da Antiope</t>
+          <t>Tarihin Başlangıcında Bir Halk Sümerler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755450254</t>
+          <t>9789755451008</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Arıbalı</t>
+          <t>Şiirin Dolambaçlı Yolları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>40</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755452357</t>
+          <t>9789755450278</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Suretleri</t>
+          <t>Şeytanın Orospusu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755452241</t>
+          <t>9799755451724</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Haziran’da Okunan Nağmeler</t>
+          <t>Sulara mı Yazıldı Yazılar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>40</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755450759</t>
+          <t>9789755452043</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hiçlik</t>
+          <t>Son Masal</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755450421</t>
+          <t>9789755450711</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gubbio Kapıları</t>
+          <t>Sevgili Richard Gere</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>80</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755451541</t>
+          <t>9789755451787</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Numaralı Oda</t>
+          <t>Seni Aşka Yazmalı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>80</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755452159</t>
+          <t>9789755450300</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki İz: Yeryüzü Sanatı</t>
+          <t>Seksus</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755453040</t>
+          <t>9789755451480</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kırık Düşler Atlası</t>
+          <t>Romantik Salgın</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755453026</t>
+          <t>9789755452319</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Maymun’un Defteri</t>
+          <t>Reçel Deyip Geçme</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>230</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755452999</t>
+          <t>9789755452166</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dilin Kamburuymuş</t>
+          <t>Pop Yazılar: Varoştan Merkeze Yürüyen Halk Zevki</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755452982</t>
+          <t>9789755450551</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Maymunkeş Bir Osmanlı Fantezisi</t>
+          <t>Papatya Bahçesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>270</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755452883</t>
+          <t>9789755451534</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Üç Savaşta İki Devletin Bir Futbolu</t>
+          <t>Pantolon İstiyordum 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>695</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755452975</t>
+          <t>9789755450612</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminden Ulusalcılığa Kemalizmin Düşünsel Tarihi</t>
+          <t>Pantolon İstiyordum 1</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>460</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755452944</t>
+          <t>9789455450684</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sanrı Aşkına</t>
+          <t>Özel Bir Görüş</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>195</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755452913</t>
+          <t>9789755451138</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Düşün Yazıları I-II</t>
+          <t>Ortakyaşar İnsan Üçüncü Binyıla Bakışlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>540</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755452937</t>
+          <t>9789755451060</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Nereye Gidiyor? Düşün Yazıları II</t>
+          <t>Ne Altın Ne Gümüş</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789755452920</t>
+          <t>3990000012959</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Nereye Gidiyor? Düşün Yazıları</t>
+          <t>Metruk Zamana Seyahat</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>260</v>
+        <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755452906</t>
+          <t>9789755451022</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Acıların En Büyüğü</t>
+          <t>Merkez İstasyonu’nda Oturup Ağladım</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>165</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755452876</t>
+          <t>9789755450728</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Soysuz</t>
+          <t>Merhamet Sokağı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789755452869</t>
+          <t>9789755452340</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>CHP Tarihini İstanbul’dan Okumak: CHP İstanbul İl Başkanlığı Tarihi (1923-1980)</t>
+          <t>Nal Bir Akıl Hastanesinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755452852</t>
+          <t>9789755451985</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret İçin Ne Dediler, Ne Diyorlar?</t>
+          <t>Melek Kolonisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755452845</t>
+          <t>9789755451619</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Süngülerin Gölgesinde - Yeni Toplumun İnşası (1980-1983)</t>
+          <t>Medeia Sesler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789755452814</t>
+          <t>9789755450056</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bizanslı Yemekler</t>
+          <t>Maşenka</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058495012</t>
+          <t>9789755451343</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bastırma ve Bastırılanın Geri Dönüşü</t>
+          <t>Mani</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>60</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755450674</t>
+          <t>9789755451510</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yukarıda</t>
+          <t>Lizbon’da Kış</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755451213</t>
+          <t>9789755450803</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yokuşu Tırmanır Hayat</t>
+          <t>Labirent</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755451077</t>
+          <t>9789755451909</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yılanın Yolu</t>
+          <t>Kudüs İçin Ölmek</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755451671</t>
+          <t>9789755451732</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Sabah</t>
+          <t>Kral Hammurabi ve Babil Günlüğü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755452692</t>
+          <t>9789755451862</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kardeşler Köyü</t>
+          <t>Kopernik’in Laneti</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755450919</t>
+          <t>9789755451688</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Modernist Refleks</t>
+          <t>Kayıp Bağlantı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755451039</t>
+          <t>9779755451832</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Voli</t>
+          <t>Katilim, Yalnızlığımı Öldürdüm</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755452135</t>
+          <t>9789755451206</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uyku Tulumunda Spor</t>
+          <t>Kamyonet</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755450599</t>
+          <t>9789755451015</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Utanç</t>
+          <t>Tilki Daha O Zaman Avcıydı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755451114</t>
+          <t>3990000001723</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tutanak Defteri</t>
+          <t>Küs</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755450575</t>
+          <t>9789755451602</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tenes Burnu Nişanlıları</t>
+          <t>Kafkas Sürgünleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755452739</t>
+          <t>9789755451176</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tembellik Hakkı</t>
+          <t>Kadınların Özgürleşmesi Üzerine</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>50</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755450902</t>
+          <t>9789755452440</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tavan</t>
+          <t>Kadınların Cenneti</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755451220</t>
+          <t>9789755451183</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Symphonia Kakophonica</t>
+          <t>İzmirli</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755450537</t>
+          <t>9789755451411</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Bir Kovboy</t>
+          <t>Klasik Rus Öyküsünün Başyapıtları (Antoloji)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755451336</t>
+          <t>9789755450568</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Son Günlerin Efendisi</t>
+          <t>İyi Yürekli Yaşlı Adamla Güzel Kızın Öyküsü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755450491</t>
+          <t>9779755451825</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Siyah Eşya</t>
+          <t>Sevgim Beni Anlıyor</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>60</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755450988</t>
+          <t>9789123445851</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sırabozan</t>
+          <t>Neksus</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755451329</t>
+          <t>9786058564336</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Serseri ve Kopukların Göğe Çıkışları</t>
+          <t>Akrebin Yazı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755451244</t>
+          <t>9786058495036</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sayıklamalar Bir Arthur Rimbaud Yorumu</t>
+          <t>Nusayri Alevilik</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755450544</t>
+          <t>9786058564329</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Saydam</t>
+          <t>Ben ve O</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755451473</t>
+          <t>9786058378636</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Rehinelik Mesleği</t>
+          <t>Kültürel Cinsel Ahlak ve Modern Sinirlilik</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755452265</t>
+          <t>9786058378629</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Priamos’un Hazinesi</t>
+          <t>Bakirelik Tabusu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755451589</t>
+          <t>9786058495050</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Kirazları</t>
+          <t>Altın Gözlü Kız</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>80</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755452395</t>
+          <t>9789755450322</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal ve Selanik Yaşamı</t>
+          <t>Bizi Aşktan Koru</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755451848</t>
+          <t>9789755451169</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme ve Modern Türk Şiiri</t>
+          <t>Biri Hiçbiri Binlercesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755450766</t>
+          <t>9789755450780</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mensonge’un Peşinde Garip Arayışlarım</t>
+          <t>Dişi Domuz</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755452609</t>
+          <t>9789755450297</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yüzümüzde Saklı Şiirler</t>
+          <t>Diktatör ile Palyaço</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755452685</t>
+          <t>9789755451763</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Masalların Suç Olduğu Topraklar</t>
+          <t>Daktiloya Çekilmiş Şiirler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>60</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755450629</t>
+          <t>9789755452296</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Laura’ya Dair</t>
+          <t>Çocukluğun Son Günü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755450810</t>
+          <t>9789755451053</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kuledeki Adam</t>
+          <t>Büyülü Bir Yolda (İran, Pakistan, Hindistan, Nepal)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755450995</t>
+          <t>9779755451818</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kırbaç İnince</t>
+          <t>Bütün Giritliler Yalan Söyler Önyargılarla Yaşama</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755451275</t>
+          <t>9789755451152</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kesik Kafa Inocencio Onesto</t>
+          <t>Buruk Sevdalar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755450957</t>
+          <t>9789755450650</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Karatavuk</t>
+          <t>Bundan Sonra Bana İlk Dokunanın...</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755450858</t>
+          <t>9789755452494</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Oyunları Bir Bencilliğin Günlüğü</t>
+          <t>Buluşma</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>16</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755450735</t>
+          <t>3990000001714</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Öğle</t>
+          <t>Bir Sanrı İçin Gece Müziği Anti Nostaljik Bir Kolaj</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755451794</t>
+          <t>9789755450438</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İtiraz Yazıları</t>
+          <t>Bir Katilin Babası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755452753</t>
+          <t>9789755450940</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Gün Batımında</t>
+          <t>Bir Kadın</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9779755452760</t>
+          <t>9789755452272</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sakallı Kadın</t>
+          <t>Bi’at ve Öfke</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755452746</t>
+          <t>9789755451091</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Farsça Okunuşları ve Türkçesiyle Rubailer</t>
+          <t>Beyazateş Adası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058495043</t>
+          <t>3990000005668</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yas ve Melankoli</t>
+          <t>Beyaz At</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>60</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755452111</t>
+          <t>9789755451404</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Deli Bal</t>
+          <t>Bet-Şeba</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>80</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755450971</t>
+          <t>9789755452005</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dağın Şeyhi Hasan Sabbah</t>
+          <t>Beşinci İncil</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755451756</t>
+          <t>9799755451717</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı</t>
+          <t>Ben Hiçbir Şey Söylemedim</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755450643</t>
+          <t>9789755452647</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Biçim Memleket</t>
+          <t>Bel Ami</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755451312</t>
+          <t>9789755451145</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bingo Palace</t>
+          <t>Beatrice’den Sonra Birinci Yüzyıl</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755452234</t>
+          <t>9789755450834</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bakunin’in Bahçesi</t>
+          <t>Baştan Sona Yalnızlık</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789785452433</t>
+          <t>9789755450742</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Aynacı</t>
+          <t>Başka Gökler Altında</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>280</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755450865</t>
+          <t>9789755451367</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Avcı Sıfır</t>
+          <t>Bahar ve Tipi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>80</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755451596</t>
+          <t>9789755451701</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Athena</t>
+          <t>Avrupa’nın Anası Anadolu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9759785450883</t>
+          <t>9789755450773</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Aşka İlahiler</t>
+          <t>Çark</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>80</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755452128</t>
+          <t>9789755450605</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Aşk İntiharın Peşinde</t>
+          <t>Aşkın Üç Yüzü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755451916</t>
+          <t>9789755452531</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Aşk Boyu Yaşam</t>
+          <t>Arzular Kenti İstanbul</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755451398</t>
+          <t>9789755450926</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Alevin ve Acının İçinden</t>
+          <t>Arapların Gözüyle Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755451992</t>
+          <t>9789755451879</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Aldırılan Çocuklar Örgütü</t>
+          <t>Antik Pers Tarihi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>160</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755452258</t>
+          <t>9789755451299</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Adaleti Gördünüz mü? Bir Savcıdan Anılar, Gözlemler, Görüşler</t>
+          <t>Ankara 1920</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755452593</t>
+          <t>9789755451084</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İspinoz</t>
+          <t>Anicet ya da Panorama, Roman</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755451190</t>
+          <t>9789755451428</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Şahmaran</t>
+          <t>Akan Sular Şarap Olsa</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755451282</t>
+          <t>9789755452326</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Izgara</t>
+          <t>İstanbul Bir Dişi Orospu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>280</v>
+        <v>16</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755451107</t>
+          <t>9789755452142</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Isidore</t>
+          <t>Işık Gölge</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755451251</t>
+          <t>9789755450827</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hrabal’ın Kitabı</t>
+          <t>Işık Bahçeleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755451121</t>
+          <t>9789755450933</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğe Övgü</t>
+          <t>Ilgaz Teyze Öldü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>80</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755451497</t>
+          <t>9789755451268</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Her İkisini Birden Yapamazsın</t>
+          <t>Hüzün Gondolu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>240</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755452302</t>
+          <t>9789755451350</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hazar Kıyısında Yerle Gök</t>
+          <t>Hiçlik’te Randevu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755451923</t>
+          <t>9789755452562</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dönüş</t>
+          <t>Hayat Yeşil Umut Mavi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755451442</t>
+          <t>9789755450797</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hayaletli Konak</t>
+          <t>Hamal’ın Uşakları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>16</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755451237</t>
+          <t>9789755451625</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hayaletler</t>
+          <t>Güneşle Damgalı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>120</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755452104</t>
+          <t>9789755450582</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Aşk</t>
+          <t>Gri Yosun Yanıyor</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>280</v>
+        <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789755451558</t>
+          <t>9789755452173</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gökbilimci</t>
+          <t>Geleneksel Azeri Masalları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789755451381</t>
+          <t>9789755450247</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ezgiler Ezgisi</t>
+          <t>Fesat</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789755452661</t>
+          <t>9789755452586</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Erguvanlar Ağlıyor</t>
+          <t>Fasıl</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789755451565</t>
+          <t>9789755450667</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Tozu</t>
+          <t>Etik ve Estetik Değerler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789755450636</t>
+          <t>9789755452036</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın En Güzel Öyküsü Kökenlerimizin Gizleri</t>
+          <t>Etik Düşünce ve Postmodernizm</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>120</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789755452821</t>
+          <t>9789755451305</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sınır Bölüğü</t>
+          <t>Eskiçağ Maddecileri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>280</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789755452890</t>
+          <t>9789755451657</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bir Liranın Başından Geçenler</t>
+          <t>Erkek</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789755451947</t>
+          <t>9789755451503</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Casus Belli ya da Helena Ölümsüz Antikite-3</t>
+          <t>Eli Torbalı Adam</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
+          <t>9789755452203</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Elektra Uçurumu</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789755450704</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Düşüş Efsaneleri</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789755450308</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Dört Kitap</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>3990000001715</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Domingo Garcia’dan Geriye Kalan Öykü</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789755451954</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>İsa’nın Külleri</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789755450964</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Doğmadı Kutsal Çocuk</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789755450416</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>İrlanda Tiyatrosunda Gerçekçilik</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789755451459</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Adım</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789755452807</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Yarım Madalya</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9779755452777</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Oy Pazarı</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789755452951</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Din Niçin Ölüyor?</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789755452968</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Adsız Sultan</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789755451855</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Siber Tragedya ya da Iphigeneia</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789755452180</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Kör Yazı 1996-2004</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789755453088</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Karşıma O Kadın Çıktı</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789755453132</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Tuzak</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789755453125</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Hep O Masal</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789755453118</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Eğlence Şehirlerinde 60 Gün</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789755453101</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Böyledir İşte</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789755453095</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Çitlenbik</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789755453071</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Adak</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789755453064</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Yapay Zeka Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789755453057</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Turnalar</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789785450521</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Yapma Cennetler</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789755451046</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Thomasina</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789755451572</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Theo’nun Kutsal Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789755452722</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Kederli İpek</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786058378605</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçsiz-Olan</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786058378643</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Savaşın ve Ölümün Güncelliği</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789755451800</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Aseksüel Koloni Ya Da Antiope</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789755450254</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Arıbalı</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789755452357</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Hüzün Suretleri</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789755452241</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Haziran’da Okunan Nağmeler</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789755450759</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Gündelik Hiçlik</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789755450421</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Gubbio Kapıları</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789755451541</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Dokuz Numaralı Oda</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789755452159</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Doğadaki İz: Yeryüzü Sanatı</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9789755453040</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Düşler Atlası</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789755453026</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Maymun’un Defteri</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789755452999</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Dilin Kamburuymuş</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789755452982</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Maymunkeş Bir Osmanlı Fantezisi</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789755452883</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Üç Savaşta İki Devletin Bir Futbolu</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789755452975</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Tek Parti Döneminden Ulusalcılığa Kemalizmin Düşünsel Tarihi</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789755452944</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Sanrı Aşkına</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789755452913</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Düşün Yazıları I-II</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9789755452937</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlık Nereye Gidiyor? Düşün Yazıları II</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789755452920</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlık Nereye Gidiyor? Düşün Yazıları</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789755452906</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Acıların En Büyüğü</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789755452876</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Soysuz</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789755452869</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>CHP Tarihini İstanbul’dan Okumak: CHP İstanbul İl Başkanlığı Tarihi (1923-1980)</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789755452852</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Tevfik Fikret İçin Ne Dediler, Ne Diyorlar?</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9789755452845</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Süngülerin Gölgesinde - Yeni Toplumun İnşası (1980-1983)</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9789755452814</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Bizanslı Yemekler</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786058495012</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Bastırma ve Bastırılanın Geri Dönüşü</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789755450674</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Yukarıda</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9789755451213</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Yokuşu Tırmanır Hayat</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789755451077</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Yılanın Yolu</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9789755451671</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Sabah</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789755452692</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Kardeşler Köyü</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789755450919</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Yaşasın Modernist Refleks</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789755451039</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Voli</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789755452135</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Uyku Tulumunda Spor</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9789755450599</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Utanç</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789755451114</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Tutanak Defteri</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789755450575</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Tenes Burnu Nişanlıları</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789755452739</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Tembellik Hakkı</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789755450902</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Tavan</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789755451220</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Symphonia Kakophonica</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789755450537</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Sürgünde Bir Kovboy</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789755451336</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Son Günlerin Efendisi</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789755450491</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Eşya</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789755450988</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Sırabozan</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789755451329</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Serseri ve Kopukların Göğe Çıkışları</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789755451244</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Sayıklamalar Bir Arthur Rimbaud Yorumu</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789755450544</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Saydam</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789755451473</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Rehinelik Mesleği</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789755452265</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Priamos’un Hazinesi</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789755451589</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlüğün Kirazları</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789755452395</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal ve Selanik Yaşamı</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789755451848</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Modernleşme ve Modern Türk Şiiri</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789755450766</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Mensonge’un Peşinde Garip Arayışlarım</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789755452609</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Yüzümüzde Saklı Şiirler</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789755452685</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Masalların Suç Olduğu Topraklar</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789755450629</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Laura’ya Dair</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789755450810</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Kuledeki Adam</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789755450995</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Kırbaç İnince</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789755451275</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Kesik Kafa Inocencio Onesto</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789755450957</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Karatavuk</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789755450858</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Kaderin Oyunları Bir Bencilliğin Günlüğü</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789755450735</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Sıcak Öğle</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789755451794</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>İtiraz Yazıları</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789755452753</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Gün Batımında</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9779755452760</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Sakallı Kadın</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789755452746</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Farsça Okunuşları ve Türkçesiyle Rubailer</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786058495043</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Yas ve Melankoli</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789755452111</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Deli Bal</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789755450971</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Dağın Şeyhi Hasan Sabbah</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789755451756</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Çoban Yıldızı</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789755450643</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Bu Ne Biçim Memleket</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789755451312</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Bingo Palace</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789755452234</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Bakunin’in Bahçesi</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9789785452433</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Aynacı</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789755450865</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Avcı Sıfır</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789755451596</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Athena</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9759785450883</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Aşka İlahiler</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789755452128</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Aşk İntiharın Peşinde</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789755451916</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Boyu Yaşam</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789755451398</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Alevin ve Acının İçinden</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789755451992</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Aldırılan Çocuklar Örgütü</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789755452258</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Adaleti Gördünüz mü? Bir Savcıdan Anılar, Gözlemler, Görüşler</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789755452593</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>İspinoz</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789755451190</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Şahmaran</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789755451282</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Izgara</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9789755451107</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Isidore</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789755451251</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Hrabal’ın Kitabı</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9789755451121</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Hiçliğe Övgü</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789755451497</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Her İkisini Birden Yapamazsın</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789755452302</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Hazar Kıyısında Yerle Gök</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789755451923</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Dönüş</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789755451442</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Hayaletli Konak</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789755451237</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Hayaletler</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789755452104</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Günaydın Aşk</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789755451558</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Gökbilimci</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789755451381</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Ezgiler Ezgisi</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789755452661</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Erguvanlar Ağlıyor</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789755451565</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Tozu</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789755450636</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Dünya'nın En Güzel Öyküsü Kökenlerimizin Gizleri</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9789755452821</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Sınır Bölüğü</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789755452890</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Bir Liranın Başından Geçenler</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789755451947</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Casus Belli ya da Helena Ölümsüz Antikite-3</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
           <t>9789755451695</t>
         </is>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B248" s="1" t="inlineStr">
         <is>
           <t>Zamanla Belki</t>
         </is>
       </c>
-      <c r="C118" s="1">
-        <v>160</v>
+      <c r="C248" s="1">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>