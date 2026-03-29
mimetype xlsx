--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -85,1030 +85,1045 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259654478</t>
+          <t>9786259677910</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kâbus</t>
+          <t>Arafta Bir Mevsim Kordelya</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259654461</t>
+          <t>9786259654478</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Saray ve Ötesi</t>
+          <t>Kâbus</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259654454</t>
+          <t>9786259654461</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ali Ekrem Bolayır</t>
+          <t>Saray ve Ötesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259677989</t>
+          <t>9786259654454</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fıkralar</t>
+          <t>Ali Ekrem Bolayır</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259745374</t>
+          <t>9786259677989</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mebhasü’l Kıhf</t>
+          <t>Küçük Fıkralar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259613475</t>
+          <t>9786259745374</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tarikatname</t>
+          <t>Mebhasü’l Kıhf</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259677941</t>
+          <t>9786259613475</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Dost</t>
+          <t>Tarikatname</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259677965</t>
+          <t>9786259677941</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hesap Oyunları</t>
+          <t>İhtiyar Dost</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259677927</t>
+          <t>9786259677965</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hepsinden Acı</t>
+          <t>Hesap Oyunları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259654416</t>
+          <t>9786259677927</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazın Tarihi</t>
+          <t>Hepsinden Acı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259654423</t>
+          <t>9786259654416</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Şi’r-i Hayal</t>
+          <t>Bir Yazın Tarihi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259677934</t>
+          <t>9786259654423</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair</t>
+          <t>Bir Şi’r-i Hayal</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259654409</t>
+          <t>9786259677934</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikaye-i Sevda</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259677972</t>
+          <t>9786259654409</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kenarda Kalmış</t>
+          <t>Bir Hikaye-i Sevda</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259677958</t>
+          <t>9786259677972</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kadın Pençesi</t>
+          <t>Kenarda Kalmış</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259677996</t>
+          <t>9786259677958</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İzmir Hikayeleri ve Diğer Hikayeler</t>
+          <t>Kadın Pençesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259745367</t>
+          <t>9786259677996</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Gözyaşları</t>
+          <t>İzmir Hikayeleri ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259613413</t>
+          <t>9786259745367</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Onu Beklerken</t>
+          <t>Kalbimin Gözyaşları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259613451</t>
+          <t>9786259613413</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Adını Aşk Koyduk</t>
+          <t>Onu Beklerken</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259613406</t>
+          <t>9786259613451</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Valide Mektupları</t>
+          <t>Adını Aşk Koyduk</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259613468</t>
+          <t>9786259613406</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Solgun Demet</t>
+          <t>Valide Mektupları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259745381</t>
+          <t>9786259613468</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Muhtıranın Son Yaprakları</t>
+          <t>Solgun Demet</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259613499</t>
+          <t>9786259745381</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sepette Bulunmuş</t>
+          <t>Bir Muhtıranın Son Yaprakları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259613444</t>
+          <t>9786259613499</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nakil II</t>
+          <t>Sepette Bulunmuş</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259613482</t>
+          <t>9786259613444</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Nakil I</t>
+          <t>Nakil II</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259677903</t>
+          <t>9786259613482</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fısıltıları</t>
+          <t>Nakil I</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259613420</t>
+          <t>9786259677903</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İki Gelin Odası</t>
+          <t>İstanbul’un Fısıltıları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259745398</t>
+          <t>9786259613420</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bu Muydu?</t>
+          <t>İki Gelin Odası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259613437</t>
+          <t>9786259745398</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Heyhat</t>
+          <t>Bu Muydu?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259745350</t>
+          <t>9786259613437</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gönül Defterim</t>
+          <t>Heyhat</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259745343</t>
+          <t>9786259745350</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nemide</t>
+          <t>Gönül Defterim</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259745312</t>
+          <t>9786259745343</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ferdi ve Şürekâsı</t>
+          <t>Nemide</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259462967</t>
+          <t>9786259745312</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Nesl-i Ahîr</t>
+          <t>Ferdi ve Şürekâsı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259745336</t>
+          <t>9786259462967</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölünün Defteri</t>
+          <t>Nesl-i Ahîr</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259462981</t>
+          <t>9786259745336</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sefile</t>
+          <t>Bir Ölünün Defteri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259745305</t>
+          <t>9786259462981</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gazeteci</t>
+          <t>Sefile</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259462950</t>
+          <t>9786259745305</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Melahat</t>
+          <t>Gazeteci</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259462998</t>
+          <t>9786259462950</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Melahat</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259462974</t>
+          <t>9786259462998</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259745329</t>
+          <t>9786259462974</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259462943</t>
+          <t>9786259745329</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Peri Kızı Kele</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259462936</t>
+          <t>9786259462943</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Peri Kızı Kele</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259462912</t>
+          <t>9786259462936</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Buhürdan -Fanteziler-</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057258281</t>
+          <t>9786259462912</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Engine Uçurdum Gönül Kuşumu</t>
+          <t>Buhürdan -Fanteziler-</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057388049</t>
+          <t>9786057258281</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sadi Somuncuoğlu Anısına</t>
+          <t>Engine Uçurdum Gönül Kuşumu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259462905</t>
+          <t>9786057388049</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kars Türk Ocağı (1927-1931)</t>
+          <t>Sadi Somuncuoğlu Anısına</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057258274</t>
+          <t>9786259462905</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Karaçay’ın İki Yanı</t>
+          <t>Kars Türk Ocağı (1927-1931)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057258298</t>
+          <t>9786057258274</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Efsaneleri - Taş Mercimek Tarlası</t>
+          <t>Karaçay’ın İki Yanı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>470</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057258267</t>
+          <t>9786057258298</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Ruhlar</t>
+          <t>Anadolu Efsaneleri - Taş Mercimek Tarlası</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057258250</t>
+          <t>9786057258267</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Canım Dünya!</t>
+          <t>Tutsak Ruhlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057258236</t>
+          <t>9786057258250</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hayf</t>
+          <t>Merhaba Canım Dünya!</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057258243</t>
+          <t>9786057258236</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Uzak Kıyılardan Sevişmek</t>
+          <t>Hayf</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057258212</t>
+          <t>9786057258243</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İki Nokta</t>
+          <t>Uzak Kıyılardan Sevişmek</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057258229</t>
+          <t>9786057258212</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Araf’ta Bir Hayat</t>
+          <t>İki Nokta</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057258205</t>
+          <t>9786057258229</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Takvimden Yapraklar</t>
+          <t>Araf’ta Bir Hayat</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057388094</t>
+          <t>9786057258205</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Düşünürleri</t>
+          <t>Takvimden Yapraklar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057388070</t>
+          <t>9786057388094</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülü Bir Şair: Mehmet Başaran'ın Şiir Dünyası</t>
+          <t>Türk Eğitim Düşünürleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057388087</t>
+          <t>9786057388070</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ölmemek Üzere Doğan Bahtiyar: Yunus Emre</t>
+          <t>Köy Enstitülü Bir Şair: Mehmet Başaran'ın Şiir Dünyası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057388063</t>
+          <t>9786057388087</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dağ Martısı</t>
+          <t>Ölmemek Üzere Doğan Bahtiyar: Yunus Emre</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057388032</t>
+          <t>9786057388063</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam Benim Alemim</t>
+          <t>Dağ Martısı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057388056</t>
+          <t>9786057388032</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>7 Kutsal Ayçiçeği</t>
+          <t>Benim Dünyam Benim Alemim</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057356758</t>
+          <t>9786057388056</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Selam</t>
+          <t>7 Kutsal Ayçiçeği</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057388025</t>
+          <t>9786057356758</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yitik Aşkın Hükümlüsü</t>
+          <t>Selam</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057388018</t>
+          <t>9786057388025</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>10 Yedi Gün</t>
+          <t>Yitik Aşkın Hükümlüsü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057388001</t>
+          <t>9786057388018</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Su Usta - Kendini Koruma Bilgeliği</t>
+          <t>10 Yedi Gün</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
+          <t>9786057388001</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Su Usta - Kendini Koruma Bilgeliği</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
           <t>9786259351957</t>
         </is>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Modern Türk Romanında Bilinç Akışı Tekniği</t>
         </is>
       </c>
-      <c r="C67" s="1">
+      <c r="C68" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>