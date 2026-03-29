--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -1084,51 +1084,51 @@
         <is>
           <t>9786257262866</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>2022 İmtiyaz Hakimlik Ders Notları - İcra ve İflas Hukuku</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786257262859</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Takip İcra Müdürlüğü Sınavına Hazırlık Mevzuat Kitabı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>517</v>
+        <v>794</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786257262842</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>2022 Takip İcra Müdürlüğü ve Müdür Yardımcılığı Sınavına Hazırlık Konu Anlatımı</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>4444444444267</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>