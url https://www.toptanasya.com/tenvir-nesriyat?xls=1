--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,1570 +85,1585 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052190456</t>
+          <t>3990000020111</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zülfikar Mecmuası (Küçük Boy) (Ciltli)</t>
+          <t>Gençlik Rehberi (Cep Boy)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>650</v>
+        <v>170</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052190470</t>
+          <t>9786052190456</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlar Mecmuası (Küçük Boy) (Ciltli)</t>
+          <t>Zülfikar Mecmuası (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052190487</t>
+          <t>9786052190470</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat (Küçük Boy) (Ciltli)</t>
+          <t>Tılsımlar Mecmuası (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>750</v>
+        <v>625</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052190517</t>
+          <t>9786052190487</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Küçük Boy) (Ciltli)</t>
+          <t>Tarihçe-i Hayat (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>750</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052190524</t>
+          <t>9786052190517</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Küçük Boy) (Ciltli)</t>
+          <t>Şualar (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>750</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052190531</t>
+          <t>9786052190524</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Siracü'n-Nur (Küçük Boy) (Ciltli)</t>
+          <t>Sözler (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052190548</t>
+          <t>9786052190531</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi (Küçük Boy) (Ciltli)</t>
+          <t>Siracü'n-Nur (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>600</v>
+        <v>770</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052190555</t>
+          <t>9786052190548</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Rumuzat-ı Semaniye (Küçük Boy) (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybi (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>840</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052190685</t>
+          <t>9786052190555</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Rehberler (Küçük Boy) (Ciltli)</t>
+          <t>Rumuzat-ı Semaniye (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>625</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052190593</t>
+          <t>9786052190685</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nur Çeşmesi (Küçük Boy) (Ciltli)</t>
+          <t>Rehberler (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>770</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052190586</t>
+          <t>9786052190593</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Müdafaalar (Küçük Boy) (Ciltli)</t>
+          <t>Nur Çeşmesi (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>650</v>
+        <v>625</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052190609</t>
+          <t>9786052190586</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Küçük Boy) (Ciltli)</t>
+          <t>Müdafaalar (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052190616</t>
+          <t>9786052190609</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Küçük Boy) (Ciltli)</t>
+          <t>Muhakemat (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>650</v>
+        <v>625</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052190623</t>
+          <t>9786052190616</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Küçük Boy) (Ciltli)</t>
+          <t>Mesnevi-i Nuriye (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>750</v>
+        <v>900</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052190647</t>
+          <t>9786052190623</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Lemeat (Küçük Boy) (Ciltli)</t>
+          <t>Mektubat (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052190630</t>
+          <t>9786052190647</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Küçük Boy) (Ciltli)</t>
+          <t>Lemeat (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>750</v>
+        <v>625</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058418707</t>
+          <t>9786052190630</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası (Küçük Boy) (Ciltli)</t>
+          <t>Lem'alar (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>650</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052190654</t>
+          <t>9786058418707</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İşaratü'l-İ'caz (Küçük Boy) (Ciltli)</t>
+          <t>Kastamonu Lahikası (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>650</v>
+        <v>900</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052190661</t>
+          <t>9786052190654</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Muvazeneleri (Küçük Boy) (Ciltli)</t>
+          <t>İşaratü'l-İ'caz (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>550</v>
+        <v>900</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052190760</t>
+          <t>9786052190661</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İctimai Reçeteler II (Küçük Boy) (Ciltli)</t>
+          <t>İman ve Küfür Muvazeneleri (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>650</v>
+        <v>770</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052190753</t>
+          <t>9786052190760</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İctimai Reçeteler I (Küçük Boy) (Ciltli)</t>
+          <t>İctimai Reçeteler II (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>650</v>
+        <v>900</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052190692</t>
+          <t>9786052190753</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fihrist Risalesi (Küçük Boy) (Ciltli)</t>
+          <t>İctimai Reçeteler I (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>550</v>
+        <v>900</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052190708</t>
+          <t>9786052190692</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası I-II (Küçük Boy) (Ciltli)</t>
+          <t>Fihrist Risalesi (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>700</v>
+        <v>770</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052190715</t>
+          <t>9786052190708</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Küçük Boy) (Ciltli)</t>
+          <t>Emirdağ Lahikası I-II (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>650</v>
+        <v>975</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052190722</t>
+          <t>9786052190715</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa (Küçük Boy) (Ciltli)</t>
+          <t>Barla Lahikası (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052190449</t>
+          <t>9786052190722</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zülfikar Mecmuası (Büyük Boy) (Ciltli)</t>
+          <t>Asa-yı Musa (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>850</v>
+        <v>840</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052190463</t>
+          <t>9786052190449</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlar Mecmuası (Büyük Boy) (Ciltli)</t>
+          <t>Zülfikar Mecmuası (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>600</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052190494</t>
+          <t>9786052190463</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat (Büyük Boy) (Ciltli)</t>
+          <t>Tılsımlar Mecmuası (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>900</v>
+        <v>840</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052190500</t>
+          <t>9786052190494</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Büyük Boy) (Ciltli)</t>
+          <t>Tarihçe-i Hayat (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>900</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052190258</t>
+          <t>9786052190500</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Büyük Boy) (Ciltli)</t>
+          <t>Şualar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>900</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052190432</t>
+          <t>9786052190258</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Siracü'n-Nur (Büyük Boy) (Ciltli)</t>
+          <t>Sözler (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>650</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052190425</t>
+          <t>9786052190432</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybî (Büyük Boy) (Ciltli)</t>
+          <t>Siracü'n-Nur (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>700</v>
+        <v>900</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052190562</t>
+          <t>9786052190425</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Rumuzat-ı Semaniye (Büyük Boy) (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybî (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>600</v>
+        <v>975</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052190678</t>
+          <t>9786052190562</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Rehberler (Büyük Boy) (Ciltli)</t>
+          <t>Rumuzat-ı Semaniye (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>650</v>
+        <v>840</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052190401</t>
+          <t>9786052190678</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Nur Çeşmesi (Büyük Boy) (Ciltli)</t>
+          <t>Rehberler (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052190579</t>
+          <t>9786052190401</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Müdafaalar (Büyük Boy) (Ciltli)</t>
+          <t>Nur Çeşmesi (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>850</v>
+        <v>840</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052190395</t>
+          <t>9786052190579</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Büyük Boy) (Ciltli)</t>
+          <t>Müdafaalar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>600</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052190364</t>
+          <t>9786052190395</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Büyük Boy) (Ciltli)</t>
+          <t>Muhakemat (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>750</v>
+        <v>840</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052190265</t>
+          <t>9786052190364</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Büyük Boy) (Ciltli)</t>
+          <t>Mesnevi-i Nuriye (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052190371</t>
+          <t>9786052190265</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Lemeat (Büyük Boy) (Ciltli)</t>
+          <t>Mektubat (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>600</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052190357</t>
+          <t>9786052190371</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Büyük Boy) (Ciltli)</t>
+          <t>Lemeat (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>900</v>
+        <v>840</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052190340</t>
+          <t>9786052190357</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası (Büyük Boy) (Ciltli)</t>
+          <t>Lem'alar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>750</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052190333</t>
+          <t>9786052190340</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İşaratü'l-İ'caz (Büyük Boy) (Ciltli)</t>
+          <t>Kastamonu Lahikası (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052190326</t>
+          <t>9786052190333</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Muvazeneleri (Büyük Boy) (Ciltli)</t>
+          <t>İşaratü'l-İ'caz (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>550</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052190746</t>
+          <t>9786052190326</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İctimai Reçeteler II (Büyük Boy) (Ciltli)</t>
+          <t>İman ve Küfür Muvazeneleri (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>700</v>
+        <v>770</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052190739</t>
+          <t>9786052190746</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İctimai Reçeteler I (Büyük Boy) (Ciltli)</t>
+          <t>İctimai Reçeteler II (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>700</v>
+        <v>975</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052190302</t>
+          <t>9786052190739</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Fihrist Risalesi (Büyük Boy) (Ciltli)</t>
+          <t>İctimai Reçeteler I (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>650</v>
+        <v>975</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052190296</t>
+          <t>9786052190302</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası I-II (Büyük Boy) (Ciltli)</t>
+          <t>Fihrist Risalesi (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>850</v>
+        <v>900</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052190289</t>
+          <t>9786052190296</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Büyük Boy) (Ciltli)</t>
+          <t>Emirdağ Lahikası I-II (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>750</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052190272</t>
+          <t>9786052190289</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa (Büyük Boy) (Ciltli)</t>
+          <t>Barla Lahikası (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>4440000004608</t>
+          <t>9786052190272</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatı Büyük Boy Set (Ciltli)</t>
+          <t>Asa-yı Musa (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>15000</v>
+        <v>975</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>4440000004607</t>
+          <t>4440000004608</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatı Orta Boy Set (Ciltli)</t>
+          <t>Risale-i Nur Külliyatı Büyük Boy Set (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>12500</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052190159</t>
+          <t>4440000004607</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ta’likat (Ciltli)</t>
+          <t>Risale-i Nur Külliyatı Orta Boy Set (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>700</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789757564050</t>
+          <t>9786052190159</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Lemeat ve Nur’un İlk Kapısı (1. Cilt) (Ciltli)</t>
+          <t>Ta’likat (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>950</v>
+        <v>980</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058171237</t>
+          <t>9789757564050</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Ciltli)</t>
+          <t>Lemeat ve Nur’un İlk Kapısı (1. Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>215</v>
+        <v>950</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058171282</t>
+          <t>9786058171237</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Ciltli)</t>
+          <t>Lem'alar (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058418776</t>
+          <t>9786058171282</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası 1-2 (Ciltli)</t>
+          <t>Muhakemat (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052190180</t>
+          <t>9786058418776</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Short Words</t>
+          <t>Emirdağ Lahikası 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052190142</t>
+          <t>9786052190180</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Xutbeya Şame</t>
+          <t>Short Words</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052190210</t>
+          <t>9786052190142</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Message For The Sick</t>
+          <t>Xutbeya Şame</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052190197</t>
+          <t>9786052190210</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Risaleya Biratiye</t>
+          <t>Message For The Sick</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>3990000006112</t>
+          <t>9786052190197</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Eserler Ahşap Kutulu Takım (14 Kitap)</t>
+          <t>Risaleya Biratiye</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056828355</t>
+          <t>3990000006112</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri (Çanta Boy)</t>
+          <t>Çanta Boy Eserler Ahşap Kutulu Takım (14 Kitap)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>125</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000010378</t>
+          <t>9786056828355</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hutbe-i Şamiye (Cep Boy)</t>
+          <t>İhlas Risaleleri (Çanta Boy)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>3990000006828</t>
+          <t>3990000010378</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri (Cep Boy)</t>
+          <t>Hutbe-i Şamiye (Cep Boy)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000001302</t>
+          <t>3990000006828</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi (Cep Boy)</t>
+          <t>İhlas Risaleleri (Cep Boy)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052190036</t>
+          <t>3990000001302</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hutbe-i Şamiye (Çanta Boy)</t>
+          <t>Haşir Risalesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>3990000001827</t>
+          <t>9786052190036</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ramazan - İktisat-Şükür Risalesi (Cep Boy)</t>
+          <t>Hutbe-i Şamiye (Çanta Boy)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>3990000031751</t>
+          <t>3990000001827</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi (Cep Boy)</t>
+          <t>Ramazan - İktisat-Şükür Risalesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>3990000021151</t>
+          <t>3990000031751</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Harb-i Örfi ve Said-i Kürdi (Çanta Boy)</t>
+          <t>Uhuvvet Risalesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>3990000021154</t>
+          <t>3990000021151</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Harb-i Örfi ve Said-i Kürdi (Cep Boy)</t>
+          <t>Divan-ı Harb-i Örfi ve Said-i Kürdi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052190067</t>
+          <t>3990000021154</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ramazan-İktisat-Şükür Risalesi (Çanta Boy)</t>
+          <t>Divan-ı Harb-i Örfi ve Said-i Kürdi (Cep Boy)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>3990000006120</t>
+          <t>9786052190067</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi (Çanta Boy)</t>
+          <t>Ramazan-İktisat-Şükür Risalesi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>3990000011024</t>
+          <t>3990000006120</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi (Çanta Boy)</t>
+          <t>Meyve Risalesi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>3990000020377</t>
+          <t>3990000011024</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi (Çanta Boy)</t>
+          <t>Hanımlar Rehberi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052190111</t>
+          <t>3990000020377</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İcaz (Ciltli)</t>
+          <t>Hastalar Risalesi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>700</v>
+        <v>175</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>3990000017311</t>
+          <t>9786052190111</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ayetü’l-Kübra Risalesi (Cep Boy)</t>
+          <t>Kızıl İcaz (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>135</v>
+        <v>980</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786056828362</t>
+          <t>3990000017311</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi (Çanta Boy)</t>
+          <t>Ayetü’l-Kübra Risalesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052190104</t>
+          <t>9786056828362</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi (Cep Boy)</t>
+          <t>Uhuvvet Risalesi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052190074</t>
+          <t>9786052190104</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Risalesi (Cep Boy)</t>
+          <t>Meyve Risalesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056828300</t>
+          <t>9786052190074</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler (Çanta Boy)</t>
+          <t>Tabiat Risalesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056828386</t>
+          <t>9786056828300</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi (Cep Boy)</t>
+          <t>Küçük Sözler (Çanta Boy)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058171206</t>
+          <t>9786056828386</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Münazarat (Çanta Boy)</t>
+          <t>Hanımlar Rehberi (Cep Boy)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052190029</t>
+          <t>9786058171206</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi (Çanta Boy)</t>
+          <t>Münazarat (Çanta Boy)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052190005</t>
+          <t>9786052190029</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Rehberi (Çanta Boy)</t>
+          <t>Haşir Risalesi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786056828393</t>
+          <t>9786052190005</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ayetü'l-Kübra Risalesi (Çanta Boy)</t>
+          <t>Gençlik Rehberi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052190012</t>
+          <t>9786056828393</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi (Cep Boy)</t>
+          <t>Ayetü'l-Kübra Risalesi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3995552201448</t>
+          <t>9786052190012</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yasin Amma Cüzü</t>
+          <t>Hastalar Risalesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789757564034</t>
+          <t>3995552201448</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Özçay Hatlı Kürtçe-Türkçe Mealli Orta Boy Kur’an-ı Kerim (Ciltli)</t>
+          <t>Yasin Amma Cüzü</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>425</v>
+        <v>420</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>3995220123655</t>
+          <t>9789757564034</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir ve Meali (El hattı) (Ciltli)</t>
+          <t>Mehmet Özçay Hatlı Kürtçe-Türkçe Mealli Orta Boy Kur’an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789757564041</t>
+          <t>3995220123655</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said-i Kürdi'nin Lisanından Orta Şarkta Milletlerin Yeniden Dirilişi 2. Cilt İttihad-ı İslam</t>
+          <t>Cevşen-i Kebir ve Meali (El hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>3994586859125</t>
+          <t>9789757564041</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said-i Kürdi'nin Lisanından Orta Şarkta Milletlerin Yeniden Dirilişi 1. Cilt İttiba-ı Kur'an</t>
+          <t>Bediüzzaman Said-i Kürdi'nin Lisanından Orta Şarkta Milletlerin Yeniden Dirilişi 2. Cilt İttihad-ı İslam</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052190081</t>
+          <t>3994586859125</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nurculuğun Tarihçesi - Medeniyet-i İslamiyye</t>
+          <t>Bediüzzaman Said-i Kürdi'nin Lisanından Orta Şarkta Milletlerin Yeniden Dirilişi 1. Cilt İttiba-ı Kur'an</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786058418738</t>
+          <t>9786052190081</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Özçay Hatlı Hafız Boy Kur'an-ı Kerim (Farklı Renk Seçenekleri) (Ciltli)</t>
+          <t>Nurculuğun Tarihçesi - Medeniyet-i İslamiyye</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789757564508</t>
+          <t>9786058418738</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sözler - Lemeat, Nur’un İlk Kapısı (Ciltli)</t>
+          <t>Mehmet Özçay Hatlı Hafız Boy Kur'an-ı Kerim (Farklı Renk Seçenekleri) (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>950</v>
+        <v>395</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786058418714</t>
+          <t>9789757564508</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Özçay Hatlı Rahle Boy Kur'an-ı Kerim (Ciltli)</t>
+          <t>Sözler - Lemeat, Nur’un İlk Kapısı (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>420</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056828331</t>
+          <t>9786058418714</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Şualar 4. Cilt - Denizli ve Afyon Müdafaaları (Ciltli)</t>
+          <t>Mehmet Özçay Hatlı Rahle Boy Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>950</v>
+        <v>590</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058418721</t>
+          <t>9786056828331</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Özçay Hatlı Orta Boy Kur'an-ı Kerim (Ciltli)</t>
+          <t>Şualar 4. Cilt - Denizli ve Afyon Müdafaaları (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789759014438</t>
+          <t>9786058418721</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Makam Tanzimli 2) (Ciltli)</t>
+          <t>Mehmet Özçay Hatlı Orta Boy Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>950</v>
+        <v>495</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058418745</t>
+          <t>9789759014438</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Özçay Hatlı Cami Boy Kur'an-ı Kerim (Ciltli)</t>
+          <t>Mektubat (Makam Tanzimli 2) (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>480</v>
+        <v>950</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>3990000014127</t>
+          <t>9786058418745</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Münazarat (Cep Boy)</t>
+          <t>Mehmet Özçay Hatlı Cami Boy Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>675</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
+          <t>3990000014127</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Münazarat (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
           <t>3990000013022</t>
         </is>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Tabiat Risalesi (Çanta Boy)</t>
         </is>
       </c>
-      <c r="C103" s="1">
-        <v>125</v>
+      <c r="C104" s="1">
+        <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>