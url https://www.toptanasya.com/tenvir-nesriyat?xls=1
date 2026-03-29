--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,1585 +85,1915 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>3990000020111</t>
+          <t>9786052190203</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Rehberi (Cep Boy)</t>
+          <t>Namaz Tesbihatı (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052190456</t>
+          <t>9786052190227</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zülfikar Mecmuası (Küçük Boy) (Ciltli)</t>
+          <t>Cevşenü’l-Kebir Qr Kod Seslendirmeli (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052190470</t>
+          <t>3990000030562</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlar Mecmuası (Küçük Boy) (Ciltli)</t>
+          <t>Lemalar 3. Cilt - Eskişehir Müdafaaları, Mesnevi-i Nuriye (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>625</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052190487</t>
+          <t>3990000032754</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat (Küçük Boy) (Ciltli)</t>
+          <t>Cep Boy Eserler Ahşap Kutulu Takım (14 Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1050</v>
+        <v>850</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052190517</t>
+          <t>3999759014438</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Küçük Boy) (Ciltli)</t>
+          <t>Risale-i Nur Külliyatından Mektubat</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1050</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052190524</t>
+          <t>3990000079024</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Küçük Boy) (Ciltli)</t>
+          <t>Küçük Sözler (Cep Boy)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1050</v>
+        <v>115</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052190531</t>
+          <t>3996587411421</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Siracü'n-Nur (Küçük Boy) (Ciltli)</t>
+          <t>Siracü'n-nur (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>770</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052190548</t>
+          <t>3991221211241</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi (Küçük Boy) (Ciltli)</t>
+          <t>İşaratül İcaz (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>840</v>
+        <v>210</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052190555</t>
+          <t>3994514785555</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Rumuzat-ı Semaniye (Küçük Boy) (Ciltli)</t>
+          <t>İctimai Reçeteler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>625</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052190685</t>
+          <t>3995644447514</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Rehberler (Küçük Boy) (Ciltli)</t>
+          <t>İctimai Reçeteler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>770</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052190593</t>
+          <t>3992225865783</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nur Çeşmesi (Küçük Boy) (Ciltli)</t>
+          <t>Fihrist Risalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>625</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052190586</t>
+          <t>3992142365255</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Müdafaalar (Küçük Boy) (Ciltli)</t>
+          <t>Tılsımlar Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052190609</t>
+          <t>3992221114441</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Küçük Boy) (Ciltli)</t>
+          <t>İman ve Küfür Muvazeneleri (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>625</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052190616</t>
+          <t>3999996663212</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Küçük Boy) (Ciltli)</t>
+          <t>Kastamonu Lahikası (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052190623</t>
+          <t>3998541276423</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Küçük Boy) (Ciltli)</t>
+          <t>Barla Lahikası (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1050</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052190647</t>
+          <t>3991234568561</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Lemeat (Küçük Boy) (Ciltli)</t>
+          <t>Mesnevi-i Nuriye (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>625</v>
+        <v>195</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052190630</t>
+          <t>3994956231526</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Küçük Boy) (Ciltli)</t>
+          <t>Zülfikar Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>1050</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058418707</t>
+          <t>3998586253951</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası (Küçük Boy) (Ciltli)</t>
+          <t>Sözler (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052190654</t>
+          <t>3992221114258</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İşaratü'l-İ'caz (Küçük Boy) (Ciltli)</t>
+          <t>Müdafaalar (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>900</v>
+        <v>195</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052190661</t>
+          <t>3994125252224</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Muvazeneleri (Küçük Boy) (Ciltli)</t>
+          <t>Şualar (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>770</v>
+        <v>215</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052190760</t>
+          <t>3996662223334</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İctimai Reçeteler II (Küçük Boy) (Ciltli)</t>
+          <t>Lemeat (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>900</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052190753</t>
+          <t>3995556668887</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İctimai Reçeteler I (Küçük Boy) (Ciltli)</t>
+          <t>Asa-yı Musa (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>900</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052190692</t>
+          <t>3990000020111</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Fihrist Risalesi (Küçük Boy) (Ciltli)</t>
+          <t>Gençlik Rehberi (Cep Boy)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>770</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052190708</t>
+          <t>9786052190456</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası I-II (Küçük Boy) (Ciltli)</t>
+          <t>Zülfikar Mecmuası (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>975</v>
+        <v>900</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052190715</t>
+          <t>9786052190470</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Küçük Boy) (Ciltli)</t>
+          <t>Tılsımlar Mecmuası (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>900</v>
+        <v>625</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052190722</t>
+          <t>9786052190487</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa (Küçük Boy) (Ciltli)</t>
+          <t>Tarihçe-i Hayat (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>840</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052190449</t>
+          <t>9786052190517</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Zülfikar Mecmuası (Büyük Boy) (Ciltli)</t>
+          <t>Şualar (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1200</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052190463</t>
+          <t>9786052190524</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlar Mecmuası (Büyük Boy) (Ciltli)</t>
+          <t>Sözler (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>840</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052190494</t>
+          <t>9786052190531</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat (Büyük Boy) (Ciltli)</t>
+          <t>Siracü'n-Nur (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1250</v>
+        <v>770</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052190500</t>
+          <t>9786052190548</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şualar (Büyük Boy) (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybi (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1250</v>
+        <v>840</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052190258</t>
+          <t>9786052190555</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Büyük Boy) (Ciltli)</t>
+          <t>Rumuzat-ı Semaniye (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1250</v>
+        <v>625</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052190432</t>
+          <t>9786052190685</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Siracü'n-Nur (Büyük Boy) (Ciltli)</t>
+          <t>Rehberler (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>900</v>
+        <v>770</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052190425</t>
+          <t>9786052190593</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybî (Büyük Boy) (Ciltli)</t>
+          <t>Nur Çeşmesi (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>975</v>
+        <v>625</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052190562</t>
+          <t>9786052190586</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Rumuzat-ı Semaniye (Büyük Boy) (Ciltli)</t>
+          <t>Müdafaalar (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>840</v>
+        <v>900</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052190678</t>
+          <t>9786052190609</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Rehberler (Büyük Boy) (Ciltli)</t>
+          <t>Muhakemat (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>900</v>
+        <v>625</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052190401</t>
+          <t>9786052190616</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nur Çeşmesi (Büyük Boy) (Ciltli)</t>
+          <t>Mesnevi-i Nuriye (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>840</v>
+        <v>900</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052190579</t>
+          <t>9786052190623</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Müdafaalar (Büyük Boy) (Ciltli)</t>
+          <t>Mektubat (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1200</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052190395</t>
+          <t>9786052190647</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Büyük Boy) (Ciltli)</t>
+          <t>Lemeat (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>840</v>
+        <v>625</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052190364</t>
+          <t>9786052190630</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Büyük Boy) (Ciltli)</t>
+          <t>Lem'alar (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1000</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052190265</t>
+          <t>9786058418707</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Büyük Boy) (Ciltli)</t>
+          <t>Kastamonu Lahikası (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052190371</t>
+          <t>9786052190654</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Lemeat (Büyük Boy) (Ciltli)</t>
+          <t>İşaratü'l-İ'caz (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>840</v>
+        <v>900</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052190357</t>
+          <t>9786052190661</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Büyük Boy) (Ciltli)</t>
+          <t>İman ve Küfür Muvazeneleri (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1250</v>
+        <v>770</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052190340</t>
+          <t>9786052190760</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Lahikası (Büyük Boy) (Ciltli)</t>
+          <t>İctimai Reçeteler II (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1000</v>
+        <v>900</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052190333</t>
+          <t>9786052190753</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İşaratü'l-İ'caz (Büyük Boy) (Ciltli)</t>
+          <t>İctimai Reçeteler I (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1000</v>
+        <v>900</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052190326</t>
+          <t>9786052190692</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İman ve Küfür Muvazeneleri (Büyük Boy) (Ciltli)</t>
+          <t>Fihrist Risalesi (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>770</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052190746</t>
+          <t>9786052190708</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İctimai Reçeteler II (Büyük Boy) (Ciltli)</t>
+          <t>Emirdağ Lahikası I-II (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>975</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052190739</t>
+          <t>9786052190715</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İctimai Reçeteler I (Büyük Boy) (Ciltli)</t>
+          <t>Barla Lahikası (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>975</v>
+        <v>900</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052190302</t>
+          <t>9786052190722</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Fihrist Risalesi (Büyük Boy) (Ciltli)</t>
+          <t>Asa-yı Musa (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>900</v>
+        <v>840</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052190296</t>
+          <t>9786052190449</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası I-II (Büyük Boy) (Ciltli)</t>
+          <t>Zülfikar Mecmuası (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>1200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052190289</t>
+          <t>9786052190463</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Barla Lahikası (Büyük Boy) (Ciltli)</t>
+          <t>Tılsımlar Mecmuası (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1000</v>
+        <v>840</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052190272</t>
+          <t>9786052190494</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa (Büyük Boy) (Ciltli)</t>
+          <t>Tarihçe-i Hayat (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>975</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>4440000004608</t>
+          <t>9786052190500</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatı Büyük Boy Set (Ciltli)</t>
+          <t>Şualar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>15000</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>4440000004607</t>
+          <t>9786052190258</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatı Orta Boy Set (Ciltli)</t>
+          <t>Sözler (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>12500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052190159</t>
+          <t>9786052190432</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ta’likat (Ciltli)</t>
+          <t>Siracü'n-Nur (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>980</v>
+        <v>900</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789757564050</t>
+          <t>9786052190425</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Lemeat ve Nur’un İlk Kapısı (1. Cilt) (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybî (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>950</v>
+        <v>975</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058171237</t>
+          <t>9786052190562</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Ciltli)</t>
+          <t>Rumuzat-ı Semaniye (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>215</v>
+        <v>840</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058171282</t>
+          <t>9786052190678</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Muhakemat (Ciltli)</t>
+          <t>Rehberler (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>190</v>
+        <v>900</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058418776</t>
+          <t>9786052190401</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Lahikası 1-2 (Ciltli)</t>
+          <t>Nur Çeşmesi (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>840</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052190180</t>
+          <t>9786052190579</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Short Words</t>
+          <t>Müdafaalar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>195</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052190142</t>
+          <t>9786052190395</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Xutbeya Şame</t>
+          <t>Muhakemat (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>195</v>
+        <v>840</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052190210</t>
+          <t>9786052190364</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Message For The Sick</t>
+          <t>Mesnevi-i Nuriye (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>195</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052190197</t>
+          <t>9786052190265</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Risaleya Biratiye</t>
+          <t>Mektubat (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>195</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000006112</t>
+          <t>9786052190371</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Eserler Ahşap Kutulu Takım (14 Kitap)</t>
+          <t>Lemeat (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1950</v>
+        <v>840</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056828355</t>
+          <t>9786052190357</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri (Çanta Boy)</t>
+          <t>Lem'alar (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>175</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>3990000010378</t>
+          <t>9786052190340</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hutbe-i Şamiye (Cep Boy)</t>
+          <t>Kastamonu Lahikası (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>170</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000006828</t>
+          <t>9786052190333</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risaleleri (Cep Boy)</t>
+          <t>İşaratü'l-İ'caz (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>140</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>3990000001302</t>
+          <t>9786052190326</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi (Cep Boy)</t>
+          <t>İman ve Küfür Muvazeneleri (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>770</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052190036</t>
+          <t>9786052190746</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hutbe-i Şamiye (Çanta Boy)</t>
+          <t>İctimai Reçeteler II (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>195</v>
+        <v>975</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>3990000001827</t>
+          <t>9786052190739</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ramazan - İktisat-Şükür Risalesi (Cep Boy)</t>
+          <t>İctimai Reçeteler I (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>975</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>3990000031751</t>
+          <t>9786052190302</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi (Cep Boy)</t>
+          <t>Fihrist Risalesi (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>3990000021151</t>
+          <t>9786052190296</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Harb-i Örfi ve Said-i Kürdi (Çanta Boy)</t>
+          <t>Emirdağ Lahikası I-II (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>195</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>3990000021154</t>
+          <t>9786052190289</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Harb-i Örfi ve Said-i Kürdi (Cep Boy)</t>
+          <t>Barla Lahikası (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>170</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052190067</t>
+          <t>9786052190272</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ramazan-İktisat-Şükür Risalesi (Çanta Boy)</t>
+          <t>Asa-yı Musa (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>175</v>
+        <v>975</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>3990000006120</t>
+          <t>4440000004608</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi (Çanta Boy)</t>
+          <t>Risale-i Nur Külliyatı Büyük Boy Set (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>210</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>3990000011024</t>
+          <t>4440000004607</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi (Çanta Boy)</t>
+          <t>Risale-i Nur Külliyatı Orta Boy Set (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>195</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>3990000020377</t>
+          <t>9786052190159</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi (Çanta Boy)</t>
+          <t>Ta’likat (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>175</v>
+        <v>980</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052190111</t>
+          <t>9789757564050</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kızıl İcaz (Ciltli)</t>
+          <t>Lemeat ve Nur’un İlk Kapısı (1. Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>980</v>
+        <v>950</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>3990000017311</t>
+          <t>9786058171237</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ayetü’l-Kübra Risalesi (Cep Boy)</t>
+          <t>Lem'alar (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056828362</t>
+          <t>9786058171282</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Uhuvvet Risalesi (Çanta Boy)</t>
+          <t>Muhakemat (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052190104</t>
+          <t>9786058418776</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi (Cep Boy)</t>
+          <t>Emirdağ Lahikası 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052190074</t>
+          <t>9786052190180</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Risalesi (Cep Boy)</t>
+          <t>Short Words</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056828300</t>
+          <t>9786052190142</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler (Çanta Boy)</t>
+          <t>Xutbeya Şame</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786056828386</t>
+          <t>9786052190210</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi (Cep Boy)</t>
+          <t>Message For The Sick</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058171206</t>
+          <t>9786052190197</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Münazarat (Çanta Boy)</t>
+          <t>Risaleya Biratiye</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052190029</t>
+          <t>3990000006112</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Haşir Risalesi (Çanta Boy)</t>
+          <t>Çanta Boy Eserler Ahşap Kutulu Takım (14 Kitap)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>195</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052190005</t>
+          <t>9786056828355</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Rehberi (Çanta Boy)</t>
+          <t>İhlas Risaleleri (Çanta Boy)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056828393</t>
+          <t>3990000010378</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ayetü'l-Kübra Risalesi (Çanta Boy)</t>
+          <t>Hutbe-i Şamiye (Cep Boy)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052190012</t>
+          <t>3990000006828</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi (Cep Boy)</t>
+          <t>İhlas Risaleleri (Cep Boy)</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3995552201448</t>
+          <t>3990000001302</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yasin Amma Cüzü</t>
+          <t>Haşir Risalesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789757564034</t>
+          <t>9786052190036</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Özçay Hatlı Kürtçe-Türkçe Mealli Orta Boy Kur’an-ı Kerim (Ciltli)</t>
+          <t>Hutbe-i Şamiye (Çanta Boy)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>600</v>
+        <v>195</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>3995220123655</t>
+          <t>3990000001827</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir ve Meali (El hattı) (Ciltli)</t>
+          <t>Ramazan - İktisat-Şükür Risalesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789757564041</t>
+          <t>3990000031751</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said-i Kürdi'nin Lisanından Orta Şarkta Milletlerin Yeniden Dirilişi 2. Cilt İttihad-ı İslam</t>
+          <t>Uhuvvet Risalesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>3994586859125</t>
+          <t>3990000021151</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said-i Kürdi'nin Lisanından Orta Şarkta Milletlerin Yeniden Dirilişi 1. Cilt İttiba-ı Kur'an</t>
+          <t>Divan-ı Harb-i Örfi ve Said-i Kürdi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052190081</t>
+          <t>3990000021154</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nurculuğun Tarihçesi - Medeniyet-i İslamiyye</t>
+          <t>Divan-ı Harb-i Örfi ve Said-i Kürdi (Cep Boy)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786058418738</t>
+          <t>9786052190067</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Özçay Hatlı Hafız Boy Kur'an-ı Kerim (Farklı Renk Seçenekleri) (Ciltli)</t>
+          <t>Ramazan-İktisat-Şükür Risalesi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789757564508</t>
+          <t>3990000006120</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sözler - Lemeat, Nur’un İlk Kapısı (Ciltli)</t>
+          <t>Meyve Risalesi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786058418714</t>
+          <t>3990000011024</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Özçay Hatlı Rahle Boy Kur'an-ı Kerim (Ciltli)</t>
+          <t>Hanımlar Rehberi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>590</v>
+        <v>195</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056828331</t>
+          <t>3990000020377</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Şualar 4. Cilt - Denizli ve Afyon Müdafaaları (Ciltli)</t>
+          <t>Hastalar Risalesi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>1300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058418721</t>
+          <t>9786052190111</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Özçay Hatlı Orta Boy Kur'an-ı Kerim (Ciltli)</t>
+          <t>Kızıl İcaz (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>495</v>
+        <v>980</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789759014438</t>
+          <t>3990000017311</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Makam Tanzimli 2) (Ciltli)</t>
+          <t>Ayetü’l-Kübra Risalesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>950</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058418745</t>
+          <t>9786056828362</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Özçay Hatlı Cami Boy Kur'an-ı Kerim (Ciltli)</t>
+          <t>Uhuvvet Risalesi (Çanta Boy)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>675</v>
+        <v>175</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>3990000014127</t>
+          <t>9786052190104</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Münazarat (Cep Boy)</t>
+          <t>Meyve Risalesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
+          <t>9786052190074</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Tabiat Risalesi (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786056828300</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Sözler (Çanta Boy)</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786056828386</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Hanımlar Rehberi (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786058171206</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Münazarat (Çanta Boy)</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786052190029</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Haşir Risalesi (Çanta Boy)</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786052190005</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Rehberi (Çanta Boy)</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786056828393</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Ayetü'l-Kübra Risalesi (Çanta Boy)</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786052190012</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Hastalar Risalesi (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>3995552201448</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Yasin Amma Cüzü</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789757564034</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Özçay Hatlı Kürtçe-Türkçe Mealli Orta Boy Kur’an-ı Kerim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>3995220123655</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Cevşen-i Kebir ve Meali (El hattı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789757564041</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman Said-i Kürdi'nin Lisanından Orta Şarkta Milletlerin Yeniden Dirilişi 2. Cilt İttihad-ı İslam</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>3994586859125</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman Said-i Kürdi'nin Lisanından Orta Şarkta Milletlerin Yeniden Dirilişi 1. Cilt İttiba-ı Kur'an</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786052190081</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Nurculuğun Tarihçesi - Medeniyet-i İslamiyye</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786058418738</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Özçay Hatlı Hafız Boy Kur'an-ı Kerim (Farklı Renk Seçenekleri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789757564508</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Sözler - Lemeat, Nur’un İlk Kapısı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786058418714</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Özçay Hatlı Rahle Boy Kur'an-ı Kerim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786056828331</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Şualar 4. Cilt - Denizli ve Afyon Müdafaaları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786058418721</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Özçay Hatlı Orta Boy Kur'an-ı Kerim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789759014438</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Mektubat (Makam Tanzimli 2) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786058418745</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Özçay Hatlı Cami Boy Kur'an-ı Kerim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>3990000014127</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Münazarat (Cep Boy)</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
           <t>3990000013022</t>
         </is>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Tabiat Risalesi (Çanta Boy)</t>
         </is>
       </c>
-      <c r="C104" s="1">
+      <c r="C126" s="1">
         <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>