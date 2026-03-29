--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -109,51 +109,51 @@
         <is>
           <t>9786256148581</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Yeni Küreselleşmede Fintek Etkisi</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786256748286</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Toplumsal Hareketlilik, Göç ve Din</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786256148529</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Katılım &amp; Geleneksel Bankalar</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786256148468</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>