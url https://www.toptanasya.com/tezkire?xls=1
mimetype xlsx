--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -85,955 +85,1030 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059835596</t>
+          <t>9786059835602</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sosyolojinin Dönüşümü</t>
+          <t>Reaksiyonel Entegrasyon</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059835558</t>
+          <t>9786059835541</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Popüler Din ve Kutsalın Üretimi</t>
+          <t>El Alemin İktidarı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059835510</t>
+          <t>9786059835572</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye’de Yeni Kuşaklar</t>
+          <t>Siyaset Atlası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059835312</t>
+          <t>9786059835565</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Yaşam Krizler, Stratejiler, Deneyimler</t>
+          <t>Toplumsal Hareketler Sosyolojisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059835497</t>
+          <t>9786059835527</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayat Sosyolojisi</t>
+          <t>İran’da Şiîliğin Kurumsallaşma Süreci</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059835480</t>
+          <t>9786059835596</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Jean-Luc Nancy'nin Siyaset Felsefesinde Çoğulculuk ve Demokrasi</t>
+          <t>Türkiye'de Sosyolojinin Dönüşümü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059835466</t>
+          <t>9786059835558</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şuubiyye Hareketi</t>
+          <t>Popüler Din ve Kutsalın Üretimi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059835473</t>
+          <t>9786059835510</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Balinanın Farkında Yapı-Fail Dikotomisini Anlama Girişimi</t>
+          <t>Yeni Türkiye’de Yeni Kuşaklar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059835459</t>
+          <t>9786059835312</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Darbenin İçyüzü</t>
+          <t>Göç ve Yaşam Krizler, Stratejiler, Deneyimler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059835411</t>
+          <t>9786059835497</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Alevilik – Dini, Politik, Kültürel Kimlik</t>
+          <t>Gündelik Hayat Sosyolojisi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059835435</t>
+          <t>9786059835480</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Hayatında Siyasi Fikirler Temsilleri - 2</t>
+          <t>Jean-Luc Nancy'nin Siyaset Felsefesinde Çoğulculuk ve Demokrasi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059835428</t>
+          <t>9786059835466</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Hayatında Siyasi Fikirler Temsilleri - 1</t>
+          <t>Şuubiyye Hareketi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059835442</t>
+          <t>9786059835473</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Libya Kördüğümü</t>
+          <t>Balinanın Farkında Yapı-Fail Dikotomisini Anlama Girişimi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059835404</t>
+          <t>9786059835459</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Değişim Serüveni (Entelektüel – Aydınlardan Seçmeler)</t>
+          <t>Postmodern Darbenin İçyüzü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059835398</t>
+          <t>9786059835411</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yeni Zemin Dergisinde İslamcı Kadın Kimliği Tartışmaları</t>
+          <t>Alevilik – Dini, Politik, Kültürel Kimlik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059835381</t>
+          <t>9786059835435</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Transhümanizm ve İnancın Geleceği</t>
+          <t>Türk Siyasal Hayatında Siyasi Fikirler Temsilleri - 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059835343</t>
+          <t>9786059835428</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi, Vesayet ve Yön</t>
+          <t>Türk Siyasal Hayatında Siyasi Fikirler Temsilleri - 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059835350</t>
+          <t>9786059835442</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Sosyal Kurumlar</t>
+          <t>Libya Kördüğümü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059835329</t>
+          <t>9786059835404</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Erol Güngör Kitabı</t>
+          <t>Türkiye’nin Değişim Serüveni (Entelektüel – Aydınlardan Seçmeler)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059835336</t>
+          <t>9786059835398</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar Yakın O Kadar Uzak (Network Kentinde Yakınlık İlişkileri)</t>
+          <t>Yeni Zemin Dergisinde İslamcı Kadın Kimliği Tartışmaları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059835282</t>
+          <t>9786059835381</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Suriyeli Göçmenlerle Birlikte Yaşamak</t>
+          <t>Transhümanizm ve İnancın Geleceği</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058482463</t>
+          <t>9786059835343</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Devletçilik</t>
+          <t>Demokrasi, Vesayet ve Yön</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059835190</t>
+          <t>9786059835350</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ara Dönem Din Politikaları</t>
+          <t>Sosyal Medya ve Sosyal Kurumlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059835220</t>
+          <t>9786059835329</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sekülerleşmenin Kaynakları</t>
+          <t>Bir Erol Güngör Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>32</v>
+        <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059835213</t>
+          <t>9786059835336</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesi ve Sivil Toplum</t>
+          <t>Ne Kadar Yakın O Kadar Uzak (Network Kentinde Yakınlık İlişkileri)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059835206</t>
+          <t>9786059835282</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Barış</t>
+          <t>Suriyeli Göçmenlerle Birlikte Yaşamak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059835251</t>
+          <t>9786058482463</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Kölelik</t>
+          <t>Tek Parti Döneminde Devletçilik</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059835268</t>
+          <t>9786059835190</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Türk Düşüncesinde Arayışlar</t>
+          <t>Ara Dönem Din Politikaları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059835015</t>
+          <t>9786059835220</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Münevverden Entelektüele</t>
+          <t>İslam ve Sekülerleşmenin Kaynakları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059835022</t>
+          <t>9786059835213</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düzenin Sınırları</t>
+          <t>Osmanlı Modernleşmesi ve Sivil Toplum</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059835091</t>
+          <t>9786059835206</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Yaşamında Yön Dergisi (1961-1967) - Milliyetçilik Bayrağını Sosyalistler Taşır!</t>
+          <t>Ebedi Barış</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059835107</t>
+          <t>9786059835251</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Yüzleri</t>
+          <t>Osmanlı Devleti'nde Kölelik</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059835077</t>
+          <t>9786059835268</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Düşüncesinde Hermenötik</t>
+          <t>Osmanlı'dan Cumhuriyet'e Türk Düşüncesinde Arayışlar</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059835053</t>
+          <t>9786059835015</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sinema Bir Kültürdür</t>
+          <t>Münevverden Entelektüele</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059835183</t>
+          <t>9786059835022</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Şu Türk Düşüncesinin Kaderi</t>
+          <t>Siyasal Düzenin Sınırları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059835039</t>
+          <t>9786059835091</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İslami Solun Müfessiri</t>
+          <t>Türk Siyasal Yaşamında Yön Dergisi (1961-1967) - Milliyetçilik Bayrağını Sosyalistler Taşır!</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059835060</t>
+          <t>9786059835107</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tedavüldeki Kitaplar</t>
+          <t>Siyasetin Yüzleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>18</v>
+        <v>380</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059835152</t>
+          <t>9786059835077</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aydın Radikalizmi</t>
+          <t>Modern Türk Düşüncesinde Hermenötik</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059835169</t>
+          <t>9786059835053</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Simurgun Kanatları</t>
+          <t>Sinema Bir Kültürdür</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786058482494</t>
+          <t>9786059835183</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Karizma Zamanları</t>
+          <t>Hikaye Şu Türk Düşüncesinin Kaderi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>35</v>
+        <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059835237</t>
+          <t>9786059835039</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Etkin İstikrarlı Güçlü Bir Türkiye İçin Cumhurbaşkanlığı Sistemi</t>
+          <t>İslami Solun Müfessiri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>8</v>
+        <v>205</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000022408</t>
+          <t>9786059835060</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Solun Soykütüğü</t>
+          <t>Tedavüldeki Kitaplar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059835138</t>
+          <t>9786059835152</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Güney Afrika'da Osmanlı İzleri</t>
+          <t>Aydın Radikalizmi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059835114</t>
+          <t>9786059835169</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Modern Epistemolojinin Doğuşu</t>
+          <t>Simurgun Kanatları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058482470</t>
+          <t>9786058482494</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yönetmenler Çerçevesinde Türk Sineması</t>
+          <t>Karizma Zamanları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058482487</t>
+          <t>9786059835237</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme  Çokkültürlülük Sahicilik</t>
+          <t>Etkin İstikrarlı Güçlü Bir Türkiye İçin Cumhurbaşkanlığı Sistemi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>8</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059835176</t>
+          <t>3990000022408</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hareketler Sosyolojisi</t>
+          <t>İslam ve Solun Soykütüğü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059835145</t>
+          <t>9786059835138</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İslamofobi ve Daeş</t>
+          <t>Güney Afrika'da Osmanlı İzleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059787284</t>
+          <t>9786059835114</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Bir Düşünür ve Devlet Adamı Said Halim Paşa</t>
+          <t>Modern Epistemolojinin Doğuşu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058482456</t>
+          <t>9786058482470</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Neye Himmet Neye Hizmet</t>
+          <t>Yönetmenler Çerçevesinde Türk Sineması</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058482425</t>
+          <t>9786058482487</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>1908 - 1913 Osmanlı Dış Politikası</t>
+          <t>Küreselleşme  Çokkültürlülük Sahicilik</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058482401</t>
+          <t>9786059835176</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Egemenlik</t>
+          <t>Toplumsal Hareketler Sosyolojisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058482432</t>
+          <t>9786059835145</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Metin Erksan Sinemasını Okumayı Denemek</t>
+          <t>İslamofobi ve Daeş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058482418</t>
+          <t>9786059787284</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Ötekiyiz</t>
+          <t>Siyasal Bir Düşünür ve Devlet Adamı Said Halim Paşa</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059835008</t>
+          <t>9786058482456</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Kavşakta Din ve Sivil Toplum</t>
+          <t>Neye Himmet Neye Hizmet</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058482449</t>
+          <t>9786058482425</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dini Sosyaliteler</t>
+          <t>1908 - 1913 Osmanlı Dış Politikası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059835367</t>
+          <t>9786058482401</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bariyer Semtler Kimlikli Mekanlar</t>
+          <t>Egemenlik</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059835299</t>
+          <t>9786058482432</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>William Henry Abdullah Quilliam</t>
+          <t>Metin Erksan Sinemasını Okumayı Denemek</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059835305</t>
+          <t>9786058482418</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kent Mekan ve Toplum</t>
+          <t>Hepimiz Ötekiyiz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059835275</t>
+          <t>9786059835008</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Filistin Meselesi</t>
+          <t>Postmodern Kavşakta Din ve Sivil Toplum</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
+          <t>9786058482449</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Dini Sosyaliteler</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786059835367</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Bariyer Semtler Kimlikli Mekanlar</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786059835299</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>William Henry Abdullah Quilliam</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786059835305</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Kent Mekan ve Toplum</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786059835275</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Filistin Meselesi</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
           <t>9786059835503</t>
         </is>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>İşgal, Sürgün ve Katliamların Gölgesinde Filistin’in Asırlık Mücadelesi</t>
         </is>
       </c>
-      <c r="C62" s="1">
+      <c r="C67" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>