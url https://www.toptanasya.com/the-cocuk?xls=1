--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -85,2245 +85,2515 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255700131</t>
+          <t>9786255700513</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Renkli Lezzetler</t>
+          <t>Sobe Saklanmayan Ebe</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>169</v>
+        <v>340</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255700117</t>
+          <t>9786255700506</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Miyav Şehri</t>
+          <t>Mutlu Bir An</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>169</v>
+        <v>340</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255700124</t>
+          <t>9786057050045</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar</t>
+          <t>Petronella Elmapüresi 2 - Uyku Büyüsü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255700094</t>
+          <t>9786255700520</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaz Günleri</t>
+          <t>Tavşancık Maymun’a Karşı ve Işık Hızında Aye!</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>169</v>
+        <v>360</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255700100</t>
+          <t>9786255700421</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tımbıdık</t>
+          <t>Elma Cadısı Petronella - 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256182882</t>
+          <t>9786255700469</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nuvola Kendisini Arıyor</t>
+          <t>Elma Cadısı Petronella - 5</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>179</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256182004</t>
+          <t>9786255700483</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville Tazısı</t>
+          <t>Elma Cadısı Petronella - 7</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>159</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256182912</t>
+          <t>9786255700452</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Uçan Sandık (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Elma Cadısı Petronella - 4</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>139</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256182905</t>
+          <t>9786255700445</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Heidi (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Elma Cadısı Petronella - 3</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>139</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256182943</t>
+          <t>9786255700476</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Denizci Sinbad (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Elma Cadısı Petronella - 6</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>139</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256182936</t>
+          <t>9786255700438</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Tilki (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Elma Cadısı Petronella - 2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>139</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256182929</t>
+          <t>9786255700353</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Cam Dağdaki Prenses (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Gaddar Orman - 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>139</v>
+        <v>360</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255700025</t>
+          <t>9786255700254</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Maymun’a Karşı ve Felaket Ligi</t>
+          <t>Sherlock Holmes – Gümüş Şimşek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256182820</t>
+          <t>9786255700230</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Değerler Eğitimi</t>
+          <t>Sherlock Holmes - Borsa Katibinin Macerası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256182721</t>
+          <t>9786255700261</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Çıkartma Kitabı - 1</t>
+          <t>Sherlock Holmes – Musgrave Ritüeli</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256182738</t>
+          <t>9786255700278</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Çıkartma Kitabı - 2</t>
+          <t>Sherlock Holmes – Zümrüt Taç</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256182714</t>
+          <t>9786255700247</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Çıkartma Kitabı - 2</t>
+          <t>Sherlock Holmes - Bruce-Partington Planları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256182707</t>
+          <t>9786255700216</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Çıkartma Kitabı - 1</t>
+          <t>Renkli Işıklar Karanlık Sırlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>195</v>
+        <v>289</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256182691</t>
+          <t>9786255700131</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Maymun'a Karşı ve İnsan İstilası</t>
+          <t>Renkli Lezzetler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>330</v>
+        <v>169</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256182608</t>
+          <t>9786255700117</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sanat Eğitimi – Empresyonizm Pop-Art</t>
+          <t>Miyav Şehri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>249</v>
+        <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256182448</t>
+          <t>9786255700124</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Maymun’a Karşı</t>
+          <t>Sevimli Dostlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>330</v>
+        <v>169</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256182387</t>
+          <t>9786255700094</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Komik Çıkartmalarım / Dinozorlar</t>
+          <t>Mutlu Yaz Günleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256182240</t>
+          <t>9786255700100</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kelimeler - Albert Einstein’ın Görelilik Teorisi</t>
+          <t>Tımbıdık</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>359</v>
+        <v>169</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256182134</t>
+          <t>9786256182882</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları</t>
+          <t>Nuvola Kendisini Arıyor</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>320</v>
+        <v>179</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257816731</t>
+          <t>9786256182004</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 4 - Sihirli Şapka ve Arı Saldırısı</t>
+          <t>Sherlock Holmes - Baskerville Tazısı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>119</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257816571</t>
+          <t>9786256182912</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 3 - Kartopu Savaşı ve Cincüce Şakaları</t>
+          <t>Uçan Sandık (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>119</v>
+        <v>159</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057475206</t>
+          <t>9786256182905</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Üç Öğrenci</t>
+          <t>Heidi (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>119</v>
+        <v>159</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057475282</t>
+          <t>9786256182943</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Pisagor Problemi - Cesur Cem ve Beceriksiz Kahramanlar 4 (Ciltli)</t>
+          <t>Denizci Sinbad (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>119</v>
+        <v>159</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057475299</t>
+          <t>9786256182936</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Daha Sonra Ne Duydu</t>
+          <t>Açgözlü Tilki (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056979415</t>
+          <t>9786256182929</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yeterli ve Dengeli Beslen</t>
+          <t>Cam Dağdaki Prenses (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256182233</t>
+          <t>9786255700025</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hattie Harmony</t>
+          <t>Tavşancık Maymun’a Karşı ve Felaket Ligi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>199</v>
+        <v>360</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256182011</t>
+          <t>9786256182820</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Boş Ev</t>
+          <t>Öykülerle Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>159</v>
+        <v>420</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256182028</t>
+          <t>9786256182721</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bisikletli Takip</t>
+          <t>Taşıtlar Çıkartma Kitabı - 1</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>159</v>
+        <v>199</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256611986</t>
+          <t>9786256182738</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Ölüm Döşeğinde</t>
+          <t>Taşıtlar Çıkartma Kitabı - 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>159</v>
+        <v>199</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>2731000000049</t>
+          <t>9786256182714</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bilim ve Patlayıcı Deneyler 6 Kitap Set</t>
+          <t>Kuşlar Çıkartma Kitabı - 2</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>137.4</v>
+        <v>199</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>2731000000094</t>
+          <t>9786256182707</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri 4 Kitap Set</t>
+          <t>Kuşlar Çıkartma Kitabı - 1</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>99.6</v>
+        <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057475220</t>
+          <t>9786256182691</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Olumsuzluklara Kış Kış</t>
+          <t>Tavşancık Maymun'a Karşı ve İnsan İstilası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>149</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057050090</t>
+          <t>9786256182608</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Norveç Tatili</t>
+          <t>Çocuklar İçin Sanat Eğitimi – Empresyonizm Pop-Art</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>79</v>
+        <v>249</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254446986</t>
+          <t>9786256182448</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Jeologlar - Bilgi Küpü Serisi</t>
+          <t>Tavşancık Maymun’a Karşı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>149</v>
+        <v>360</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057478009</t>
+          <t>9786256182387</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kim Filini Kaybetti?</t>
+          <t>Komik Çıkartmalarım / Dinozorlar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254446993</t>
+          <t>9786256182240</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Annem için Hediye</t>
+          <t>Dünyayı Değiştiren Kelimeler - Albert Einstein’ın Görelilik Teorisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>169</v>
+        <v>359</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057050014</t>
+          <t>9786256182134</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Tatildeyken Ne Duydu</t>
+          <t>Dünya Masalları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>189</v>
+        <v>420</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050604047</t>
+          <t>9786257816731</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Petronella Elmapüresi 4 - Sihirli Şapka ve Arı Saldırısı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>129</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057050052</t>
+          <t>9786257816571</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Apollon’un Gizemli Mesajı - Cesur Cem ve Beceriksiz Kahramanlar 5 (Ciltli)</t>
+          <t>Petronella Elmapüresi 3 - Kartopu Savaşı ve Cincüce Şakaları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>119</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057050069</t>
+          <t>9786057475206</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Çılgını</t>
+          <t>Sherlock Holmes: Üç Öğrenci</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057475275</t>
+          <t>9786057475282</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuyan Fare Lila</t>
+          <t>Pisagor Problemi - Cesur Cem ve Beceriksiz Kahramanlar 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050678963</t>
+          <t>9786057475299</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü Davetiyesi</t>
+          <t>Uğurböceği Daha Sonra Ne Duydu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056979491</t>
+          <t>9786056979415</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri: Kaç Şeker Kaldı?</t>
+          <t>Yeterli ve Dengeli Beslen</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>99</v>
+        <v>149</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050604016</t>
+          <t>9786256182233</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri: Saat Kaç?</t>
+          <t>Hattie Harmony</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056979484</t>
+          <t>9786256182011</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri: Hazine Haritası</t>
+          <t>Sherlock Holmes Boş Ev</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>99</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254446962</t>
+          <t>9786256182028</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Arakne'nin Altın Eldivenleri - Cesur Cem ve Beceriksiz Kahramanlar 3 (Ciltli)</t>
+          <t>Sherlock Holmes Bisikletli Takip</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>119</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050678994</t>
+          <t>9786256611986</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Ne Duydu?</t>
+          <t>Sherlock Holmes Ölüm Döşeğinde</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050678987</t>
+          <t>2731000000049</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ay’ın İlk Arkadaşları</t>
+          <t>Acayip Bilim ve Patlayıcı Deneyler 6 Kitap Set</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>169</v>
+        <v>137.4</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254446900</t>
+          <t>2731000000094</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Ne Duydu? - Çıkartmalı Aktivite Kitabı</t>
+          <t>Ceri ve Deri 4 Kitap Set</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>139</v>
+        <v>99.6</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058038448</t>
+          <t>9786057475220</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2: Sihirli Bir Macera (Ciltli)</t>
+          <t>Olumsuzluklara Kış Kış</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058038431</t>
+          <t>9786057050090</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Ekosistemler ve Özellikleri</t>
+          <t>Norveç Tatili</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>149</v>
+        <v>79</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057950512</t>
+          <t>9786254446986</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Vücudumuz ve Özellikleri</t>
+          <t>Gelmiş Geçmiş En Büyük Jeologlar - Bilgi Küpü Serisi</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057950505</t>
+          <t>9786057478009</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kuvvetler ve Özellikleri</t>
+          <t>Kim Filini Kaybetti?</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058038400</t>
+          <t>9786254446993</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kokuşmuş Gazlar ve Özellikleri</t>
+          <t>Annem için Hediye</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257816526</t>
+          <t>9786057050014</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Badem</t>
+          <t>Uğurböceği Tatildeyken Ne Duydu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057478085</t>
+          <t>9786050604047</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Sussex Vampiri</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057478092</t>
+          <t>9786057050052</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Peçeli Kiracı</t>
+          <t>Apollon’un Gizemli Mesajı - Cesur Cem ve Beceriksiz Kahramanlar 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057478061</t>
+          <t>9786057050069</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Reigate Bulmacası</t>
+          <t>Tüketim Çılgını</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057478078</t>
+          <t>9786057475275</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Donanma Antlaşması</t>
+          <t>Kitap Okuyan Fare Lila</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256607316</t>
+          <t>9786050678963</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sen Harikasın</t>
+          <t>Doğum Günü Davetiyesi</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254446924</t>
+          <t>9786056979491</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>Ceri ve Deri: Kaç Şeker Kaldı?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>169</v>
+        <v>99</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254446948</t>
+          <t>9786050604016</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Benekli Kordon - Sherlock Holmes 4</t>
+          <t>Ceri ve Deri: Saat Kaç?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>25</v>
+        <v>189</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254446917</t>
+          <t>9786056979484</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dosya - Sherlock Holmes 1</t>
+          <t>Ceri ve Deri: Hazine Haritası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>169</v>
+        <v>99</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254446931</t>
+          <t>9786254446962</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>Arakne'nin Altın Eldivenleri - Cesur Cem ve Beceriksiz Kahramanlar 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254446955</t>
+          <t>9786050678994</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Saçlılar Kulübü - Sherlock Holmes 5</t>
+          <t>Uğurböceği Ne Duydu?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>25</v>
+        <v>169</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256415065</t>
+          <t>9786050678987</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>Ay’ın İlk Arkadaşları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050678956</t>
+          <t>9786254446900</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Parmak İzleri</t>
+          <t>Uğurböceği Ne Duydu? - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256415904</t>
+          <t>9786058038448</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Üç Öğrenci</t>
+          <t>Disney Karlar Ülkesi 2: Sihirli Bir Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256611931</t>
+          <t>9786058038431</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kelimeler 1</t>
+          <t>Tehlikeli Ekosistemler ve Özellikleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>359</v>
+        <v>149</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256611474</t>
+          <t>9786057950512</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Uzay Labirent Bulmaca</t>
+          <t>Mucizevi Vücudumuz ve Özellikleri</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256611894</t>
+          <t>9786057950505</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şehir Labirent Bulmaca</t>
+          <t>Muhteşem Kuvvetler ve Özellikleri</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256611801</t>
+          <t>9786058038400</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çizgiler 1</t>
+          <t>Kokuşmuş Gazlar ve Özellikleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256611764</t>
+          <t>9786257816526</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş – Masal Dünyası</t>
+          <t>Utangaç Badem</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>320</v>
+        <v>169</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256611696</t>
+          <t>9786057478085</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ara Bul Resimli Bulmacalar - Denizde</t>
+          <t>Sherlock Holmes: Sussex Vampiri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>149</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256611658</t>
+          <t>9786057478092</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Sherlock Holmes: Peçeli Kiracı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>149</v>
+        <v>119</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256611702</t>
+          <t>9786057478061</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ara Bul Resimli Bulmacalar - Doğada</t>
+          <t>Sherlock Holmes: Reigate Bulmacası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>149</v>
+        <v>119</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057050076</t>
+          <t>9786057478078</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sen Harikasın</t>
+          <t>Sherlock Holmes: Donanma Antlaşması</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>169</v>
+        <v>119</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058038455</t>
+          <t>9786256607316</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Pamuk ile Paytak</t>
+          <t>Sen Harikasın</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>249</v>
+        <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256611528</t>
+          <t>9786254446924</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Prenses Boyama Kitabı</t>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>109</v>
+        <v>169</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256611535</t>
+          <t>9786254446948</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı</t>
+          <t>Benekli Kordon - Sherlock Holmes 4</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>109</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256611559</t>
+          <t>9786254446917</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boyama Kitabı</t>
+          <t>Kızıl Dosya - Sherlock Holmes 1</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256611542</t>
+          <t>9786254446931</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Boyama Kitabı</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>109</v>
+        <v>139</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256611412</t>
+          <t>9786254446955</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Artık Okuyorum Serisi (10 Kitap)</t>
+          <t>Kızıl Saçlılar Kulübü - Sherlock Holmes 5</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>349</v>
+        <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256611115</t>
+          <t>9786256415065</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya’da Skandal</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>159</v>
+        <v>190</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256611122</t>
+          <t>9786050678956</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Altı Napolyon</t>
+          <t>Parmak İzleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256611153</t>
+          <t>9786256415904</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mühendisin Başparmağı</t>
+          <t>Sherlock Holmes - Üç Öğrenci</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>159</v>
+        <v>190</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256611139</t>
+          <t>9786256611931</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bakır Renkli Kayınlar</t>
+          <t>Dünyayı Değiştiren Kelimeler 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>159</v>
+        <v>359</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256611146</t>
+          <t>9786256611474</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Charles Augustus Milverton Vakası</t>
+          <t>Uzay Labirent Bulmaca</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256611085</t>
+          <t>9786256611894</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yıl Dinozoru</t>
+          <t>Şehir Labirent Bulmaca</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>199</v>
+        <v>159</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256611047</t>
+          <t>9786256611801</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 5 - Büyü Kitabı ve Meraklı Cadı</t>
+          <t>Eğlenceli Çizgiler 1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256415836</t>
+          <t>9786256611764</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı: Ormanın Gizemi</t>
+          <t>Bir Varmış Bir Yokmuş – Masal Dünyası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>149</v>
+        <v>450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256415874</t>
+          <t>9786256611696</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Reigate Bulmacası</t>
+          <t>Ara Bul Resimli Bulmacalar - Denizde</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256415867</t>
+          <t>9786256611658</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Donanma Antlaşması</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>159</v>
+        <v>179</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256415898</t>
+          <t>9786256611702</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sussex Vampiri</t>
+          <t>Ara Bul Resimli Bulmacalar - Doğada</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256415881</t>
+          <t>9786057050076</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Peçeli Kiracı</t>
+          <t>Sen Harikasın</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256415850</t>
+          <t>9786058038455</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı: Sevimli Canavarlar</t>
+          <t>Pamuk ile Paytak</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256415829</t>
+          <t>9786256611528</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı: Sağlıklı Besleniyoruz</t>
+          <t>Prenses Boyama Kitabı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256415843</t>
+          <t>9786256611535</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı: Gizemli Sualtı Dünyası</t>
+          <t>Kawaii Boyama Kitabı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256415232</t>
+          <t>9786256611559</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Kakalayan Dinozor Kakazorus</t>
+          <t>Büyük Boyama Kitabı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256415263</t>
+          <t>9786256611542</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Prensesi Kakalayan Dinozor Kakazorus</t>
+          <t>Unicorn Boyama Kitabı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256415188</t>
+          <t>9786256611412</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yılı Kakalayan Dinozor Kakazorus</t>
+          <t>Artık Okuyorum Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>169</v>
+        <v>420</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256415225</t>
+          <t>9786256611115</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gezegeni Kakalayan Dinozor Kakazorus</t>
+          <t>Sherlock Holmes - Bohemya’da Skandal</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256415249</t>
+          <t>9786256611122</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yatağı Kakalayan Dinozor Kakazorus</t>
+          <t>Sherlock Holmes - Altı Napolyon</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256415072</t>
+          <t>9786256611153</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
+          <t>Sherlock Holmes - Mühendisin Başparmağı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>159</v>
+        <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256415041</t>
+          <t>9786256611139</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Sherlock Holmes - Bakır Renkli Kayınlar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256415058</t>
+          <t>9786256611146</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>Sherlock Holmes - Charles Augustus Milverton Vakası</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256415089</t>
+          <t>9786256611085</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Benekli Kordon</t>
+          <t>Yeni Yıl Dinozoru</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>159</v>
+        <v>199</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257816809</t>
+          <t>9786256611047</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Sıra Dışı Müslümanlar</t>
+          <t>Petronella Elmapüresi 5 - Büyü Kitabı ve Meraklı Cadı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>179</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257816663</t>
+          <t>9786256415836</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kralın Kayıp Tacı</t>
+          <t>Aktivite Kitabı: Ormanın Gizemi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257816656</t>
+          <t>9786256415874</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kralın Büyük Yatağı</t>
+          <t>Sherlock Holmes - Reigate Bulmacası</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>149</v>
+        <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257816670</t>
+          <t>9786256415867</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kralın Sihirli Sandığı</t>
+          <t>Sherlock Holmes - Donanma Antlaşması</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>149</v>
+        <v>190</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257816342</t>
+          <t>9786256415898</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Tıpçılar</t>
+          <t>Sherlock Holmes - Sussex Vampiri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>149</v>
+        <v>190</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257816335</t>
+          <t>9786256415881</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Matematikçiler</t>
+          <t>Sherlock Holmes - Peçeli Kiracı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>149</v>
+        <v>190</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057050083</t>
+          <t>9786256415850</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Zamir ve Mendildeki Atasözleri</t>
+          <t>Aktivite Kitabı: Sevimli Canavarlar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057050038</t>
+          <t>9786256415829</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Fizikçiler - Bilgi Küpü Serisi</t>
+          <t>Aktivite Kitabı: Sağlıklı Besleniyoruz</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057050021</t>
+          <t>9786256415843</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Kimyagerler - Bilgi Küpü Serisi</t>
+          <t>Aktivite Kitabı: Gizemli Sualtı Dünyası</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057475268</t>
+          <t>9786256415232</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mufi Tavşi'yi Arıyor</t>
+          <t>Geçmişi Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057475213</t>
+          <t>9786256415263</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 1-Büyülendi ve Dondu Kaldı</t>
+          <t>Prensesi Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>119</v>
+        <v>179</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057478016</t>
+          <t>9786256415188</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Aynı</t>
+          <t>Yeni Yılı Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050678901</t>
+          <t>9786256415225</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Gezegeni Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>129</v>
+        <v>179</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050604054</t>
+          <t>9786256415249</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Yatağı Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>129</v>
+        <v>179</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050604078</t>
+          <t>9786256415072</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>129</v>
+        <v>190</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050604085</t>
+          <t>9786256415041</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>129</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050604030</t>
+          <t>9786256415058</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>129</v>
+        <v>220</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786254446979</t>
+          <t>9786256415089</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Mühendisler - Bilgi Küpü Serisi</t>
+          <t>Sherlock Holmes - Benekli Kordon</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786056979439</t>
+          <t>9786257816809</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Dünyayı Değiştiren Sıra Dışı Müslümanlar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>139</v>
+        <v>179</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786056979453</t>
+          <t>9786257816663</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Kralın Kayıp Tacı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050604092</t>
+          <t>9786257816656</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Kralın Büyük Yatağı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050678970</t>
+          <t>9786257816670</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>En İyi Dostum Ağaç</t>
+          <t>Kralın Sihirli Sandığı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050678949</t>
+          <t>9786257816342</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Doğa Tarihçileri</t>
+          <t>Gelmiş Geçmiş En Büyük Tıpçılar</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050678932</t>
+          <t>9786257816335</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Gökbilimciler</t>
+          <t>Gelmiş Geçmiş En Büyük Matematikçiler</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050678925</t>
+          <t>9786057050083</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hera’nın Korkunç Tuzağı! - Cesur Cem ve Beceriksiz Kahramanlar 2 (Ciltli)</t>
+          <t>Zamir ve Mendildeki Atasözleri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>119</v>
+        <v>299</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050678918</t>
+          <t>9786057050038</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İşte Herkül Geliyor! - Cesur Cem ve Beceriksiz Kahramanlar 1 (Ciltli)</t>
+          <t>Gelmiş Geçmiş En Büyük Fizikçiler - Bilgi Küpü Serisi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050604009</t>
+          <t>9786057050021</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri: Kuş Evi Yapalım</t>
+          <t>Gelmiş Geçmiş En Büyük Kimyagerler - Bilgi Küpü Serisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786058038417</t>
+          <t>9786057475268</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kulak Çınlatan Sesler ve Özellikleri</t>
+          <t>Mufi Tavşi'yi Arıyor</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786058038424</t>
+          <t>9786057475213</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Parıltılı Işıklar ve Özellikleri</t>
+          <t>Petronella Elmapüresi 1 - Büyülendi ve Dondu Kaldı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>149</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786058038486</t>
+          <t>9786057478016</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Haydi Banyoya!</t>
+          <t>Her Şey Aynı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057950499</t>
+          <t>9786050678901</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kuzu</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786058038493</t>
+          <t>9786050604054</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sakin Ol! - Stresi Yenmek için Öneriler</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786058038479</t>
+          <t>9786050604078</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Dört Aç!</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786056979408</t>
+          <t>9786050604085</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Haydi Hareket Et!</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
+          <t>9786050604030</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>80 Günde Devrialem</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786254446979</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Gelmiş Geçmiş En Büyük Mühendisler - Bilgi Küpü Serisi</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786056979439</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786056979453</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786050604092</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeftali Bin Şeftali</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786050678970</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>En İyi Dostum Ağaç</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786050678949</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Gelmiş Geçmiş En Büyük Doğa Tarihçileri</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786050678932</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Gelmiş Geçmiş En Büyük Gökbilimciler</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786050678925</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Hera’nın Korkunç Tuzağı! - Cesur Cem ve Beceriksiz Kahramanlar 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786050678918</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>İşte Herkül Geliyor! - Cesur Cem ve Beceriksiz Kahramanlar 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786050604009</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Ceri ve Deri: Kuş Evi Yapalım</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786058038417</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Kulak Çınlatan Sesler ve Özellikleri</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786058038424</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Parıltılı Işıklar ve Özellikleri</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786058038486</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Banyoya!</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786057950499</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Şeker Kuzu</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786058038493</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Sakin Ol! - Stresi Yenmek için Öneriler</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786058038479</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Gözünü Dört Aç!</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786056979408</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Hareket Et!</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
           <t>9786057950369</t>
         </is>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>İlk Felsefe Kitabım</t>
         </is>
       </c>
-      <c r="C148" s="1">
+      <c r="C166" s="1">
         <v>189</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>