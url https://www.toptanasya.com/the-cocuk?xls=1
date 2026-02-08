--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -85,2515 +85,2680 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255700513</t>
+          <t>9786255700681</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sobe Saklanmayan Ebe</t>
+          <t>Cozy Boyama - Kış Geldi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>340</v>
+        <v>189</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255700506</t>
+          <t>9786255700797</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir An</t>
+          <t>Sherlock Holmes Emekleyen Adam</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057050045</t>
+          <t>9786255700827</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 2 - Uyku Büyüsü</t>
+          <t>Sherlock Holmes Aslan Yelesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255700520</t>
+          <t>9786255700810</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Maymun’a Karşı ve Işık Hızında Aye!</t>
+          <t>Sherlock Holmes İkinci Leke</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255700421</t>
+          <t>9786255700780</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 1</t>
+          <t>Sherlock Holmes Son Vaka</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255700469</t>
+          <t>9786255700803</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 5</t>
+          <t>Sherlock Holmes Şeytan Ayağı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255700483</t>
+          <t>9786255700742</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 7</t>
+          <t>Neden Kaka Yaparım?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>159</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255700452</t>
+          <t>9786255700766</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 4</t>
+          <t>Neden Büyürüm?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>159</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255700445</t>
+          <t>9786255700773</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 3</t>
+          <t>Neden Terlerim?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>159</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255700476</t>
+          <t>9786255700759</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 6</t>
+          <t>Neden Kaşınırım?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>159</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255700438</t>
+          <t>9786255700735</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 2</t>
+          <t>Neden Hapşırırım?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>159</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255700353</t>
+          <t>9786255700513</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gaddar Orman - 1</t>
+          <t>Sobe Saklanmayan Ebe</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255700254</t>
+          <t>9786255700506</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes – Gümüş Şimşek</t>
+          <t>Mutlu Bir An</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255700230</t>
+          <t>9786057050045</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Borsa Katibinin Macerası</t>
+          <t>Petronella Elmapüresi 2 - Uyku Büyüsü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255700261</t>
+          <t>9786255700520</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes – Musgrave Ritüeli</t>
+          <t>Tavşancık Maymun’a Karşı ve Işık Hızında Aye!</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255700278</t>
+          <t>9786255700421</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes – Zümrüt Taç</t>
+          <t>Elma Cadısı Petronella - 1</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255700247</t>
+          <t>9786255700469</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bruce-Partington Planları</t>
+          <t>Elma Cadısı Petronella - 5</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255700216</t>
+          <t>9786255700483</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Renkli Işıklar Karanlık Sırlar</t>
+          <t>Elma Cadısı Petronella - 7</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>289</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255700131</t>
+          <t>9786255700452</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Renkli Lezzetler</t>
+          <t>Elma Cadısı Petronella - 4</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255700117</t>
+          <t>9786255700445</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Miyav Şehri</t>
+          <t>Elma Cadısı Petronella - 3</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255700124</t>
+          <t>9786255700476</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar</t>
+          <t>Elma Cadısı Petronella - 6</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255700094</t>
+          <t>9786255700438</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaz Günleri</t>
+          <t>Elma Cadısı Petronella - 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255700100</t>
+          <t>9786255700353</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tımbıdık</t>
+          <t>Gaddar Orman - 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>169</v>
+        <v>360</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256182882</t>
+          <t>9786255700254</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nuvola Kendisini Arıyor</t>
+          <t>Sherlock Holmes – Gümüş Şimşek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>179</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256182004</t>
+          <t>9786255700230</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville Tazısı</t>
+          <t>Sherlock Holmes - Borsa Katibinin Macerası</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256182912</t>
+          <t>9786255700261</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Uçan Sandık (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Sherlock Holmes – Musgrave Ritüeli</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>159</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256182905</t>
+          <t>9786255700278</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Heidi (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Sherlock Holmes – Zümrüt Taç</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>159</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256182943</t>
+          <t>9786255700247</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Denizci Sinbad (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Sherlock Holmes - Bruce-Partington Planları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>159</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256182936</t>
+          <t>9786255700216</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Tilki (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Renkli Işıklar Karanlık Sırlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>159</v>
+        <v>289</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256182929</t>
+          <t>9786255700131</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Cam Dağdaki Prenses (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Renkli Lezzetler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255700025</t>
+          <t>9786255700117</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Maymun’a Karşı ve Felaket Ligi</t>
+          <t>Miyav Şehri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>360</v>
+        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256182820</t>
+          <t>9786255700124</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Değerler Eğitimi</t>
+          <t>Sevimli Dostlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>420</v>
+        <v>169</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256182721</t>
+          <t>9786255700094</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Çıkartma Kitabı - 1</t>
+          <t>Mutlu Yaz Günleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256182738</t>
+          <t>9786255700100</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Çıkartma Kitabı - 2</t>
+          <t>Tımbıdık</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256182714</t>
+          <t>9786256182882</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Çıkartma Kitabı - 2</t>
+          <t>Nuvola Kendisini Arıyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256182707</t>
+          <t>9786256182004</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Çıkartma Kitabı - 1</t>
+          <t>Sherlock Holmes - Baskerville Tazısı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256182691</t>
+          <t>9786256182912</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Maymun'a Karşı ve İnsan İstilası</t>
+          <t>Uçan Sandık (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>360</v>
+        <v>159</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256182608</t>
+          <t>9786256182905</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sanat Eğitimi – Empresyonizm Pop-Art</t>
+          <t>Heidi (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>249</v>
+        <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256182448</t>
+          <t>9786256182943</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Maymun’a Karşı</t>
+          <t>Denizci Sinbad (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>360</v>
+        <v>159</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256182387</t>
+          <t>9786256182936</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Komik Çıkartmalarım / Dinozorlar</t>
+          <t>Açgözlü Tilki (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256182240</t>
+          <t>9786256182929</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kelimeler - Albert Einstein’ın Görelilik Teorisi</t>
+          <t>Cam Dağdaki Prenses (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>359</v>
+        <v>159</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256182134</t>
+          <t>9786255700025</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları</t>
+          <t>Tavşancık Maymun’a Karşı ve Felaket Ligi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257816731</t>
+          <t>9786256182820</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 4 - Sihirli Şapka ve Arı Saldırısı</t>
+          <t>Öykülerle Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257816571</t>
+          <t>9786256182721</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 3 - Kartopu Savaşı ve Cincüce Şakaları</t>
+          <t>Taşıtlar Çıkartma Kitabı - 1</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>199</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057475206</t>
+          <t>9786256182738</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Üç Öğrenci</t>
+          <t>Taşıtlar Çıkartma Kitabı - 2</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057475282</t>
+          <t>9786256182714</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Pisagor Problemi - Cesur Cem ve Beceriksiz Kahramanlar 4 (Ciltli)</t>
+          <t>Kuşlar Çıkartma Kitabı - 2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057475299</t>
+          <t>9786256182707</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Daha Sonra Ne Duydu</t>
+          <t>Kuşlar Çıkartma Kitabı - 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056979415</t>
+          <t>9786256182691</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yeterli ve Dengeli Beslen</t>
+          <t>Tavşancık Maymun'a Karşı ve İnsan İstilası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>149</v>
+        <v>360</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256182233</t>
+          <t>9786256182608</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hattie Harmony</t>
+          <t>Çocuklar İçin Sanat Eğitimi – Empresyonizm Pop-Art</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256182011</t>
+          <t>9786256182448</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Boş Ev</t>
+          <t>Tavşancık Maymun’a Karşı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256182028</t>
+          <t>9786256182387</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bisikletli Takip</t>
+          <t>Komik Çıkartmalarım / Dinozorlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256611986</t>
+          <t>9786256182240</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Ölüm Döşeğinde</t>
+          <t>Dünyayı Değiştiren Kelimeler - Albert Einstein’ın Görelilik Teorisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>190</v>
+        <v>359</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>2731000000049</t>
+          <t>9786256182134</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bilim ve Patlayıcı Deneyler 6 Kitap Set</t>
+          <t>Dünya Masalları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>137.4</v>
+        <v>420</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>2731000000094</t>
+          <t>9786257816731</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri 4 Kitap Set</t>
+          <t>Petronella Elmapüresi 4 - Sihirli Şapka ve Arı Saldırısı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>99.6</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057475220</t>
+          <t>9786257816571</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Olumsuzluklara Kış Kış</t>
+          <t>Petronella Elmapüresi 3 - Kartopu Savaşı ve Cincüce Şakaları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>149</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057050090</t>
+          <t>9786057475206</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Norveç Tatili</t>
+          <t>Sherlock Holmes: Üç Öğrenci</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>79</v>
+        <v>119</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254446986</t>
+          <t>9786057475282</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Jeologlar - Bilgi Küpü Serisi</t>
+          <t>Pisagor Problemi - Cesur Cem ve Beceriksiz Kahramanlar 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>149</v>
+        <v>119</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057478009</t>
+          <t>9786057475299</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kim Filini Kaybetti?</t>
+          <t>Uğurböceği Daha Sonra Ne Duydu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254446993</t>
+          <t>9786056979415</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Annem için Hediye</t>
+          <t>Yeterli ve Dengeli Beslen</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057050014</t>
+          <t>9786256182233</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Tatildeyken Ne Duydu</t>
+          <t>Hattie Harmony</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050604047</t>
+          <t>9786256182011</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Sherlock Holmes Boş Ev</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>139</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057050052</t>
+          <t>9786256182028</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Apollon’un Gizemli Mesajı - Cesur Cem ve Beceriksiz Kahramanlar 5 (Ciltli)</t>
+          <t>Sherlock Holmes Bisikletli Takip</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>119</v>
+        <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057050069</t>
+          <t>9786256611986</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Çılgını</t>
+          <t>Sherlock Holmes Ölüm Döşeğinde</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057475275</t>
+          <t>2731000000049</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuyan Fare Lila</t>
+          <t>Acayip Bilim ve Patlayıcı Deneyler 6 Kitap Set</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>169</v>
+        <v>137.4</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050678963</t>
+          <t>2731000000094</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü Davetiyesi</t>
+          <t>Ceri ve Deri 4 Kitap Set</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>169</v>
+        <v>99.6</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056979491</t>
+          <t>9786057475220</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri: Kaç Şeker Kaldı?</t>
+          <t>Olumsuzluklara Kış Kış</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>99</v>
+        <v>149</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050604016</t>
+          <t>9786057050090</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri: Saat Kaç?</t>
+          <t>Norveç Tatili</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>189</v>
+        <v>79</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056979484</t>
+          <t>9786254446986</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri: Hazine Haritası</t>
+          <t>Gelmiş Geçmiş En Büyük Jeologlar - Bilgi Küpü Serisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>99</v>
+        <v>149</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254446962</t>
+          <t>9786057478009</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Arakne'nin Altın Eldivenleri - Cesur Cem ve Beceriksiz Kahramanlar 3 (Ciltli)</t>
+          <t>Kim Filini Kaybetti?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050678994</t>
+          <t>9786254446993</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Ne Duydu?</t>
+          <t>Annem için Hediye</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050678987</t>
+          <t>9786057050014</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ay’ın İlk Arkadaşları</t>
+          <t>Uğurböceği Tatildeyken Ne Duydu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254446900</t>
+          <t>9786050604047</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Ne Duydu? - Çıkartmalı Aktivite Kitabı</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058038448</t>
+          <t>9786057050052</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2: Sihirli Bir Macera (Ciltli)</t>
+          <t>Apollon’un Gizemli Mesajı - Cesur Cem ve Beceriksiz Kahramanlar 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>149</v>
+        <v>119</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058038431</t>
+          <t>9786057050069</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Ekosistemler ve Özellikleri</t>
+          <t>Tüketim Çılgını</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057950512</t>
+          <t>9786057475275</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Vücudumuz ve Özellikleri</t>
+          <t>Kitap Okuyan Fare Lila</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057950505</t>
+          <t>9786050678963</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kuvvetler ve Özellikleri</t>
+          <t>Doğum Günü Davetiyesi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058038400</t>
+          <t>9786056979491</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kokuşmuş Gazlar ve Özellikleri</t>
+          <t>Ceri ve Deri: Kaç Şeker Kaldı?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257816526</t>
+          <t>9786050604016</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Badem</t>
+          <t>Ceri ve Deri: Saat Kaç?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057478085</t>
+          <t>9786056979484</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Sussex Vampiri</t>
+          <t>Ceri ve Deri: Hazine Haritası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057478092</t>
+          <t>9786254446962</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Peçeli Kiracı</t>
+          <t>Arakne'nin Altın Eldivenleri - Cesur Cem ve Beceriksiz Kahramanlar 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057478061</t>
+          <t>9786050678994</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Reigate Bulmacası</t>
+          <t>Uğurböceği Ne Duydu?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057478078</t>
+          <t>9786050678987</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Donanma Antlaşması</t>
+          <t>Ay’ın İlk Arkadaşları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256607316</t>
+          <t>9786254446900</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sen Harikasın</t>
+          <t>Uğurböceği Ne Duydu? - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254446924</t>
+          <t>9786058038448</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>Disney Karlar Ülkesi 2: Sihirli Bir Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254446948</t>
+          <t>9786058038431</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Benekli Kordon - Sherlock Holmes 4</t>
+          <t>Tehlikeli Ekosistemler ve Özellikleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>25</v>
+        <v>149</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254446917</t>
+          <t>9786057950512</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dosya - Sherlock Holmes 1</t>
+          <t>Mucizevi Vücudumuz ve Özellikleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254446931</t>
+          <t>9786057950505</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>Muhteşem Kuvvetler ve Özellikleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254446955</t>
+          <t>9786058038400</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Saçlılar Kulübü - Sherlock Holmes 5</t>
+          <t>Kokuşmuş Gazlar ve Özellikleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>25</v>
+        <v>149</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256415065</t>
+          <t>9786257816526</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>Utangaç Badem</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>169</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050678956</t>
+          <t>9786057478085</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Parmak İzleri</t>
+          <t>Sherlock Holmes: Sussex Vampiri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256415904</t>
+          <t>9786057478092</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Üç Öğrenci</t>
+          <t>Sherlock Holmes: Peçeli Kiracı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>190</v>
+        <v>119</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256611931</t>
+          <t>9786057478061</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kelimeler 1</t>
+          <t>Sherlock Holmes: Reigate Bulmacası</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>359</v>
+        <v>119</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256611474</t>
+          <t>9786057478078</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Uzay Labirent Bulmaca</t>
+          <t>Sherlock Holmes: Donanma Antlaşması</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>159</v>
+        <v>119</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256611894</t>
+          <t>9786256607316</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Şehir Labirent Bulmaca</t>
+          <t>Sen Harikasın</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256611801</t>
+          <t>9786254446924</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çizgiler 1</t>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>149</v>
+        <v>220</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256611764</t>
+          <t>9786254446948</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş – Masal Dünyası</t>
+          <t>Benekli Kordon - Sherlock Holmes 4</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>450</v>
+        <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256611696</t>
+          <t>9786254446917</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ara Bul Resimli Bulmacalar - Denizde</t>
+          <t>Kızıl Dosya - Sherlock Holmes 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256611658</t>
+          <t>9786254446931</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>179</v>
+        <v>139</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256611702</t>
+          <t>9786254446955</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ara Bul Resimli Bulmacalar - Doğada</t>
+          <t>Kızıl Saçlılar Kulübü - Sherlock Holmes 5</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>159</v>
+        <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057050076</t>
+          <t>9786256415065</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sen Harikasın</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058038455</t>
+          <t>9786050678956</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Pamuk ile Paytak</t>
+          <t>Parmak İzleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>249</v>
+        <v>169</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256611528</t>
+          <t>9786256415904</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Prenses Boyama Kitabı</t>
+          <t>Sherlock Holmes - Üç Öğrenci</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>139</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256611535</t>
+          <t>9786256611931</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı</t>
+          <t>Dünyayı Değiştiren Kelimeler 1</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>139</v>
+        <v>359</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256611559</t>
+          <t>9786256611474</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boyama Kitabı</t>
+          <t>Uzay Labirent Bulmaca</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>179</v>
+        <v>159</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256611542</t>
+          <t>9786256611894</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Boyama Kitabı</t>
+          <t>Şehir Labirent Bulmaca</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256611412</t>
+          <t>9786256611801</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Artık Okuyorum Serisi (10 Kitap)</t>
+          <t>Eğlenceli Çizgiler 1</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>420</v>
+        <v>149</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256611115</t>
+          <t>9786256611764</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya’da Skandal</t>
+          <t>Bir Varmış Bir Yokmuş – Masal Dünyası</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256611122</t>
+          <t>9786256611696</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Altı Napolyon</t>
+          <t>Ara Bul Resimli Bulmacalar - Denizde</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>159</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256611153</t>
+          <t>9786256611658</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mühendisin Başparmağı</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>190</v>
+        <v>179</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256611139</t>
+          <t>9786256611702</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bakır Renkli Kayınlar</t>
+          <t>Ara Bul Resimli Bulmacalar - Doğada</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>190</v>
+        <v>159</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256611146</t>
+          <t>9786057050076</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Charles Augustus Milverton Vakası</t>
+          <t>Sen Harikasın</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>190</v>
+        <v>169</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256611085</t>
+          <t>9786058038455</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yıl Dinozoru</t>
+          <t>Pamuk ile Paytak</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256611047</t>
+          <t>9786256611528</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 5 - Büyü Kitabı ve Meraklı Cadı</t>
+          <t>Prenses Boyama Kitabı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>350</v>
+        <v>139</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256415836</t>
+          <t>9786256611535</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı: Ormanın Gizemi</t>
+          <t>Kawaii Boyama Kitabı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>169</v>
+        <v>139</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256415874</t>
+          <t>9786256611559</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Reigate Bulmacası</t>
+          <t>Büyük Boyama Kitabı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>190</v>
+        <v>179</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256415867</t>
+          <t>9786256611542</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Donanma Antlaşması</t>
+          <t>Unicorn Boyama Kitabı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256415898</t>
+          <t>9786256611412</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sussex Vampiri</t>
+          <t>Artık Okuyorum Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256415881</t>
+          <t>9786256611115</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Peçeli Kiracı</t>
+          <t>Sherlock Holmes - Bohemya’da Skandal</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256415850</t>
+          <t>9786256611122</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı: Sevimli Canavarlar</t>
+          <t>Sherlock Holmes - Altı Napolyon</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256415829</t>
+          <t>9786256611153</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı: Sağlıklı Besleniyoruz</t>
+          <t>Sherlock Holmes - Mühendisin Başparmağı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256415843</t>
+          <t>9786256611139</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı: Gizemli Sualtı Dünyası</t>
+          <t>Sherlock Holmes - Bakır Renkli Kayınlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256415232</t>
+          <t>9786256611146</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Kakalayan Dinozor Kakazorus</t>
+          <t>Sherlock Holmes - Charles Augustus Milverton Vakası</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>179</v>
+        <v>190</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256415263</t>
+          <t>9786256611085</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Prensesi Kakalayan Dinozor Kakazorus</t>
+          <t>Yeni Yıl Dinozoru</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256415188</t>
+          <t>9786256611047</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yılı Kakalayan Dinozor Kakazorus</t>
+          <t>Petronella Elmapüresi 5 - Büyü Kitabı ve Meraklı Cadı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>179</v>
+        <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256415225</t>
+          <t>9786256415836</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gezegeni Kakalayan Dinozor Kakazorus</t>
+          <t>Aktivite Kitabı: Ormanın Gizemi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256415249</t>
+          <t>9786256415874</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yatağı Kakalayan Dinozor Kakazorus</t>
+          <t>Sherlock Holmes - Reigate Bulmacası</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>179</v>
+        <v>190</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256415072</t>
+          <t>9786256415867</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
+          <t>Sherlock Holmes - Donanma Antlaşması</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256415041</t>
+          <t>9786256415898</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Sherlock Holmes - Sussex Vampiri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256415058</t>
+          <t>9786256415881</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>Sherlock Holmes - Peçeli Kiracı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256415089</t>
+          <t>9786256415850</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Benekli Kordon</t>
+          <t>Aktivite Kitabı: Sevimli Canavarlar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>169</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257816809</t>
+          <t>9786256415829</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Sıra Dışı Müslümanlar</t>
+          <t>Aktivite Kitabı: Sağlıklı Besleniyoruz</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257816663</t>
+          <t>9786256415843</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kralın Kayıp Tacı</t>
+          <t>Aktivite Kitabı: Gizemli Sualtı Dünyası</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257816656</t>
+          <t>9786256415232</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kralın Büyük Yatağı</t>
+          <t>Geçmişi Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257816670</t>
+          <t>9786256415263</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kralın Sihirli Sandığı</t>
+          <t>Prensesi Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257816342</t>
+          <t>9786256415188</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Tıpçılar</t>
+          <t>Yeni Yılı Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257816335</t>
+          <t>9786256415225</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Matematikçiler</t>
+          <t>Gezegeni Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057050083</t>
+          <t>9786256415249</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zamir ve Mendildeki Atasözleri</t>
+          <t>Yatağı Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057050038</t>
+          <t>9786256415072</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Fizikçiler - Bilgi Küpü Serisi</t>
+          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>149</v>
+        <v>190</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057050021</t>
+          <t>9786256415041</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Kimyagerler - Bilgi Küpü Serisi</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>149</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057475268</t>
+          <t>9786256415058</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mufi Tavşi'yi Arıyor</t>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>179</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057475213</t>
+          <t>9786256415089</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 1 - Büyülendi ve Dondu Kaldı</t>
+          <t>Sherlock Holmes - Benekli Kordon</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057478016</t>
+          <t>9786257816809</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Aynı</t>
+          <t>Dünyayı Değiştiren Sıra Dışı Müslümanlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050678901</t>
+          <t>9786257816663</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Kralın Kayıp Tacı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050604054</t>
+          <t>9786257816656</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Kralın Büyük Yatağı</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050604078</t>
+          <t>9786257816670</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Kralın Sihirli Sandığı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050604085</t>
+          <t>9786257816342</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Gelmiş Geçmiş En Büyük Tıpçılar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050604030</t>
+          <t>9786257816335</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Gelmiş Geçmiş En Büyük Matematikçiler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254446979</t>
+          <t>9786057050083</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Mühendisler - Bilgi Küpü Serisi</t>
+          <t>Zamir ve Mendildeki Atasözleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786056979439</t>
+          <t>9786057050038</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Gelmiş Geçmiş En Büyük Fizikçiler - Bilgi Küpü Serisi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786056979453</t>
+          <t>9786057050021</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Gelmiş Geçmiş En Büyük Kimyagerler - Bilgi Küpü Serisi</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050604092</t>
+          <t>9786057475268</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Mufi Tavşi'yi Arıyor</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>149</v>
+        <v>179</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050678970</t>
+          <t>9786057475213</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>En İyi Dostum Ağaç</t>
+          <t>Petronella Elmapüresi 1 - Büyülendi ve Dondu Kaldı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>249</v>
+        <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050678949</t>
+          <t>9786057478016</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Doğa Tarihçileri</t>
+          <t>Her Şey Aynı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050678932</t>
+          <t>9786050678901</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Gökbilimciler</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050678925</t>
+          <t>9786050604054</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hera’nın Korkunç Tuzağı! - Cesur Cem ve Beceriksiz Kahramanlar 2 (Ciltli)</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>119</v>
+        <v>149</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050678918</t>
+          <t>9786050604078</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İşte Herkül Geliyor! - Cesur Cem ve Beceriksiz Kahramanlar 1 (Ciltli)</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>119</v>
+        <v>159</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050604009</t>
+          <t>9786050604085</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri: Kuş Evi Yapalım</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>179</v>
+        <v>159</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786058038417</t>
+          <t>9786050604030</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kulak Çınlatan Sesler ve Özellikleri</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786058038424</t>
+          <t>9786254446979</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Parıltılı Işıklar ve Özellikleri</t>
+          <t>Gelmiş Geçmiş En Büyük Mühendisler - Bilgi Küpü Serisi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786058038486</t>
+          <t>9786056979439</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Haydi Banyoya!</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057950499</t>
+          <t>9786056979453</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kuzu</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786058038493</t>
+          <t>9786050604092</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sakin Ol! - Stresi Yenmek için Öneriler</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786058038479</t>
+          <t>9786050678970</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Dört Aç!</t>
+          <t>En İyi Dostum Ağaç</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786056979408</t>
+          <t>9786050678949</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Haydi Hareket Et!</t>
+          <t>Gelmiş Geçmiş En Büyük Doğa Tarihçileri</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
+          <t>9786050678932</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Gelmiş Geçmiş En Büyük Gökbilimciler</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786050678925</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Hera’nın Korkunç Tuzağı! - Cesur Cem ve Beceriksiz Kahramanlar 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786050678918</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>İşte Herkül Geliyor! - Cesur Cem ve Beceriksiz Kahramanlar 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786050604009</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Ceri ve Deri: Kuş Evi Yapalım</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786058038417</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Kulak Çınlatan Sesler ve Özellikleri</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786058038424</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Parıltılı Işıklar ve Özellikleri</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786058038486</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Banyoya!</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786057950499</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Şeker Kuzu</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786058038493</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Sakin Ol! - Stresi Yenmek için Öneriler</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786058038479</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Gözünü Dört Aç!</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786056979408</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Hareket Et!</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
           <t>9786057950369</t>
         </is>
       </c>
-      <c r="B166" s="1" t="inlineStr">
+      <c r="B177" s="1" t="inlineStr">
         <is>
           <t>İlk Felsefe Kitabım</t>
         </is>
       </c>
-      <c r="C166" s="1">
+      <c r="C177" s="1">
         <v>189</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>