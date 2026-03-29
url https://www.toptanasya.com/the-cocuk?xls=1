--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -85,2680 +85,2905 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255700681</t>
+          <t>9786258590067</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Cozy Boyama - Kış Geldi</t>
+          <t>Korktuğunda Ne Yapmalısın Korkuların Üstesinden Gelme Rehberi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>189</v>
+        <v>225</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255700797</t>
+          <t>9786258590029</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Emekleyen Adam</t>
+          <t>Hayat Adil Görünmediğinde Ne Yapmalısın Kıskançlıkla Başa Çıkma Rehberi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255700827</t>
+          <t>9786258590050</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Aslan Yelesi</t>
+          <t>Hata Yaptığında Ne Yapmalısın Hataları Kabul Etme Rehberi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255700810</t>
+          <t>9786258590036</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes İkinci Leke</t>
+          <t>Öfkelendiğinde Ne Yapmalısın Öfke Sorunlarının Üstesinden Gelme Rehberi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255700780</t>
+          <t>9786258590043</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Son Vaka</t>
+          <t>Uyuyamadığında Ne Yapmalısın Uyku Problemleriyle Başa Çıkma Rehberi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255700803</t>
+          <t>9786255700889</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Şeytan Ayağı</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>229</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255700742</t>
+          <t>9786255700865</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Neden Kaka Yaparım?</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>159</v>
+        <v>229</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255700766</t>
+          <t>9786255700902</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Neden Büyürüm?</t>
+          <t>Dr. Jekyll ile Bay Hyde</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>159</v>
+        <v>229</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255700773</t>
+          <t>9786255700872</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Neden Terlerim?</t>
+          <t>Operadaki Hayalet</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>159</v>
+        <v>229</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255700759</t>
+          <t>9786255700896</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Neden Kaşınırım?</t>
+          <t>Drakula</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>159</v>
+        <v>229</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255700735</t>
+          <t>9786255700674</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Neden Hapşırırım?</t>
+          <t>Cozy Boyama - Mutlu Yıllar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255700513</t>
+          <t>9786255700711</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sobe Saklanmayan Ebe</t>
+          <t>Cozy Boyama - Renkli Odamız</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>340</v>
+        <v>189</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255700506</t>
+          <t>9786255700698</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir An</t>
+          <t>Cozy Boyama - Tatlı Zamanı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>189</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057050045</t>
+          <t>9786255700704</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 2 - Uyku Büyüsü</t>
+          <t>Cozy Boyama - Yuvamız</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>189</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255700520</t>
+          <t>9786255700971</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Maymun’a Karşı ve Işık Hızında Aye!</t>
+          <t>Hattie Harmony-Endişe Dedektifi: Açılış Gecesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>360</v>
+        <v>199</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255700421</t>
+          <t>9786255700681</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 1</t>
+          <t>Cozy Boyama - Kış Geldi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>189</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255700469</t>
+          <t>9786255700797</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 5</t>
+          <t>Sherlock Holmes Emekleyen Adam</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>229</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255700483</t>
+          <t>9786255700827</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 7</t>
+          <t>Sherlock Holmes Aslan Yelesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>229</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255700452</t>
+          <t>9786255700810</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 4</t>
+          <t>Sherlock Holmes İkinci Leke</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>229</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255700445</t>
+          <t>9786255700780</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 3</t>
+          <t>Sherlock Holmes Son Vaka</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>229</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255700476</t>
+          <t>9786255700803</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 6</t>
+          <t>Sherlock Holmes Şeytan Ayağı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>229</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255700438</t>
+          <t>9786255700742</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Elma Cadısı Petronella - 2</t>
+          <t>Neden Kaka Yaparım?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>179</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255700353</t>
+          <t>9786255700766</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gaddar Orman - 1</t>
+          <t>Neden Büyürüm?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>360</v>
+        <v>179</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255700254</t>
+          <t>9786255700773</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes – Gümüş Şimşek</t>
+          <t>Neden Terlerim?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>179</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255700230</t>
+          <t>9786255700759</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Borsa Katibinin Macerası</t>
+          <t>Neden Kaşınırım?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255700261</t>
+          <t>9786255700735</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes – Musgrave Ritüeli</t>
+          <t>Neden Hapşırırım?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>179</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255700278</t>
+          <t>9786255700513</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes – Zümrüt Taç</t>
+          <t>Sobe Saklanmayan Ebe</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255700247</t>
+          <t>9786255700506</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bruce-Partington Planları</t>
+          <t>Mutlu Bir An</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255700216</t>
+          <t>9786057050045</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Renkli Işıklar Karanlık Sırlar</t>
+          <t>Petronella Elmapüresi 2 - Uyku Büyüsü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>289</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255700131</t>
+          <t>9786255700520</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Renkli Lezzetler</t>
+          <t>Tavşancık Maymun’a Karşı ve Işık Hızında Aye!</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>169</v>
+        <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255700117</t>
+          <t>9786255700421</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Miyav Şehri</t>
+          <t>Elma Cadısı Petronella - 1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255700124</t>
+          <t>9786255700469</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar</t>
+          <t>Elma Cadısı Petronella - 5</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255700094</t>
+          <t>9786255700483</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaz Günleri</t>
+          <t>Elma Cadısı Petronella - 7</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255700100</t>
+          <t>9786255700452</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tımbıdık</t>
+          <t>Elma Cadısı Petronella - 4</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256182882</t>
+          <t>9786255700445</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Nuvola Kendisini Arıyor</t>
+          <t>Elma Cadısı Petronella - 3</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>179</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256182004</t>
+          <t>9786255700476</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville Tazısı</t>
+          <t>Elma Cadısı Petronella - 6</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256182912</t>
+          <t>9786255700438</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Uçan Sandık (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Elma Cadısı Petronella - 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>159</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256182905</t>
+          <t>9786255700353</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Heidi (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Gaddar Orman - 1</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>159</v>
+        <v>360</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256182943</t>
+          <t>9786255700254</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Denizci Sinbad (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Sherlock Holmes – Gümüş Şimşek</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>159</v>
+        <v>229</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256182936</t>
+          <t>9786255700230</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Tilki (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Sherlock Holmes - Borsa Katibinin Macerası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>159</v>
+        <v>229</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256182929</t>
+          <t>9786255700261</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cam Dağdaki Prenses (Üçü Bir Arada Etkinlik Kitabı)</t>
+          <t>Sherlock Holmes – Musgrave Ritüeli</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>159</v>
+        <v>229</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255700025</t>
+          <t>9786255700278</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Maymun’a Karşı ve Felaket Ligi</t>
+          <t>Sherlock Holmes – Zümrüt Taç</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>360</v>
+        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256182820</t>
+          <t>9786255700247</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Değerler Eğitimi</t>
+          <t>Sherlock Holmes - Bruce-Partington Planları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>420</v>
+        <v>229</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256182721</t>
+          <t>9786255700216</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Çıkartma Kitabı - 1</t>
+          <t>Renkli Işıklar Karanlık Sırlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>199</v>
+        <v>289</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256182738</t>
+          <t>9786255700131</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Çıkartma Kitabı - 2</t>
+          <t>Renkli Lezzetler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256182714</t>
+          <t>9786255700117</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Çıkartma Kitabı - 2</t>
+          <t>Miyav Şehri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256182707</t>
+          <t>9786255700124</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Çıkartma Kitabı - 1</t>
+          <t>Sevimli Dostlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256182691</t>
+          <t>9786255700094</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Maymun'a Karşı ve İnsan İstilası</t>
+          <t>Mutlu Yaz Günleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>360</v>
+        <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256182608</t>
+          <t>9786255700100</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sanat Eğitimi – Empresyonizm Pop-Art</t>
+          <t>Tımbıdık</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>249</v>
+        <v>189</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256182448</t>
+          <t>9786256182882</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Maymun’a Karşı</t>
+          <t>Nuvola Kendisini Arıyor</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>360</v>
+        <v>179</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256182387</t>
+          <t>9786256182004</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Komik Çıkartmalarım / Dinozorlar</t>
+          <t>Sherlock Holmes - Baskerville Tazısı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>139</v>
+        <v>229</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256182240</t>
+          <t>9786256182912</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kelimeler - Albert Einstein’ın Görelilik Teorisi</t>
+          <t>Uçan Sandık (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>359</v>
+        <v>179</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256182134</t>
+          <t>9786256182905</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları</t>
+          <t>Heidi (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>420</v>
+        <v>179</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257816731</t>
+          <t>9786256182943</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 4 - Sihirli Şapka ve Arı Saldırısı</t>
+          <t>Denizci Sinbad (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>179</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257816571</t>
+          <t>9786256182936</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 3 - Kartopu Savaşı ve Cincüce Şakaları</t>
+          <t>Açgözlü Tilki (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>179</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057475206</t>
+          <t>9786256182929</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Üç Öğrenci</t>
+          <t>Cam Dağdaki Prenses (Üçü Bir Arada Etkinlik Kitabı)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>119</v>
+        <v>179</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057475282</t>
+          <t>9786255700025</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Pisagor Problemi - Cesur Cem ve Beceriksiz Kahramanlar 4 (Ciltli)</t>
+          <t>Tavşancık Maymun’a Karşı ve Felaket Ligi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>119</v>
+        <v>360</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057475299</t>
+          <t>9786256182820</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Daha Sonra Ne Duydu</t>
+          <t>Öykülerle Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>189</v>
+        <v>460</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056979415</t>
+          <t>9786256182721</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yeterli ve Dengeli Beslen</t>
+          <t>Taşıtlar Çıkartma Kitabı - 1</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256182233</t>
+          <t>9786256182738</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hattie Harmony</t>
+          <t>Taşıtlar Çıkartma Kitabı - 2</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256182011</t>
+          <t>9786256182714</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Boş Ev</t>
+          <t>Kuşlar Çıkartma Kitabı - 2</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256182028</t>
+          <t>9786256182707</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Bisikletli Takip</t>
+          <t>Kuşlar Çıkartma Kitabı - 1</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256611986</t>
+          <t>9786256182691</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Ölüm Döşeğinde</t>
+          <t>Tavşancık Maymun'a Karşı ve İnsan İstilası</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>2731000000049</t>
+          <t>9786256182608</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bilim ve Patlayıcı Deneyler 6 Kitap Set</t>
+          <t>Çocuklar İçin Sanat Eğitimi – Empresyonizm Pop-Art</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>137.4</v>
+        <v>249</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>2731000000094</t>
+          <t>9786256182448</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri 4 Kitap Set</t>
+          <t>Tavşancık Maymun’a Karşı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>99.6</v>
+        <v>360</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057475220</t>
+          <t>9786256182387</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Olumsuzluklara Kış Kış</t>
+          <t>Komik Çıkartmalarım / Dinozorlar</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057050090</t>
+          <t>9786256182240</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Norveç Tatili</t>
+          <t>Dünyayı Değiştiren Kelimeler - Albert Einstein’ın Görelilik Teorisi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>79</v>
+        <v>359</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254446986</t>
+          <t>9786256182134</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Jeologlar - Bilgi Küpü Serisi</t>
+          <t>Dünya Masalları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>149</v>
+        <v>470</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057478009</t>
+          <t>9786257816731</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kim Filini Kaybetti?</t>
+          <t>Petronella Elmapüresi 4 - Sihirli Şapka ve Arı Saldırısı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254446993</t>
+          <t>9786257816571</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Annem için Hediye</t>
+          <t>Petronella Elmapüresi 3 - Kartopu Savaşı ve Cincüce Şakaları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>169</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057050014</t>
+          <t>9786057475206</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Tatildeyken Ne Duydu</t>
+          <t>Sherlock Holmes: Üç Öğrenci</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>189</v>
+        <v>119</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050604047</t>
+          <t>9786057475282</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Pisagor Problemi - Cesur Cem ve Beceriksiz Kahramanlar 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057050052</t>
+          <t>9786057475299</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Apollon’un Gizemli Mesajı - Cesur Cem ve Beceriksiz Kahramanlar 5 (Ciltli)</t>
+          <t>Uğurböceği Daha Sonra Ne Duydu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>119</v>
+        <v>189</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057050069</t>
+          <t>9786056979415</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Çılgını</t>
+          <t>Yeterli ve Dengeli Beslen</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057475275</t>
+          <t>9786256182233</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuyan Fare Lila</t>
+          <t>Hattie Harmony</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050678963</t>
+          <t>9786256182011</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü Davetiyesi</t>
+          <t>Sherlock Holmes Boş Ev</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>169</v>
+        <v>229</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786056979491</t>
+          <t>9786256182028</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri: Kaç Şeker Kaldı?</t>
+          <t>Sherlock Holmes Bisikletli Takip</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>99</v>
+        <v>229</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050604016</t>
+          <t>9786256611986</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri: Saat Kaç?</t>
+          <t>Sherlock Holmes Ölüm Döşeğinde</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056979484</t>
+          <t>2731000000049</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri: Hazine Haritası</t>
+          <t>Acayip Bilim ve Patlayıcı Deneyler 6 Kitap Set</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>99</v>
+        <v>137.4</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254446962</t>
+          <t>2731000000094</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Arakne'nin Altın Eldivenleri - Cesur Cem ve Beceriksiz Kahramanlar 3 (Ciltli)</t>
+          <t>Ceri ve Deri 4 Kitap Set</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>119</v>
+        <v>99.6</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050678994</t>
+          <t>9786057475220</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Ne Duydu?</t>
+          <t>Olumsuzluklara Kış Kış</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050678987</t>
+          <t>9786057050090</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ay’ın İlk Arkadaşları</t>
+          <t>Norveç Tatili</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>169</v>
+        <v>79</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254446900</t>
+          <t>9786254446986</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Ne Duydu? - Çıkartmalı Aktivite Kitabı</t>
+          <t>Gelmiş Geçmiş En Büyük Jeologlar - Bilgi Küpü Serisi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058038448</t>
+          <t>9786057478009</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2: Sihirli Bir Macera (Ciltli)</t>
+          <t>Kim Filini Kaybetti?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058038431</t>
+          <t>9786254446993</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Ekosistemler ve Özellikleri</t>
+          <t>Annem için Hediye</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057950512</t>
+          <t>9786057050014</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Vücudumuz ve Özellikleri</t>
+          <t>Uğurböceği Tatildeyken Ne Duydu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057950505</t>
+          <t>9786050604047</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kuvvetler ve Özellikleri</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058038400</t>
+          <t>9786057050052</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kokuşmuş Gazlar ve Özellikleri</t>
+          <t>Apollon’un Gizemli Mesajı - Cesur Cem ve Beceriksiz Kahramanlar 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>149</v>
+        <v>119</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257816526</t>
+          <t>9786057050069</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Badem</t>
+          <t>Tüketim Çılgını</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057478085</t>
+          <t>9786057475275</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Sussex Vampiri</t>
+          <t>Kitap Okuyan Fare Lila</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>190</v>
+        <v>169</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057478092</t>
+          <t>9786050678963</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Peçeli Kiracı</t>
+          <t>Doğum Günü Davetiyesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>119</v>
+        <v>169</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057478061</t>
+          <t>9786056979491</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Reigate Bulmacası</t>
+          <t>Ceri ve Deri: Kaç Şeker Kaldı?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>119</v>
+        <v>99</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057478078</t>
+          <t>9786050604016</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Donanma Antlaşması</t>
+          <t>Ceri ve Deri: Saat Kaç?</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>119</v>
+        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256607316</t>
+          <t>9786056979484</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sen Harikasın</t>
+          <t>Ceri ve Deri: Hazine Haritası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>169</v>
+        <v>99</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254446924</t>
+          <t>9786254446962</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>Arakne'nin Altın Eldivenleri - Cesur Cem ve Beceriksiz Kahramanlar 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>220</v>
+        <v>119</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254446948</t>
+          <t>9786050678994</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Benekli Kordon - Sherlock Holmes 4</t>
+          <t>Uğurböceği Ne Duydu?</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>25</v>
+        <v>169</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254446917</t>
+          <t>9786050678987</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dosya - Sherlock Holmes 1</t>
+          <t>Ay’ın İlk Arkadaşları</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254446931</t>
+          <t>9786254446900</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>Uğurböceği Ne Duydu? - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254446955</t>
+          <t>9786058038448</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Saçlılar Kulübü - Sherlock Holmes 5</t>
+          <t>Disney Karlar Ülkesi 2: Sihirli Bir Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>25</v>
+        <v>149</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256415065</t>
+          <t>9786058038431</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>Tehlikeli Ekosistemler ve Özellikleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>149</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050678956</t>
+          <t>9786057950512</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Parmak İzleri</t>
+          <t>Mucizevi Vücudumuz ve Özellikleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256415904</t>
+          <t>9786057950505</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Üç Öğrenci</t>
+          <t>Muhteşem Kuvvetler ve Özellikleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>190</v>
+        <v>149</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256611931</t>
+          <t>9786058038400</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kelimeler 1</t>
+          <t>Kokuşmuş Gazlar ve Özellikleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>359</v>
+        <v>149</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256611474</t>
+          <t>9786257816526</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Uzay Labirent Bulmaca</t>
+          <t>Utangaç Badem</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256611894</t>
+          <t>9786057478085</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Şehir Labirent Bulmaca</t>
+          <t>Sherlock Holmes: Sussex Vampiri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>159</v>
+        <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256611801</t>
+          <t>9786057478092</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çizgiler 1</t>
+          <t>Sherlock Holmes: Peçeli Kiracı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>149</v>
+        <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256611764</t>
+          <t>9786057478061</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş – Masal Dünyası</t>
+          <t>Sherlock Holmes: Reigate Bulmacası</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>450</v>
+        <v>119</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256611696</t>
+          <t>9786057478078</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ara Bul Resimli Bulmacalar - Denizde</t>
+          <t>Sherlock Holmes: Donanma Antlaşması</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>159</v>
+        <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256611658</t>
+          <t>9786256607316</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Sen Harikasın</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256611702</t>
+          <t>9786254446924</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ara Bul Resimli Bulmacalar - Doğada</t>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>159</v>
+        <v>265</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057050076</t>
+          <t>9786254446948</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sen Harikasın</t>
+          <t>Benekli Kordon - Sherlock Holmes 4</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>169</v>
+        <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786058038455</t>
+          <t>9786254446917</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Pamuk ile Paytak</t>
+          <t>Kızıl Dosya - Sherlock Holmes 1</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>249</v>
+        <v>169</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256611528</t>
+          <t>9786254446931</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Prenses Boyama Kitabı</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256611535</t>
+          <t>9786254446955</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kawaii Boyama Kitabı</t>
+          <t>Kızıl Saçlılar Kulübü - Sherlock Holmes 5</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>139</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256611559</t>
+          <t>9786256415065</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boyama Kitabı</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>179</v>
+        <v>229</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256611542</t>
+          <t>9786050678956</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Boyama Kitabı</t>
+          <t>Parmak İzleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256611412</t>
+          <t>9786256415904</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Artık Okuyorum Serisi (10 Kitap)</t>
+          <t>Sherlock Holmes - Üç Öğrenci</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>420</v>
+        <v>229</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256611115</t>
+          <t>9786256611931</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya’da Skandal</t>
+          <t>Dünyayı Değiştiren Kelimeler 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>190</v>
+        <v>359</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256611122</t>
+          <t>9786256611474</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Altı Napolyon</t>
+          <t>Uzay Labirent Bulmaca</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>190</v>
+        <v>179</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256611153</t>
+          <t>9786256611894</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mühendisin Başparmağı</t>
+          <t>Şehir Labirent Bulmaca</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>190</v>
+        <v>179</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256611139</t>
+          <t>9786256611801</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bakır Renkli Kayınlar</t>
+          <t>Eğlenceli Çizgiler 1</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>190</v>
+        <v>159</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256611146</t>
+          <t>9786256611764</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Charles Augustus Milverton Vakası</t>
+          <t>Bir Varmış Bir Yokmuş – Masal Dünyası</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256611085</t>
+          <t>9786256611696</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yıl Dinozoru</t>
+          <t>Ara Bul Resimli Bulmacalar - Denizde</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256611047</t>
+          <t>9786256611658</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 5 - Büyü Kitabı ve Meraklı Cadı</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>189</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256415836</t>
+          <t>9786256611702</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı: Ormanın Gizemi</t>
+          <t>Ara Bul Resimli Bulmacalar - Doğada</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256415874</t>
+          <t>9786057050076</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Reigate Bulmacası</t>
+          <t>Sen Harikasın</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>190</v>
+        <v>169</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256415867</t>
+          <t>9786058038455</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Donanma Antlaşması</t>
+          <t>Pamuk ile Paytak</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>190</v>
+        <v>249</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256415898</t>
+          <t>9786256611528</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sussex Vampiri</t>
+          <t>Prenses Boyama Kitabı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>190</v>
+        <v>149</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256415881</t>
+          <t>9786256611535</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Peçeli Kiracı</t>
+          <t>Kawaii Boyama Kitabı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>190</v>
+        <v>149</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256415850</t>
+          <t>9786256611559</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı: Sevimli Canavarlar</t>
+          <t>Büyük Boyama Kitabı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256415829</t>
+          <t>9786256611542</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı: Sağlıklı Besleniyoruz</t>
+          <t>Unicorn Boyama Kitabı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256415843</t>
+          <t>9786256611412</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı: Gizemli Sualtı Dünyası</t>
+          <t>Artık Okuyorum Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>169</v>
+        <v>460</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256415232</t>
+          <t>9786256611115</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Kakalayan Dinozor Kakazorus</t>
+          <t>Sherlock Holmes - Bohemya’da Skandal</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>179</v>
+        <v>229</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256415263</t>
+          <t>9786256611122</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Prensesi Kakalayan Dinozor Kakazorus</t>
+          <t>Sherlock Holmes - Altı Napolyon</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>179</v>
+        <v>229</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256415188</t>
+          <t>9786256611153</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yılı Kakalayan Dinozor Kakazorus</t>
+          <t>Sherlock Holmes - Mühendisin Başparmağı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>179</v>
+        <v>229</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256415225</t>
+          <t>9786256611139</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Gezegeni Kakalayan Dinozor Kakazorus</t>
+          <t>Sherlock Holmes - Bakır Renkli Kayınlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>179</v>
+        <v>229</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256415249</t>
+          <t>9786256611146</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yatağı Kakalayan Dinozor Kakazorus</t>
+          <t>Sherlock Holmes - Charles Augustus Milverton Vakası</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>179</v>
+        <v>229</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256415072</t>
+          <t>9786256611085</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
+          <t>Yeni Yıl Dinozoru</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>190</v>
+        <v>199</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256415041</t>
+          <t>9786256611047</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Petronella Elmapüresi 5 - Büyü Kitabı ve Meraklı Cadı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256415058</t>
+          <t>9786256415836</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin İmzası</t>
+          <t>Aktivite Kitabı: Ormanın Gizemi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>189</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256415089</t>
+          <t>9786256415874</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Benekli Kordon</t>
+          <t>Sherlock Holmes - Reigate Bulmacası</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>229</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257816809</t>
+          <t>9786256415867</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Sıra Dışı Müslümanlar</t>
+          <t>Sherlock Holmes - Donanma Antlaşması</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>179</v>
+        <v>229</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257816663</t>
+          <t>9786256415898</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kralın Kayıp Tacı</t>
+          <t>Sherlock Holmes - Sussex Vampiri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257816656</t>
+          <t>9786256415881</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kralın Büyük Yatağı</t>
+          <t>Sherlock Holmes - Peçeli Kiracı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257816670</t>
+          <t>9786256415850</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kralın Sihirli Sandığı</t>
+          <t>Aktivite Kitabı: Sevimli Canavarlar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257816342</t>
+          <t>9786256415829</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Tıpçılar</t>
+          <t>Aktivite Kitabı: Sağlıklı Besleniyoruz</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257816335</t>
+          <t>9786256415843</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Matematikçiler</t>
+          <t>Aktivite Kitabı: Gizemli Sualtı Dünyası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057050083</t>
+          <t>9786256415232</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Zamir ve Mendildeki Atasözleri</t>
+          <t>Geçmişi Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057050038</t>
+          <t>9786256415263</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Fizikçiler - Bilgi Küpü Serisi</t>
+          <t>Prensesi Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057050021</t>
+          <t>9786256415188</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Kimyagerler - Bilgi Küpü Serisi</t>
+          <t>Yeni Yılı Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057475268</t>
+          <t>9786256415225</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mufi Tavşi'yi Arıyor</t>
+          <t>Gezegeni Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057475213</t>
+          <t>9786256415249</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Petronella Elmapüresi 1 - Büyülendi ve Dondu Kaldı</t>
+          <t>Yatağı Kakalayan Dinozor Kakazorus</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>199</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057478016</t>
+          <t>9786256415072</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Aynı</t>
+          <t>Sherlock Holmes - Kızıl Saçlılar Kulübü</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>169</v>
+        <v>229</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050678901</t>
+          <t>9786256415041</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>159</v>
+        <v>265</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050604054</t>
+          <t>9786256415058</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Sherlock Holmes - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>149</v>
+        <v>265</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050604078</t>
+          <t>9786256415089</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Sherlock Holmes - Benekli Kordon</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>159</v>
+        <v>229</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050604085</t>
+          <t>9786257816809</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Dünyayı Değiştiren Sıra Dışı Müslümanlar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>159</v>
+        <v>290</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050604030</t>
+          <t>9786257816663</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Kralın Kayıp Tacı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254446979</t>
+          <t>9786257816656</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Mühendisler - Bilgi Küpü Serisi</t>
+          <t>Kralın Büyük Yatağı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>169</v>
+        <v>149</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786056979439</t>
+          <t>9786257816670</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Kralın Sihirli Sandığı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786056979453</t>
+          <t>9786257816342</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Gelmiş Geçmiş En Büyük Tıpçılar</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050604092</t>
+          <t>9786257816335</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Gelmiş Geçmiş En Büyük Matematikçiler</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050678970</t>
+          <t>9786057050083</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>En İyi Dostum Ağaç</t>
+          <t>Zamir ve Mendildeki Atasözleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050678949</t>
+          <t>9786057050038</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Doğa Tarihçileri</t>
+          <t>Gelmiş Geçmiş En Büyük Fizikçiler - Bilgi Küpü Serisi</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050678932</t>
+          <t>9786057050021</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Büyük Gökbilimciler</t>
+          <t>Gelmiş Geçmiş En Büyük Kimyagerler - Bilgi Küpü Serisi</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050678925</t>
+          <t>9786057475268</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hera’nın Korkunç Tuzağı! - Cesur Cem ve Beceriksiz Kahramanlar 2 (Ciltli)</t>
+          <t>Mufi Tavşi'yi Arıyor</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>119</v>
+        <v>179</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050678918</t>
+          <t>9786057475213</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İşte Herkül Geliyor! - Cesur Cem ve Beceriksiz Kahramanlar 1 (Ciltli)</t>
+          <t>Petronella Elmapüresi 1 - Büyülendi ve Dondu Kaldı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>119</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050604009</t>
+          <t>9786057478016</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ceri ve Deri: Kuş Evi Yapalım</t>
+          <t>Her Şey Aynı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786058038417</t>
+          <t>9786050678901</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kulak Çınlatan Sesler ve Özellikleri</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>149</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786058038424</t>
+          <t>9786050604054</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Parıltılı Işıklar ve Özellikleri</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>149</v>
+        <v>170</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786058038486</t>
+          <t>9786050604078</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Haydi Banyoya!</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>149</v>
+        <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057950499</t>
+          <t>9786050604085</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kuzu</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786058038493</t>
+          <t>9786050604030</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sakin Ol! - Stresi Yenmek için Öneriler</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>149</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786058038479</t>
+          <t>9786254446979</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Dört Aç!</t>
+          <t>Gelmiş Geçmiş En Büyük Mühendisler - Bilgi Küpü Serisi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786056979408</t>
+          <t>9786056979439</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Haydi Hareket Et!</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
+          <t>9786056979453</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786050604092</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeftali Bin Şeftali</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786050678970</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>En İyi Dostum Ağaç</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786050678949</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Gelmiş Geçmiş En Büyük Doğa Tarihçileri</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786050678932</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Gelmiş Geçmiş En Büyük Gökbilimciler</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786050678925</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Hera’nın Korkunç Tuzağı! - Cesur Cem ve Beceriksiz Kahramanlar 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786050678918</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>İşte Herkül Geliyor! - Cesur Cem ve Beceriksiz Kahramanlar 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786050604009</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Ceri ve Deri: Kuş Evi Yapalım</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786058038417</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Kulak Çınlatan Sesler ve Özellikleri</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786058038424</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Parıltılı Işıklar ve Özellikleri</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786058038486</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Banyoya!</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786057950499</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Şeker Kuzu</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786058038493</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Sakin Ol! - Stresi Yenmek için Öneriler</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786058038479</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Gözünü Dört Aç!</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786056979408</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Hareket Et!</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
           <t>9786057950369</t>
         </is>
       </c>
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>İlk Felsefe Kitabım</t>
         </is>
       </c>
-      <c r="C177" s="1">
+      <c r="C192" s="1">
         <v>189</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>