--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,385 +85,415 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255700063</t>
+          <t>9786255700056</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Baskerville Tazısı</t>
+          <t>Onyeka ve İsyancıların Yükselişi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>189</v>
+        <v>390</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256182998</t>
+          <t>9786255700209</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Stresi Azalt: Sınav ve Performans Stresi Çeken Gençler İçin</t>
+          <t>Mükemmelliyetçi Olmadan Mükemmel Olma Sanatı</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256182776</t>
+          <t>9786255700063</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Sherlock Holmes Baskerville Tazısı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>149</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256182752</t>
+          <t>9786256182998</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Stresi Azalt: Sınav ve Performans Stresi Çeken Gençler İçin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>149</v>
+        <v>449</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256182745</t>
+          <t>9786256182776</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256182769</t>
+          <t>9786256182752</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256182783</t>
+          <t>9786256182745</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256182585</t>
+          <t>9786256182769</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - On İki Macera Bir Arada</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256182462</t>
+          <t>9786256182783</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Goblin Ormanı</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256182431</t>
+          <t>9786256182585</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Onyeka ve Güneş Akademisi</t>
+          <t>Sherlock Holmes - On İki Macera Bir Arada</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>299</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256182349</t>
+          <t>9786256182462</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Goblin Ormanı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>149</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256182363</t>
+          <t>9786256182431</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Rip Van Winkle</t>
+          <t>Onyeka ve Güneş Akademisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>149</v>
+        <v>390</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256182356</t>
+          <t>9786256182349</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Çağrısı</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256182325</t>
+          <t>9786256182363</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>On İki Yıllık Esaret</t>
+          <t>Rip Van Winkle</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256182332</t>
+          <t>9786256182356</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Portresi</t>
+          <t>Yabanın Çağrısı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256182318</t>
+          <t>9786256182325</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Kızıl Dosya - Dörtlerin İmzası</t>
+          <t>On İki Yıllık Esaret</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256611757</t>
+          <t>9786256182332</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Son Mohikan</t>
+          <t>Bir Kadının Portresi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256611740</t>
+          <t>9786256182318</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Çağı</t>
+          <t>Sherlock Holmes: Kızıl Dosya - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>149</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256611733</t>
+          <t>9786256611757</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn'in Maceraları</t>
+          <t>Son Mohikan</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256611726</t>
+          <t>9786256611740</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Masumiyet Çağı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256611719</t>
+          <t>9786256611733</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Huckleberry Finn'in Maceraları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256611504</t>
+          <t>9786256611726</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
+          <t>9786256611719</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Gatsby</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786256611504</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Nutuk</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
           <t>9786256611511</t>
         </is>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyet’e 100 Gün - Lozan Antlaşması’ndan 29 Ekim’e Günbegün Yaşananlar</t>
         </is>
       </c>
-      <c r="C24" s="1">
-        <v>249</v>
+      <c r="C26" s="1">
+        <v>259</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>