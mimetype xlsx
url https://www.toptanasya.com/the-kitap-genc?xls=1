--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,415 +85,430 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255700056</t>
+          <t>9786258590012</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Onyeka ve İsyancıların Yükselişi</t>
+          <t>Denizlerin Ardındaki Krallık - Yan Boyamalı (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255700209</t>
+          <t>9786255700056</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mükemmelliyetçi Olmadan Mükemmel Olma Sanatı</t>
+          <t>Onyeka ve İsyancıların Yükselişi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>449</v>
+        <v>390</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255700063</t>
+          <t>9786255700209</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Baskerville Tazısı</t>
+          <t>Mükemmelliyetçi Olmadan Mükemmel Olma Sanatı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>449</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256182998</t>
+          <t>9786255700063</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Stresi Azalt: Sınav ve Performans Stresi Çeken Gençler İçin</t>
+          <t>Sherlock Holmes Baskerville Tazısı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>449</v>
+        <v>265</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256182776</t>
+          <t>9786256182998</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Stresi Azalt: Sınav ve Performans Stresi Çeken Gençler İçin</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>169</v>
+        <v>449</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256182752</t>
+          <t>9786256182776</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256182745</t>
+          <t>9786256182752</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256182769</t>
+          <t>9786256182745</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256182783</t>
+          <t>9786256182769</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256182585</t>
+          <t>9786256182783</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - On İki Macera Bir Arada</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256182462</t>
+          <t>9786256182585</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Goblin Ormanı</t>
+          <t>Sherlock Holmes - On İki Macera Bir Arada</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256182431</t>
+          <t>9786256182462</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Onyeka ve Güneş Akademisi</t>
+          <t>Goblin Ormanı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256182349</t>
+          <t>9786256182431</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Onyeka ve Güneş Akademisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>169</v>
+        <v>390</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256182363</t>
+          <t>9786256182349</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Rip Van Winkle</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256182356</t>
+          <t>9786256182363</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Çağrısı</t>
+          <t>Rip Van Winkle</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256182325</t>
+          <t>9786256182356</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>On İki Yıllık Esaret</t>
+          <t>Yabanın Çağrısı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256182332</t>
+          <t>9786256182325</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Portresi</t>
+          <t>On İki Yıllık Esaret</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256182318</t>
+          <t>9786256182332</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes: Kızıl Dosya - Dörtlerin İmzası</t>
+          <t>Bir Kadının Portresi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256611757</t>
+          <t>9786256182318</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Son Mohikan</t>
+          <t>Sherlock Holmes: Kızıl Dosya - Dörtlerin İmzası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>169</v>
+        <v>265</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256611740</t>
+          <t>9786256611757</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Çağı</t>
+          <t>Son Mohikan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256611733</t>
+          <t>9786256611740</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn'in Maceraları</t>
+          <t>Masumiyet Çağı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256611726</t>
+          <t>9786256611733</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Huckleberry Finn'in Maceraları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256611719</t>
+          <t>9786256611726</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256611504</t>
+          <t>9786256611719</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
+          <t>9786256611504</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Nutuk</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
           <t>9786256611511</t>
         </is>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyet’e 100 Gün - Lozan Antlaşması’ndan 29 Ekim’e Günbegün Yaşananlar</t>
         </is>
       </c>
-      <c r="C26" s="1">
-        <v>259</v>
+      <c r="C27" s="1">
+        <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>