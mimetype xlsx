--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,4525 +85,4960 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255700148</t>
+          <t>9786256182653</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kumpanya</t>
+          <t>Gönüllülük Dünyasının Doktoru Gülsen Ataseven</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>69</v>
+        <v>259</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255700186</t>
+          <t>9786255700728</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tüneldeki Çocuk</t>
+          <t>Hayatın İçinden Mühendislik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>69</v>
+        <v>790</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255700162</t>
+          <t>9786255700599</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Havuz Başı</t>
+          <t>Pazarlama Dünyayı Kurtarabilir mi?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>69</v>
+        <v>590</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255700179</t>
+          <t>9786255700551</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sarnıç</t>
+          <t>Sürdürülebilir Reklamcılık</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>69</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255700155</t>
+          <t>9786256415973</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Havada Bulut</t>
+          <t>Aldonlar: Bir Atlantik Geçiş Öyküsü (Kutulu Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>69</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255700070</t>
+          <t>9786256415966</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Okulun Sonu</t>
+          <t>Farkındalıklı Beslenme: Duygularımız Yeme Alışkanlıklarımızı Nasıl Etkiler?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>209</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255700049</t>
+          <t>9786257816151</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Doğrulanmış: İnternette Gerçeği Ayırt Etmenin Yolları</t>
+          <t>Yöneticilere Öyküler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>449</v>
+        <v>99</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255700032</t>
+          <t>9786255700568</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hey, Zoey</t>
+          <t>Liderlik: İletişim ve İyi Uygulamalar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>349</v>
+        <v>690</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256182875</t>
+          <t>9786255700582</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Kuralı</t>
+          <t>Marka Yönetimi - Etkili Markalaşma İçin İlkeler ve Uygulamalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>499</v>
+        <v>590</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057950604</t>
+          <t>9786255700605</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Ogilvy’ye Göre Reklamcılık (Ciltli)</t>
+          <t>İlişki Odaklı Liderlik: İş Yeri Verimliliği ve Sağlığını Artırmak için Bağlantıları Güçlendirmek</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>640</v>
+        <v>490</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257816427</t>
+          <t>9786255700575</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Becerileri El Kitabı</t>
+          <t>x-ekipler: Başarılı Ekipler Kurmanın Yolları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257816373</t>
+          <t>9786255700629</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Filozofun Takım Çantası</t>
+          <t>Fintek Savaşları: Teknoloji Devleri, Karmaşık Kripto Para ve Paranın Geleceği</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257816311</t>
+          <t>9786255700544</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sirkadiyen Kod</t>
+          <t>Badvertising - Kötü Reklamcılık: Beynimizi ve Doğayı Kirleten Reklamlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057950376</t>
+          <t>9786255700407</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Biyo-İnovasyon</t>
+          <t>İslâm Dünyası Tarihi 1 - Ortaya Çıkışından Anadolu Beylikleri Dönemine Kadar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>170</v>
+        <v>750</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057950390</t>
+          <t>9786255700414</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Satış Dehası</t>
+          <t>İslâm Dünyası Tarihi 2 - Osmanlı Devleti’nin Kuruluşundan On Dokuzuncu Yüzyıla Kadar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>690</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056722141</t>
+          <t>9786255700384</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Islıkla Vivaldi</t>
+          <t>Herkesin Teorisi: Kimiz? Nereden Geldik? Nereye Gidiyoruz?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257816144</t>
+          <t>9786255700339</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İletişim Teorileri</t>
+          <t>Duygusal Denge Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255700001</t>
+          <t>9786255700346</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Peşindeyiz</t>
+          <t>Tıbben Açıklanamayan Belirtiler: Beyin Merkezli Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>449</v>
+        <v>490</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256182899</t>
+          <t>9786255700537</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bel Canto</t>
+          <t>Strese Direnç Kitabı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>449</v>
+        <v>340</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255700018</t>
+          <t>9786255700377</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kan Portakalı</t>
+          <t>Arayış - Deliahir Savaşçısı (1. Kitap)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>429</v>
+        <v>650</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256182813</t>
+          <t>9786255700490</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İnanmak Görmektir</t>
+          <t>Oyunculuk Dersine İhtiyacım Yok</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>449</v>
+        <v>590</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256182837</t>
+          <t>9786255700223</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Avukat Olunur?</t>
+          <t>Sürdürülebilir Performansın Serüveni</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>359</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256182806</t>
+          <t>9786256611771</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Keşfedilmemişi Düşünmek</t>
+          <t>Kitle İletişimi ve Amerikan Toplumsal Düşüncesi (Anahtar Metinler 1919-1968)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>349</v>
+        <v>795</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256182646</t>
+          <t>9786255700360</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin'in Türlerin Kökeni Üzerine</t>
+          <t>Kızım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>359</v>
+        <v>479</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256182790</t>
+          <t>9786255700308</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Poz</t>
+          <t>Rüya Ev</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>399</v>
+        <v>449</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256611924</t>
+          <t>9786255700285</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hollanda Evi</t>
+          <t>Kütüphane Kedisi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056722127</t>
+          <t>9786255700292</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hemen Şimdi</t>
+          <t>Şans Verilmeye Değer Fikirler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257816168</t>
+          <t>9786255700315</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ayırıcı Marka Varlıkları İnşa Etmek</t>
+          <t>İnternette Dijital Yanılgı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>449</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256182660</t>
+          <t>9786255700322</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yatağın İki Ucu</t>
+          <t>Baki Kalan</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>279</v>
+        <v>349</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256182677</t>
+          <t>9786255700148</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Murat Ülker’den Röportajlar</t>
+          <t>Kumpanya</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>399</v>
+        <v>69</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256182684</t>
+          <t>9786255700186</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Murat Ülker’den Röportajlar (Ciltli)</t>
+          <t>Tüneldeki Çocuk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>699</v>
+        <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057950222</t>
+          <t>9786255700162</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kimyasaldan Gıdaya Doz ve Risk</t>
+          <t>Havuz Başı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256182578</t>
+          <t>9786255700179</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>Sarnıç</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>349</v>
+        <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256182592</t>
+          <t>9786255700155</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Martech: Pazarlama Teknolojileri El Kitabı</t>
+          <t>Havada Bulut</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>329</v>
+        <v>69</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256182639</t>
+          <t>9786255700070</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin İzinde</t>
+          <t>Okulun Sonu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>469</v>
+        <v>320</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256182479</t>
+          <t>9786255700049</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Salı'ya Sekiz Kala</t>
+          <t>Doğrulanmış: İnternette Gerçeği Ayırt Etmenin Yolları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>235.5</v>
+        <v>449</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256182493</t>
+          <t>9786255700032</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Alemdağ’da Var Bir Yılan</t>
+          <t>Hey, Zoey</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>69</v>
+        <v>349</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256182509</t>
+          <t>9786256182875</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Son Kuşlar</t>
+          <t>Oyunun Kuralı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>69</v>
+        <v>499</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256182516</t>
+          <t>9786057950604</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Adam</t>
+          <t>Dijital Çağda Ogilvy’ye Göre Reklamcılık (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>89</v>
+        <v>640</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256182486</t>
+          <t>9786257816427</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Kahvesi</t>
+          <t>Liderlik Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>69</v>
+        <v>210</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256182523</t>
+          <t>9786257816373</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Semaver</t>
+          <t>Filozofun Takım Çantası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>69</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256182370</t>
+          <t>9786257816311</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Komik Çıkartmalarım Prensler</t>
+          <t>Sirkadiyen Kod</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>119</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256182394</t>
+          <t>9786057950376</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Komik Çıkartmalarım Peri Masalları</t>
+          <t>Biyo-İnovasyon</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>119</v>
+        <v>170</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256182400</t>
+          <t>9786057950390</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Komik Çıkartmalarım Hayvanlar</t>
+          <t>Satış Dehası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>119</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256182424</t>
+          <t>9786056722141</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İçinizdeki Çocuğu İyileştirmek</t>
+          <t>Bir Islıkla Vivaldi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>239</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256182066</t>
+          <t>9786257816144</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Statü ve Kültür Toplumsal Statü Arzumuz Zevk, Kimlik, Sanat, Moda ve Sürekli Değişimi Nasıl Yaratır?</t>
+          <t>İletişim Teorileri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>410</v>
+        <v>260</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256182073</t>
+          <t>9786255700001</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>50 Chefs 50 Legendary Recipes from Türkiye: 50 Original Recipes that 50 Chefs Want to Leave to the Future (Ciltli)</t>
+          <t>Peşindeyiz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>459</v>
+        <v>449</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256415195</t>
+          <t>9786256182899</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Veri Biliminde Ustalaşmak</t>
+          <t>Bel Canto</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>449</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257816397</t>
+          <t>9786255700018</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Kitap Okumanın Gücü</t>
+          <t>Kan Portakalı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>429</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057950208</t>
+          <t>9786256182813</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gözümüz Neden Doymaz</t>
+          <t>İnanmak Görmektir</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>449</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058188952</t>
+          <t>9786256182837</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Musk Mania</t>
+          <t>Nasıl Avukat Olunur?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>99</v>
+        <v>359</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057950307</t>
+          <t>9786256182806</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Uyku Çekmenin 101 Yolu (Ciltli)</t>
+          <t>Keşfedilmemişi Düşünmek</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>119</v>
+        <v>349</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058188945</t>
+          <t>9786256182646</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Beş Davet</t>
+          <t>Charles Darwin'in Türlerin Kökeni Üzerine</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>359</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056785139</t>
+          <t>9786256182790</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Liderlikte Etkili İletişimin Sırları</t>
+          <t>Poz</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>460</v>
+        <v>399</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057950314</t>
+          <t>9786256611924</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilikten Liderliğe</t>
+          <t>Hollanda Evi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056785177</t>
+          <t>9786056722127</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatta Felsefe Nasıl Kullanılır?</t>
+          <t>Hemen Şimdi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056785153</t>
+          <t>9786257816168</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Demokrasilerde Propaganda Oyunu</t>
+          <t>Ayırıcı Marka Varlıkları İnşa Etmek</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056785122</t>
+          <t>9786256182660</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Beyin Yalanları ve Gerçek Bilim</t>
+          <t>Yatağın İki Ucu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>279</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057950178</t>
+          <t>9786256182677</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Sesler</t>
+          <t>Murat Ülker’den Röportajlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057950260</t>
+          <t>9786256182684</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Meçhul</t>
+          <t>Murat Ülker’den Röportajlar (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>270</v>
+        <v>699</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057950291</t>
+          <t>9786057950222</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Sosyopatın Öne Geçme Rehberi</t>
+          <t>Kimyasaldan Gıdaya Doz ve Risk</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057950284</t>
+          <t>9786256182578</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kurtulabilirsin</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>349</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056722172</t>
+          <t>9786256182592</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kaygına Aldanma</t>
+          <t>Martech: Pazarlama Teknolojileri El Kitabı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>329</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058188983</t>
+          <t>9786256182639</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İkna Çağı</t>
+          <t>Gerçeğin İzinde</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>440</v>
+        <v>469</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056722103</t>
+          <t>9786256182479</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Büyüme Korsanlığı Pazarlaması</t>
+          <t>Salı'ya Sekiz Kala</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>79</v>
+        <v>235.5</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056722189</t>
+          <t>9786256182493</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Yalanları ve Gerçek Bilim</t>
+          <t>Alemdağ’da Var Bir Yılan</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>69</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786056785146</t>
+          <t>9786256182509</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sürüdışı Mantık</t>
+          <t>Son Kuşlar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>69</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056510694</t>
+          <t>9786256182516</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerde Onur Mücadelesi</t>
+          <t>Lüzumsuz Adam</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>89</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058188990</t>
+          <t>9786256182486</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kafanı Topla</t>
+          <t>Mahalle Kahvesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>69</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056722110</t>
+          <t>9786256182523</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>21.Yüzyılda Liderlik</t>
+          <t>Semaver</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>69</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056722196</t>
+          <t>9786256182370</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Viral Pazarlama</t>
+          <t>Komik Çıkartmalarım Prensler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056510663</t>
+          <t>9786256182394</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Reklamsız Marka Yaratmak</t>
+          <t>Komik Çıkartmalarım Peri Masalları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786056722158</t>
+          <t>9786256182400</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Beden: Zekanın Özü</t>
+          <t>Komik Çıkartmalarım Hayvanlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>139</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786056722134</t>
+          <t>9786256182424</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ferrari'si Olmayanlar İçin Girişimcilik</t>
+          <t>İçinizdeki Çocuğu İyileştirmek</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>79</v>
+        <v>239</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786056510601</t>
+          <t>9786256182066</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tüketici</t>
+          <t>Statü ve Kültür Toplumsal Statü Arzumuz Zevk, Kimlik, Sanat, Moda ve Sürekli Değişimi Nasıl Yaratır?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>18.52</v>
+        <v>410</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786056510618</t>
+          <t>9786256182073</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Reklamcılık</t>
+          <t>50 Chefs 50 Legendary Recipes from Türkiye: 50 Original Recipes that 50 Chefs Want to Leave to the Future (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>459</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057950581</t>
+          <t>9786256415195</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İletişim</t>
+          <t>Veri Biliminde Ustalaşmak</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057950987</t>
+          <t>9786257816397</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bırakın Çocuklar Oyun Oynasın</t>
+          <t>Çocuğunuza Kitap Okumanın Gücü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257816113</t>
+          <t>9786057950208</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Anlam: Anlambilime Giriş</t>
+          <t>Gözümüz Neden Doymaz</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257816243</t>
+          <t>9786058188952</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şansını Kendin Yarat</t>
+          <t>Musk Mania</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>89</v>
+        <v>99</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057950895</t>
+          <t>9786057950307</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hitler’i Pazarlamak</t>
+          <t>İyi Bir Uyku Çekmenin 101 Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>119</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257816182</t>
+          <t>9786058188945</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Müşteriyi Yakalamak</t>
+          <t>Beş Davet</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057950901</t>
+          <t>9786056785139</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hemen Şimdi Stresi Yenin</t>
+          <t>Liderlikte Etkili İletişimin Sırları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>170</v>
+        <v>460</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057950949</t>
+          <t>9786057950314</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Soru Kitabı</t>
+          <t>Yöneticilikten Liderliğe</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057950956</t>
+          <t>9786056785177</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Kurulu Sırları</t>
+          <t>Gündelik Hayatta Felsefe Nasıl Kullanılır?</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057950093</t>
+          <t>9786056785153</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dijital Reklamın Gizli Dünyası</t>
+          <t>Demokrasilerde Propaganda Oyunu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057950635</t>
+          <t>9786056785122</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Annene Bile Güvenemeyeceksen Kime Güveneceksin</t>
+          <t>Beyin Yalanları ve Gerçek Bilim</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057950406</t>
+          <t>9786057950178</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Beynini S**me</t>
+          <t>İçimizdeki Sesler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057950086</t>
+          <t>9786057950260</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fark</t>
+          <t>İnsan Denen Meçhul</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057950680</t>
+          <t>9786057950291</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>30 Günde MBA</t>
+          <t>İşyerinde Sosyopatın Öne Geçme Rehberi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057950611</t>
+          <t>9786057950284</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sun Tzu ve İşletme Sanatı</t>
+          <t>Kurtulabilirsin</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057950000</t>
+          <t>9786056722172</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Lego Asla Sadece Lego Değildir</t>
+          <t>Kaygına Aldanma</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256182301</t>
+          <t>9786058188983</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Uçurumun Kıyısında</t>
+          <t>İkna Çağı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>310</v>
+        <v>440</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256182271</t>
+          <t>9786056722103</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Normali</t>
+          <t>Büyüme Korsanlığı Pazarlaması</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>349</v>
+        <v>79</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256182295</t>
+          <t>9786056722189</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Gibi Çalış</t>
+          <t>Beslenme Yalanları ve Gerçek Bilim</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>299</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256182288</t>
+          <t>9786056785146</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenen Genç</t>
+          <t>Sürüdışı Mantık</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>269</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256182264</t>
+          <t>9786056510694</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bakmak</t>
+          <t>İlişkilerde Onur Mücadelesi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>289</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256182202</t>
+          <t>9786058188990</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gordon Ramsay ile Rota Dışı (Ciltli)</t>
+          <t>Kafanı Topla</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>990</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256182257</t>
+          <t>9786056722110</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Aldons (Ciltli)</t>
+          <t>21.Yüzyılda Liderlik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>599</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256182219</t>
+          <t>9786056722196</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm</t>
+          <t>Viral Pazarlama</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>380</v>
+        <v>119</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256611993</t>
+          <t>9786056510663</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Dans Eden Adamlar</t>
+          <t>Reklamsız Marka Yaratmak</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>159</v>
+        <v>190</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256182226</t>
+          <t>9786056722158</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>1979</t>
+          <t>Beden: Zekanın Özü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256182196</t>
+          <t>9786056722134</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aklın ve Bilimin Işığında Prof. Dr. Engin Ataç</t>
+          <t>Ferrari'si Olmayanlar İçin Girişimcilik</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>79</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256611825</t>
+          <t>9786056510601</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kuromi Boyama Kitabı</t>
+          <t>Yeni Tüketici</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256611641</t>
+          <t>9786056510618</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamacının Dijital Reklamcılık Rehberi</t>
+          <t>Yeni Nesil Reklamcılık</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256415096</t>
+          <t>9786057950581</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Oyunu</t>
+          <t>Kurumsal İletişim</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057950253</t>
+          <t>9786057950987</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Sosyoloji</t>
+          <t>Bırakın Çocuklar Oyun Oynasın</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>139</v>
+        <v>210</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057950666</t>
+          <t>9786257816113</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İyi Fikir Bulma Sanatı</t>
+          <t>Anlam: Anlambilime Giriş</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256182189</t>
+          <t>9786257816243</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İtibar Yönetimi (Ciltli)</t>
+          <t>Şansını Kendin Yarat</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>430</v>
+        <v>89</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256182127</t>
+          <t>9786057950895</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kriz İletişimi Yönetimi (Ciltli)</t>
+          <t>Hitler’i Pazarlamak</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>299</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256611856</t>
+          <t>9786257816182</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Yaratıcı Çalışmanın Geleceği</t>
+          <t>Müşteriyi Yakalamak</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257816298</t>
+          <t>9786057950901</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Retorik Sanatı</t>
+          <t>Hemen Şimdi Stresi Yenin</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256182172</t>
+          <t>9786057950949</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ ve Eğitimin Geleceği</t>
+          <t>Soru Kitabı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256182165</t>
+          <t>9786057950956</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Veri</t>
+          <t>Yönetim Kurulu Sırları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057950062</t>
+          <t>9786057950093</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tuz, Yağ, Asit, Isı (Ciltli)</t>
+          <t>Dijital Reklamın Gizli Dünyası</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256182097</t>
+          <t>9786057950635</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dik Temel Harflerle Artık Okuyorum</t>
+          <t>Annene Bile Güvenemeyeceksen Kime Güveneceksin</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>349</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256182110</t>
+          <t>9786057950406</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Koçluk ve Mentörlük</t>
+          <t>Beynini S**me</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>149</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256182103</t>
+          <t>9786057950086</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Marka Aşkı Güçlü Tüketici-Marka Bağları Oluşturma</t>
+          <t>Dijital Fark</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256182080</t>
+          <t>9786057950680</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İyi İşler Uygulaması Harika Şirketler Herkesin İşine Nasıl Onur, Anlam ve Kazanç Katar (Ciltli)</t>
+          <t>30 Günde MBA</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256182059</t>
+          <t>9786057950611</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kahve Sözlüğü A’dan Z’ye Kahve: Yetiştirme ve Kavurmadan Demleme ve Tadıma (Ciltli)</t>
+          <t>Sun Tzu ve İşletme Sanatı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>499</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256182042</t>
+          <t>9786057950000</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mediha Hanım Ölmek İstiyor</t>
+          <t>Lego Asla Sadece Lego Değildir</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256182035</t>
+          <t>9786256182301</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kül Şehir</t>
+          <t>Uçurumun Kıyısında</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256611917</t>
+          <t>9786256182271</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirmek Dilinizde</t>
+          <t>Geleceğin Normali</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>310</v>
+        <v>349</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256611870</t>
+          <t>9786256182295</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>O Kız</t>
+          <t>Şampiyon Gibi Çalış</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256611887</t>
+          <t>9786256182288</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ananas Sokağı</t>
+          <t>Kendine Güvenen Genç</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>320</v>
+        <v>269</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256611863</t>
+          <t>9786256182264</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yeniliklerin Yayılması</t>
+          <t>Bakmak</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>460</v>
+        <v>289</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257816908</t>
+          <t>9786256182202</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Basketbol (ve Diğer Şeyler)</t>
+          <t>Gordon Ramsay ile Rota Dışı (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>400</v>
+        <v>990</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257816236</t>
+          <t>9786256182257</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli ve Şiddetsiz İletişim</t>
+          <t>Aldons (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>360</v>
+        <v>599</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256611849</t>
+          <t>9786256182219</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Manş Adaları’ndaki Kız</t>
+          <t>Minimalizm</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256611832</t>
+          <t>9786256611993</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Deklanşör</t>
+          <t>Sherlock Holmes Dans Eden Adamlar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256611610</t>
+          <t>9786256182226</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Unutulan Tarihi, Tılsımları ve Efsaneleri</t>
+          <t>1979</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>790</v>
+        <v>330</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257816816</t>
+          <t>9786256182196</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İşte Böyle Başlıyor</t>
+          <t>Aklın ve Bilimin Işığında Prof. Dr. Engin Ataç</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256611788</t>
+          <t>9786256611825</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Boyama 1</t>
+          <t>Kuromi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>119</v>
+        <v>89</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256611818</t>
+          <t>9786256611641</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Parıltılı Renkler 1</t>
+          <t>Pazarlamacının Dijital Reklamcılık Rehberi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>119</v>
+        <v>330</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256611795</t>
+          <t>9786256415096</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Renkler 1</t>
+          <t>Cinayet Oyunu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>119</v>
+        <v>230</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257816175</t>
+          <t>9786057950253</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Veri ve Yapay Zekayla Dijital Dönüşüm</t>
+          <t>Resimlerle Sosyoloji</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>160</v>
+        <v>139</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256611672</t>
+          <t>9786057950666</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Gayrimenkul</t>
+          <t>İyi Fikir Bulma Sanatı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256611665</t>
+          <t>9786256182189</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Beni Yargıla-ma</t>
+          <t>İtibar Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>370</v>
+        <v>430</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256611689</t>
+          <t>9786256182127</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bir Nehir Gibi</t>
+          <t>Kriz İletişimi Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>400</v>
+        <v>299</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256611108</t>
+          <t>9786256611856</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Marka Sağlığı – Markalar Nasıl Büyür Dünyası İçin Ölçüler ve Ölçütler</t>
+          <t>Yapay Zeka ve Yaratıcı Çalışmanın Geleceği</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257816519</t>
+          <t>9786257816298</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Ogilvy'ye Göre Reklamcılık</t>
+          <t>Retorik Sanatı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786056859793</t>
+          <t>9786256182172</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kitabı</t>
+          <t>Yapay Zekâ ve Eğitimin Geleceği</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256611634</t>
+          <t>9786256182165</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz: Gece Uykusuzluğunun Yaratıcı Gücü</t>
+          <t>İnsan ve Veri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256611627</t>
+          <t>9786057950062</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Altüst Edilen Tarih: Sosyal Medya ve İnternet Tarih Anlayışımızı Nasıl Etkiledi?</t>
+          <t>Tuz, Yağ, Asit, Isı (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>330</v>
+        <v>650</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254437427</t>
+          <t>9786256182097</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuşlar Şehri</t>
+          <t>Dik Temel Harflerle Artık Okuyorum</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256611603</t>
+          <t>9786256182110</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cadı Kazanı</t>
+          <t>Koçluk ve Mentörlük</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256611481</t>
+          <t>9786256182103</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yağmurun Elli Adı</t>
+          <t>Marka Aşkı Güçlü Tüketici-Marka Bağları Oluşturma</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256611467</t>
+          <t>9786256182080</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dört Kayıp Şehir - Kentsel Çağın Gizli Tarihi</t>
+          <t>İyi İşler Uygulaması Harika Şirketler Herkesin İşine Nasıl Onur, Anlam ve Kazanç Katar (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256611498</t>
+          <t>9786256182059</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Beni İçeri Al</t>
+          <t>Kahve Sözlüğü A’dan Z’ye Kahve: Yetiştirme ve Kavurmadan Demleme ve Tadıma (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>430</v>
+        <v>499</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256611443</t>
+          <t>9786256182042</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Gıda ve Beslenme Herkesin Bilmesi Gereken Şeyler</t>
+          <t>Mediha Hanım Ölmek İstiyor</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256611184</t>
+          <t>9786256182035</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Keşfedilmemiş Megatrendler Diğerlerinin Kaçırdıklarını Görmek ve Geleceği Tahmin Etmek</t>
+          <t>Kül Şehir</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256611450</t>
+          <t>9786256611917</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Fangbone! Korkunç Doğum Günü Partisi</t>
+          <t>Dünyayı Değiştirmek Dilinizde</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>149</v>
+        <v>310</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256611436</t>
+          <t>9786256611870</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yönetim Teorileri Profesyonel Hayatı Kolaylaştırma Rehberi</t>
+          <t>O Kız</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>470</v>
+        <v>350</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256611429</t>
+          <t>9786256611887</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ay’ın Ramazan’ı</t>
+          <t>Ananas Sokağı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>139</v>
+        <v>320</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256611269</t>
+          <t>9786256611863</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Üç Prens ve Sihirli Halı</t>
+          <t>Yeniliklerin Yayılması</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>129</v>
+        <v>460</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256611252</t>
+          <t>9786257816908</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı ve Cin</t>
+          <t>Basketbol (ve Diğer Şeyler)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>129</v>
+        <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256611276</t>
+          <t>9786257816236</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ve Kırk Haramiler</t>
+          <t>Bilinçli ve Şiddetsiz İletişim</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>129</v>
+        <v>360</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256611283</t>
+          <t>9786256611849</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası</t>
+          <t>Manş Adaları’ndaki Kız</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>129</v>
+        <v>330</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256611290</t>
+          <t>9786256611832</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tüccar ve Cin</t>
+          <t>Deklanşör</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>129</v>
+        <v>330</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256611306</t>
+          <t>9786256611610</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Gülnar</t>
+          <t>İstanbul’un Unutulan Tarihi, Tılsımları ve Efsaneleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>129</v>
+        <v>790</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256611238</t>
+          <t>9786257816816</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk Projeleri</t>
+          <t>İşte Böyle Başlıyor</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256611221</t>
+          <t>9786256611788</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kazaları – Duyduklarımızı, Gördüklerimizi ve Okuduklarımızı Neden Yanlış Anlarız?</t>
+          <t>Mutlu Boyama 1</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>400</v>
+        <v>149</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256611214</t>
+          <t>9786256611818</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kelimeler – İstediğinizi Elde Etmek İçin Ne Söylemelisiniz?</t>
+          <t>Parıltılı Renkler 1</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>149</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256611245</t>
+          <t>9786256611795</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yaşam İçin Yemek – İyi Yemenin Yeni Bilimi</t>
+          <t>Neşeli Renkler 1</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>500</v>
+        <v>149</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256611160</t>
+          <t>9786257816175</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tom Lake</t>
+          <t>Veri ve Yapay Zekayla Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256611191</t>
+          <t>9786256611672</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hardwired: Sağlıklı Olma İçgüdülerimiz Bizi Nasıl Hasta Ediyor?</t>
+          <t>Yeni Nesil Gayrimenkul</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256611177</t>
+          <t>9786256611665</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Etki Yaratmak: Sosyal Medya “Influencer”ları Dijital Geleceğimizi Nasıl Etkiliyor?</t>
+          <t>Beni Yargıla-ma</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256611207</t>
+          <t>9786256611689</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler 5.0 Yapay Zeka, Sanal Gerçeklik Ve Robotlar Duygusal Hayatlarımızı Nasıl Yeniden Şekillendirecek?</t>
+          <t>Bir Nehir Gibi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256611054</t>
+          <t>9786256611108</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Amaca Yönelik Empati: Kişisel ve Sosyal Değişim İçin Gizli Süper Gücümüze Dokunmak</t>
+          <t>Daha İyi Marka Sağlığı – Markalar Nasıl Büyür Dünyası İçin Ölçüler ve Ölçütler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256415690</t>
+          <t>9786257816519</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Yüzüncü Yılında Gıda Sanayisinin 99 Yılı</t>
+          <t>Dijital Çağda Ogilvy'ye Göre Reklamcılık</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256611092</t>
+          <t>9786056859793</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Karlılık, Verimlilik ve Sürdürülebilirlik – Örgütsel Davranışın Bütünsel Dönüşümü</t>
+          <t>İletişim Kitabı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256611078</t>
+          <t>9786256611634</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Tapınak</t>
+          <t>Uykusuz: Gece Uykusuzluğunun Yaratıcı Gücü</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256611061</t>
+          <t>9786256611627</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Evrimsel Fikirler: Yarının Sorunlarını Çözmek İçin Geçmiş Buluşlardan Faydalanmak</t>
+          <t>Altüst Edilen Tarih: Sosyal Medya ve İnternet Tarih Anlayışımızı Nasıl Etkiledi?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256611016</t>
+          <t>9786254437427</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kanıta Dayalı Yönetim - Daha İyi Kurumsal Kararlar Almak için Kanıtlar Nasıl Kullanılır?</t>
+          <t>Unutulmuşlar Şehri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256415706</t>
+          <t>9786256611603</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tom Peters’ın Kısa Mükemmellik Rehberi</t>
+          <t>Cadı Kazanı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256415676</t>
+          <t>9786256611481</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Zirve Yolunda Ekip Çalışması Kitabı</t>
+          <t>Yağmurun Elli Adı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256611023</t>
+          <t>9786256611467</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Anne</t>
+          <t>Dört Kayıp Şehir - Kentsel Çağın Gizli Tarihi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256611009</t>
+          <t>9786256611498</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kavram Odaklı Sosyoloji</t>
+          <t>Beni İçeri Al</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256415393</t>
+          <t>9786256611443</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İnsan Uygarlığının Kısa Tarihi: Ekonomik ve Siyasal Kurumların Dünü ve Yarını</t>
+          <t>Gıda ve Beslenme Herkesin Bilmesi Gereken Şeyler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256415928</t>
+          <t>9786256611184</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İnfaz Listesi</t>
+          <t>Keşfedilmemiş Megatrendler Diğerlerinin Kaçırdıklarını Görmek ve Geleceği Tahmin Etmek</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256415942</t>
+          <t>9786256611450</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Rıhtım</t>
+          <t>Fangbone! Korkunç Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>390</v>
+        <v>149</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256415935</t>
+          <t>9786256611436</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Çağı Britanyası’nda Büyünün Çöküşü</t>
+          <t>Büyük Yönetim Teorileri Profesyonel Hayatı Kolaylaştırma Rehberi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>400</v>
+        <v>470</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256415959</t>
+          <t>9786256611429</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Katastrof!: İyi İnsanların Kötü Durumları Neden Daha da Kötüleştirdiğini Psikoloji Nasıl Açıklar?</t>
+          <t>Ay’ın Ramazan’ı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>390</v>
+        <v>169</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256415911</t>
+          <t>9786256611269</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>50 Şef 50 Efsane Tarif: 50 Şefin Geleceğe Bırakmak İstediği 50 Orijinal Tarif</t>
+          <t>Üç Prens ve Sihirli Halı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>410</v>
+        <v>149</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256415751</t>
+          <t>9786256611252</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İki Yanılsamanın Sonu: Batı'dan sonra İslam</t>
+          <t>Balıkçı ve Cin</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>260</v>
+        <v>149</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256415775</t>
+          <t>9786256611276</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Soframızdaki Hurafeler</t>
+          <t>Ali Baba ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>290</v>
+        <v>149</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256415669</t>
+          <t>9786256611283</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yetenek</t>
+          <t>Alaaddin'in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>240</v>
+        <v>149</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256415768</t>
+          <t>9786256611290</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Gibi Nasıl Yaşarız?</t>
+          <t>Tüccar ve Cin</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>320</v>
+        <v>149</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256415737</t>
+          <t>9786256611306</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Fangbone! 2 - Bahtsız Yumurta</t>
+          <t>Denizkızı Gülnar</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256415744</t>
+          <t>9786256611238</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Uyum - İnsanları Okumanın Dört Yolu</t>
+          <t>Kurumsal Sosyal Sorumluluk Projeleri</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256415621</t>
+          <t>9786256611221</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Koleksiyoncusu</t>
+          <t>İletişim Kazaları – Duyduklarımızı, Gördüklerimizi ve Okuduklarımızı Neden Yanlış Anlarız?</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256415652</t>
+          <t>9786256611214</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Aldonlar Bir Atlantik Geçiş Öyküsü</t>
+          <t>Sihirli Kelimeler – İstediğinizi Elde Etmek İçin Ne Söylemelisiniz?</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>209</v>
+        <v>400</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256415645</t>
+          <t>9786256611245</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Fangbone! Üçüncü Sınıf Barbar</t>
+          <t>Yaşam İçin Yemek – İyi Yemenin Yeni Bilimi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>179</v>
+        <v>500</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256415614</t>
+          <t>9786256611160</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Ölçmek Batı Avrupa’da Nicelleştirme</t>
+          <t>Tom Lake</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256415638</t>
+          <t>9786256611191</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Daha İyi Yönetici Olunur?</t>
+          <t>Hardwired: Sağlıklı Olma İçgüdülerimiz Bizi Nasıl Hasta Ediyor?</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256415430</t>
+          <t>9786256611177</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Rehberi</t>
+          <t>Dijital Dünyada Etki Yaratmak: Sosyal Medya “Influencer”ları Dijital Geleceğimizi Nasıl Etkiliyor?</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256415423</t>
+          <t>9786256611207</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Müzik Gezegeni</t>
+          <t>İlişkiler 5.0 Yapay Zeka, Sanal Gerçeklik Ve Robotlar Duygusal Hayatlarımızı Nasıl Yeniden Şekillendirecek?</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>109</v>
+        <v>480</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256415416</t>
+          <t>9786256611054</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Video Pazarlaması, Markaların Büyümesi için Video Kampanyaları Nasıl Oluşturulur?</t>
+          <t>Amaca Yönelik Empati: Kişisel ve Sosyal Değişim İçin Gizli Süper Gücümüze Dokunmak</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256415409</t>
+          <t>9786256415690</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Uyurken</t>
+          <t>Cumhuriyet’in Yüzüncü Yılında Gıda Sanayisinin 99 Yılı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>199</v>
+        <v>400</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256415256</t>
+          <t>9786256611092</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Cennet Topraklar</t>
+          <t>Karlılık, Verimlilik ve Sürdürülebilirlik – Örgütsel Davranışın Bütünsel Dönüşümü</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256415171</t>
+          <t>9786256611078</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yürümenin 52 Yolu</t>
+          <t>Tapınak</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256415218</t>
+          <t>9786256611061</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Hibrit İnsanlar</t>
+          <t>Evrimsel Fikirler: Yarının Sorunlarını Çözmek İçin Geçmiş Buluşlardan Faydalanmak</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256415201</t>
+          <t>9786256611016</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İK Etkisi</t>
+          <t>Kanıta Dayalı Yönetim - Daha İyi Kurumsal Kararlar Almak için Kanıtlar Nasıl Kullanılır?</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786058188938</t>
+          <t>9786256415706</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dilde Akıcılık Nasıl Kazanılır?</t>
+          <t>Tom Peters’ın Kısa Mükemmellik Rehberi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256415119</t>
+          <t>9786256415676</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Alarm</t>
+          <t>Zirve Yolunda Ekip Çalışması Kitabı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256415126</t>
+          <t>9786256611023</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Wikipedia’ya İnanmalı mıyız?</t>
+          <t>Anne</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256415102</t>
+          <t>9786256611009</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Online Flört Online Romantizm</t>
+          <t>Kavram Odaklı Sosyoloji</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256415027</t>
+          <t>9786256415393</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Doğru Çeviklik Kılavuzu</t>
+          <t>İnsan Uygarlığının Kısa Tarihi: Ekonomik ve Siyasal Kurumların Dünü ve Yarını</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256415010</t>
+          <t>9786256415928</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>En İyi Benlik</t>
+          <t>İnfaz Listesi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256415034</t>
+          <t>9786256415942</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Utanç Gerekli mi?</t>
+          <t>Rıhtım</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256415003</t>
+          <t>9786256415935</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Başarı Kitabı</t>
+          <t>Aydınlanma Çağı Britanyası’nda Büyünün Çöküşü</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257816724</t>
+          <t>9786256415959</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Tavşanlar</t>
+          <t>Katastrof!: İyi İnsanların Kötü Durumları Neden Daha da Kötüleştirdiğini Psikoloji Nasıl Açıklar?</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257816991</t>
+          <t>9786256415911</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Emin Bir Şekilde Kodlama</t>
+          <t>50 Şef 50 Efsane Tarif: 50 Şefin Geleceğe Bırakmak İstediği 50 Orijinal Tarif</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>260</v>
+        <v>410</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057950628</t>
+          <t>9786256415751</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Evre</t>
+          <t>İki Yanılsamanın Sonu: Batı'dan sonra İslam</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257816984</t>
+          <t>9786256415775</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>PR Teknoloji, Veri ve İçgörüler</t>
+          <t>Soframızdaki Hurafeler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257816502</t>
+          <t>9786256415669</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gece Nöbeti</t>
+          <t>Dijital Yetenek</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257816939</t>
+          <t>9786256415768</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Konumlandırma</t>
+          <t>Küçük Prens Gibi Nasıl Yaşarız?</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257816922</t>
+          <t>9786256415737</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Harvard'ın Ötesinde</t>
+          <t>Fangbone! 2 - Bahtsız Yumurta</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>170</v>
+        <v>149</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257816915</t>
+          <t>9786256415744</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bukalemunlar</t>
+          <t>Uyum - İnsanları Okumanın Dört Yolu</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257816861</t>
+          <t>9786256415621</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Hikaye Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>89</v>
+        <v>270</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257816885</t>
+          <t>9786256415652</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Aldonlar Bir Atlantik Geçiş Öyküsü</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>89</v>
+        <v>585</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257816847</t>
+          <t>9786256415645</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Fangbone! Üçüncü Sınıf Barbar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>89</v>
+        <v>179</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257816878</t>
+          <t>9786256415614</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Gerçeği Ölçmek Batı Avrupa’da Nicelleştirme</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>89</v>
+        <v>210</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257816854</t>
+          <t>9786256415638</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Nasıl Daha İyi Yönetici Olunur?</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>89</v>
+        <v>230</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257816892</t>
+          <t>9786256415430</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Siyaset Pazarlaması</t>
+          <t>Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257816830</t>
+          <t>9786256415423</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Düşünme Kitabı</t>
+          <t>Kayıp Müzik Gezegeni</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>290</v>
+        <v>139</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257816823</t>
+          <t>9786256415416</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Beden İzcisi</t>
+          <t>Video Pazarlaması, Markaların Büyümesi için Video Kampanyaları Nasıl Oluşturulur?</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257816793</t>
+          <t>9786256415409</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Üzerine</t>
+          <t>Yargıç Uyurken</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257816786</t>
+          <t>9786256415256</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Paradoksu</t>
+          <t>Cennet Topraklar</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257816717</t>
+          <t>9786256415171</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Reklam Teorileri 2</t>
+          <t>Yürümenin 52 Yolu</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257816687</t>
+          <t>9786256415218</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bırakın Çalışanlarım Sörf Yapsın</t>
+          <t>Hibrit İnsanlar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257816694</t>
+          <t>9786256415201</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Orta Yaş Krizi - Felsefi Bir Rehber</t>
+          <t>İK Etkisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>169</v>
+        <v>220</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257816632</t>
+          <t>9786058188938</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşı</t>
+          <t>Yabancı Dilde Akıcılık Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257816649</t>
+          <t>9786256415119</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Görüş Zorbalığı ve Linç Kültürü</t>
+          <t>Yanlış Alarm</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257816700</t>
+          <t>9786256415126</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonu</t>
+          <t>Wikipedia’ya İnanmalı mıyız?</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257816410</t>
+          <t>9786256415102</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Texas Rapsodisi</t>
+          <t>Online Flört Online Romantizm</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257816557</t>
+          <t>9786256415027</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sevgisiz Dünyaya Karşı</t>
+          <t>Doğru Çeviklik Kılavuzu</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257816533</t>
+          <t>9786256415010</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Start-up'lar, Pivot'lar ve Pop-up'lar</t>
+          <t>En İyi Benlik</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257816564</t>
+          <t>9786256415034</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud</t>
+          <t>Utanç Gerekli mi?</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257816588</t>
+          <t>9786256415003</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Organizasyon Kültürü ve Liderlik</t>
+          <t>Başarı Kitabı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257816540</t>
+          <t>9786257816724</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Şekillendirmek</t>
+          <t>Tavşanlar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257816489</t>
+          <t>9786257816991</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Pazarlama Yorumları</t>
+          <t>Kendinden Emin Bir Şekilde Kodlama</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257816496</t>
+          <t>9786057950628</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ölüm İlanı 2: Kader</t>
+          <t>Altıncı Evre</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257816434</t>
+          <t>9786257816984</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde SPSS’le Veri Analizi</t>
+          <t>PR Teknoloji, Veri ve İçgörüler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257816403</t>
+          <t>9786257816502</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Semtin Çocukları</t>
+          <t>Gece Nöbeti</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>129</v>
+        <v>300</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257816380</t>
+          <t>9786257816939</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Adaletin İktidarla Mücadelesi: İnsan Hakları</t>
+          <t>21. Yüzyılda Konumlandırma</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257816366</t>
+          <t>9786257816922</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyunlar ve İnteraktif Anlatı</t>
+          <t>Harvard'ın Ötesinde</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>470</v>
+        <v>170</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257816359</t>
+          <t>9786257816915</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kepçeyle Bilgi Çorbası</t>
+          <t>Yeni Bukalemunlar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257816328</t>
+          <t>9786257816861</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’ten Nietzsche’ye: İyi Yaşamın Anlamı</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>340</v>
+        <v>89</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257816304</t>
+          <t>9786257816885</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bilim Devrimcileri</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>300</v>
+        <v>89</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257816274</t>
+          <t>9786257816847</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>80 Trenle Dünya Turu</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>400</v>
+        <v>89</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257816281</t>
+          <t>9786257816878</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Özgür Olduklarını Sanıyorlardı</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>250</v>
+        <v>89</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257816267</t>
+          <t>9786257816854</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Sütliman</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>220</v>
+        <v>89</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257816250</t>
+          <t>9786257816892</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Faşist Olmadan Yaşamak</t>
+          <t>Postmodern Siyaset Pazarlaması</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257816199</t>
+          <t>9786257816830</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Caste - Toplumda Kast Sistemi</t>
+          <t>Aşırı Düşünme Kitabı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257816229</t>
+          <t>9786257816823</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama - Yeni Pazarlama, Geleceğin Pazarlaması</t>
+          <t>Beden İzcisi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>780</v>
+        <v>190</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057950970</t>
+          <t>9786257816793</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kitabı</t>
+          <t>Hayvanlar Üzerine</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257816205</t>
+          <t>9786257816786</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tohumları</t>
+          <t>Mutluluk Paradoksu</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257816212</t>
+          <t>9786257816717</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bızz’ın Anatomisi</t>
+          <t>Reklam Teorileri 2</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257816083</t>
+          <t>9786257816687</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Para Devrimi</t>
+          <t>Bırakın Çalışanlarım Sörf Yapsın</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257816137</t>
+          <t>9786257816694</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İşlenmiş Gıda Yanılgısı</t>
+          <t>Orta Yaş Krizi - Felsefi Bir Rehber</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>270</v>
+        <v>169</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057950994</t>
+          <t>9786257816632</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yüze</t>
+          <t>Ev Arkadaşı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257816106</t>
+          <t>9786257816649</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Algoritmalarla Yaşamak</t>
+          <t>Görüş Zorbalığı ve Linç Kültürü</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257816120</t>
+          <t>9786257816700</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltını Ayartmak</t>
+          <t>Yolun Sonu</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257816090</t>
+          <t>9786257816410</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Para Arasında Ana Baba Olmak</t>
+          <t>Texas Rapsodisi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057950925</t>
+          <t>9786257816557</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Harcamak</t>
+          <t>Sevgisiz Dünyaya Karşı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057950963</t>
+          <t>9786257816533</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Yapay Zeka Kullanımı</t>
+          <t>Start-up'lar, Pivot'lar ve Pop-up'lar</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057950932</t>
+          <t>9786257816564</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanelerin Bilinmeyen Dünyası</t>
+          <t>Sigmund Freud</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057950888</t>
+          <t>9786257816588</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası Çağda Edebiyat Eseri</t>
+          <t>Organizasyon Kültürü ve Liderlik</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057950918</t>
+          <t>9786257816540</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyamızı Altüst Eden Dijital Trendler</t>
+          <t>Geleceği Şekillendirmek</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>139</v>
+        <v>250</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057950598</t>
+          <t>9786257816489</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Podcast Yayıncılığı ve Pazarlama</t>
+          <t>Postmodern Pazarlama Yorumları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057950673</t>
+          <t>9786257816496</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sövünce Güzel</t>
+          <t>Ölüm İlanı 2: Kader</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057950659</t>
+          <t>9786257816434</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Anneleri Anlayan Marka Olmak</t>
+          <t>Sosyal Bilimlerde SPSS’le Veri Analizi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057950482</t>
+          <t>9786257816403</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Mutlu Çocukları</t>
+          <t>Semtin Çocukları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>210</v>
+        <v>129</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057950574</t>
+          <t>9786257816380</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>E-CRM Elektronik Ortamda Müşteri İlişkileri Yönetimi</t>
+          <t>Adaletin İktidarla Mücadelesi: İnsan Hakları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057950413</t>
+          <t>9786257816366</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Diyeti</t>
+          <t>Dijital Oyunlar ve İnteraktif Anlatı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057950444</t>
+          <t>9786257816359</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Pazarlamayı Anlamak</t>
+          <t>Kepçeyle Bilgi Çorbası</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057950338</t>
+          <t>9786257816328</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yağcılıkta 52 Yıl</t>
+          <t>Sokrates’ten Nietzsche’ye: İyi Yaşamın Anlamı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057950345</t>
+          <t>9786257816304</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Arayışı</t>
+          <t>Bilim Devrimcileri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057950321</t>
+          <t>9786257816274</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Süt Almaya Çıktım Ama Eve Bir Bisikletle Döndüm</t>
+          <t>80 Trenle Dünya Turu</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057950239</t>
+          <t>9786257816281</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Karar Kitabı</t>
+          <t>Özgür Olduklarını Sanıyorlardı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057950192</t>
+          <t>9786257816267</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Arzuyu Sezmek</t>
+          <t>Her Şey Sütliman</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057950109</t>
+          <t>9786257816250</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Diktatörlüğü</t>
+          <t>Faşist Olmadan Yaşamak</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>160</v>
+        <v>99</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057950161</t>
+          <t>9786257816199</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İnsanlarda ve Hayvanlarda Baskınlık ve Saldırganlık</t>
+          <t>Caste - Toplumda Kast Sistemi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057950116</t>
+          <t>9786257816229</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Anti Kanser Yaşam Biçimi</t>
+          <t>Pazarlama - Yeni Pazarlama, Geleceğin Pazarlaması</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>230</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786056859700</t>
+          <t>9786057950970</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Görme Biçimi Olarak Fotoğraf (Ciltli)</t>
+          <t>Değişim Kitabı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>490</v>
+        <v>180</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786056859717</t>
+          <t>9786257816205</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası Üzerine On Üç Teori</t>
+          <t>Bilim Tohumları</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786056859786</t>
+          <t>9786257816212</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Performansın Sınırlarında</t>
+          <t>Bızz’ın Anatomisi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786058188976</t>
+          <t>9786257816083</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrimi Sahnelemek (Ciltli)</t>
+          <t>Para Devrimi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786058188969</t>
+          <t>9786257816137</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Olabilirsiniz</t>
+          <t>İşlenmiş Gıda Yanılgısı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786058188921</t>
+          <t>9786057950994</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Tüketilen Nostalji</t>
+          <t>Yüz Yüze</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786056785160</t>
+          <t>9786257816106</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hit Makers</t>
+          <t>Algoritmalarla Yaşamak</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786056785115</t>
+          <t>9786257816120</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Reklam Teorileri</t>
+          <t>Bilinçaltını Ayartmak</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786056785108</t>
+          <t>9786257816090</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İş Satma Sanatı: Gizli Gündem</t>
+          <t>Sevgi ve Para Arasında Ana Baba Olmak</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786056722165</t>
+          <t>9786057950925</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Tacirleri</t>
+          <t>Zamanı Harcamak</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786056510632</t>
+          <t>9786057950963</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Pazarlama</t>
+          <t>Pazarlamada Yapay Zeka Kullanımı</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786056510670</t>
+          <t>9786057950932</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Markalar Nasıl Büyür? - 2</t>
+          <t>Kütüphanelerin Bilinmeyen Dünyası</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786056510649</t>
+          <t>9786057950888</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Markalar Nasıl Büyür?</t>
+          <t>Hakikat Sonrası Çağda Edebiyat Eseri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
+          <t>9786057950918</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>İş Dünyamızı Altüst Eden Dijital Trendler</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786057950598</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Podcast Yayıncılığı ve Pazarlama</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786057950673</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Sövünce Güzel</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786057950659</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Anneleri Anlayan Marka Olmak</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786057950482</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Mutlu Çocukları</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786057950574</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>E-CRM Elektronik Ortamda Müşteri İlişkileri Yönetimi</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786057950413</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Güzellik Diyeti</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786057950444</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Postmodern Pazarlamayı Anlamak</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786057950338</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Yağcılıkta 52 Yıl</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786057950345</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Arayışı</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786057950321</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Süt Almaya Çıktım Ama Eve Bir Bisikletle Döndüm</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786057950239</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Karar Kitabı</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786057950192</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Arzuyu Sezmek</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786057950109</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Sayıların Diktatörlüğü</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786057950161</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlarda ve Hayvanlarda Baskınlık ve Saldırganlık</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786057950116</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Anti Kanser Yaşam Biçimi</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786056859700</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Görme Biçimi Olarak Fotoğraf (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786056859717</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Doğası Üzerine On Üç Teori</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786056859786</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Performansın Sınırlarında</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786058188976</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Bir Devrimi Sahnelemek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786058188969</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Olabilirsiniz</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786058188921</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Tüketilen Nostalji</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786056785160</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Hit Makers</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786056785115</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Reklam Teorileri</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786056785108</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>İş Satma Sanatı: Gizli Gündem</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786056722165</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Tacirleri</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786056510632</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Pazarlama</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786056510670</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Markalar Nasıl Büyür? - 2</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786056510649</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Markalar Nasıl Büyür?</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
           <t>9786056510878</t>
         </is>
       </c>
-      <c r="B300" s="1" t="inlineStr">
+      <c r="B329" s="1" t="inlineStr">
         <is>
           <t>Dürüstlük Çağı</t>
         </is>
       </c>
-      <c r="C300" s="1">
+      <c r="C329" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>