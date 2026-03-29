--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,4960 +85,5170 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256182653</t>
+          <t>9786258590135</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gönüllülük Dünyasının Doktoru Gülsen Ataseven</t>
+          <t>Seksiyi Satmak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>259</v>
+        <v>490</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255700728</t>
+          <t>9786258590111</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Mühendislik</t>
+          <t>Başlangıçlar Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>790</v>
+        <v>490</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255700599</t>
+          <t>9786258590128</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Dünyayı Kurtarabilir mi?</t>
+          <t>Hayalet Kedi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>590</v>
+        <v>425</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255700551</t>
+          <t>9786258590104</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Reklamcılık</t>
+          <t>Metamodernizm: Teorinin Geleceği</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>550</v>
+        <v>590</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256415973</t>
+          <t>9786258590081</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aldonlar: Bir Atlantik Geçiş Öyküsü (Kutulu Deri Kapak) (Ciltli)</t>
+          <t>Clarity Jones ve Sihirli Dedektiflik Bürosu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>2999</v>
+        <v>349</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256415966</t>
+          <t>9786255700612</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Farkındalıklı Beslenme: Duygularımız Yeme Alışkanlıklarımızı Nasıl Etkiler?</t>
+          <t>Fiyatı Doğru Koymak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>209</v>
+        <v>580</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257816151</t>
+          <t>9786258590074</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilere Öyküler</t>
+          <t>En Önemli Karar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>99</v>
+        <v>490</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255700568</t>
+          <t>9786255700858</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Liderlik: İletişim ve İyi Uygulamalar</t>
+          <t>Hamur Bizim İşimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>690</v>
+        <v>790</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255700582</t>
+          <t>9786255700988</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Marka Yönetimi - Etkili Markalaşma İçin İlkeler ve Uygulamalar</t>
+          <t>Zürafalarla Batıya Doğru</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>590</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255700605</t>
+          <t>9786255700995</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İlişki Odaklı Liderlik: İş Yeri Verimliliği ve Sağlığını Artırmak için Bağlantıları Güçlendirmek</t>
+          <t>Gözleri En Güzel Yeri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>490</v>
+        <v>380</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255700575</t>
+          <t>9786258590005</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>x-ekipler: Başarılı Ekipler Kurmanın Yolları</t>
+          <t>Ölümcül Baobab</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>325</v>
+        <v>490</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255700629</t>
+          <t>9786255700834</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Fintek Savaşları: Teknoloji Devleri, Karmaşık Kripto Para ve Paranın Geleceği</t>
+          <t>Postmodernizm Üzerine Tezler: Rousseau’dan Foucault’ya Şüphecilik ve Sosyalizm</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>520</v>
+        <v>340</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255700544</t>
+          <t>9786255700957</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Badvertising - Kötü Reklamcılık: Beynimizi ve Doğayı Kirleten Reklamlar</t>
+          <t>Startup’ınızı Nasıl Batırırsınız?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255700407</t>
+          <t>9786255700964</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İslâm Dünyası Tarihi 1 - Ortaya Çıkışından Anadolu Beylikleri Dönemine Kadar</t>
+          <t>Bağırsaklarına İyi Bak: Huzursuz Bağırsak Sendromuyla Yaşamak Üzerine Bilimsel ve Bütüncül Bir Rehber</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>750</v>
+        <v>490</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255700414</t>
+          <t>9786256182653</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İslâm Dünyası Tarihi 2 - Osmanlı Devleti’nin Kuruluşundan On Dokuzuncu Yüzyıla Kadar</t>
+          <t>Gönüllülük Dünyasının Doktoru Gülsen Ataseven</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>690</v>
+        <v>259</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255700384</t>
+          <t>9786255700728</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Teorisi: Kimiz? Nereden Geldik? Nereye Gidiyoruz?</t>
+          <t>Hayatın İçinden Mühendislik</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>950</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255700339</t>
+          <t>9786255700599</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Denge Kitabı</t>
+          <t>Pazarlama Dünyayı Kurtarabilir mi?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>690</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255700346</t>
+          <t>9786255700551</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tıbben Açıklanamayan Belirtiler: Beyin Merkezli Bir Yaklaşım</t>
+          <t>Sürdürülebilir Reklamcılık</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>490</v>
+        <v>650</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255700537</t>
+          <t>9786256415973</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Strese Direnç Kitabı</t>
+          <t>Aldonlar: Bir Atlantik Geçiş Öyküsü (Kutulu Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>340</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255700377</t>
+          <t>9786256415966</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Arayış - Deliahir Savaşçısı (1. Kitap)</t>
+          <t>Farkındalıklı Beslenme: Duygularımız Yeme Alışkanlıklarımızı Nasıl Etkiler?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>650</v>
+        <v>209</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255700490</t>
+          <t>9786257816151</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Dersine İhtiyacım Yok</t>
+          <t>Yöneticilere Öyküler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>590</v>
+        <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255700223</t>
+          <t>9786255700568</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Performansın Serüveni</t>
+          <t>Liderlik: İletişim ve İyi Uygulamalar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>790</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256611771</t>
+          <t>9786255700582</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişimi ve Amerikan Toplumsal Düşüncesi (Anahtar Metinler 1919-1968)</t>
+          <t>Marka Yönetimi - Etkili Markalaşma İçin İlkeler ve Uygulamalar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>795</v>
+        <v>710</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255700360</t>
+          <t>9786255700605</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kızım</t>
+          <t>İlişki Odaklı Liderlik: İş Yeri Verimliliği ve Sağlığını Artırmak için Bağlantıları Güçlendirmek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>479</v>
+        <v>580</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255700308</t>
+          <t>9786255700575</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Rüya Ev</t>
+          <t>x-ekipler: Başarılı Ekipler Kurmanın Yolları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>449</v>
+        <v>390</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255700285</t>
+          <t>9786255700629</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Kedisi</t>
+          <t>Fintek Savaşları: Teknoloji Devleri, Karmaşık Kripto Para ve Paranın Geleceği</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>325</v>
+        <v>620</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255700292</t>
+          <t>9786255700544</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şans Verilmeye Değer Fikirler</t>
+          <t>Badvertising - Kötü Reklamcılık: Beynimizi ve Doğayı Kirleten Reklamlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255700315</t>
+          <t>9786255700407</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İnternette Dijital Yanılgı</t>
+          <t>İslâm Dünyası Tarihi 1 - Ortaya Çıkışından Anadolu Beylikleri Dönemine Kadar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>449</v>
+        <v>900</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255700322</t>
+          <t>9786255700414</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Baki Kalan</t>
+          <t>İslâm Dünyası Tarihi 2 - Osmanlı Devleti’nin Kuruluşundan On Dokuzuncu Yüzyıla Kadar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>349</v>
+        <v>820</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255700148</t>
+          <t>9786255700384</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kumpanya</t>
+          <t>Herkesin Teorisi: Kimiz? Nereden Geldik? Nereye Gidiyoruz?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>69</v>
+        <v>540</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255700186</t>
+          <t>9786255700339</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tüneldeki Çocuk</t>
+          <t>Duygusal Denge Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>69</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255700162</t>
+          <t>9786255700346</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Havuz Başı</t>
+          <t>Tıbben Açıklanamayan Belirtiler: Beyin Merkezli Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>69</v>
+        <v>590</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255700179</t>
+          <t>9786255700537</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sarnıç</t>
+          <t>Strese Direnç Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>69</v>
+        <v>410</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255700155</t>
+          <t>9786255700377</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Havada Bulut</t>
+          <t>Arayış - Deliahir Savaşçısı (1. Kitap)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>69</v>
+        <v>790</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255700070</t>
+          <t>9786255700490</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Okulun Sonu</t>
+          <t>Oyunculuk Dersine İhtiyacım Yok</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>320</v>
+        <v>690</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255700049</t>
+          <t>9786255700223</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Doğrulanmış: İnternette Gerçeği Ayırt Etmenin Yolları</t>
+          <t>Sürdürülebilir Performansın Serüveni</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>449</v>
+        <v>420</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255700032</t>
+          <t>9786256611771</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hey, Zoey</t>
+          <t>Kitle İletişimi ve Amerikan Toplumsal Düşüncesi (Anahtar Metinler 1919-1968)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>349</v>
+        <v>795</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256182875</t>
+          <t>9786255700360</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Kuralı</t>
+          <t>Kızım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>499</v>
+        <v>590</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057950604</t>
+          <t>9786255700308</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Ogilvy’ye Göre Reklamcılık (Ciltli)</t>
+          <t>Rüya Ev</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>640</v>
+        <v>540</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257816427</t>
+          <t>9786255700285</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Becerileri El Kitabı</t>
+          <t>Kütüphane Kedisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257816373</t>
+          <t>9786255700292</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Filozofun Takım Çantası</t>
+          <t>Şans Verilmeye Değer Fikirler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257816311</t>
+          <t>9786255700315</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sirkadiyen Kod</t>
+          <t>İnternette Dijital Yanılgı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057950376</t>
+          <t>9786255700322</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Biyo-İnovasyon</t>
+          <t>Baki Kalan</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057950390</t>
+          <t>9786255700148</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Satış Dehası</t>
+          <t>Kumpanya</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>99</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056722141</t>
+          <t>9786255700186</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Islıkla Vivaldi</t>
+          <t>Tüneldeki Çocuk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>99</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257816144</t>
+          <t>9786255700162</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İletişim Teorileri</t>
+          <t>Havuz Başı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>260</v>
+        <v>99</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255700001</t>
+          <t>9786255700179</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Peşindeyiz</t>
+          <t>Sarnıç</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>449</v>
+        <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256182899</t>
+          <t>9786255700155</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bel Canto</t>
+          <t>Havada Bulut</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>449</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255700018</t>
+          <t>9786255700070</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kan Portakalı</t>
+          <t>Okulun Sonu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>429</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256182813</t>
+          <t>9786255700049</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İnanmak Görmektir</t>
+          <t>Doğrulanmış: İnternette Gerçeği Ayırt Etmenin Yolları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>449</v>
+        <v>540</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256182837</t>
+          <t>9786255700032</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Avukat Olunur?</t>
+          <t>Hey, Zoey</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>359</v>
+        <v>420</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256182806</t>
+          <t>9786256182875</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Keşfedilmemişi Düşünmek</t>
+          <t>Oyunun Kuralı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>349</v>
+        <v>590</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256182646</t>
+          <t>9786057950604</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin'in Türlerin Kökeni Üzerine</t>
+          <t>Dijital Çağda Ogilvy’ye Göre Reklamcılık (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>359</v>
+        <v>760</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256182790</t>
+          <t>9786257816427</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Poz</t>
+          <t>Liderlik Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>399</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256611924</t>
+          <t>9786257816373</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hollanda Evi</t>
+          <t>Filozofun Takım Çantası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056722127</t>
+          <t>9786257816311</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hemen Şimdi</t>
+          <t>Sirkadiyen Kod</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257816168</t>
+          <t>9786057950376</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ayırıcı Marka Varlıkları İnşa Etmek</t>
+          <t>Biyo-İnovasyon</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256182660</t>
+          <t>9786057950390</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yatağın İki Ucu</t>
+          <t>Satış Dehası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>279</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256182677</t>
+          <t>9786056722141</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Murat Ülker’den Röportajlar</t>
+          <t>Bir Islıkla Vivaldi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>399</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256182684</t>
+          <t>9786257816144</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Murat Ülker’den Röportajlar (Ciltli)</t>
+          <t>İletişim Teorileri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>699</v>
+        <v>260</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057950222</t>
+          <t>9786255700001</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kimyasaldan Gıdaya Doz ve Risk</t>
+          <t>Peşindeyiz</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>540</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256182578</t>
+          <t>9786256182899</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>Bel Canto</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>349</v>
+        <v>540</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256182592</t>
+          <t>9786255700018</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Martech: Pazarlama Teknolojileri El Kitabı</t>
+          <t>Kan Portakalı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>329</v>
+        <v>520</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256182639</t>
+          <t>9786256182813</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin İzinde</t>
+          <t>İnanmak Görmektir</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>469</v>
+        <v>520</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256182479</t>
+          <t>9786256182837</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Salı'ya Sekiz Kala</t>
+          <t>Nasıl Avukat Olunur?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>235.5</v>
+        <v>420</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256182493</t>
+          <t>9786256182806</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Alemdağ’da Var Bir Yılan</t>
+          <t>Keşfedilmemişi Düşünmek</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>69</v>
+        <v>420</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256182509</t>
+          <t>9786256182646</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Son Kuşlar</t>
+          <t>Charles Darwin'in Türlerin Kökeni Üzerine</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>69</v>
+        <v>359</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256182516</t>
+          <t>9786256182790</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Adam</t>
+          <t>Poz</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>89</v>
+        <v>480</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256182486</t>
+          <t>9786256611924</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Kahvesi</t>
+          <t>Hollanda Evi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>69</v>
+        <v>390</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256182523</t>
+          <t>9786056722127</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Semaver</t>
+          <t>Hemen Şimdi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>69</v>
+        <v>170</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256182370</t>
+          <t>9786257816168</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Komik Çıkartmalarım Prensler</t>
+          <t>Ayırıcı Marka Varlıkları İnşa Etmek</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>139</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256182394</t>
+          <t>9786256182660</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Komik Çıkartmalarım Peri Masalları</t>
+          <t>Yatağın İki Ucu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>139</v>
+        <v>330</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256182400</t>
+          <t>9786256182677</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Komik Çıkartmalarım Hayvanlar</t>
+          <t>Murat Ülker’den Röportajlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>139</v>
+        <v>480</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256182424</t>
+          <t>9786256182684</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İçinizdeki Çocuğu İyileştirmek</t>
+          <t>Murat Ülker’den Röportajlar (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>239</v>
+        <v>840</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256182066</t>
+          <t>9786057950222</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Statü ve Kültür Toplumsal Statü Arzumuz Zevk, Kimlik, Sanat, Moda ve Sürekli Değişimi Nasıl Yaratır?</t>
+          <t>Kimyasaldan Gıdaya Doz ve Risk</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>410</v>
+        <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256182073</t>
+          <t>9786256182578</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>50 Chefs 50 Legendary Recipes from Türkiye: 50 Original Recipes that 50 Chefs Want to Leave to the Future (Ciltli)</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>459</v>
+        <v>420</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256415195</t>
+          <t>9786256182592</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Veri Biliminde Ustalaşmak</t>
+          <t>Martech: Pazarlama Teknolojileri El Kitabı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>395</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257816397</t>
+          <t>9786256182639</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Kitap Okumanın Gücü</t>
+          <t>Gerçeğin İzinde</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>130</v>
+        <v>560</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057950208</t>
+          <t>9786256182479</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gözümüz Neden Doymaz</t>
+          <t>Salı'ya Sekiz Kala</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>160</v>
+        <v>235.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058188952</t>
+          <t>9786256182493</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Musk Mania</t>
+          <t>Alemdağ’da Var Bir Yılan</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057950307</t>
+          <t>9786256182509</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Uyku Çekmenin 101 Yolu (Ciltli)</t>
+          <t>Son Kuşlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>119</v>
+        <v>99</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058188945</t>
+          <t>9786256182516</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Beş Davet</t>
+          <t>Lüzumsuz Adam</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>119</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786056785139</t>
+          <t>9786256182486</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Liderlikte Etkili İletişimin Sırları</t>
+          <t>Mahalle Kahvesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>460</v>
+        <v>99</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057950314</t>
+          <t>9786256182523</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilikten Liderliğe</t>
+          <t>Semaver</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>140</v>
+        <v>99</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056785177</t>
+          <t>9786256182370</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayatta Felsefe Nasıl Kullanılır?</t>
+          <t>Komik Çıkartmalarım Prensler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>149</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786056785153</t>
+          <t>9786256182394</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Demokrasilerde Propaganda Oyunu</t>
+          <t>Komik Çıkartmalarım Peri Masalları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>149</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056785122</t>
+          <t>9786256182400</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Beyin Yalanları ve Gerçek Bilim</t>
+          <t>Komik Çıkartmalarım Hayvanlar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>230</v>
+        <v>149</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057950178</t>
+          <t>9786256182424</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Sesler</t>
+          <t>İçinizdeki Çocuğu İyileştirmek</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057950260</t>
+          <t>9786256182066</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Meçhul</t>
+          <t>Statü ve Kültür Toplumsal Statü Arzumuz Zevk, Kimlik, Sanat, Moda ve Sürekli Değişimi Nasıl Yaratır?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057950291</t>
+          <t>9786256182073</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Sosyopatın Öne Geçme Rehberi</t>
+          <t>50 Chefs 50 Legendary Recipes from Türkiye: 50 Original Recipes that 50 Chefs Want to Leave to the Future (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>459</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057950284</t>
+          <t>9786256415195</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kurtulabilirsin</t>
+          <t>Veri Biliminde Ustalaşmak</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056722172</t>
+          <t>9786257816397</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kaygına Aldanma</t>
+          <t>Çocuğunuza Kitap Okumanın Gücü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786058188983</t>
+          <t>9786057950208</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İkna Çağı</t>
+          <t>Gözümüz Neden Doymaz</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056722103</t>
+          <t>9786058188952</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Büyüme Korsanlığı Pazarlaması</t>
+          <t>Musk Mania</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056722189</t>
+          <t>9786057950307</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Yalanları ve Gerçek Bilim</t>
+          <t>İyi Bir Uyku Çekmenin 101 Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>119</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056785146</t>
+          <t>9786058188945</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sürüdışı Mantık</t>
+          <t>Beş Davet</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056510694</t>
+          <t>9786056785139</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerde Onur Mücadelesi</t>
+          <t>Liderlikte Etkili İletişimin Sırları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058188990</t>
+          <t>9786057950314</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kafanı Topla</t>
+          <t>Yöneticilikten Liderliğe</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056722110</t>
+          <t>9786056785177</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>21.Yüzyılda Liderlik</t>
+          <t>Gündelik Hayatta Felsefe Nasıl Kullanılır?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056722196</t>
+          <t>9786056785153</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Viral Pazarlama</t>
+          <t>Demokrasilerde Propaganda Oyunu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>119</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056510663</t>
+          <t>9786056785122</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Reklamsız Marka Yaratmak</t>
+          <t>Beyin Yalanları ve Gerçek Bilim</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056722158</t>
+          <t>9786057950178</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Beden: Zekanın Özü</t>
+          <t>İçimizdeki Sesler</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056722134</t>
+          <t>9786057950260</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ferrari'si Olmayanlar İçin Girişimcilik</t>
+          <t>İnsan Denen Meçhul</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>79</v>
+        <v>270</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056510601</t>
+          <t>9786057950291</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tüketici</t>
+          <t>İşyerinde Sosyopatın Öne Geçme Rehberi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>18.52</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056510618</t>
+          <t>9786057950284</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Reklamcılık</t>
+          <t>Kurtulabilirsin</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057950581</t>
+          <t>9786056722172</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İletişim</t>
+          <t>Kaygına Aldanma</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057950987</t>
+          <t>9786058188983</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bırakın Çocuklar Oyun Oynasın</t>
+          <t>İkna Çağı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>210</v>
+        <v>440</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257816113</t>
+          <t>9786056722103</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Anlam: Anlambilime Giriş</t>
+          <t>Büyüme Korsanlığı Pazarlaması</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>79</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257816243</t>
+          <t>9786056722189</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şansını Kendin Yarat</t>
+          <t>Beslenme Yalanları ve Gerçek Bilim</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>89</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057950895</t>
+          <t>9786056785146</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hitler’i Pazarlamak</t>
+          <t>Sürüdışı Mantık</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257816182</t>
+          <t>9786056510694</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Müşteriyi Yakalamak</t>
+          <t>İlişkilerde Onur Mücadelesi</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057950901</t>
+          <t>9786058188990</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hemen Şimdi Stresi Yenin</t>
+          <t>Kafanı Topla</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057950949</t>
+          <t>9786056722110</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Soru Kitabı</t>
+          <t>21.Yüzyılda Liderlik</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057950956</t>
+          <t>9786056722196</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Kurulu Sırları</t>
+          <t>Viral Pazarlama</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>119</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057950093</t>
+          <t>9786056510663</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dijital Reklamın Gizli Dünyası</t>
+          <t>Reklamsız Marka Yaratmak</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057950635</t>
+          <t>9786056722158</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Annene Bile Güvenemeyeceksen Kime Güveneceksin</t>
+          <t>Beden: Zekanın Özü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057950406</t>
+          <t>9786056722134</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Beynini S**me</t>
+          <t>Ferrari'si Olmayanlar İçin Girişimcilik</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>149</v>
+        <v>79</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057950086</t>
+          <t>9786056510601</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fark</t>
+          <t>Yeni Tüketici</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>190</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057950680</t>
+          <t>9786056510618</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>30 Günde MBA</t>
+          <t>Yeni Nesil Reklamcılık</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057950611</t>
+          <t>9786057950581</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sun Tzu ve İşletme Sanatı</t>
+          <t>Kurumsal İletişim</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057950000</t>
+          <t>9786057950987</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Lego Asla Sadece Lego Değildir</t>
+          <t>Bırakın Çocuklar Oyun Oynasın</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256182301</t>
+          <t>9786257816113</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Uçurumun Kıyısında</t>
+          <t>Anlam: Anlambilime Giriş</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256182271</t>
+          <t>9786257816243</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Normali</t>
+          <t>Şansını Kendin Yarat</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>349</v>
+        <v>89</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256182295</t>
+          <t>9786057950895</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Gibi Çalış</t>
+          <t>Hitler’i Pazarlamak</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>299</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256182288</t>
+          <t>9786257816182</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenen Genç</t>
+          <t>Müşteriyi Yakalamak</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>269</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256182264</t>
+          <t>9786057950901</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bakmak</t>
+          <t>Hemen Şimdi Stresi Yenin</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>289</v>
+        <v>170</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256182202</t>
+          <t>9786057950949</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gordon Ramsay ile Rota Dışı (Ciltli)</t>
+          <t>Soru Kitabı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>990</v>
+        <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256182257</t>
+          <t>9786057950956</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Aldons (Ciltli)</t>
+          <t>Yönetim Kurulu Sırları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>599</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256182219</t>
+          <t>9786057950093</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm</t>
+          <t>Dijital Reklamın Gizli Dünyası</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256611993</t>
+          <t>9786057950635</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Dans Eden Adamlar</t>
+          <t>Annene Bile Güvenemeyeceksen Kime Güveneceksin</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256182226</t>
+          <t>9786057950406</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>1979</t>
+          <t>Beynini S**me</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>330</v>
+        <v>149</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256182196</t>
+          <t>9786057950086</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Aklın ve Bilimin Işığında Prof. Dr. Engin Ataç</t>
+          <t>Dijital Fark</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256611825</t>
+          <t>9786057950680</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kuromi Boyama Kitabı</t>
+          <t>30 Günde MBA</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>89</v>
+        <v>170</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256611641</t>
+          <t>9786057950611</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamacının Dijital Reklamcılık Rehberi</t>
+          <t>Sun Tzu ve İşletme Sanatı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256415096</t>
+          <t>9786057950000</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Oyunu</t>
+          <t>Lego Asla Sadece Lego Değildir</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057950253</t>
+          <t>9786256182301</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Sosyoloji</t>
+          <t>Uçurumun Kıyısında</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>139</v>
+        <v>370</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057950666</t>
+          <t>9786256182271</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İyi Fikir Bulma Sanatı</t>
+          <t>Geleceğin Normali</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256182189</t>
+          <t>9786256182295</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İtibar Yönetimi (Ciltli)</t>
+          <t>Şampiyon Gibi Çalış</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256182127</t>
+          <t>9786256182288</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kriz İletişimi Yönetimi (Ciltli)</t>
+          <t>Kendine Güvenen Genç</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256611856</t>
+          <t>9786256182264</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Yaratıcı Çalışmanın Geleceği</t>
+          <t>Bakmak</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257816298</t>
+          <t>9786256182202</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Retorik Sanatı</t>
+          <t>Gordon Ramsay ile Rota Dışı (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>290</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256182172</t>
+          <t>9786256182257</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ ve Eğitimin Geleceği</t>
+          <t>Aldons (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>270</v>
+        <v>599</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256182165</t>
+          <t>9786256182219</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Veri</t>
+          <t>Minimalizm</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057950062</t>
+          <t>9786256611993</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tuz, Yağ, Asit, Isı (Ciltli)</t>
+          <t>Sherlock Holmes Dans Eden Adamlar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>650</v>
+        <v>229</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256182097</t>
+          <t>9786256182226</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Dik Temel Harflerle Artık Okuyorum</t>
+          <t>1979</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256182110</t>
+          <t>9786256182196</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Koçluk ve Mentörlük</t>
+          <t>Aklın ve Bilimin Işığında Prof. Dr. Engin Ataç</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256182103</t>
+          <t>9786256611825</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Marka Aşkı Güçlü Tüketici-Marka Bağları Oluşturma</t>
+          <t>Kuromi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>89</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256182080</t>
+          <t>9786256611641</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İyi İşler Uygulaması Harika Şirketler Herkesin İşine Nasıl Onur, Anlam ve Kazanç Katar (Ciltli)</t>
+          <t>Pazarlamacının Dijital Reklamcılık Rehberi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256182059</t>
+          <t>9786256415096</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kahve Sözlüğü A’dan Z’ye Kahve: Yetiştirme ve Kavurmadan Demleme ve Tadıma (Ciltli)</t>
+          <t>Cinayet Oyunu</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>499</v>
+        <v>230</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256182042</t>
+          <t>9786057950253</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mediha Hanım Ölmek İstiyor</t>
+          <t>Resimlerle Sosyoloji</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>170</v>
+        <v>139</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256182035</t>
+          <t>9786057950666</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kül Şehir</t>
+          <t>İyi Fikir Bulma Sanatı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>320</v>
+        <v>570</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256611917</t>
+          <t>9786256182189</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirmek Dilinizde</t>
+          <t>İtibar Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>310</v>
+        <v>510</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256611870</t>
+          <t>9786256182127</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>O Kız</t>
+          <t>Kriz İletişimi Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256611887</t>
+          <t>9786256611856</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ananas Sokağı</t>
+          <t>Yapay Zeka ve Yaratıcı Çalışmanın Geleceği</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256611863</t>
+          <t>9786257816298</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yeniliklerin Yayılması</t>
+          <t>Retorik Sanatı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>460</v>
+        <v>290</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257816908</t>
+          <t>9786256182172</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Basketbol (ve Diğer Şeyler)</t>
+          <t>Yapay Zekâ ve Eğitimin Geleceği</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257816236</t>
+          <t>9786256182165</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli ve Şiddetsiz İletişim</t>
+          <t>İnsan ve Veri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256611849</t>
+          <t>9786057950062</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Manş Adaları’ndaki Kız</t>
+          <t>Tuz, Yağ, Asit, Isı (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>330</v>
+        <v>850</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256611832</t>
+          <t>9786256182097</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Deklanşör</t>
+          <t>Dik Temel Harflerle Artık Okuyorum</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256611610</t>
+          <t>9786256182110</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Unutulan Tarihi, Tılsımları ve Efsaneleri</t>
+          <t>Koçluk ve Mentörlük</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>790</v>
+        <v>260</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257816816</t>
+          <t>9786256182103</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İşte Böyle Başlıyor</t>
+          <t>Marka Aşkı Güçlü Tüketici-Marka Bağları Oluşturma</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256611788</t>
+          <t>9786256182080</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Boyama 1</t>
+          <t>İyi İşler Uygulaması Harika Şirketler Herkesin İşine Nasıl Onur, Anlam ve Kazanç Katar (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>149</v>
+        <v>520</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256611818</t>
+          <t>9786256182059</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Parıltılı Renkler 1</t>
+          <t>Kahve Sözlüğü A’dan Z’ye Kahve: Yetiştirme ve Kavurmadan Demleme ve Tadıma (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>149</v>
+        <v>590</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256611795</t>
+          <t>9786256182042</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Renkler 1</t>
+          <t>Mediha Hanım Ölmek İstiyor</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>149</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257816175</t>
+          <t>9786256182035</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Veri ve Yapay Zekayla Dijital Dönüşüm</t>
+          <t>Kül Şehir</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256611672</t>
+          <t>9786256611917</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Gayrimenkul</t>
+          <t>Dünyayı Değiştirmek Dilinizde</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256611665</t>
+          <t>9786256611870</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Beni Yargıla-ma</t>
+          <t>O Kız</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256611689</t>
+          <t>9786256611887</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bir Nehir Gibi</t>
+          <t>Ananas Sokağı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256611108</t>
+          <t>9786256611863</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Marka Sağlığı – Markalar Nasıl Büyür Dünyası İçin Ölçüler ve Ölçütler</t>
+          <t>Yeniliklerin Yayılması</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257816519</t>
+          <t>9786257816908</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Ogilvy'ye Göre Reklamcılık</t>
+          <t>Basketbol (ve Diğer Şeyler)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786056859793</t>
+          <t>9786257816236</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kitabı</t>
+          <t>Bilinçli ve Şiddetsiz İletişim</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256611634</t>
+          <t>9786256611849</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz: Gece Uykusuzluğunun Yaratıcı Gücü</t>
+          <t>Manş Adaları’ndaki Kız</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256611627</t>
+          <t>9786256611832</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Altüst Edilen Tarih: Sosyal Medya ve İnternet Tarih Anlayışımızı Nasıl Etkiledi?</t>
+          <t>Deklanşör</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254437427</t>
+          <t>9786256611610</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuşlar Şehri</t>
+          <t>İstanbul’un Unutulan Tarihi, Tılsımları ve Efsaneleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>390</v>
+        <v>950</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256611603</t>
+          <t>9786257816816</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Cadı Kazanı</t>
+          <t>İşte Böyle Başlıyor</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256611481</t>
+          <t>9786256611788</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yağmurun Elli Adı</t>
+          <t>Mutlu Boyama 1</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>450</v>
+        <v>159</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256611467</t>
+          <t>9786256611818</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Dört Kayıp Şehir - Kentsel Çağın Gizli Tarihi</t>
+          <t>Parıltılı Renkler 1</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>400</v>
+        <v>159</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256611498</t>
+          <t>9786256611795</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Beni İçeri Al</t>
+          <t>Neşeli Renkler 1</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>430</v>
+        <v>159</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256611443</t>
+          <t>9786257816175</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Gıda ve Beslenme Herkesin Bilmesi Gereken Şeyler</t>
+          <t>Veri ve Yapay Zekayla Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256611184</t>
+          <t>9786256611672</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Keşfedilmemiş Megatrendler Diğerlerinin Kaçırdıklarını Görmek ve Geleceği Tahmin Etmek</t>
+          <t>Yeni Nesil Gayrimenkul</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>310</v>
+        <v>540</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256611450</t>
+          <t>9786256611665</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Fangbone! Korkunç Doğum Günü Partisi</t>
+          <t>Beni Yargıla-ma</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>149</v>
+        <v>440</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256611436</t>
+          <t>9786256611689</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yönetim Teorileri Profesyonel Hayatı Kolaylaştırma Rehberi</t>
+          <t>Bir Nehir Gibi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>470</v>
+        <v>480</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256611429</t>
+          <t>9786256611108</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ay’ın Ramazan’ı</t>
+          <t>Daha İyi Marka Sağlığı – Markalar Nasıl Büyür Dünyası İçin Ölçüler ve Ölçütler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>169</v>
+        <v>360</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256611269</t>
+          <t>9786257816519</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Üç Prens ve Sihirli Halı</t>
+          <t>Dijital Çağda Ogilvy'ye Göre Reklamcılık</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>149</v>
+        <v>480</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256611252</t>
+          <t>9786056859793</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı ve Cin</t>
+          <t>İletişim Kitabı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>149</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256611276</t>
+          <t>9786256611634</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ve Kırk Haramiler</t>
+          <t>Uykusuz: Gece Uykusuzluğunun Yaratıcı Gücü</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>149</v>
+        <v>480</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256611283</t>
+          <t>9786256611627</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası</t>
+          <t>Altüst Edilen Tarih: Sosyal Medya ve İnternet Tarih Anlayışımızı Nasıl Etkiledi?</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>149</v>
+        <v>390</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256611290</t>
+          <t>9786254437427</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tüccar ve Cin</t>
+          <t>Unutulmuşlar Şehri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>149</v>
+        <v>470</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256611306</t>
+          <t>9786256611603</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Gülnar</t>
+          <t>Cadı Kazanı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>149</v>
+        <v>320</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256611238</t>
+          <t>9786256611481</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk Projeleri</t>
+          <t>Yağmurun Elli Adı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>390</v>
+        <v>540</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256611221</t>
+          <t>9786256611467</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kazaları – Duyduklarımızı, Gördüklerimizi ve Okuduklarımızı Neden Yanlış Anlarız?</t>
+          <t>Dört Kayıp Şehir - Kentsel Çağın Gizli Tarihi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256611214</t>
+          <t>9786256611498</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kelimeler – İstediğinizi Elde Etmek İçin Ne Söylemelisiniz?</t>
+          <t>Beni İçeri Al</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256611245</t>
+          <t>9786256611443</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yaşam İçin Yemek – İyi Yemenin Yeni Bilimi</t>
+          <t>Gıda ve Beslenme Herkesin Bilmesi Gereken Şeyler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256611160</t>
+          <t>9786256611184</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tom Lake</t>
+          <t>Keşfedilmemiş Megatrendler Diğerlerinin Kaçırdıklarını Görmek ve Geleceği Tahmin Etmek</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256611191</t>
+          <t>9786256611450</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hardwired: Sağlıklı Olma İçgüdülerimiz Bizi Nasıl Hasta Ediyor?</t>
+          <t>Fangbone! Korkunç Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>149</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256611177</t>
+          <t>9786256611436</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Etki Yaratmak: Sosyal Medya “Influencer”ları Dijital Geleceğimizi Nasıl Etkiliyor?</t>
+          <t>Büyük Yönetim Teorileri Profesyonel Hayatı Kolaylaştırma Rehberi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>430</v>
+        <v>560</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256611207</t>
+          <t>9786256611429</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler 5.0 Yapay Zeka, Sanal Gerçeklik Ve Robotlar Duygusal Hayatlarımızı Nasıl Yeniden Şekillendirecek?</t>
+          <t>Ay’ın Ramazan’ı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>480</v>
+        <v>169</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256611054</t>
+          <t>9786256611269</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Amaca Yönelik Empati: Kişisel ve Sosyal Değişim İçin Gizli Süper Gücümüze Dokunmak</t>
+          <t>Üç Prens ve Sihirli Halı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>430</v>
+        <v>170</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256415690</t>
+          <t>9786256611252</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Yüzüncü Yılında Gıda Sanayisinin 99 Yılı</t>
+          <t>Balıkçı ve Cin</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256611092</t>
+          <t>9786256611276</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Karlılık, Verimlilik ve Sürdürülebilirlik – Örgütsel Davranışın Bütünsel Dönüşümü</t>
+          <t>Ali Baba ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256611078</t>
+          <t>9786256611283</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Tapınak</t>
+          <t>Alaaddin'in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256611061</t>
+          <t>9786256611290</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Evrimsel Fikirler: Yarının Sorunlarını Çözmek İçin Geçmiş Buluşlardan Faydalanmak</t>
+          <t>Tüccar ve Cin</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256611016</t>
+          <t>9786256611306</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kanıta Dayalı Yönetim - Daha İyi Kurumsal Kararlar Almak için Kanıtlar Nasıl Kullanılır?</t>
+          <t>Denizkızı Gülnar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>430</v>
+        <v>170</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256415706</t>
+          <t>9786256611238</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Tom Peters’ın Kısa Mükemmellik Rehberi</t>
+          <t>Kurumsal Sosyal Sorumluluk Projeleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256415676</t>
+          <t>9786256611221</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Zirve Yolunda Ekip Çalışması Kitabı</t>
+          <t>İletişim Kazaları – Duyduklarımızı, Gördüklerimizi ve Okuduklarımızı Neden Yanlış Anlarız?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256611023</t>
+          <t>9786256611214</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Anne</t>
+          <t>Sihirli Kelimeler – İstediğinizi Elde Etmek İçin Ne Söylemelisiniz?</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256611009</t>
+          <t>9786256611245</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kavram Odaklı Sosyoloji</t>
+          <t>Yaşam İçin Yemek – İyi Yemenin Yeni Bilimi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256415393</t>
+          <t>9786256611160</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İnsan Uygarlığının Kısa Tarihi: Ekonomik ve Siyasal Kurumların Dünü ve Yarını</t>
+          <t>Tom Lake</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256415928</t>
+          <t>9786256611191</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İnfaz Listesi</t>
+          <t>Hardwired: Sağlıklı Olma İçgüdülerimiz Bizi Nasıl Hasta Ediyor?</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256415942</t>
+          <t>9786256611177</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Rıhtım</t>
+          <t>Dijital Dünyada Etki Yaratmak: Sosyal Medya “Influencer”ları Dijital Geleceğimizi Nasıl Etkiliyor?</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>390</v>
+        <v>510</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256415935</t>
+          <t>9786256611207</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Çağı Britanyası’nda Büyünün Çöküşü</t>
+          <t>İlişkiler 5.0 Yapay Zeka, Sanal Gerçeklik Ve Robotlar Duygusal Hayatlarımızı Nasıl Yeniden Şekillendirecek?</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>400</v>
+        <v>570</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256415959</t>
+          <t>9786256611054</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Katastrof!: İyi İnsanların Kötü Durumları Neden Daha da Kötüleştirdiğini Psikoloji Nasıl Açıklar?</t>
+          <t>Amaca Yönelik Empati: Kişisel ve Sosyal Değişim İçin Gizli Süper Gücümüze Dokunmak</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>390</v>
+        <v>510</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256415911</t>
+          <t>9786256415690</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>50 Şef 50 Efsane Tarif: 50 Şefin Geleceğe Bırakmak İstediği 50 Orijinal Tarif</t>
+          <t>Cumhuriyet’in Yüzüncü Yılında Gıda Sanayisinin 99 Yılı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>410</v>
+        <v>400</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256415751</t>
+          <t>9786256611092</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İki Yanılsamanın Sonu: Batı'dan sonra İslam</t>
+          <t>Karlılık, Verimlilik ve Sürdürülebilirlik – Örgütsel Davranışın Bütünsel Dönüşümü</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256415775</t>
+          <t>9786256611078</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Soframızdaki Hurafeler</t>
+          <t>Tapınak</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256415669</t>
+          <t>9786256611061</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yetenek</t>
+          <t>Evrimsel Fikirler: Yarının Sorunlarını Çözmek İçin Geçmiş Buluşlardan Faydalanmak</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256415768</t>
+          <t>9786256611016</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Gibi Nasıl Yaşarız?</t>
+          <t>Kanıta Dayalı Yönetim - Daha İyi Kurumsal Kararlar Almak için Kanıtlar Nasıl Kullanılır?</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>320</v>
+        <v>510</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256415737</t>
+          <t>9786256415706</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Fangbone! 2 - Bahtsız Yumurta</t>
+          <t>Tom Peters’ın Kısa Mükemmellik Rehberi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>149</v>
+        <v>380</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256415744</t>
+          <t>9786256415676</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Uyum - İnsanları Okumanın Dört Yolu</t>
+          <t>Zirve Yolunda Ekip Çalışması Kitabı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256415621</t>
+          <t>9786256611023</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Koleksiyoncusu</t>
+          <t>Anne</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256415652</t>
+          <t>9786256611009</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Aldonlar Bir Atlantik Geçiş Öyküsü</t>
+          <t>Kavram Odaklı Sosyoloji</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>585</v>
+        <v>230</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256415645</t>
+          <t>9786256415393</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Fangbone! Üçüncü Sınıf Barbar</t>
+          <t>İnsan Uygarlığının Kısa Tarihi: Ekonomik ve Siyasal Kurumların Dünü ve Yarını</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>179</v>
+        <v>280</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256415614</t>
+          <t>9786256415928</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Ölçmek Batı Avrupa’da Nicelleştirme</t>
+          <t>İnfaz Listesi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256415638</t>
+          <t>9786256415942</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Daha İyi Yönetici Olunur?</t>
+          <t>Rıhtım</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>230</v>
+        <v>470</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256415430</t>
+          <t>9786256415935</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Rehberi</t>
+          <t>Aydınlanma Çağı Britanyası’nda Büyünün Çöküşü</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256415423</t>
+          <t>9786256415959</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Müzik Gezegeni</t>
+          <t>Katastrof!: İyi İnsanların Kötü Durumları Neden Daha da Kötüleştirdiğini Psikoloji Nasıl Açıklar?</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>139</v>
+        <v>470</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256415416</t>
+          <t>9786256415911</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Video Pazarlaması, Markaların Büyümesi için Video Kampanyaları Nasıl Oluşturulur?</t>
+          <t>50 Şef 50 Efsane Tarif: 50 Şefin Geleceğe Bırakmak İstediği 50 Orijinal Tarif</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>280</v>
+        <v>490</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256415409</t>
+          <t>9786256415751</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Uyurken</t>
+          <t>İki Yanılsamanın Sonu: Batı'dan sonra İslam</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>199</v>
+        <v>310</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256415256</t>
+          <t>9786256415775</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Cennet Topraklar</t>
+          <t>Soframızdaki Hurafeler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256415171</t>
+          <t>9786256415669</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yürümenin 52 Yolu</t>
+          <t>Dijital Yetenek</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256415218</t>
+          <t>9786256415768</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hibrit İnsanlar</t>
+          <t>Küçük Prens Gibi Nasıl Yaşarız?</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256415201</t>
+          <t>9786256415737</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İK Etkisi</t>
+          <t>Fangbone! 2 - Bahtsız Yumurta</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>220</v>
+        <v>149</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786058188938</t>
+          <t>9786256415744</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dilde Akıcılık Nasıl Kazanılır?</t>
+          <t>Uyum - İnsanları Okumanın Dört Yolu</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>160</v>
+        <v>470</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256415119</t>
+          <t>9786256415621</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Alarm</t>
+          <t>Hikaye Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256415126</t>
+          <t>9786256415652</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Wikipedia’ya İnanmalı mıyız?</t>
+          <t>Aldonlar Bir Atlantik Geçiş Öyküsü</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>220</v>
+        <v>585</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256415102</t>
+          <t>9786256415645</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Online Flört Online Romantizm</t>
+          <t>Fangbone! Üçüncü Sınıf Barbar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>170</v>
+        <v>179</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256415027</t>
+          <t>9786256415614</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Doğru Çeviklik Kılavuzu</t>
+          <t>Gerçeği Ölçmek Batı Avrupa’da Nicelleştirme</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256415010</t>
+          <t>9786256415638</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>En İyi Benlik</t>
+          <t>Nasıl Daha İyi Yönetici Olunur?</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256415034</t>
+          <t>9786256415430</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Utanç Gerekli mi?</t>
+          <t>Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256415003</t>
+          <t>9786256415423</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Başarı Kitabı</t>
+          <t>Kayıp Müzik Gezegeni</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>170</v>
+        <v>139</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257816724</t>
+          <t>9786256415416</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tavşanlar</t>
+          <t>Video Pazarlaması, Markaların Büyümesi için Video Kampanyaları Nasıl Oluşturulur?</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257816991</t>
+          <t>9786256415409</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Emin Bir Şekilde Kodlama</t>
+          <t>Yargıç Uyurken</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>260</v>
+        <v>199</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057950628</t>
+          <t>9786256415256</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Evre</t>
+          <t>Cennet Topraklar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257816984</t>
+          <t>9786256415171</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>PR Teknoloji, Veri ve İçgörüler</t>
+          <t>Yürümenin 52 Yolu</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257816502</t>
+          <t>9786256415218</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Gece Nöbeti</t>
+          <t>Hibrit İnsanlar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257816939</t>
+          <t>9786256415201</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Konumlandırma</t>
+          <t>İK Etkisi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257816922</t>
+          <t>9786058188938</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Harvard'ın Ötesinde</t>
+          <t>Yabancı Dilde Akıcılık Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257816915</t>
+          <t>9786256415119</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bukalemunlar</t>
+          <t>Yanlış Alarm</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257816861</t>
+          <t>9786256415126</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Wikipedia’ya İnanmalı mıyız?</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>89</v>
+        <v>270</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257816885</t>
+          <t>9786256415102</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Online Flört Online Romantizm</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>89</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257816847</t>
+          <t>9786256415027</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Doğru Çeviklik Kılavuzu</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>89</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257816878</t>
+          <t>9786256415010</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>En İyi Benlik</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>89</v>
+        <v>300</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257816854</t>
+          <t>9786256415034</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Utanç Gerekli mi?</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>89</v>
+        <v>240</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257816892</t>
+          <t>9786256415003</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Siyaset Pazarlaması</t>
+          <t>Başarı Kitabı</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257816830</t>
+          <t>9786257816724</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Düşünme Kitabı</t>
+          <t>Tavşanlar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257816823</t>
+          <t>9786257816991</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Beden İzcisi</t>
+          <t>Kendinden Emin Bir Şekilde Kodlama</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257816793</t>
+          <t>9786057950628</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Üzerine</t>
+          <t>Altıncı Evre</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257816786</t>
+          <t>9786257816984</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Paradoksu</t>
+          <t>PR Teknoloji, Veri ve İçgörüler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257816717</t>
+          <t>9786257816502</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Reklam Teorileri 2</t>
+          <t>Gece Nöbeti</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257816687</t>
+          <t>9786257816939</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bırakın Çalışanlarım Sörf Yapsın</t>
+          <t>21. Yüzyılda Konumlandırma</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257816694</t>
+          <t>9786257816922</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Orta Yaş Krizi - Felsefi Bir Rehber</t>
+          <t>Harvard'ın Ötesinde</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257816632</t>
+          <t>9786257816915</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşı</t>
+          <t>Yeni Bukalemunlar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257816649</t>
+          <t>9786257816861</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Görüş Zorbalığı ve Linç Kültürü</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>240</v>
+        <v>129</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257816700</t>
+          <t>9786257816885</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonu</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>390</v>
+        <v>129</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257816410</t>
+          <t>9786257816847</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Texas Rapsodisi</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>220</v>
+        <v>119</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257816557</t>
+          <t>9786257816878</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sevgisiz Dünyaya Karşı</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>220</v>
+        <v>149</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257816533</t>
+          <t>9786257816854</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Start-up'lar, Pivot'lar ve Pop-up'lar</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>190</v>
+        <v>119</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257816564</t>
+          <t>9786257816892</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud</t>
+          <t>Postmodern Siyaset Pazarlaması</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257816588</t>
+          <t>9786257816830</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Organizasyon Kültürü ve Liderlik</t>
+          <t>Aşırı Düşünme Kitabı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257816540</t>
+          <t>9786257816823</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Şekillendirmek</t>
+          <t>Beden İzcisi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257816489</t>
+          <t>9786257816793</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Pazarlama Yorumları</t>
+          <t>Hayvanlar Üzerine</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257816496</t>
+          <t>9786257816786</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ölüm İlanı 2: Kader</t>
+          <t>Mutluluk Paradoksu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257816434</t>
+          <t>9786257816717</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde SPSS’le Veri Analizi</t>
+          <t>Reklam Teorileri 2</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257816403</t>
+          <t>9786257816687</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Semtin Çocukları</t>
+          <t>Bırakın Çalışanlarım Sörf Yapsın</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>129</v>
+        <v>460</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257816380</t>
+          <t>9786257816694</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Adaletin İktidarla Mücadelesi: İnsan Hakları</t>
+          <t>Orta Yaş Krizi - Felsefi Bir Rehber</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257816366</t>
+          <t>9786257816632</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyunlar ve İnteraktif Anlatı</t>
+          <t>Ev Arkadaşı</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257816359</t>
+          <t>9786257816649</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kepçeyle Bilgi Çorbası</t>
+          <t>Görüş Zorbalığı ve Linç Kültürü</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257816328</t>
+          <t>9786257816700</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’ten Nietzsche’ye: İyi Yaşamın Anlamı</t>
+          <t>Yolun Sonu</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>340</v>
+        <v>470</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257816304</t>
+          <t>9786257816410</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bilim Devrimcileri</t>
+          <t>Texas Rapsodisi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257816274</t>
+          <t>9786257816557</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>80 Trenle Dünya Turu</t>
+          <t>Sevgisiz Dünyaya Karşı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257816281</t>
+          <t>9786257816533</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Özgür Olduklarını Sanıyorlardı</t>
+          <t>Start-up'lar, Pivot'lar ve Pop-up'lar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257816267</t>
+          <t>9786257816564</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Sütliman</t>
+          <t>Sigmund Freud</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257816250</t>
+          <t>9786257816588</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Faşist Olmadan Yaşamak</t>
+          <t>Organizasyon Kültürü ve Liderlik</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>99</v>
+        <v>260</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257816199</t>
+          <t>9786257816540</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Caste - Toplumda Kast Sistemi</t>
+          <t>Geleceği Şekillendirmek</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257816229</t>
+          <t>9786257816489</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama - Yeni Pazarlama, Geleceğin Pazarlaması</t>
+          <t>Postmodern Pazarlama Yorumları</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>1900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057950970</t>
+          <t>9786257816496</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kitabı</t>
+          <t>Ölüm İlanı 2: Kader</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257816205</t>
+          <t>9786257816434</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tohumları</t>
+          <t>Sosyal Bilimlerde SPSS’le Veri Analizi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257816212</t>
+          <t>9786257816403</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bızz’ın Anatomisi</t>
+          <t>Semtin Çocukları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>190</v>
+        <v>129</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257816083</t>
+          <t>9786257816380</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Para Devrimi</t>
+          <t>Adaletin İktidarla Mücadelesi: İnsan Hakları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257816137</t>
+          <t>9786257816366</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İşlenmiş Gıda Yanılgısı</t>
+          <t>Dijital Oyunlar ve İnteraktif Anlatı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>270</v>
+        <v>470</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057950994</t>
+          <t>9786257816359</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yüze</t>
+          <t>Kepçeyle Bilgi Çorbası</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257816106</t>
+          <t>9786257816328</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Algoritmalarla Yaşamak</t>
+          <t>Sokrates’ten Nietzsche’ye: İyi Yaşamın Anlamı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257816120</t>
+          <t>9786257816304</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltını Ayartmak</t>
+          <t>Bilim Devrimcileri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257816090</t>
+          <t>9786257816274</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Para Arasında Ana Baba Olmak</t>
+          <t>80 Trenle Dünya Turu</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057950925</t>
+          <t>9786257816281</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Harcamak</t>
+          <t>Özgür Olduklarını Sanıyorlardı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057950963</t>
+          <t>9786257816267</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Yapay Zeka Kullanımı</t>
+          <t>Her Şey Sütliman</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057950932</t>
+          <t>9786257816250</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanelerin Bilinmeyen Dünyası</t>
+          <t>Faşist Olmadan Yaşamak</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>200</v>
+        <v>129</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057950888</t>
+          <t>9786257816199</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası Çağda Edebiyat Eseri</t>
+          <t>Caste - Toplumda Kast Sistemi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057950918</t>
+          <t>9786257816229</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyamızı Altüst Eden Dijital Trendler</t>
+          <t>Pazarlama - Yeni Pazarlama, Geleceğin Pazarlaması</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>139</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057950598</t>
+          <t>9786057950970</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Podcast Yayıncılığı ve Pazarlama</t>
+          <t>Değişim Kitabı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057950673</t>
+          <t>9786257816205</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sövünce Güzel</t>
+          <t>Bilim Tohumları</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057950659</t>
+          <t>9786257816212</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Anneleri Anlayan Marka Olmak</t>
+          <t>Bızz’ın Anatomisi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057950482</t>
+          <t>9786257816083</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Mutlu Çocukları</t>
+          <t>Para Devrimi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057950574</t>
+          <t>9786257816137</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>E-CRM Elektronik Ortamda Müşteri İlişkileri Yönetimi</t>
+          <t>İşlenmiş Gıda Yanılgısı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057950413</t>
+          <t>9786057950994</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Diyeti</t>
+          <t>Yüz Yüze</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057950444</t>
+          <t>9786257816106</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Pazarlamayı Anlamak</t>
+          <t>Algoritmalarla Yaşamak</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057950338</t>
+          <t>9786257816120</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yağcılıkta 52 Yıl</t>
+          <t>Bilinçaltını Ayartmak</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057950345</t>
+          <t>9786257816090</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Arayışı</t>
+          <t>Sevgi ve Para Arasında Ana Baba Olmak</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057950321</t>
+          <t>9786057950925</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Süt Almaya Çıktım Ama Eve Bir Bisikletle Döndüm</t>
+          <t>Zamanı Harcamak</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057950239</t>
+          <t>9786057950963</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Karar Kitabı</t>
+          <t>Pazarlamada Yapay Zeka Kullanımı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057950192</t>
+          <t>9786057950932</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Arzuyu Sezmek</t>
+          <t>Kütüphanelerin Bilinmeyen Dünyası</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057950109</t>
+          <t>9786057950888</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Diktatörlüğü</t>
+          <t>Hakikat Sonrası Çağda Edebiyat Eseri</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057950161</t>
+          <t>9786057950918</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>İnsanlarda ve Hayvanlarda Baskınlık ve Saldırganlık</t>
+          <t>İş Dünyamızı Altüst Eden Dijital Trendler</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057950116</t>
+          <t>9786057950598</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Anti Kanser Yaşam Biçimi</t>
+          <t>Podcast Yayıncılığı ve Pazarlama</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786056859700</t>
+          <t>9786057950673</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Görme Biçimi Olarak Fotoğraf (Ciltli)</t>
+          <t>Hayat Sövünce Güzel</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>490</v>
+        <v>160</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786056859717</t>
+          <t>9786057950659</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası Üzerine On Üç Teori</t>
+          <t>Anneleri Anlayan Marka Olmak</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786056859786</t>
+          <t>9786057950482</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Performansın Sınırlarında</t>
+          <t>Dünyanın En Mutlu Çocukları</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786058188976</t>
+          <t>9786057950574</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrimi Sahnelemek (Ciltli)</t>
+          <t>E-CRM Elektronik Ortamda Müşteri İlişkileri Yönetimi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786058188969</t>
+          <t>9786057950413</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Olabilirsiniz</t>
+          <t>Güzellik Diyeti</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786058188921</t>
+          <t>9786057950444</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Tüketilen Nostalji</t>
+          <t>Postmodern Pazarlamayı Anlamak</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786056785160</t>
+          <t>9786057950338</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Hit Makers</t>
+          <t>Yağcılıkta 52 Yıl</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786056785115</t>
+          <t>9786057950345</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Reklam Teorileri</t>
+          <t>Mutluluk Arayışı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786056785108</t>
+          <t>9786057950321</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İş Satma Sanatı: Gizli Gündem</t>
+          <t>Süt Almaya Çıktım Ama Eve Bir Bisikletle Döndüm</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786056722165</t>
+          <t>9786057950239</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Tacirleri</t>
+          <t>Karar Kitabı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786056510632</t>
+          <t>9786057950192</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Pazarlama</t>
+          <t>Arzuyu Sezmek</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786056510670</t>
+          <t>9786057950109</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Markalar Nasıl Büyür? - 2</t>
+          <t>Sayıların Diktatörlüğü</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786056510649</t>
+          <t>9786057950161</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Markalar Nasıl Büyür?</t>
+          <t>İnsanlarda ve Hayvanlarda Baskınlık ve Saldırganlık</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
+          <t>9786057950116</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Anti Kanser Yaşam Biçimi</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786056859700</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Görme Biçimi Olarak Fotoğraf (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786056859717</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Doğası Üzerine On Üç Teori</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786056859786</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Performansın Sınırlarında</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786058188976</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Bir Devrimi Sahnelemek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786058188969</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Yaratıcı Olabilirsiniz</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786058188921</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Tüketilen Nostalji</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786056785160</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Hit Makers</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786056785115</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Reklam Teorileri</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786056785108</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>İş Satma Sanatı: Gizli Gündem</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786056722165</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Tacirleri</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786056510632</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Pazarlama</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786056510670</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Markalar Nasıl Büyür? - 2</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786056510649</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Markalar Nasıl Büyür?</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
           <t>9786056510878</t>
         </is>
       </c>
-      <c r="B329" s="1" t="inlineStr">
+      <c r="B343" s="1" t="inlineStr">
         <is>
           <t>Dürüstlük Çağı</t>
         </is>
       </c>
-      <c r="C329" s="1">
+      <c r="C343" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>