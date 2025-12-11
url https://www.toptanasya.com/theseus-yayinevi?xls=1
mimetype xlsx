--- v0 (2025-10-18)
+++ v1 (2025-12-11)
@@ -85,145 +85,280 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259641751</t>
+          <t>9786259263144</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>O Kadın</t>
+          <t>Kabuğumda Başlangıç Kırılmalar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>249</v>
+        <v>389</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259641720</t>
+          <t>9786259263137</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Balkanlardan Gelen Çocuk</t>
+          <t>Distopik Bir Dünya Masalı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>219</v>
+        <v>429</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259641713</t>
+          <t>9786057051059</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>2063’te Sekiz Ay</t>
+          <t>Bukalemun - Ateş</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>239</v>
+        <v>534</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259641706</t>
+          <t>9786259263106</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Almanya’ya Bir Kalbin Yolculuğu</t>
+          <t>Gölgeden Kalan İzler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>309</v>
+        <v>229</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259554839</t>
+          <t>9786259641799</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ecel</t>
+          <t>Mandıra</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>219</v>
+        <v>196</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259554822</t>
+          <t>9786259641768</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Arkadaşım</t>
+          <t>Adli Tıp Dosyaları – Kırmızı Ritüel</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
+          <t>9786259641737</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Dünya</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786259263113</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Hiç Kadın</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786259641744</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>2034 Büyük Göç</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786259641751</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>O Kadın</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786259641720</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlardan Gelen Çocuk</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786259641713</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>2063’te Sekiz Ay</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786259641706</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’den Almanya’ya Bir Kalbin Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786259554839</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Ecel</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786259554822</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
           <t>9786259554846</t>
         </is>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Üç Mühür Efsanesi 1 - Zatrya'nın Kalbi</t>
         </is>
       </c>
-      <c r="C8" s="1">
+      <c r="C17" s="1">
         <v>196</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>