--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -85,280 +85,1495 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259263144</t>
+          <t>9786259263168</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kabuğumda Başlangıç Kırılmalar</t>
+          <t>Ben Bu Dünyaya Ait Değilim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>389</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259263137</t>
+          <t>9786259316123</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Distopik Bir Dünya Masalı</t>
+          <t>Direksiyonu Kalbe Kırdım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>429</v>
+        <v>399</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057051059</t>
+          <t>9786259263175</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun - Ateş</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>534</v>
+        <v>249</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259263106</t>
+          <t>9786259263144</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gölgeden Kalan İzler</t>
+          <t>Kabuğumda Başlangıç Kırılmalar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>229</v>
+        <v>389</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259641799</t>
+          <t>9786259263137</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mandıra</t>
+          <t>Distopik Bir Dünya Masalı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>196</v>
+        <v>429</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259641768</t>
+          <t>9786259263106</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Adli Tıp Dosyaları – Kırmızı Ritüel</t>
+          <t>Gölgeden Kalan İzler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>349</v>
+        <v>229</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259641737</t>
+          <t>9786259641799</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kadim Dünya</t>
+          <t>Mandıra</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>519</v>
+        <v>196</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259263113</t>
+          <t>9786259641768</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kadın</t>
+          <t>Adli Tıp Dosyaları – Kırmızı Ritüel</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>319</v>
+        <v>349</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259641744</t>
+          <t>9786259641737</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>2034 Büyük Göç</t>
+          <t>Kadim Dünya</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>319</v>
+        <v>519</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259641751</t>
+          <t>9786259263113</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>O Kadın</t>
+          <t>Hiç Kadın</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>249</v>
+        <v>319</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259641720</t>
+          <t>9786259641744</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Balkanlardan Gelen Çocuk</t>
+          <t>2034 Büyük Göç</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>219</v>
+        <v>319</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259641713</t>
+          <t>9786259641751</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>2063’te Sekiz Ay</t>
+          <t>O Kadın</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259641706</t>
+          <t>9786259641720</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Almanya’ya Bir Kalbin Yolculuğu</t>
+          <t>Balkanlardan Gelen Çocuk</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>309</v>
+        <v>219</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259554839</t>
+          <t>9786259641713</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ecel</t>
+          <t>2063’te Sekiz Ay</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>219</v>
+        <v>239</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259554822</t>
+          <t>9786259641706</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Arkadaşım</t>
+          <t>Türkiye’den Almanya’ya Bir Kalbin Yolculuğu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>249</v>
+        <v>309</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
+          <t>9786259554839</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Ecel</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786259554822</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
           <t>9786259554846</t>
         </is>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Üç Mühür Efsanesi 1 - Zatrya'nın Kalbi</t>
         </is>
       </c>
-      <c r="C17" s="1">
+      <c r="C19" s="1">
         <v>196</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786259554891</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Verev Ropdöşambr İle Yarım Röveşata</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786259554853</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Polisi 4: Zamanı Geldi</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786259554877</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>İsimsizler</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786259554884</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Kalp</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786259554808</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Sarmal</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786259554860</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Annemin Anuşaburu Ve Denize Çıkan Sokaklar</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786259554815</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Yetimhane Mühendisi</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786259937793</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Görece</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786259937779</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Tahterevalli Canavarı</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786259937762</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Sarmal</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786259937786</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Deler Geçer</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786259937755</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Glendor</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786259937748</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Kocanın Kocası</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786259937700</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Polisi 3: Zaman Kazanmak</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786259937731</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Sarmal</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786259937717</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bir Damla Gözyaşı</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786259937724</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Susta</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786057083746</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Melek ve Ejderha</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786057191274</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Boğazda Korku</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786057191267</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Ne Köşedeyim Ne Kıyıda</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786057083753</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>İnsanlar Kötüydü Çocukluğuma Sığındım</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786057191298</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Annemin Yeleği</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786057191281</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Gözü Gördür</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786057191250</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Bir Düzine Kaşif</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786057191229</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Üç Suikastçı</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786057191243</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Ortaklık Yolu</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786057191236</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Maymun Çocuk</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789758474066</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Değiştirir</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786057139689</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Aşk İçin</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786057191212</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Leonardo</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786057191205</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Polisi 2: Zor Zamanlar</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786057139696</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Serendipiti</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786057139672</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Genç Kan</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786057139665</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Suikast Treni</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786057139658</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Anka 5. Kitap</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786057139641</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Miras</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786057139634</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Ölümsüzlüğün Anahtarı</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786057139610</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>365 Gün Daha</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786057139627</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Arada Bir Yerde</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786057139603</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Bilme Cesareti</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786057083777</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuzluk Hükümdarlıkları</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786057083760</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadın Gibi Bırak</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786057083784</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Polisi 1: Hapis Günleri</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786057083791</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Üzüldüğümüz Her Şey Gerçek Değildir</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786057083722</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Tilki</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786057051066</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Lupin</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786057051080</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Çiftliği</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786057083708</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>365 Gün: Bugün</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786057083739</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Arthur ile Zamanın İzinde - Evrenin Merkezine Doğru Bir Yolculuk</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786057083715</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Anka (4. Kitap)</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786057051097</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>1984</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786057489296</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Harikalar Çıkmazı: Alis</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786057489272</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Zugzwang</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786057051073</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Kır Çiçeği</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786050680003</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Zamanda Yolculuk</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786057051035</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Abraham - Geçmiş Değişir</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786050680065</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bukalemun - Çakal Avı</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786050680058</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Sina - Ebediyet</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786050680072</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Sina - Çatışma</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786050680096</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Kent</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786057489227</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>365 Gün</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786057051059</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Bukalemun - Ateş</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786057051042</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Anka 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786057489203</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Bukalemun - Alaz</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786057489210</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Anka 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786057051028</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Canavar</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786057489289</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Hasat - Katil Doğan</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786057051004</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Axomghot - Ara Devir</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786057051011</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Son Reset</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786057489234</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Daha İyi Bir Sen Olabilirim</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786050680034</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>VIP 08</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786050680027</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Anatolien Günceleri</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786050680010</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Kalbi</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786050680089</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Bukalemun - Yamandağlı</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786050680041</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Sina - İsyan</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786057489265</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Anka 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786057489241</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Bukalemun - Yaman</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786057489258</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Asla Ders Almayacaklar</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786259263151</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Turing Kapanı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>459</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>