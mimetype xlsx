--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -85,1495 +85,1570 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259263168</t>
+          <t>9786259263182</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Dünyaya Ait Değilim</t>
+          <t>Beş Diyar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>249</v>
+        <v>596</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259316123</t>
+          <t>9786259316130</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Direksiyonu Kalbe Kırdım</t>
+          <t>Karanlıktaki Nefesim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>399</v>
+        <v>396</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259263175</t>
+          <t>9786259316109</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259263144</t>
+          <t>9786259316116</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kabuğumda Başlangıç Kırılmalar</t>
+          <t>Solanlar – Nara’nın Kalbi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>389</v>
+        <v>199</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259263137</t>
+          <t>9786259263199</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Distopik Bir Dünya Masalı</t>
+          <t>Viator’un Güncesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>429</v>
+        <v>396</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259263106</t>
+          <t>9786259263168</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gölgeden Kalan İzler</t>
+          <t>Ben Bu Dünyaya Ait Değilim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>229</v>
+        <v>249</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259641799</t>
+          <t>9786259316123</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mandıra</t>
+          <t>Direksiyonu Kalbe Kırdım</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>196</v>
+        <v>399</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259641768</t>
+          <t>9786259263175</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Adli Tıp Dosyaları – Kırmızı Ritüel</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259641737</t>
+          <t>9786259263144</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kadim Dünya</t>
+          <t>Kabuğumda Başlangıç Kırılmalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>519</v>
+        <v>389</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259263113</t>
+          <t>9786259263137</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kadın</t>
+          <t>Distopik Bir Dünya Masalı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>319</v>
+        <v>429</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259641744</t>
+          <t>9786259263106</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>2034 Büyük Göç</t>
+          <t>Gölgeden Kalan İzler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>319</v>
+        <v>229</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259641751</t>
+          <t>9786259641799</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>O Kadın</t>
+          <t>Mandıra</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>249</v>
+        <v>196</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259641720</t>
+          <t>9786259641768</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Balkanlardan Gelen Çocuk</t>
+          <t>Adli Tıp Dosyaları – Kırmızı Ritüel</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>219</v>
+        <v>349</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259641713</t>
+          <t>9786259641737</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2063’te Sekiz Ay</t>
+          <t>Kadim Dünya</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>239</v>
+        <v>519</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259641706</t>
+          <t>9786259263113</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Almanya’ya Bir Kalbin Yolculuğu</t>
+          <t>Hiç Kadın</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>309</v>
+        <v>319</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259554839</t>
+          <t>9786259641744</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ecel</t>
+          <t>2034 Büyük Göç</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>219</v>
+        <v>319</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259554822</t>
+          <t>9786259641751</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Arkadaşım</t>
+          <t>O Kadın</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259554846</t>
+          <t>9786259641720</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Üç Mühür Efsanesi 1 - Zatrya'nın Kalbi</t>
+          <t>Balkanlardan Gelen Çocuk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>196</v>
+        <v>219</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259554891</t>
+          <t>9786259641713</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Verev Ropdöşambr İle Yarım Röveşata</t>
+          <t>2063’te Sekiz Ay</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>189</v>
+        <v>239</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259554853</t>
+          <t>9786259641706</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zaman Polisi 4: Zamanı Geldi</t>
+          <t>Türkiye’den Almanya’ya Bir Kalbin Yolculuğu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>339</v>
+        <v>309</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259554877</t>
+          <t>9786259554839</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İsimsizler</t>
+          <t>Ecel</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259554884</t>
+          <t>9786259554822</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kalp</t>
+          <t>Çocukluk Arkadaşım</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259554808</t>
+          <t>9786259554846</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sarmal</t>
+          <t>Üç Mühür Efsanesi 1 - Zatrya'nın Kalbi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>599</v>
+        <v>196</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259554860</t>
+          <t>9786259554891</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Annemin Anuşaburu Ve Denize Çıkan Sokaklar</t>
+          <t>Verev Ropdöşambr İle Yarım Röveşata</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259554815</t>
+          <t>9786259554853</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yetimhane Mühendisi</t>
+          <t>Zaman Polisi 4: Zamanı Geldi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>319</v>
+        <v>339</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259937793</t>
+          <t>9786259554877</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Görece</t>
+          <t>İsimsizler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>329</v>
+        <v>169</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259937779</t>
+          <t>9786259554884</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tahterevalli Canavarı</t>
+          <t>Dijital Kalp</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>324</v>
+        <v>249</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259937762</t>
+          <t>9786259554808</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Karanlık Sarmal</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>544</v>
+        <v>599</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259937786</t>
+          <t>9786259554860</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Aşk Deler Geçer</t>
+          <t>Annemin Anuşaburu Ve Denize Çıkan Sokaklar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>232</v>
+        <v>179</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259937755</t>
+          <t>9786259554815</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Glendor</t>
+          <t>Yetimhane Mühendisi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>294</v>
+        <v>319</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259937748</t>
+          <t>9786259937793</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kocanın Kocası</t>
+          <t>Görece</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>252</v>
+        <v>329</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259937700</t>
+          <t>9786259937779</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zaman Polisi 3: Zaman Kazanmak</t>
+          <t>Tahterevalli Canavarı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>344</v>
+        <v>324</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259937731</t>
+          <t>9786259937762</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Karanlık Sarmal</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>534</v>
+        <v>544</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259937717</t>
+          <t>9786259937786</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Gözyaşı</t>
+          <t>Aşk Deler Geçer</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>179</v>
+        <v>232</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259937724</t>
+          <t>9786259937755</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Susta</t>
+          <t>Glendor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>189</v>
+        <v>294</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057083746</t>
+          <t>9786259937748</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Melek ve Ejderha</t>
+          <t>Kocanın Kocası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>169</v>
+        <v>252</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057191274</t>
+          <t>9786259937700</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Boğazda Korku</t>
+          <t>Zaman Polisi 3: Zaman Kazanmak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>205</v>
+        <v>344</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057191267</t>
+          <t>9786259937731</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ne Köşedeyim Ne Kıyıda</t>
+          <t>Karanlık Sarmal</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>169</v>
+        <v>534</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057083753</t>
+          <t>9786259937717</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Kötüydü Çocukluğuma Sığındım</t>
+          <t>Bir Damla Gözyaşı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>264</v>
+        <v>179</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057191298</t>
+          <t>9786259937724</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Annemin Yeleği</t>
+          <t>Susta</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>149</v>
+        <v>189</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057191281</t>
+          <t>9786057083746</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gözü Gördür</t>
+          <t>Melek ve Ejderha</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>194</v>
+        <v>169</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057191250</t>
+          <t>9786057191274</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Düzine Kaşif</t>
+          <t>Boğazda Korku</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>149</v>
+        <v>205</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057191229</t>
+          <t>9786057191267</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Üç Suikastçı</t>
+          <t>Ne Köşedeyim Ne Kıyıda</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>264</v>
+        <v>169</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057191243</t>
+          <t>9786057083753</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ortaklık Yolu</t>
+          <t>İnsanlar Kötüydü Çocukluğuma Sığındım</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>264</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057191236</t>
+          <t>9786057191298</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Maymun Çocuk</t>
+          <t>Annemin Yeleği</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>264</v>
+        <v>149</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789758474066</t>
+          <t>9786057191281</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Aşk Değiştirir</t>
+          <t>Aşkın Gözü Gördür</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>252</v>
+        <v>194</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057139689</t>
+          <t>9786057191250</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçin</t>
+          <t>Bir Düzine Kaşif</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>284</v>
+        <v>149</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057191212</t>
+          <t>9786057191229</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Leonardo</t>
+          <t>Üç Suikastçı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>344</v>
+        <v>264</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057191205</t>
+          <t>9786057191243</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Zaman Polisi 2: Zor Zamanlar</t>
+          <t>Ortaklık Yolu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>376</v>
+        <v>264</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057139696</t>
+          <t>9786057191236</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Serendipiti</t>
+          <t>Maymun Çocuk</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>192</v>
+        <v>264</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057139672</t>
+          <t>9789758474066</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Genç Kan</t>
+          <t>Aşk Değiştirir</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>274</v>
+        <v>252</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057139665</t>
+          <t>9786057139689</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Suikast Treni</t>
+          <t>Aşk İçin</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>360</v>
+        <v>284</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057139658</t>
+          <t>9786057191212</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Anka 5. Kitap</t>
+          <t>Leonardo</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>544</v>
+        <v>344</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057139641</t>
+          <t>9786057191205</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Zaman Polisi 2: Zor Zamanlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>360</v>
+        <v>376</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057139634</t>
+          <t>9786057139696</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlüğün Anahtarı</t>
+          <t>Serendipiti</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>226</v>
+        <v>192</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057139610</t>
+          <t>9786057139672</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>365 Gün Daha</t>
+          <t>Genç Kan</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>304</v>
+        <v>274</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057139627</t>
+          <t>9786057139665</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Arada Bir Yerde</t>
+          <t>Suikast Treni</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>252</v>
+        <v>360</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057139603</t>
+          <t>9786057139658</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bilme Cesareti</t>
+          <t>Anka 5. Kitap</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>274</v>
+        <v>544</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057083777</t>
+          <t>9786057139641</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Hükümdarlıkları</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057083760</t>
+          <t>9786057139634</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Gibi Bırak</t>
+          <t>Ölümsüzlüğün Anahtarı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>304</v>
+        <v>226</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057083784</t>
+          <t>9786057139610</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Zaman Polisi 1: Hapis Günleri</t>
+          <t>365 Gün Daha</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>376</v>
+        <v>304</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057083791</t>
+          <t>9786057139627</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Üzüldüğümüz Her Şey Gerçek Değildir</t>
+          <t>Arada Bir Yerde</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>360</v>
+        <v>252</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057083722</t>
+          <t>9786057139603</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tilki</t>
+          <t>Bilme Cesareti</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>324</v>
+        <v>274</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057051066</t>
+          <t>9786057083777</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Lupin</t>
+          <t>Sonsuzluk Hükümdarlıkları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>209</v>
+        <v>360</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057051080</t>
+          <t>9786057083760</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Bir Kadın Gibi Bırak</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>159</v>
+        <v>304</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057083708</t>
+          <t>9786057083784</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>365 Gün: Bugün</t>
+          <t>Zaman Polisi 1: Hapis Günleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>360</v>
+        <v>376</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057083739</t>
+          <t>9786057083791</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Arthur ile Zamanın İzinde - Evrenin Merkezine Doğru Bir Yolculuk</t>
+          <t>Üzüldüğümüz Her Şey Gerçek Değildir</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>294</v>
+        <v>360</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057083715</t>
+          <t>9786057083722</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Anka (4. Kitap)</t>
+          <t>Tilki</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>544</v>
+        <v>324</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057051097</t>
+          <t>9786057051066</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Lupin</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>129</v>
+        <v>209</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057489296</t>
+          <t>9786057051080</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Çıkmazı: Alis</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>376</v>
+        <v>159</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057489272</t>
+          <t>9786057083708</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Zugzwang</t>
+          <t>365 Gün: Bugün</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>324</v>
+        <v>360</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057051073</t>
+          <t>9786057083739</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçeği</t>
+          <t>Arthur ile Zamanın İzinde - Evrenin Merkezine Doğru Bir Yolculuk</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>179</v>
+        <v>294</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050680003</t>
+          <t>9786057083715</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Yolculuk</t>
+          <t>Anka (4. Kitap)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>354</v>
+        <v>544</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057051035</t>
+          <t>9786057051097</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Abraham - Geçmiş Değişir</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>212</v>
+        <v>129</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050680065</t>
+          <t>9786057489296</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun - Çakal Avı</t>
+          <t>Harikalar Çıkmazı: Alis</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>404</v>
+        <v>376</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050680058</t>
+          <t>9786057489272</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sina - Ebediyet</t>
+          <t>Zugzwang</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>424</v>
+        <v>324</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050680072</t>
+          <t>9786057051073</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sina - Çatışma</t>
+          <t>Kır Çiçeği</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>424</v>
+        <v>179</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050680096</t>
+          <t>9786050680003</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kent</t>
+          <t>Zamanda Yolculuk</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>419</v>
+        <v>354</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057489227</t>
+          <t>9786057051035</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>365 Gün</t>
+          <t>Abraham - Geçmiş Değişir</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>304</v>
+        <v>212</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057051059</t>
+          <t>9786050680065</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun - Ateş</t>
+          <t>Bukalemun - Çakal Avı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>534</v>
+        <v>404</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057051042</t>
+          <t>9786050680058</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Anka 3. Kitap</t>
+          <t>Sina - Ebediyet</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>544</v>
+        <v>424</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057489203</t>
+          <t>9786050680072</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun - Alaz</t>
+          <t>Sina - Çatışma</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>376</v>
+        <v>424</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057489210</t>
+          <t>9786050680096</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Anka 1. Kitap</t>
+          <t>Ölü Kent</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>474</v>
+        <v>419</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057051028</t>
+          <t>9786057489227</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Canavar</t>
+          <t>365 Gün</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>189</v>
+        <v>304</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057489289</t>
+          <t>9786057051059</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hasat - Katil Doğan</t>
+          <t>Bukalemun - Ateş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>474</v>
+        <v>534</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057051004</t>
+          <t>9786057051042</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Axomghot - Ara Devir</t>
+          <t>Anka 3. Kitap</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>216</v>
+        <v>544</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057051011</t>
+          <t>9786057489203</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Son Reset</t>
+          <t>Bukalemun - Alaz</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>242</v>
+        <v>376</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057489234</t>
+          <t>9786057489210</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Bir Sen Olabilirim</t>
+          <t>Anka 1. Kitap</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>264</v>
+        <v>474</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050680034</t>
+          <t>9786057051028</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>VIP 08</t>
+          <t>Canavar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>404</v>
+        <v>189</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050680027</t>
+          <t>9786057489289</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Anatolien Günceleri</t>
+          <t>Hasat - Katil Doğan</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>189</v>
+        <v>474</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050680010</t>
+          <t>9786057051004</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Kalbi</t>
+          <t>Axomghot - Ara Devir</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>252</v>
+        <v>216</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050680089</t>
+          <t>9786057051011</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun - Yamandağlı</t>
+          <t>Son Reset</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>544</v>
+        <v>242</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050680041</t>
+          <t>9786057489234</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sina - İsyan</t>
+          <t>Daha İyi Bir Sen Olabilirim</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>424</v>
+        <v>264</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057489265</t>
+          <t>9786050680034</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Anka 2. Kitap</t>
+          <t>VIP 08</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>544</v>
+        <v>404</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057489241</t>
+          <t>9786050680027</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bukalemun - Yaman</t>
+          <t>Anatolien Günceleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>474</v>
+        <v>189</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057489258</t>
+          <t>9786050680010</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Asla Ders Almayacaklar</t>
+          <t>İngiliz Kalbi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>344</v>
+        <v>252</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
+          <t>9786050680089</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Bukalemun - Yamandağlı</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786050680041</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Sina - İsyan</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786057489265</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Anka 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786057489241</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Bukalemun - Yaman</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786057489258</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Asla Ders Almayacaklar</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
           <t>9786259263151</t>
         </is>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Turing Kapanı (Ciltli)</t>
         </is>
       </c>
-      <c r="C98" s="1">
+      <c r="C103" s="1">
         <v>459</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>