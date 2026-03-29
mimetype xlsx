--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -85,19735 +85,20620 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258579086</t>
+          <t>9786258579222</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>L`ali Es Selam</t>
+          <t>Yaratıcı Drama - Hazır Atölyeler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255896681</t>
+          <t>9786258579239</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Pencereden İçeri Bir Hayal Arapça</t>
+          <t>Kim Takar İş Güvenliğini</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>430.56</v>
+        <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255779441</t>
+          <t>9786258579048</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Gelen Işık</t>
+          <t>Pax Deorum</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255779878</t>
+          <t>9786258579499</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hayat Salise</t>
+          <t>Gizli Yara</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>430</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255779540</t>
+          <t>9786258579345</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Safira</t>
+          <t>Araftaki Ruh</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>260</v>
+        <v>902.4</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257654739</t>
+          <t>9786258579406</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İçeri Dünya</t>
+          <t>Öğrenme ve Öğretmenin Yolculuğu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>268</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255779809</t>
+          <t>9786255779663</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Etiketleri Reddeden Kadın</t>
+          <t>Batuga Candaşlık 1. Bölüm Suya Yazılan sır</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>270</v>
+        <v>1039.2</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255779632</t>
+          <t>9786258579093</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Çiftlik</t>
+          <t>İstanbul Gibi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>269</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255779700</t>
+          <t>9786258579376</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gölgesinde Zamansız Sohbetler</t>
+          <t>Yırtık Sayfalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>406</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255779748</t>
+          <t>9786258579451</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Stoizm Felsefesi</t>
+          <t>İktisatı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>434</v>
+        <v>270</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255779717</t>
+          <t>9786258579420</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Aynı Sorun: İnsani Müdahale ve Koruma Sorumluluğu</t>
+          <t>Gölgelerin Yolculuğu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255779519</t>
+          <t>9786255779939</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Notaları</t>
+          <t>Kirli Yaka</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>673</v>
+        <v>470</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255779649</t>
+          <t>9786258579321</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Derinlik Sarhoşluğu</t>
+          <t>Dramalı Rıza Teşkilatın Son Fedaisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>560</v>
+        <v>270</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255779557</t>
+          <t>9786258579284</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Atlası</t>
+          <t>Özgürlük Sevdası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>325</v>
+        <v>835.2</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255779564</t>
+          <t>9786258579390</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kendini Üzme</t>
+          <t>İlişkileri Dengede Yakalamak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255779489</t>
+          <t>9786258579352</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Pluviofiller: Yağmurun Kalbine Yolculuk</t>
+          <t>Biz Daha Ölmedik</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>478</v>
+        <v>550</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256831131</t>
+          <t>9786255779861</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Liyakati Yarattı</t>
+          <t>Bitmeyen Şiir</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>590</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255779755</t>
+          <t>9786258579253</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Menfez</t>
+          <t>Rüzgar, Deniz ve Yelkenin Dansı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>570</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255779052</t>
+          <t>9786255779854</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>TYT Fizik Soru Bankası</t>
+          <t>Yeşil Köprü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>945</v>
+        <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255779342</t>
+          <t>9786258579369</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şiir Sandığım</t>
+          <t>Us</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>239.2</v>
+        <v>470</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255779618</t>
+          <t>9786258579123</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Lotus</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>667.2</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255779243</t>
+          <t>9786258579079</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Trimeta</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>315</v>
+        <v>600</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255779090</t>
+          <t>9786255779533</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kontra-Kriz Stratejilerinin İstihbaratla Entegrasyonu - Türk Derin Devlet Doktrin'nin Temeli 2</t>
+          <t>Kayıpların Gölgesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>520</v>
+        <v>367.2</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255779502</t>
+          <t>9786258579192</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Deneme 1-2-3</t>
+          <t>Aida</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255779281</t>
+          <t>9786258579116</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Balca</t>
+          <t>Sessiz Çığlıktan Önce</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>228</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255779465</t>
+          <t>9786255779366</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Filistinli L’alin Kuş</t>
+          <t>Umut Aydın</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>360</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255779236</t>
+          <t>9786258579000</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Jenny &amp; Joe</t>
+          <t>Evdeki Evsiz</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>354</v>
+        <v>460</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255779199</t>
+          <t>9786258579260</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Katilin Kalbi</t>
+          <t>Dedemin Mirası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255779472</t>
+          <t>9786255779892</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Yankısı</t>
+          <t>Hayat Analizi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255779144</t>
+          <t>9786258579055</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Rotinda</t>
+          <t>Hiçliğin Kıyısında</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>198</v>
+        <v>235</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255779496</t>
+          <t>9786258579314</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>In The Moments, The Way Revealed Itself</t>
+          <t>Leblebici Kral ve Ormanın Neşesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>239.2</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255779304</t>
+          <t>9786258579178</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kadın Düşerse</t>
+          <t>Distopya Paradoksu: Etik Yapay Zekâ</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>639</v>
+        <v>590</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255779403</t>
+          <t>9786255779847</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Benim Bir Lojistik Hikâyemin Akademisi</t>
+          <t>Celladına Aşık</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>260</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255779175</t>
+          <t>9786255779625</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimden</t>
+          <t>Mayday Düşüyoruz!</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>253</v>
+        <v>225</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255779526</t>
+          <t>9786255779885</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dünyamdaki Derinlik</t>
+          <t>Ela</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>410</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255779397</t>
+          <t>9786255779762</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ulak</t>
+          <t>Kalkınmanın Görünmez Kalkanı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>475</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255779434</t>
+          <t>9786256689404</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik 41</t>
+          <t>Çöküş Planı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255779458</t>
+          <t>9786255779908</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çöp Kamyonu Bunny ve Süpürme Aracı Poo</t>
+          <t>Proxima Centauri B</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>238.56</v>
+        <v>560</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255779373</t>
+          <t>9786255779670</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ece ve Rüya Kardeş</t>
+          <t>Şiirlerle Sevgiye</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>210</v>
+        <v>570</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255779410</t>
+          <t>9786256130838</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bodoslama Köyü</t>
+          <t>Derinlik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>825</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255779311</t>
+          <t>9786255779724</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sarmaşık</t>
+          <t>Ali Aslan - Aslan'ın Gözü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>325</v>
+        <v>735</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255779380</t>
+          <t>9786255779922</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Vişne Zamanı</t>
+          <t>Karanlıkta Bıraktığın Ben</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>312</v>
+        <v>295</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255779298</t>
+          <t>9786255779335</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İkindi Uykusu</t>
+          <t>Madalyonun Dokuz Yüzü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255779274</t>
+          <t>9786255779786</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kültürlerden Günümüze: Kaygının Dönüştürücü Gücü</t>
+          <t>Normların Gölgesinde</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255896841</t>
+          <t>9786255779601</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Leyla Misali</t>
+          <t>İnfaz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255896957</t>
+          <t>9786255779793</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>1929 Dünya Ekonomik Krizi</t>
+          <t>Adını Sen Koy… Olursa 'Mucize'</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255779076</t>
+          <t>9786258163612</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bu Neyin Kafası? - Atölye Kafası</t>
+          <t>Arz: Mühürlü Papatyalar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>503</v>
+        <v>310</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255779151</t>
+          <t>9786255779427</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Saklı Teorisi</t>
+          <t>Yansıma</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>375.2</v>
+        <v>755</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255779021</t>
+          <t>9786255779816</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Temel Sorunları</t>
+          <t>Ayça</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255779120</t>
+          <t>9786255779915</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>My Ponty</t>
+          <t>Küller Ağacı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255779328</t>
+          <t>9786255779588</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ruhum mu? O Tamirde!</t>
+          <t>Dengeleyen Şiirler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>205</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255779359</t>
+          <t>9786255779731</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dreamsync</t>
+          <t>Ruhumun Sinsi Kıyısı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>170</v>
+        <v>905</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255896940</t>
+          <t>9786255779656</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Genişlemenin Madde ve Biyolojik Varlıklar Üzerindeki Etkisi</t>
+          <t>Tıbbi İlk Yardım</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>286</v>
+        <v>365</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255779182</t>
+          <t>9786255779687</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kitabı 1</t>
+          <t>Portakal Krallığı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>190</v>
+        <v>570</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255779229</t>
+          <t>9786257654104</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Büyümek İstemeyen Yeşil Zeytin</t>
+          <t>Paralel Gerçeklikte Mesai</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>238.56</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255779106</t>
+          <t>9786258579185</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yargıç</t>
+          <t>Gardiyanlar - Kısım 1 Kutsal Savaş</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>175.2</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255896872</t>
+          <t>9786258579307</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş 1</t>
+          <t>O Öyle Diil</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>159.2</v>
+        <v>315</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255896766</t>
+          <t>9786258579291</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tofi</t>
+          <t>Can Feda</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>168</v>
+        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255779168</t>
+          <t>9786258579277</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ahval</t>
+          <t>Vicdan ile Sohbetler - Kendime Notlar (Şiir)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255896933</t>
+          <t>9786258579086</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnızlık Vardı, Sonra Sen Geldin</t>
+          <t>L`ali Es Selam</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255779038</t>
+          <t>9786255896681</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bana Sen Lazımsın</t>
+          <t>Pencereden İçeri Bir Hayal Arapça</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>660</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256689190</t>
+          <t>9786255779441</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sakin Tilki Korktuğunda</t>
+          <t>Karanlıktan Gelen Işık</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>210</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255779014</t>
+          <t>9786255779878</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Beraat</t>
+          <t>Hayat Salise</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>239.2</v>
+        <v>455</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255779113</t>
+          <t>9786255779540</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Boşanmaksa Mevzu</t>
+          <t>Safira</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>191.2</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255896995</t>
+          <t>9786257654739</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret Lojistiği Yol Haritası</t>
+          <t>İçeri Dünya</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255779137</t>
+          <t>9786255779809</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aile Sığınağı</t>
+          <t>Etiketleri Reddeden Kadın</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255896735</t>
+          <t>9786255779632</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dalgaların Altında</t>
+          <t>Esrarengiz Çiftlik</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>271</v>
+        <v>410</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255896902</t>
+          <t>9786255779700</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Lokum Gibi Sınav</t>
+          <t>Düşüncenin Gölgesinde Zamansız Sohbetler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255896964</t>
+          <t>9786255779748</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Lastik Gibi Sınav</t>
+          <t>Stoizm Felsefesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255896889</t>
+          <t>9786255779717</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sonlu &amp; Sonsuz İmgenin Ötesinde</t>
+          <t>21. Yüzyılda Aynı Sorun: İnsani Müdahale ve Koruma Sorumluluğu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>2300</v>
+        <v>515</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255896414</t>
+          <t>9786255779519</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Son Bir Nefes; Aşk</t>
+          <t>Karanlığın Notaları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>192</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255896490</t>
+          <t>9786255779649</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Mun ve Maceraları</t>
+          <t>Derinlik Sarhoşluğu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>890</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255896827</t>
+          <t>9786255779557</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakanlar</t>
+          <t>Bilinç Atlası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>256</v>
+        <v>545</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255896773</t>
+          <t>9786255779564</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin'in Dostu</t>
+          <t>Kendini Üzme</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>271.2</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255896858</t>
+          <t>9786255779489</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Pirus Şairi</t>
+          <t>Pluviofiller: Yağmurun Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>190</v>
+        <v>560</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255896803</t>
+          <t>9786256831131</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Benlik</t>
+          <t>Tanrı Liyakati Yarattı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>341</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256130234</t>
+          <t>9786255779755</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kaleçi Şiirler</t>
+          <t>Menfez</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>274</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255896988</t>
+          <t>9786255779052</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>40 Dakika</t>
+          <t>TYT Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>945</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256689206</t>
+          <t>9786255779342</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Azap Yılları</t>
+          <t>Şiir Sandığım</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255896728</t>
+          <t>9786255779618</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sevgilerde Şiir Bulacağız</t>
+          <t>Lotus</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255896667</t>
+          <t>9786255779243</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>A Dream Through The Window</t>
+          <t>Trimeta</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>455</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255896810</t>
+          <t>9786255779090</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlıkla Yoğrulan Günler</t>
+          <t>Kontra-Kriz Stratejilerinin İstihbaratla Entegrasyonu - Türk Derin Devlet Doktrin'nin Temeli 2</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>325</v>
+        <v>830</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255896629</t>
+          <t>9786255779502</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yekpare Yeganeler</t>
+          <t>Deneme 1-2-3</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255896742</t>
+          <t>9786255779281</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Mutlu Olunur?</t>
+          <t>Balca</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>189</v>
+        <v>365</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255896407</t>
+          <t>9786255779465</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bu Tren Nereye Gidiyor</t>
+          <t>Filistinli L’alin Kuş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>263</v>
+        <v>580</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255896698</t>
+          <t>9786255779236</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>А ЗА окном путешествие маленькой балерины</t>
+          <t>Jenny &amp; Joe</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>400</v>
+        <v>570</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255896674</t>
+          <t>9786255779199</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Un Sogno Attraverso La Fınestra IL Vıaggıo Dı Una Pıccola Ballerına</t>
+          <t>Katilin Kalbi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>400</v>
+        <v>235</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255896711</t>
+          <t>9786255779472</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Homo Ludens Ekonomisi Oyunla Var Olmak</t>
+          <t>Gerçeğin Yankısı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255896636</t>
+          <t>9786255779144</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kırık Pusula</t>
+          <t>Rotinda</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255896704</t>
+          <t>9786255779496</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Peygamber Vegvisir Sembolü Zodyak ve Yecuc-Mecuc</t>
+          <t>In The Moments, The Way Revealed Itself</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>480</v>
+        <v>335</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255896599</t>
+          <t>9786255779304</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Doğru Dokunuş</t>
+          <t>Kadın Düşerse</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>3900</v>
+        <v>960</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255896551</t>
+          <t>9786255779403</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Benim Bir Lojistik Hikâyemin Akademisi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255896353</t>
+          <t>9786255779175</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kedi</t>
+          <t>Tut Elimden</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>320</v>
+        <v>415</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255896612</t>
+          <t>9786255779526</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Benlik Kumbarası</t>
+          <t>Dünyamdaki Derinlik</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>287</v>
+        <v>210</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255896582</t>
+          <t>9786255779397</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Düşlerle Dolu</t>
+          <t>Ulak</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255896605</t>
+          <t>9786255779434</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çeşm-i Naz</t>
+          <t>Girişimcilik 41</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>145</v>
+        <v>260</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255896391</t>
+          <t>9786255779458</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İçimde Sana Benzeyen Bir Yer Var</t>
+          <t>Çöp Kamyonu Bunny ve Süpürme Aracı Poo</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>355</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255896537</t>
+          <t>9786255779373</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Cesur Pıt Pıt Karınca</t>
+          <t>Ece ve Rüya Kardeş</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255896483</t>
+          <t>9786255779410</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Mücevheri Ara</t>
+          <t>Bodoslama Köyü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>286</v>
+        <v>220</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255896513</t>
+          <t>9786255779311</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bir Anka’nın Güncesi</t>
+          <t>Sarmaşık</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>179</v>
+        <v>525</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255896575</t>
+          <t>9786255779380</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yatırıma Dair Her Şey</t>
+          <t>Vişne Zamanı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>560</v>
+        <v>490</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255896452</t>
+          <t>9786255779298</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Birden Aklına Düşüyorum</t>
+          <t>İkindi Uykusu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>189</v>
+        <v>525</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255896278</t>
+          <t>9786255779274</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Oyunu Sen Kazan Sınav Stratejileri ve Disiplin Rehberi</t>
+          <t>Kadim Kültürlerden Günümüze: Kaygının Dönüştürücü Gücü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255896506</t>
+          <t>9786255896841</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Zihnimin İçinde Ben</t>
+          <t>Leyla Misali</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255896421</t>
+          <t>9786255896957</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Aranyadan</t>
+          <t>1929 Dünya Ekonomik Krizi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255896445</t>
+          <t>9786255779076</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk Doğdu Bugün</t>
+          <t>Bu Neyin Kafası? - Atölye Kafası</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255896360</t>
+          <t>9786255779151</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dönüş Bir Kelebeğe Uç Özgürlüğe!</t>
+          <t>Sağlığın Saklı Teorisi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>189</v>
+        <v>650</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255896438</t>
+          <t>9786255779021</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Felsefenin Temel Sorunları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>500</v>
+        <v>415</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255896346</t>
+          <t>9786255779120</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Enneagram İle Koçluk Daha Bilinçli, Coşkulu ve Doyumlu Bir Yaşam İçin Profesyonel Rehber</t>
+          <t>My Ponty</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>560</v>
+        <v>370</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255896469</t>
+          <t>9786255779328</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yolun Yarısında</t>
+          <t>Ruhum mu? O Tamirde!</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>204</v>
+        <v>390</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255896209</t>
+          <t>9786255779359</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzinde</t>
+          <t>Dreamsync</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255896155</t>
+          <t>9786255896940</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Şiir</t>
+          <t>Kozmik Genişlemenin Madde ve Biyolojik Varlıklar Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>244</v>
+        <v>470</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255896179</t>
+          <t>9786255779182</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerinizin ve Kavramlarınızın Kölesi misiniz Yoksa Efendisi misiniz?</t>
+          <t>Etkinlik Kitabı 1</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>208</v>
+        <v>245</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255896247</t>
+          <t>9786255779229</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz</t>
+          <t>Büyümek İstemeyen Yeşil Zeytin</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>380</v>
+        <v>395</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255896186</t>
+          <t>9786255779106</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Pencereden İçeri Bir Hayal</t>
+          <t>İçimdeki Yargıç</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>355</v>
+        <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255896261</t>
+          <t>9786255896872</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>The Alone (Yalnız)</t>
+          <t>Yeniden Doğuş 1</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>264</v>
+        <v>225</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255896223</t>
+          <t>9786255896766</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hediye Gibi Geldin</t>
+          <t>Tofi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>254</v>
+        <v>670</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255896384</t>
+          <t>9786255779168</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Anlayın Beni</t>
+          <t>Ahval</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>191</v>
+        <v>265</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786255896254</t>
+          <t>9786255896933</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Fındıklıpınar Öyküleri</t>
+          <t>Bir Yalnızlık Vardı, Sonra Sen Geldin</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>156</v>
+        <v>290</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786255896131</t>
+          <t>9786255779038</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Doruk Ege'nin Maceraları</t>
+          <t>Bana Sen Lazımsın</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>560</v>
+        <v>280</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255896339</t>
+          <t>9786256689190</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Süt Dişlerim Salıncakta</t>
+          <t>Sakin Tilki Korktuğunda</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255896315</t>
+          <t>9786255779014</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Bilimin İzinde</t>
+          <t>Beraat</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>247</v>
+        <v>320</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786255896322</t>
+          <t>9786255779113</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tertip Tırtıl</t>
+          <t>Boşanmaksa Mevzu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255896285</t>
+          <t>9786255896995</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Vuslata Doğru</t>
+          <t>E-Ticaret Lojistiği Yol Haritası</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786255896308</t>
+          <t>9786255779137</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ürkek Barış</t>
+          <t>Aile Sığınağı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786255896193</t>
+          <t>9786255896735</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Zemheri gülü</t>
+          <t>Mavi Dalgaların Altında</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>630</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786255896230</t>
+          <t>9786255896902</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hücrelerin Zihni</t>
+          <t>Lokum Gibi Sınav</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>310</v>
+        <v>385</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786255896100</t>
+          <t>9786255896964</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Diş Doktorum Bir Kahraman</t>
+          <t>Lastik Gibi Sınav</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>270</v>
+        <v>535</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255896216</t>
+          <t>9786255896889</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çürük Dişlere Bay Bay Beyaz Dişlere Hay Hay</t>
+          <t>Sonlu &amp; Sonsuz İmgenin Ötesinde</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>270</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255896292</t>
+          <t>9786255896414</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dişim Neden Acıyor?</t>
+          <t>Son Bir Nefes; Aşk</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255896063</t>
+          <t>9786255896490</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Çizgi Bir Dünya</t>
+          <t>Kaptan Mun ve Maceraları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255896162</t>
+          <t>9786255896827</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kaçık ile Küçük – Kıyamet</t>
+          <t>İz Bırakanlar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>355</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786255896018</t>
+          <t>9786255896773</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlanan Kayalar</t>
+          <t>Akşemseddin'in Dostu</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>324</v>
+        <v>360</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256130968</t>
+          <t>9786255896858</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Mucip - Zaman Döngüsü</t>
+          <t>Pirus Şairi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256130982</t>
+          <t>9786255896803</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ali Abdullah Sabah</t>
+          <t>Unutulmuş Benlik</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>380</v>
+        <v>570</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786255896070</t>
+          <t>9786256130234</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Boyum Kadar Annem Var</t>
+          <t>Kaleçi Şiirler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>201</v>
+        <v>455</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256130678</t>
+          <t>9786255896988</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kalp ve Söz</t>
+          <t>40 Dakika</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256130999</t>
+          <t>9786256689206</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kırık Taç</t>
+          <t>Azap Yılları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>320</v>
+        <v>610</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786255896117</t>
+          <t>9786255896728</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gülüşlerim Elvedana Esaret</t>
+          <t>Sevgilerde Şiir Bulacağız</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>182</v>
+        <v>255</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786255896148</t>
+          <t>9786255896667</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Uyanış – Potansiyelini Keşfet, Hayatını Değiştir!</t>
+          <t>A Dream Through The Window</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>180</v>
+        <v>660</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786255896032</t>
+          <t>9786255896810</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mount Hill Laneti Günahlar ve Kurbanlar</t>
+          <t>Yalnızlıkla Yoğrulan Günler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>515</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256130913</t>
+          <t>9786255896629</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Allah ve Kul Aşkı / Allah and Servant Love</t>
+          <t>Yekpare Yeganeler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>270</v>
+        <v>495</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786255896124</t>
+          <t>9786255896742</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Aşk Taneleri</t>
+          <t>Nasıl Mutlu Olunur?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786255896087</t>
+          <t>9786255896407</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Maviş ve Yıldızların Şarkısı</t>
+          <t>Bu Tren Nereye Gidiyor</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786255896025</t>
+          <t>9786255896698</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Mavi Tik</t>
+          <t>А ЗА окном путешествие маленькой балерины</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>280</v>
+        <v>660</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786255896094</t>
+          <t>9786255896674</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Diş Doktorumun Sihirli Çekmecesi</t>
+          <t>Un Sogno Attraverso La Fınestra IL Vıaggıo Dı Una Pıccola Ballerına</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>270</v>
+        <v>660</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256130920</t>
+          <t>9786255896711</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bu Eşeklerin Neden Ayakkabıları Yok?</t>
+          <t>Homo Ludens Ekonomisi Oyunla Var Olmak</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256130944</t>
+          <t>9786255896636</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kalp Tınısına Yaslanmış Aşk</t>
+          <t>Kırık Pusula</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786255896056</t>
+          <t>9786255896704</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın İktisadi ve İdari Yapısı Güç, Bürokrasi ve Çöküş</t>
+          <t>Süleyman Peygamber Vegvisir Sembolü Zodyak ve Yecuc-Mecuc</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>600</v>
+        <v>805</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786255896049</t>
+          <t>9786255896599</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Bir İlişkinin İnşası</t>
+          <t>Doğru Dokunuş</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>280</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256130890</t>
+          <t>9786255896551</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen Çığ</t>
+          <t>Hatırla</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>322</v>
+        <v>655</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256130975</t>
+          <t>9786255896353</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Küpeli Sözler</t>
+          <t>Kırmızı Kedi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>184</v>
+        <v>540</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256130746</t>
+          <t>9786255896612</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sirius'un Kızı 3 - Kan Arzusu</t>
+          <t>Benlik Kumbarası</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>480</v>
+        <v>425</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786255896001</t>
+          <t>9786255896582</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Söylenemeyenler</t>
+          <t>Düşlerle Dolu</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>184</v>
+        <v>270</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256130821</t>
+          <t>9786255896605</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bütün Hikaye</t>
+          <t>Çeşm-i Naz</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>595</v>
+        <v>175</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256130951</t>
+          <t>9786255896391</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Suya Yazılan Efsane Levrek</t>
+          <t>İçimde Sana Benzeyen Bir Yer Var</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>263</v>
+        <v>285</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256130876</t>
+          <t>9786255896537</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcığın Heybesi</t>
+          <t>Cesur Pıt Pıt Karınca</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256130852</t>
+          <t>9786255896483</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Zade</t>
+          <t>İçindeki Mücevheri Ara</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>203</v>
+        <v>470</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256130791</t>
+          <t>9786255896513</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bir Narsistle Yaşam</t>
+          <t>Bir Anka’nın Güncesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>256</v>
+        <v>270</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256130869</t>
+          <t>9786255896575</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Tanrılar</t>
+          <t>Yatırıma Dair Her Şey</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>226</v>
+        <v>665</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256130845</t>
+          <t>9786255896452</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Gülün Özü Bülbülün Sözü</t>
+          <t>Birden Aklına Düşüyorum</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>255</v>
+        <v>275</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256130722</t>
+          <t>9786255896278</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Benden Geriye Kalanlar</t>
+          <t>Oyunu Sen Kazan Sınav Stratejileri ve Disiplin Rehberi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>454</v>
+        <v>245</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256130906</t>
+          <t>9786255896506</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Elçi</t>
+          <t>Zihnimin İçinde Ben</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>342</v>
+        <v>355</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256130937</t>
+          <t>9786255896421</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Oyun Sır ve Çığlık</t>
+          <t>Aranyadan</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256130661</t>
+          <t>9786255896445</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hayata Format Oyunu</t>
+          <t>Bir Çocuk Doğdu Bugün</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>392</v>
+        <v>355</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256130371</t>
+          <t>9786255896360</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Kadın</t>
+          <t>Dönüş Bir Kelebeğe Uç Özgürlüğe!</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>230</v>
+        <v>285</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256130807</t>
+          <t>9786255896438</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Lisansüstü Tarih Öğrencileri ve Öğrenci Adayları İçin Yüzeysel Bir Bibliyografya Rehberi: Tarihin Bütün Ana Bilim Dallarının Güvenilir Akademik Kaynak Nüshaları</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>220</v>
+        <v>860</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256130739</t>
+          <t>9786255896346</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Lex Mercatoria ve Milletlerarası Ticaret Hukuku</t>
+          <t>Enneagram İle Koçluk Daha Bilinçli, Coşkulu ve Doyumlu Bir Yaşam İçin Profesyonel Rehber</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>450</v>
+        <v>870</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256130760</t>
+          <t>9786255896469</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Kırık Aynası</t>
+          <t>Yolun Yarısında</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256130647</t>
+          <t>9786255896209</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Açılıştan Kapanışa; Bir İşletmenin Yolculuğu</t>
+          <t>Geçmişin İzinde</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256130593</t>
+          <t>9786255896155</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Her Güne Bir Şiir</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>550</v>
+        <v>395</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256130883</t>
+          <t>9786255896179</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Kelimelerinizin ve Kavramlarınızın Kölesi misiniz Yoksa Efendisi misiniz?</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256130777</t>
+          <t>9786255896247</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Karahan 49.Servis</t>
+          <t>Esrarengiz</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>230</v>
+        <v>655</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256130616</t>
+          <t>9786255896186</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kuyis</t>
+          <t>Pencereden İçeri Bir Hayal</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>660</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256130814</t>
+          <t>9786255896261</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yarım Hece</t>
+          <t>The Alone (Yalnız)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256130685</t>
+          <t>9786255896223</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hasret Bağından</t>
+          <t>Hediye Gibi Geldin</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256130715</t>
+          <t>9786255896384</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuklar</t>
+          <t>Anlayın Beni</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>260</v>
+        <v>285</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256130753</t>
+          <t>9786255896254</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki İzler</t>
+          <t>Fındıklıpınar Öyküleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>410</v>
+        <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256130579</t>
+          <t>9786255896131</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağalar da Kış Uykusuna Yatar</t>
+          <t>Doruk Ege'nin Maceraları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>312</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256130562</t>
+          <t>9786255896339</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>The Miracle Of The Universe</t>
+          <t>Süt Dişlerim Salıncakta</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256130623</t>
+          <t>9786255896315</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Fısıltılar</t>
+          <t>Kur'an'da Bilimin İzinde</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256130630</t>
+          <t>9786255896322</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Bu Kitap Mutluluğa Gider</t>
+          <t>Tertip Tırtıl</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256130708</t>
+          <t>9786255896285</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Vuslata Doğru</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>900</v>
+        <v>435</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256130548</t>
+          <t>9786255896308</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Fraktal Sonsuz Detaylar</t>
+          <t>Ürkek Barış</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256130340</t>
+          <t>9786255896193</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Saklanan Renkler Nasıl Sobelenir?</t>
+          <t>Zemheri gülü</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>320</v>
+        <v>445</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256130654</t>
+          <t>9786255896230</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Üstüme Ört</t>
+          <t>Hücrelerin Zihni</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>272</v>
+        <v>515</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256130388</t>
+          <t>9786255896100</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sümer Tabletlerindeki Yaratılış Hikayesi ve Kur'andaki Gerçeği</t>
+          <t>Diş Doktorum Bir Kahraman</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256130609</t>
+          <t>9786255896216</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çiftliğin Yeni Efendisi</t>
+          <t>Çürük Dişlere Bay Bay Beyaz Dişlere Hay Hay</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256130692</t>
+          <t>9786255896292</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Diana</t>
+          <t>Dişim Neden Acıyor?</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256130586</t>
+          <t>9786255896063</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Uzay</t>
+          <t>Bir Çizgi Bir Dünya</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256130487</t>
+          <t>9786255896162</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ebro'nun Krallığı</t>
+          <t>Kaçık ile Küçük – Kıyamet</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>255</v>
+        <v>400</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256130531</t>
+          <t>9786255896018</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Babama Mektup</t>
+          <t>Yuvarlanan Kayalar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256130555</t>
+          <t>9786256130968</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çalakalem Hayat</t>
+          <t>Rüzgar Mucip - Zaman Döngüsü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>190</v>
+        <v>605</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256130418</t>
+          <t>9786256130982</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Renkli Rüyalar Masalı</t>
+          <t>Ali Abdullah Sabah</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>345</v>
+        <v>640</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256130401</t>
+          <t>9786255896070</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Toprak, Ormanla Konuşuyor</t>
+          <t>Boyum Kadar Annem Var</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256130395</t>
+          <t>9786256130678</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ranza</t>
+          <t>Kalp ve Söz</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>454</v>
+        <v>435</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256130449</t>
+          <t>9786256130999</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Tacı</t>
+          <t>Kırık Taç</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>340</v>
+        <v>535</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256130425</t>
+          <t>9786255896117</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Anlık</t>
+          <t>Gülüşlerim Elvedana Esaret</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256130456</t>
+          <t>9786255896148</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Almanca: A1-A2 Seviye Temel Bilgiler Kitabı</t>
+          <t>Uyanış – Potansiyelini Keşfet, Hayatını Değiştir!</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>320</v>
+        <v>265</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256130432</t>
+          <t>9786255896032</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir Şairden Kalanlar</t>
+          <t>Mount Hill Laneti Günahlar ve Kurbanlar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>275</v>
+        <v>510</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256130517</t>
+          <t>9786256130913</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Senin 'İç'in Bir Kitap</t>
+          <t>Allah ve Kul Aşkı / Allah and Servant Love</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>307</v>
+        <v>425</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256130500</t>
+          <t>9786255896124</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hareminde Kadınlar</t>
+          <t>Aşk Taneleri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>285</v>
+        <v>190</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256130227</t>
+          <t>9786255896087</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarımın Dili Türkiye, Ukrayna, Hollanda</t>
+          <t>Maviş ve Yıldızların Şarkısı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256130364</t>
+          <t>9786255896025</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Otelci Olmak “Başarılı Bir Otel Yatırımı İçin Başucu Kitabı”</t>
+          <t>Çevrimiçi Mavi Tik</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>389</v>
+        <v>475</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256130357</t>
+          <t>9786255896094</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Koynumdaki İhanet</t>
+          <t>Diş Doktorumun Sihirli Çekmecesi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256130142</t>
+          <t>9786256130920</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Deniz Yürekli Kadın</t>
+          <t>Bu Eşeklerin Neden Ayakkabıları Yok?</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>170</v>
+        <v>435</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256433625</t>
+          <t>9786256130944</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gönül Gözünden Özlü Sözler</t>
+          <t>Kalp Tınısına Yaslanmış Aşk</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256130203</t>
+          <t>9786255896056</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Dili</t>
+          <t>Osmanlı'nın İktisadi ve İdari Yapısı Güç, Bürokrasi ve Çöküş</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>945</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256130166</t>
+          <t>9786255896049</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Damla'dan Derya'ya</t>
+          <t>Bilinçli Bir İlişkinin İnşası</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256130135</t>
+          <t>9786256130890</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Fuhuş Suçu ve Bazı Tuhaf Cinsel Şeyler</t>
+          <t>Büyüyen Çığ</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>544</v>
+        <v>575</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256130333</t>
+          <t>9786256130975</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Neslihan Hoca'dan Kadim İnciler</t>
+          <t>Küpeli Sözler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256130241</t>
+          <t>9786256130746</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kumbaram</t>
+          <t>Sirius'un Kızı 3 - Kan Arzusu</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>248</v>
+        <v>795</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256130296</t>
+          <t>9786255896001</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kendinsin</t>
+          <t>Söylenemeyenler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>272</v>
+        <v>195</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256831407</t>
+          <t>9786256130821</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Sessizliği</t>
+          <t>Bütün Hikaye</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>170</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256130081</t>
+          <t>9786256130951</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Aysa - Nail</t>
+          <t>Suya Yazılan Efsane Levrek</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>175</v>
+        <v>370</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256130289</t>
+          <t>9786256130876</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kaçık ile Küçük</t>
+          <t>Kıvırcığın Heybesi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>700</v>
+        <v>240</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256130159</t>
+          <t>9786256130852</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Öyle Çok Sevdim ki Seni</t>
+          <t>Zade</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256689565</t>
+          <t>9786256130791</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bakış</t>
+          <t>Bir Narsistle Yaşam</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256130326</t>
+          <t>9786256130869</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>7/24 Sen</t>
+          <t>Nereden Çıktı Bu Tanrılar</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256130197</t>
+          <t>9786256130845</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Uyanış: Ruhun Fısıltısı</t>
+          <t>Gülün Özü Bülbülün Sözü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256130258</t>
+          <t>9786256130722</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kerem'in Dünyası</t>
+          <t>Benden Geriye Kalanlar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>300</v>
+        <v>780</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256130319</t>
+          <t>9786256130906</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yavru Serçe İle Sincap</t>
+          <t>Elçi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>575</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256130302</t>
+          <t>9786256130937</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sinirli Aslan</t>
+          <t>Oyun Sır ve Çığlık</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>235</v>
+        <v>870</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256130210</t>
+          <t>9786256130661</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Efto Çişlere Bay Bay Dedi</t>
+          <t>Hayata Format Oyunu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>235</v>
+        <v>665</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256130012</t>
+          <t>9786256130371</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Mavi Pelerinli Kelebek</t>
+          <t>Öyle Bir Kadın</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>600</v>
+        <v>370</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256130128</t>
+          <t>9786256130807</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İktidar ve Siyaset Ekseninde Bir Dönemin Anatomisi Türk Hıfzıssıhha Mektebi</t>
+          <t>Lisansüstü Tarih Öğrencileri ve Öğrenci Adayları İçin Yüzeysel Bir Bibliyografya Rehberi: Tarihin Bütün Ana Bilim Dallarının Güvenilir Akademik Kaynak Nüshaları</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>347</v>
+        <v>265</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256130173</t>
+          <t>9786256130739</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Ardındaki Evren Gerçek mi? Yanılsama mı?</t>
+          <t>Lex Mercatoria ve Milletlerarası Ticaret Hukuku</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>264</v>
+        <v>625</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256130043</t>
+          <t>9786256130760</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kadim Ruh</t>
+          <t>Zihnin Kırık Aynası</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>355</v>
+        <v>285</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256130067</t>
+          <t>9786256130647</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Affet O’nu</t>
+          <t>Açılıştan Kapanışa; Bir İşletmenin Yolculuğu</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>900</v>
+        <v>205</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256130265</t>
+          <t>9786256130593</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kuzey ve Güney Aydede Yolculuğunda</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>230</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256130180</t>
+          <t>9786256130883</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Senden Bahsettim</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>206</v>
+        <v>255</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256130074</t>
+          <t>9786256130777</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İş hayatında Uzak Durman Gereken 20 İnsan Tipi</t>
+          <t>Karahan 49.Servis</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>354</v>
+        <v>320</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256831490</t>
+          <t>9786256130616</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Deli Kamil</t>
+          <t>Kuyis</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>177</v>
+        <v>285</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256689992</t>
+          <t>9786256130814</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sen Hiç Merak Ettin Mi ?</t>
+          <t>Yarım Hece</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>178</v>
+        <v>490</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256689756</t>
+          <t>9786256130685</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Erdemsiz Ruhum</t>
+          <t>Hasret Bağından</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>520</v>
+        <v>185</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256689916</t>
+          <t>9786256130715</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Yalnızlık</t>
+          <t>Kötü Çocuklar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258163216</t>
+          <t>9786256130753</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Penceremdeki Mesaj</t>
+          <t>Uzaydaki İzler</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>320</v>
+        <v>730</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256130050</t>
+          <t>9786256130579</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bahsi Geçen Yalnızlığın Aslı</t>
+          <t>Kaplumbağalar da Kış Uykusuna Yatar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257561655</t>
+          <t>9786256130562</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İnci Tanem</t>
+          <t>The Miracle Of The Universe</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256130005</t>
+          <t>9786256130623</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Okunmamış Mektup</t>
+          <t>Fısıltılar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>535</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256689985</t>
+          <t>9786256130630</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Erdemin Halleri</t>
+          <t>Dikkat! Bu Kitap Mutluluğa Gider</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>203</v>
+        <v>560</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256130098</t>
+          <t>9786256130708</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ailelere Sınav Stratejisi</t>
+          <t>Hatırla</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>230.4</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256130111</t>
+          <t>9786256130548</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Heba</t>
+          <t>Fraktal Sonsuz Detaylar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>314</v>
+        <v>295</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256689763</t>
+          <t>9786256130340</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Zer Altın İlim</t>
+          <t>Saklanan Renkler Nasıl Sobelenir?</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256689688</t>
+          <t>9786256130654</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzel</t>
+          <t>Geceyi Üstüme Ört</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256689862</t>
+          <t>9786256130388</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Elemli Kullar Cemiyeti</t>
+          <t>Sümer Tabletlerindeki Yaratılış Hikayesi ve Kur'andaki Gerçeği</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>270</v>
+        <v>580</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256689831</t>
+          <t>9786256130609</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Harflerin Çığlığı Karanlığımın Işığı</t>
+          <t>Çiftliğin Yeni Efendisi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>227</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256689879</t>
+          <t>9786256130692</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bela</t>
+          <t>Diana</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>152</v>
+        <v>745</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256689909</t>
+          <t>9786256130586</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sor Gönlüme</t>
+          <t>Ben ve Uzay</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>167</v>
+        <v>515</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258163827</t>
+          <t>9786256130487</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hadi Git Şimdi</t>
+          <t>Ebro'nun Krallığı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>218</v>
+        <v>255</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256689855</t>
+          <t>9786256130531</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Tılsım</t>
+          <t>Babama Mektup</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256689893</t>
+          <t>9786256130555</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun Karanlığa Yazdıkları</t>
+          <t>Çalakalem Hayat</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256689886</t>
+          <t>9786256130418</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimden Kanatlanan Kelebekler</t>
+          <t>Renkli Rüyalar Masalı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>218</v>
+        <v>540</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256689947</t>
+          <t>9786256130401</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Anlatamamak</t>
+          <t>Toprak, Ormanla Konuşuyor</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256689930</t>
+          <t>9786256130395</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Genel Türk Tarihi Ana Bilim Dalı Lisans Üstü Öğrencileri ve Öğrenci Adayları İçin Bir Rehber Tarih Boyunca Türklerin Türklerle Savaşı</t>
+          <t>Ranza</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>190</v>
+        <v>780</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256689961</t>
+          <t>9786256130449</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcılığının Liderlikteki Önemi, Organizasyonlardaki Yeri, Pazarlamadaki Değeri</t>
+          <t>Kraliçenin Tacı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>184</v>
+        <v>480</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256689954</t>
+          <t>9786256130425</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Ayak İzleri</t>
+          <t>Anlık</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>153</v>
+        <v>445</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256689978</t>
+          <t>9786256130456</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Değer Hazineleri</t>
+          <t>Almanca: A1-A2 Seviye Temel Bilgiler Kitabı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>178</v>
+        <v>320</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256689923</t>
+          <t>9786256130432</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bıçağın İki Yüzü</t>
+          <t>Bir Şairden Kalanlar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>344</v>
+        <v>310</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256689466</t>
+          <t>9786256130517</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Izdırabım Ol 2 - Şeytanla Anlaşma</t>
+          <t>Senin 'İç'in Bir Kitap</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>312</v>
+        <v>435</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256689800</t>
+          <t>9786256130500</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Cesur ve Konfor</t>
+          <t>Osmanlı Hareminde Kadınlar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>265</v>
+        <v>470</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256689770</t>
+          <t>9786256130227</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Katılımın Maceraları</t>
+          <t>Hatıralarımın Dili Türkiye, Ukrayna, Hollanda</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>260</v>
+        <v>640</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256689664</t>
+          <t>9786256130364</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Ben Miyim? Bayan Kuş</t>
+          <t>Otelci Olmak “Başarılı Bir Otel Yatırımı İçin Başucu Kitabı”</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>385</v>
+        <v>670</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256689718</t>
+          <t>9786256130357</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Benim Duygularım</t>
+          <t>Koynumdaki İhanet</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>420</v>
+        <v>385</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256689848</t>
+          <t>9786256130142</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Çaresiz Gülü</t>
+          <t>Deniz Yürekli Kadın</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>187</v>
+        <v>265</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256689817</t>
+          <t>9786256433625</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kıyıdaki Hayatlar</t>
+          <t>Gönül Gözünden Özlü Sözler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>287</v>
+        <v>330</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256689732</t>
+          <t>9786256130203</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bu Da Değil</t>
+          <t>Sevgi Dili</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>173</v>
+        <v>355</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256689824</t>
+          <t>9786256130166</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Damla'dan Derya'ya</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>344</v>
+        <v>280</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256689787</t>
+          <t>9786256130135</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İlham İyidir</t>
+          <t>Uygulamada Fuhuş Suçu ve Bazı Tuhaf Cinsel Şeyler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>198</v>
+        <v>970</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256689794</t>
+          <t>9786256130333</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Antalya Güneş Şehri</t>
+          <t>Neslihan Hoca'dan Kadim İnciler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>460</v>
+        <v>550</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256831575</t>
+          <t>9786256130241</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Olduğu Gibi</t>
+          <t>Şiir Kumbaram</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>191</v>
+        <v>400</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256689695</t>
+          <t>9786256130296</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Benim Davam</t>
+          <t>Aşk Kendinsin</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>580</v>
+        <v>460</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256689367</t>
+          <t>9786256831407</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Elya</t>
+          <t>Gecenin Sessizliği</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>309</v>
+        <v>265</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256689527</t>
+          <t>9786256130081</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Mızgin</t>
+          <t>Aysa - Nail</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>300</v>
+        <v>255</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256689541</t>
+          <t>9786256130289</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hayatlar</t>
+          <t>Kaçık ile Küçük</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>300</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256689701</t>
+          <t>9786256130159</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerim Abluka Altında</t>
+          <t>Öyle Çok Sevdim ki Seni</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>153</v>
+        <v>715</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256689589</t>
+          <t>9786256689565</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Yaşam Mücadelesi</t>
+          <t>Bakış</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>431</v>
+        <v>305</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256689633</t>
+          <t>9786256130326</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Gün</t>
+          <t>7/24 Sen</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>431</v>
+        <v>355</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256689749</t>
+          <t>9786256130197</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Gül'se Aşkla, Zül'se Taşla</t>
+          <t>Uyanış: Ruhun Fısıltısı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>152</v>
+        <v>575</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256689558</t>
+          <t>9786256130258</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Gökte Ararken</t>
+          <t>Kerem'in Dünyası</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256689268</t>
+          <t>9786256130319</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Dinlenmeden Yargılanmak İstedim - Bütün Şiirleri 1</t>
+          <t>Yavru Serçe İle Sincap</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256689671</t>
+          <t>9786256130302</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Mucizesi</t>
+          <t>Sinirli Aslan</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256689534</t>
+          <t>9786256130210</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki İglo</t>
+          <t>Efto Çişlere Bay Bay Dedi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>268</v>
+        <v>420</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256689503</t>
+          <t>9786256130012</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin İlahiyatçı, Filozof ve Sosyolog Adayları İçin Ön Söz Niteliğinde Küçük Bir Rehber: Dört Kutsal Kitapta Sosyoloji</t>
+          <t>Mavi Pelerinli Kelebek</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256689374</t>
+          <t>9786256130128</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sınırdaki Ay - Hatay</t>
+          <t>İktidar ve Siyaset Ekseninde Bir Dönemin Anatomisi Türk Hıfzıssıhha Mektebi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>700</v>
+        <v>580</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258039832</t>
+          <t>9786256130173</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Edison'dan Mektup Var</t>
+          <t>Gölgelerin Ardındaki Evren Gerçek mi? Yanılsama mı?</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>232</v>
+        <v>515</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256689480</t>
+          <t>9786256130043</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>K. Müdür</t>
+          <t>Kadim Ruh</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>500</v>
+        <v>595</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256689619</t>
+          <t>9786256130067</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Karman Çorman Araf Hikayeleri</t>
+          <t>Affet O’nu</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>204</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256689596</t>
+          <t>9786256130265</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Penguen Lila</t>
+          <t>Kuzey ve Güney Aydede Yolculuğunda</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256689725</t>
+          <t>9786256130180</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Köfte ve Patates Büyükannesinde</t>
+          <t>Senden Bahsettim</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256689497</t>
+          <t>9786256130074</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bir Umut Işığı</t>
+          <t>İş hayatında Uzak Durman Gereken 20 İnsan Tipi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>184</v>
+        <v>585</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256689473</t>
+          <t>9786256831490</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Koma</t>
+          <t>Deli Kamil</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>292</v>
+        <v>270</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256831704</t>
+          <t>9786256689992</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kanyon</t>
+          <t>Sen Hiç Merak Ettin Mi ?</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>473</v>
+        <v>375</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256689459</t>
+          <t>9786256689756</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da İnsan Haklarının Korunması</t>
+          <t>Erdemsiz Ruhum</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>617</v>
+        <v>875</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256689572</t>
+          <t>9786256689916</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarıyla Yazılmış Şiirler</t>
+          <t>Kanadı Kırık Yalnızlık</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>156</v>
+        <v>305</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256689602</t>
+          <t>9786258163216</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Deniz Feneri</t>
+          <t>Penceremdeki Mesaj</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>345</v>
+        <v>540</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256689299</t>
+          <t>9786256130050</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Ben Miyim Salyangoz</t>
+          <t>Bahsi Geçen Yalnızlığın Aslı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>355</v>
+        <v>450</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256689343</t>
+          <t>9786257561655</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yıldız ve Ela</t>
+          <t>İnci Tanem</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>735</v>
+        <v>685</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256689510</t>
+          <t>9786256130005</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Han'i Bana</t>
+          <t>Okunmamış Mektup</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>233</v>
+        <v>315</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256689244</t>
+          <t>9786256689985</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Seher Yeli</t>
+          <t>Erdemin Halleri</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>231</v>
+        <v>330</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256689428</t>
+          <t>9786256130098</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Sesli Kitap</t>
+          <t>Ailelere Sınav Stratejisi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256689350</t>
+          <t>9786256130111</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Ravzagül'de Yasir Gibi Olanlar</t>
+          <t>Heba</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>271</v>
+        <v>535</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256689282</t>
+          <t>9786256689763</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Betli</t>
+          <t>İlm-i Zer Altın İlim</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>224</v>
+        <v>685</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256689152</t>
+          <t>9786256689688</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Ben Miyim Saka Kuşu</t>
+          <t>Ne Güzel</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>355</v>
+        <v>425</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256689114</t>
+          <t>9786256689862</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Son Bir Yüzleşme</t>
+          <t>Elemli Kullar Cemiyeti</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>448</v>
+        <v>285</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256689275</t>
+          <t>9786256689831</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Pür Cadı ve Elmalı Masallar</t>
+          <t>Sessiz Harflerin Çığlığı Karanlığımın Işığı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>515</v>
+        <v>365</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256689398</t>
+          <t>9786256689879</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Toska</t>
+          <t>Bela</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>264</v>
+        <v>225</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256689411</t>
+          <t>9786256689909</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kulaklı Tavşan Noni</t>
+          <t>Sor Gönlüme</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>367</v>
+        <v>255</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256831209</t>
+          <t>9786258163827</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Duygular</t>
+          <t>Hadi Git Şimdi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>240</v>
+        <v>345</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256689176</t>
+          <t>9786256689855</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Gökbil</t>
+          <t>Tılsım</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>1123</v>
+        <v>585</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256689381</t>
+          <t>9786256689893</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Dedakive</t>
+          <t>Bir Çocuğun Karanlığa Yazdıkları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>190</v>
+        <v>405</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256689091</t>
+          <t>9786256689886</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kab</t>
+          <t>Yüreğimden Kanatlanan Kelebekler</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>257</v>
+        <v>345</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258039757</t>
+          <t>9786256689947</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Çocuk Edebiyatı</t>
+          <t>Anlatamamak</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>411</v>
+        <v>320</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256689251</t>
+          <t>9786256689930</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Nasıl Ulaşılır?</t>
+          <t>Genel Türk Tarihi Ana Bilim Dalı Lisans Üstü Öğrencileri ve Öğrenci Adayları İçin Bir Rehber Tarih Boyunca Türklerin Türklerle Savaşı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>268</v>
+        <v>300</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256689435</t>
+          <t>9786256689961</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Ayak İzleri</t>
+          <t>Hikaye Anlatıcılığının Liderlikteki Önemi, Organizasyonlardaki Yeri, Pazarlamadaki Değeri</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>170</v>
+        <v>285</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256689121</t>
+          <t>9786256689954</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Anlatamadıklarım</t>
+          <t>Tanrının Ayak İzleri</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>176</v>
+        <v>230</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256689305</t>
+          <t>9786256689978</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gibi</t>
+          <t>Evrenin Değer Hazineleri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>271</v>
+        <v>275</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256689183</t>
+          <t>9786256689923</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Pera'da Gün Batımı</t>
+          <t>Bıçağın İki Yüzü</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>304</v>
+        <v>485</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256689015</t>
+          <t>9786256689466</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Pelerinli Köpek (Ciltli)</t>
+          <t>Izdırabım Ol 2 - Şeytanla Anlaşma</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>355</v>
+        <v>520</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256689145</t>
+          <t>9786256689800</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Dinozorun Bir Günü (Ciltli)</t>
+          <t>Cesur ve Konfor</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>248</v>
+        <v>420</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256689084</t>
+          <t>9786256689770</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Dori ve Baykuş Polie</t>
+          <t>Katılımın Maceraları</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>296</v>
+        <v>410</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256689336</t>
+          <t>9786256689664</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Serçeler de Göçtü</t>
+          <t>Düşünen Ben Miyim? Bayan Kuş</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>230</v>
+        <v>610</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257654760</t>
+          <t>9786256689718</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Topraklar</t>
+          <t>Benim Duygularım</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>190</v>
+        <v>680</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256689220</t>
+          <t>9786256689848</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Vayna</t>
+          <t>Ömrümün Çaresiz Gülü</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>164</v>
+        <v>285</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256831773</t>
+          <t>9786256689817</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Çöl Hırsızları</t>
+          <t>Kıyıdaki Hayatlar</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>732</v>
+        <v>475</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256689107</t>
+          <t>9786256689732</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm: Değişim Seninle Başlar</t>
+          <t>Bu Da Değil</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>271</v>
+        <v>265</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256831872</t>
+          <t>9786256689824</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ateş Kadın ve Yadigarları</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>605</v>
+        <v>575</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256831964</t>
+          <t>9786256689787</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Bilmiyor muydunuz?</t>
+          <t>İlham İyidir</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>382</v>
+        <v>310</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256831780</t>
+          <t>9786256689794</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Parfüm Boyama Kitabı</t>
+          <t>Antalya Güneş Şehri</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>280</v>
+        <v>760</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256831896</t>
+          <t>9786256831575</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Mucize Sensin</t>
+          <t>Olduğu Gibi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>310</v>
+        <v>295</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256831759</t>
+          <t>9786256689695</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Newton'un Emanetleri</t>
+          <t>Benim Davam</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>497</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257561556</t>
+          <t>9786256689367</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Terziler Köyü</t>
+          <t>Elya</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>272</v>
+        <v>515</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256689022</t>
+          <t>9786256689527</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Astsubay Avukat</t>
+          <t>Mızgin</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>212</v>
+        <v>500</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256689213</t>
+          <t>9786256689541</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Dostum Lucky</t>
+          <t>Hayatlar</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>296</v>
+        <v>495</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256689312</t>
+          <t>9786256689701</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kuzey ve Güney Sihirli Orman Yolculuğunda</t>
+          <t>Düşüncelerim Abluka Altında</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>248</v>
+        <v>230</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256831803</t>
+          <t>9786256689589</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Tavşan ile Ağaçkakan</t>
+          <t>Engelsiz Yaşam Mücadelesi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>151</v>
+        <v>431</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256831919</t>
+          <t>9786256689633</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Mühendisleri İçin Teklif Hazırlama, İş Gücü ve Makine Gücü Performans Değerleri</t>
+          <t>Yeni Bir Gün</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>1797</v>
+        <v>735</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256831728</t>
+          <t>9786256689749</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kendinde Farklılaşmanın İmtihanı</t>
+          <t>Gül'se Aşkla, Zül'se Taşla</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>613</v>
+        <v>225</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256831926</t>
+          <t>9786256689558</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Mühendisleri İçin Sözleşme Yönetimi, Proje Yönetimi, İnşaat Sigortası, Master Plan Raporu</t>
+          <t>Gökte Ararken</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>1947</v>
+        <v>435</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256831797</t>
+          <t>9786256689268</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Unutmayı Beceremedim</t>
+          <t>Dinlenmeden Yargılanmak İstedim - Bütün Şiirleri 1</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>152</v>
+        <v>325</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786259443065</t>
+          <t>9786256689671</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimden 100 Şiir</t>
+          <t>Evrenin Mucizesi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>212</v>
+        <v>400</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256831636</t>
+          <t>9786256689534</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Hayatlar</t>
+          <t>Çöldeki İglo</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>508</v>
+        <v>480</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256831995</t>
+          <t>9786256689503</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Rüya Mahkumu</t>
+          <t>Geleceğin İlahiyatçı, Filozof ve Sosyolog Adayları İçin Ön Söz Niteliğinde Küçük Bir Rehber: Dört Kutsal Kitapta Sosyoloji</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>201</v>
+        <v>315</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256831940</t>
+          <t>9786256689374</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yangın</t>
+          <t>Sınırdaki Ay - Hatay</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>507</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256689039</t>
+          <t>9786258039832</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Lacivert</t>
+          <t>Edison'dan Mektup Var</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>263</v>
+        <v>365</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256689138</t>
+          <t>9786256689480</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Yılandilli Kadın</t>
+          <t>K. Müdür</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>219</v>
+        <v>935</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256689169</t>
+          <t>9786256689619</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kıyıdaki Günışığı</t>
+          <t>Karman Çorman Araf Hikayeleri</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>209</v>
+        <v>320</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256689237</t>
+          <t>9786256689596</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Çobanın Kaleminden</t>
+          <t>Penguen Lila</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>254</v>
+        <v>350</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256831902</t>
+          <t>9786256689725</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Akademi İçin Önsöz Niyetinde Osmanlı Tarihi ve Osmanlı Padişahları</t>
+          <t>Köfte ve Patates Büyükannesinde</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>220</v>
+        <v>355</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258039078</t>
+          <t>9786256689497</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Elden Teşhis</t>
+          <t>Bir Umut Işığı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>421</v>
+        <v>285</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256831889</t>
+          <t>9786256689473</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ol</t>
+          <t>Koma</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256831360</t>
+          <t>9786256831704</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kalp Aşkı Bulunca, Kalem Şiir Olur Sevdaya</t>
+          <t>Kanyon</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>410</v>
+        <v>815</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256831476</t>
+          <t>9786256689459</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ateş</t>
+          <t>Afrika'da İnsan Haklarının Korunması</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>180</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256831469</t>
+          <t>9786256689572</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Su</t>
+          <t>Gözyaşlarıyla Yazılmış Şiirler</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>281</v>
+        <v>230</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256831599</t>
+          <t>9786256689602</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Bırak ve Güven - Bir Dönüşüm Rehberi</t>
+          <t>Çöldeki Deniz Feneri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>399</v>
+        <v>385</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256831988</t>
+          <t>9786256689299</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Bir Deniz Masalı: De-Finin Günlüğü</t>
+          <t>Düşünen Ben Miyim Salyangoz</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>248</v>
+        <v>560</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256831650</t>
+          <t>9786256689343</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişime Astral Seyahatler</t>
+          <t>Mavi Yıldız ve Ela</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>299</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256689060</t>
+          <t>9786256689510</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ballı Eller - Rusça</t>
+          <t>Han'i Bana</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>296</v>
+        <v>465</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256689077</t>
+          <t>9786256689244</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ballı Eller - Bulgarca</t>
+          <t>Seher Yeli</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>296</v>
+        <v>665</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256831742</t>
+          <t>9786256689428</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ben Ol Da Bil</t>
+          <t>Sesli Kitap</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>200</v>
+        <v>840</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256831681</t>
+          <t>9786256689350</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İnferno de Caelo</t>
+          <t>Ravzagül'de Yasir Gibi Olanlar</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>207</v>
+        <v>440</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256689053</t>
+          <t>9786256689282</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Honig Hande: Zekiye's Honig Keksen</t>
+          <t>Yeni Dünya Betli</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>296</v>
+        <v>570</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256831766</t>
+          <t>9786256689152</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Büyüdün Bebeğim</t>
+          <t>Düşünen Ben Miyim Saka Kuşu</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>264</v>
+        <v>560</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256831643</t>
+          <t>9786256689114</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ballı Eller - Zekiye'nin Ballı Kurabiyeleri</t>
+          <t>Son Bir Yüzleşme</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>296</v>
+        <v>765</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256689046</t>
+          <t>9786256689275</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Honey Hands: Zekiye's Honey Cookies</t>
+          <t>Pür Cadı ve Elmalı Masallar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>296</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256831414</t>
+          <t>9786256689398</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Almanca A1</t>
+          <t>Toska</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256831667</t>
+          <t>9786256689411</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Bıraktım</t>
+          <t>Pembe Kulaklı Tavşan Noni</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>245</v>
+        <v>580</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256831711</t>
+          <t>9786256831209</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ceo - Chief Executive Officer ve Kariyeriniz</t>
+          <t>İçimdeki Duygular</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>273</v>
+        <v>385</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256831971</t>
+          <t>9786256689176</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Altı Hayal Bir Gerçek</t>
+          <t>Gökbil</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>141</v>
+        <v>7190</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256433977</t>
+          <t>9786256689381</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kanını Zehirlediler</t>
+          <t>Dedakive</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>453</v>
+        <v>235</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256831834</t>
+          <t>9786256689091</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Karaburun</t>
+          <t>Kab</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>426</v>
+        <v>415</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256831865</t>
+          <t>9786258039757</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Yumak - Meyveleri Çok Seviyorum</t>
+          <t>Okul Öncesinde Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>260</v>
+        <v>620</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256831841</t>
+          <t>9786256689251</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Şifre: Naftali Özgür</t>
+          <t>Allah'a Nasıl Ulaşılır?</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>319</v>
+        <v>435</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256831827</t>
+          <t>9786256689435</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çocuk ve Köfte</t>
+          <t>Karıncanın Ayak İzleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>367</v>
+        <v>255</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256831544</t>
+          <t>9786256689121</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Kulak</t>
+          <t>Anlatamadıklarım</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>182</v>
+        <v>270</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256831537</t>
+          <t>9786256689305</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>CC4444</t>
+          <t>Şiir Gibi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>603</v>
+        <v>440</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256831483</t>
+          <t>9786256689183</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Böcek Gücü Kara Sulara Karşı</t>
+          <t>Pera'da Gün Batımı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>438</v>
+        <v>500</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256433717</t>
+          <t>9786256689015</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Bayan X</t>
+          <t>Kırmızı Pelerinli Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>277</v>
+        <v>560</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256831216</t>
+          <t>9786256689145</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Konuştuğun Zaman Kaybedersin</t>
+          <t>Dinozorun Bir Günü (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>178</v>
+        <v>375</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786256831285</t>
+          <t>9786256689084</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kaymak Ninem Ne Arıyor?</t>
+          <t>Dori ve Baykuş Polie</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256831384</t>
+          <t>9786256689336</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Rengarenkler Ülkesi</t>
+          <t>Serçeler de Göçtü</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>209</v>
+        <v>365</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256831353</t>
+          <t>9786257654760</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Smooth Skies Ahead - Mastering English for Aviation: Aeronautical English for Turkish Pilots and Air Traffic Controllers</t>
+          <t>Kağıt Topraklar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>3200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256831124</t>
+          <t>9786256689220</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Savaş</t>
+          <t>Vayna</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>238</v>
+        <v>220</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256831087</t>
+          <t>9786256831773</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Tapınaklardaki Cesetler</t>
+          <t>Çöl Hırsızları</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>193</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256433953</t>
+          <t>9786256689107</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Suresini Anlama Yolunda</t>
+          <t>Dönüşüm: Değişim Seninle Başlar</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>995</v>
+        <v>440</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256831315</t>
+          <t>9786256831872</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İncisini Kaybeden İstiridye</t>
+          <t>Ateş Kadın ve Yadigarları</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>284</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256433960</t>
+          <t>9786256831964</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çocukları</t>
+          <t>Yoksa Bilmiyor muydunuz?</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>556</v>
+        <v>655</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256831001</t>
+          <t>9786256831780</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Soykırım Önerisi - Beşgezegenler Serisi 1</t>
+          <t>Parfüm Boyama Kitabı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>449</v>
+        <v>310</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256831247</t>
+          <t>9786256831896</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Dört Kadını</t>
+          <t>Mucize Sensin</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>245</v>
+        <v>515</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256831292</t>
+          <t>9786256831759</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Bir Kelebekti Ömrüm</t>
+          <t>Newton'un Emanetleri</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>191</v>
+        <v>855</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256831094</t>
+          <t>9786257561556</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bu Şiirler Sana</t>
+          <t>Terziler Köyü</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>357</v>
+        <v>420</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256831148</t>
+          <t>9786256689022</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Ben Nasıl Leyla Oldum?</t>
+          <t>Astsubay Avukat</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>137</v>
+        <v>335</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256433915</t>
+          <t>9786256689213</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tadında Yalanlar</t>
+          <t>Dostum Lucky</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>234</v>
+        <v>700</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256831261</t>
+          <t>9786256689312</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Hayat İnsan Evren</t>
+          <t>Kuzey ve Güney Sihirli Orman Yolculuğunda</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256433878</t>
+          <t>9786256831803</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Gülümse Yazıyorum</t>
+          <t>Yaramaz Tavşan ile Ağaçkakan</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>547</v>
+        <v>220</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256831254</t>
+          <t>9786256831919</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Motobiyografi</t>
+          <t>İnşaat Mühendisleri İçin Teklif Hazırlama, İş Gücü ve Makine Gücü Performans Değerleri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>278</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256831339</t>
+          <t>9786256831728</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yüzleş, Teslim Ol, Kendine Gel</t>
+          <t>Kendinde Farklılaşmanın İmtihanı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>352</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256831162</t>
+          <t>9786256831926</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Hedefim: Ben</t>
+          <t>İnşaat Mühendisleri İçin Sözleşme Yönetimi, Proje Yönetimi, İnşaat Sigortası, Master Plan Raporu</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>196</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256831346</t>
+          <t>9786256831797</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Dem</t>
+          <t>Unutmayı Beceremedim</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>287</v>
+        <v>210</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256831322</t>
+          <t>9786259443065</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>2061 - Great Noah's Flood</t>
+          <t>Gözlerimden 100 Şiir</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>393</v>
+        <v>275</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256433793</t>
+          <t>9786256831636</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Atlas İle Minik Deniz Kaplumbağası - Pedagog Onaylı</t>
+          <t>Sürgün Hayatlar</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>284</v>
+        <v>875</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256831438</t>
+          <t>9786256831995</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Perdesiz Zamanlar</t>
+          <t>Rüya Mahkumu</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>202</v>
+        <v>315</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256831100</t>
+          <t>9786256831940</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Pertek</t>
+          <t>Yangın</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>411</v>
+        <v>875</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256831193</t>
+          <t>9786256689039</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Dokun Bana</t>
+          <t>Lacivert</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>299</v>
+        <v>425</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256433670</t>
+          <t>9786256689138</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Eksi Dokuz</t>
+          <t>Yılandilli Kadın</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256433267</t>
+          <t>9786256689169</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Müjde</t>
+          <t>Kıyıdaki Günışığı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>153</v>
+        <v>260</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786256831155</t>
+          <t>9786256689237</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Hediyeler</t>
+          <t>Çobanın Kaleminden</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>296</v>
+        <v>410</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786256433618</t>
+          <t>9786256831902</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bir Kabadayı ve Gerçek Bir Pavyon Kadını</t>
+          <t>Akademi İçin Önsöz Niyetinde Osmanlı Tarihi ve Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>256</v>
+        <v>325</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786256831049</t>
+          <t>9786258039078</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Flush Royale English Tests 5</t>
+          <t>Elden Teşhis</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786256433755</t>
+          <t>9786256831889</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Flush Royale Grammar Testbook</t>
+          <t>Sessiz Ol</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>283</v>
+        <v>260</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786256831025</t>
+          <t>9786256831360</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Flush Royale English Tests 3</t>
+          <t>Kalp Aşkı Bulunca, Kalem Şiir Olur Sevdaya</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>200</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786256831018</t>
+          <t>9786256831476</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Flush Royale English Tests 2</t>
+          <t>Ateş</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786256433690</t>
+          <t>9786256831469</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Flush Royale English Tests 1</t>
+          <t>Su</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786256831032</t>
+          <t>9786256831599</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Flush Royale English Tests 4</t>
+          <t>Bırak ve Güven - Bir Dönüşüm Rehberi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>200</v>
+        <v>675</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786256831070</t>
+          <t>9786256831988</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Flush Royale Vocabulary Test Book</t>
+          <t>Bir Deniz Masalı: De-Finin Günlüğü</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786256831056</t>
+          <t>9786256831650</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Flush Royale Reading Testbook</t>
+          <t>Kişisel Gelişime Astral Seyahatler</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>358</v>
+        <v>490</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786256433786</t>
+          <t>9786256689060</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Flush Royale Cloze Test</t>
+          <t>Ballı Eller - Rusça</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>362</v>
+        <v>330</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786256831060</t>
+          <t>9786256689077</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Flush Royale: Skills Testbook</t>
+          <t>Ballı Eller - Bulgarca</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>434</v>
+        <v>330</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786256433748</t>
+          <t>9786256831742</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna'nın Kızı</t>
+          <t>Ben Ol Da Bil</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>182</v>
+        <v>310</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786256433892</t>
+          <t>9786256831681</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Aşk: Bir Akıl Tutulması</t>
+          <t>İnferno de Caelo</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>269</v>
+        <v>325</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786256433854</t>
+          <t>9786256689053</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Adla Başka Bir Zamanda</t>
+          <t>Honig Hande: Zekiye's Honig Keksen</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>377</v>
+        <v>330</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786256433373</t>
+          <t>9786256831766</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Statis: Yakamoz</t>
+          <t>Büyüdün Bebeğim</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>467</v>
+        <v>415</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258039849</t>
+          <t>9786256831643</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Karınca Toti ile Birgün</t>
+          <t>Ballı Eller - Zekiye'nin Ballı Kurabiyeleri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>191</v>
+        <v>330</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786256433946</t>
+          <t>9786256689046</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Minik ve Meraklı</t>
+          <t>Honey Hands: Zekiye's Honey Cookies</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786256433847</t>
+          <t>9786256831414</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Can'dan Cana</t>
+          <t>Almanca A1</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>213</v>
+        <v>620</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258163933</t>
+          <t>9786256831667</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Asi Beyaz</t>
+          <t>Kalbimi Bıraktım</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>171</v>
+        <v>395</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256433823</t>
+          <t>9786256831711</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Sarkacın Muhafızı</t>
+          <t>Ceo - Chief Executive Officer ve Kariyeriniz</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>357</v>
+        <v>430</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256433984</t>
+          <t>9786256831971</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Türk Derin Devlet Doktrini'nin Temeli</t>
+          <t>Altı Hayal Bir Gerçek</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>246</v>
+        <v>195</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256433991</t>
+          <t>9786256433977</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Şiirdi</t>
+          <t>Dünyanın Kanını Zehirlediler</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>180</v>
+        <v>775</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256433861</t>
+          <t>9786256831834</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis Ley Hatları ve Ab-ı Hayatın Gizemi</t>
+          <t>Karaburun</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>469</v>
+        <v>725</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256433908</t>
+          <t>9786256831865</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Gökçe'nin Mehmet Akif Ersoy Sevgisi</t>
+          <t>Ege ile Yumak - Meyveleri Çok Seviyorum</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>284</v>
+        <v>395</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256433809</t>
+          <t>9786256831841</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Çağan'ın Maceraları</t>
+          <t>Şifre: Naftali Özgür</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>355</v>
+        <v>530</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256433724</t>
+          <t>9786256831827</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Ariko Piyano Çalıyor</t>
+          <t>Gizli Çocuk ve Köfte</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>236</v>
+        <v>580</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256433632</t>
+          <t>9786256831544</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Müdür v.</t>
+          <t>Yamuk Kulak</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256433939</t>
+          <t>9786256831537</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Hope Behind The Sun Message From The Stars</t>
+          <t>CC4444</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>227</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256433922</t>
+          <t>9786256831483</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>2061 Büyük Nuh Tufanı</t>
+          <t>Böcek Gücü Kara Sulara Karşı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>361</v>
+        <v>480</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258163667</t>
+          <t>9786256433717</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Sonrası Osmanlı İmparatorluğu Bütçe ve Kesin Hesaplarının Analizi</t>
+          <t>Bayan X</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>995</v>
+        <v>416</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256433885</t>
+          <t>9786256831216</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığım</t>
+          <t>Konuştuğun Zaman Kaybedersin</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256433830</t>
+          <t>9786256831285</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kendimle Baş Başa</t>
+          <t>Kaymak Ninem Ne Arıyor?</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>339</v>
+        <v>395</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256433700</t>
+          <t>9786256831384</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Mahcupbaz</t>
+          <t>Rengarenkler Ülkesi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>175</v>
+        <v>330</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256433533</t>
+          <t>9786256831353</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Solita</t>
+          <t>Smooth Skies Ahead - Mastering English for Aviation: Aeronautical English for Turkish Pilots and Air Traffic Controllers</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>316</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256433762</t>
+          <t>9786256831124</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Dönüştüren Gerçekler</t>
+          <t>Sessiz Savaş</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>213</v>
+        <v>380</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256433588</t>
+          <t>9786256831087</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarım da Yandı</t>
+          <t>Tapınaklardaki Cesetler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>196</v>
+        <v>300</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256433502</t>
+          <t>9786256433953</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Sirius'un Kızı 2 - Bumerang</t>
+          <t>Yusuf Suresini Anlama Yolunda</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>449</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786256433779</t>
+          <t>9786256831315</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Strategic Approaches to Materials Management System</t>
+          <t>İncisini Kaybeden İstiridye</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>419</v>
+        <v>440</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256433366</t>
+          <t>9786256433960</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Mavisi Çalınan Deniz</t>
+          <t>Güneşin Çocukları</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>296</v>
+        <v>965</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256433540</t>
+          <t>9786256831001</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kirpiklerinin İzi Kaldı Yüreğimde</t>
+          <t>Soykırım Önerisi - Beşgezegenler Serisi 1</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>258</v>
+        <v>765</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786256433687</t>
+          <t>9786256831247</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Semaya</t>
+          <t>Evrenin Dört Kadını</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>157</v>
+        <v>395</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256433649</t>
+          <t>9786256831292</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yeşil Masallar</t>
+          <t>Bir Kelebekti Ömrüm</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>367</v>
+        <v>295</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256433601</t>
+          <t>9786256831094</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Dilemma: İkilem Çözülmesi</t>
+          <t>Bu Şiirler Sana</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>323</v>
+        <v>600</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258163865</t>
+          <t>9786256831148</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Almanağı : Tecrit ve Trajedi</t>
+          <t>Ben Nasıl Leyla Oldum?</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>674</v>
+        <v>195</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256433250</t>
+          <t>9786256433915</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Böbrekler İçin Beslenme ve Yaşam Tarzı Önerileri</t>
+          <t>Şiir Tadında Yalanlar</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>651</v>
+        <v>375</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256433519</t>
+          <t>9786256831261</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Yalnız</t>
+          <t>Hayat İnsan Evren</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>209</v>
+        <v>580</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256433465</t>
+          <t>9786256433878</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Hüsran</t>
+          <t>Gülümse Yazıyorum</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>216</v>
+        <v>945</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256433571</t>
+          <t>9786256831254</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Olsun Emekli Olduk Hiç Olmazsa</t>
+          <t>Motobiyografi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>247</v>
+        <v>485</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786256433380</t>
+          <t>9786256831339</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Domates Fideleri</t>
+          <t>Yüzleş, Teslim Ol, Kendine Gel</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>527</v>
+        <v>630</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256433410</t>
+          <t>9786256831162</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kültür: Geleceğe Kalan</t>
+          <t>Hedefim: Ben</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>294</v>
+        <v>305</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256433175</t>
+          <t>9786256831346</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Zamana Karşı Direnenler</t>
+          <t>Dem</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>397</v>
+        <v>470</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258163810</t>
+          <t>9786256831322</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Ebeveynlik</t>
+          <t>2061 - Great Noah's Flood</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>328</v>
+        <v>665</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786258163919</t>
+          <t>9786256433793</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Altında</t>
+          <t>Atlas İle Minik Deniz Kaplumbağası - Pedagog Onaylı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>213</v>
+        <v>440</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786256433656</t>
+          <t>9786256831438</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Sancı</t>
+          <t>Perdesiz Zamanlar</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786256433328</t>
+          <t>9786256831100</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Kasabası</t>
+          <t>Bir Zamanlar Pertek</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>375</v>
+        <v>695</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786256433434</t>
+          <t>9786256831193</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>184 Gün</t>
+          <t>Dokun Bana</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>384</v>
+        <v>490</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786256433564</t>
+          <t>9786256433670</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Cennetim</t>
+          <t>Eksi Dokuz</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>272</v>
+        <v>310</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786256433281</t>
+          <t>9786256433267</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Asanaların Hikayeleri</t>
+          <t>Müjde</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>403</v>
+        <v>225</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786256433359</t>
+          <t>9786256831155</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Albız</t>
+          <t>Sihirli Hediyeler</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>196</v>
+        <v>460</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786256433397</t>
+          <t>9786256433618</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Sızı</t>
+          <t>Gerçek Bir Kabadayı ve Gerçek Bir Pavyon Kadını</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>140</v>
+        <v>415</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786256433472</t>
+          <t>9786256831049</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Zerban’ın Diyarından Erenlere</t>
+          <t>Flush Royale English Tests 5</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>162</v>
+        <v>265</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786256433038</t>
+          <t>9786256433755</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Uzak</t>
+          <t>Flush Royale Grammar Testbook</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>140</v>
+        <v>470</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786256433335</t>
+          <t>9786256831025</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Nokta, Bir Uzun Çizgi</t>
+          <t>Flush Royale English Tests 3</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>272</v>
+        <v>265</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786256433458</t>
+          <t>9786256831018</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Hayata Sövüyorum</t>
+          <t>Flush Royale English Tests 2</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>137</v>
+        <v>265</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786256433663</t>
+          <t>9786256433690</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimden Dökülenler</t>
+          <t>Flush Royale English Tests 1</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>166</v>
+        <v>265</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786256433342</t>
+          <t>9786256831032</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Zor Karar</t>
+          <t>Flush Royale English Tests 4</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>592</v>
+        <v>200</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786256433007</t>
+          <t>9786256831070</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Bataklıkta Kırmızı Topuklular</t>
+          <t>Flush Royale Vocabulary Test Book</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>323</v>
+        <v>500</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786256433120</t>
+          <t>9786256831056</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Dönüşü</t>
+          <t>Flush Royale Reading Testbook</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>355</v>
+        <v>640</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786256433137</t>
+          <t>9786256433786</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutsal Aşk Hikayesi</t>
+          <t>Flush Royale Cloze Test</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>169</v>
+        <v>650</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786256433083</t>
+          <t>9786256831060</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Hafiyye-i Ala</t>
+          <t>Flush Royale: Skills Testbook</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>254</v>
+        <v>810</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786256433274</t>
+          <t>9786256433748</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Kürk Mantolu Madonna'nın Kızı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>283</v>
+        <v>280</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786256433526</t>
+          <t>9786256433892</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Haberci Günlükler</t>
+          <t>Aşk: Bir Akıl Tutulması</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>202</v>
+        <v>440</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786256433489</t>
+          <t>9786256433854</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Bahçesi</t>
+          <t>Başka Bir Adla Başka Bir Zamanda</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>272</v>
+        <v>635</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786258163841</t>
+          <t>9786256433373</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Doktor</t>
+          <t>Statis: Yakamoz</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>379</v>
+        <v>800</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786256433076</t>
+          <t>9786258039849</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Kadın Hakları ve Türkiye’nin Kadın Haklarına Yönelik Stretejik Politikaları</t>
+          <t>Karınca Toti ile Birgün</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>318</v>
+        <v>340</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786256433557</t>
+          <t>9786256433946</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Genç Kadına Şiirler: 6 Şubat</t>
+          <t>Minik ve Meraklı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>178</v>
+        <v>630</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786256433229</t>
+          <t>9786256433847</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey Sorabilir miyim?</t>
+          <t>Can'dan Cana</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>408</v>
+        <v>335</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786256433304</t>
+          <t>9786258163933</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair</t>
+          <t>Asi Beyaz</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>209</v>
+        <v>260</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786256433199</t>
+          <t>9786256433823</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Yardan Kalan Yaralar</t>
+          <t>Sarkacın Muhafızı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>433</v>
+        <v>600</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786256433182</t>
+          <t>9786256433984</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kıyamam</t>
+          <t>Türk Derin Devlet Doktrini'nin Temeli</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>202</v>
+        <v>670</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786256433236</t>
+          <t>9786256433991</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Bir Eylül Akşamı</t>
+          <t>Mevsim Şiirdi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>547</v>
+        <v>275</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786256433212</t>
+          <t>9786256433861</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Anne</t>
+          <t>Piri Reis Ley Hatları ve Ab-ı Hayatın Gizemi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>150</v>
+        <v>805</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786256433496</t>
+          <t>9786256433908</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Konut Sorunu ve Kocaeli Kent Konut Örneği</t>
+          <t>Zeynep Gökçe'nin Mehmet Akif Ersoy Sevgisi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>178</v>
+        <v>665</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786256433151</t>
+          <t>9786256433809</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Lila and the First Day of School Hooray</t>
+          <t>Çağan'ın Maceraları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>343</v>
+        <v>560</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258163735</t>
+          <t>9786256433724</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bi Bahar Gelse</t>
+          <t>Ariko Piyano Çalıyor</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>189</v>
+        <v>265</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258163957</t>
+          <t>9786256433632</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>İki Adam : Ben ve Babam</t>
+          <t>Müdür v.</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>260</v>
+        <v>860</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786256433298</t>
+          <t>9786256433939</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Kimse Kelimelere Acımıyor (Ciltli)</t>
+          <t>Hope Behind The Sun Message From The Stars</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>1544</v>
+        <v>360</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258163544</t>
+          <t>9786256433922</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Montessori Yöntemiyle Matematik Çalışma</t>
+          <t>2061 Büyük Nuh Tufanı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>1264</v>
+        <v>605</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786256433090</t>
+          <t>9786258163667</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk ve Kur’an</t>
+          <t>Tanzimat Sonrası Osmanlı İmparatorluğu Bütçe ve Kesin Hesaplarının Analizi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>325</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786256433403</t>
+          <t>9786256433885</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kapı</t>
+          <t>Ay Işığım</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>372</v>
+        <v>350</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786256433441</t>
+          <t>9786256433830</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğun Zaman Hatırla</t>
+          <t>Kendimle Baş Başa</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>305</v>
+        <v>565</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258163889</t>
+          <t>9786256433700</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Ben, Arın</t>
+          <t>Mahcupbaz</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>182</v>
+        <v>265</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786256433021</t>
+          <t>9786256433533</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Yankısı</t>
+          <t>Solita</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>151</v>
+        <v>525</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786256433106</t>
+          <t>9786256433762</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Fareler Ülkesinin Prensi</t>
+          <t>Dönüştüren Gerçekler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>170</v>
+        <v>335</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258163995</t>
+          <t>9786256433588</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Hazan Mevsimi</t>
+          <t>Gözyaşlarım da Yandı</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>178</v>
+        <v>305</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258163940</t>
+          <t>9786256433502</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>İnsansızlık</t>
+          <t>Sirius'un Kızı 2 - Bumerang</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>151</v>
+        <v>765</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786256433168</t>
+          <t>9786256433779</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Organ Mafyası</t>
+          <t>Strategic Approaches to Materials Management System</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>178</v>
+        <v>760</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258163773</t>
+          <t>9786256433366</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Paralel Gerçeklikte Mesai - Öz'e Dönüş</t>
+          <t>Mavisi Çalınan Deniz</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>693</v>
+        <v>490</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258163902</t>
+          <t>9786256433540</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Haritam</t>
+          <t>Kirpiklerinin İzi Kaldı Yüreğimde</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258163872</t>
+          <t>9786256433687</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Geçmeyen Yara</t>
+          <t>Yeraltından Semaya</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>227</v>
+        <v>235</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786256433045</t>
+          <t>9786256433649</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Sevda Saklı Küllerimde</t>
+          <t>Mavi Yeşil Masallar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>174</v>
+        <v>580</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786256433069</t>
+          <t>9786256433601</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Gebe</t>
+          <t>Dilemma: İkilem Çözülmesi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>229</v>
+        <v>535</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258163988</t>
+          <t>9786258163865</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran - Pumillerin Sırrı</t>
+          <t>Covid-19 Almanağı : Tecrit ve Trajedi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>294</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786256433205</t>
+          <t>9786256433250</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Susuz İklimin Nadide Çiçekleri</t>
+          <t>Sağlıklı Böbrekler İçin Beslenme ve Yaşam Tarzı Önerileri</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>316</v>
+        <v>651</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786256433311</t>
+          <t>9786256433519</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Aklın Kapalı Noktası : Allahsızlık</t>
+          <t>Bir Deli Yalnız</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>339</v>
+        <v>330</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258163698</t>
+          <t>9786256433465</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Aslında O Bir Var Bir Yoktu</t>
+          <t>İnsan ve Hüsran</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>346</v>
+        <v>340</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786256433113</t>
+          <t>9786256433571</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Kesir Kavramı Öğretimi</t>
+          <t>Olsun Emekli Olduk Hiç Olmazsa</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>151</v>
+        <v>400</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258163704</t>
+          <t>9786256433380</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Modern Eğitimde Mevlana Felsefesi</t>
+          <t>Domates Fideleri</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>403</v>
+        <v>910</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258163964</t>
+          <t>9786256433410</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Deprem Savaşçıları</t>
+          <t>Kültür: Geleceğe Kalan</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>240</v>
+        <v>485</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258163971</t>
+          <t>9786256433175</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Cesur Ana</t>
+          <t>Zamana Karşı Direnenler</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>334</v>
+        <v>670</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258163858</t>
+          <t>9786258163810</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gölge</t>
+          <t>Mükemmel Ebeveynlik</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>187</v>
+        <v>545</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786258163896</t>
+          <t>9786258163919</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Hüda'dan İlhamlar</t>
+          <t>Gökkuşağının Altında</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>258</v>
+        <v>335</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786256433052</t>
+          <t>9786256433656</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Uyku Eğitimi Rehberi</t>
+          <t>Sancı</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>166</v>
+        <v>510</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258163834</t>
+          <t>9786256433328</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Tanrısal Program</t>
+          <t>Şeytanın Kasabası</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>696</v>
+        <v>630</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258163674</t>
+          <t>9786256433434</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Uçup Gidiyor Seneler - Sen, Ben, O, Yıllar</t>
+          <t>184 Gün</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258163926</t>
+          <t>9786256433564</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Mavi Suların Akşamında</t>
+          <t>Kaybolmuş Cennetim</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>171</v>
+        <v>445</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786258163797</t>
+          <t>9786256433281</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Genç Kalemler</t>
+          <t>Asanaların Hikayeleri</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>184</v>
+        <v>640</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258163803</t>
+          <t>9786256433359</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Yazar'ım</t>
+          <t>Albız</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>148</v>
+        <v>305</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258163711</t>
+          <t>9786256433397</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Yolunda</t>
+          <t>Kalbimdeki Sızı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258163759</t>
+          <t>9786256433472</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Ergen Gözünden Ergenliği Gör</t>
+          <t>Zerban’ın Diyarından Erenlere</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>153</v>
+        <v>240</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258163728</t>
+          <t>9786256433038</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Sayha</t>
+          <t>Dünyadan Uzak</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>339</v>
+        <v>200</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258163681</t>
+          <t>9786256433335</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Şiirler</t>
+          <t>Bir Küçük Nokta, Bir Uzun Çizgi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>184</v>
+        <v>445</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258163742</t>
+          <t>9786256433458</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Ateşböceği ve Karanlık</t>
+          <t>Hayata Sövüyorum</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>285</v>
+        <v>195</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258163629</t>
+          <t>9786256433663</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Niçin?</t>
+          <t>Yüreğimden Dökülenler</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>256</v>
+        <v>250</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258163520</t>
+          <t>9786256433342</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Ali Kanlı - Balıkesirname</t>
+          <t>Zor Karar</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>220</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258163537</t>
+          <t>9786256433007</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Yarının Ötesindeki Dün</t>
+          <t>Bataklıkta Kırmızı Topuklular</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>254</v>
+        <v>535</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258163582</t>
+          <t>9786256433120</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Sonun Başlangıcında</t>
+          <t>Kelebeğin Dönüşü</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>287</v>
+        <v>560</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786258163513</t>
+          <t>9786256433137</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kumru Hakikat İncileri</t>
+          <t>Bir Kutsal Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>234</v>
+        <v>255</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257561624</t>
+          <t>9786256433083</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Öldüğü Zaman</t>
+          <t>Hafiyye-i Ala</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>267</v>
+        <v>410</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258163605</t>
+          <t>9786256433274</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Mevsim</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>193</v>
+        <v>465</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258163643</t>
+          <t>9786256433526</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Ay Taneleri</t>
+          <t>Haberci Günlükler</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>157</v>
+        <v>315</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786057318206</t>
+          <t>9786256433489</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Alihocaş Yükseli</t>
+          <t>Dedemin Bahçesi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258163469</t>
+          <t>9786258163841</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Mendebur Sevgililer</t>
+          <t>Mülteci Doktor</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>157</v>
+        <v>640</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258163575</t>
+          <t>9786256433076</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Maya Kitap Kurdu</t>
+          <t>Uluslararası İlişkilerde Kadın Hakları ve Türkiye’nin Kadın Haklarına Yönelik Stretejik Politikaları</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258163650</t>
+          <t>9786256433557</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Boşlukta Savrulanlar</t>
+          <t>Genç Kadına Şiirler: 6 Şubat</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>316</v>
+        <v>190</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258163506</t>
+          <t>9786256433229</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Ben miyim? Alma Ağacı</t>
+          <t>Bir Şey Sorabilir miyim?</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>331</v>
+        <v>600</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258163490</t>
+          <t>9786256433304</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Hediye</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786258163209</t>
+          <t>9786256433199</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Yeşil</t>
+          <t>Yardan Kalan Yaralar</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>184</v>
+        <v>740</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258163452</t>
+          <t>9786256433182</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Gül Fidanı</t>
+          <t>Kıyamam</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>361</v>
+        <v>315</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786258163407</t>
+          <t>9786256433236</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Bizden Bize Hikayeler</t>
+          <t>Bir Eylül Akşamı</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>391</v>
+        <v>945</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258163599</t>
+          <t>9786256433212</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Boncuk Nine’nin Bahçesi</t>
+          <t>Gerçek Anne</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>155</v>
+        <v>535</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258163636</t>
+          <t>9786256433496</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Saklanmış Zaman</t>
+          <t>Türkiye'de Konut Sorunu ve Kocaeli Kent Konut Örneği</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>386</v>
+        <v>270</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258163421</t>
+          <t>9786256433151</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gelen Mahkum</t>
+          <t>Lila and the First Day of School Hooray</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>469</v>
+        <v>380</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258163117</t>
+          <t>9786258163735</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Suicide of Democracies – Pseudodemocracies</t>
+          <t>Bi Bahar Gelse</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>187</v>
+        <v>290</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786258163551</t>
+          <t>9786258163957</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Son’bahar</t>
+          <t>İki Adam : Ben ve Babam</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>166</v>
+        <v>325</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258163254</t>
+          <t>9786256433298</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Sahilde Bir Köy</t>
+          <t>Kimse Kelimelere Acımıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>334</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786258163476</t>
+          <t>9786258163544</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Prison Bird (Mahpus Kuşu)</t>
+          <t>Montessori Yöntemiyle Matematik Çalışma</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>476</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257654791</t>
+          <t>9786256433090</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Nokta ve Boşluk</t>
+          <t>Mutluluk ve Kur’an</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>284</v>
+        <v>540</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786258163438</t>
+          <t>9786256433403</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Kripto Para ve Türkiye</t>
+          <t>Kapı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>191</v>
+        <v>625</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786258163384</t>
+          <t>9786256433441</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Sadakatsiz</t>
+          <t>Unuttuğun Zaman Hatırla</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>323</v>
+        <v>505</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258163070</t>
+          <t>9786258163889</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>İz</t>
+          <t>Ben, Arın</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>466</v>
+        <v>280</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786258163391</t>
+          <t>9786256433021</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Bir Şehrin Hafızası</t>
+          <t>Duyguların Yankısı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>314</v>
+        <v>220</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786258163414</t>
+          <t>9786256433106</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kadim Dünya</t>
+          <t>Fareler Ülkesinin Prensi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>422</v>
+        <v>180</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786258163377</t>
+          <t>9786258163995</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Arsların Gece Vakti</t>
+          <t>Hazan Mevsimi</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786258163223</t>
+          <t>9786258163940</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Naraya'nın Pusulası</t>
+          <t>İnsansızlık</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786258163278</t>
+          <t>9786256433168</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Manolya</t>
+          <t>Organ Mafyası</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>198</v>
+        <v>190</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786258163353</t>
+          <t>9786258163773</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Tükürükle Yapıştırılmış Hayatlar</t>
+          <t>Paralel Gerçeklikte Mesai - Öz'e Dönüş</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>211</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257561549</t>
+          <t>9786258163902</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Sözlüğü</t>
+          <t>Cebimdeki Haritam</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>204</v>
+        <v>745</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786258163292</t>
+          <t>9786258163872</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Sevgimiz Büyürken</t>
+          <t>Geçmeyen Yara</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>153</v>
+        <v>360</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786258163193</t>
+          <t>9786256433045</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Gülbeyaz Cehennem Şelalesi</t>
+          <t>Sevda Saklı Küllerimde</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>462</v>
+        <v>185</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786258163315</t>
+          <t>9786256433069</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Sirius'un Kızı 1 - İkiz Alev</t>
+          <t>Ölüme Gebe</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>480</v>
+        <v>365</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786258163087</t>
+          <t>9786258163988</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Bir Kahve İçimi Ne Olur Gelsen</t>
+          <t>Şahmeran - Pumillerin Sırrı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>225</v>
+        <v>485</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786258039979</t>
+          <t>9786256433205</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Normal Adam</t>
+          <t>Susuz İklimin Nadide Çiçekleri</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>674</v>
+        <v>525</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786258039788</t>
+          <t>9786256433311</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar</t>
+          <t>Aklın Kapalı Noktası : Allahsızlık</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>386</v>
+        <v>565</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786258163230</t>
+          <t>9786258163698</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Sare</t>
+          <t>Aslında O Bir Var Bir Yoktu</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>359</v>
+        <v>580</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786258039429</t>
+          <t>9786256433113</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Senin de Örgütünde Hizipler Çıksın</t>
+          <t>Uygulamalı Kesir Kavramı Öğretimi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786258039801</t>
+          <t>9786258163704</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Ece Tatilde - Slovenya</t>
+          <t>Modern Eğitimde Mevlana Felsefesi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>176</v>
+        <v>605</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786258163322</t>
+          <t>9786258163964</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Rehberimden Bir Not Sakin ol Sadece Büyüyorum :)</t>
+          <t>Deprem Savaşçıları</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786258039115</t>
+          <t>9786258163971</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Heba Ettiğin Yerdeyim</t>
+          <t>Cesur Ana</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>272</v>
+        <v>560</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786258163339</t>
+          <t>9786258163858</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Petrikor</t>
+          <t>Mavi Gölge</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>202</v>
+        <v>285</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786258163285</t>
+          <t>9786258163896</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Kalemimin İlhamı</t>
+          <t>Hüda'dan İlhamlar</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>196</v>
+        <v>420</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786258163346</t>
+          <t>9786256433052</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Yanım Kalan Şeyler</t>
+          <t>Uyku Eğitimi Rehberi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>229</v>
+        <v>250</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786258163360</t>
+          <t>9786258163834</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Umut Güneşin Ardında – Yıldızlardan Gelen Mesaj (Ciltli)</t>
+          <t>Tanrısal Program</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>234</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786258163261</t>
+          <t>9786258163674</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Naçizane</t>
+          <t>Uçup Gidiyor Seneler - Sen, Ben, O, Yıllar</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>153</v>
+        <v>385</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786258039894</t>
+          <t>9786258163926</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Senirkent Günlükleri</t>
+          <t>Mavi Suların Akşamında</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>231</v>
+        <v>260</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786258039993</t>
+          <t>9786258163797</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>The Impact of Regulatory Policies on Competition in The Fixed Telecommunication Industry in Turkey</t>
+          <t>Genç Kalemler</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>236</v>
+        <v>285</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786258163186</t>
+          <t>9786258163803</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Söz Anlayana</t>
+          <t>Yazar'ım</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786258163308</t>
+          <t>9786258163711</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Ro-Si-Da Gölge Veren Güneş</t>
+          <t>Her Şey Yolunda</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>171</v>
+        <v>350</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786258163179</t>
+          <t>9786258163759</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>İstihbaratın Kronolojisi</t>
+          <t>Ergen Gözünden Ergenliği Gör</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>287</v>
+        <v>225</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257561136</t>
+          <t>9786258163728</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Gönül Memleketi Şiir Şehri</t>
+          <t>Sayha</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>231</v>
+        <v>565</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786258039702</t>
+          <t>9786258163681</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Gönül Erabına Mektuplar Denemeler</t>
+          <t>Kalbime Şiirler</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>243</v>
+        <v>285</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786258163124</t>
+          <t>9786258163742</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Erliğin Saguları</t>
+          <t>Ateşböceği ve Karanlık</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>135</v>
+        <v>470</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786258163100</t>
+          <t>9786258163629</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Demokrasilerin İntiharı</t>
+          <t>Niçin?</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>187</v>
+        <v>415</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786258163247</t>
+          <t>9786258163520</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Çocuksu Yitik Yıllar</t>
+          <t>Ali Kanlı - Balıkesirname</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>209</v>
+        <v>350</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257654777</t>
+          <t>9786258163537</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Bi Bulut Geçse</t>
+          <t>Yarının Ötesindeki Dün</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>209</v>
+        <v>410</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786258163131</t>
+          <t>9786258163582</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Aktarılan Olarak Algılananın Edimsel Eleştirisi –Sanat Felsefesi Müzik ve Trajedi Üzerine</t>
+          <t>Sonun Başlangıcında</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>189</v>
+        <v>470</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786258163056</t>
+          <t>9786258163513</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerim</t>
+          <t>Kumru Hakikat İncileri</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>238</v>
+        <v>375</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257561563</t>
+          <t>9786257561624</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kilitli Kapılar</t>
+          <t>Çiçekler Öldüğü Zaman</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>207</v>
+        <v>435</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786258163025</t>
+          <t>9786258163605</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Uzak Mektup</t>
+          <t>Büyülü Mevsim</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>324</v>
+        <v>300</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786258039900</t>
+          <t>9786258163643</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Sadece Bir Cümle</t>
+          <t>Ay Taneleri</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>198</v>
+        <v>235</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786258039856</t>
+          <t>9786057318206</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Mathün’ün Keşfi</t>
+          <t>Alihocaş Yükseli</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>162</v>
+        <v>420</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786258039887</t>
+          <t>9786258163469</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kurt Deliği</t>
+          <t>Mendebur Sevgililer</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>590</v>
+        <v>235</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786258163049</t>
+          <t>9786258163575</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Bir Yığın Söz</t>
+          <t>Maya Kitap Kurdu</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>245</v>
+        <v>460</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786258163032</t>
+          <t>9786258163650</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Hakanlar Uyanıyor Turum Ara-I</t>
+          <t>Boşlukta Savrulanlar</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>316</v>
+        <v>525</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786258039955</t>
+          <t>9786258163506</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Bir Dünya</t>
+          <t>Düşünen Ben miyim? Alma Ağacı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>182</v>
+        <v>520</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786258163018</t>
+          <t>9786258163490</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Boynumdaki Halka</t>
+          <t>Hediye</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>471</v>
+        <v>550</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786258039870</t>
+          <t>9786258163209</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Kanada’nın Yolları Taştan -2 Fırtınalı Yıllar</t>
+          <t>Yeşil</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>361</v>
+        <v>285</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786258163162</t>
+          <t>9786258163452</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Sal Beni</t>
+          <t>Gül Fidanı</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>227</v>
+        <v>605</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786258039740</t>
+          <t>9786258163407</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Yavru Aslan Mino</t>
+          <t>Bizden Bize Hikayeler</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>319</v>
+        <v>620</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786258163063</t>
+          <t>9786258163599</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak ve Yaşatmak</t>
+          <t>Boncuk Nine’nin Bahçesi</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>148</v>
+        <v>745</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786258039924</t>
+          <t>9786258163636</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Meyus Bir Kadının Günlüğü</t>
+          <t>Saklanmış Zaman</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>384</v>
+        <v>650</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257561518</t>
+          <t>9786258163421</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Jiyan - İki Dünya</t>
+          <t>Yeni Gelen Mahkum</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>216</v>
+        <v>805</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786258039412</t>
+          <t>9786258163117</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Bir Şimdi</t>
+          <t>Suicide of Democracies – Pseudodemocracies</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>187</v>
+        <v>285</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786258039986</t>
+          <t>9786258163551</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Ünlem</t>
+          <t>Son’bahar</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>321</v>
+        <v>250</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786258163155</t>
+          <t>9786258163254</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Herkes Celladını Kendisi Yetiştirir</t>
+          <t>Sahilde Bir Köy</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>157</v>
+        <v>560</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257561617</t>
+          <t>9786258163476</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Prison Bird (Mahpus Kuşu)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>180</v>
+        <v>815</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257561716</t>
+          <t>9786257654791</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Mezar Taşı Olmayan Kadın</t>
+          <t>Nokta ve Boşluk</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>193</v>
+        <v>315</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786258039146</t>
+          <t>9786258163438</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Luşanta ile Yula</t>
+          <t>Kripto Para ve Türkiye</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>191</v>
+        <v>295</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786258039917</t>
+          <t>9786258163384</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Mezarı - Karakuş</t>
+          <t>Sadakatsiz</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>321</v>
+        <v>535</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786258039665</t>
+          <t>9786258163070</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Ozan İle Ceylan - Destanlar Yurdu'nda</t>
+          <t>İz</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>296</v>
+        <v>700</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786258039931</t>
+          <t>9786258163391</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Setramiz (İmkansızın Ötesinde)</t>
+          <t>Çanakkale Bir Şehrin Hafızası</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>265</v>
+        <v>520</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786258163001</t>
+          <t>9786258163414</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Gölge ve Mutluluk</t>
+          <t>Kadim Dünya</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>153</v>
+        <v>715</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786258163148</t>
+          <t>9786258163377</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Karmakarışığım</t>
+          <t>Arsların Gece Vakti</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257654746</t>
+          <t>9786258163223</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kanada’nın Yolları Taştan</t>
+          <t>Naraya'nın Pusulası</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>426</v>
+        <v>715</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786258039962</t>
+          <t>9786258163278</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>İç Dünya</t>
+          <t>Manolya</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786258039771</t>
+          <t>9786258163353</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Öğrendiğim 80 Tecrübe</t>
+          <t>Tükürükle Yapıştırılmış Hayatlar</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>431</v>
+        <v>330</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786258039795</t>
+          <t>9786257561549</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken Ölenler</t>
+          <t>Bir Devrin Sözlüğü</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>216</v>
+        <v>320</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786258039818</t>
+          <t>9786258163292</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Deliorman Kokusu</t>
+          <t>Sevgimiz Büyürken</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>155</v>
+        <v>225</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786258039825</t>
+          <t>9786258163193</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>İmza: Mahur</t>
+          <t>Gülbeyaz Cehennem Şelalesi</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>408</v>
+        <v>790</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786258039948</t>
+          <t>9786258163315</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Aklıma Düştüğünde</t>
+          <t>Sirius'un Kızı 1 - İkiz Alev</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>395</v>
+        <v>825</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257561679</t>
+          <t>9786258163087</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Hirudo</t>
+          <t>Bir Kahve İçimi Ne Olur Gelsen</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>301</v>
+        <v>355</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786258039733</t>
+          <t>9786258039979</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Fikir - Küçük Çocukların İmkansız Amaçları</t>
+          <t>Normal Adam</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>144</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257561365</t>
+          <t>9786258039788</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Corona</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>239</v>
+        <v>650</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257654753</t>
+          <t>9786258163230</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Kontrast</t>
+          <t>Sare</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>155</v>
+        <v>605</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786258039764</t>
+          <t>9786258039429</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Stomam Benim Can Yoldaşım</t>
+          <t>Senin de Örgütünde Hizipler Çıksın</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>175</v>
+        <v>470</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786258039696</t>
+          <t>9786258039801</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Şehidi: Osman</t>
+          <t>Ece Tatilde - Slovenya</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>153</v>
+        <v>895</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786258039634</t>
+          <t>9786258163322</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı İdrak</t>
+          <t>Rehberimden Bir Not Sakin ol Sadece Büyüyorum :)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>187</v>
+        <v>310</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786258039726</t>
+          <t>9786258039115</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Çiy Taneleri</t>
+          <t>Heba Ettiğin Yerdeyim</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>231</v>
+        <v>445</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786258039672</t>
+          <t>9786258163339</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Unutulanlar 1</t>
+          <t>Petrikor</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>894</v>
+        <v>315</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786258039481</t>
+          <t>9786258163285</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>40'ım Çıktı</t>
+          <t>Kalemimin İlhamı</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>157</v>
+        <v>305</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786258039658</t>
+          <t>9786258163346</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Çiğdem Arslan ile Değişime Odaklan</t>
+          <t>Yanım Kalan Şeyler</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>312</v>
+        <v>365</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786056631405</t>
+          <t>9786258163360</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Ayazında Kalmış Mısralar</t>
+          <t>Umut Güneşin Ardında – Yıldızlardan Gelen Mesaj (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257561969</t>
+          <t>9786258163261</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Tutumları</t>
+          <t>Naçizane</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257561389</t>
+          <t>9786258039894</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kapıyı Aç!</t>
+          <t>Senirkent Günlükleri</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>191</v>
+        <v>370</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786258039108</t>
+          <t>9786258039993</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Çığlığı</t>
+          <t>The Impact of Regulatory Policies on Competition in The Fixed Telecommunication Industry in Turkey</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>178</v>
+        <v>335</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786258039689</t>
+          <t>9786258163186</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kaderini Tayin Eden Bir Hayat - Ben Benim</t>
+          <t>Söz Anlayana</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>209</v>
+        <v>355</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786258039641</t>
+          <t>9786258163308</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Cemretül Ebabil</t>
+          <t>Ro-Si-Da Gölge Veren Güneş</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>209</v>
+        <v>260</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786258039306</t>
+          <t>9786258163179</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Peri Mila Paris'te</t>
+          <t>İstihbaratın Kronolojisi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>449</v>
+        <v>470</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786258039122</t>
+          <t>9786257561136</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Erzincanlı Divane Aziz Baba</t>
+          <t>Gönül Memleketi Şiir Şehri</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>169</v>
+        <v>370</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786258039030</t>
+          <t>9786258039702</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Senası</t>
+          <t>Gönül Erabına Mektuplar Denemeler</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>169</v>
+        <v>390</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786258039351</t>
+          <t>9786258163124</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Patik ve Kutucuk</t>
+          <t>Erliğin Saguları</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>272</v>
+        <v>195</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786258039177</t>
+          <t>9786258163100</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Salıncak Amca</t>
+          <t>Demokrasilerin İntiharı</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>343</v>
+        <v>285</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786258039610</t>
+          <t>9786258163247</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmamış Aşk</t>
+          <t>Çocuksu Yitik Yıllar</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>272</v>
+        <v>330</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786258039627</t>
+          <t>9786257654777</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kupadan Çıkan Uzay Robotu</t>
+          <t>Bi Bulut Geçse</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>1056</v>
+        <v>330</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786258039580</t>
+          <t>9786258163131</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>The Daydreaming Elephant</t>
+          <t>Aktarılan Olarak Algılananın Edimsel Eleştirisi –Sanat Felsefesi Müzik ve Trajedi Üzerine</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>254</v>
+        <v>290</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786258039368</t>
+          <t>9786258163056</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Meşin Yuvarlak</t>
+          <t>Şiirlerim</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>198</v>
+        <v>380</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786258039566</t>
+          <t>9786257561563</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Puantiyeli Kadın Lavinia</t>
+          <t>Kilitli Kapılar</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>461</v>
+        <v>325</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257561181</t>
+          <t>9786258163025</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Melekler Seni Bana Yazmış</t>
+          <t>Uzak Mektup</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>386</v>
+        <v>890</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786258039085</t>
+          <t>9786258039900</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Hamilelikte Yaşam</t>
+          <t>Sadece Bir Cümle</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>312</v>
+        <v>310</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786258039283</t>
+          <t>9786258039856</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Hayata Format</t>
+          <t>Mathün’ün Keşfi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>435</v>
+        <v>240</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786258039542</t>
+          <t>9786258039887</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Birileri</t>
+          <t>Kurt Deliği</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>281</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786258039528</t>
+          <t>9786258163049</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Avuntu</t>
+          <t>Bir Yığın Söz</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>260</v>
+        <v>395</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786258039474</t>
+          <t>9786258163032</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Söylenecekler</t>
+          <t>Hakanlar Uyanıyor Turum Ara-I</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>252</v>
+        <v>525</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786258039436</t>
+          <t>9786258039955</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Sözlerim Sevenlere</t>
+          <t>Bir İnsan Bir Dünya</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>339</v>
+        <v>280</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786258039405</t>
+          <t>9786258163018</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Narkozu ve Beden Dili</t>
+          <t>Boynumdaki Halka</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>175</v>
+        <v>805</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786258039399</t>
+          <t>9786258039870</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Diyalektik Rüyalar</t>
+          <t>Kanada’nın Yolları Taştan -2 Fırtınalı Yıllar</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>220</v>
+        <v>605</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786258039382</t>
+          <t>9786258163162</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Üç Öksüz Bir Anne</t>
+          <t>Bankacılık Sal Beni</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>408</v>
+        <v>360</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786258039375</t>
+          <t>9786258039740</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Suya Yazılan Şiirler</t>
+          <t>Yavru Aslan Mino</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>216</v>
+        <v>500</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786258039320</t>
+          <t>9786258163063</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kalplere Dokunmak</t>
+          <t>Yaşamak ve Yaşatmak</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>189</v>
+        <v>220</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786258039191</t>
+          <t>9786258039924</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Öldürülmek İstemeden Önce</t>
+          <t>Meyus Bir Kadının Günlüğü</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>549</v>
+        <v>650</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786258039054</t>
+          <t>9786257561518</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Orman Okulu Bilge Kaplumbağa Fikri</t>
+          <t>Jiyan - İki Dünya</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257561594</t>
+          <t>9786258039412</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Mookita - Bilimsel Hikayeler Serisi</t>
+          <t>Sonsuz Bir Şimdi</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>185</v>
+        <v>285</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257561891</t>
+          <t>9786258039986</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Senli Şarkılar</t>
+          <t>Ünlem</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>151</v>
+        <v>535</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257561945</t>
+          <t>9786258163155</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Lasimi</t>
+          <t>Herkes Celladını Kendisi Yetiştirir</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>258</v>
+        <v>235</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257190305</t>
+          <t>9786257561617</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Derinliği</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786258039511</t>
+          <t>9786257561716</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Eftelya'nın Günlüğü</t>
+          <t>Mezar Taşı Olmayan Kadın</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>229</v>
+        <v>300</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786258039337</t>
+          <t>9786258039146</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Are You Yes or No</t>
+          <t>Luşanta ile Yula</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>278</v>
+        <v>295</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786258039344</t>
+          <t>9786258039917</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Sırrı Sayılar</t>
+          <t>Kadınlar Mezarı - Karakuş</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>176</v>
+        <v>535</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786258039214</t>
+          <t>9786258039665</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Haylaz İnci</t>
+          <t>Ozan İle Ceylan - Destanlar Yurdu'nda</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>453</v>
+        <v>460</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786258039221</t>
+          <t>9786258039931</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Pastane İkizleri - Eskişehir Roma İstanbul</t>
+          <t>Setramiz (İmkansızın Ötesinde)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>366</v>
+        <v>430</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786258039597</t>
+          <t>9786258163001</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Şiir Mi Söz Mü Ateş Mi Köz Mü</t>
+          <t>Gölge ve Mutluluk</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>346</v>
+        <v>225</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786258039573</t>
+          <t>9786258163148</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Ben Sana Merhaba Derken</t>
+          <t>Karmakarışığım</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>44</v>
+        <v>265</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786258039603</t>
+          <t>9786257654746</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Hislerime Kaydedilenler</t>
+          <t>Kanada’nın Yolları Taştan</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>175</v>
+        <v>725</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786258039269</t>
+          <t>9786258039962</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Kalo 2 / Rojbin - Geciken İntikam</t>
+          <t>İç Dünya</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>263</v>
+        <v>355</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786258039535</t>
+          <t>9786258039771</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Pencereden Bakar Gibi Geçti Hayat</t>
+          <t>Hayattan Öğrendiğim 80 Tecrübe</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>370</v>
+        <v>735</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786258039559</t>
+          <t>9786258039795</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Son İnci</t>
+          <t>Yaşarken Ölenler</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>164</v>
+        <v>340</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786258039290</t>
+          <t>9786258039818</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Abrakadabra - Ölü Adamın Rüyası</t>
+          <t>Deliorman Kokusu</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>554</v>
+        <v>230</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786055045944</t>
+          <t>9786258039825</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Yar Hüznüyle Geldi</t>
+          <t>İmza: Mahur</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>94</v>
+        <v>695</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257190732</t>
+          <t>9786258039948</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Yüreğim</t>
+          <t>Aklıma Düştüğünde</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>180</v>
+        <v>670</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786258039207</t>
+          <t>9786257561679</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Sevda Cumhuriyetim</t>
+          <t>Hirudo</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>204</v>
+        <v>495</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257190848</t>
+          <t>9786258039733</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Senden Kalmayım!</t>
+          <t>Fikir - Küçük Çocukların İmkansız Amaçları</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>184</v>
+        <v>210</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257561976</t>
+          <t>9786257561365</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Nim</t>
+          <t>Corona</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257942690</t>
+          <t>9786257654753</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Nazire</t>
+          <t>Kontrast</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>216</v>
+        <v>230</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257942850</t>
+          <t>9786258039764</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Musahip</t>
+          <t>Stomam Benim Can Yoldaşım</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>191</v>
+        <v>265</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786258039023</t>
+          <t>9786258039696</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kuran Işığında Müslümanlıktan Damlalar</t>
+          <t>Cumhuriyet Şehidi: Osman</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>286</v>
+        <v>225</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257942683</t>
+          <t>9786258039634</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kuran Işığında Müslümanlık</t>
+          <t>Allah'ı İdrak</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>72</v>
+        <v>285</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257654227</t>
+          <t>9786258039726</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kolay Okunan Heceler Kitabı 2</t>
+          <t>Çiy Taneleri</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>275</v>
+        <v>370</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786055045043</t>
+          <t>9786258039672</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kana Vesile</t>
+          <t>Unutulanlar 1</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>94</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257190558</t>
+          <t>9786258039481</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Aşk</t>
+          <t>40'ım Çıktı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>321</v>
+        <v>235</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257942232</t>
+          <t>9786258039658</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Hasbi Hal</t>
+          <t>Çiğdem Arslan ile Değişime Odaklan</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>211</v>
+        <v>515</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786258039092</t>
+          <t>9786056631405</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sevdiğinin Kapısında</t>
+          <t>Bozkır Ayazında Kalmış Mısralar</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>204</v>
+        <v>265</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257942997</t>
+          <t>9786257561969</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Benim Şiirlerim</t>
+          <t>Anne Baba Tutumları</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>269</v>
+        <v>475</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786057946119</t>
+          <t>9786257561389</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sözleri</t>
+          <t>Kapıyı Aç!</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>41</v>
+        <v>295</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257190459</t>
+          <t>9786258039108</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Altı Gül Kız Masalı</t>
+          <t>Kalbimin Çığlığı</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>186</v>
+        <v>270</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257654999</t>
+          <t>9786258039689</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Suretler</t>
+          <t>Kendi Kaderini Tayin Eden Bir Hayat - Ben Benim</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>299</v>
+        <v>330</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786258039245</t>
+          <t>9786258039641</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Merakşan</t>
+          <t>Cemretül Ebabil</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257190589</t>
+          <t>9786258039306</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kadınlar</t>
+          <t>Peri Mila Paris'te</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>209</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786257561761</t>
+          <t>9786258039122</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>İçimden Renkler Geçiyor</t>
+          <t>Erzincanlı Divane Aziz Baba</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>193</v>
+        <v>255</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257561402</t>
+          <t>9786258039030</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık</t>
+          <t>Gözümün Senası</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>325</v>
+        <v>255</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257561631</t>
+          <t>9786258039351</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Duygu Damlası</t>
+          <t>Patik ve Kutucuk</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>183</v>
+        <v>420</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257561723</t>
+          <t>9786258039177</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Baba Eğitimi</t>
+          <t>Salıncak Amca</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>231</v>
+        <v>540</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257561785</t>
+          <t>9786258039610</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Mutluluk</t>
+          <t>Yaşanmamış Aşk</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>336</v>
+        <v>445</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257561150</t>
+          <t>9786258039627</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağın Namertleri</t>
+          <t>Kupadan Çıkan Uzay Robotu</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>213</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257561730</t>
+          <t>9786258039580</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Son Veda</t>
+          <t>The Daydreaming Elephant</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>182</v>
+        <v>280</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257561846</t>
+          <t>9786258039368</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>İnşirah Suskunu</t>
+          <t>Meşin Yuvarlak</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>232</v>
+        <v>310</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257561419</t>
+          <t>9786258039566</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Güven Sarsıntısı</t>
+          <t>Puantiyeli Kadın Lavinia</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>364</v>
+        <v>790</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257561570</t>
+          <t>9786257561181</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Mikael</t>
+          <t>Melekler Seni Bana Yazmış</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>37</v>
+        <v>580</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257561334</t>
+          <t>9786258039085</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolculuğu - 2</t>
+          <t>Hamilelikte Yaşam</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>136</v>
+        <v>515</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257561839</t>
+          <t>9786258039283</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Sende Rabbimi Gördüm</t>
+          <t>Hayata Format</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>310</v>
+        <v>740</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257561228</t>
+          <t>9786258039542</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kentleşme</t>
+          <t>Birileri</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>207</v>
+        <v>460</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257561822</t>
+          <t>9786258039528</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Almanya Etkileşiminde Mustafa Kemal Paşa</t>
+          <t>Bir Avuç Avuntu</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>355</v>
+        <v>420</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786258039009</t>
+          <t>9786258039474</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Yediveren</t>
+          <t>Söylenecekler</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>220</v>
+        <v>405</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786257561877</t>
+          <t>9786258039436</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kıssa'dır</t>
+          <t>Sözlerim Sevenlere</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>236</v>
+        <v>565</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786257561815</t>
+          <t>9786258039405</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Niştar'ın Büyüsü Mistik Denge</t>
+          <t>Siyasetin Narkozu ve Beden Dili</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>630</v>
+        <v>265</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786258039047</t>
+          <t>9786258039399</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Cex</t>
+          <t>Diyalektik Rüyalar</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>272</v>
+        <v>350</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257561747</t>
+          <t>9786258039382</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Düşünür ya İnsan Sonuçta</t>
+          <t>Üç Öksüz Bir Anne</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>234</v>
+        <v>695</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257561433</t>
+          <t>9786258039375</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Emanetin İncisi</t>
+          <t>Suya Yazılan Şiirler</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>244</v>
+        <v>340</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257561983</t>
+          <t>9786258039320</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Güzel Konuşma Ve Sağlıklı İletişim</t>
+          <t>Küçük Kalplere Dokunmak</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>294</v>
+        <v>290</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257561884</t>
+          <t>9786258039191</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Üç Kara Kedi</t>
+          <t>Öldürülmek İstemeden Önce</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>554</v>
+        <v>950</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257561754</t>
+          <t>9786258039054</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>İki Kasabanın Öyküsü</t>
+          <t>Orman Okulu Bilge Kaplumbağa Fikri</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>451</v>
+        <v>395</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786258039061</t>
+          <t>9786257561594</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Ararken</t>
+          <t>Mookita - Bilimsel Hikayeler Serisi</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>162</v>
+        <v>955</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257654074</t>
+          <t>9786257561891</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Yüksek İndirim İş Modeli</t>
+          <t>Senli Şarkılar</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>623</v>
+        <v>220</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257561525</t>
+          <t>9786257561945</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Hadi Ses Ver</t>
+          <t>Lasimi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>308</v>
+        <v>420</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257561853</t>
+          <t>9786257190305</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin Özü</t>
+          <t>Sevginin Derinliği</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>218</v>
+        <v>475</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786258039016</t>
+          <t>9786258039511</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Sar Sev Sarmala</t>
+          <t>Denizkızı Eftelya'nın Günlüğü</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>379</v>
+        <v>365</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257190091</t>
+          <t>9786258039337</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Yolu</t>
+          <t>Are You Yes or No</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>200</v>
+        <v>455</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789752470958</t>
+          <t>9786258039344</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>İki Gözüm</t>
+          <t>Evrenin Sırrı Sayılar</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>143</v>
+        <v>176</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786057946706</t>
+          <t>9786258039214</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Ben Büyümedim</t>
+          <t>Haylaz İnci</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>361</v>
+        <v>775</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786057946270</t>
+          <t>9786258039221</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Umuda Sarılanlar</t>
+          <t>Pastane İkizleri - Eskişehir Roma İstanbul</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>229</v>
+        <v>615</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786057946775</t>
+          <t>9786258039597</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>En Önemlisi Sensin</t>
+          <t>Şiir Mi Söz Mü Ateş Mi Köz Mü</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>206</v>
+        <v>580</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786057946652</t>
+          <t>9786258039573</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Batı Yolu Çocukları</t>
+          <t>Ben Sana Merhaba Derken</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>253</v>
+        <v>195</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786057946072</t>
+          <t>9786258039603</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Gülümse</t>
+          <t>Hislerime Kaydedilenler</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786056863790</t>
+          <t>9786258039269</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Yaralı</t>
+          <t>Kalo 2 / Rojbin - Geciken İntikam</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786057946010</t>
+          <t>9786258039535</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>İki Kadın</t>
+          <t>Pencereden Bakar Gibi Geçti Hayat</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>225</v>
+        <v>625</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789752470286</t>
+          <t>9786258039559</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Rüya Alemi</t>
+          <t>Son İnci</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>334</v>
+        <v>245</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786057946003</t>
+          <t>9786258039290</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Sonbaharı Kokladım</t>
+          <t>Abrakadabra - Ölü Adamın Rüyası</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>216</v>
+        <v>960</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786057946027</t>
+          <t>9786055045944</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Can Kırıkları</t>
+          <t>Yar Hüznüyle Geldi</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>281</v>
+        <v>270</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786057946034</t>
+          <t>9786257190732</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Masal</t>
+          <t>Tutsak Yüreğim</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>333</v>
+        <v>275</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789752470835</t>
+          <t>9786258039207</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Sağanağı</t>
+          <t>Sevda Cumhuriyetim</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789752470811</t>
+          <t>9786257190848</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Evlat Yüreği</t>
+          <t>Senden Kalmayım!</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>112</v>
+        <v>285</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789752470767</t>
+          <t>9786257561976</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Afife ve Selahattin</t>
+          <t>Nim</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>171</v>
+        <v>275</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789752470729</t>
+          <t>9786257942690</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Lazım Değil</t>
+          <t>Nazire</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>146</v>
+        <v>340</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786057946300</t>
+          <t>9786257942850</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren ve Değiştiren Hikayeler</t>
+          <t>Musahip</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>196</v>
+        <v>295</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786057946263</t>
+          <t>9786258039023</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Dem Bacaları</t>
+          <t>Kuran Işığında Müslümanlıktan Damlalar</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>281</v>
+        <v>435</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786057946348</t>
+          <t>9786257942683</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Adın İle Savaşıyor İnsanlar</t>
+          <t>Kuran Işığında Müslümanlık</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>216</v>
+        <v>865</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786057946317</t>
+          <t>9786257654227</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tutulması</t>
+          <t>Kolay Okunan Heceler Kitabı 2</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>261</v>
+        <v>275</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786057946195</t>
+          <t>9786055045043</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Papatya</t>
+          <t>Kana Vesile</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>171</v>
+        <v>270</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786057946201</t>
+          <t>9786257190558</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Göğsümde Öyle Bir Hınzır Yumru Var Ki</t>
+          <t>Kalbimdeki Aşk</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>180</v>
+        <v>535</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786057946102</t>
+          <t>9786257942232</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Entel Tarih</t>
+          <t>Hasbi Hal</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>196</v>
+        <v>330</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786057946065</t>
+          <t>9786258039092</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Bir Evliyanın Facebook Anıları</t>
+          <t>Gönül Sevdiğinin Kapısında</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786057946041</t>
+          <t>9786257942997</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Altı</t>
+          <t>Benim Şiirlerim</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>642</v>
+        <v>440</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786057946096</t>
+          <t>9786057946119</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Bahanesi Yok Hayatın</t>
+          <t>Aşk Sözleri</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>140</v>
+        <v>355</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789752470255</t>
+          <t>9786257190459</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Kalemi Buldum</t>
+          <t>Altı Gül Kız Masalı</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>366</v>
+        <v>255</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786056863721</t>
+          <t>9786257654999</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Pörfinya'nın Anne Kız Tatili</t>
+          <t>Kanlı Suretler</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>265</v>
+        <v>490</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789752470804</t>
+          <t>9786258039245</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Avucumun İçinde Saklıyorum Seni</t>
+          <t>Tavşan Merakşan</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>211</v>
+        <v>445</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789752470798</t>
+          <t>9786257190589</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalmasaydık</t>
+          <t>Dünyayı Değiştiren Kadınlar</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>178</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789752470682</t>
+          <t>9786257561761</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Sibel'den</t>
+          <t>İçimden Renkler Geçiyor</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>249</v>
+        <v>300</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789752470774</t>
+          <t>9786257561402</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Nova</t>
+          <t>Alacakaranlık</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>256</v>
+        <v>540</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789752470743</t>
+          <t>9786257561631</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Müzeyyenim'si</t>
+          <t>Duygu Damlası</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>209</v>
+        <v>280</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789752470613</t>
+          <t>9786257561723</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Kitabu't-Tefekkür</t>
+          <t>Anne ve Baba Eğitimi</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>209</v>
+        <v>370</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789752470279</t>
+          <t>9786257561785</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Odunları</t>
+          <t>Adım Adım Mutluluk</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>220</v>
+        <v>560</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786057946409</t>
+          <t>9786257561150</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Tonundan Bıktım Baba</t>
+          <t>Bu Çağın Namertleri</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>305</v>
+        <v>335</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786057946331</t>
+          <t>9786257561730</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Onu Arıyorum</t>
+          <t>Son Veda</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>173</v>
+        <v>280</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789752470293</t>
+          <t>9786257561846</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs ve Kardelen</t>
+          <t>İnşirah Suskunu</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>162</v>
+        <v>370</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789752470316</t>
+          <t>9786257561419</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Gece Adımlı Gündüz Düşleri</t>
+          <t>Güven Sarsıntısı</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>41</v>
+        <v>610</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786057946126</t>
+          <t>9786257561570</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>ORG ve Tora Bora</t>
+          <t>Mikael</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>507</v>
+        <v>195</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786055045678</t>
+          <t>9786257561334</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Zaman Yolculuğu - 2</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>12</v>
+        <v>150</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786055045463</t>
+          <t>9786257561839</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kalp Masajları</t>
+          <t>Sende Rabbimi Gördüm</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>132</v>
+        <v>515</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786055045524</t>
+          <t>9786257561228</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Vardiyası</t>
+          <t>Sürdürülebilir Kentleşme</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>158</v>
+        <v>420</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786055045500</t>
+          <t>9786257561822</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Vampirler Kumpir Sever</t>
+          <t>Osmanlı Almanya Etkileşiminde Mustafa Kemal Paşa</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>158</v>
+        <v>595</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786055045487</t>
+          <t>9786258039009</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Günlüğü</t>
+          <t>Yediveren</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>715</v>
+        <v>280</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786055045531</t>
+          <t>9786257561877</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Hayat Kıssa'dır</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>94</v>
+        <v>375</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786055045517</t>
+          <t>9786257561815</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğmak İçin</t>
+          <t>Niştar'ın Büyüsü Mistik Denge</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>94</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786055045456</t>
+          <t>9786258039047</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Nefesler</t>
+          <t>Dinozor Cex</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>102</v>
+        <v>420</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786055045470</t>
+          <t>9786257561747</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Düşünür ya İnsan Sonuçta</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>15</v>
+        <v>375</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786055045555</t>
+          <t>9786257561433</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Emanetin İncisi</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>254</v>
+        <v>390</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786056424502</t>
+          <t>9786257561983</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Post Modern Aforizmalar (Ciltli)</t>
+          <t>Güzel Konuşma Ve Sağlıklı İletişim</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>45</v>
+        <v>485</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786056424526</t>
+          <t>9786257561884</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Üç Kara Kedi</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>102</v>
+        <v>960</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786056424519</t>
+          <t>9786257561754</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Zamanda Gel Ki</t>
+          <t>İki Kasabanın Öyküsü</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>90</v>
+        <v>770</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786056424557</t>
+          <t>9786258039061</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Biraz Kepaze Biraz Tuhaf</t>
+          <t>Mutluluğu Ararken</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>101</v>
+        <v>240</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786056424595</t>
+          <t>9786257654074</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Yitik Ayetler</t>
+          <t>Yüksek İndirim İş Modeli</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>86</v>
+        <v>935</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786056424571</t>
+          <t>9786257561525</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Mavera</t>
+          <t>Hadi Ses Ver</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>92</v>
+        <v>510</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786056424533</t>
+          <t>9786257561853</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Adı Konmamış Tepeden Öksüz Çığlıklar</t>
+          <t>Sözlerin Özü</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>89</v>
+        <v>345</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786056314629</t>
+          <t>9786258039016</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Suadiye Vapuru</t>
+          <t>Sar Sev Sarmala</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>121</v>
+        <v>600</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786055045067</t>
+          <t>9786257190091</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kırık Cümleler</t>
+          <t>İstanbul Yolu</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>19</v>
+        <v>250</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786056314636</t>
+          <t>9789752470958</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Dev Şiir Antolojisi</t>
+          <t>İki Gözüm</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>312</v>
+        <v>210</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786055045098</t>
+          <t>9786057946706</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Bırak Kazansın Hep Hayat</t>
+          <t>Ben Büyümedim</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>97</v>
+        <v>605</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786055045012</t>
+          <t>9786057946270</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Bir Eşkıya Mezarı</t>
+          <t>Umuda Sarılanlar</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>85</v>
+        <v>365</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786056259821</t>
+          <t>9786057946775</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tekil Hali</t>
+          <t>En Önemlisi Sensin</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>39</v>
+        <v>320</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786055045074</t>
+          <t>9786057946652</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Batı Yolu Çocukları</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>23</v>
+        <v>410</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786055045081</t>
+          <t>9786057946072</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Tutanakları Ömrümün</t>
+          <t>Gülümse</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>30</v>
+        <v>275</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786055045050</t>
+          <t>9786056863790</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Sahip / Siz / Satırlar</t>
+          <t>Yaralı</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>127</v>
+        <v>355</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786055045128</t>
+          <t>9786057946010</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Biraz Artık Biraz Keskin</t>
+          <t>İki Kadın</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>154</v>
+        <v>355</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786055045029</t>
+          <t>9789752470286</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Gün Sesi</t>
+          <t>Yeşil Rüya Alemi</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>88</v>
+        <v>560</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786055045111</t>
+          <t>9786057946003</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış</t>
+          <t>Sonbaharı Kokladım</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>144</v>
+        <v>340</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786055045036</t>
+          <t>9786057946027</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Kama Nehri Kıyısında</t>
+          <t>Can Kırıkları</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>113</v>
+        <v>460</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786056314643</t>
+          <t>9786057946034</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Kuş Bakışı PKK</t>
+          <t>Tuz ve Masal</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>94</v>
+        <v>360</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786055045104</t>
+          <t>9789752470835</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlıklı</t>
+          <t>Mürekkep Sağanağı</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>18</v>
+        <v>310</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786055045159</t>
+          <t>9789752470811</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Gittin De</t>
+          <t>Evlat Yüreği</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>109</v>
+        <v>345</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786055045142</t>
+          <t>9789752470767</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Safran Çiçeği</t>
+          <t>Afife ve Selahattin</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>108</v>
+        <v>260</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786055045005</t>
+          <t>9789752470729</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Yokluk</t>
+          <t>Lazım Değil</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>94</v>
+        <v>215</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786056424564</t>
+          <t>9786057946300</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Her Bir Şeys-i Aşk</t>
+          <t>Geliştiren ve Değiştiren Hikayeler</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>88</v>
+        <v>305</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786056424588</t>
+          <t>9786057946263</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Si-Mor</t>
+          <t>Dem Bacaları</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>37</v>
+        <v>460</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786055045685</t>
+          <t>9786057946348</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Vedaların Adıyla</t>
+          <t>Adın İle Savaşıyor İnsanlar</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>118</v>
+        <v>340</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786055045661</t>
+          <t>9786057946317</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Aşk Tutulması</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786055045548</t>
+          <t>9786057946195</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Papatya</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>94</v>
+        <v>260</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786055045562</t>
+          <t>9786057946201</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Aktörün Gücü</t>
+          <t>Göğsümde Öyle Bir Hınzır Yumru Var Ki</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>768</v>
+        <v>275</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786055045647</t>
+          <t>9786057946102</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Adam</t>
+          <t>Entel Tarih</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>254</v>
+        <v>305</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786055045616</t>
+          <t>9786057946065</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Yılkı Atları</t>
+          <t>Bir Evliyanın Facebook Anıları</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>39</v>
+        <v>195</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786055045586</t>
+          <t>9786057946041</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Ruh Bedene Küserse</t>
+          <t>Altı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>147</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789055045135</t>
+          <t>9786057946096</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman Olur Ki</t>
+          <t>Bahanesi Yok Hayatın</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786057946218</t>
+          <t>9789752470255</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Saat Üç Buçuk</t>
+          <t>Kalemi Buldum</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>225</v>
+        <v>615</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786057946294</t>
+          <t>9786056863721</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Mia'nın Parmak Uçları</t>
+          <t>Pörfinya'nın Anne Kız Tatili</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>200</v>
+        <v>305</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786057946256</t>
+          <t>9789752470804</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Vuslat</t>
+          <t>Avucumun İçinde Saklıyorum Seni</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>364</v>
+        <v>330</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>3990000018521</t>
+          <t>9789752470798</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Bebeğem...</t>
+          <t>Yarım Kalmasaydık</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>37</v>
+        <v>270</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789752470378</t>
+          <t>9789752470682</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Kazan'da Bir Güz Sancısı</t>
+          <t>Sibel'den</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>111</v>
+        <v>400</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786056863776</t>
+          <t>9789752470774</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Nova</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>608</v>
+        <v>415</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786056863745</t>
+          <t>9789752470743</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Hukuk Devletinde Yaşam Hakkı ve İdam Cezası</t>
+          <t>Müzeyyenim'si</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>361</v>
+        <v>330</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789752470668</t>
+          <t>9789752470613</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Sıska Kelimeler</t>
+          <t>Kitabu't-Tefekkür</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>175</v>
+        <v>330</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789752470651</t>
+          <t>9789752470279</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Bahçe</t>
+          <t>Cehennem Odunları</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>184</v>
+        <v>350</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789752470644</t>
+          <t>9786057946409</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Salkım Söğüdün Anıları</t>
+          <t>Şeftali Tonundan Bıktım Baba</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>209</v>
+        <v>505</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786055045623</t>
+          <t>9786057946331</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Kırkyama</t>
+          <t>Onu Arıyorum</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>249</v>
+        <v>265</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789752470965</t>
+          <t>9789752470293</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Türküsü</t>
+          <t>Kaktüs ve Kardelen</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>211</v>
+        <v>240</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789752470200</t>
+          <t>9789752470316</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Bu Son Olsun Gitmelerin</t>
+          <t>Gece Adımlı Gündüz Düşleri</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>211</v>
+        <v>365</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789752470224</t>
+          <t>9786057946126</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'daki Tüm Dualar</t>
+          <t>ORG ve Tora Bora</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>160</v>
+        <v>875</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789752470231</t>
+          <t>9786055045678</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Dolu Liman Şiirlerle İman 1</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>186</v>
+        <v>370</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789752470217</t>
+          <t>9786055045463</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Kurtaralım</t>
+          <t>Kalp Masajları</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>80</v>
+        <v>425</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786056863707</t>
+          <t>9786055045524</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>İnsanca Yaşamak İçin</t>
+          <t>Ölüm Vardiyası</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>290</v>
+        <v>535</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786055045982</t>
+          <t>9786055045500</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Lodosla Güneş Buluşunca</t>
+          <t>Vampirler Kumpir Sever</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>118</v>
+        <v>535</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>3990000084963</t>
+          <t>9786055045487</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlıklar</t>
+          <t>Sultanların Günlüğü</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>37</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786055045951</t>
+          <t>9786055045531</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Rızasız Bahçe Gülleri</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>40</v>
+        <v>270</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786055045968</t>
+          <t>9786055045517</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Şadırvan</t>
+          <t>Yeniden Doğmak İçin</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786055045975</t>
+          <t>9786055045456</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Acı - Benim Önümde Eğilecek</t>
+          <t>İsimsiz Nefesler</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>285</v>
+        <v>305</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789752470996</t>
+          <t>9786055045470</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Safderun</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>207</v>
+        <v>960</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789752470989</t>
+          <t>9786055045555</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Aşk</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>229</v>
+        <v>925</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786055045869</t>
+          <t>9786056424502</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Baharı</t>
+          <t>Post Modern Aforizmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>209</v>
+        <v>530</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789752470972</t>
+          <t>9786056424526</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bana Öyle Bakma</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>178</v>
+        <v>305</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789752470934</t>
+          <t>9786056424519</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Ne Kadar Tanıyoruz? 1</t>
+          <t>Öyle Bir Zamanda Gel Ki</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>469</v>
+        <v>255</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789752470927</t>
+          <t>9786056424557</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Biraz Kepaze Biraz Tuhaf</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>464</v>
+        <v>300</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789752470910</t>
+          <t>9786056424595</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Mavinin Tebessümü</t>
+          <t>Yitik Ayetler</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>218</v>
+        <v>240</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789752470941</t>
+          <t>9786056424571</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Kumbaramdaki Yalnızlık</t>
+          <t>Mavera</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>207</v>
+        <v>265</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789752470712</t>
+          <t>9786056424533</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Hücre Düzeninden İslam Düzenine</t>
+          <t>Adı Konmamış Tepeden Öksüz Çığlıklar</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>428</v>
+        <v>250</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789752470880</t>
+          <t>9786056314629</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler</t>
+          <t>Babam ve Suadiye Vapuru</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>283</v>
+        <v>380</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789752470248</t>
+          <t>9786055045067</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özü</t>
+          <t>Kırık Cümleler</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>247</v>
+        <v>280</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789752470323</t>
+          <t>9786056314636</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Hikayemizi Sen Tamamla</t>
+          <t>Dev Şiir Antolojisi</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>182</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789752470149</t>
+          <t>9786055045098</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Aynam Düştü Yere</t>
+          <t>Bırak Kazansın Hep Hayat</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786056863714</t>
+          <t>9786055045012</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Derlemeler</t>
+          <t>Bir Eşkıya Mezarı</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>341</v>
+        <v>235</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786056863769</t>
+          <t>9786056259821</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Umudumsun...</t>
+          <t>Aşkın Tekil Hali</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>169</v>
+        <v>310</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786056863738</t>
+          <t>9786055045074</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Yarım</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>37</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789752470859</t>
+          <t>9786055045081</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Komandonun Gözyaşları</t>
+          <t>Gizemli Tutanakları Ömrümün</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>258</v>
+        <v>480</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789752470866</t>
+          <t>9786055045050</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Sana Adanmış Şiirler</t>
+          <t>Sahip / Siz / Satırlar</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>142</v>
+        <v>410</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789752470903</t>
+          <t>9786055045128</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Ah Benim İnce Sızım</t>
+          <t>Biraz Artık Biraz Keskin</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789752470873</t>
+          <t>9786055045029</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Dermansız Kalem</t>
+          <t>Gün Sesi</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>211</v>
+        <v>245</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789752470897</t>
+          <t>9786055045111</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Tragedya'nın Doğuşu</t>
+          <t>Sarıkamış</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>216</v>
+        <v>475</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789752470699</t>
+          <t>9786055045036</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Trajikomik Çelişkiler</t>
+          <t>Kama Nehri Kıyısında</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>151</v>
+        <v>350</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789752470705</t>
+          <t>9786056314643</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık En Sahici Birliktelik</t>
+          <t>Kuş Bakışı PKK</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>173</v>
+        <v>270</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789752470620</t>
+          <t>9786055045104</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Yazdım Kışa Döndüm</t>
+          <t>Yalnızlıklı</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>169</v>
+        <v>265</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789752470675</t>
+          <t>9786055045159</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Kurdu</t>
+          <t>Gittin De</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>346</v>
+        <v>330</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789752470637</t>
+          <t>9786055045142</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Rotası</t>
+          <t>Safran Çiçeği</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>252</v>
+        <v>330</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789752470545</t>
+          <t>9786055045005</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlarla Yaşamak</t>
+          <t>Yokluk</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>446</v>
+        <v>270</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786055045838</t>
+          <t>9786056424564</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Çay, Cumhuriyet ve Suikast</t>
+          <t>Her Bir Şeys-i Aşk</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>126</v>
+        <v>245</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786055045807</t>
+          <t>9786056424588</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Şarabi</t>
+          <t>Si-Mor</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>142</v>
+        <v>220</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786055045821</t>
+          <t>9786055045685</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük Çocuk Tiyatroları</t>
+          <t>Vedaların Adıyla</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>39</v>
+        <v>370</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786055045791</t>
+          <t>9786055045661</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Söz! Bak Bu Son. Başka İjjmicem</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>126</v>
+        <v>665</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786055045814</t>
+          <t>9786055045548</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>00:00'dan Sonra</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>80</v>
+        <v>270</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786055045784</t>
+          <t>9786055045562</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Gökmavi</t>
+          <t>Aktörün Gücü</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>140</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789752470569</t>
+          <t>9786055045647</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuklara Öğütler</t>
+          <t>Unutulan Adam</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>155</v>
+        <v>410</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789752470446</t>
+          <t>9786055045616</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Sustum İşte</t>
+          <t>Yılkı Atları</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>171</v>
+        <v>305</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789752470552</t>
+          <t>9786055045586</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Mucize Ayetlerle Sonsuz Mutluluk</t>
+          <t>Ruh Bedene Küserse</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>211</v>
+        <v>490</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789752470583</t>
+          <t>9789055045135</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Ahraz</t>
+          <t>Evvel Zaman Olur Ki</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>171</v>
+        <v>375</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789752470576</t>
+          <t>9786057946218</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kafesim</t>
+          <t>Saat Üç Buçuk</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>318</v>
+        <v>355</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789752470347</t>
+          <t>9786057946294</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Ben En Çok Sakallarımdaki Seni Sevdim</t>
+          <t>Mia'nın Parmak Uçları</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>178</v>
+        <v>310</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789752470415</t>
+          <t>9786057946256</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Kanadına Veba Bulaşmış Kuş</t>
+          <t>Vuslat</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>134</v>
+        <v>610</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789752470385</t>
+          <t>3990000018521</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Annesine ve Yavrusuna Benden Söylemesi</t>
+          <t>Bebeğem...</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>182</v>
+        <v>37</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789752470354</t>
+          <t>9789752470378</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender’in Tarihi, Hukuki ve Dini Misyonu</t>
+          <t>Kazan'da Bir Güz Sancısı</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>77</v>
+        <v>340</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789752470392</t>
+          <t>9786056863776</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Derinliğinde Aşk</t>
+          <t>Hatırla</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>172</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789752470408</t>
+          <t>9786056863745</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>İnleyen Mağara</t>
+          <t>Demokratik Hukuk Devletinde Yaşam Hakkı ve İdam Cezası</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>114</v>
+        <v>605</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789752470330</t>
+          <t>9789752470668</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Hz. Muhammed (SAV)’in Hayatı</t>
+          <t>Sıska Kelimeler</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>424</v>
+        <v>265</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789752470439</t>
+          <t>9789752470651</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Çiçeği</t>
+          <t>Sessiz Bahçe</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>196</v>
+        <v>285</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789752470422</t>
+          <t>9789752470644</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Bitpazarı</t>
+          <t>Salkım Söğüdün Anıları</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>249</v>
+        <v>330</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789752470491</t>
+          <t>9786055045623</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Bana Arkadaş Bul ve Sana</t>
+          <t>Kırkyama</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>152</v>
+        <v>400</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789752470453</t>
+          <t>9789752470965</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Ardına Kadar Mavi</t>
+          <t>Güneşin Türküsü</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>225</v>
+        <v>330</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789752470477</t>
+          <t>9789752470200</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Dolu Liman Şiirlerle İman 2</t>
+          <t>Bu Son Olsun Gitmelerin</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>191</v>
+        <v>330</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789752470460</t>
+          <t>9789752470224</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Dört Bir Cihan</t>
+          <t>Kur'an'daki Tüm Dualar</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>187</v>
+        <v>540</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789752470194</t>
+          <t>9789752470231</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Sev</t>
+          <t>Hikmet Dolu Liman Şiirlerle İman 1</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>178</v>
+        <v>195</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789752470484</t>
+          <t>9789752470217</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Der Karınca</t>
+          <t>Dünyamızı Kurtaralım</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>182</v>
+        <v>200</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789752470132</t>
+          <t>9786056863707</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Yaşlı Çocuk</t>
+          <t>İnsanca Yaşamak İçin</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>178</v>
+        <v>475</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789752470118</t>
+          <t>9786055045982</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Cenabet Kentin Müslümanları</t>
+          <t>Lodosla Güneş Buluşunca</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>178</v>
+        <v>370</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789752470125</t>
+          <t>3990000084963</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sandalye</t>
+          <t>Sessiz Çığlıklar</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>222</v>
+        <v>37</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786055045692</t>
+          <t>9786055045951</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Ansızın</t>
+          <t>Rızasız Bahçe Gülleri</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>43</v>
+        <v>335</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789752470170</t>
+          <t>9786055045968</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Yağmurla İmtihanı</t>
+          <t>Şadırvan</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>215</v>
+        <v>335</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786055045708</t>
+          <t>9786055045975</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Anneysen Süper Kahramansın</t>
+          <t>Acı - Benim Önümde Eğilecek</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>178</v>
+        <v>480</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789752470156</t>
+          <t>9789752470996</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayık</t>
+          <t>Safderun</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>80</v>
+        <v>325</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789752470163</t>
+          <t>9789752470989</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>İkincisi Masallarda Olur</t>
+          <t>Merhaba Aşk</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>178</v>
+        <v>365</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786055045753</t>
+          <t>9786055045869</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Biten Roller</t>
+          <t>Hüzün Baharı</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>267</v>
+        <v>330</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786055045715</t>
+          <t>9789752470972</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Kataliz Öyküler - 50 Felsefi Öykü</t>
+          <t>Aşk Bana Öyle Bakma</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>102</v>
+        <v>190</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>3990000056352</t>
+          <t>9789752470934</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Vedasız Gitti / Yar Hüznüyle Geldi (İki Kitap Birarada)</t>
+          <t>Allah'ı Ne Kadar Tanıyoruz? 1</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>37</v>
+        <v>805</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786055045913</t>
+          <t>9789752470927</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Kölelik Devri</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>196</v>
+        <v>795</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786055045920</t>
+          <t>9789752470910</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Lal</t>
+          <t>Mavinin Tebessümü</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>229</v>
+        <v>345</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786055045265</t>
+          <t>9789752470941</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Son Cemrem</t>
+          <t>Kumbaramdaki Yalnızlık</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>132</v>
+        <v>207</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786055045241</t>
+          <t>9789752470712</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Ölmeyecek Kadar Yaralı</t>
+          <t>Hücre Düzeninden İslam Düzenine</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>94</v>
+        <v>730</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786055045173</t>
+          <t>9789752470880</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Gidemediğin Yol Senin Değildir</t>
+          <t>Düşünceler</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>37</v>
+        <v>465</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786055045197</t>
+          <t>9789752470248</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Tuzdan Sarhoş Balıklar</t>
+          <t>Sözün Özü</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>98</v>
+        <v>400</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786055045203</t>
+          <t>9789752470323</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hikayemizi Sen Tamamla</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>44</v>
+        <v>280</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786055045234</t>
+          <t>9789752470149</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Aynam Düştü Yere</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>129</v>
+        <v>465</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786055045227</t>
+          <t>9786056863714</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Derlemeler</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>92</v>
+        <v>570</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786055045166</t>
+          <t>9786056863769</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Devrimci İsyanlar</t>
+          <t>Umudumsun...</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>102</v>
+        <v>255</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786055045180</t>
+          <t>9786056863738</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Sana Azalan</t>
+          <t>Yarım</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>102</v>
+        <v>265</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786055045210</t>
+          <t>9789752470859</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Komandonun Gözyaşları</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>115</v>
+        <v>420</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786055045258</t>
+          <t>9789752470866</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>İntihar</t>
+          <t>Sana Adanmış Şiirler</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>46</v>
+        <v>205</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786055045890</t>
+          <t>9789752470903</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Bazen De Böyle</t>
+          <t>Ah Benim İnce Sızım</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>196</v>
+        <v>495</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786055045876</t>
+          <t>9789752470873</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar ve Gökyüzü Sarılınca</t>
+          <t>Dermansız Kalem</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>118</v>
+        <v>330</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786055045852</t>
+          <t>9789752470897</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Taşra Akşamlarından</t>
+          <t>Tragedya'nın Doğuşu</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>42</v>
+        <v>340</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786055045883</t>
+          <t>9789752470699</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Buz Tutan Ateş</t>
+          <t>Trajikomik Çelişkiler</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>116</v>
+        <v>220</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786055045777</t>
+          <t>9789752470705</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Kardelene Mektuplar</t>
+          <t>Ayrılık En Sahici Birliktelik</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>110</v>
+        <v>265</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786055045760</t>
+          <t>9789752470620</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ekspresi</t>
+          <t>Yazdım Kışa Döndüm</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>94</v>
+        <v>255</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786055045746</t>
+          <t>9789752470675</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Şiraze</t>
+          <t>Şeytanın Kurdu</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>170</v>
+        <v>580</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786055045739</t>
+          <t>9789752470637</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Yokluğuna D/üşüyorum</t>
+          <t>Ruhun Rotası</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>126</v>
+        <v>405</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786056314605</t>
+          <t>9789752470545</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Geleceğe Mektuplar</t>
+          <t>Yıldızlarla Yaşamak</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>35</v>
+        <v>760</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786056314612</t>
+          <t>9786055045838</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası ve Borsa Okuryazarlığı</t>
+          <t>Çay, Cumhuriyet ve Suikast</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>20</v>
+        <v>400</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786056314674</t>
+          <t>9786055045807</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Maliyenin Üstadları</t>
+          <t>Şarabi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>55</v>
+        <v>470</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786055045401</t>
+          <t>9786055045821</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Hüzün</t>
+          <t>Dört Dörtlük Çocuk Tiyatroları</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>178</v>
+        <v>295</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786055045357</t>
+          <t>9786055045791</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Aşk</t>
+          <t>Söz! Bak Bu Son. Başka İjjmicem</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786055045449</t>
+          <t>9786055045814</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Şarap İçen Kargalar Diyarında Gaklamak</t>
+          <t>00:00'dan Sonra</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>102</v>
+        <v>325</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786055045388</t>
+          <t>9786055045784</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Gramofonda Mavi Bir Hüzün</t>
+          <t>Gökmavi</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>139</v>
+        <v>460</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786055045418</t>
+          <t>9789752470569</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Kül İşçiliği</t>
+          <t>Kuzucuklara Öğütler</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786055045326</t>
+          <t>9789752470446</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Bana Aşkı Anlatır Mısın?</t>
+          <t>Sustum İşte</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>173</v>
+        <v>640</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786055045425</t>
+          <t>9789752470552</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Tanrı, Şeytan ve Tito</t>
+          <t>Mucize Ayetlerle Sonsuz Mutluluk</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786055045319</t>
+          <t>9789752470583</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Adet Kanı Mavi Olan Kadınlar</t>
+          <t>Ahraz</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>124</v>
+        <v>260</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786055045340</t>
+          <t>9789752470576</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Bir Leyla ile Mecnun Hikayesi</t>
+          <t>Gönül Kafesim</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>102</v>
+        <v>525</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786055045395</t>
+          <t>9789752470347</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Hikayeler</t>
+          <t>Ben En Çok Sakallarımdaki Seni Sevdim</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>118</v>
+        <v>270</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786055045432</t>
+          <t>9789752470415</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Kanadına Veba Bulaşmış Kuş</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>42</v>
+        <v>435</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786055045371</t>
+          <t>9789752470385</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Annesine ve Yavrusuna Benden Söylemesi</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>118</v>
+        <v>280</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786055045333</t>
+          <t>9789752470354</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıraları</t>
+          <t>Büyük İskender’in Tarihi, Hukuki ve Dini Misyonu</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>110</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786055045364</t>
+          <t>9789752470392</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Ölümün Derinliğinde Aşk</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>174</v>
+        <v>590</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786055045272</t>
+          <t>9789752470408</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Algarna</t>
+          <t>İnleyen Mağara</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>231</v>
+        <v>355</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786055045302</t>
+          <t>9789752470330</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Peygamberimiz Hz. Muhammed (SAV)’in Hayatı</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>149</v>
+        <v>720</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786055045296</t>
+          <t>9789752470439</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Heba Mezadı - Kuğunun Günahı</t>
+          <t>Kiraz Çiçeği</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>110</v>
+        <v>305</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786055045289</t>
+          <t>9789752470422</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Hayaldi</t>
+          <t>Bitpazarı</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>153</v>
+        <v>400</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789758082582</t>
+          <t>9789752470491</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Vergide Doğru Bilinen Yanlışlar</t>
+          <t>Şizofren Bana Arkadaş Bul ve Sana</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>35</v>
+        <v>510</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786257654401</t>
+          <t>9789752470453</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Makedonya'dan Göç</t>
+          <t>Ardına Kadar Mavi</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>173</v>
+        <v>355</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786257654807</t>
+          <t>9789752470477</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma</t>
+          <t>Hikmet Dolu Liman Şiirlerle İman 2</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>578</v>
+        <v>295</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786257654852</t>
+          <t>9789752470460</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatımız</t>
+          <t>Dört Bir Cihan</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>142</v>
+        <v>285</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786257190039</t>
+          <t>9789752470194</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Yolculuk</t>
+          <t>Sev</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>478</v>
+        <v>270</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786257190411</t>
+          <t>9789752470484</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>İbrahim Der Karınca</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786257190015</t>
+          <t>9789752470132</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>İslamiyetten ve Kuranı Kerim Kitabından Anladıklarım</t>
+          <t>Ağlayan Yaşlı Çocuk</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>399</v>
+        <v>270</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786257190978</t>
+          <t>9789752470118</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Sen Seni İçimde Ara</t>
+          <t>Cenabet Kentin Müslümanları</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>179</v>
+        <v>270</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786257654241</t>
+          <t>9789752470125</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Altın Oda - 1.Bölüm Zaman Arası</t>
+          <t>Kırık Sandalye</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>357</v>
+        <v>355</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786257654005</t>
+          <t>9786055045692</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Koçum ve Kare'si</t>
+          <t>Bir Gün Ansızın</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>196</v>
+        <v>400</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786257654067</t>
+          <t>9789752470170</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz</t>
+          <t>Toprağın Yağmurla İmtihanı</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>234</v>
+        <v>215</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786257654111</t>
+          <t>9786055045708</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ay Işığı</t>
+          <t>Anneysen Süper Kahramansın</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>213</v>
+        <v>270</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786257654012</t>
+          <t>9789752470156</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Hakem Olmak Ya Da Olamamak</t>
+          <t>Küçük Kayık</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>211</v>
+        <v>275</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786257654845</t>
+          <t>9789752470163</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Bazı Soruların Cevabı</t>
+          <t>İkincisi Masallarda Olur</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>137</v>
+        <v>270</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786257654715</t>
+          <t>9786055045753</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Tilki</t>
+          <t>Biten Roller</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>450</v>
+        <v>435</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786257561297</t>
+          <t>9786055045715</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Bizde Durumlar Hep Leyla</t>
+          <t>Kataliz Öyküler - 50 Felsefi Öykü</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>182</v>
+        <v>305</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786257654975</t>
+          <t>3990000056352</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Ülkem</t>
+          <t>Vedasız Gitti / Yar Hüznüyle Geldi (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>220</v>
+        <v>37</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786257561280</t>
+          <t>9786055045913</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Yitik Düşler</t>
+          <t>Gönüllü Kölelik Devri</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>138</v>
+        <v>305</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786257561198</t>
+          <t>9786055045920</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Uzak Dünya Şiirleri</t>
+          <t>Lal</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>157</v>
+        <v>365</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786257561037</t>
+          <t>9786055045265</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Nur Yumağım</t>
+          <t>Son Cemrem</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>1015</v>
+        <v>425</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786257654814</t>
+          <t>9786055045241</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolculuğu 1</t>
+          <t>Ölmeyecek Kadar Yaralı</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786257654623</t>
+          <t>9786055045173</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Düşlerinde Öldür</t>
+          <t>Gidemediğin Yol Senin Değildir</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>424</v>
+        <v>37</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786257654616</t>
+          <t>9786055045197</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Benim Hayatım</t>
+          <t>Tuzdan Sarhoş Balıklar</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>308</v>
+        <v>285</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786257654531</t>
+          <t>9786055045203</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>142</v>
+        <v>435</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786257654395</t>
+          <t>9786055045234</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Musiki ile Tedavi</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>135</v>
+        <v>415</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786257654449</t>
+          <t>9786055045227</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>480</v>
+        <v>265</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786257654418</t>
+          <t>9786055045166</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Elektrik Ucuz</t>
+          <t>Anadolu'da Devrimci İsyanlar</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786257561143</t>
+          <t>9786055045180</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Berhude</t>
+          <t>Sana Azalan</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>727</v>
+        <v>305</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786257561358</t>
+          <t>9786055045210</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başlamak</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>338</v>
+        <v>355</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786257654883</t>
+          <t>9786055045258</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Biletsiz Yolcu</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>393</v>
+        <v>490</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786257654470</t>
+          <t>9786055045890</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlu Havada Su Yok</t>
+          <t>Bazen De Böyle</t>
         </is>
       </c>
       <c r="C978" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786257654456</t>
+          <t>9786055045876</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Hiç Vazgeçmedim</t>
+          <t>Rüzgar ve Gökyüzü Sarılınca</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>278</v>
+        <v>370</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786257654210</t>
+          <t>9786055045852</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Bir Bakış</t>
+          <t>Taşra Akşamlarından</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>364</v>
+        <v>370</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786257654548</t>
+          <t>9786055045883</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Şifresi</t>
+          <t>Buz Tutan Ateş</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>231</v>
+        <v>360</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786257654357</t>
+          <t>9786055045777</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Aşk'tan</t>
+          <t>Kardelene Mektuplar</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>151</v>
+        <v>335</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786257654685</t>
+          <t>9786055045760</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Şikayetim Var</t>
+          <t>Doğu Ekspresi</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786257654678</t>
+          <t>9786055045746</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Hünkar Beğenmedi</t>
+          <t>Şiraze</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>267</v>
+        <v>580</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786257654661</t>
+          <t>9786055045739</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Tırmık</t>
+          <t>Yokluğuna D/üşüyorum</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>189</v>
+        <v>400</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786257654555</t>
+          <t>9786056314605</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Renkler Köyü Kasabası</t>
+          <t>Sürdürülebilir Geleceğe Mektuplar</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>189</v>
+        <v>35</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786257654081</t>
+          <t>9786056314612</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Denemelerim Derlemelerim</t>
+          <t>Sermaye Piyasası ve Borsa Okuryazarlığı</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>332</v>
+        <v>20</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786257654562</t>
+          <t>9786056314674</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Hamal</t>
+          <t>Maliyenin Üstadları</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>140</v>
+        <v>55</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786257190541</t>
+          <t>9786055045401</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Düşmanı</t>
+          <t>Hüzün</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>646</v>
+        <v>270</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786257942256</t>
+          <t>9786055045357</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Muhabbet Kuşu Üretimi</t>
+          <t>Bir Yudum Aşk</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>526</v>
+        <v>335</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786257190565</t>
+          <t>9786055045449</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Ömer'le Bade'nin İbretlik Aşk Hikayesi</t>
+          <t>Şarap İçen Kargalar Diyarında Gaklamak</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>274</v>
+        <v>305</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786257190619</t>
+          <t>9786055045388</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Kayboluş</t>
+          <t>Gramofonda Mavi Bir Hüzün</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>308</v>
+        <v>455</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786257190695</t>
+          <t>9786055045418</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın D Hali</t>
+          <t>Kül İşçiliği</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>184</v>
+        <v>335</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786257190572</t>
+          <t>9786055045326</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Kestaneler Altında</t>
+          <t>Bana Aşkı Anlatır Mısın?</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>411</v>
+        <v>595</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786257561044</t>
+          <t>9786055045425</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Ata'nın Dini İslam</t>
+          <t>Tanrı, Şeytan ve Tito</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>245</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786257654432</t>
+          <t>9786055045319</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Nitelikli Koca Talebi ve Evlilik Oyunları</t>
+          <t>Adet Kanı Mavi Olan Kadınlar</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>301</v>
+        <v>395</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786257561075</t>
+          <t>9786055045340</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Dalından Düşen Yenidünya</t>
+          <t>Bir Leyla ile Mecnun Hikayesi</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>296</v>
+        <v>305</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786257654876</t>
+          <t>9786055045395</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İçin ve Neden Allah'a (cc) İsyan Eder</t>
+          <t>En Güzel Hikayeler</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>142</v>
+        <v>370</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786257654913</t>
+          <t>9786055045432</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>16 Şubat</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>213</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786257561006</t>
+          <t>9786055045371</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Roman</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>178</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786056424540</t>
+          <t>9786055045333</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Behram</t>
+          <t>Bir Delinin Hatıraları</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>96</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786257561013</t>
+          <t>9786055045364</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Mutlu Hikayeler</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>196</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786257654487</t>
+          <t>9786055045272</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>İmkansız Aşk Arzusu</t>
+          <t>Algarna</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>209</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786257654951</t>
+          <t>9786055045302</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Aşk'a Dair</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>153</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786257190503</t>
+          <t>9786055045296</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzleri</t>
+          <t>Heba Mezadı - Kuğunun Günahı</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>162</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786257190510</t>
+          <t>9786055045289</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Bir Gıda Tetikçisinin İtirafı</t>
+          <t>Aşk Bir Hayaldi</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>173</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786257190398</t>
+          <t>9789758082582</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Gerçek Yaşamlar</t>
+          <t>Vergide Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>305</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786257190497</t>
+          <t>9786257654401</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Petman</t>
+          <t>Makedonya'dan Göç</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>357</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786257561242</t>
+          <t>9786257654807</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Anneme Küstüm</t>
+          <t>Kavuşma</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>368</v>
+        <v>865</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786257561259</t>
+          <t>9786257654852</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Dişidir Mayıs Ayı</t>
+          <t>İş Hayatımız</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>663</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786257561266</t>
+          <t>9786257190039</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Küle Dönen</t>
+          <t>Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>453</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786257561464</t>
+          <t>9786257190411</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Kral, Tutsak ve Engerek</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>368</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786257561488</t>
+          <t>9786257190015</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Gönlümün Odaları</t>
+          <t>İslamiyetten ve Kuranı Kerim Kitabından Anladıklarım</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>299</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786257561303</t>
+          <t>9786257190978</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Duygu Sellerinden Süzülen Katreler</t>
+          <t>Sen Seni İçimde Ara</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>479</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786257654937</t>
+          <t>9786257654241</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Altın Oda - 1.Bölüm Zaman Arası</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>171</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786257190756</t>
+          <t>9786257654005</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Medet</t>
+          <t>Öğrenci Koçum ve Kare'si</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>258</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786257561709</t>
+          <t>9786257654067</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Tom Parker ve Zarfın Bekçileri</t>
+          <t>Siyah Beyaz</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>296</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786257190787</t>
+          <t>9786257654111</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğrenme Metotları</t>
+          <t>Mavi Ay Işığı</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>630</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786257561600</t>
+          <t>9786257654012</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacı</t>
+          <t>Türkiye'de Hakem Olmak Ya Da Olamamak</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>272</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786257561426</t>
+          <t>9786257654845</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Smokin Kedi Tomris</t>
+          <t>Bazı Soruların Cevabı</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>173</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786257561471</t>
+          <t>9786257654715</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Otizm, Kardeşim ve Ben</t>
+          <t>Tilki</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>224</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786257561396</t>
+          <t>9786257561297</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Parurta 1 - Yeşil Dünya ve Yeşil Taş</t>
+          <t>Bizde Durumlar Hep Leyla</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786257190275</t>
+          <t>9786257654975</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Zul Koleksiyonu</t>
+          <t>Sevgili Ülkem</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>173</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786257190480</t>
+          <t>9786257561280</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Müstesna Hayatlar Aşka Emanettiler</t>
+          <t>Yitik Düşler</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>527</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786257190800</t>
+          <t>9786257561198</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Açık Pencere</t>
+          <t>Uzak Dünya Şiirleri</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>598</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786257654609</t>
+          <t>9786257561037</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Şiirler ve Şiirlerle Kasaba Hikayeleri</t>
+          <t>Benim Küçük Nur Yumağım</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>435</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786257654524</t>
+          <t>9786257654814</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmamış Hayat</t>
+          <t>Zaman Yolculuğu 1</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>222</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786257654425</t>
+          <t>9786257654623</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Günler</t>
+          <t>Düşlerinde Öldür</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>254</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786257561099</t>
+          <t>9786257654616</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Mai Masal</t>
+          <t>İşte Bu Benim Hayatım</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>220</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786257561648</t>
+          <t>9786257654531</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Yükselmiş Krallık - İki Nefes</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>306</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786257561082</t>
+          <t>9786257654395</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Alkım</t>
+          <t>Musiki ile Tedavi</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>299</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786257190428</t>
+          <t>9786257654449</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçekleri</t>
+          <t>Gönülden Dile</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>157</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786257190206</t>
+          <t>9786257654418</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Güneş Yeniden Doğuyor</t>
+          <t>Türkiye'de Elektrik Ucuz</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>252</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786257561341</t>
+          <t>9786257561143</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Saçını Yosun Zanneden Kız</t>
+          <t>Berhude</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>146</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786257561273</t>
+          <t>9786257561358</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Hare'nin Hayali</t>
+          <t>Yeniden Başlamak</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>254</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786257654906</t>
+          <t>9786257654883</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik, Hukuki ve Siyasal Gelişmelerin Türkiye'de Kadın Cinayetleri Meselesine Yansıması</t>
+          <t>Biletsiz Yolcu</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>217</v>
+        <v>665</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786257561235</t>
+          <t>9786257654470</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel</t>
+          <t>Yağmurlu Havada Su Yok</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>142</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786257561068</t>
+          <t>9786257654456</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Kuziko - Bir Minik Deniz Kuzusu</t>
+          <t>Hiç Vazgeçmedim</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>256</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786257561105</t>
+          <t>9786257654210</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Gülüş</t>
+          <t>Geçmişe Bir Bakış</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>140</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786257561310</t>
+          <t>9786257654548</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık</t>
+          <t>Zamanın Şifresi</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>411</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786257654920</t>
+          <t>9786257654357</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>İçerdekiler Ozan</t>
+          <t>Her Şey Aşk'tan</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>42</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786257561051</t>
+          <t>9786257654685</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>P7: Kahraman Papağan</t>
+          <t>Şikayetim Var</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>209</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786257654579</t>
+          <t>9786257654678</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Tüm Ezop Öykünceleri</t>
+          <t>Hünkar Beğenmedi</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>256</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786257654869</t>
+          <t>9786257654661</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Kalo</t>
+          <t>Tırmık</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>572</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786257561457</t>
+          <t>9786257654555</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Yusufçuk</t>
+          <t>Renkler Köyü Kasabası</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>216</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786257654708</t>
+          <t>9786257654081</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Ütopik Saplantı 1940</t>
+          <t>Denemelerim Derlemelerim</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>276</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786257561440</t>
+          <t>9786257654562</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Aşkın H Hali</t>
+          <t>Hamal</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>174</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786257561174</t>
+          <t>9786257190541</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Are You? Yes mi? No mu?</t>
+          <t>İnsanlığın Düşmanı</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>254</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786257561112</t>
+          <t>9786257942256</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Partiler</t>
+          <t>A'dan Z'ye Muhabbet Kuşu Üretimi</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>743</v>
+        <v>965</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786257561327</t>
+          <t>9786257190565</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Hüküm</t>
+          <t>Ömer'le Bade'nin İbretlik Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>434</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786257654838</t>
+          <t>9786257190619</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Işık ve Öfke</t>
+          <t>Kayboluş</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>256</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786257654647</t>
+          <t>9786257190695</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Düşlerim Seninle</t>
+          <t>Yaşamın D Hali</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>169</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786257654821</t>
+          <t>9786257190572</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Yalanlar ve Gerçekler</t>
+          <t>Kestaneler Altında</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>364</v>
+        <v>695</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786257654890</t>
+          <t>9786257561044</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Değişen Sadece Soyadın Değildi</t>
+          <t>Ata'nın Dini İslam</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>164</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786257654968</t>
+          <t>9786257654432</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Büyük Söz</t>
+          <t>Nitelikli Koca Talebi ve Evlilik Oyunları</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>332</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786257654692</t>
+          <t>9786257561075</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Okuma Sanatı</t>
+          <t>Dalından Düşen Yenidünya</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>296</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786257190374</t>
+          <t>9786257654876</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Oku - Kaleme Gelenler</t>
+          <t>İnsan Ne İçin ve Neden Allah'a (cc) İsyan Eder</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>207</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786257190251</t>
+          <t>9786257654913</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Bu Sefer Başka</t>
+          <t>16 Şubat</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>144</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786257942928</t>
+          <t>9786257561006</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Aşkım Okul</t>
+          <t>Hayatım Roman</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>308</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786257190268</t>
+          <t>9786056424540</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Ağlamayan Çocuk</t>
+          <t>Behram</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>590</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786257190152</t>
+          <t>9786257561013</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Peri Mila</t>
+          <t>Siyah Beyaz Mutlu Hikayeler</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>331</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786257190923</t>
+          <t>9786257654487</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Yükün Cennet Parçası</t>
+          <t>İmkansız Aşk Arzusu</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>94</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786257654203</t>
+          <t>9786257654951</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığım</t>
+          <t>Aşk'a Dair</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>137</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786257654944</t>
+          <t>9786257190503</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Hitap Ettiğim Ruhun İçin İnceldim Kıldan İnce</t>
+          <t>Geçmişin İzleri</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>142</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786257654654</t>
+          <t>9786257190510</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Yıllar Korona</t>
+          <t>Bir Gıda Tetikçisinin İtirafı</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>211</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786257654463</t>
+          <t>9786257190398</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Umutsuzluğun El Kitabı</t>
+          <t>Siyah Beyaz Gerçek Yaşamlar</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>679</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786257190176</t>
+          <t>9786257190497</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Ayşe'nin Meleği</t>
+          <t>Petman</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>283</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786257190299</t>
+          <t>9786257561242</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Küçükbahçe</t>
+          <t>Anneme Küstüm</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>225</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786257190282</t>
+          <t>9786257561259</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Seninle Sonsuzluğa</t>
+          <t>Dişidir Mayıs Ayı</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>144</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786257942829</t>
+          <t>9786257561266</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Derin Kesik</t>
+          <t>Küle Dönen</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>460</v>
+        <v>775</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786257190183</t>
+          <t>9786257561464</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Vicdan ile Sohbetler 1</t>
+          <t>Kral, Tutsak ve Engerek</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>245</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786257190138</t>
+          <t>9786257561488</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Meclisi</t>
+          <t>Gönlümün Odaları</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>265</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786257942911</t>
+          <t>9786257561303</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Pusulası</t>
+          <t>Duygu Sellerinden Süzülen Katreler</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>157</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786257190237</t>
+          <t>9786257654937</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>222</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786257190466</t>
+          <t>9786257190756</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Sadece Sen</t>
+          <t>Medet</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>404</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786257190404</t>
+          <t>9786257561709</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Sahaf Burcu Beyazıt Çınaraltı</t>
+          <t>Tom Parker ve Zarfın Bekçileri</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>509</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786257190367</t>
+          <t>9786257190787</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Bonne Nuit!</t>
+          <t>Türkçe Öğrenme Metotları</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>289</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786257190718</t>
+          <t>9786257561600</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>81 Şehir - Şehit - Şiir</t>
+          <t>Kiraz Ağacı</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>234</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786257190671</t>
+          <t>9786257561426</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Rüyamdaki Aşklarım...</t>
+          <t>Smokin Kedi Tomris</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>617</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786257190626</t>
+          <t>9786257561471</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Türk Yurdu Balkanlar</t>
+          <t>Otizm, Kardeşim ve Ben</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>337</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786257190879</t>
+          <t>9786257561396</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Kolay Okunan Heceler Kitabı - Okumaya Geçiş</t>
+          <t>Parurta 1 - Yeşil Dünya ve Yeşil Taş</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>358</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786257190435</t>
+          <t>9786257190275</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Masallarım Köyden</t>
+          <t>Zul Koleksiyonu</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>413</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786257190381</t>
+          <t>9786257190480</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Urella'nın Mucizesi</t>
+          <t>Müstesna Hayatlar Aşka Emanettiler</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>312</v>
+        <v>910</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786257190442</t>
+          <t>9786257190800</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Köy Hikayeleri</t>
+          <t>Açık Pencere</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>384</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786257190336</t>
+          <t>9786257654609</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Emanet Aşk</t>
+          <t>Şiirler ve Şiirlerle Kasaba Hikayeleri</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>247</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786257190473</t>
+          <t>9786257654524</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Sen Mavi</t>
+          <t>Yaşanmamış Hayat</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>178</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786257190312</t>
+          <t>9786257654425</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ses</t>
+          <t>Eskimeyen Günler</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>169</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786257190640</t>
+          <t>9786257561099</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Dilinden</t>
+          <t>Mai Masal</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786257190350</t>
+          <t>9786257561648</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Işığı</t>
+          <t>Yükselmiş Krallık - İki Nefes</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>328</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786257190053</t>
+          <t>9786257561082</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Güne Bakan Bir Hasret</t>
+          <t>Alkım</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>183</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786257190084</t>
+          <t>9786257190428</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Dürbün</t>
+          <t>Kır Çiçekleri</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>471</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786257942966</t>
+          <t>9786257190206</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Tünel</t>
+          <t>Güneş Yeniden Doğuyor</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>536</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786257190343</t>
+          <t>9786257561341</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Öldüğü Yer</t>
+          <t>Saçını Yosun Zanneden Kız</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>487</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786257190664</t>
+          <t>9786257561273</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>3 Buçuktan 5</t>
+          <t>Hare'nin Hayali</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>453</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786257654265</t>
+          <t>9786257654906</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Işık İçinde Kayboluş</t>
+          <t>Ekonomik, Hukuki ve Siyasal Gelişmelerin Türkiye'de Kadın Cinayetleri Meselesine Yansıması</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>247</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786257654166</t>
+          <t>9786257561235</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Bir Hasretin Öyküsü</t>
+          <t>Şiirsel</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>157</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786257654159</t>
+          <t>9786257561068</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Ben Sende Öldüm</t>
+          <t>Kuziko - Bir Minik Deniz Kuzusu</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>180</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786257654128</t>
+          <t>9786257561105</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Sıkıcı Oyun</t>
+          <t>En Güzel Gülüş</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>144</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786257190824</t>
+          <t>9786257561310</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Bir Veda Havası</t>
+          <t>Alacakaranlık</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>238</v>
+        <v>695</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786257190794</t>
+          <t>9786257654920</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Cefa Naif</t>
+          <t>İçerdekiler Ozan</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>227</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786257190817</t>
+          <t>9786257561051</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Gez Dünyayı Gör Konyayı</t>
+          <t>P7: Kahraman Papağan</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>237</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786257190831</t>
+          <t>9786257654579</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Dünden Zorluk Yarına Tecrübe</t>
+          <t>Tüm Ezop Öykünceleri</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>162</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786257190602</t>
+          <t>9786257654869</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Gastroshow</t>
+          <t>Kalo</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>341</v>
+        <v>990</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786257190930</t>
+          <t>9786257561457</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Yusufçuk</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>178</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786257190527</t>
+          <t>9786257654708</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Deli Kamçı Hüzünlü Akar</t>
+          <t>Ütopik Saplantı 1940</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786257190749</t>
+          <t>9786257561440</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Nefesin Anadolu Kokuyor Bugün</t>
+          <t>Aşkın H Hali</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>209</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786257190688</t>
+          <t>9786257561174</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Ağrılar</t>
+          <t>Are You? Yes mi? No mu?</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>296</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786257190886</t>
+          <t>9786257561112</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Mor Menekşeler</t>
+          <t>Siyasal Partiler</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>135</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786257190770</t>
+          <t>9786257561327</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Zambakımı Kar Deldi</t>
+          <t>Hüküm</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>200</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786257190992</t>
+          <t>9786257654838</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Sanrı</t>
+          <t>Işık ve Öfke</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>157</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786257190862</t>
+          <t>9786257654647</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Maviye Döndüm Yeşile İnat</t>
+          <t>Düşlerim Seninle</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>211</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786257190985</t>
+          <t>9786257654821</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Zift Vakti</t>
+          <t>Yalanlar ve Gerçekler</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>144</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786257190961</t>
+          <t>9786257654890</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Gönüle</t>
+          <t>Değişen Sadece Soyadın Değildi</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>247</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786257190893</t>
+          <t>9786257654968</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Elzem</t>
+          <t>Büyük Söz</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>229</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786257942669</t>
+          <t>9786257654692</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Biricik Babam ve Corona Günlüğü</t>
+          <t>İnsanları Okuma Sanatı</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>249</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786257190121</t>
+          <t>9786257190374</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Yrd. Doç. Dr. Rahmi Oruç Güvenç</t>
+          <t>Oku - Kaleme Gelenler</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>281</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786257190046</t>
+          <t>9786257190251</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Muhakkak Karşılaşmalı Ölmeden</t>
+          <t>Bu Sefer Başka</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786257190022</t>
+          <t>9786257942928</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>İsmini Kalbime Yazdım</t>
+          <t>Aşkım Okul</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>254</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786257190145</t>
+          <t>9786257190268</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Elveda</t>
+          <t>Ağlamayan Çocuk</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>182</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786257190190</t>
+          <t>9786257190152</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ettiğin Müddetçe Yaşarsın</t>
+          <t>Peri Mila</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>196</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786257942751</t>
+          <t>9786257190923</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Vefa Borcu</t>
+          <t>Yükün Cennet Parçası</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>166</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786257942942</t>
+          <t>9786257654203</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Son Lazım</t>
+          <t>Yalnızlığım</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>480</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786257190060</t>
+          <t>9786257654944</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Bir Torba Sevgi ve Yarım Kilo Mutluluk</t>
+          <t>Hitap Ettiğim Ruhun İçin İnceldim Kıldan İnce</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>182</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786257942546</t>
+          <t>9786257654654</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Kimnot</t>
+          <t>Huzursuz Yıllar Korona</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>896</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786257942836</t>
+          <t>9786257654463</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>81 İlin Çocuğu</t>
+          <t>Umutsuzluğun El Kitabı</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>260</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786257942799</t>
+          <t>9786257190176</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>English for High Schools 1</t>
+          <t>Ayşe'nin Meleği</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>152</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786257190008</t>
+          <t>9786257190299</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Gün Dinlenmeden Yaban'cı Adam Likya Yolunda</t>
+          <t>Küçükbahçe</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>352</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786057946980</t>
+          <t>9786257190282</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Maviyi Beklerken</t>
+          <t>Seninle Sonsuzluğa</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786257942904</t>
+          <t>9786257942829</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Ben Bunu Yemem</t>
+          <t>Derin Kesik</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>562</v>
+        <v>785</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786257942782</t>
+          <t>9786257190183</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Düşler ve Hiçlik</t>
+          <t>Vicdan ile Sohbetler 1</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>285</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786257942355</t>
+          <t>9786257190138</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Aşk Anlatır Seni</t>
+          <t>Kırklar Meclisi</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>252</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786257942331</t>
+          <t>9786257942911</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Boşluğa Şiirler</t>
+          <t>Kalbimin Pusulası</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>157</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786257942362</t>
+          <t>9786257190237</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Sustuklarım</t>
+          <t>Yol Arkadaşım</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>274</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786057946553</t>
+          <t>9786257190466</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>İmkan'sızım</t>
+          <t>Sadece Sen</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>291</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786257942973</t>
+          <t>9786257190404</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Güneş Doğunca Biterim</t>
+          <t>Sahaf Burcu Beyazıt Çınaraltı</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>169</v>
+        <v>875</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786057946522</t>
+          <t>9786257190367</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Ah Min-el Aşk</t>
+          <t>Bonne Nuit!</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>284</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786057946324</t>
+          <t>9786257190718</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Amaçlarla Pişiyoruz</t>
+          <t>81 Şehir - Şehit - Şiir</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>184</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786057946416</t>
+          <t>9786257190671</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Buse-i Veda</t>
+          <t>Rüyamdaki Aşklarım...</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>323</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786057946546</t>
+          <t>9786257190626</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>2095</t>
+          <t>Türk Yurdu Balkanlar</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>208</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786257942195</t>
+          <t>9786257190879</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Derviş Aşkın Yolculuğu</t>
+          <t>Kolay Okunan Heceler Kitabı - Okumaya Geçiş</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>198</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786257942607</t>
+          <t>9786257190435</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Eskici</t>
+          <t>Masallarım Köyden</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>178</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786257942157</t>
+          <t>9786257190381</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tekil Hali</t>
+          <t>Urella'nın Mucizesi</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786257942218</t>
+          <t>9786257190442</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalbin Büyük Arayışı (Ciltli)</t>
+          <t>Köy Hikayeleri</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>182</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786257942171</t>
+          <t>9786257190336</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Sana Yazmadım Seni Yazdım</t>
+          <t>Emanet Aşk</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786257654197</t>
+          <t>9786257190473</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Bir Bulut</t>
+          <t>Sen Mavi</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>278</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786257654258</t>
+          <t>9786257190312</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>İdil Çıkmazı</t>
+          <t>İçimdeki Ses</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>287</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786257654098</t>
+          <t>9786257190640</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>El Senor Emocion</t>
+          <t>Şiirin Dilinden</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>151</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786257190909</t>
+          <t>9786257190350</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar ve Öğütler</t>
+          <t>Bitkilerin Işığı</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>316</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786257190947</t>
+          <t>9786257190053</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Aşk Orta Yerde</t>
+          <t>Güne Bakan Bir Hasret</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>377</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786257190657</t>
+          <t>9786257190084</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Manzaralar Türkiye - Şiirler</t>
+          <t>Dürbün</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>211</v>
+        <v>805</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786257190954</t>
+          <t>9786257942966</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Kemer Düğme Düğüm</t>
+          <t>Tünel</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>411</v>
+        <v>925</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786257654029</t>
+          <t>9786257190343</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Mevlüt Ocak Şiir Defteri</t>
+          <t>Kadınların Öldüğü Yer</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>231</v>
+        <v>835</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786257190916</t>
+          <t>9786257190664</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Yoldaş</t>
+          <t>3 Buçuktan 5</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>45</v>
+        <v>453</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786257190725</t>
+          <t>9786257654265</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Tren</t>
+          <t>Işık İçinde Kayboluş</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>321</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786257654036</t>
+          <t>9786257654166</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Cinaslı Delikanlı</t>
+          <t>Bir Hasretin Öyküsü</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>274</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786257190763</t>
+          <t>9786257654159</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Renginde Amigurumiler</t>
+          <t>Ben Sende Öldüm</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>151</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786257190329</t>
+          <t>9786257654128</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Kuşu Benim Adım, Hüzünleri Uçuran..</t>
+          <t>Sıkıcı Oyun</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786257190633</t>
+          <t>9786257190824</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Mavi'nin Yıldızları</t>
+          <t>Bir Veda Havası</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>246</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786257190701</t>
+          <t>9786257190794</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Ütopya Yolcusu Kalmasın</t>
+          <t>Cefa Naif</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>204</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786257654234</t>
+          <t>9786257190817</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kadınlar</t>
+          <t>Gez Dünyayı Gör Konyayı</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>204</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786257654371</t>
+          <t>9786257190831</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Bugüne Adım Adım</t>
+          <t>Dünden Zorluk Yarına Tecrübe</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786257942591</t>
+          <t>9786257190602</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Complexity Theory</t>
+          <t>Gastroshow</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>227</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786257942959</t>
+          <t>9786257190930</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Son Dem 2020</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786257942379</t>
+          <t>9786257190527</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Yanılsama</t>
+          <t>Deli Kamçı Hüzünlü Akar</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>446</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786257942065</t>
+          <t>9786257190749</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Kendi Halinde</t>
+          <t>Nefesin Anadolu Kokuyor Bugün</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786257942119</t>
+          <t>9786257190688</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Bulutları Yiyen Devler</t>
+          <t>Ah Şu Ağrılar</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>172</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786257654388</t>
+          <t>9786257190886</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>İlk Harfi Büyüktür Aşkın</t>
+          <t>Mor Menekşeler</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>144</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786257190596</t>
+          <t>9786257190770</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Manter Manny ve Kötülük Ruhları</t>
+          <t>Zambakımı Kar Deldi</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>227</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786257190107</t>
+          <t>9786257190992</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>42 Saat</t>
+          <t>Sanrı</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>247</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786257942812</t>
+          <t>9786257190862</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Kimlik</t>
+          <t>Maviye Döndüm Yeşile İnat</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>169</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786257942478</t>
+          <t>9786257190985</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Adı Aşk</t>
+          <t>Zift Vakti</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786257942393</t>
+          <t>9786257190961</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğum Bazı Hikayeler</t>
+          <t>Gönülden Gönüle</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>229</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786257942577</t>
+          <t>9786257190893</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Marangoz Çırağı</t>
+          <t>Aşk-ı Elzem</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>144</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786257942614</t>
+          <t>9786257942669</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Mavi Huydur Bende</t>
+          <t>Biricik Babam ve Corona Günlüğü</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>173</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786257942645</t>
+          <t>9786257190121</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Ha Babam Mı De Babam Mı?</t>
+          <t>Yrd. Doç. Dr. Rahmi Oruç Güvenç</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>334</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786257942713</t>
+          <t>9786257190046</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Cennete Devşirilmesine Ramak Kala</t>
+          <t>Muhakkak Karşılaşmalı Ölmeden</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>767</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786257942300</t>
+          <t>9786257190022</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Yanım</t>
+          <t>İsmini Kalbime Yazdım</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>231</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786257942140</t>
+          <t>9786257190145</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Örselenmiş Hayatlar</t>
+          <t>Elveda</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>283</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786257942133</t>
+          <t>9786257190190</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Savaş Kazandıran Sünnet</t>
+          <t>Hayal Ettiğin Müddetçe Yaşarsın</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>138</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786057946966</t>
+          <t>9786257942751</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Liwornia</t>
+          <t>Vefa Borcu</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786257942164</t>
+          <t>9786257942942</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Kaçak ve Balık</t>
+          <t>Bana Bir Son Lazım</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>160</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786257942454</t>
+          <t>9786257190060</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Uyan</t>
+          <t>Bir Torba Sevgi ve Yarım Kilo Mutluluk</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>227</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786257942423</t>
+          <t>9786257942546</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Hortlak Garip</t>
+          <t>Kimnot</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>187</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786257942027</t>
+          <t>9786257942836</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Aşeka</t>
+          <t>81 İlin Çocuğu</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786257942041</t>
+          <t>9786257942799</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Şağ(gh)af</t>
+          <t>English for High Schools 1</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>171</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786257190220</t>
+          <t>9786257190008</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bitti</t>
+          <t>Gün Dinlenmeden Yaban'cı Adam Likya Yolunda</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>955</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786057946560</t>
+          <t>9786057946980</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>P.İ.D. - Bir Psikoloji Hikayesi</t>
+          <t>Maviyi Beklerken</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>189</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786057946232</t>
+          <t>9786257942904</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Kumbarası</t>
+          <t>Ben Bunu Yemem</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>198</v>
+        <v>845</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786257190855</t>
+          <t>9786257942782</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Popinya Ormanı</t>
+          <t>Düşler ve Hiçlik</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>330</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786257654142</t>
+          <t>9786257942355</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi ve Uçuç Böceği</t>
+          <t>Aşk Anlatır Seni</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>342</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786257654173</t>
+          <t>9786257942331</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>İnci Taneleri</t>
+          <t>Boşluğa Şiirler</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786257654050</t>
+          <t>9786257942362</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Bir Ses Var Duyabilene</t>
+          <t>Sustuklarım</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>191</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786257654272</t>
+          <t>9786057946553</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Bu Bendeki Çile</t>
+          <t>İmkan'sızım</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>216</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786257654135</t>
+          <t>9786257942973</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Kirlenen İnsan Tükenen Toplum</t>
+          <t>Güneş Doğunca Biterim</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>196</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786257654043</t>
+          <t>9786057946522</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Adap, Güzel Davranışlar, Haklar - Vazifeler, İyi ve Kötü Huylar</t>
+          <t>Ah Min-el Aşk</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>191</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786257942898</t>
+          <t>9786057946324</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Gülizar</t>
+          <t>Kozmik Amaçlarla Pişiyoruz</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>312</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786257942867</t>
+          <t>9786057946416</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>İki Boyutlu Kadın</t>
+          <t>Buse-i Veda</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>218</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786257942652</t>
+          <t>9786057946546</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>S'onsuzluğun Aşkı</t>
+          <t>2095</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786257942485</t>
+          <t>9786257942195</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Sır Bankası</t>
+          <t>Derviş Aşkın Yolculuğu</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>247</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786257942881</t>
+          <t>9786257942607</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Renkler</t>
+          <t>Eskici</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>247</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786257942676</t>
+          <t>9786257942157</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Deniz</t>
+          <t>Aşkın Tekil Hali</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>169</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786257942638</t>
+          <t>9786257942218</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Anevrizma</t>
+          <t>Minik Kalbin Büyük Arayışı (Ciltli)</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>153</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786257942843</t>
+          <t>9786257942171</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Dem</t>
+          <t>Sana Yazmadım Seni Yazdım</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>285</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786257942270</t>
+          <t>9786257654197</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Eksik Kalan Mısralar</t>
+          <t>Gökyüzünde Bir Bulut</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>231</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786257942225</t>
+          <t>9786257654258</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Zar</t>
+          <t>İdil Çıkmazı</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>196</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786057946997</t>
+          <t>9786257654098</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>El Senor Emocion</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>395</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786257942126</t>
+          <t>9786257190909</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>1i'li Rakı Mezeleri</t>
+          <t>Kıssalar ve Öğütler</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>183</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786057946898</t>
+          <t>9786257190947</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Azmikral</t>
+          <t>Aşk Orta Yerde</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>332</v>
+        <v>635</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786057946867</t>
+          <t>9786257190657</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Kürt ve Türk Amerika’da</t>
+          <t>Manzaralar Türkiye - Şiirler</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>283</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786257654289</t>
+          <t>9786257190954</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Çeyrek Asır</t>
+          <t>Kemer Düğme Düğüm</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>225</v>
+        <v>695</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786257190244</t>
+          <t>9786257654029</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Bir Uzaylı</t>
+          <t>Mevlüt Ocak Şiir Defteri</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>301</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786257942072</t>
+          <t>9786257190916</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Bu İşte Bir Bulmaca Var</t>
+          <t>Yoldaş</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>182</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786257942096</t>
+          <t>9786257190725</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler 1 LSD Günlükleri</t>
+          <t>Meçhul Tren</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>236</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786057946515</t>
+          <t>9786257654036</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Ben İstemedim Ki...</t>
+          <t>Cinaslı Delikanlı</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>265</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786057946454</t>
+          <t>9786257190763</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sınır Noktası</t>
+          <t>Gökkuşağı Renginde Amigurumiler</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>254</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786057946461</t>
+          <t>9786257190329</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Aşk Perhan</t>
+          <t>Hüzün Kuşu Benim Adım, Hüzünleri Uçuran..</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>182</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786057946447</t>
+          <t>9786257190633</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Küsmedim Sana Cennetim</t>
+          <t>Mavi'nin Yıldızları</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>97</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786257942706</t>
+          <t>9786257190701</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yaşam Tasarım Programı</t>
+          <t>Ütopya Yolcusu Kalmasın</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>314</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786257942768</t>
+          <t>9786257654234</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Esinti</t>
+          <t>Dünyayı Değiştiren Kadınlar</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>178</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786257190077</t>
+          <t>9786257654371</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Sağır Zaman</t>
+          <t>Bugüne Adım Adım</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786257942980</t>
+          <t>9786257942591</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Bende Kalmasın</t>
+          <t>Complexity Theory</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>473</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786257190169</t>
+          <t>9786257942959</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Son Dem 2020</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>26</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786257942249</t>
+          <t>9786257942379</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğin Şiir Yanı</t>
+          <t>Yanılsama</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>283</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786057946874</t>
+          <t>9786257942065</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Aile Hekimliğinde Fitoterapi</t>
+          <t>Kendi Halinde</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>341</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786257942010</t>
+          <t>9786257942119</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Geri Sayım</t>
+          <t>Bulutları Yiyen Devler</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>314</v>
+        <v>865</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786057946782</t>
+          <t>9786257654388</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Hayat</t>
+          <t>İlk Harfi Büyüktür Aşkın</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>480</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786057946881</t>
+          <t>9786257190596</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Aşk</t>
+          <t>Manter Manny ve Kötülük Ruhları</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>339</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786057946614</t>
+          <t>9786257190107</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Şevval</t>
+          <t>42 Saat</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>694</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786057946645</t>
+          <t>9786257942812</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kampı</t>
+          <t>Kimlik</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>227</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9789752470521</t>
+          <t>9786257942478</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Oysa Öldürür Herkes Sevdiğini</t>
+          <t>Adı Aşk</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>48</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786257942386</t>
+          <t>9786257942393</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Kırık Umutlar Müzesi</t>
+          <t>Unuttuğum Bazı Hikayeler</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>187</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786257942324</t>
+          <t>9786257942577</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Şiirler ve Notlar</t>
+          <t>Marangoz Çırağı</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786257942348</t>
+          <t>9786257942614</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Farklı Biten Kısa Hikayeler</t>
+          <t>Mavi Huydur Bende</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>198</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786257942263</t>
+          <t>9786257942645</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Diğer Yarıma Mesajlar</t>
+          <t>Ha Babam Mı De Babam Mı?</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>225</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786257942416</t>
+          <t>9786257942713</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Padişah Kızı ve Ayşe'nin Hikayesi</t>
+          <t>Dünyanın Cennete Devşirilmesine Ramak Kala</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>174</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786257942317</t>
+          <t>9786257942300</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Mavi Mürekkep</t>
+          <t>Yarım Kalan Yanım</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>196</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786257942201</t>
+          <t>9786257942140</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Daryal - Geçmişin ve Geleceğin Koruyucusu</t>
+          <t>Örselenmiş Hayatlar</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>413</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786257942188</t>
+          <t>9786257942133</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Seni Ardıma Bıraktım</t>
+          <t>Savaş Kazandıran Sünnet</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>44</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786057946751</t>
+          <t>9786057946966</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Amerika Yahut Menora</t>
+          <t>Liwornia</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>276</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786057946638</t>
+          <t>9786257942164</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Zincirleme Mutluluklar</t>
+          <t>Kaçak ve Balık</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>147</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786057946355</t>
+          <t>9786257942454</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Kara Dizeler</t>
+          <t>Uyan</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>193</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786257942409</t>
+          <t>9786257942423</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Bir Böyle Gece</t>
+          <t>Hortlak Garip</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>267</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786257942935</t>
+          <t>9786257942027</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Kelimeler</t>
+          <t>Aşeka</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786257942294</t>
+          <t>9786257942041</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Ağacı</t>
+          <t>Şağ(gh)af</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>352</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786257942287</t>
+          <t>9786257190220</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Doğan Her Güneş Bizim İçindir</t>
+          <t>Oyun Bitti</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>171</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786257942034</t>
+          <t>9786057946560</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Tek Düzen Hesap Planı</t>
+          <t>P.İ.D. - Bir Psikoloji Hikayesi</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>406</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786057946843</t>
+          <t>9786057946232</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Sevdam</t>
+          <t>Hayaller Kumbarası</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786057946850</t>
+          <t>9786257190855</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Nergis Sokak No:12</t>
+          <t>Popinya Ormanı</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>130</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789752470736</t>
+          <t>9786257654142</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Ölü Deri</t>
+          <t>Kara Kedi ve Uçuç Böceği</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>376</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786057946287</t>
+          <t>9786257654173</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Korsanı Alptunga</t>
+          <t>İnci Taneleri</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>339</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786057946508</t>
+          <t>9786257654050</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Mai</t>
+          <t>Bir Ses Var Duyabilene</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>216</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786057946607</t>
+          <t>9786257654272</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Sewginin Rengi</t>
+          <t>Bu Bendeki Çile</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>235</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786057946577</t>
+          <t>9786257654135</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Gideni Beş Geçe</t>
+          <t>Kirlenen İnsan Tükenen Toplum</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>157</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786057946584</t>
+          <t>9786257654043</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Narsistanbul</t>
+          <t>Adap, Güzel Davranışlar, Haklar - Vazifeler, İyi ve Kötü Huylar</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786257942737</t>
+          <t>9786257942898</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Derlemeler 2 - Sevdim Seni</t>
+          <t>Gülizar</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>207</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786257942492</t>
+          <t>9786257942867</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Sineden Süzülenler</t>
+          <t>İki Boyutlu Kadın</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786257942744</t>
+          <t>9786257942652</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Kornetton Gezegeni</t>
+          <t>S'onsuzluğun Aşkı</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>189</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786257942539</t>
+          <t>9786257942485</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Dünya'dan Ahirete Yol Haritası</t>
+          <t>Sır Bankası</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>157</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786257942102</t>
+          <t>9786257942881</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Terzisi</t>
+          <t>Yüreğimdeki Renkler</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>134</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786257942553</t>
+          <t>9786257942676</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Aşk On Yediden Beri</t>
+          <t>Bir Başka Deniz</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>204</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786257942720</t>
+          <t>9786257942638</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Kaybolanlar</t>
+          <t>Anevrizma</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>283</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786257942461</t>
+          <t>9786257942843</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Uğurluyorum Yüreğimden Seni</t>
+          <t>Dem</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>290</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786257942430</t>
+          <t>9786257942270</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Ariko Paylaşmayı Öğreniyor</t>
+          <t>Eksik Kalan Mısralar</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>124</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786257942805</t>
+          <t>9786257942225</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Tembel Penguen Pingo</t>
+          <t>Zar</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>140</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786257942775</t>
+          <t>9786057946997</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Son 15 Gün</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>218</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786257942560</t>
+          <t>9786257942126</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elmam</t>
+          <t>1i'li Rakı Mezeleri</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>144</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786057946942</t>
+          <t>9786057946898</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Sahi Çizgiler</t>
+          <t>Azmikral</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>201</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786057946799</t>
+          <t>9786057946867</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Sevilmek Üzere Gi</t>
+          <t>Kürt ve Türk Amerika’da</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>319</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786057946621</t>
+          <t>9786257654289</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>Çeyrek Asır</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>234</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786057946812</t>
+          <t>9786257190244</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Anıları Biraz Islat</t>
+          <t>Arkadaşım Bir Uzaylı</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>100</v>
+        <v>735</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786057946676</t>
+          <t>9786257942072</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Turna Gelin</t>
+          <t>Bu İşte Bir Bulmaca Var</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>43</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786057946379</t>
+          <t>9786257942096</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Perinin Oyunu</t>
+          <t>Düşünceler 1 LSD Günlükleri</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786055045937</t>
+          <t>9786057946515</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Vedasız Gitti</t>
+          <t>Ben İstemedim Ki...</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>102</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786057946393</t>
+          <t>9786057946454</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Başka Bak</t>
+          <t>Aşkın Sınır Noktası</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>202</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786257942522</t>
+          <t>9786057946461</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Umut Her Zaman Vardır</t>
+          <t>Aşk Perhan</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>153</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786257942058</t>
+          <t>9786057946447</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Maviydi Adı</t>
+          <t>Küsmedim Sana Cennetim</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>193</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786057946935</t>
+          <t>9786257942706</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Bakış Okuma</t>
+          <t>Yeni Yaşam Tasarım Programı</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>140</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786057946928</t>
+          <t>9786257942768</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Redingot</t>
+          <t>Esinti</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>187</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786057946690</t>
+          <t>9786257190077</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Sensizliğim</t>
+          <t>Sağır Zaman</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>197</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786057946171</t>
+          <t>9786257942980</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Hatırladıklarım ve Hatırlamadıklarım</t>
+          <t>Bende Kalmasın</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>1270</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786057946249</t>
+          <t>9786257190169</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Naylon...</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786057946225</t>
+          <t>9786257942249</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Sevdalar</t>
+          <t>Sensizliğin Şiir Yanı</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>275</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786057946133</t>
+          <t>9786057946874</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Şahsıma Münhasır</t>
+          <t>Aile Hekimliğinde Fitoterapi</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>169</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786057946140</t>
+          <t>9786257942010</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik Sistemleri</t>
+          <t>Geri Sayım</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>488</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786057946539</t>
+          <t>9786057946782</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Öpeceğim...</t>
+          <t>Kuantum Hayat</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>191</v>
+        <v>880</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786057946058</t>
+          <t>9786057946881</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Oku İbret Al</t>
+          <t>Ölüm ve Aşk</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>169</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786057946362</t>
+          <t>9786057946614</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Çağı</t>
+          <t>Şevval</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>184</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786057946423</t>
+          <t>9786057946645</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Bobi ve Arkadaşlarının Maceraları</t>
+          <t>Yaz Kampı</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786057946430</t>
+          <t>9789752470521</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Elpidas'ın Kum Zambakları</t>
+          <t>Oysa Öldürür Herkes Sevdiğini</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>110</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786257942003</t>
+          <t>9786257942386</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Leyli Meccani</t>
+          <t>Kırık Umutlar Müzesi</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>171</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786057946478</t>
+          <t>9786257942324</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Artakalanlar</t>
+          <t>Şiirler ve Notlar</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786057946836</t>
+          <t>9786257942348</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Bir Nebze</t>
+          <t>Farklı Biten Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>204</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786057946805</t>
+          <t>9786257942263</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Sınavlarla Boks Maçı</t>
+          <t>Diğer Yarıma Mesajlar</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>198</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786057946591</t>
+          <t>9786257942416</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dosya</t>
+          <t>Padişah Kızı ve Ayşe'nin Hikayesi</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>144</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786057946829</t>
+          <t>9786257942317</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda Kalan Çocukluğum</t>
+          <t>Mavi Mürekkep</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>355</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786057946164</t>
+          <t>9786257942201</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Bukowski Kabuslarım</t>
+          <t>Daryal - Geçmişin ve Geleceğin Koruyucusu</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>287</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786056863783</t>
+          <t>9786257942188</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Hasbelkader</t>
+          <t>Seni Ardıma Bıraktım</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>231</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786057946959</t>
+          <t>9786057946751</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Efkarlı Saksı</t>
+          <t>Amerika Yahut Menora</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>144</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786057946911</t>
+          <t>9786057946638</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Serap</t>
+          <t>Zincirleme Mutluluklar</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>172</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786057946973</t>
+          <t>9786057946355</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Tufan</t>
+          <t>Kara Dizeler</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>231</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786057946904</t>
+          <t>9786257942409</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Karanlık Liderlik</t>
+          <t>Bir Böyle Gece</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>330</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786057946768</t>
+          <t>9786257942935</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Yokuşu</t>
+          <t>Zehirli Kelimeler</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>256</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786057946744</t>
+          <t>9786257942294</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Beni Sana Bırak</t>
+          <t>Şeftali Ağacı</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>292</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786057946720</t>
+          <t>9786257942287</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka</t>
+          <t>Doğan Her Güneş Bizim İçindir</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786057946737</t>
+          <t>9786257942034</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Allah Kurtarsın</t>
+          <t>Tek Düzen Hesap Planı</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>164</v>
+        <v>735</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786057946713</t>
+          <t>9786057946843</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Seyyah - Aşka Yolculuk</t>
+          <t>Meçhul Sevdam</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>236</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786057946188</t>
+          <t>9786057946850</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Hiçlikte Dans Eden Rüyalar</t>
+          <t>Nergis Sokak No:12</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>355</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786057946386</t>
+          <t>9789752470736</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Arada Bir Yaz</t>
+          <t>Ölü Deri</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>157</v>
+        <v>635</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786057946669</t>
+          <t>9786057946287</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İnsan Değeri</t>
+          <t>Osmanlı Korsanı Alptunga</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>303</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786257942089</t>
+          <t>9786057946508</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Şikur Ozon Cebıri</t>
+          <t>Aşk-ı Mai</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>144</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786056863752</t>
+          <t>9786057946607</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Safir</t>
+          <t>Sewginin Rengi</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>104</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786255779595</t>
+          <t>9786057946577</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Sünnet</t>
+          <t>Gideni Beş Geçe</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>450</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786255779953</t>
+          <t>9786057946584</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>B-1 Blok</t>
+          <t>Narsistanbul</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>583</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
+          <t>9786257942737</t>
+        </is>
+      </c>
+      <c r="B1314" s="1" t="inlineStr">
+        <is>
+          <t>Derlemeler 2 - Sevdim Seni</t>
+        </is>
+      </c>
+      <c r="C1314" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:3">
+      <c r="A1315" s="1" t="inlineStr">
+        <is>
+          <t>9786257942492</t>
+        </is>
+      </c>
+      <c r="B1315" s="1" t="inlineStr">
+        <is>
+          <t>Sineden Süzülenler</t>
+        </is>
+      </c>
+      <c r="C1315" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:3">
+      <c r="A1316" s="1" t="inlineStr">
+        <is>
+          <t>9786257942744</t>
+        </is>
+      </c>
+      <c r="B1316" s="1" t="inlineStr">
+        <is>
+          <t>Kornetton Gezegeni</t>
+        </is>
+      </c>
+      <c r="C1316" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:3">
+      <c r="A1317" s="1" t="inlineStr">
+        <is>
+          <t>9786257942539</t>
+        </is>
+      </c>
+      <c r="B1317" s="1" t="inlineStr">
+        <is>
+          <t>Dünya'dan Ahirete Yol Haritası</t>
+        </is>
+      </c>
+      <c r="C1317" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:3">
+      <c r="A1318" s="1" t="inlineStr">
+        <is>
+          <t>9786257942102</t>
+        </is>
+      </c>
+      <c r="B1318" s="1" t="inlineStr">
+        <is>
+          <t>Bulutların Terzisi</t>
+        </is>
+      </c>
+      <c r="C1318" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:3">
+      <c r="A1319" s="1" t="inlineStr">
+        <is>
+          <t>9786257942553</t>
+        </is>
+      </c>
+      <c r="B1319" s="1" t="inlineStr">
+        <is>
+          <t>Aşk On Yediden Beri</t>
+        </is>
+      </c>
+      <c r="C1319" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:3">
+      <c r="A1320" s="1" t="inlineStr">
+        <is>
+          <t>9786257942720</t>
+        </is>
+      </c>
+      <c r="B1320" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıkta Kaybolanlar</t>
+        </is>
+      </c>
+      <c r="C1320" s="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:3">
+      <c r="A1321" s="1" t="inlineStr">
+        <is>
+          <t>9786257942461</t>
+        </is>
+      </c>
+      <c r="B1321" s="1" t="inlineStr">
+        <is>
+          <t>Uğurluyorum Yüreğimden Seni</t>
+        </is>
+      </c>
+      <c r="C1321" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:3">
+      <c r="A1322" s="1" t="inlineStr">
+        <is>
+          <t>9786257942430</t>
+        </is>
+      </c>
+      <c r="B1322" s="1" t="inlineStr">
+        <is>
+          <t>Ariko Paylaşmayı Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C1322" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:3">
+      <c r="A1323" s="1" t="inlineStr">
+        <is>
+          <t>9786257942805</t>
+        </is>
+      </c>
+      <c r="B1323" s="1" t="inlineStr">
+        <is>
+          <t>Tembel Penguen Pingo</t>
+        </is>
+      </c>
+      <c r="C1323" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:3">
+      <c r="A1324" s="1" t="inlineStr">
+        <is>
+          <t>9786257942775</t>
+        </is>
+      </c>
+      <c r="B1324" s="1" t="inlineStr">
+        <is>
+          <t>Son 15 Gün</t>
+        </is>
+      </c>
+      <c r="C1324" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:3">
+      <c r="A1325" s="1" t="inlineStr">
+        <is>
+          <t>9786257942560</t>
+        </is>
+      </c>
+      <c r="B1325" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Elmam</t>
+        </is>
+      </c>
+      <c r="C1325" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:3">
+      <c r="A1326" s="1" t="inlineStr">
+        <is>
+          <t>9786057946942</t>
+        </is>
+      </c>
+      <c r="B1326" s="1" t="inlineStr">
+        <is>
+          <t>Sahi Çizgiler</t>
+        </is>
+      </c>
+      <c r="C1326" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:3">
+      <c r="A1327" s="1" t="inlineStr">
+        <is>
+          <t>9786057946799</t>
+        </is>
+      </c>
+      <c r="B1327" s="1" t="inlineStr">
+        <is>
+          <t>Sevilmek Üzere Gi</t>
+        </is>
+      </c>
+      <c r="C1327" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:3">
+      <c r="A1328" s="1" t="inlineStr">
+        <is>
+          <t>9786057946621</t>
+        </is>
+      </c>
+      <c r="B1328" s="1" t="inlineStr">
+        <is>
+          <t>Benim Hikayem</t>
+        </is>
+      </c>
+      <c r="C1328" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:3">
+      <c r="A1329" s="1" t="inlineStr">
+        <is>
+          <t>9786057946812</t>
+        </is>
+      </c>
+      <c r="B1329" s="1" t="inlineStr">
+        <is>
+          <t>Anıları Biraz Islat</t>
+        </is>
+      </c>
+      <c r="C1329" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:3">
+      <c r="A1330" s="1" t="inlineStr">
+        <is>
+          <t>9786057946676</t>
+        </is>
+      </c>
+      <c r="B1330" s="1" t="inlineStr">
+        <is>
+          <t>Turna Gelin</t>
+        </is>
+      </c>
+      <c r="C1330" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:3">
+      <c r="A1331" s="1" t="inlineStr">
+        <is>
+          <t>9786057946379</t>
+        </is>
+      </c>
+      <c r="B1331" s="1" t="inlineStr">
+        <is>
+          <t>Perinin Oyunu</t>
+        </is>
+      </c>
+      <c r="C1331" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:3">
+      <c r="A1332" s="1" t="inlineStr">
+        <is>
+          <t>9786055045937</t>
+        </is>
+      </c>
+      <c r="B1332" s="1" t="inlineStr">
+        <is>
+          <t>Vedasız Gitti</t>
+        </is>
+      </c>
+      <c r="C1332" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:3">
+      <c r="A1333" s="1" t="inlineStr">
+        <is>
+          <t>9786057946393</t>
+        </is>
+      </c>
+      <c r="B1333" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bak</t>
+        </is>
+      </c>
+      <c r="C1333" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:3">
+      <c r="A1334" s="1" t="inlineStr">
+        <is>
+          <t>9786257942522</t>
+        </is>
+      </c>
+      <c r="B1334" s="1" t="inlineStr">
+        <is>
+          <t>Umut Her Zaman Vardır</t>
+        </is>
+      </c>
+      <c r="C1334" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:3">
+      <c r="A1335" s="1" t="inlineStr">
+        <is>
+          <t>9786257942058</t>
+        </is>
+      </c>
+      <c r="B1335" s="1" t="inlineStr">
+        <is>
+          <t>Maviydi Adı</t>
+        </is>
+      </c>
+      <c r="C1335" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:3">
+      <c r="A1336" s="1" t="inlineStr">
+        <is>
+          <t>9786057946935</t>
+        </is>
+      </c>
+      <c r="B1336" s="1" t="inlineStr">
+        <is>
+          <t>Bakış Okuma</t>
+        </is>
+      </c>
+      <c r="C1336" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:3">
+      <c r="A1337" s="1" t="inlineStr">
+        <is>
+          <t>9786057946928</t>
+        </is>
+      </c>
+      <c r="B1337" s="1" t="inlineStr">
+        <is>
+          <t>Redingot</t>
+        </is>
+      </c>
+      <c r="C1337" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:3">
+      <c r="A1338" s="1" t="inlineStr">
+        <is>
+          <t>9786057946690</t>
+        </is>
+      </c>
+      <c r="B1338" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğim Sensizliğim</t>
+        </is>
+      </c>
+      <c r="C1338" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:3">
+      <c r="A1339" s="1" t="inlineStr">
+        <is>
+          <t>9786057946171</t>
+        </is>
+      </c>
+      <c r="B1339" s="1" t="inlineStr">
+        <is>
+          <t>Hatırladıklarım ve Hatırlamadıklarım</t>
+        </is>
+      </c>
+      <c r="C1339" s="1">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:3">
+      <c r="A1340" s="1" t="inlineStr">
+        <is>
+          <t>9786057946249</t>
+        </is>
+      </c>
+      <c r="B1340" s="1" t="inlineStr">
+        <is>
+          <t>Naylon...</t>
+        </is>
+      </c>
+      <c r="C1340" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:3">
+      <c r="A1341" s="1" t="inlineStr">
+        <is>
+          <t>9786057946225</t>
+        </is>
+      </c>
+      <c r="B1341" s="1" t="inlineStr">
+        <is>
+          <t>Mevsimsiz Sevdalar</t>
+        </is>
+      </c>
+      <c r="C1341" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:3">
+      <c r="A1342" s="1" t="inlineStr">
+        <is>
+          <t>9786057946133</t>
+        </is>
+      </c>
+      <c r="B1342" s="1" t="inlineStr">
+        <is>
+          <t>Şahsıma Münhasır</t>
+        </is>
+      </c>
+      <c r="C1342" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:3">
+      <c r="A1343" s="1" t="inlineStr">
+        <is>
+          <t>9786057946140</t>
+        </is>
+      </c>
+      <c r="B1343" s="1" t="inlineStr">
+        <is>
+          <t>Güvenlik Sistemleri</t>
+        </is>
+      </c>
+      <c r="C1343" s="1">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:3">
+      <c r="A1344" s="1" t="inlineStr">
+        <is>
+          <t>9786057946539</t>
+        </is>
+      </c>
+      <c r="B1344" s="1" t="inlineStr">
+        <is>
+          <t>Öpeceğim...</t>
+        </is>
+      </c>
+      <c r="C1344" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:3">
+      <c r="A1345" s="1" t="inlineStr">
+        <is>
+          <t>9786057946058</t>
+        </is>
+      </c>
+      <c r="B1345" s="1" t="inlineStr">
+        <is>
+          <t>Oku İbret Al</t>
+        </is>
+      </c>
+      <c r="C1345" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:3">
+      <c r="A1346" s="1" t="inlineStr">
+        <is>
+          <t>9786057946362</t>
+        </is>
+      </c>
+      <c r="B1346" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Çağı</t>
+        </is>
+      </c>
+      <c r="C1346" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:3">
+      <c r="A1347" s="1" t="inlineStr">
+        <is>
+          <t>9786057946423</t>
+        </is>
+      </c>
+      <c r="B1347" s="1" t="inlineStr">
+        <is>
+          <t>Bobi ve Arkadaşlarının Maceraları</t>
+        </is>
+      </c>
+      <c r="C1347" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:3">
+      <c r="A1348" s="1" t="inlineStr">
+        <is>
+          <t>9786057946430</t>
+        </is>
+      </c>
+      <c r="B1348" s="1" t="inlineStr">
+        <is>
+          <t>Elpidas'ın Kum Zambakları</t>
+        </is>
+      </c>
+      <c r="C1348" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:3">
+      <c r="A1349" s="1" t="inlineStr">
+        <is>
+          <t>9786257942003</t>
+        </is>
+      </c>
+      <c r="B1349" s="1" t="inlineStr">
+        <is>
+          <t>Leyli Meccani</t>
+        </is>
+      </c>
+      <c r="C1349" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:3">
+      <c r="A1350" s="1" t="inlineStr">
+        <is>
+          <t>9786057946478</t>
+        </is>
+      </c>
+      <c r="B1350" s="1" t="inlineStr">
+        <is>
+          <t>Artakalanlar</t>
+        </is>
+      </c>
+      <c r="C1350" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:3">
+      <c r="A1351" s="1" t="inlineStr">
+        <is>
+          <t>9786057946836</t>
+        </is>
+      </c>
+      <c r="B1351" s="1" t="inlineStr">
+        <is>
+          <t>Bir Nebze</t>
+        </is>
+      </c>
+      <c r="C1351" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:3">
+      <c r="A1352" s="1" t="inlineStr">
+        <is>
+          <t>9786057946805</t>
+        </is>
+      </c>
+      <c r="B1352" s="1" t="inlineStr">
+        <is>
+          <t>Sınavlarla Boks Maçı</t>
+        </is>
+      </c>
+      <c r="C1352" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:3">
+      <c r="A1353" s="1" t="inlineStr">
+        <is>
+          <t>9786057946591</t>
+        </is>
+      </c>
+      <c r="B1353" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Dosya</t>
+        </is>
+      </c>
+      <c r="C1353" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:3">
+      <c r="A1354" s="1" t="inlineStr">
+        <is>
+          <t>9786057946829</t>
+        </is>
+      </c>
+      <c r="B1354" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlarda Kalan Çocukluğum</t>
+        </is>
+      </c>
+      <c r="C1354" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:3">
+      <c r="A1355" s="1" t="inlineStr">
+        <is>
+          <t>9786057946164</t>
+        </is>
+      </c>
+      <c r="B1355" s="1" t="inlineStr">
+        <is>
+          <t>Bukowski Kabuslarım</t>
+        </is>
+      </c>
+      <c r="C1355" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:3">
+      <c r="A1356" s="1" t="inlineStr">
+        <is>
+          <t>9786056863783</t>
+        </is>
+      </c>
+      <c r="B1356" s="1" t="inlineStr">
+        <is>
+          <t>Hasbelkader</t>
+        </is>
+      </c>
+      <c r="C1356" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:3">
+      <c r="A1357" s="1" t="inlineStr">
+        <is>
+          <t>9786057946959</t>
+        </is>
+      </c>
+      <c r="B1357" s="1" t="inlineStr">
+        <is>
+          <t>Efkarlı Saksı</t>
+        </is>
+      </c>
+      <c r="C1357" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:3">
+      <c r="A1358" s="1" t="inlineStr">
+        <is>
+          <t>9786057946911</t>
+        </is>
+      </c>
+      <c r="B1358" s="1" t="inlineStr">
+        <is>
+          <t>Serap</t>
+        </is>
+      </c>
+      <c r="C1358" s="1">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:3">
+      <c r="A1359" s="1" t="inlineStr">
+        <is>
+          <t>9786057946973</t>
+        </is>
+      </c>
+      <c r="B1359" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Tufan</t>
+        </is>
+      </c>
+      <c r="C1359" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:3">
+      <c r="A1360" s="1" t="inlineStr">
+        <is>
+          <t>9786057946904</t>
+        </is>
+      </c>
+      <c r="B1360" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerde Karanlık Liderlik</t>
+        </is>
+      </c>
+      <c r="C1360" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:3">
+      <c r="A1361" s="1" t="inlineStr">
+        <is>
+          <t>9786057946768</t>
+        </is>
+      </c>
+      <c r="B1361" s="1" t="inlineStr">
+        <is>
+          <t>Gurbet Yokuşu</t>
+        </is>
+      </c>
+      <c r="C1361" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:3">
+      <c r="A1362" s="1" t="inlineStr">
+        <is>
+          <t>9786057946744</t>
+        </is>
+      </c>
+      <c r="B1362" s="1" t="inlineStr">
+        <is>
+          <t>Beni Sana Bırak</t>
+        </is>
+      </c>
+      <c r="C1362" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:3">
+      <c r="A1363" s="1" t="inlineStr">
+        <is>
+          <t>9786057946720</t>
+        </is>
+      </c>
+      <c r="B1363" s="1" t="inlineStr">
+        <is>
+          <t>Bir Başka</t>
+        </is>
+      </c>
+      <c r="C1363" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:3">
+      <c r="A1364" s="1" t="inlineStr">
+        <is>
+          <t>9786057946737</t>
+        </is>
+      </c>
+      <c r="B1364" s="1" t="inlineStr">
+        <is>
+          <t>Allah Kurtarsın</t>
+        </is>
+      </c>
+      <c r="C1364" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:3">
+      <c r="A1365" s="1" t="inlineStr">
+        <is>
+          <t>9786057946713</t>
+        </is>
+      </c>
+      <c r="B1365" s="1" t="inlineStr">
+        <is>
+          <t>Seyyah - Aşka Yolculuk</t>
+        </is>
+      </c>
+      <c r="C1365" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:3">
+      <c r="A1366" s="1" t="inlineStr">
+        <is>
+          <t>9786057946188</t>
+        </is>
+      </c>
+      <c r="B1366" s="1" t="inlineStr">
+        <is>
+          <t>Hiçlikte Dans Eden Rüyalar</t>
+        </is>
+      </c>
+      <c r="C1366" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:3">
+      <c r="A1367" s="1" t="inlineStr">
+        <is>
+          <t>9786057946386</t>
+        </is>
+      </c>
+      <c r="B1367" s="1" t="inlineStr">
+        <is>
+          <t>Arada Bir Yaz</t>
+        </is>
+      </c>
+      <c r="C1367" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:3">
+      <c r="A1368" s="1" t="inlineStr">
+        <is>
+          <t>9786057946669</t>
+        </is>
+      </c>
+      <c r="B1368" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de İnsan Değeri</t>
+        </is>
+      </c>
+      <c r="C1368" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:3">
+      <c r="A1369" s="1" t="inlineStr">
+        <is>
+          <t>9786257942089</t>
+        </is>
+      </c>
+      <c r="B1369" s="1" t="inlineStr">
+        <is>
+          <t>Şikur Ozon Cebıri</t>
+        </is>
+      </c>
+      <c r="C1369" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:3">
+      <c r="A1370" s="1" t="inlineStr">
+        <is>
+          <t>9786056863752</t>
+        </is>
+      </c>
+      <c r="B1370" s="1" t="inlineStr">
+        <is>
+          <t>Safir</t>
+        </is>
+      </c>
+      <c r="C1370" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:3">
+      <c r="A1371" s="1" t="inlineStr">
+        <is>
+          <t>9786255779595</t>
+        </is>
+      </c>
+      <c r="B1371" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'da Sünnet</t>
+        </is>
+      </c>
+      <c r="C1371" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:3">
+      <c r="A1372" s="1" t="inlineStr">
+        <is>
+          <t>9786255779953</t>
+        </is>
+      </c>
+      <c r="B1372" s="1" t="inlineStr">
+        <is>
+          <t>B-1 Blok</t>
+        </is>
+      </c>
+      <c r="C1372" s="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:3">
+      <c r="A1373" s="1" t="inlineStr">
+        <is>
           <t>9786255779946</t>
         </is>
       </c>
-      <c r="B1314" s="1" t="inlineStr">
+      <c r="B1373" s="1" t="inlineStr">
         <is>
           <t>Kötülükler İyiliğe… Manyak</t>
         </is>
       </c>
-      <c r="C1314" s="1">
-        <v>471</v>
+      <c r="C1373" s="1">
+        <v>535</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>