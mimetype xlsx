--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -85,1915 +85,1960 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256916999</t>
+          <t>9786256916920</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ormana Yolculuk</t>
+          <t>Gibsi ve Joy</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256916968</t>
+          <t>9786256916975</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Gerçek mi, Yanılsama mı?</t>
+          <t>Cuhmuriyete Geçişin Zorlukları ve Bozkır – Konya İsyanları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256916890</t>
+          <t>9786256916982</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy’dan Çocuklara Öyküler</t>
+          <t>Anne-Baba Bana Rehber Ol</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256916944</t>
+          <t>9786256916999</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Asi Kalbim - Azat</t>
+          <t>Gizemli Ormana Yolculuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256916951</t>
+          <t>9786256916968</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Işınlandı</t>
+          <t>Uluslararası Hukuk Gerçek mi, Yanılsama mı?</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256916937</t>
+          <t>9786256916890</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Leza Yalgın Serisi 2 - Ateşin Bilinmez Ruhu</t>
+          <t>Tolstoy’dan Çocuklara Öyküler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256916418</t>
+          <t>9786256916944</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özü</t>
+          <t>Asi Kalbim - Azat</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256916470</t>
+          <t>9786256916951</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Kurulan 100 Türk Devleti</t>
+          <t>Türkiye Işınlandı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057129222</t>
+          <t>9786256916937</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Batı’dan Doğu’ya Tarih</t>
+          <t>Leza Yalgın Serisi 2 - Ateşin Bilinmez Ruhu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256916241</t>
+          <t>9786256916418</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Resfebe Bulmaca</t>
+          <t>Sözün Özü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057196149</t>
+          <t>9786256916470</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlıklar Altında</t>
+          <t>Tarihte Kurulan 100 Türk Devleti</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057147615</t>
+          <t>9786057129222</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Tıp ve Tıbbu'n-Nebevi</t>
+          <t>Batı’dan Doğu’ya Tarih</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256916876</t>
+          <t>9786256916241</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bekiran Aşireti</t>
+          <t>Resfebe Bulmaca</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256916883</t>
+          <t>9786057196149</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Pırıltı ile Fındık</t>
+          <t>Ağaçlıklar Altında</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256916913</t>
+          <t>9786057147615</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Mete</t>
+          <t>Geleneksel Tıp ve Tıbbu'n-Nebevi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256916852</t>
+          <t>9786256916876</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çırak</t>
+          <t>Bekiran Aşireti</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256916845</t>
+          <t>9786256916883</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Leyla’dan Mevla’ya</t>
+          <t>Pırıltı ile Fındık</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256916869</t>
+          <t>9786256916913</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalanlar</t>
+          <t>Kaptan Mete</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256916807</t>
+          <t>9786256916852</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Fehva-i Cedid</t>
+          <t>Muhteşem Çırak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256916821</t>
+          <t>9786256916845</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zor Yaşam Öyküleri</t>
+          <t>Leyla’dan Mevla’ya</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256916814</t>
+          <t>9786256916869</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şiirlinka</t>
+          <t>Gölgede Kalanlar</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256916173</t>
+          <t>9786256916807</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Canım Öğretmenim</t>
+          <t>Fehva-i Cedid</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256916838</t>
+          <t>9786256916821</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Afet Yönetimi ve Gönüllülük ABD Örneği</t>
+          <t>Zor Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256916708</t>
+          <t>9786256916814</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bilimce 1</t>
+          <t>Şiirlinka</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057045133</t>
+          <t>9786256916173</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Buda’nın Kayıp Heykeli</t>
+          <t>Canım Öğretmenim</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057129215</t>
+          <t>9786256916838</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gülayşa 2</t>
+          <t>Afet Yönetimi ve Gönüllülük ABD Örneği</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256916784</t>
+          <t>9786256916708</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türk Sultanlarının Sultanı Kara Yusuf Bey</t>
+          <t>Bilimce 1</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057033840</t>
+          <t>9786057045133</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Bir Adım</t>
+          <t>Buda’nın Kayıp Heykeli</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256916036</t>
+          <t>9786057129215</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İnsan Niçin Yaratıldı?</t>
+          <t>Gülayşa 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256916739</t>
+          <t>9786256916784</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Askoroz</t>
+          <t>Türk Sultanlarının Sultanı Kara Yusuf Bey</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256916692</t>
+          <t>9786057033840</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şehrem</t>
+          <t>Geleceğe Bir Adım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256916753</t>
+          <t>9786256916036</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gürcistan'da Türkçe Öğretimi ve Öğreniminin Tarihi</t>
+          <t>İnsan Niçin Yaratıldı?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256916746</t>
+          <t>9786256916739</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Fifila</t>
+          <t>Askoroz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056916722</t>
+          <t>9786256916692</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gülayşa</t>
+          <t>Şehrem</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256916050</t>
+          <t>9786256916753</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Dikkat Hafıza Güçlendirme</t>
+          <t>Gürcistan'da Türkçe Öğretimi ve Öğreniminin Tarihi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>2400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256916715</t>
+          <t>9786256916746</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Tanıyorum Boyama Kitabı</t>
+          <t>Fifila</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256916654</t>
+          <t>9786056916722</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şeyler</t>
+          <t>Gülayşa</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256916685</t>
+          <t>9786256916050</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Bilinmez Tonu</t>
+          <t>Yetişkin Dikkat Hafıza Güçlendirme</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>600</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256916517</t>
+          <t>9786256916715</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dikkatini Güçlendir</t>
+          <t>Kendimi Tanıyorum Boyama Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256916593</t>
+          <t>9786256916654</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Silinmeyen İzler</t>
+          <t>Güzel Şeyler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256916661</t>
+          <t>9786256916685</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Kara Koyunlular</t>
+          <t>Ateşin Bilinmez Tonu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256916647</t>
+          <t>9786256916517</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nutuk Çocuklar İçin</t>
+          <t>Dikkatini Güçlendir</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256916630</t>
+          <t>9786256916593</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çiğnenen Medeniyet II</t>
+          <t>Silinmeyen İzler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256916456</t>
+          <t>9786256916661</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Seferberlik 2</t>
+          <t>Başlangıçtan Günümüze Kara Koyunlular</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256916616</t>
+          <t>9786256916647</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Yatırım Geleceğin Haritası</t>
+          <t>Nutuk Çocuklar İçin</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256916623</t>
+          <t>9786256916630</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Eğilip Bükülmemiş Sözler</t>
+          <t>Çiğnenen Medeniyet II</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256916579</t>
+          <t>9786256916456</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Vasi</t>
+          <t>Seferberlik 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256916609</t>
+          <t>9786256916616</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Masallar Sokağı</t>
+          <t>Başarı ve Yatırım Geleceğin Haritası</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256916586</t>
+          <t>9786256916623</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Söyledikleri Gibi</t>
+          <t>Eğilip Bükülmemiş Sözler</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256916531</t>
+          <t>9786256916579</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dikenlerin Beyaz Gülü</t>
+          <t>Vasi</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256916555</t>
+          <t>9786256916609</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İçim Dışım Atom</t>
+          <t>Masallar Sokağı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256916562</t>
+          <t>9786256916586</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hancı</t>
+          <t>Söyledikleri Gibi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256916548</t>
+          <t>9786256916531</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Devreddin</t>
+          <t>Dikenlerin Beyaz Gülü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256916500</t>
+          <t>9786256916555</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığıyla Arkadaş</t>
+          <t>İçim Dışım Atom</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256916524</t>
+          <t>9786256916562</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Garip Olaylar</t>
+          <t>Hancı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256916494</t>
+          <t>9786256916548</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gürcan ve Gizemli Antikalar</t>
+          <t>Devreddin</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256916333</t>
+          <t>9786256916500</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bizim De Var Bi Derdimiz</t>
+          <t>Yalnızlığıyla Arkadaş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256916432</t>
+          <t>9786256916524</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Her Yaştan Çocuk için Karikatür Atölyesi</t>
+          <t>Tarihteki Garip Olaylar</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256916425</t>
+          <t>9786256916494</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Seferberlik 1</t>
+          <t>Gürcan ve Gizemli Antikalar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256916449</t>
+          <t>9786256916333</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kırkların Öyküsü</t>
+          <t>Bizim De Var Bi Derdimiz</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256916463</t>
+          <t>9786256916432</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Nesil</t>
+          <t>Her Yaştan Çocuk için Karikatür Atölyesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256916128</t>
+          <t>9786256916425</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Fenigma Fen Bilimleri 1. Dönem Genel Denemeleri</t>
+          <t>Seferberlik 1</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256916340</t>
+          <t>9786256916449</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Büyük Adam Oluyorum</t>
+          <t>Kırkların Öyküsü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256916395</t>
+          <t>9786256916463</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yakılmayan Mektuplar</t>
+          <t>Kayıp Nesil</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256916326</t>
+          <t>9786256916128</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler, Anne Babalar, Öğrenciler Bu Kitabı Okumalısınız</t>
+          <t>Fenigma Fen Bilimleri 1. Dönem Genel Denemeleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256916296</t>
+          <t>9786256916340</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kadem Hatun</t>
+          <t>Büyük Adam Oluyorum</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256916289</t>
+          <t>9786256916395</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>6 Şubat ve Ötesi</t>
+          <t>Yakılmayan Mektuplar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256916302</t>
+          <t>9786256916326</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evran</t>
+          <t>Öğretmenler, Anne Babalar, Öğrenciler Bu Kitabı Okumalısınız</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256916265</t>
+          <t>9786256916296</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Kurdu</t>
+          <t>Kadem Hatun</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256916272</t>
+          <t>9786256916289</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Acı Sevda</t>
+          <t>6 Şubat ve Ötesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259899015</t>
+          <t>9786256916302</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Resfebeler</t>
+          <t>Ahi Evran</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256916227</t>
+          <t>9786256916265</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Elbet Bir Gün - Anlamıyorum</t>
+          <t>Türkmen Kurdu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256916203</t>
+          <t>9786256916272</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kelebek</t>
+          <t>Acı Sevda</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256916210</t>
+          <t>9786259899015</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Canımın Cananı Ol</t>
+          <t>Cebimdeki Resfebeler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256916197</t>
+          <t>9786256916227</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kudüs ve Mescid-i Aksa</t>
+          <t>Elbet Bir Gün - Anlamıyorum</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256916142</t>
+          <t>9786256916203</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İvriz Köy Enstitüsü ve Salih Ziya Büyükaksoy Anısına</t>
+          <t>Mavi Kelebek</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256916180</t>
+          <t>9786256916210</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kargaşa(m) Şahit</t>
+          <t>Canımın Cananı Ol</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256916166</t>
+          <t>9786256916197</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hasretin Gözyaşları</t>
+          <t>Kur'an'da Kudüs ve Mescid-i Aksa</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256916111</t>
+          <t>9786256916142</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Gazi’nin Büyük Yurt Gezisi (1930-1931)</t>
+          <t>İvriz Köy Enstitüsü ve Salih Ziya Büyükaksoy Anısına</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256916104</t>
+          <t>9786256916180</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Balkon</t>
+          <t>Kargaşa(m) Şahit</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256916074</t>
+          <t>9786256916166</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Hasretin Gözyaşları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058940864</t>
+          <t>9786256916111</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sporcularda Kupa Terapisi Araştırmaları</t>
+          <t>Türk Basınında Gazi’nin Büyük Yurt Gezisi (1930-1931)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057196163</t>
+          <t>9786256916104</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Matematik Çok mu Otomatik?</t>
+          <t>Balkon</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057196156</t>
+          <t>9786256916074</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İ-Mam</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057196125</t>
+          <t>9786058940864</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Varyemez Zühtü Sıkıkeseli</t>
+          <t>Sporcularda Kupa Terapisi Araştırmaları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057196118</t>
+          <t>9786057196163</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ülkesi - Piyonların İsyanı</t>
+          <t>Matematik Çok mu Otomatik?</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057196132</t>
+          <t>9786057196156</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Dil Bilimde Karşılaştırmalı Yöntem</t>
+          <t>İ-Mam</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057147691</t>
+          <t>9786057196125</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Sihirli Öyküler Macera 2</t>
+          <t>Varyemez Zühtü Sıkıkeseli</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057147677</t>
+          <t>9786057196118</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Okuma ve Yazmayı Güçlendirmek için Görsel Tamamlama</t>
+          <t>Satranç Ülkesi - Piyonların İsyanı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057147646</t>
+          <t>9786057196132</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ördekli</t>
+          <t>Tarihsel Dil Bilimde Karşılaştırmalı Yöntem</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057147653</t>
+          <t>9786057147691</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bay Dedektif</t>
+          <t>Fantastik Sihirli Öyküler Macera 2</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057147639</t>
+          <t>9786057147677</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Keşfetmek için Yol-a-çık</t>
+          <t>Okuma ve Yazmayı Güçlendirmek için Görsel Tamamlama</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057147608</t>
+          <t>9786057147646</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçeği</t>
+          <t>Ördekli</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057129291</t>
+          <t>9786057147653</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yük</t>
+          <t>Bay Dedektif</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057129253</t>
+          <t>9786057147639</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ben Bahri</t>
+          <t>Keşfetmek için Yol-a-çık</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057129239</t>
+          <t>9786057147608</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bizim de Bir Köpeğimiz Olsun</t>
+          <t>Portakal Çiçeği</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057412423</t>
+          <t>9786057129291</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Yolculuk</t>
+          <t>Yük</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057412485</t>
+          <t>9786057129253</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Arke Adası</t>
+          <t>Ben Bahri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057434500</t>
+          <t>9786057129239</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Macera Defteri</t>
+          <t>Bizim de Bir Köpeğimiz Olsun</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057412447</t>
+          <t>9786057412423</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bu Yolculuk Nereye?</t>
+          <t>Kutsal Yolculuk</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057412461</t>
+          <t>9786057412485</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Son Bir Nisan Daha</t>
+          <t>Arke Adası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057412454</t>
+          <t>9786057434500</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri</t>
+          <t>Dedemin Macera Defteri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057412478</t>
+          <t>9786057412447</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Vicdanın Senin Kıblendir</t>
+          <t>Bu Yolculuk Nereye?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057412409</t>
+          <t>9786057412461</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Atila Nuran - Delinin Zoruna Bak</t>
+          <t>Son Bir Nisan Daha</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057412416</t>
+          <t>9786057412454</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Post-Hüman</t>
+          <t>Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057434593</t>
+          <t>9786057412478</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sümmani Ammani - Köpeklerin İntikamı</t>
+          <t>Vicdanın Senin Kıblendir</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057434586</t>
+          <t>9786057412409</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kanlı İhale 1947</t>
+          <t>Atila Nuran - Delinin Zoruna Bak</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057434524</t>
+          <t>9786057412416</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Keşfedilmemiş Kıtalara Yolculuk</t>
+          <t>Post-Hüman</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057434531</t>
+          <t>9786057434593</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Sümmani Ammani - Köpeklerin İntikamı</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057045188</t>
+          <t>9786057434586</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Vurgun</t>
+          <t>Kanlı İhale 1947</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057045195</t>
+          <t>9786057434524</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Evliliği Kolay Mı Sandın?</t>
+          <t>Keşfedilmemiş Kıtalara Yolculuk</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057033819</t>
+          <t>9786057434531</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır - Araçlar</t>
+          <t>Hatırla</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057033802</t>
+          <t>9786057045188</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır - 3B Oyuncaklar</t>
+          <t>Vurgun</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057033826</t>
+          <t>9786057045195</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır - Basit Oyuncaklar</t>
+          <t>Evliliği Kolay Mı Sandın?</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057033833</t>
+          <t>9786057033819</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır - Hayvanlar</t>
+          <t>Kes Yapıştır - Araçlar</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057434517</t>
+          <t>9786057033802</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır Kitapları Seti (4 Kitap)</t>
+          <t>Kes Yapıştır - 3B Oyuncaklar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057045171</t>
+          <t>9786057033826</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Zoe</t>
+          <t>Kes Yapıştır - Basit Oyuncaklar</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057045126</t>
+          <t>9786057033833</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Beni Neden Sevmedin?</t>
+          <t>Kes Yapıştır - Hayvanlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057033895</t>
+          <t>9786057434517</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç Seviyesi Punch Nakışı Desen Kitapçığı</t>
+          <t>Kes Yapıştır Kitapları Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057045119</t>
+          <t>9786057045171</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Zoe</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057033871</t>
+          <t>9786057045126</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Resfebe Zamanı 1</t>
+          <t>Beni Neden Sevmedin?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057033888</t>
+          <t>9786057033895</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Başlangıç Seviyesi Punch Nakışı Desen Kitapçığı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057045102</t>
+          <t>9786057045119</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Ön Yargılar ve Yanılgılar</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057033864</t>
+          <t>9786057033871</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Aynanın Öteki Yüzü</t>
+          <t>Resfebe Zamanı 1</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
+          <t>9786057033888</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Çiftliği</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786057045102</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Tarihteki Ön Yargılar ve Yanılgılar</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786057033864</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Aynanın Öteki Yüzü</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
           <t>9786057033857</t>
         </is>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Sırdaş</t>
         </is>
       </c>
-      <c r="C126" s="1">
+      <c r="C129" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>