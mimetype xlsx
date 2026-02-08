--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -85,1960 +85,2185 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256916920</t>
+          <t>9786258745115</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gibsi ve Joy</t>
+          <t>Engel Siz Misiniz?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256916975</t>
+          <t>9786258745122</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cuhmuriyete Geçişin Zorlukları ve Bozkır – Konya İsyanları</t>
+          <t>Sırlarla Dolu Bir Ömür: İclal</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256916982</t>
+          <t>9786256916067</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Anne-Baba Bana Rehber Ol</t>
+          <t>Peter Schlemihl'in Mucizevi Öyküsü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256916999</t>
+          <t>9786258745146</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ormana Yolculuk</t>
+          <t>Yaralı Kanat</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256916968</t>
+          <t>9786258745139</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Gerçek mi, Yanılsama mı?</t>
+          <t>Antik Dünyadan Efsaneler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256916890</t>
+          <t>9786258745108</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy’dan Çocuklara Öyküler</t>
+          <t>Gönül Çölünde Bir Yolcu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256916944</t>
+          <t>9786258745047</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Asi Kalbim - Azat</t>
+          <t>Apasas'ta Güç Birliği</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256916951</t>
+          <t>9786258745085</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Işınlandı</t>
+          <t>Piyonların İsyanı-Japonca</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256916937</t>
+          <t>9786258745016</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Leza Yalgın Serisi 2 - Ateşin Bilinmez Ruhu</t>
+          <t>1.Sınıflar için Dünya Klasikleri Seti – 10 Kitap</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256916418</t>
+          <t>9786258745061</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özü</t>
+          <t>Kayıp Kıtadan Kaçış</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256916470</t>
+          <t>9786258745030</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Kurulan 100 Türk Devleti</t>
+          <t>Mercan Ülkesi Tehlikede</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057129222</t>
+          <t>9786258745054</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Batı’dan Doğu’ya Tarih</t>
+          <t>Yüz Yıllık Macera</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256916241</t>
+          <t>9786256916777</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Resfebe Bulmaca</t>
+          <t>Mandala</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057196149</t>
+          <t>9786258745023</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlıklar Altında</t>
+          <t>Özet Nutuk</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057147615</t>
+          <t>9786258745078</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Tıp ve Tıbbu'n-Nebevi</t>
+          <t>Ormanda Sihir Savaşı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256916876</t>
+          <t>9786256916920</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bekiran Aşireti</t>
+          <t>Gibsi ve Joy</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256916883</t>
+          <t>9786256916975</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Pırıltı ile Fındık</t>
+          <t>Cuhmuriyete Geçişin Zorlukları ve Bozkır – Konya İsyanları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256916913</t>
+          <t>9786256916982</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Mete</t>
+          <t>Anne-Baba Bana Rehber Ol</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256916852</t>
+          <t>9786256916999</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çırak</t>
+          <t>Gizemli Ormana Yolculuk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256916845</t>
+          <t>9786256916968</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Leyla’dan Mevla’ya</t>
+          <t>Uluslararası Hukuk Gerçek mi, Yanılsama mı?</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256916869</t>
+          <t>9786256916890</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalanlar</t>
+          <t>Tolstoy’dan Çocuklara Öyküler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256916807</t>
+          <t>9786256916944</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fehva-i Cedid</t>
+          <t>Asi Kalbim - Azat</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256916821</t>
+          <t>9786256916951</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Zor Yaşam Öyküleri</t>
+          <t>Türkiye Işınlandı</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256916814</t>
+          <t>9786256916937</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şiirlinka</t>
+          <t>Leza Yalgın Serisi 2 - Ateşin Bilinmez Ruhu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256916173</t>
+          <t>9786256916418</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Canım Öğretmenim</t>
+          <t>Sözün Özü</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256916838</t>
+          <t>9786256916470</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Afet Yönetimi ve Gönüllülük ABD Örneği</t>
+          <t>Tarihte Kurulan 100 Türk Devleti</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256916708</t>
+          <t>9786057129222</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bilimce 1</t>
+          <t>Batı’dan Doğu’ya Tarih</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057045133</t>
+          <t>9786256916241</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Buda’nın Kayıp Heykeli</t>
+          <t>Resfebe Bulmaca</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057129215</t>
+          <t>9786057196149</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gülayşa 2</t>
+          <t>Ağaçlıklar Altında</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256916784</t>
+          <t>9786057147615</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türk Sultanlarının Sultanı Kara Yusuf Bey</t>
+          <t>Geleneksel Tıp ve Tıbbu'n-Nebevi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057033840</t>
+          <t>9786256916876</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Bir Adım</t>
+          <t>Bekiran Aşireti</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256916036</t>
+          <t>9786256916883</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İnsan Niçin Yaratıldı?</t>
+          <t>Pırıltı ile Fındık</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256916739</t>
+          <t>9786256916913</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Askoroz</t>
+          <t>Kaptan Mete</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256916692</t>
+          <t>9786256916852</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şehrem</t>
+          <t>Muhteşem Çırak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256916753</t>
+          <t>9786256916845</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gürcistan'da Türkçe Öğretimi ve Öğreniminin Tarihi</t>
+          <t>Leyla’dan Mevla’ya</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256916746</t>
+          <t>9786256916869</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Fifila</t>
+          <t>Gölgede Kalanlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056916722</t>
+          <t>9786256916807</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gülayşa</t>
+          <t>Fehva-i Cedid</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256916050</t>
+          <t>9786256916821</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Dikkat Hafıza Güçlendirme</t>
+          <t>Zor Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>2400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256916715</t>
+          <t>9786256916814</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Tanıyorum Boyama Kitabı</t>
+          <t>Şiirlinka</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256916654</t>
+          <t>9786256916173</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şeyler</t>
+          <t>Canım Öğretmenim</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256916685</t>
+          <t>9786256916838</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Bilinmez Tonu</t>
+          <t>Afet Yönetimi ve Gönüllülük ABD Örneği</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256916517</t>
+          <t>9786256916708</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dikkatini Güçlendir</t>
+          <t>Bilimce 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256916593</t>
+          <t>9786057045133</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Silinmeyen İzler</t>
+          <t>Buda’nın Kayıp Heykeli</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256916661</t>
+          <t>9786057129215</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Kara Koyunlular</t>
+          <t>Gülayşa 2</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256916647</t>
+          <t>9786256916784</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Nutuk Çocuklar İçin</t>
+          <t>Türk Sultanlarının Sultanı Kara Yusuf Bey</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256916630</t>
+          <t>9786057033840</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çiğnenen Medeniyet II</t>
+          <t>Geleceğe Bir Adım</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256916456</t>
+          <t>9786256916036</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Seferberlik 2</t>
+          <t>İnsan Niçin Yaratıldı?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256916616</t>
+          <t>9786256916739</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Yatırım Geleceğin Haritası</t>
+          <t>Askoroz</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256916623</t>
+          <t>9786256916692</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Eğilip Bükülmemiş Sözler</t>
+          <t>Şehrem</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256916579</t>
+          <t>9786256916753</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Vasi</t>
+          <t>Gürcistan'da Türkçe Öğretimi ve Öğreniminin Tarihi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256916609</t>
+          <t>9786256916746</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Masallar Sokağı</t>
+          <t>Fifila</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256916586</t>
+          <t>9786056916722</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Söyledikleri Gibi</t>
+          <t>Gülayşa</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256916531</t>
+          <t>9786256916050</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dikenlerin Beyaz Gülü</t>
+          <t>Yetişkin Dikkat Hafıza Güçlendirme</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256916555</t>
+          <t>9786256916715</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İçim Dışım Atom</t>
+          <t>Kendimi Tanıyorum Boyama Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256916562</t>
+          <t>9786256916654</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hancı</t>
+          <t>Güzel Şeyler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256916548</t>
+          <t>9786256916685</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Devreddin</t>
+          <t>Ateşin Bilinmez Tonu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256916500</t>
+          <t>9786256916517</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığıyla Arkadaş</t>
+          <t>Dikkatini Güçlendir</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256916524</t>
+          <t>9786256916593</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Garip Olaylar</t>
+          <t>Silinmeyen İzler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256916494</t>
+          <t>9786256916661</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gürcan ve Gizemli Antikalar</t>
+          <t>Başlangıçtan Günümüze Kara Koyunlular</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256916333</t>
+          <t>9786256916647</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bizim De Var Bi Derdimiz</t>
+          <t>Nutuk Çocuklar İçin</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256916432</t>
+          <t>9786256916630</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Her Yaştan Çocuk için Karikatür Atölyesi</t>
+          <t>Çiğnenen Medeniyet II</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256916425</t>
+          <t>9786256916456</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Seferberlik 1</t>
+          <t>Seferberlik 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256916449</t>
+          <t>9786256916616</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kırkların Öyküsü</t>
+          <t>Başarı ve Yatırım Geleceğin Haritası</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256916463</t>
+          <t>9786256916623</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Nesil</t>
+          <t>Eğilip Bükülmemiş Sözler</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256916128</t>
+          <t>9786256916579</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Fenigma Fen Bilimleri 1. Dönem Genel Denemeleri</t>
+          <t>Vasi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256916340</t>
+          <t>9786256916609</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Büyük Adam Oluyorum</t>
+          <t>Masallar Sokağı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256916395</t>
+          <t>9786256916586</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yakılmayan Mektuplar</t>
+          <t>Söyledikleri Gibi</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256916326</t>
+          <t>9786256916531</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler, Anne Babalar, Öğrenciler Bu Kitabı Okumalısınız</t>
+          <t>Dikenlerin Beyaz Gülü</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256916296</t>
+          <t>9786256916555</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kadem Hatun</t>
+          <t>İçim Dışım Atom</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256916289</t>
+          <t>9786256916562</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>6 Şubat ve Ötesi</t>
+          <t>Hancı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256916302</t>
+          <t>9786256916548</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evran</t>
+          <t>Devreddin</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256916265</t>
+          <t>9786256916500</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Kurdu</t>
+          <t>Yalnızlığıyla Arkadaş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256916272</t>
+          <t>9786256916524</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Acı Sevda</t>
+          <t>Tarihteki Garip Olaylar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259899015</t>
+          <t>9786256916494</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Resfebeler</t>
+          <t>Gürcan ve Gizemli Antikalar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256916227</t>
+          <t>9786256916333</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Elbet Bir Gün - Anlamıyorum</t>
+          <t>Bizim De Var Bi Derdimiz</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256916203</t>
+          <t>9786256916432</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kelebek</t>
+          <t>Her Yaştan Çocuk için Karikatür Atölyesi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256916210</t>
+          <t>9786256916425</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Canımın Cananı Ol</t>
+          <t>Seferberlik 1</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256916197</t>
+          <t>9786256916449</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kudüs ve Mescid-i Aksa</t>
+          <t>Kırkların Öyküsü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256916142</t>
+          <t>9786256916463</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İvriz Köy Enstitüsü ve Salih Ziya Büyükaksoy Anısına</t>
+          <t>Kayıp Nesil</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256916180</t>
+          <t>9786256916128</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kargaşa(m) Şahit</t>
+          <t>Fenigma Fen Bilimleri 1. Dönem Genel Denemeleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256916166</t>
+          <t>9786256916340</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hasretin Gözyaşları</t>
+          <t>Büyük Adam Oluyorum</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256916111</t>
+          <t>9786256916395</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Gazi’nin Büyük Yurt Gezisi (1930-1931)</t>
+          <t>Yakılmayan Mektuplar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256916104</t>
+          <t>9786256916326</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Balkon</t>
+          <t>Öğretmenler, Anne Babalar, Öğrenciler Bu Kitabı Okumalısınız</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256916074</t>
+          <t>9786256916296</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Kadem Hatun</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058940864</t>
+          <t>9786256916289</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sporcularda Kupa Terapisi Araştırmaları</t>
+          <t>6 Şubat ve Ötesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057196163</t>
+          <t>9786256916302</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Matematik Çok mu Otomatik?</t>
+          <t>Ahi Evran</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057196156</t>
+          <t>9786256916265</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İ-Mam</t>
+          <t>Türkmen Kurdu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057196125</t>
+          <t>9786256916272</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Varyemez Zühtü Sıkıkeseli</t>
+          <t>Acı Sevda</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057196118</t>
+          <t>9786259899015</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ülkesi - Piyonların İsyanı</t>
+          <t>Cebimdeki Resfebeler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057196132</t>
+          <t>9786256916227</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Dil Bilimde Karşılaştırmalı Yöntem</t>
+          <t>Elbet Bir Gün - Anlamıyorum</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057147691</t>
+          <t>9786256916203</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Sihirli Öyküler Macera 2</t>
+          <t>Mavi Kelebek</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057147677</t>
+          <t>9786256916210</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Okuma ve Yazmayı Güçlendirmek için Görsel Tamamlama</t>
+          <t>Canımın Cananı Ol</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057147646</t>
+          <t>9786256916197</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ördekli</t>
+          <t>Kur'an'da Kudüs ve Mescid-i Aksa</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057147653</t>
+          <t>9786256916142</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bay Dedektif</t>
+          <t>İvriz Köy Enstitüsü ve Salih Ziya Büyükaksoy Anısına</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057147639</t>
+          <t>9786256916180</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Keşfetmek için Yol-a-çık</t>
+          <t>Kargaşa(m) Şahit</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057147608</t>
+          <t>9786256916166</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçeği</t>
+          <t>Hasretin Gözyaşları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057129291</t>
+          <t>9786256916111</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yük</t>
+          <t>Türk Basınında Gazi’nin Büyük Yurt Gezisi (1930-1931)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057129253</t>
+          <t>9786256916104</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ben Bahri</t>
+          <t>Balkon</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057129239</t>
+          <t>9786256916074</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bizim de Bir Köpeğimiz Olsun</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057412423</t>
+          <t>9786058940864</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Yolculuk</t>
+          <t>Sporcularda Kupa Terapisi Araştırmaları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057412485</t>
+          <t>9786057196163</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Arke Adası</t>
+          <t>Matematik Çok mu Otomatik?</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057434500</t>
+          <t>9786057196156</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Macera Defteri</t>
+          <t>İ-Mam</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057412447</t>
+          <t>9786057196125</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bu Yolculuk Nereye?</t>
+          <t>Varyemez Zühtü Sıkıkeseli</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057412461</t>
+          <t>9786057196118</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Son Bir Nisan Daha</t>
+          <t>Satranç Ülkesi - Piyonların İsyanı</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057412454</t>
+          <t>9786057196132</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri</t>
+          <t>Tarihsel Dil Bilimde Karşılaştırmalı Yöntem</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057412478</t>
+          <t>9786057147691</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Vicdanın Senin Kıblendir</t>
+          <t>Fantastik Sihirli Öyküler Macera 2</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057412409</t>
+          <t>9786057147677</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Atila Nuran - Delinin Zoruna Bak</t>
+          <t>Okuma ve Yazmayı Güçlendirmek için Görsel Tamamlama</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>280</v>
+        <v>800</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057412416</t>
+          <t>9786057147646</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Post-Hüman</t>
+          <t>Ördekli</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057434593</t>
+          <t>9786057147653</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sümmani Ammani - Köpeklerin İntikamı</t>
+          <t>Bay Dedektif</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057434586</t>
+          <t>9786057147639</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kanlı İhale 1947</t>
+          <t>Keşfetmek için Yol-a-çık</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057434524</t>
+          <t>9786057147608</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Keşfedilmemiş Kıtalara Yolculuk</t>
+          <t>Portakal Çiçeği</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057434531</t>
+          <t>9786057129291</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Yük</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057045188</t>
+          <t>9786057129253</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Vurgun</t>
+          <t>Ben Bahri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057045195</t>
+          <t>9786057129239</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Evliliği Kolay Mı Sandın?</t>
+          <t>Bizim de Bir Köpeğimiz Olsun</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057033819</t>
+          <t>9786057412423</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır - Araçlar</t>
+          <t>Kutsal Yolculuk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057033802</t>
+          <t>9786057412485</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır - 3B Oyuncaklar</t>
+          <t>Arke Adası</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057033826</t>
+          <t>9786057434500</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır - Basit Oyuncaklar</t>
+          <t>Dedemin Macera Defteri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057033833</t>
+          <t>9786057412447</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır - Hayvanlar</t>
+          <t>Bu Yolculuk Nereye?</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057434517</t>
+          <t>9786057412461</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır Kitapları Seti (4 Kitap)</t>
+          <t>Son Bir Nisan Daha</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057045171</t>
+          <t>9786057412454</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Zoe</t>
+          <t>Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057045126</t>
+          <t>9786057412478</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Beni Neden Sevmedin?</t>
+          <t>Vicdanın Senin Kıblendir</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057033895</t>
+          <t>9786057412409</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç Seviyesi Punch Nakışı Desen Kitapçığı</t>
+          <t>Atila Nuran - Delinin Zoruna Bak</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057045119</t>
+          <t>9786057412416</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Post-Hüman</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057033871</t>
+          <t>9786057434593</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Resfebe Zamanı 1</t>
+          <t>Sümmani Ammani - Köpeklerin İntikamı</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057033888</t>
+          <t>9786057434586</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Kanlı İhale 1947</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>80</v>
+        <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057045102</t>
+          <t>9786057434524</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Ön Yargılar ve Yanılgılar</t>
+          <t>Keşfedilmemiş Kıtalara Yolculuk</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057033864</t>
+          <t>9786057434531</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Aynanın Öteki Yüzü</t>
+          <t>Hatırla</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
+          <t>9786057045188</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Vurgun</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786057045195</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Evliliği Kolay Mı Sandın?</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786057033819</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Kes Yapıştır - Araçlar</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786057033802</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Kes Yapıştır - 3B Oyuncaklar</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786057033826</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Kes Yapıştır - Basit Oyuncaklar</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786057033833</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Kes Yapıştır - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786057434517</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Kes Yapıştır Kitapları Seti (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786057045171</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Zoe</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786057045126</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Beni Neden Sevmedin?</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786057033895</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıç Seviyesi Punch Nakışı Desen Kitapçığı</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786057045119</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786057033871</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Resfebe Zamanı 1</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786057033888</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Çiftliği</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786057045102</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Tarihteki Ön Yargılar ve Yanılgılar</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786057033864</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Aynanın Öteki Yüzü</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
           <t>9786057033857</t>
         </is>
       </c>
-      <c r="B129" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Sırdaş</t>
         </is>
       </c>
-      <c r="C129" s="1">
+      <c r="C144" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>