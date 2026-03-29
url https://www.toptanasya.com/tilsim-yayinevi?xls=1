--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -85,2185 +85,2440 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258745115</t>
+          <t>9786258745207</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Engel Siz Misiniz?</t>
+          <t>Osmanlı’dan Cumhuriyete Devlet ve Millet Hizmetinde Bir Aile: Kırkpınarlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258745122</t>
+          <t>9786258745214</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sırlarla Dolu Bir Ömür: İclal</t>
+          <t>Okurken Yazdıran Kitap</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256916067</t>
+          <t>9786256916005</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Peter Schlemihl'in Mucizevi Öyküsü</t>
+          <t>İslam’da Rüya Nasıl Yorumlanır?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258745146</t>
+          <t>9786256916029</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Kanat</t>
+          <t>İslam’da Beddua Anlayışı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258745139</t>
+          <t>9786057196170</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Antik Dünyadan Efsaneler</t>
+          <t>Kur’an ve Sünnette Cennetliklerin Özellikleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258745108</t>
+          <t>9786057196187</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gönül Çölünde Bir Yolcu</t>
+          <t>Hz. Muhammet (s.a.v)’in Risaletini Haber Veren Belgeler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258745047</t>
+          <t>9786256916012</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Apasas'ta Güç Birliği</t>
+          <t>İslam’da Mübarek Zamanlar ve Kutsal Mekanlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258745085</t>
+          <t>9786057196194</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Piyonların İsyanı-Japonca</t>
+          <t>Kadına Şiddet Emanete İhanettir</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258745016</t>
+          <t>9786256916098</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>1.Sınıflar için Dünya Klasikleri Seti – 10 Kitap</t>
+          <t>Benim Kızım Doktor Olacak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258745061</t>
+          <t>9786057196101</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıtadan Kaçış</t>
+          <t>Esra Taze Kitapları Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258745030</t>
+          <t>9786057147622</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mercan Ülkesi Tehlikede</t>
+          <t>Derebucak'ın Yetiştirdiği Şairler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258745054</t>
+          <t>9786057045164</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıllık Macera</t>
+          <t>Çığlığın Öğütleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256916777</t>
+          <t>9786057129277</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mandala</t>
+          <t>Dünden Bugüne Derebucak Tarihi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258745023</t>
+          <t>9786057129208</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Özet Nutuk</t>
+          <t>Duygularımın Adı Yok</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258745078</t>
+          <t>9786057045157</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Sihir Savaşı</t>
+          <t>Her Gecenin Gündüz Seyri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256916920</t>
+          <t>9786057412430</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gibsi ve Joy</t>
+          <t>Ey İnsan!</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256916975</t>
+          <t>9786057045140</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Cuhmuriyete Geçişin Zorlukları ve Bozkır – Konya İsyanları</t>
+          <t>Bir Tutam Delilik</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256916982</t>
+          <t>9786258745115</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Anne-Baba Bana Rehber Ol</t>
+          <t>Engel Siz Misiniz?</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256916999</t>
+          <t>9786258745122</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ormana Yolculuk</t>
+          <t>Sırlarla Dolu Bir Ömür: İclal</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256916968</t>
+          <t>9786256916067</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Gerçek mi, Yanılsama mı?</t>
+          <t>Peter Schlemihl'in Mucizevi Öyküsü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256916890</t>
+          <t>9786258745146</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy’dan Çocuklara Öyküler</t>
+          <t>Yaralı Kanat</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256916944</t>
+          <t>9786258745139</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Asi Kalbim - Azat</t>
+          <t>Antik Dünyadan Efsaneler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256916951</t>
+          <t>9786258745108</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Işınlandı</t>
+          <t>Gönül Çölünde Bir Yolcu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256916937</t>
+          <t>9786258745047</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Leza Yalgın Serisi 2 - Ateşin Bilinmez Ruhu</t>
+          <t>Apasas'ta Güç Birliği</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256916418</t>
+          <t>9786258745085</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özü</t>
+          <t>Piyonların İsyanı-Japonca</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256916470</t>
+          <t>9786258745016</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Kurulan 100 Türk Devleti</t>
+          <t>1.Sınıflar için Dünya Klasikleri Seti – 10 Kitap</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057129222</t>
+          <t>9786258745061</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Batı’dan Doğu’ya Tarih</t>
+          <t>Kayıp Kıtadan Kaçış</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256916241</t>
+          <t>9786258745030</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Resfebe Bulmaca</t>
+          <t>Mercan Ülkesi Tehlikede</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057196149</t>
+          <t>9786258745054</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlıklar Altında</t>
+          <t>Yüz Yıllık Macera</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057147615</t>
+          <t>9786256916777</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Tıp ve Tıbbu'n-Nebevi</t>
+          <t>Mandala</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256916876</t>
+          <t>9786258745023</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bekiran Aşireti</t>
+          <t>Özet Nutuk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256916883</t>
+          <t>9786258745078</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Pırıltı ile Fındık</t>
+          <t>Ormanda Sihir Savaşı</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256916913</t>
+          <t>9786256916920</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Mete</t>
+          <t>Gibsi ve Joy</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256916852</t>
+          <t>9786256916975</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Çırak</t>
+          <t>Cuhmuriyete Geçişin Zorlukları ve Bozkır – Konya İsyanları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256916845</t>
+          <t>9786256916982</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Leyla’dan Mevla’ya</t>
+          <t>Anne-Baba Bana Rehber Ol</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256916869</t>
+          <t>9786256916999</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalanlar</t>
+          <t>Gizemli Ormana Yolculuk</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256916807</t>
+          <t>9786256916968</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Fehva-i Cedid</t>
+          <t>Uluslararası Hukuk Gerçek mi, Yanılsama mı?</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256916821</t>
+          <t>9786256916890</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Zor Yaşam Öyküleri</t>
+          <t>Tolstoy’dan Çocuklara Öyküler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256916814</t>
+          <t>9786256916944</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şiirlinka</t>
+          <t>Asi Kalbim - Azat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256916173</t>
+          <t>9786256916951</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Canım Öğretmenim</t>
+          <t>Türkiye Işınlandı</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256916838</t>
+          <t>9786256916937</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Afet Yönetimi ve Gönüllülük ABD Örneği</t>
+          <t>Leza Yalgın Serisi 2 - Ateşin Bilinmez Ruhu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256916708</t>
+          <t>9786256916418</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bilimce 1</t>
+          <t>Sözün Özü</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057045133</t>
+          <t>9786256916470</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Buda’nın Kayıp Heykeli</t>
+          <t>Tarihte Kurulan 100 Türk Devleti</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057129215</t>
+          <t>9786057129222</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gülayşa 2</t>
+          <t>Batı’dan Doğu’ya Tarih</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256916784</t>
+          <t>9786256916241</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türk Sultanlarının Sultanı Kara Yusuf Bey</t>
+          <t>Resfebe Bulmaca</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057033840</t>
+          <t>9786057196149</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Bir Adım</t>
+          <t>Ağaçlıklar Altında</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256916036</t>
+          <t>9786057147615</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İnsan Niçin Yaratıldı?</t>
+          <t>Geleneksel Tıp ve Tıbbu'n-Nebevi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256916739</t>
+          <t>9786256916876</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Askoroz</t>
+          <t>Bekiran Aşireti</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256916692</t>
+          <t>9786256916883</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şehrem</t>
+          <t>Pırıltı ile Fındık</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256916753</t>
+          <t>9786256916913</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gürcistan'da Türkçe Öğretimi ve Öğreniminin Tarihi</t>
+          <t>Kaptan Mete</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256916746</t>
+          <t>9786256916852</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Fifila</t>
+          <t>Muhteşem Çırak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056916722</t>
+          <t>9786256916845</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gülayşa</t>
+          <t>Leyla’dan Mevla’ya</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256916050</t>
+          <t>9786256916869</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Dikkat Hafıza Güçlendirme</t>
+          <t>Gölgede Kalanlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>2400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256916715</t>
+          <t>9786256916807</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Tanıyorum Boyama Kitabı</t>
+          <t>Fehva-i Cedid</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256916654</t>
+          <t>9786256916821</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şeyler</t>
+          <t>Zor Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256916685</t>
+          <t>9786256916814</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Bilinmez Tonu</t>
+          <t>Şiirlinka</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256916517</t>
+          <t>9786256916173</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dikkatini Güçlendir</t>
+          <t>Canım Öğretmenim</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256916593</t>
+          <t>9786256916838</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Silinmeyen İzler</t>
+          <t>Afet Yönetimi ve Gönüllülük ABD Örneği</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256916661</t>
+          <t>9786256916708</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Kara Koyunlular</t>
+          <t>Bilimce 1</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256916647</t>
+          <t>9786057045133</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Nutuk Çocuklar İçin</t>
+          <t>Buda’nın Kayıp Heykeli</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256916630</t>
+          <t>9786057129215</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çiğnenen Medeniyet II</t>
+          <t>Gülayşa 2</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256916456</t>
+          <t>9786256916784</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Seferberlik 2</t>
+          <t>Türk Sultanlarının Sultanı Kara Yusuf Bey</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256916616</t>
+          <t>9786057033840</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Yatırım Geleceğin Haritası</t>
+          <t>Geleceğe Bir Adım</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256916623</t>
+          <t>9786256916036</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eğilip Bükülmemiş Sözler</t>
+          <t>İnsan Niçin Yaratıldı?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256916579</t>
+          <t>9786256916739</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Vasi</t>
+          <t>Askoroz</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256916609</t>
+          <t>9786256916692</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Masallar Sokağı</t>
+          <t>Şehrem</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256916586</t>
+          <t>9786256916753</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Söyledikleri Gibi</t>
+          <t>Gürcistan'da Türkçe Öğretimi ve Öğreniminin Tarihi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256916531</t>
+          <t>9786256916746</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dikenlerin Beyaz Gülü</t>
+          <t>Fifila</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256916555</t>
+          <t>9786056916722</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İçim Dışım Atom</t>
+          <t>Gülayşa</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256916562</t>
+          <t>9786256916050</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hancı</t>
+          <t>Yetişkin Dikkat Hafıza Güçlendirme</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256916548</t>
+          <t>9786256916715</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Devreddin</t>
+          <t>Kendimi Tanıyorum Boyama Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256916500</t>
+          <t>9786256916654</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığıyla Arkadaş</t>
+          <t>Güzel Şeyler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256916524</t>
+          <t>9786256916685</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Garip Olaylar</t>
+          <t>Ateşin Bilinmez Tonu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256916494</t>
+          <t>9786256916517</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gürcan ve Gizemli Antikalar</t>
+          <t>Dikkatini Güçlendir</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256916333</t>
+          <t>9786256916593</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bizim De Var Bi Derdimiz</t>
+          <t>Silinmeyen İzler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256916432</t>
+          <t>9786256916661</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Her Yaştan Çocuk için Karikatür Atölyesi</t>
+          <t>Başlangıçtan Günümüze Kara Koyunlular</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256916425</t>
+          <t>9786256916647</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Seferberlik 1</t>
+          <t>Nutuk Çocuklar İçin</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256916449</t>
+          <t>9786256916630</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kırkların Öyküsü</t>
+          <t>Çiğnenen Medeniyet II</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256916463</t>
+          <t>9786256916456</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Nesil</t>
+          <t>Seferberlik 2</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256916128</t>
+          <t>9786256916616</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Fenigma Fen Bilimleri 1. Dönem Genel Denemeleri</t>
+          <t>Başarı ve Yatırım Geleceğin Haritası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256916340</t>
+          <t>9786256916623</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Büyük Adam Oluyorum</t>
+          <t>Eğilip Bükülmemiş Sözler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256916395</t>
+          <t>9786256916579</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yakılmayan Mektuplar</t>
+          <t>Vasi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256916326</t>
+          <t>9786256916609</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler, Anne Babalar, Öğrenciler Bu Kitabı Okumalısınız</t>
+          <t>Masallar Sokağı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256916296</t>
+          <t>9786256916586</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kadem Hatun</t>
+          <t>Söyledikleri Gibi</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256916289</t>
+          <t>9786256916531</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>6 Şubat ve Ötesi</t>
+          <t>Dikenlerin Beyaz Gülü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256916302</t>
+          <t>9786256916555</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evran</t>
+          <t>İçim Dışım Atom</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256916265</t>
+          <t>9786256916562</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Kurdu</t>
+          <t>Hancı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256916272</t>
+          <t>9786256916548</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Acı Sevda</t>
+          <t>Devreddin</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259899015</t>
+          <t>9786256916500</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Resfebeler</t>
+          <t>Yalnızlığıyla Arkadaş</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256916227</t>
+          <t>9786256916524</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Elbet Bir Gün - Anlamıyorum</t>
+          <t>Tarihteki Garip Olaylar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256916203</t>
+          <t>9786256916494</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kelebek</t>
+          <t>Gürcan ve Gizemli Antikalar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256916210</t>
+          <t>9786256916333</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Canımın Cananı Ol</t>
+          <t>Bizim De Var Bi Derdimiz</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256916197</t>
+          <t>9786256916432</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Kudüs ve Mescid-i Aksa</t>
+          <t>Her Yaştan Çocuk için Karikatür Atölyesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256916142</t>
+          <t>9786256916425</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İvriz Köy Enstitüsü ve Salih Ziya Büyükaksoy Anısına</t>
+          <t>Seferberlik 1</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256916180</t>
+          <t>9786256916449</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kargaşa(m) Şahit</t>
+          <t>Kırkların Öyküsü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256916166</t>
+          <t>9786256916463</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hasretin Gözyaşları</t>
+          <t>Kayıp Nesil</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256916111</t>
+          <t>9786256916128</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Gazi’nin Büyük Yurt Gezisi (1930-1931)</t>
+          <t>Fenigma Fen Bilimleri 1. Dönem Genel Denemeleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256916104</t>
+          <t>9786256916340</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Balkon</t>
+          <t>Büyük Adam Oluyorum</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256916074</t>
+          <t>9786256916395</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Yakılmayan Mektuplar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058940864</t>
+          <t>9786256916326</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sporcularda Kupa Terapisi Araştırmaları</t>
+          <t>Öğretmenler, Anne Babalar, Öğrenciler Bu Kitabı Okumalısınız</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057196163</t>
+          <t>9786256916296</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Matematik Çok mu Otomatik?</t>
+          <t>Kadem Hatun</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057196156</t>
+          <t>9786256916289</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İ-Mam</t>
+          <t>6 Şubat ve Ötesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057196125</t>
+          <t>9786256916302</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Varyemez Zühtü Sıkıkeseli</t>
+          <t>Ahi Evran</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057196118</t>
+          <t>9786256916265</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ülkesi - Piyonların İsyanı</t>
+          <t>Türkmen Kurdu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057196132</t>
+          <t>9786256916272</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Dil Bilimde Karşılaştırmalı Yöntem</t>
+          <t>Acı Sevda</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057147691</t>
+          <t>9786259899015</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Sihirli Öyküler Macera 2</t>
+          <t>Cebimdeki Resfebeler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057147677</t>
+          <t>9786256916227</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Okuma ve Yazmayı Güçlendirmek için Görsel Tamamlama</t>
+          <t>Elbet Bir Gün - Anlamıyorum</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>800</v>
+        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057147646</t>
+          <t>9786256916203</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ördekli</t>
+          <t>Mavi Kelebek</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057147653</t>
+          <t>9786256916210</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bay Dedektif</t>
+          <t>Canımın Cananı Ol</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057147639</t>
+          <t>9786256916197</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Keşfetmek için Yol-a-çık</t>
+          <t>Kur'an'da Kudüs ve Mescid-i Aksa</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057147608</t>
+          <t>9786256916142</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçeği</t>
+          <t>İvriz Köy Enstitüsü ve Salih Ziya Büyükaksoy Anısına</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057129291</t>
+          <t>9786256916180</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yük</t>
+          <t>Kargaşa(m) Şahit</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057129253</t>
+          <t>9786256916166</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ben Bahri</t>
+          <t>Hasretin Gözyaşları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057129239</t>
+          <t>9786256916111</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bizim de Bir Köpeğimiz Olsun</t>
+          <t>Türk Basınında Gazi’nin Büyük Yurt Gezisi (1930-1931)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057412423</t>
+          <t>9786256916104</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Yolculuk</t>
+          <t>Balkon</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057412485</t>
+          <t>9786256916074</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Arke Adası</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057434500</t>
+          <t>9786058940864</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Macera Defteri</t>
+          <t>Sporcularda Kupa Terapisi Araştırmaları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057412447</t>
+          <t>9786057196163</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bu Yolculuk Nereye?</t>
+          <t>Matematik Çok mu Otomatik?</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057412461</t>
+          <t>9786057196156</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Son Bir Nisan Daha</t>
+          <t>İ-Mam</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057412454</t>
+          <t>9786057196125</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri</t>
+          <t>Varyemez Zühtü Sıkıkeseli</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057412478</t>
+          <t>9786057196118</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Vicdanın Senin Kıblendir</t>
+          <t>Satranç Ülkesi - Piyonların İsyanı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057412409</t>
+          <t>9786057196132</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Atila Nuran - Delinin Zoruna Bak</t>
+          <t>Tarihsel Dil Bilimde Karşılaştırmalı Yöntem</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057412416</t>
+          <t>9786057147691</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Post-Hüman</t>
+          <t>Fantastik Sihirli Öyküler Macera 2</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057434593</t>
+          <t>9786057147677</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sümmani Ammani - Köpeklerin İntikamı</t>
+          <t>Okuma ve Yazmayı Güçlendirmek için Görsel Tamamlama</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057434586</t>
+          <t>9786057147646</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kanlı İhale 1947</t>
+          <t>Ördekli</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057434524</t>
+          <t>9786057147653</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Keşfedilmemiş Kıtalara Yolculuk</t>
+          <t>Bay Dedektif</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057434531</t>
+          <t>9786057147639</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Keşfetmek için Yol-a-çık</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057045188</t>
+          <t>9786057147608</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Vurgun</t>
+          <t>Portakal Çiçeği</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057045195</t>
+          <t>9786057129291</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Evliliği Kolay Mı Sandın?</t>
+          <t>Yük</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057033819</t>
+          <t>9786057129253</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır - Araçlar</t>
+          <t>Ben Bahri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057033802</t>
+          <t>9786057129239</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır - 3B Oyuncaklar</t>
+          <t>Bizim de Bir Köpeğimiz Olsun</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057033826</t>
+          <t>9786057412423</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır - Basit Oyuncaklar</t>
+          <t>Kutsal Yolculuk</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057033833</t>
+          <t>9786057412485</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır - Hayvanlar</t>
+          <t>Arke Adası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057434517</t>
+          <t>9786057434500</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır Kitapları Seti (4 Kitap)</t>
+          <t>Dedemin Macera Defteri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057045171</t>
+          <t>9786057412447</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Zoe</t>
+          <t>Bu Yolculuk Nereye?</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057045126</t>
+          <t>9786057412461</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Beni Neden Sevmedin?</t>
+          <t>Son Bir Nisan Daha</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057033895</t>
+          <t>9786057412454</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç Seviyesi Punch Nakışı Desen Kitapçığı</t>
+          <t>Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057045119</t>
+          <t>9786057412478</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Vicdanın Senin Kıblendir</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057033871</t>
+          <t>9786057412409</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Resfebe Zamanı 1</t>
+          <t>Atila Nuran - Delinin Zoruna Bak</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057033888</t>
+          <t>9786057412416</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Post-Hüman</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057045102</t>
+          <t>9786057434593</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Ön Yargılar ve Yanılgılar</t>
+          <t>Sümmani Ammani - Köpeklerin İntikamı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057033864</t>
+          <t>9786057434586</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aynanın Öteki Yüzü</t>
+          <t>Kanlı İhale 1947</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
+          <t>9786057434524</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Keşfedilmemiş Kıtalara Yolculuk</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786057434531</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Hatırla</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786057045188</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Vurgun</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786057045195</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Evliliği Kolay Mı Sandın?</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786057033819</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Kes Yapıştır - Araçlar</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786057033802</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Kes Yapıştır - 3B Oyuncaklar</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786057033826</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Kes Yapıştır - Basit Oyuncaklar</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786057033833</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Kes Yapıştır - Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786057434517</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Kes Yapıştır Kitapları Seti (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786057045171</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Zoe</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786057045126</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Beni Neden Sevmedin?</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786057033895</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıç Seviyesi Punch Nakışı Desen Kitapçığı</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786057045119</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786057033871</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Resfebe Zamanı 1</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786057033888</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Çiftliği</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786057045102</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Tarihteki Ön Yargılar ve Yanılgılar</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786057033864</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Aynanın Öteki Yüzü</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
           <t>9786057033857</t>
         </is>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Sırdaş</t>
         </is>
       </c>
-      <c r="C144" s="1">
+      <c r="C161" s="1">
         <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>