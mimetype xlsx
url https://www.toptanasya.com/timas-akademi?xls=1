--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,865 +85,910 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256582224</t>
+          <t>9786256582255</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye ve Vehhabilik</t>
+          <t>Muhalif Bir Tarihçinin Siyasetnamesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786050843620</t>
+          <t>9786256582248</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hekimoğlu Ali Paşa</t>
+          <t>Hüküm ve Adalet Yolları</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256582217</t>
+          <t>9786256582231</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Türk - İngiliz Siyasi İlişkileri</t>
+          <t>Devlet Adalet Siyaset</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>510</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256582200</t>
+          <t>9786256582224</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçanın Tarihini Yazmak</t>
+          <t>İbn Teymiyye ve Vehhabilik</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256582194</t>
+          <t>9786050843620</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Moskof'la İttifak/ Osmanlı – Rus Diplomatik İlişkileri</t>
+          <t>Hekimoğlu Ali Paşa</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256582187</t>
+          <t>9786256582217</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bâbıâli Yanıyor</t>
+          <t>Türk - İngiliz Siyasi İlişkileri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>600</v>
+        <v>510</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256582170</t>
+          <t>9786256582200</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ ve İslâm</t>
+          <t>Tanrıçanın Tarihini Yazmak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>525</v>
+        <v>425</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256582156</t>
+          <t>9786256582194</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Tuna Donanması</t>
+          <t>Moskof'la İttifak/ Osmanlı – Rus Diplomatik İlişkileri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>525</v>
+        <v>375</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256582149</t>
+          <t>9786256582187</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesinin Temelleri</t>
+          <t>Bâbıâli Yanıyor</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256582125</t>
+          <t>9786256582170</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Taşra Maliyesi</t>
+          <t>Yapay Zekâ ve İslâm</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>575</v>
+        <v>525</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256582132</t>
+          <t>9786256582156</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nasihatül Müluk - Sultana Öğütler</t>
+          <t>İmparatorluğun Tuna Donanması</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>225</v>
+        <v>525</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256582118</t>
+          <t>9786256582149</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlı Mebusları</t>
+          <t>Ahlak Felsefesinin Temelleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256582088</t>
+          <t>9786256582125</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Bağdat’taki Son Yılları</t>
+          <t>Osmanlı Taşra Maliyesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>510</v>
+        <v>575</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256582101</t>
+          <t>9786256582132</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Egemenlik Üzerine</t>
+          <t>Nasihatül Müluk - Sultana Öğütler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256582095</t>
+          <t>9786256582118</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hükümdarların Siyaseti</t>
+          <t>İlk Osmanlı Mebusları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256582071</t>
+          <t>9786256582088</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Osmanlı’nın Bağdat’taki Son Yılları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256582057</t>
+          <t>9786256582101</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Yazılar</t>
+          <t>Egemenlik Üzerine</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256582064</t>
+          <t>9786256582095</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılın İkinci Yarısında Osmanlıda Sarraflar ve İlişki Ağları</t>
+          <t>Hükümdarların Siyaseti</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256582033</t>
+          <t>9786256582071</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İyiniyetin Korunması</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256582040</t>
+          <t>9786256582057</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Osmanoğlu’na Övgü</t>
+          <t>Siyasi Yazılar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256582026</t>
+          <t>9786256582064</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Sınırında Volga Almanları</t>
+          <t>18. Yüzyılın İkinci Yarısında Osmanlıda Sarraflar ve İlişki Ağları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>525</v>
+        <v>375</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256582019</t>
+          <t>9786256582033</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türk (Bahri) Memlükler Döneminde Hadis İlmi</t>
+          <t>İslam Hukukunda İyiniyetin Korunması</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256582002</t>
+          <t>9786256582040</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Âlemin Nizamı</t>
+          <t>Osmanoğlu’na Övgü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050848328</t>
+          <t>9786256582026</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Esad Safvet Paşa</t>
+          <t>Türkistan Sınırında Volga Almanları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050848250</t>
+          <t>9786256582019</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Devlet Yönetiminde Ahlak ve Siyaset</t>
+          <t>Türk (Bahri) Memlükler Döneminde Hadis İlmi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786050848038</t>
+          <t>9786256582002</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Merzifonlu Kara Mustafa Paşa</t>
+          <t>Âlemin Nizamı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>575</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050848021</t>
+          <t>9786050848328</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hukuka Göre İnsanın ve Yurttaşın Ödevi</t>
+          <t>Mehmet Esad Safvet Paşa</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050847376</t>
+          <t>9786050848250</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devlet Teşkilatında Reisülküttablık</t>
+          <t>Devlet Yönetiminde Ahlak ve Siyaset</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>425</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050846942</t>
+          <t>9786050848038</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Yönetim Üzerine Bir İnceleme</t>
+          <t>Merzifonlu Kara Mustafa Paşa</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>575</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050846874</t>
+          <t>9786050848021</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hemşinli Mehmed Ali Paşa</t>
+          <t>Doğal Hukuka Göre İnsanın ve Yurttaşın Ödevi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050846799</t>
+          <t>9786050847376</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tophane-i Amire Müşiriyeti</t>
+          <t>Osmanlı Devlet Teşkilatında Reisülküttablık</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>510</v>
+        <v>425</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050846607</t>
+          <t>9786050846942</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sultan III. Ahmed</t>
+          <t>Siyasal Yönetim Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050846430</t>
+          <t>9786050846874</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>The Ottoman Empire A History</t>
+          <t>Hemşinli Mehmed Ali Paşa</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050845990</t>
+          <t>9786050846799</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Salih Münir Paşa</t>
+          <t>Tophane-i Amire Müşiriyeti</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>375</v>
+        <v>510</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050845785</t>
+          <t>9786050846607</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Lafızların Kesinliği Problemi</t>
+          <t>Sultan III. Ahmed</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050845754</t>
+          <t>9786050846430</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kanun-i Şahinşahi</t>
+          <t>The Ottoman Empire A History</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050845617</t>
+          <t>9786050845990</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Ahlaki Eleştirisi</t>
+          <t>Salih Münir Paşa</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>550</v>
+        <v>375</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050845594</t>
+          <t>9786050845785</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sarıca Paşa ve Umur Bey Vakfı</t>
+          <t>Fıkıh Usulünde Lafızların Kesinliği Problemi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050844740</t>
+          <t>9786050845754</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Dünya</t>
+          <t>Kanun-i Şahinşahi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050844610</t>
+          <t>9786050845617</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Bahriyesinde Lojistik</t>
+          <t>Siyasetin Ahlaki Eleştirisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>575</v>
+        <v>550</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050844535</t>
+          <t>9786050845594</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu ve Jön Türk Devrimi</t>
+          <t>Sarıca Paşa ve Umur Bey Vakfı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050842982</t>
+          <t>9786050844740</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hıtayname</t>
+          <t>Osmanlı ve Dünya</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050844276</t>
+          <t>9786050844610</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Balkanların Şekillenme Sürecinde 3. Ordu</t>
+          <t>Osmanlı Bahriyesinde Lojistik</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>550</v>
+        <v>575</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050842760</t>
+          <t>9786050844535</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gecekondu</t>
+          <t>Osmanlı İmparatorluğu ve Jön Türk Devrimi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>375</v>
+        <v>390</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050843637</t>
+          <t>9786050842982</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Felaketler Çağı</t>
+          <t>Hıtayname</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050843613</t>
+          <t>9786050844276</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Seküler Yönetim Üzerine Yazılar</t>
+          <t>Balkanların Şekillenme Sürecinde 3. Ordu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050842814</t>
+          <t>9786050842760</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Halife Abdülmecid Efendi</t>
+          <t>Gecekondu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050843439</t>
+          <t>9786050843637</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Sorumluluk Hukuku</t>
+          <t>Felaketler Çağı</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050842371</t>
+          <t>9786050843613</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ayanlıktan İlmiyeye Bir Hanedanlığın Öyküsü: Siroziler</t>
+          <t>Seküler Yönetim Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050842869</t>
+          <t>9786050842814</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hilal-i Ahmer Cemiyeti (1868 - 1911)</t>
+          <t>Halife Abdülmecid Efendi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>525</v>
+        <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050843422</t>
+          <t>9786050843439</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hristiyan Dünyası ve Moğollar</t>
+          <t>Hanefi Sorumluluk Hukuku</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050842357</t>
+          <t>9786050842371</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Erken Orta Çağ Avrupası'nda Hayat</t>
+          <t>Ayanlıktan İlmiyeye Bir Hanedanlığın Öyküsü: Siroziler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050842326</t>
+          <t>9786050842869</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tarihçilik ve Yöntem Üzerine</t>
+          <t>Osmanlı Hilal-i Ahmer Cemiyeti (1868 - 1911)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>525</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050842395</t>
+          <t>9786050843422</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Cevdet Paşa</t>
+          <t>Hristiyan Dünyası ve Moğollar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>525</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
+          <t>9786050842357</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Erken Orta Çağ Avrupası'nda Hayat</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786050842326</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Tarihçilik ve Yöntem Üzerine</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786050842395</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Ahmed Cevdet Paşa</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
           <t>9786050842418</t>
         </is>
       </c>
-      <c r="B56" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Şer'i Siyaset</t>
         </is>
       </c>
-      <c r="C56" s="1">
+      <c r="C59" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>