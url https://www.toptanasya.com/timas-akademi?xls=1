--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,910 +85,955 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256582255</t>
+          <t>9786256582286</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Muhalif Bir Tarihçinin Siyasetnamesi</t>
+          <t>Mülk ve Hukuk: Osmanlı Vergi Düzeninde Meşruiyet Sorunu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256582248</t>
+          <t>9786256582293</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hüküm ve Adalet Yolları</t>
+          <t>Education and State Policy In The Nineteenth-Century Ottoman Empire</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256582231</t>
+          <t>9786256582279</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Devlet Adalet Siyaset</t>
+          <t>Beşiktaş’ta Saraylar ve Konaklar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256582224</t>
+          <t>9786256582255</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye ve Vehhabilik</t>
+          <t>Muhalif Bir Tarihçinin Siyasetnamesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050843620</t>
+          <t>9786256582248</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hekimoğlu Ali Paşa</t>
+          <t>Hüküm ve Adalet Yolları</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256582217</t>
+          <t>9786256582231</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türk - İngiliz Siyasi İlişkileri</t>
+          <t>Devlet Adalet Siyaset</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>510</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256582200</t>
+          <t>9786256582224</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçanın Tarihini Yazmak</t>
+          <t>İbn Teymiyye ve Vehhabilik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256582194</t>
+          <t>9786050843620</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Moskof'la İttifak/ Osmanlı – Rus Diplomatik İlişkileri</t>
+          <t>Hekimoğlu Ali Paşa</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256582187</t>
+          <t>9786256582217</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bâbıâli Yanıyor</t>
+          <t>Türk - İngiliz Siyasi İlişkileri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>600</v>
+        <v>510</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256582170</t>
+          <t>9786256582200</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ ve İslâm</t>
+          <t>Tanrıçanın Tarihini Yazmak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>525</v>
+        <v>425</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256582156</t>
+          <t>9786256582194</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Tuna Donanması</t>
+          <t>Moskof'la İttifak/ Osmanlı – Rus Diplomatik İlişkileri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>525</v>
+        <v>375</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256582149</t>
+          <t>9786256582187</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesinin Temelleri</t>
+          <t>Bâbıâli Yanıyor</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256582125</t>
+          <t>9786256582170</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Taşra Maliyesi</t>
+          <t>Yapay Zekâ ve İslâm</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>575</v>
+        <v>525</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256582132</t>
+          <t>9786256582156</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nasihatül Müluk - Sultana Öğütler</t>
+          <t>İmparatorluğun Tuna Donanması</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>225</v>
+        <v>525</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256582118</t>
+          <t>9786256582149</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlı Mebusları</t>
+          <t>Ahlak Felsefesinin Temelleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256582088</t>
+          <t>9786256582125</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Bağdat’taki Son Yılları</t>
+          <t>Osmanlı Taşra Maliyesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>510</v>
+        <v>575</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256582101</t>
+          <t>9786256582132</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Egemenlik Üzerine</t>
+          <t>Nasihatül Müluk - Sultana Öğütler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256582095</t>
+          <t>9786256582118</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hükümdarların Siyaseti</t>
+          <t>İlk Osmanlı Mebusları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256582071</t>
+          <t>9786256582088</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Osmanlı’nın Bağdat’taki Son Yılları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256582057</t>
+          <t>9786256582101</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Yazılar</t>
+          <t>Egemenlik Üzerine</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256582064</t>
+          <t>9786256582095</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılın İkinci Yarısında Osmanlıda Sarraflar ve İlişki Ağları</t>
+          <t>Hükümdarların Siyaseti</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256582033</t>
+          <t>9786256582071</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İyiniyetin Korunması</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256582040</t>
+          <t>9786256582057</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Osmanoğlu’na Övgü</t>
+          <t>Siyasi Yazılar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256582026</t>
+          <t>9786256582064</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Sınırında Volga Almanları</t>
+          <t>18. Yüzyılın İkinci Yarısında Osmanlıda Sarraflar ve İlişki Ağları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>525</v>
+        <v>375</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256582019</t>
+          <t>9786256582033</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türk (Bahri) Memlükler Döneminde Hadis İlmi</t>
+          <t>İslam Hukukunda İyiniyetin Korunması</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256582002</t>
+          <t>9786256582040</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Âlemin Nizamı</t>
+          <t>Osmanoğlu’na Övgü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050848328</t>
+          <t>9786256582026</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Esad Safvet Paşa</t>
+          <t>Türkistan Sınırında Volga Almanları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050848250</t>
+          <t>9786256582019</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Devlet Yönetiminde Ahlak ve Siyaset</t>
+          <t>Türk (Bahri) Memlükler Döneminde Hadis İlmi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050848038</t>
+          <t>9786256582002</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Merzifonlu Kara Mustafa Paşa</t>
+          <t>Âlemin Nizamı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>575</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050848021</t>
+          <t>9786050848328</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hukuka Göre İnsanın ve Yurttaşın Ödevi</t>
+          <t>Mehmet Esad Safvet Paşa</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050847376</t>
+          <t>9786050848250</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devlet Teşkilatında Reisülküttablık</t>
+          <t>Devlet Yönetiminde Ahlak ve Siyaset</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>425</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050846942</t>
+          <t>9786050848038</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Yönetim Üzerine Bir İnceleme</t>
+          <t>Merzifonlu Kara Mustafa Paşa</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>575</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050846874</t>
+          <t>9786050848021</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hemşinli Mehmed Ali Paşa</t>
+          <t>Doğal Hukuka Göre İnsanın ve Yurttaşın Ödevi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050846799</t>
+          <t>9786050847376</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tophane-i Amire Müşiriyeti</t>
+          <t>Osmanlı Devlet Teşkilatında Reisülküttablık</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>510</v>
+        <v>425</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050846607</t>
+          <t>9786050846942</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sultan III. Ahmed</t>
+          <t>Siyasal Yönetim Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050846430</t>
+          <t>9786050846874</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>The Ottoman Empire A History</t>
+          <t>Hemşinli Mehmed Ali Paşa</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050845990</t>
+          <t>9786050846799</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Salih Münir Paşa</t>
+          <t>Tophane-i Amire Müşiriyeti</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>375</v>
+        <v>510</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050845785</t>
+          <t>9786050846607</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Lafızların Kesinliği Problemi</t>
+          <t>Sultan III. Ahmed</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050845754</t>
+          <t>9786050846430</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kanun-i Şahinşahi</t>
+          <t>The Ottoman Empire A History</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050845617</t>
+          <t>9786050845990</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Ahlaki Eleştirisi</t>
+          <t>Salih Münir Paşa</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>550</v>
+        <v>375</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050845594</t>
+          <t>9786050845785</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sarıca Paşa ve Umur Bey Vakfı</t>
+          <t>Fıkıh Usulünde Lafızların Kesinliği Problemi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050844740</t>
+          <t>9786050845754</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Dünya</t>
+          <t>Kanun-i Şahinşahi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050844610</t>
+          <t>9786050845617</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Bahriyesinde Lojistik</t>
+          <t>Siyasetin Ahlaki Eleştirisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>575</v>
+        <v>550</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050844535</t>
+          <t>9786050845594</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu ve Jön Türk Devrimi</t>
+          <t>Sarıca Paşa ve Umur Bey Vakfı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050842982</t>
+          <t>9786050844740</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hıtayname</t>
+          <t>Osmanlı ve Dünya</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050844276</t>
+          <t>9786050844610</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Balkanların Şekillenme Sürecinde 3. Ordu</t>
+          <t>Osmanlı Bahriyesinde Lojistik</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>550</v>
+        <v>575</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050842760</t>
+          <t>9786050844535</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gecekondu</t>
+          <t>Osmanlı İmparatorluğu ve Jön Türk Devrimi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>375</v>
+        <v>390</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050843637</t>
+          <t>9786050842982</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Felaketler Çağı</t>
+          <t>Hıtayname</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050843613</t>
+          <t>9786050844276</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Seküler Yönetim Üzerine Yazılar</t>
+          <t>Balkanların Şekillenme Sürecinde 3. Ordu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050842814</t>
+          <t>9786050842760</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Halife Abdülmecid Efendi</t>
+          <t>Gecekondu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050843439</t>
+          <t>9786050843637</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Sorumluluk Hukuku</t>
+          <t>Felaketler Çağı</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050842371</t>
+          <t>9786050843613</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ayanlıktan İlmiyeye Bir Hanedanlığın Öyküsü: Siroziler</t>
+          <t>Seküler Yönetim Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050842869</t>
+          <t>9786050842814</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hilal-i Ahmer Cemiyeti (1868 - 1911)</t>
+          <t>Halife Abdülmecid Efendi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>525</v>
+        <v>450</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050843422</t>
+          <t>9786050843439</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hristiyan Dünyası ve Moğollar</t>
+          <t>Hanefi Sorumluluk Hukuku</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050842357</t>
+          <t>9786050842371</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Erken Orta Çağ Avrupası'nda Hayat</t>
+          <t>Ayanlıktan İlmiyeye Bir Hanedanlığın Öyküsü: Siroziler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050842326</t>
+          <t>9786050842869</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tarihçilik ve Yöntem Üzerine</t>
+          <t>Osmanlı Hilal-i Ahmer Cemiyeti (1868 - 1911)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>525</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050842395</t>
+          <t>9786050843422</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Cevdet Paşa</t>
+          <t>Hristiyan Dünyası ve Moğollar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>525</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
+          <t>9786050842357</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Erken Orta Çağ Avrupası'nda Hayat</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786050842326</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Tarihçilik ve Yöntem Üzerine</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786050842395</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Ahmed Cevdet Paşa</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
           <t>9786050842418</t>
         </is>
       </c>
-      <c r="B59" s="1" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Şer'i Siyaset</t>
         </is>
       </c>
-      <c r="C59" s="1">
+      <c r="C62" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>