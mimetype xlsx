--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -85,24730 +85,23155 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255978998</t>
+          <t>9786255978417</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Panda Gezegeni</t>
+          <t>Sufle Severler Sahnesi - Suçun Şahsiliği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255978448</t>
+          <t>9786255978431</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Dedektifleri</t>
+          <t>Hayvanlarla Konuşan Çocuk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255978950</t>
+          <t>9786255978486</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İçine Atan Ailesi</t>
+          <t>Kraliçenin Kusursuz Planı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255978967</t>
+          <t>9786255978523</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Karışık İşler Bürosu</t>
+          <t>Karınca Tobi ve Ormandaki Gizemli Işık</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255978943</t>
+          <t>9786255978462</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Tembel Hayvanı</t>
+          <t>Nerede Bu Piyanonun Kuyruğu?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255978981</t>
+          <t>9786255978530</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Sanat Çıkabilir!</t>
+          <t>Sarı Balonun Yolculuğu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255978936</t>
+          <t>9786255978424</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilim Karpuz</t>
+          <t>Şaşkın Cambaz</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255978912</t>
+          <t>9786255978394</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bünyo - Vücudumuzun Küçük Sırları</t>
+          <t>Şekerci Çıkmazı</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255978882</t>
+          <t>9786255978455</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Canlı Kedi</t>
+          <t>Vırak Beni</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255978929</t>
+          <t>9786255978998</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Portakalı Soydum Festivali</t>
+          <t>Panda Gezegeni</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255978905</t>
+          <t>9786255978448</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Leylek Köyü</t>
+          <t>Meşe Palamudu Dedektifleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255978899</t>
+          <t>9786255978950</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Şifayı Kaptık Hastanesi</t>
+          <t>İçine Atan Ailesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255978363</t>
+          <t>9786255978967</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tuzağı</t>
+          <t>Karışık İşler Bürosu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255978820</t>
+          <t>9786255978943</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kağan - Göldeki Hayalet</t>
+          <t>Dünyanın En Tembel Hayvanı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255978851</t>
+          <t>9786255978981</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gezegende Cümbüş Var</t>
+          <t>Dikkat Sanat Çıkabilir!</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255978790</t>
+          <t>9786255978936</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Işıltılı Şeyler Koleksiyoncusu</t>
+          <t>Bir Dilim Karpuz</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255978813</t>
+          <t>9786255978912</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Karşıtlığı Kulübü</t>
+          <t>Bünyo - Vücudumuzun Küçük Sırları</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255978837</t>
+          <t>9786255978882</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Robot</t>
+          <t>Dokuz Canlı Kedi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255978875</t>
+          <t>9786255978929</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Oyun Zamanı!</t>
+          <t>Portakalı Soydum Festivali</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255978806</t>
+          <t>9786255978905</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tasmanın Ucundaki Özgürlük</t>
+          <t>Leylek Köyü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255978844</t>
+          <t>9786255978899</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Top Yutan Ormanı</t>
+          <t>Şifayı Kaptık Hastanesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255978868</t>
+          <t>9786255978363</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Uzaya İki Bilet</t>
+          <t>Rüya Tuzağı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255978783</t>
+          <t>9786255978820</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Burnunun Ucundaki Cesaret</t>
+          <t>Kağan - Göldeki Hayalet</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255978752</t>
+          <t>9786255978851</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Belki de Çok Seversin</t>
+          <t>Gezegende Cümbüş Var</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255978769</t>
+          <t>9786255978790</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Babamda Bir Tuhaflık Var</t>
+          <t>Işıltılı Şeyler Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255978745</t>
+          <t>9786255978813</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ekrana Sığmayan Macera</t>
+          <t>Kardeş Karşıtlığı Kulübü</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255978776</t>
+          <t>9786255978837</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Fıstık Gibi Hayat</t>
+          <t>Kayıp Robot</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255978592</t>
+          <t>9786255978875</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hasta Pasta &amp; Evrenin En Saçma Macerası</t>
+          <t>Şimdi Oyun Zamanı!</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255978714</t>
+          <t>9786255978806</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Uçan Anne Terliği</t>
+          <t>Tasmanın Ucundaki Özgürlük</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255978691</t>
+          <t>9786255978844</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ya Şarjım Biterse</t>
+          <t>Top Yutan Ormanı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255978738</t>
+          <t>9786255978868</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Duygu Orkestrası</t>
+          <t>Uzaya İki Bilet</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255978684</t>
+          <t>9786255978783</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dedem Tekrar Çocuk Oldu</t>
+          <t>Burnunun Ucundaki Cesaret</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255978721</t>
+          <t>9786255978752</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Robotun Kafası Karışırsa</t>
+          <t>Belki de Çok Seversin</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255978707</t>
+          <t>9786255978769</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Acil Yardım Treni</t>
+          <t>Babamda Bir Tuhaflık Var</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050816440</t>
+          <t>9786255978745</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bedirhan - İlk Okuma Kitaplarım Seti (10 Kitap)</t>
+          <t>Ekrana Sığmayan Macera</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>13.89</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050823301</t>
+          <t>9786255978776</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum Dizisi (10 Kitap Takım)</t>
+          <t>Fıstık Gibi Hayat</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>72.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050802832</t>
+          <t>9786255978592</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Aktif Öğretim Seti</t>
+          <t>Hasta Pasta &amp; Evrenin En Saçma Macerası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>111.12</v>
+        <v>275</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050812039</t>
+          <t>9786255978714</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bizim Çınar - Okumayı Seviyorum Dizisi</t>
+          <t>Uçan Anne Terliği</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>2</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255978653</t>
+          <t>9786255978691</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Anne Biz Uzaylı Mıyız?</t>
+          <t>Ya Şarjım Biterse</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255978622</t>
+          <t>9786255978738</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Timi - Dijital Günlükler</t>
+          <t>Duygu Orkestrası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255978646</t>
+          <t>9786255978684</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Biri Beni Alkışlasın</t>
+          <t>Dedem Tekrar Çocuk Oldu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255978639</t>
+          <t>9786255978721</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Temmuz Kabuğu</t>
+          <t>Bir Robotun Kafası Karışırsa</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255978660</t>
+          <t>9786255978707</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Çantası</t>
+          <t>Acil Yardım Treni</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255978325</t>
+          <t>9786050816440</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tersine Okul</t>
+          <t>Bedirhan - İlk Okuma Kitaplarım Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>125</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050848175</t>
+          <t>9786050823301</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Can Sıkıntıma Ne Söyledim?</t>
+          <t>Okumayı Seviyorum Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>125</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051141138</t>
+          <t>9786050802832</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Serüvenleri - Elektrik</t>
+          <t>Okul Öncesi Aktif Öğretim Seti</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>90</v>
+        <v>111.12</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753627771</t>
+          <t>9786050812039</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>Bizim Çınar - Okumayı Seviyorum Dizisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752636422</t>
+          <t>9786255978653</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin</t>
+          <t>Anne Biz Uzaylı Mıyız?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>75</v>
+        <v>115</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051140506</t>
+          <t>9786255978622</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Barbaros’la Bir Gün</t>
+          <t>Teknoloji Timi - Dijital Günlükler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752637238</t>
+          <t>9786255978646</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Zeka Geliştirici Masallar Seti (10 Kitap Takım)</t>
+          <t>Biri Beni Alkışlasın</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050817249</t>
+          <t>9786255978639</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Dünyamı Uzaylılara Yedirtmem!</t>
+          <t>Temmuz Kabuğu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050817225</t>
+          <t>9786255978660</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Süt Kardeşliği Kulübüne Nasıl Girdim?</t>
+          <t>Kahkaha Çantası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050817218</t>
+          <t>9786255978325</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Evcil Bir Balinam Var</t>
+          <t>Tersine Okul</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051141466</t>
+          <t>9786050848175</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kulak</t>
+          <t>Can Sıkıntıma Ne Söyledim?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>40</v>
+        <v>125</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752630666</t>
+          <t>9786051141138</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bambi</t>
+          <t>Buluşlar ve Serüvenleri - Elektrik</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050820874</t>
+          <t>9789753627771</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Hayvanları Kurtarma Operasyonu</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050822427</t>
+          <t>9789752636422</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Profesör İyon ile Fen 2 (5 Kitap Takım Kutulu)</t>
+          <t>Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>750</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050835380</t>
+          <t>9786051140506</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi Mırnav Tepelerde</t>
+          <t>Barbaros’la Bir Gün</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050832198</t>
+          <t>9789752637238</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Resmin İçindeki Çocuk - Öykü Makinesi 8</t>
+          <t>Çoklu Zeka Geliştirici Masallar Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050832143</t>
+          <t>9786050817249</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Penguenli Çorabım ve Diğerleri - Öykü Makinesi 6</t>
+          <t>Şirin - Dünyamı Uzaylılara Yedirtmem!</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051146607</t>
+          <t>9786050817225</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kuşlarla Boyama Zamanı - Hayvanlarla Tanışıyorum</t>
+          <t>Şirin - Süt Kardeşliği Kulübüne Nasıl Girdim?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050842692</t>
+          <t>9786050817218</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Doğa Dedektifi Çınar - Kış Günlüğüm</t>
+          <t>Şirin - Evcil Bir Balinam Var</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050842951</t>
+          <t>9786051141466</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Doğa Dedektifi Çınar</t>
+          <t>Pembe Kulak</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>320</v>
+        <v>40</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050842722</t>
+          <t>9789752630666</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bütün Havuçlar Benim</t>
+          <t>Bambi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050834666</t>
+          <t>9786050820874</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Kahkaha - Hayal Kütüphanesi 4</t>
+          <t>Şirin - Hayvanları Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050834802</t>
+          <t>9786050822427</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kütüphanesi Seti (5 Kitap)</t>
+          <t>Profesör İyon ile Fen 2 (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050832846</t>
+          <t>9786050835380</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hammit Göktaşı Yağmuru - Kara Düşler Ülkesi Serisi</t>
+          <t>Gezgin Kedi Mırnav Tepelerde</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050833133</t>
+          <t>9786050832198</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Ada - Korsanların Seyir Defteri</t>
+          <t>Resmin İçindeki Çocuk - Öykü Makinesi 8</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050833096</t>
+          <t>9786050832143</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Botanik Adası - Korsanların Seyir Defteri</t>
+          <t>Penguenli Çorabım ve Diğerleri - Öykü Makinesi 6</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752633322</t>
+          <t>9786051146607</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bulutsu Görevlerim</t>
+          <t>Kuşlarla Boyama Zamanı - Hayvanlarla Tanışıyorum</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051149370</t>
+          <t>9786050842692</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Günlüğüm</t>
+          <t>Doğa Dedektifi Çınar - Kış Günlüğüm</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050808599</t>
+          <t>9786050842951</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Minik Şirin (Ciltli)</t>
+          <t>Doğa Dedektifi Çınar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051140582</t>
+          <t>9786050842722</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hasan Tahsin</t>
+          <t>Bütün Havuçlar Benim</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051142975</t>
+          <t>9786050834666</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Levent - Perili Evden Kaçış</t>
+          <t>Çatıdaki Kahkaha - Hayal Kütüphanesi 4</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051142982</t>
+          <t>9786050834802</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Levent - Mezarlıktaki Hayalet</t>
+          <t>Hayal Kütüphanesi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752639485</t>
+          <t>9786050832846</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Cesur Yiğit</t>
+          <t>Hammit Göktaşı Yağmuru - Kara Düşler Ülkesi Serisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051141145</t>
+          <t>9786050833133</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Serüvenleri - Uçaklar</t>
+          <t>Yüzen Ada - Korsanların Seyir Defteri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050834406</t>
+          <t>9786050833096</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehir Ortaya Çıkıyor - Kağan</t>
+          <t>Botanik Adası - Korsanların Seyir Defteri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051140414</t>
+          <t>9789752633322</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Fatih’le Bir Gün</t>
+          <t>Bulutsu Görevlerim</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752635968</t>
+          <t>9786051149370</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ömer ve Bahar Kavramlar Dünyasında - Çoklu Zeka Merkezli Okul Öncesi Eğitim Seti</t>
+          <t>Sevgili Günlüğüm</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>51</v>
+        <v>75</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255978585</t>
+          <t>9786050808599</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Kural Sınıfı &amp; Özgürlüğün Sınırları</t>
+          <t>Minik Şirin (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255978608</t>
+          <t>9786051140582</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kafasının İçinde Ne İşim Var?</t>
+          <t>Hasan Tahsin</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255978554</t>
+          <t>9786051142975</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İsmim Nereye Gitti?</t>
+          <t>Levent - Perili Evden Kaçış</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255978578</t>
+          <t>9786051142982</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Muhtarın En Değerli Eşyası</t>
+          <t>Levent - Mezarlıktaki Hayalet</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050831856</t>
+          <t>9789752639485</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Levent Gizemli Elmas Soygunu / Levent İz Peşinde 5</t>
+          <t>Köroğlu Cesur Yiğit</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050831825</t>
+          <t>9786051141145</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kamil'i Kurtarma Operasyonu - Levent İz Peşinde 5</t>
+          <t>Buluşlar ve Serüvenleri - Uçaklar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050831832</t>
+          <t>9786050834406</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Levent Yüzyıllık Mektubun Gizemi / Levent İz Peşinde 5</t>
+          <t>Kayıp Şehir Ortaya Çıkıyor - Kağan</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050831818</t>
+          <t>9786051140414</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Levent Antikacının Oyunu / Levent İz Peşinde 5</t>
+          <t>Fatih’le Bir Gün</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050848106</t>
+          <t>9789752635968</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En İyi Berberi</t>
+          <t>Ömer ve Bahar Kavramlar Dünyasında - Çoklu Zeka Merkezli Okul Öncesi Eğitim Seti</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>130</v>
+        <v>51</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255978561</t>
+          <t>9786255978585</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bir Balık Bin Hayal</t>
+          <t>Sıfır Kural Sınıfı &amp; Özgürlüğün Sınırları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050828368</t>
+          <t>9786255978608</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Düğün mü Maç mı? - Olimpiyat Çıkmazı</t>
+          <t>Annemin Kafasının İçinde Ne İşim Var?</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255978615</t>
+          <t>9786255978554</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kağan - Tablodaki Gizem</t>
+          <t>İsmim Nereye Gitti?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050820836</t>
+          <t>9786255978578</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Gizemli Küpün Peşindeyiz!</t>
+          <t>Muhtarın En Değerli Eşyası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050816341</t>
+          <t>9786050831856</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde - Palyaço Hafiye</t>
+          <t>Levent Gizemli Elmas Soygunu / Levent İz Peşinde 5</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050816334</t>
+          <t>9786050831825</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde - Hazine Kaşifi</t>
+          <t>Kamil'i Kurtarma Operasyonu - Levent İz Peşinde 5</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050838541</t>
+          <t>9786050831832</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Levent - İlk Okuma Kitaplarım 2 (1. Sınıf 10 Kitap Set)</t>
+          <t>Levent Yüzyıllık Mektubun Gizemi / Levent İz Peşinde 5</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050826326</t>
+          <t>9786050831818</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Levent - Okul Ne Zaman Biter</t>
+          <t>Levent Antikacının Oyunu / Levent İz Peşinde 5</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255978349</t>
+          <t>9786050848106</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kaşifi</t>
+          <t>Dünyanın En İyi Berberi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255978332</t>
+          <t>9786255978561</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Bir Kovalamaca</t>
+          <t>Bir Balık Bin Hayal</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255978356</t>
+          <t>9786050828368</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bu Kediler Bir Acayip</t>
+          <t>Düğün mü Maç mı? - Olimpiyat Çıkmazı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050846461</t>
+          <t>9786255978615</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Masal Roketi - Masallarla Değer Eğitimi</t>
+          <t>Kağan - Tablodaki Gizem</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050847246</t>
+          <t>9786050820836</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla - Bilim İnsanlarının İzinde</t>
+          <t>Şirin - Gizemli Küpün Peşindeyiz!</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050842258</t>
+          <t>9786050816341</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yan Sınıfın Öğretmeni - Şirin İlk Okuma Kitaplarım 8</t>
+          <t>Levent İz Peşinde - Palyaço Hafiye</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050835175</t>
+          <t>9786050816334</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salsal 9: Merhaba Yeni Arkadaşım!</t>
+          <t>Levent İz Peşinde - Hazine Kaşifi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050831481</t>
+          <t>9786050838541</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Oruç Reis - Kahraman Türk Denizcileri</t>
+          <t>Levent - İlk Okuma Kitaplarım 2 (1. Sınıf 10 Kitap Set)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050829433</t>
+          <t>9786050826326</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Cızırtılı Konser Salonu - Can Avar (Ciltli)</t>
+          <t>Levent - Okul Ne Zaman Biter</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050830088</t>
+          <t>9786255978349</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kış Uykusu Oteli</t>
+          <t>Hayal Kaşifi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752636392</t>
+          <t>9786255978332</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Cesur Terzi ve Dev</t>
+          <t>Çılgın Bir Kovalamaca</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050826487</t>
+          <t>9786255978356</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Masal Topu Zıp Zıp</t>
+          <t>Bu Kediler Bir Acayip</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050826913</t>
+          <t>9786050846461</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Durduran Kız - Sarı Elmas Yüzük Nerede</t>
+          <t>Masal Roketi - Masallarla Değer Eğitimi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050826920</t>
+          <t>9786050847246</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Durduran Kız - Soygunlar Kimin İşi?</t>
+          <t>Nikola Tesla - Bilim İnsanlarının İzinde</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050827026</t>
+          <t>9786050842258</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Kalpler Nereye Gider?</t>
+          <t>Yan Sınıfın Öğretmeni - Şirin İlk Okuma Kitaplarım 8</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050828375</t>
+          <t>9786050835175</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>En Meşhur Video - Olimpiyat Çıkmazı</t>
+          <t>Meraklı Salsal 9: Merhaba Yeni Arkadaşım!</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050828351</t>
+          <t>9786050831481</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Yarışlaması - Olimpiyat Çıkmazı</t>
+          <t>Oruç Reis - Kahraman Türk Denizcileri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050824445</t>
+          <t>9786050829433</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Can Avar - Ürkünç Aynanın Arkasında (Ciltli)</t>
+          <t>Cızırtılı Konser Salonu - Can Avar (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050826180</t>
+          <t>9786050830088</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayılar - 5 Kitap Set</t>
+          <t>Kış Uykusu Oteli</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050821017</t>
+          <t>9789752636392</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Bir Gün</t>
+          <t>Cesur Terzi ve Dev</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050824926</t>
+          <t>9786050826487</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kardan Arkadaşım</t>
+          <t>Masal Topu Zıp Zıp</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050814347</t>
+          <t>9786050826913</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Üretici Zeka Teknikleri (5 Kitap Takım)</t>
+          <t>Dünyayı Durduran Kız - Sarı Elmas Yüzük Nerede</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050812527</t>
+          <t>9786050826920</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kip ile Türkçe 3 - İşaretler Arasından Kaçış</t>
+          <t>Dünyayı Durduran Kız - Soygunlar Kimin İşi?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050804119</t>
+          <t>9786050827026</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cupcup (Ciltli)</t>
+          <t>Kırılan Kalpler Nereye Gider?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050805055</t>
+          <t>9786050828375</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>En Meşhur Video - Olimpiyat Çıkmazı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050808070</t>
+          <t>9786050828351</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Özenle Yemek Ne Güzel</t>
+          <t>Bisiklet Yarışlaması - Olimpiyat Çıkmazı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050808032</t>
+          <t>9786050824445</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ölçülü Davranmak Ne Güzel</t>
+          <t>Can Avar - Ürkünç Aynanın Arkasında (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051140810</t>
+          <t>9786050826180</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Minik Gelincik</t>
+          <t>Küçük Kayılar - 5 Kitap Set</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050807998</t>
+          <t>9786050821017</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kibar Davranmak Ne Güzel</t>
+          <t>Nasreddin Hoca’yla Bir Gün</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051140896</t>
+          <t>9786050824926</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kalemimi Kaybettim</t>
+          <t>Kardan Arkadaşım</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050808056</t>
+          <t>9786050814347</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yapmak Ne Güzel</t>
+          <t>Nasreddin Hoca ile Üretici Zeka Teknikleri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050808025</t>
+          <t>9786050812527</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kurallara Uymak Ne Güzel</t>
+          <t>Profesör Kip ile Türkçe 3 - İşaretler Arasından Kaçış</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752632295</t>
+          <t>9786050804119</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Cupcup (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>65</v>
+        <v>225</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050824858</t>
+          <t>9786050805055</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan ve Birleştiren Köprüsü</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050824841</t>
+          <t>9786050808070</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina ve Minik Düşmanlar</t>
+          <t>Özenle Yemek Ne Güzel</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050808063</t>
+          <t>9786050808032</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ziyaret Etmek Ne Güzel</t>
+          <t>Ölçülü Davranmak Ne Güzel</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050808087</t>
+          <t>9786051140810</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Temiz Olmak Ne Güzel</t>
+          <t>Minik Gelincik</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051140902</t>
+          <t>9786050807998</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Haydi Pikniğe</t>
+          <t>Kibar Davranmak Ne Güzel</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051140858</t>
+          <t>9786051140896</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Güneş Gözlüğü Takan Tilki</t>
+          <t>Kalemimi Kaybettim</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752633339</t>
+          <t>9786050808056</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Fokun Yavrusu</t>
+          <t>İyilik Yapmak Ne Güzel</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050832150</t>
+          <t>9786050808025</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tonuşan Tediler Tasabası - Öykü Makinesi 4</t>
+          <t>Kurallara Uymak Ne Güzel</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050832167</t>
+          <t>9789752632295</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Kaybolan Kalem - Öykü Makinesi 2</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051146577</t>
+          <t>9786050824858</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Boyama Zamanı - Hayvanlarla Tanışıyorum</t>
+          <t>Mimar Sinan ve Birleştiren Köprüsü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050842142</t>
+          <t>9786050824841</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Mimar Sinan - Kahraman Avcısı Kerem 3</t>
+          <t>İbn-i Sina ve Minik Düşmanlar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050842685</t>
+          <t>9786050808063</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Doğa Dedektifi Çınar - Sonbahar Günlüğüm</t>
+          <t>Ziyaret Etmek Ne Güzel</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050834659</t>
+          <t>9786050808087</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Değirmenci ve Karıncalar - Hayal Kütüphanesi 3</t>
+          <t>Temiz Olmak Ne Güzel</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050834642</t>
+          <t>9786051140902</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Elma Ağacının Arkadaşları - Hayal Kütüphanesi 2</t>
+          <t>Haydi Pikniğe</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050834635</t>
+          <t>9786051140858</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Anne Kuş ve Çocuklar - Hayal Kütüphanesi 1</t>
+          <t>Güneş Gözlüğü Takan Tilki</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050839012</t>
+          <t>9789752633339</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kitaptan Kaçan Zufi ile Kudi - Bi' Dolu Hikaye</t>
+          <t>Fokun Yavrusu</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050842005</t>
+          <t>9786050832150</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ekran Hırsızı!</t>
+          <t>Tonuşan Tediler Tasabası - Öykü Makinesi 4</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050833119</t>
+          <t>9786050832167</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İlkler Adası - Korsanların Seyir Defteri</t>
+          <t>Uzayda Kaybolan Kalem - Öykü Makinesi 2</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050834253</t>
+          <t>9786051146577</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Köyden İndim Şehire - Aliş'in Kent Günlükleri 1</t>
+          <t>Çiftlikte Boyama Zamanı - Hayvanlarla Tanışıyorum</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050834260</t>
+          <t>9786050842142</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Okul Böyle! - Aliş'in Kent Günlükleri 2</t>
+          <t>Kahramanım Mimar Sinan - Kahraman Avcısı Kerem 3</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050834413</t>
+          <t>9786050842685</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dedem Neden Kayboldu? - Kağan</t>
+          <t>Doğa Dedektifi Çınar - Sonbahar Günlüğüm</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050830897</t>
+          <t>9786050834659</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Neden Korkarız? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
+          <t>Değirmenci ve Karıncalar - Hayal Kütüphanesi 3</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051140605</t>
+          <t>9786050834642</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Şahin Bey</t>
+          <t>Elma Ağacının Arkadaşları - Hayal Kütüphanesi 2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050804775</t>
+          <t>9786050834635</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tayyar Rahime</t>
+          <t>Anne Kuş ve Çocuklar - Hayal Kütüphanesi 1</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051140841</t>
+          <t>9786050839012</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Büyü Çiçek Büyü</t>
+          <t>Kitaptan Kaçan Zufi ile Kudi - Bi' Dolu Hikaye</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051140643</t>
+          <t>9786050842005</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Fatma Seher Hanım</t>
+          <t>Ekran Hırsızı!</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050803198</t>
+          <t>9786050833119</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Demiş Demiş Ne Demiş?</t>
+          <t>İlkler Adası - Korsanların Seyir Defteri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051141107</t>
+          <t>9786050834253</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Serüvenleri 10 Kitap Takım</t>
+          <t>Köyden İndim Şehire - Aliş'in Kent Günlükleri 1</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>900</v>
+        <v>110</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050835397</t>
+          <t>9786050834260</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi Mırnav Lunaparkta</t>
+          <t>Bu Nasıl Okul Böyle! - Aliş'in Kent Günlükleri 2</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050835410</t>
+          <t>9786050834413</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi Mırnav Çiflikte</t>
+          <t>Dedem Neden Kayboldu? - Kağan</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753628235</t>
+          <t>9786050830897</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Neden Korkarız? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050829440</t>
+          <t>9786051140605</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Deli Olmak İşten Değil - Entel Dantel İşler (Ciltli)</t>
+          <t>Şahin Bey</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050824025</t>
+          <t>9786050804775</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Levent Keçilerin Takipçisi</t>
+          <t>Tayyar Rahime</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050821376</t>
+          <t>9786051140841</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'yi Geziyorum 4 - Levent Kayseri'de</t>
+          <t>Büyü Çiçek Büyü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786255978295</t>
+          <t>9786051140643</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Teneffüs</t>
+          <t>Fatma Seher Hanım</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786255978318</t>
+          <t>9786050803198</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Nehirle Konuşan Kız</t>
+          <t>Demiş Demiş Ne Demiş?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786255978301</t>
+          <t>9786051141107</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Levent Piri Reis’in Leventleri</t>
+          <t>Buluşlar ve Serüvenleri 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051142999</t>
+          <t>9786050835397</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Levent - Okulsuz Dünya</t>
+          <t>Gezgin Kedi Mırnav Lunaparkta</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786255978219</t>
+          <t>9786050835410</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Durduran Kız - Süper Zihin Operasyonu</t>
+          <t>Gezgin Kedi Mırnav Çiflikte</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786255978264</t>
+          <t>9789753628235</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Pofuduk</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786255978288</t>
+          <t>9786050829440</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Dudu’nun Sıra Dışı Şekerlemeleri</t>
+          <t>Deli Olmak İşten Değil - Entel Dantel İşler (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786255978271</t>
+          <t>9786050824025</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Tarifler Kulübü</t>
+          <t>Levent Keçilerin Takipçisi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256581678</t>
+          <t>9786050821376</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Oyun Arkadaşı Aranıyor</t>
+          <t>Türkiye'yi Geziyorum 4 - Levent Kayseri'de</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786255978257</t>
+          <t>9786255978295</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Alo! Cesaret Aranıyor</t>
+          <t>Bitmeyen Teneffüs</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786255978240</t>
+          <t>9786255978318</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Limonata’ya Ne Oldu?</t>
+          <t>Nehirle Konuşan Kız</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786255978196</t>
+          <t>9786255978301</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Koleksiyoncusu</t>
+          <t>Levent Piri Reis’in Leventleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786255978233</t>
+          <t>9786051142999</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf İşler Mahallesi</t>
+          <t>Levent - Okulsuz Dünya</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786255978189</t>
+          <t>9786255978219</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Son Robot – Haşmet 2.0</t>
+          <t>Dünyayı Durduran Kız - Süper Zihin Operasyonu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786255978202</t>
+          <t>9786255978264</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bir Deniz Dolusu İyilik</t>
+          <t>Hoşça Kal Pofuduk</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786255978226</t>
+          <t>9786255978288</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayal Burnunuzdan Kaçarsa</t>
+          <t>Dudu’nun Sıra Dışı Şekerlemeleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786255978165</t>
+          <t>9786255978271</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Balık Gezegeni</t>
+          <t>Yanlış Tarifler Kulübü</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786255978158</t>
+          <t>9786256581678</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İstiyorum da İstiyorum</t>
+          <t>Oyun Arkadaşı Aranıyor</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786255978172</t>
+          <t>9786255978257</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Liya ve Düş Fırçası</t>
+          <t>Alo! Cesaret Aranıyor</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786255978127</t>
+          <t>9786255978240</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tekno Kahraman</t>
+          <t>Limonata’ya Ne Oldu?</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786255978097</t>
+          <t>9786255978196</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kitap Çocuk</t>
+          <t>Yıldız Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786255978141</t>
+          <t>9786255978233</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Bir Mucize</t>
+          <t>Tuhaf İşler Mahallesi</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786255978028</t>
+          <t>9786255978189</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Böcek Kafe</t>
+          <t>Dünyadaki Son Robot – Haşmet 2.0</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786255978134</t>
+          <t>9786255978202</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Mira ve Yekta Sabır Tüneli’nde- Duygu Günlüğüm</t>
+          <t>Bir Deniz Dolusu İyilik</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786255978103</t>
+          <t>9786255978226</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Operasyon Nohut Pilav - Savunma Hakkı</t>
+          <t>Bir Hayal Burnunuzdan Kaçarsa</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786255978110</t>
+          <t>9786255978165</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hapı Yuttuk Eczanesi</t>
+          <t>Balık Gezegeni</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>4444444443527</t>
+          <t>9786255978158</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Anne Terliği (İmzalı)</t>
+          <t>İstiyorum da İstiyorum</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752636507</t>
+          <t>9786255978172</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Öyküleri</t>
+          <t>Liya ve Düş Fırçası</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>6.02</v>
+        <v>125</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051143385</t>
+          <t>9786255978127</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Dünya’yı Kurtarmak İster misin? (Ciltli)</t>
+          <t>Tekno Kahraman</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9799752634427</t>
+          <t>9786255978097</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş Uçan Masallar, La Fonten ve Andersen Masalları (Ciltli)</t>
+          <t>Kitap Çocuk</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>16.2</v>
+        <v>125</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9799753628685</t>
+          <t>9786255978141</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Kuyruklu Bir Mucize</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>35</v>
+        <v>125</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752632448</t>
+          <t>9786255978028</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Hikayeler - Mevlana</t>
+          <t>Böcek Kafe</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>35</v>
+        <v>125</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050847338</t>
+          <t>9786255978134</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bilimbaz - Ev Yapımı Sinema Tarifi</t>
+          <t>Mira ve Yekta Sabır Tüneli’nde- Duygu Günlüğüm</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050846867</t>
+          <t>9786255978103</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - Okul Fena Karıştı</t>
+          <t>Operasyon Nohut Pilav - Savunma Hakkı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050843880</t>
+          <t>9786255978110</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bilimbaz - Bir Bardak Suyla Fırtına 2</t>
+          <t>Hapı Yuttuk Eczanesi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9799752630627</t>
+          <t>9789752636507</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ve Kırk Haramiler</t>
+          <t>Rahmet Öyküleri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>15</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050842234</t>
+          <t>9786051143385</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Berenin Gizemi - Şirin İlk Okuma Kitaplarım 2</t>
+          <t>Dünya’yı Kurtarmak İster misin? (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050838510</t>
+          <t>9799752634427</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Levent Balık Tutuyor - Levent İlk Okuma Kitaplarım 2</t>
+          <t>Bir Varmış Bir Yokmuş Uçan Masallar, La Fonten ve Andersen Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>50</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050842173</t>
+          <t>9799753628685</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Başıma Gelenler - Şirin İlk Okuma Kitaplarım 3</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786050838442</t>
+          <t>9789752632448</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Levent Hediye Alıyor - Levent İlk Okuma Kitaplarım 2</t>
+          <t>Mesnevi'den Hikayeler - Mevlana</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786050838466</t>
+          <t>9786050847338</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Levent Kamil’in Uykusu - Levent İlk Okuma Kitaplarım 2</t>
+          <t>Bilimbaz - Ev Yapımı Sinema Tarifi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050838459</t>
+          <t>9786050846867</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Levent Kamp Kuruyor - Levent İlk Okuma Kitaplarım 2</t>
+          <t>Patlak Zeka Cemcan - Okul Fena Karıştı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050838381</t>
+          <t>9786050843880</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Mikroplar - Levent İlk Okuma Kitaplarım 2</t>
+          <t>Bilimbaz - Bir Bardak Suyla Fırtına 2</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050842210</t>
+          <t>9799752630627</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sınıfım Nerede - Şirin İlk Okuma Kitaplarım 1</t>
+          <t>Ali Baba ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050817041</t>
+          <t>9786050842234</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Eşleştir Çiz Boya - Hayvanlar</t>
+          <t>Kırmızı Berenin Gizemi - Şirin İlk Okuma Kitaplarım 2</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786050835472</t>
+          <t>9786050838510</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi Mırnav Kumsalda - Mırnav İlk Okuma Kitaplarım 9</t>
+          <t>Levent Balık Tutuyor - Levent İlk Okuma Kitaplarım 2</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050842197</t>
+          <t>9786050842173</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Doğaya Neler Oluyor - Şirin İlk Okuma Kitaplarım 4</t>
+          <t>Başıma Gelenler - Şirin İlk Okuma Kitaplarım 3</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050842272</t>
+          <t>9786050838442</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yemek Listesi - Şirin İlk Okuma Kitaplarım 7</t>
+          <t>Levent Hediye Alıyor - Levent İlk Okuma Kitaplarım 2</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050842203</t>
+          <t>9786050838466</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Yazısı - Şirin İlk Okuma Kitaplarım 5</t>
+          <t>Levent Kamil’in Uykusu - Levent İlk Okuma Kitaplarım 2</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050842180</t>
+          <t>9786050838459</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Virüs Var - Şirin İlk Okuma Kitaplarım 6</t>
+          <t>Levent Kamp Kuruyor - Levent İlk Okuma Kitaplarım 2</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050842265</t>
+          <t>9786050838381</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yardım Etmek İstiyorum! - Şirin İlk Okuma Kitaplarım 9</t>
+          <t>Levent ve Mikroplar - Levent İlk Okuma Kitaplarım 2</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050842227</t>
+          <t>9786050842210</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İki Tekerlekli Bisiklet - Şirin İlk Okuma Kitaplarım 10</t>
+          <t>Sınıfım Nerede - Şirin İlk Okuma Kitaplarım 1</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786050845051</t>
+          <t>9786050817041</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - İnternette Başım Dertte</t>
+          <t>Eşleştir Çiz Boya - Hayvanlar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050845105</t>
+          <t>9786050835472</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - Bilim Tatil Dinlemez</t>
+          <t>Gezgin Kedi Mırnav Kumsalda - Mırnav İlk Okuma Kitaplarım 9</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050844726</t>
+          <t>9786050842197</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - Acayip Fikirler Ustası</t>
+          <t>Doğaya Neler Oluyor - Şirin İlk Okuma Kitaplarım 4</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050844429</t>
+          <t>9786050842272</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bidur Durmazgil'in Maceraları - Hatıra Avcısı</t>
+          <t>Yemek Listesi - Şirin İlk Okuma Kitaplarım 7</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786050818451</t>
+          <t>9786050842203</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Vücudumuz Dizisi - Sinir Sistemi ve Beyin</t>
+          <t>Dünyanın En Güzel Yazısı - Şirin İlk Okuma Kitaplarım 5</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>3.7</v>
+        <v>50</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9799753627831</t>
+          <t>9786050842180</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20000 Fersah</t>
+          <t>Dikkat Virüs Var - Şirin İlk Okuma Kitaplarım 6</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>4.63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>1520501986416</t>
+          <t>9786050842265</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar Diyarı Set 10 Kitap (Büyük Boy)</t>
+          <t>Yardım Etmek İstiyorum! - Şirin İlk Okuma Kitaplarım 9</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050814996</t>
+          <t>9786050842227</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Tales of Nasreddin Hodja - The Parrot and the Turkey</t>
+          <t>İki Tekerlekli Bisiklet - Şirin İlk Okuma Kitaplarım 10</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786050814866</t>
+          <t>9786050845051</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Tales of Nasreddin Hodja - What if it Works?</t>
+          <t>Patlak Zeka Cemcan - İnternette Başım Dertte</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050843477</t>
+          <t>9786050845105</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 6: Şüpheli Paketlerin Sırrı</t>
+          <t>Patlak Zeka Cemcan - Bilim Tatil Dinlemez</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050843460</t>
+          <t>9786050844726</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 6: Kayıp Pul Bilmecesi</t>
+          <t>Patlak Zeka Cemcan - Acayip Fikirler Ustası</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786050843446</t>
+          <t>9786050844429</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 6: Hazine Avcılarının İzinde</t>
+          <t>Bidur Durmazgil'in Maceraları - Hatıra Avcısı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786050843484</t>
+          <t>9786050818451</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 6: Esrarengiz Adaya Yolculuk</t>
+          <t>Popüler Bilim Vücudumuz Dizisi - Sinir Sistemi ve Beyin</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050843491</t>
+          <t>9799753627831</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 6: Çöp Kamyonunun Gizemi</t>
+          <t>Denizler Altında 20000 Fersah</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>150</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050831511</t>
+          <t>1520501986416</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa - Kahraman Türk Denizcileri</t>
+          <t>Çufçuflar Diyarı Set 10 Kitap (Büyük Boy)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050831696</t>
+          <t>9786050814996</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Noktacık</t>
+          <t>Tales of Nasreddin Hodja - The Parrot and the Turkey</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050830132</t>
+          <t>9786050814866</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Levent Dünya Harikalarının Peşinde (Ciltli)</t>
+          <t>Tales of Nasreddin Hodja - What if it Works?</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>47.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050827934</t>
+          <t>9786050843477</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Katil Kraliçelerin Savaşı - Arı Çocuk</t>
+          <t>Levent İz Peşinde 6: Şüpheli Paketlerin Sırrı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050826203</t>
+          <t>9786050843460</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Hikayeleri 2</t>
+          <t>Levent İz Peşinde 6: Kayıp Pul Bilmecesi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050826449</t>
+          <t>9786050843446</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Hikayeleri - 1</t>
+          <t>Levent İz Peşinde 6: Hazine Avcılarının İzinde</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9799752632782</t>
+          <t>9786050843484</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İki İnatçı Keçi</t>
+          <t>Levent İz Peşinde 6: Esrarengiz Adaya Yolculuk</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>2.78</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786050816938</t>
+          <t>9786050843491</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Boyayalım - Taşıtlar</t>
+          <t>Levent İz Peşinde 6: Çöp Kamyonunun Gizemi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9799752634526</t>
+          <t>9786050831511</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Öğreniyorum - Şirin Okulum</t>
+          <t>Barbaros Hayreddin Paşa - Kahraman Türk Denizcileri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>3</v>
+        <v>110</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9799752634533</t>
+          <t>9786050831696</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Öğreniyorum - Sayıyorum</t>
+          <t>Noktacık</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>2</v>
+        <v>65</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9799752634502</t>
+          <t>9786050830132</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Öğreniyorum - Renkler ve Şekiller</t>
+          <t>Levent Dünya Harikalarının Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>2</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789752637474</t>
+          <t>9786050827934</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları- 2 Set (10 Kitap)</t>
+          <t>Katil Kraliçelerin Savaşı - Arı Çocuk</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050826357</t>
+          <t>9786050826203</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları- 1 Set (10 Kitap)</t>
+          <t>Atasözleri Hikayeleri 2</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789752635692</t>
+          <t>9786050826449</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tarla Kuşunun Şarkısı</t>
+          <t>Atasözleri Hikayeleri - 1</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>4.54</v>
+        <v>100</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789753629614</t>
+          <t>9799752632782</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Aya Yolculuk</t>
+          <t>İki İnatçı Keçi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>35</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9799752632263</t>
+          <t>9786050816938</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Boyayalım - Taşıtlar</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050805963</t>
+          <t>9799752634526</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>100 Temel Eserden Seçmeler (27 Kitap)</t>
+          <t>Boyuyorum Öğreniyorum - Şirin Okulum</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>267.5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789752637290</t>
+          <t>9799752634533</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Masallar (10 Kitap Takım)</t>
+          <t>Boyuyorum Öğreniyorum - Sayıyorum</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>50</v>
+        <v>2</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789752636156</t>
+          <t>9799752634502</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler Etkinlik</t>
+          <t>Boyuyorum Öğreniyorum - Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1.85</v>
+        <v>2</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752636132</t>
+          <t>9789752637474</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Duyular Etkinlik</t>
+          <t>Dünya Masalları- 2 Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>1.85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752636149</t>
+          <t>9786050826357</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Gruplandırma Etkinlik</t>
+          <t>Dünya Masalları- 1 Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>1.85</v>
+        <v>330</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789752638723</t>
+          <t>9789752635692</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Ejderha</t>
+          <t>Tarla Kuşunun Şarkısı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>2.78</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789753628075</t>
+          <t>9789753629614</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Heidi (Çocuk Klasikleri)</t>
+          <t>Aya Yolculuk</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051146560</t>
+          <t>9799752632263</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Tanışıyorum - Boyama Zamanı (5 Kitap Takım)</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>152.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786050805024</t>
+          <t>9786050805963</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel</t>
+          <t>100 Temel Eserden Seçmeler (27 Kitap)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>30</v>
+        <v>267.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9799752632188</t>
+          <t>9789752637290</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hacivat ile Karagöz</t>
+          <t>Mevlana'dan Masallar (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789753628174</t>
+          <t>9789752636156</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Güliver Cüceler Ülkesinde</t>
+          <t>Mevsimler Etkinlik</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>30</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752630284</t>
+          <t>9789752636132</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Duyular Etkinlik</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>30</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752632806</t>
+          <t>9789752636149</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Gruplandırma Etkinlik</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>30</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789752632301</t>
+          <t>9789752638723</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Uykusu Kaçan Ejderha</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>30</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050807356</t>
+          <t>9789753628075</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Sincaplar</t>
+          <t>Heidi (Çocuk Klasikleri)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786050807325</t>
+          <t>9786051146560</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Dondurma Fuarı</t>
+          <t>Hayvanlarla Tanışıyorum - Boyama Zamanı (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>5</v>
+        <v>152.5</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786050807301</t>
+          <t>9786050805024</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Frenler</t>
+          <t>Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786050807189</t>
+          <t>9799752632188</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Afacan Fil Nerede?</t>
+          <t>Hacivat ile Karagöz</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786050807295</t>
+          <t>9789753628174</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Acil Durum Çufçufu</t>
+          <t>Güliver Cüceler Ülkesinde</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789753628839</t>
+          <t>9789752630284</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789752630307</t>
+          <t>9789752632806</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789752636231</t>
+          <t>9789752632301</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Çikolatalı Masallar (Ciltli)</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752630369</t>
+          <t>9786050807356</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bremen Çalgıcıları</t>
+          <t>Mutlu Sincaplar</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752635227</t>
+          <t>9786050807325</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Masal Sokağı- Bir Varmış Bir Yokmuş</t>
+          <t>Dondurma Fuarı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>90</v>
+        <v>5</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789752633773</t>
+          <t>9786050807301</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş Masal Parkı (Ciltli)</t>
+          <t>Çılgın Frenler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>120</v>
+        <v>5</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789753628884</t>
+          <t>9786050807189</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Afacan Fil Nerede?</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786050805062</t>
+          <t>9786050807295</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler</t>
+          <t>Acil Durum Çufçufu</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786050803105</t>
+          <t>9789753628839</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bilim Sandığı</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>3.7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789753628129</t>
+          <t>9789752630307</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Merkezine Yolculuk</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786050803099</t>
+          <t>9789752636231</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Masallar Seti (10 Kitap Takım Kutulu )</t>
+          <t>Çikolatalı Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>37.04</v>
+        <v>120</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789753628136</t>
+          <t>9789752630369</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında 20000 Fersah</t>
+          <t>Bremen Çalgıcıları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786050811711</t>
+          <t>9789752635227</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Umızoomı 1. Sınıf Matematik Seti</t>
+          <t>Masal Sokağı- Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9799752634458</t>
+          <t>9789752633773</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Tatil</t>
+          <t>Bir Varmış Bir Yokmuş Masal Parkı (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>1.86</v>
+        <v>120</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752632653</t>
+          <t>9789753628884</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kurt ile Köpek</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>2.8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050816365</t>
+          <t>9786050805062</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Elif'in Umre Günlüğü</t>
+          <t>Bilmeceler</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>7.87</v>
+        <v>30</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786050817935</t>
+          <t>9786050803105</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Şirin Belgrad Ormanı’nda</t>
+          <t>Bilim Sandığı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>150</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786050803136</t>
+          <t>9789753628129</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Zarif</t>
+          <t>Dünya’nın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>3.7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786050807424</t>
+          <t>9786050803099</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Şenliği</t>
+          <t>Eğlenceli Masallar Seti (10 Kitap Takım Kutulu )</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>5</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786050808391</t>
+          <t>9789753628136</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Oyun Parkında Matematik</t>
+          <t>Deniz Altında 20000 Fersah</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786050808384</t>
+          <t>9786050811711</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Lunaparkta Matematik</t>
+          <t>Umızoomı 1. Sınıf Matematik Seti</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>5</v>
+        <v>240</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786050807400</t>
+          <t>9799752634458</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Peşinde</t>
+          <t>Yaşasın Tatil</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>5</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786050808377</t>
+          <t>9789752632653</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Akvaryumda Matematik</t>
+          <t>Kurt ile Köpek</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>5</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752634428</t>
+          <t>9786050816365</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Uçmuş Uçan Masallar (Ciltli)</t>
+          <t>Elif'in Umre Günlüğü</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>42.5</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051144641</t>
+          <t>9786050817935</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Todiş’le Boyama Zamanı</t>
+          <t>Şirin Belgrad Ormanı’nda</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>3.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050805086</t>
+          <t>9786050803136</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Zürafa Zarif</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>30</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786050806373</t>
+          <t>9786050807424</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kitaplar Evi (26 Kitap)</t>
+          <t>Oyuncak Şenliği</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>520</v>
+        <v>5</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786050808452</t>
+          <t>9786050808391</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Umi Zoomi Etkinlik Seti (5 Kitap)</t>
+          <t>Oyun Parkında Matematik</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>19.45</v>
+        <v>5</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786050806380</t>
+          <t>9786050808384</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kitaplar Evi (24 Kitap)</t>
+          <t>Lunaparkta Matematik</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>360</v>
+        <v>5</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752630659</t>
+          <t>9786050807400</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Papağan</t>
+          <t>Dinozorların Peşinde</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786050804652</t>
+          <t>9786050808377</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Bisiklet</t>
+          <t>Akvaryumda Matematik</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>3.7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789752630321</t>
+          <t>9789752634428</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Prenses</t>
+          <t>Bir Varmış Bir Uçmuş Uçan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>40</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786050804638</t>
+          <t>9786051144641</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Korkuluk</t>
+          <t>Todiş’le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>3.7</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786050808407</t>
+          <t>9786050805086</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Akvaryumda Çöz - Çiz - Boya</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786050807363</t>
+          <t>9786050806373</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Umi Zoomi (5 Kitap Takım)</t>
+          <t>Şeker Kitaplar Evi (26 Kitap)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>25</v>
+        <v>520</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786050807394</t>
+          <t>9786050808452</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Festivali</t>
+          <t>Umi Zoomi Etkinlik Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>5</v>
+        <v>19.45</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786050807431</t>
+          <t>9786050806380</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Tren Macerası</t>
+          <t>Şeker Kitaplar Evi (24 Kitap)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>30</v>
+        <v>360</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786050807417</t>
+          <t>9789752630659</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Pikniğe Gidiyoruz</t>
+          <t>Şaşkın Papağan</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051144658</t>
+          <t>9786050804652</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Yumiş’le Boyama Zamanı</t>
+          <t>Sürpriz Bisiklet</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>3.5</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786050807387</t>
+          <t>9789752630321</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>3, 2, 1 Haydi Boyamaya</t>
+          <t>Uyuyan Prenses</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>5.4</v>
+        <v>40</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786050808414</t>
+          <t>9786050804638</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Parkta Çöz - Çiz - Boya</t>
+          <t>Utangaç Korkuluk</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>5</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789752638815</t>
+          <t>9786050808407</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bez Bebekten Masallar 1. Set (10 Kitap)</t>
+          <t>Akvaryumda Çöz - Çiz - Boya</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>27.78</v>
+        <v>5</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789752637320</t>
+          <t>9786050807363</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Bez Bebekten Masallar 2. Set (10 Kitap Takım)</t>
+          <t>Umi Zoomi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>27.78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786050818345</t>
+          <t>9786050807394</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Beş Duyumuz</t>
+          <t>Uçurtma Festivali</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>3.7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051145297</t>
+          <t>9786050807431</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Benim Tasarımlarım</t>
+          <t>Tren Macerası</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>3.24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051145150</t>
+          <t>9786050807417</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Benim Buluşlarım</t>
+          <t>Pikniğe Gidiyoruz</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>3.24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9799752634076</t>
+          <t>9786051144658</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Bal Pekmez Tuz</t>
+          <t>Yumiş’le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>2.78</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9799752632607</t>
+          <t>9786050807387</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ayı ile İki Arkadaş</t>
+          <t>3, 2, 1 Haydi Boyamaya</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>2.8</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752633056</t>
+          <t>9786050808414</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Tavşan</t>
+          <t>Parkta Çöz - Çiz - Boya</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789752632639</t>
+          <t>9789752638815</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Aslan ile Sivrisinek (El Yazılı)</t>
+          <t>Bez Bebekten Masallar 1. Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>2.8</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789752635678</t>
+          <t>9789752637320</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Armağan Kulesi</t>
+          <t>Bez Bebekten Masallar 2. Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>4.54</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051142616</t>
+          <t>9786050818345</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık (Ciltli)</t>
+          <t>Beş Duyumuz</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>13.43</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9799752630610</t>
+          <t>9786051145297</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Arı Maya</t>
+          <t>Benim Tasarımlarım</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>30</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752637481</t>
+          <t>9786051145150</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Anne Sen Melek Misin?</t>
+          <t>Benim Buluşlarım</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>7.88</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789752638693</t>
+          <t>9799752634076</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Altın Kuş</t>
+          <t>Bal Pekmez Tuz</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786051142302</t>
+          <t>9799752632607</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Altın Balık</t>
+          <t>Ayı ile İki Arkadaş</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>7.41</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786051143774</t>
+          <t>9789752633056</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Alper - Oyuncakların Hepsi Benim Olamaz mı?</t>
+          <t>Aslan ile Tavşan</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>90</v>
+        <v>4</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786051143736</t>
+          <t>9789752632639</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Alper - Her Zaman Kazanmak İstiyorum</t>
+          <t>Aslan ile Sivrisinek (El Yazılı)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>90</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789752638556</t>
+          <t>9789752635678</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Ağaçtan Öte Yol Var</t>
+          <t>Armağan Kulesi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>2.78</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752638419</t>
+          <t>9786051142616</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>101 Dalmaçyalı</t>
+          <t>Arkadaşlık (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>30</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051143743</t>
+          <t>9799752630610</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Alper - Babam Kadar Güçlü müyüm?</t>
+          <t>Arı Maya</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786051146737</t>
+          <t>9789752637481</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Andersen ile Pır Pır</t>
+          <t>Anne Sen Melek Misin?</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>4.54</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789752637269</t>
+          <t>9789752638693</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları (10 Kitap Takım)</t>
+          <t>Altın Kuş</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>28</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786050829426</t>
+          <t>9786051142302</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Bibliyo Fil (Ciltli)</t>
+          <t>Altın Balık</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>85</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752636071</t>
+          <t>9786051143774</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ömer Parkta Zaman Kavramını Öğreniyor</t>
+          <t>Alper - Oyuncakların Hepsi Benim Olamaz mı?</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>1.85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786050826852</t>
+          <t>9786051143736</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Durduran Kız - Bitli Evin Kahramanı</t>
+          <t>Alper - Her Zaman Kazanmak İstiyorum</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786050826906</t>
+          <t>9789752638556</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Durduran Kız - Kayıp Kedilere Ne Oldu</t>
+          <t>Ağaçtan Öte Yol Var</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>75</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786050826845</t>
+          <t>9789752638419</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Durduran Kız - Set</t>
+          <t>101 Dalmaçyalı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786050826111</t>
+          <t>9786051143743</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Baldan Tatlı Öyküler</t>
+          <t>Alper - Babam Kadar Güçlü müyüm?</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>16.5</v>
+        <v>90</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786050829211</t>
+          <t>9786051146737</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - Ne Filmler Dönüyor? (Ciltli)</t>
+          <t>Andersen ile Pır Pır</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>95</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786050828009</t>
+          <t>9789752637269</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Bana Masal Anlatma (Ciltli)</t>
+          <t>Andersen Masalları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>75</v>
+        <v>28</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786050827019</t>
+          <t>9786050829426</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balık</t>
+          <t>Bibliyo Fil (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>20</v>
+        <v>85</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786050829174</t>
+          <t>9789752636071</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Ali’nin Seccadesi</t>
+          <t>Ömer Parkta Zaman Kavramını Öğreniyor</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>20</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786050826395</t>
+          <t>9786050826852</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kayıp Elmas (Ciltli)</t>
+          <t>Dünyayı Durduran Kız - Bitli Evin Kahramanı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>39.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786050826364</t>
+          <t>9786050826906</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Can Avar - Gizemli Karanlık Sinema (Ciltli)</t>
+          <t>Dünyayı Durduran Kız - Kayıp Kedilere Ne Oldu</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786050828405</t>
+          <t>9786050826845</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Halter Kulübelisi - Olimpiyat Çıkmazı (5 Kitap Set)</t>
+          <t>Dünyayı Durduran Kız - Set</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786050828399</t>
+          <t>9786050826111</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Spor Kulübelisi - Olimpiyat Çıkmazı</t>
+          <t>Baldan Tatlı Öyküler</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>50</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786050828382</t>
+          <t>9786050829211</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Halter Geliyor - Olimpiyat Çıkmazı</t>
+          <t>Patlak Zeka Cemcan - Ne Filmler Dönüyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786050825473</t>
+          <t>9786050828009</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan (4 Kitap Set) (Ciltli)</t>
+          <t>Şirin - Bana Masal Anlatma (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>270</v>
+        <v>75</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786050824780</t>
+          <t>9786050827019</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Uçuk Kaçık Maceralar - Bitirim İkili Baltagirmez Ormanı'nda (Ciltli)</t>
+          <t>Uçan Balık</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786050829952</t>
+          <t>9786050829174</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Marsa İki Bilet - İkizler Çetesi (Ciltli)</t>
+          <t>Ali’nin Seccadesi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>175</v>
+        <v>20</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786050828863</t>
+          <t>9786050826395</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Dünyanın Sırrı - Süper Kahraman</t>
+          <t>Sherlock Holmes - Kayıp Elmas (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>75</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786050825589</t>
+          <t>9786050826364</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Masal ile Rüzgar - İkizler Çetesi</t>
+          <t>Can Avar - Gizemli Karanlık Sinema (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789752632684</t>
+          <t>9786050828405</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Memleket Şiirleri Antolojisi</t>
+          <t>Güçlü Halter Kulübelisi - Olimpiyat Çıkmazı (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786050826999</t>
+          <t>9786050828399</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Baldan Tatlı Öyküler 2</t>
+          <t>Spor Kulübelisi - Olimpiyat Çıkmazı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>16.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786050825671</t>
+          <t>9786050828382</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Rüya Takımı (Ciltli)</t>
+          <t>Güçlü Halter Geliyor - Olimpiyat Çıkmazı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>135</v>
+        <v>50</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786050826333</t>
+          <t>9786050825473</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Ponpon Kediye Ne Oldu (Ciltli)</t>
+          <t>Patlak Zeka Cemcan (4 Kitap Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786050823981</t>
+          <t>9786050824780</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Üç Kedicik ile Bir Ejderha</t>
+          <t>Uçuk Kaçık Maceralar - Bitirim İkili Baltagirmez Ormanı'nda (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786050822823</t>
+          <t>9786050829952</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salsal – Kedi Zeytun’a Ne Oldu?</t>
+          <t>Marsa İki Bilet - İkizler Çetesi (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>6</v>
+        <v>175</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786050822830</t>
+          <t>9786050828863</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salsal – Pırpır Gölge Kim?</t>
+          <t>Görünmez Dünyanın Sırrı - Süper Kahraman</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>6</v>
+        <v>75</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786050823899</t>
+          <t>9786050825589</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salsal – Eyvah Kardeşim Kayboldu!</t>
+          <t>Masal ile Rüzgar - İkizler Çetesi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>6</v>
+        <v>85</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786050822847</t>
+          <t>9789752632684</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salsal - Kahvaltını Paylaşır Mısın ?</t>
+          <t>Memleket Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>6</v>
+        <v>65</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9799753629620</t>
+          <t>9786050826999</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Baldan Tatlı Öyküler 2</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>4.63</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786050822854</t>
+          <t>9786050825671</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salsal - Merhaba Yeni Arkadaşım</t>
+          <t>Rüya Takımı (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>6</v>
+        <v>135</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786050824018</t>
+          <t>9786050826333</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Levent Kaçış Uzmanı</t>
+          <t>Ponpon Kediye Ne Oldu (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786050822014</t>
+          <t>9786050823981</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salsal - En Güzel Hediye Hangisi?</t>
+          <t>Üç Kedicik ile Bir Ejderha</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786050822021</t>
+          <t>9786050822823</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salsal - Oynayacak Bir Yer Yok Mu?</t>
+          <t>Salyangoz Salsal – Kedi Zeytun’a Ne Oldu?</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786050822007</t>
+          <t>9786050822830</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salsal - Nasıl Yardım Edebiliriz?</t>
+          <t>Salyangoz Salsal – Pırpır Gölge Kim?</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786050821994</t>
+          <t>9786050823899</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salsal - En Çok Kimi Seviyor?</t>
+          <t>Salyangoz Salsal – Eyvah Kardeşim Kayboldu!</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786050821987</t>
+          <t>9786050822847</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salsal - Aceleci Örümcek</t>
+          <t>Salyangoz Salsal - Kahvaltını Paylaşır Mısın ?</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786050821970</t>
+          <t>9799753629620</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salsal Seti (5 Kitap Takım)</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>30</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786050821345</t>
+          <t>9786050822854</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Popüler Fen - Ses ve Işık</t>
+          <t>Salyangoz Salsal - Merhaba Yeni Arkadaşım</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>100</v>
+        <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786050827040</t>
+          <t>9786050824018</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Bitirim İkili Afrika Kıtası'nda - Uçuk Kaçık Maceralar 3 (Ciltli)</t>
+          <t>Levent Kaçış Uzmanı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786050821307</t>
+          <t>9786050822014</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Özverili Davranıyorum - Fedakarlık - Erdemler Serisi 2</t>
+          <t>Salyangoz Salsal - En Güzel Hediye Hangisi?</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>125</v>
+        <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786050821284</t>
+          <t>9786050822021</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Nazik Oluyorum - Nezaket - Erdemler Serisi 2</t>
+          <t>Salyangoz Salsal - Oynayacak Bir Yer Yok Mu?</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>125</v>
+        <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786050821260</t>
+          <t>9786050822007</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Selam Veriyorum - Selamlaşmak - Erdemler Serisi 2</t>
+          <t>Salyangoz Salsal - Nasıl Yardım Edebiliriz?</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>125</v>
+        <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786050825787</t>
+          <t>9786050821994</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Gece Gelir (Ciltli)</t>
+          <t>Salyangoz Salsal - En Çok Kimi Seviyor?</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>85</v>
+        <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786050825619</t>
+          <t>9786050821987</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Uçuk Kaçık Maceralar - Bitirim İkili Güney Kutbunda (Ciltli)</t>
+          <t>Salyangoz Salsal - Aceleci Örümcek</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>75</v>
+        <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786050823462</t>
+          <t>9786050821970</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Miniko - Gökkuşağının Peşinde</t>
+          <t>Salyangoz Salsal Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786050824100</t>
+          <t>9786050821345</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Şefik - Padişahım Çok Yaşa!</t>
+          <t>Popüler Fen - Ses ve Işık</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786050824063</t>
+          <t>9786050827040</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Şefik - Şerbet Tadında Mevlit</t>
+          <t>Bitirim İkili Afrika Kıtası'nda - Uçuk Kaçık Maceralar 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>24</v>
+        <v>75</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786050824056</t>
+          <t>9786050821307</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Şefik - En Çok Kimi Seviyorum?</t>
+          <t>Özverili Davranıyorum - Fedakarlık - Erdemler Serisi 2</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>20</v>
+        <v>125</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786050824353</t>
+          <t>9786050821284</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen ve Uçan Kaplumbağa</t>
+          <t>Nazik Oluyorum - Nezaket - Erdemler Serisi 2</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786050824087</t>
+          <t>9786050821260</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Şefik - Kim Korkar Okuldan!</t>
+          <t>Selam Veriyorum - Selamlaşmak - Erdemler Serisi 2</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>20</v>
+        <v>125</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786050824070</t>
+          <t>9786050825787</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Şefik - Cuma Bayramı</t>
+          <t>Canavarlar Gece Gelir (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>20</v>
+        <v>85</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786050824094</t>
+          <t>9786050825619</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Şefik (5 Kitap Set)</t>
+          <t>Uçuk Kaçık Maceralar - Bitirim İkili Güney Kutbunda (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789752632572</t>
+          <t>9786050823462</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Hazineler Sultanı</t>
+          <t>Miniko - Gökkuşağının Peşinde</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>2.15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786050826869</t>
+          <t>9786050824100</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Benim Evim Nerede? (Ciltli)</t>
+          <t>Şefik - Padişahım Çok Yaşa!</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>165</v>
+        <v>20</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786050823936</t>
+          <t>9786050824063</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Levent Dinamit Bükücü</t>
+          <t>Şefik - Şerbet Tadında Mevlit</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>24</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786050826883</t>
+          <t>9786050824056</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan 5 - İnternette Başım Dertte (Ciltli)</t>
+          <t>Şefik - En Çok Kimi Seviyorum?</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>95</v>
+        <v>20</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786050818772</t>
+          <t>9786050824353</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Bi' Dünya Arkadaşım Var</t>
+          <t>Hezarfen ve Uçan Kaplumbağa</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>23.15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786050814293</t>
+          <t>9786050824087</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Yürüyoruz</t>
+          <t>Şefik - Kim Korkar Okuldan!</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786050814316</t>
+          <t>9786050824070</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Yetişiyoruz</t>
+          <t>Şefik - Cuma Bayramı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786050814323</t>
+          <t>9786050824094</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Yarışıyoruz</t>
+          <t>Şefik (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786050814330</t>
+          <t>9789752632572</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Uçuyoruz</t>
+          <t>Hazineler Sultanı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>25</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786050812664</t>
+          <t>9786050826869</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kalem Penna ve Arkadaşları - Parlak Işıklar Altında</t>
+          <t>Benim Evim Nerede? (Ciltli)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>95</v>
+        <v>165</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786050812541</t>
+          <t>9786050823936</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kip ile Türkçe 2 - Tarifsiz Bir Alışveriş</t>
+          <t>Levent Dinamit Bükücü</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786050812077</t>
+          <t>9786050826883</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Deneyler</t>
+          <t>Patlak Zeka Cemcan 5 - İnternette Başım Dertte (Ciltli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>10</v>
+        <v>95</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786050812046</t>
+          <t>9786050818772</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Çarpıcı Deneyler</t>
+          <t>Bi' Dünya Arkadaşım Var</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>10</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786050812060</t>
+          <t>9786050814293</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtıcı Deneyler</t>
+          <t>Nasreddin Hoca ile Yürüyoruz</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786050812053</t>
+          <t>9786050814316</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Çok Havalı Deneyler</t>
+          <t>Nasreddin Hoca ile Yetişiyoruz</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789753628860</t>
+          <t>9786050814323</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Nasreddin Hoca ile Yarışıyoruz</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786050804645</t>
+          <t>9786050814330</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Sincap Kıtırdak</t>
+          <t>Nasreddin Hoca ile Uçuyoruz</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>3.7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752636354</t>
+          <t>9786050812664</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sinbad</t>
+          <t>Çılgın Kalem Penna ve Arkadaşları - Parlak Işıklar Altında</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>40</v>
+        <v>95</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789753628099</t>
+          <t>9786050812541</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Turu</t>
+          <t>Profesör Kip ile Türkçe 2 - Tarifsiz Bir Alışveriş</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786050805048</t>
+          <t>9786050812077</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Öyküler</t>
+          <t>İz Bırakan Deneyler</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789753628112</t>
+          <t>9786050812046</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Çarpıcı Deneyler</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789752636330</t>
+          <t>9786050812060</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel</t>
+          <t>Şaşırtıcı Deneyler</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789753628105</t>
+          <t>9786050812053</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Polyanna</t>
+          <t>Çok Havalı Deneyler</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789753628853</t>
+          <t>9789753628860</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789752636439</t>
+          <t>9786050804645</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Sincap Kıtırdak</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>30</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789752632820</t>
+          <t>9789752636354</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Sinbad</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786051144634</t>
+          <t>9789753628099</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Patiş’le Boyama Zamanı</t>
+          <t>Seksen Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>3.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752630697</t>
+          <t>9786050805048</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk</t>
+          <t>Safahat’tan Öyküler</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789752636385</t>
+          <t>9789753628112</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789752630680</t>
+          <t>9789752636330</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789752630376</t>
+          <t>9789753628105</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Polyanna</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789752636415</t>
+          <t>9789753628853</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786050803129</t>
+          <t>9789752636439</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Yarış</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>3.7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051148618</t>
+          <t>9789752632820</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789752632400</t>
+          <t>9786051144634</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Patiş’le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>30</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786050804621</t>
+          <t>9789752630697</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Minik Damlacık</t>
+          <t>Parmak Çocuk</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>3.7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789752633148</t>
+          <t>9789752636385</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Masallar</t>
+          <t>Parmak Çocuk</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789753628891</t>
+          <t>9789752630680</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine Masalları</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789752630345</t>
+          <t>9789752630376</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kül Kedisi Sindirella</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789753628082</t>
+          <t>9789752636415</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenses</t>
+          <t>Orman Çocuğu</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789752630314</t>
+          <t>9786050803129</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kurt ile Yedi Keçi Yavrusu</t>
+          <t>Neşeli Yarış</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>30</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789752630338</t>
+          <t>9786051148618</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789752632813</t>
+          <t>9789752632400</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C425" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786050804614</t>
+          <t>9786050804621</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İyi Kalpli Elma</t>
+          <t>Minik Damlacık</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>3.7</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786050803112</t>
+          <t>9789752633148</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Karınca Takımı</t>
+          <t>Mevlana’dan Masallar</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>3.7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789752630642</t>
+          <t>9789753628891</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi</t>
+          <t>La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051140063</t>
+          <t>9789752630345</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Benim Tatlı Tariflerim</t>
+          <t>Kül Kedisi Sindirella</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>5.56</v>
+        <v>30</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786051140971</t>
+          <t>9789753628082</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Becerikli Ellerim (Ciltli)</t>
+          <t>Küçük Prenses</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786050806717</t>
+          <t>9789752630314</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Fotoğraflarla Süper Deneyler Kitabım</t>
+          <t>Kurt ile Yedi Keçi Yavrusu</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>11.57</v>
+        <v>30</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786051145143</t>
+          <t>9789752630338</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım 365 Etkinlik (Ciltli)</t>
+          <t>Kurbağa Prens</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>37.04</v>
+        <v>30</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051145020</t>
+          <t>9789752632813</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>365 Kıpır Kıpır Oyun (Ciltli)</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>395</v>
+        <v>30</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786050818574</t>
+          <t>9786050804614</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Su Altı Dünyası</t>
+          <t>İyi Kalpli Elma</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>3.7</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786050818468</t>
+          <t>9786050803112</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Solunum Sistemi</t>
+          <t>Karınca Takımı</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>3.7</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789752634701</t>
+          <t>9789752630642</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sinir Sistemi ve Beyin</t>
+          <t>Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>3.7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786050818444</t>
+          <t>9786051140063</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sindirim Sistemi</t>
+          <t>Benim Tatlı Tariflerim</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>30</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786050808049</t>
+          <t>9786051140971</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Saygı Göstermek Ne Güzel</t>
+          <t>Becerikli Ellerim (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786050818437</t>
+          <t>9786050806717</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Savunma Sistemi</t>
+          <t>Adım Adım Fotoğraflarla Süper Deneyler Kitabım</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>30</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789752633360</t>
+          <t>9786051145143</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sarı Vosvos’un Karın Ağrısı</t>
+          <t>Adım Adım 365 Etkinlik (Ciltli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>75</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9799752634052</t>
+          <t>9786051145020</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Sabırcık Sultan</t>
+          <t>365 Kıpır Kıpır Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>2.78</v>
+        <v>395</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789752636064</t>
+          <t>9786050818574</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Etkinlik</t>
+          <t>Su Altı Dünyası</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>1.85</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786051140735</t>
+          <t>9786050818468</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Topacım (El yazılı)</t>
+          <t>Solunum Sistemi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>1.39</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786050807257</t>
+          <t>9789752634701</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Çufçuflarım</t>
+          <t>Sinir Sistemi ve Beyin</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>2.78</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9799752632881</t>
+          <t>9786050818444</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Bezelye Tanesi</t>
+          <t>Sindirim Sistemi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>2.8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786050817973</t>
+          <t>9786050808049</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Hayvanlar Dizisi (5 Kitap Takım)</t>
+          <t>Saygı Göstermek Ne Güzel</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>18.52</v>
+        <v>100</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786050817966</t>
+          <t>9786050818437</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Evren Dizisi (5 Kitap Takım)</t>
+          <t>Savunma Sistemi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786050817959</t>
+          <t>9789752633360</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Coğrafya Dizisi (5 Kitap Takım)</t>
+          <t>Sarı Vosvos’un Karın Ağrısı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>27.78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051142852</t>
+          <t>9799752634052</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Yaşasın Banyo Zamanı</t>
+          <t>Sabırcık Sultan</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>27.5</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051142845</t>
+          <t>9789752636064</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Uyku Beni Çağırıyor</t>
+          <t>Renkler - Etkinlik</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>27.5</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051142821</t>
+          <t>9786051140735</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Dişlerim Pırıl Pırıl (Ciltli)</t>
+          <t>Rengarenk Topacım (El yazılı)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>27.5</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789752632998</t>
+          <t>9786050807257</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Perde Ardındaki Resim</t>
+          <t>Rengarenk Çufçuflarım</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>4</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051142593</t>
+          <t>9799752632881</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kitabım</t>
+          <t>Prenses ve Bezelye Tanesi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>15.28</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789752632936</t>
+          <t>9786050817973</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Parmak Kız</t>
+          <t>Popüler Bilim Hayvanlar Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>2.8</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789752632905</t>
+          <t>9786050817966</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Papatya ile Tarla Kuşu</t>
+          <t>Popüler Bilim Evren Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>2.8</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789752638600</t>
+          <t>9786050817959</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Papağan ve Hindi</t>
+          <t>Popüler Bilim Coğrafya Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>2.78</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789752638402</t>
+          <t>9786051142852</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Pofi - Yaşasın Banyo Zamanı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>30</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789752638730</t>
+          <t>9786051142845</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Padişah Kızıyla Kaz Çobanı</t>
+          <t>Pofi - Uyku Beni Çağırıyor</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>2.78</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786050808018</t>
+          <t>9786051142821</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Önem Vermek Ne Güzel</t>
+          <t>Pofi - Dişlerim Pırıl Pırıl (Ciltli)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>100</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051143309</t>
+          <t>9789752632998</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Nelere Hayır Demeliyiz? (5 Kitap Takım)</t>
+          <t>Perde Ardındaki Resim</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>23.15</v>
+        <v>4</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789752638648</t>
+          <t>9786051142593</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları(10 Kitap Takım)</t>
+          <t>Sevgili Kitabım</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>27.78</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051140711</t>
+          <t>9789752632936</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Minik Gelincik (El Yazılı)</t>
+          <t>Parmak Kız</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>1.39</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051142838</t>
+          <t>9789752632905</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Pofi - Yemeklerimin Hepsini Bitirdim</t>
+          <t>Papatya ile Tarla Kuşu</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>27.5</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786050803938</t>
+          <t>9789752638600</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Minicik Kitaplarım (12 Kitap Set)</t>
+          <t>Papağan ve Hindi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>96</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786050818567</t>
+          <t>9789752638402</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Mikro Canlılar Dünyası</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>3.7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789752638365</t>
+          <t>9789752638730</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>On Beş Yaşında Bir Kaptan</t>
+          <t>Padişah Kızıyla Kaz Çobanı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>30</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786051146706</t>
+          <t>9786050808018</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ile Seve Seve</t>
+          <t>Önem Vermek Ne Güzel</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>4.54</v>
+        <v>100</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9799752632621</t>
+          <t>9786051143309</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Meşe İle Saz</t>
+          <t>Nelere Hayır Demeliyiz? (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>2.8</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9799752632447</t>
+          <t>9789752638648</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Hikayeler</t>
+          <t>Nasreddin Hoca Fıkraları(10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>12.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>3990000090879</t>
+          <t>9786051140711</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Memleket Şiirleri Antolojisi</t>
+          <t>Minik Gelincik (El Yazılı)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>5.56</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9799752632645</t>
+          <t>9786051142838</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Maymun ile Balıkçılar</t>
+          <t>Pofi - Yemeklerimin Hepsini Bitirdim</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>2.8</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9799752634366</t>
+          <t>9786050803938</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kanatlı Bir Kuş</t>
+          <t>Minicik Kitaplarım (12 Kitap Set)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>8.8</v>
+        <v>96</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786050808650</t>
+          <t>9786050818567</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegenim (Set 2)</t>
+          <t>Mikro Canlılar Dünyası</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>27.78</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786050804829</t>
+          <t>9789752638365</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegenim (5 Kitap Set)</t>
+          <t>On Beş Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>27.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786050804867</t>
+          <t>9786051146706</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegenim - Profesör Pi ile Zaman Ölçüleri</t>
+          <t>Mevlana ile Seve Seve</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>5.56</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786050804874</t>
+          <t>9799752632621</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegenim - Profesör Pi ile Uzunluk Ölçüleri</t>
+          <t>Meşe İle Saz</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>5.56</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786050804836</t>
+          <t>9799752632447</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegenim - Profesör Pi ile Toplama - Çıkarma</t>
+          <t>Mesnevi’den Hikayeler</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>5.56</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786050804843</t>
+          <t>3990000090879</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegenim - Profesör Pi ile Çarpma</t>
+          <t>Memleket Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C478" s="1">
         <v>5.56</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786050804850</t>
+          <t>9799752632645</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegenim - Profesör Pi ile Bölme</t>
+          <t>Maymun ile Balıkçılar</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>5.56</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786051149677</t>
+          <t>9799752634366</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Değer Eğitimi (3 Kitap)</t>
+          <t>Mavi Kanatlı Bir Kuş</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>18.16</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789752636705</t>
+          <t>9786050808650</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Masal Salıncağı</t>
+          <t>Matematik Gezegenim (Set 2)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>6.49</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786051140827</t>
+          <t>9786050804829</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Leylek Leylek Nerede?</t>
+          <t>Matematik Gezegenim (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>50</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786051140728</t>
+          <t>9786050804867</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Leylek Leylek Nerede (El Yazılı)</t>
+          <t>Matematik Gezegenim - Profesör Pi ile Zaman Ölçüleri</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>1.39</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786050801118</t>
+          <t>9786050804874</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Yeni Bisikleti</t>
+          <t>Matematik Gezegenim - Profesör Pi ile Uzunluk Ölçüleri</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>30</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786050801125</t>
+          <t>9786050804836</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Sevimli Kuzu</t>
+          <t>Matematik Gezegenim - Profesör Pi ile Toplama - Çıkarma</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>30</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786050801811</t>
+          <t>9786050804843</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Sayılar</t>
+          <t>Matematik Gezegenim - Profesör Pi ile Çarpma</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>7.32</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786050801132</t>
+          <t>9786050804850</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Oyuncaklar</t>
+          <t>Matematik Gezegenim - Profesör Pi ile Bölme</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>1</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786050802610</t>
+          <t>9786051149677</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Korkuluk</t>
+          <t>Masallarla Değer Eğitimi (3 Kitap)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>30</v>
+        <v>18.16</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786050802658</t>
+          <t>9789752636705</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Kediler</t>
+          <t>Masal Salıncağı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>1</v>
+        <v>6.49</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786050801156</t>
+          <t>9786051140827</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Kardan Adam</t>
+          <t>Leylek Leylek Nerede?</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786050802672</t>
+          <t>9786051140728</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Hastalık</t>
+          <t>Leylek Leylek Nerede (El Yazılı)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>30</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786050802627</t>
+          <t>9786050801118</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Düşen Dişi</t>
+          <t>Levent ve Yeni Bisikleti</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786050801149</t>
+          <t>9786050801125</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Ayıcık</t>
+          <t>Levent ve Sevimli Kuzu</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786050802689</t>
+          <t>9786050801811</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Arkadaşları</t>
+          <t>Levent ve Sayılar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>30</v>
+        <v>7.32</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786050802634</t>
+          <t>9786050801132</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Akıllı Robot</t>
+          <t>Levent ve Oyuncaklar</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786050802696</t>
+          <t>9786050802610</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Levent Top Oynuyor</t>
+          <t>Levent ve Korkuluk</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786050802665</t>
+          <t>9786050802658</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Levent Sürpriz Yapıyor</t>
+          <t>Levent ve Kediler</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786050802603</t>
+          <t>9786050801156</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Levent Resim Yapıyor</t>
+          <t>Levent ve Kardan Adam</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786050802597</t>
+          <t>9786050802672</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Levent Minicik Set: 2 (10 Kitap)</t>
+          <t>Levent ve Hastalık</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786050802641</t>
+          <t>9786050802627</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Levent Bayram Ziyaretinde</t>
+          <t>Levent ve Düşen Dişi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789752638396</t>
+          <t>9786050801149</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Lassie</t>
+          <t>Levent ve Ayıcık</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789752637252</t>
+          <t>9786050802689</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>La Fonten Masalları (10 Kitap, El Yazılı)</t>
+          <t>Levent ve Arkadaşları</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786051146720</t>
+          <t>9786050802634</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>La Fonten ile Cır Cır</t>
+          <t>Levent ve Akıllı Robot</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>4.54</v>
+        <v>30</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789752638389</t>
+          <t>9786050802696</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lord</t>
+          <t>Levent Top Oynuyor</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789752637733</t>
+          <t>9786050802665</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurbağa</t>
+          <t>Levent Sürpriz Yapıyor</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>9.17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9799752632874</t>
+          <t>9786050802603</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kralın Yeni Elbiseleri</t>
+          <t>Levent Resim Yapıyor</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>2.8</v>
+        <v>35</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789752638372</t>
+          <t>9786050802597</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Çocuk</t>
+          <t>Levent Minicik Set: 2 (10 Kitap)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9799752632850</t>
+          <t>9786050802641</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kibritçi Kız</t>
+          <t>Levent Bayram Ziyaretinde</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>2.8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9799752633413</t>
+          <t>9789752638396</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Kibarlıktan Anlayan Dev</t>
+          <t>Lassie</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051140865</t>
+          <t>9789752637252</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kanatlı Kuş</t>
+          <t>La Fonten Masalları (10 Kitap, El Yazılı)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789752632899</t>
+          <t>9786051146720</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>La Fonten ile Cır Cır</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>2.8</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9799752634090</t>
+          <t>9789752638389</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi</t>
+          <t>Küçük Lord</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>2.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786050818550</t>
+          <t>9789752637733</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kara Hayvanları</t>
+          <t>Küçük Kurbağa</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>3.7</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789752632929</t>
+          <t>9799752632874</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kara Buğday</t>
+          <t>Kralın Yeni Elbiseleri</t>
         </is>
       </c>
       <c r="C514" s="1">
         <v>2.8</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786050818420</t>
+          <t>9789752638372</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Kalp</t>
+          <t>Kimsesiz Çocuk</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786051140797</t>
+          <t>9799752632850</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kalemimi Kaybettim (El Yazılı)</t>
+          <t>Kibritçi Kız</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>1.39</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786050807899</t>
+          <t>9799752633413</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar: Minik Dostum</t>
+          <t>Kibarlıktan Anlayan Dev</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786050807912</t>
+          <t>9786051140865</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar: Acil Durum Çufçufu</t>
+          <t>Kırmızı Kanatlı Kuş</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786050807905</t>
+          <t>9789752632899</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar: Çufçuf Banyosu</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>5</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786050807929</t>
+          <t>9799752634090</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar: Çılgın Frenler</t>
+          <t>Kara Kedi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>5</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786050807936</t>
+          <t>9786050818550</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar: Büyük Yarış</t>
+          <t>Kara Hayvanları</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>5</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786050807943</t>
+          <t>9789752632929</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar: Dondurma Fuarı</t>
+          <t>Kara Buğday</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>5</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786050807967</t>
+          <t>9786050818420</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar: Şaşkın Çufçuf</t>
+          <t>Kan ve Kalp</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786050807974</t>
+          <t>9786051140797</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar: Mutlu Sincaplar</t>
+          <t>Kalemimi Kaybettim (El Yazılı)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>5</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786050807950</t>
+          <t>9786050807899</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar: Çufçuflar Keşifte</t>
+          <t>Çufçuflar: Minik Dostum</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786050807882</t>
+          <t>9786050807912</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar - Afacan Fil Nerede?</t>
+          <t>Çufçuflar: Acil Durum Çufçufu</t>
         </is>
       </c>
       <c r="C526" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9799752632539</t>
+          <t>9786050807905</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Talihsiz Şehzade</t>
+          <t>Çufçuflar: Çufçuf Banyosu</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>2.32</v>
+        <v>5</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789752638761</t>
+          <t>9786050807929</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Kediler Sarayı</t>
+          <t>Çufçuflar: Çılgın Frenler</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>2.78</v>
+        <v>5</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789752638617</t>
+          <t>9786050807936</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kazan Doğurdu</t>
+          <t>Çufçuflar: Büyük Yarış</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>2.78</v>
+        <v>5</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9799752632942</t>
+          <t>9786050807943</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi</t>
+          <t>Çufçuflar: Dondurma Fuarı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>2.8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786050801101</t>
+          <t>9786050807967</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Levent Minicik (5 Kitap Set)</t>
+          <t>Çufçuflar: Şaşkın Çufçuf</t>
         </is>
       </c>
       <c r="C531" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789752636323</t>
+          <t>9786050807974</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Bambi</t>
+          <t>Çufçuflar: Mutlu Sincaplar</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>40</v>
+        <v>5</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789753628068</t>
+          <t>9786050807950</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>Çufçuflar: Çufçuflar Keşifte</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789753628877</t>
+          <t>9786050807882</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Yolculuk</t>
+          <t>Çufçuflar - Afacan Fil Nerede?</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789752636378</t>
+          <t>9799752632539</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Arı Maya</t>
+          <t>Keloğlan ile Talihsiz Şehzade</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>15</v>
+        <v>2.32</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786050805031</t>
+          <t>9789752638761</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları</t>
+          <t>Kediler Sarayı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>30</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789753628167</t>
+          <t>9789752638617</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>Kazan Doğurdu</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>30</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789752630635</t>
+          <t>9799752632942</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası</t>
+          <t>Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>30</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786050803143</t>
+          <t>9786050801101</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Afacan Kuzucuklar</t>
+          <t>Levent Minicik (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>3.7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789752630628</t>
+          <t>9789752636323</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ve Kırk Haramiler</t>
+          <t>Bambi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9799753629590</t>
+          <t>9789753628068</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Wilhelm Tell</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789753629621</t>
+          <t>9789753628877</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Ay’a Yolculuk</t>
         </is>
       </c>
       <c r="C542" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789752632462</t>
+          <t>9789752636378</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Arı Maya</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9799752632140</t>
+          <t>9786050805031</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Anadolu Masalları</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9799752632270</t>
+          <t>9789753628167</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri (6. 7. 8. Sınıf)</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>2.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789753628266</t>
+          <t>9789752630635</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Alaaddin’in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789753627788</t>
+          <t>9786050803143</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Heidi (Dünya Klasikleri)</t>
+          <t>Afacan Kuzucuklar</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>65</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9799752631976</t>
+          <t>9789752630628</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Ali Baba ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>65</v>
+        <v>30</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786050822861</t>
+          <t>9799753629590</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Salsa l- 2 Set (5 Kitap)</t>
+          <t>Wilhelm Tell</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786050816464</t>
+          <t>9789753629621</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Bedirhan'ın Okuma Merakı 10 - İlk Okuma Kitaplarım</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>1.39</v>
+        <v>30</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786050823479</t>
+          <t>9789752632462</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Rüya Postacısı (Ciltli)</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9799752634083</t>
+          <t>9799752632140</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kız</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>2.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786050824834</t>
+          <t>9799752632270</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Matrakçı Nasuh ve Hayal Bulutları</t>
+          <t>Tiryaki Sözleri (6. 7. 8. Sınıf)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>75</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786050824865</t>
+          <t>9789753628266</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Harizmi ve Uçmaktan Korkan Tırtıl</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>75</v>
+        <v>35</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786050824766</t>
+          <t>9789753627788</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - Erkenlik Operasyonu (Ciltli)</t>
+          <t>Heidi (Dünya Klasikleri)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>175</v>
+        <v>65</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786050823950</t>
+          <t>9799752631976</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Pofuduk Masallar Pof Pof</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C556" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786050823929</t>
+          <t>9786050822861</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan 3</t>
+          <t>Salyangoz Salsa l- 2 Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>85</v>
+        <v>30</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789752632592</t>
+          <t>9786050816464</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Güneş ile Rüzgar (El Yazılı)</t>
+          <t>Bedirhan'ın Okuma Merakı 10 - İlk Okuma Kitaplarım</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>2.8</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786050816457</t>
+          <t>9786050823479</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Bedirhan Balıkların Köyünde 8</t>
+          <t>Rüya Postacısı (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>1.39</v>
+        <v>75</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786050816471</t>
+          <t>9799752634083</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Bedirhan İtfaiye Eri 3 - İlk Okuma Kitaplarım</t>
+          <t>Akıllı Kız</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>1.39</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9799752632720</t>
+          <t>9786050824834</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ile Kaplumbağa</t>
+          <t>Matrakçı Nasuh ve Hayal Bulutları</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>2.8</v>
+        <v>75</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789752632790</t>
+          <t>9786050824865</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumurtlayan Tavuk</t>
+          <t>Harizmi ve Uçmaktan Korkan Tırtıl</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>2.8</v>
+        <v>75</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789752632752</t>
+          <t>9786050824766</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği ile Karınca</t>
+          <t>Patlak Zeka Cemcan - Erkenlik Operasyonu (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>2.8</v>
+        <v>175</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789752632974</t>
+          <t>9786050823950</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Üç Balık (El Yazılı)</t>
+          <t>Pofuduk Masallar Pof Pof</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>4</v>
+        <v>65</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789752632585</t>
+          <t>9786050823929</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Çoban ile Keçiler</t>
+          <t>Patlak Zeka Cemcan 3</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>2.8</v>
+        <v>85</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786050819168</t>
+          <t>9789752632592</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Profesör İyon İle Fen : Öfkeli Organlar Korosu</t>
+          <t>Güneş ile Rüzgar (El Yazılı)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>150</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786050822809</t>
+          <t>9786050816457</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Bay Pataküte - Korsanlar</t>
+          <t>Bedirhan Balıkların Köyünde 8</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>12</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786050822816</t>
+          <t>9786050816471</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Bay Pataküte - Parlak Bir Fikir</t>
+          <t>Bedirhan İtfaiye Eri 3 - İlk Okuma Kitaplarım</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>12</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786050822793</t>
+          <t>9799752632720</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Bay Pataküte - Büyük Karışıklık</t>
+          <t>Tavşan ile Kaplumbağa</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>12</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786050822069</t>
+          <t>9789752632790</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan 2</t>
+          <t>Altın Yumurtlayan Tavuk</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>47.5</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786050822090</t>
+          <t>9789752632752</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Jesper Cins - Acı Şekerleme</t>
+          <t>Ağustos Böceği ile Karınca</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>10</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786050822076</t>
+          <t>9789752632974</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Jasper Cins - Renkli Kedi</t>
+          <t>Üç Balık (El Yazılı)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786050822083</t>
+          <t>9789752632585</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Jesper Cins - Hapşırık Mevsimi</t>
+          <t>Çoban ile Keçiler</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>10</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789752632479</t>
+          <t>9786050819168</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Güliver’in Gezileri</t>
+          <t>Profesör İyon İle Fen : Öfkeli Organlar Korosu</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789753629539</t>
+          <t>9786050822809</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Bay Pataküte - Korsanlar</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789752637580</t>
+          <t>9786050822816</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Masallar</t>
+          <t>Bay Pataküte - Parlak Bir Fikir</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>42.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789752631342</t>
+          <t>9786050822793</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Bay Pataküte - Büyük Karışıklık</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789753628204</t>
+          <t>9786050822069</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Patlak Zeka Cemcan 2</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>65</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789753628259</t>
+          <t>9786050822090</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Jesper Cins - Acı Şekerleme</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786050817980</t>
+          <t>9786050822076</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Vücudumuz Dizisi</t>
+          <t>Jasper Cins - Renkli Kedi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>43.3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789752630291</t>
+          <t>9786050822083</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Hansel ile Gratel</t>
+          <t>Jesper Cins - Hapşırık Mevsimi</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786050820805</t>
+          <t>9789752632479</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Taşıtları Tanıyalım Seti (5 Kitap)</t>
+          <t>Güliver’in Gezileri</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786050821383</t>
+          <t>9789753629539</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'yi Geziyorum 4 - Levent Antalya'da</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786050821413</t>
+          <t>9789752637580</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'yi Geziyorum 4 - Levent Ankara'da</t>
+          <t>Eğlenceli Masallar</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>150</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786050812084</t>
+          <t>9789752631342</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Deneyler Seti (4 Kitap Takım)</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786050822472</t>
+          <t>9789753628204</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Elektriksiz Prens : Profesör İyon İle Fen 2</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786050822489</t>
+          <t>9789753628259</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Nereden Geliyor Bu Ses? : Profesör İyon İle Fen 2</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>80</v>
+        <v>30</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786050820324</t>
+          <t>9786050817980</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan 1 (Ciltli)</t>
+          <t>Popüler Bilim Vücudumuz Dizisi</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>85</v>
+        <v>43.3</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789752638587</t>
+          <t>9789752630291</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Yorgan Gitti Kavga Bitti</t>
+          <t>Hansel ile Gratel</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>2.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789752632769</t>
+          <t>9786050820805</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Yoksul ile Zengin</t>
+          <t>Taşıtları Tanıyalım Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>2.8</v>
+        <v>200</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786051142937</t>
+          <t>9786050821383</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Masallar (Ciltli)</t>
+          <t>Türkiye'yi Geziyorum 4 - Levent Antalya'da</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>4.54</v>
+        <v>150</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786050818482</t>
+          <t>9786050821413</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünü Kaplayan Sular</t>
+          <t>Türkiye'yi Geziyorum 4 - Levent Ankara'da</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786050818475</t>
+          <t>9786050812084</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü</t>
+          <t>Çılgın Deneyler Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9799752630443</t>
+          <t>9786050822472</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Yedi Geceye Masal (Yaş Grubu 8)</t>
+          <t>Elektriksiz Prens : Profesör İyon İle Fen 2</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>7.87</v>
+        <v>80</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789752638594</t>
+          <t>9786050822489</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Ye Kürküm Ye</t>
+          <t>Nereden Geliyor Bu Ses? : Profesör İyon İle Fen 2</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>2.78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9799752634113</t>
+          <t>9786050820324</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Yapış Yapış</t>
+          <t>Patlak Zeka Cemcan 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>2.78</v>
+        <v>85</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789752638549</t>
+          <t>9786050818482</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Ya Tutarsa</t>
+          <t>Yeryüzünü Kaplayan Sular</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>2.78</v>
+        <v>60</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9799752632294</t>
+          <t>9786050818475</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Yeryüzü</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>3.7</v>
+        <v>60</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789752633063</t>
+          <t>9786051140872</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Üç Öğüt</t>
+          <t>Uç Uç Uçurtma</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786050818581</t>
+          <t>9789752632660</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Uzay</t>
+          <t>Tuz Yüklü Eşek</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>3.7</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786050807370</t>
+          <t>9789752638310</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Etkinlik Yapıyorum</t>
+          <t>Şeker Kitaplar Evi</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>5</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786051140773</t>
+          <t>9789752639744</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Uç Uç Uçurtma (El Yazılı)</t>
+          <t>Sürpriz Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>1.39</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786051140872</t>
+          <t>9786050820782</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Uç Uç Uçurtma</t>
+          <t>Sebzeler Meyveler Boyama Zamanı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789752632660</t>
+          <t>9786050818390</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Tuz Yüklü Eşek</t>
+          <t>Hormon Sistemi</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>2.8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789752632738</t>
+          <t>9789752638358</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Tilki ile Leylek</t>
+          <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>2.8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789752637757</t>
+          <t>9786050808001</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Tilki ile Keçi</t>
+          <t>Güzel Konuşmak Ne Güzel</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>9.17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789752637740</t>
+          <t>9786051140698</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ile Timsah</t>
+          <t>İlk Okuma Kitaplarım El Yazılı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789752637894</t>
+          <t>9789752638426</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Tatlı mı Tatlı Duam Kanatlı</t>
+          <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>7.88</v>
+        <v>30</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789752638310</t>
+          <t>9786050818383</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kitaplar Evi</t>
+          <t>Gökyüzü</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>138.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789752639744</t>
+          <t>9786050835434</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Masallar (Ciltli)</t>
+          <t>Gezgin Kedi Mırnav Müzede</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>27.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786050820782</t>
+          <t>9786051146713</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler Meyveler Boyama Zamanı Seti (5 Kitap Takım)</t>
+          <t>Ezop ile Hop Hop</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>200</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786050818406</t>
+          <t>9786050810769</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>İskelet ve Kas Sistemi</t>
+          <t>Ez Naven Xwede Hindibim (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>3.7</v>
+        <v>350</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789752638686</t>
+          <t>9789752637276</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>İncigül</t>
+          <t>Ezop Masalları (10 Kitap, El Yazılı)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>2.78</v>
+        <v>28</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789752632745</t>
+          <t>9789752637306</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Horoz ile Tilki (El Yazılı)</t>
+          <t>Keloğlan Masalları (10 Kitap)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>2.8</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789752637726</t>
+          <t>9786050832211</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Horoz ile İnci</t>
+          <t>Pespembe Bir Orman - Öykü Makinesi 10</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>9.17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786050818390</t>
+          <t>9786051146591</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Hormon Sistemi</t>
+          <t>Ormanda Boyama Zamanı - Hayvanlarla Tanışıyorum</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789752638570</t>
+          <t>9786051146584</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Hırsızın Hiç mi Suçu Yok?</t>
+          <t>Denizde Boyama Zamanı - Hayvanlarla Tanışıyorum</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>2.78</v>
+        <v>40</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789752638358</t>
+          <t>9786050830941</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>İki Yıl Okul Tatili</t>
+          <t>Ama Bu Haksızlık Değil mi? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789752638624</t>
+          <t>9786050842708</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Hediye Fil</t>
+          <t>Doğa Dedektifi Çınar - İlkbahar Günlüğüm</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>2.78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786051140803</t>
+          <t>9786050842593</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Haydi Pikniğe (El Yazılı)</t>
+          <t>Yapay Zeka Galaksinin Koruyucuları - Paralel Evren (Ciltli)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>1.39</v>
+        <v>175</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789752633032</t>
+          <t>9786050835083</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Hasta Ziyareti</t>
+          <t>Bırakın Çocuklar Hayal Kursun! Seti</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>4</v>
+        <v>210</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9799752634045</t>
+          <t>9786050838619</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Halı Külah Kamçı</t>
+          <t>Ayşegül Dede'den Heybemdeki Mutluluk Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>2.78</v>
+        <v>525</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786050808001</t>
+          <t>9786050835502</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Güzel Konuşmak Ne Güzel</t>
+          <t>Levent Kurtarma Operasyonu: Troya Hazinelerinin Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>100</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786051140698</t>
+          <t>9786050835496</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Kitaplarım El Yazılı (10 Kitap Takım)</t>
+          <t>Topçu Mu Popçu Mu? - Patlak Zeka Cemcan 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>13.89</v>
+        <v>175</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9799752634038</t>
+          <t>9786050841763</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Şehzade</t>
+          <t>Masal Arısı Vız Vız</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>2.78</v>
+        <v>120</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789752632776</t>
+          <t>9786050832907</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Güvercin ile Karınca</t>
+          <t>Şimendifer Çocukları Set 1 (4 Kitap)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>2.8</v>
+        <v>120</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786050818543</t>
+          <t>9786050814309</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi</t>
+          <t>Nasreddin Hoca ile Koşuyoruz</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>3.7</v>
+        <v>25</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786051140759</t>
+          <t>9786050842678</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Güneş Gözlüğü Takan Tilki (El Yazılı)</t>
+          <t>Doğa Dedektifi Çınar - Yaz Günlüğüm</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>1.39</v>
+        <v>80</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789752638426</t>
+          <t>4440000000510</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler</t>
+          <t>İlk Adım Dergisi Sayı: 1</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9799752634021</t>
+          <t>9786050838985</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Gülen Ayva Ağlayan Nar</t>
+          <t>Oyuncaktan Bir Müze - Bi' Dolu Hikaye</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>2.78</v>
+        <v>100</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786050818536</t>
+          <t>9786050835823</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzündeki Canlılar</t>
+          <t>Zulu: Kutuplara Seyahat Rehberi - Bir Madagaskar Macerası 3</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>3.7</v>
+        <v>100</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786050818383</t>
+          <t>9786050835830</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü</t>
+          <t>Zulu: Ormanda Cümbüş Var - Bir Madagaskar Macerası 1</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789752632981</t>
+          <t>9786050838503</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Gizli Oda</t>
+          <t>Bidur Durmazgil'in Maceraları - Gece Yarısı Ziyaretçisi (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>4</v>
+        <v>185</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789752632677</t>
+          <t>9786050839005</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Gizli Hazine</t>
+          <t>Dünyayı Durduran Kız - Korku Kampı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>2.8</v>
+        <v>75</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786050835434</t>
+          <t>9786050839043</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi Mırnav Müzede</t>
+          <t>Dünyayı Durduran Kız - Kahramanlığın Kitabı Yazılıyor</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786051146713</t>
+          <t>9786050839029</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Ezop ile Hop Hop</t>
+          <t>Dünyayı Durduran Kız - Kara Ninja’ya Karşı</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>4.54</v>
+        <v>75</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786050810769</t>
+          <t>9786050831962</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Ez Naven Xwede Hindibim (10 Kitap Takım)</t>
+          <t>Penguenler Kazak Giymez</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786050818512</t>
+          <t>9786050838992</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Oluşumu ve Big Bang</t>
+          <t>Dünyayı Durduran Kız - Miyav Kardeşler Dosyası</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>3.7</v>
+        <v>75</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786050818529</t>
+          <t>9786050833102</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar</t>
+          <t>İcatlar Adası - Korsanların Seyir Defteri</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>3.7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789752632844</t>
+          <t>9786050833126</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Ev Faresi ile Tarla Faresi</t>
+          <t>Korsanların Seyir Defteri (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>2.8</v>
+        <v>320</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789752633025</t>
+          <t>9786050834482</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Et Nerede?</t>
+          <t>Bilimbaz - Ev Yapımı Sinema Tarifi (Ciltli)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>4</v>
+        <v>75</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789752637719</t>
+          <t>9786050834376</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Fil ile Ördek</t>
+          <t>Yapay Zeka - Galaksinin Koruyucuları (Ciltli)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>9.17</v>
+        <v>225</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789752637276</t>
+          <t>9786050834383</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (10 Kitap, El Yazılı)</t>
+          <t>Kağan Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>28</v>
+        <v>320</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786050801040</t>
+          <t>9786050833768</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi Mırnav (5 Kitap Takım)</t>
+          <t>Kitap Kurdu Olmak İstemeyen Maya</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>5</v>
+        <v>130</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786050816426</t>
+          <t>9786050830866</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Bedirhan Çevreyi Temizliyor</t>
+          <t>Niye Okula Gidiyoruz? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>1.39</v>
+        <v>90</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786050812657</t>
+          <t>9786050830880</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Buz Devri Kıtalar Ayrılıyor 4 - Shira’nın Gerçek Dostları 4</t>
+          <t>Niye Her İstediğimizi Yapamıyoruz? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>4.17</v>
+        <v>90</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786050812640</t>
+          <t>9786050830965</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Buz Devri Kıtalar Ayrılıyor 4 - Scrat’in Büyük Başarısı 2</t>
+          <t>Nasıl Dünyaya Geldik? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>4.17</v>
+        <v>90</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786050812558</t>
+          <t>9786050830903</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Buz Devri Kıtalar Ayrılıyor 4 - (5 Kitap Set)</t>
+          <t>Niye Birbirimize Vururuz? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>20.84</v>
+        <v>90</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786050812633</t>
+          <t>9786050830538</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Buz Devri Kıtalar Ayrılıyor 4 - Granny’nin Dişleri 1</t>
+          <t>Rüya Korkusu</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>4.17</v>
+        <v>175</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786050812565</t>
+          <t>9786050831948</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Buz Devri Kıtalar Ayrılıyor 4 - Kahraman Ellie</t>
+          <t>Bu Kadar Zeka Başa Bela - Entel Dantel İşler (Ciltli)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>4.17</v>
+        <v>85</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786050812688</t>
+          <t>9786050833805</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Buz Devri Kıtalar Ayrılıyor 4 - Şeftali’nin En Yakın Arkadaşı</t>
+          <t>Bitirim İkili Çoook Uzak Doğu'da - Uçuk Kaçık Maceralar (Ciltli)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>4.17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9799752634106</t>
+          <t>9786050833577</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Ak Gün Kara Gün</t>
+          <t>Sevgi Dolu Mini Masallar - 1 (10 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>2.78</v>
+        <v>110</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786051140742</t>
+          <t>9786050832808</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Büyü Çiçek Büyü (El Yazılı)</t>
+          <t>Levent - Doğu Ekspresi'nde Soygun (Ciltli)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>1.39</v>
+        <v>55</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789753624275</t>
+          <t>9786050804911</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Peygamber Mutluluk Çağının Çocukları</t>
+          <t>Zeka Dükkanı Akıl Oyunları Seti (4 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>8.33</v>
+        <v>56.67</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9799753626285</t>
+          <t>9786051140599</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Namaz</t>
+          <t>Şerife Bacı</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>8.8</v>
+        <v>110</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9799752634069</t>
+          <t>9789752638631</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Dediğim Dedik Karga</t>
+          <t>Eşeğe Ters Binmek</t>
         </is>
       </c>
       <c r="C656" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789752632783</t>
+          <t>9789752637313</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>İki İnatçı Keçi (El Yazılı)</t>
+          <t>Dünya Masalları (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>2.8</v>
+        <v>170</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9799752632522</t>
+          <t>9786050805970</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan’ın Ali Cengiz Oyunu</t>
+          <t>Dünya Klasiklerinden Seçmeler (23 Kitap)</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>2.32</v>
+        <v>575</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789752637306</t>
+          <t>9786050812190</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları (10 Kitap)</t>
+          <t>Eğlenceli Matematik (10 Kitap Takım, Kutulu) / (Defter Hediyeli)</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>23.15</v>
+        <v>87.97</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789752638754</t>
+          <t>9786050818376</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Oduncunun Kızı</t>
+          <t>Doğal Afetler</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>2.78</v>
+        <v>60</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786050832211</t>
+          <t>9786050818369</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Pespembe Bir Orman - Öykü Makinesi 10</t>
+          <t>DNA ve Hücre</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789752633001</t>
+          <t>9786050807240</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Ayının Dostluğu (El Yazılı)</t>
+          <t>Çufçuflar (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>4</v>
+        <v>25</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789752633018</t>
+          <t>9786050808094</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Papağan</t>
+          <t>Çufçuf Diyarı (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>4</v>
+        <v>35</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786051146591</t>
+          <t>9786051143781</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Boyama Zamanı - Hayvanlarla Tanışıyorum</t>
+          <t>Boni Değerler Eğitimi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>40</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786051146584</t>
+          <t>9786050818352</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Denizde Boyama Zamanı - Hayvanlarla Tanışıyorum</t>
+          <t>Bitkilerin Dünyası</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786050830941</t>
+          <t>9789752635074</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Ama Bu Haksızlık Değil mi? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
+          <t>Bir Varmış Bir Yokmuş Masal Ülkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786050842708</t>
+          <t>9786050816037</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Doğa Dedektifi Çınar - İlkbahar Günlüğüm</t>
+          <t>Profesör Pi İle Matematik 2 - Tehlikeli Bir Yolculuk</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786050842593</t>
+          <t>9786050816044</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Galaksinin Koruyucuları - Paralel Evren (Ciltli)</t>
+          <t>Profesör Pi İle Matematik 2 - Şaşırtıcı Bir Oyun</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786050835083</t>
+          <t>9786050816051</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Bırakın Çocuklar Hayal Kursun! Seti</t>
+          <t>Profesör Pi İle Matematik 2-Şekil Şekil Tuhaflıklar</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786050838619</t>
+          <t>9786050816020</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Ayşegül Dede'den Heybemdeki Mutluluk Seti (3 Kitap Takım)</t>
+          <t>Profesör Pi İle Matematik 2 - Süper Güç Peşinde</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>525</v>
+        <v>150</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786050835502</t>
+          <t>9786051140568</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Levent Kurtarma Operasyonu: Troya Hazinelerinin Peşinde (Ciltli)</t>
+          <t>Onbaşı Nezahat</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>47.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786050835496</t>
+          <t>9786051141855</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Topçu Mu Popçu Mu? - Patlak Zeka Cemcan 7 (Ciltli)</t>
+          <t>Nasreddin Hoca İle Kıkır Kıkır (Ciltli)</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>175</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786050841763</t>
+          <t>9789752638808</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Masal Arısı Vız Vız</t>
+          <t>Masal Treni Çuf Çuf (Ciltli)</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786050832907</t>
+          <t>9786050804409</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Şimendifer Çocukları Set 1 (4 Kitap)</t>
+          <t>Masal Roketi (Ciltli)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786050814309</t>
+          <t>9789752639812</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Koşuyoruz</t>
+          <t>Masal Otobüsü Düt Düt (Ciltli)</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>25</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786050842678</t>
+          <t>9786051142180</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Doğa Dedektifi Çınar - Yaz Günlüğüm</t>
+          <t>Masal Balonu Puf Puf (Ciltli)</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>80</v>
+        <v>295</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>4440000000510</t>
+          <t>9786051140575</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>İlk Adım Dergisi Sayı: 1</t>
+          <t>Küçük Yusuf</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>10</v>
+        <v>110</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786050838985</t>
+          <t>9786051140049</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaktan Bir Müze - Bi' Dolu Hikaye</t>
+          <t>Kırt Kırt Kağıt (Ciltli)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>100</v>
+        <v>395</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786050835823</t>
+          <t>9786051143347</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Zulu: Kutuplara Seyahat Rehberi - Bir Madagaskar Macerası 3</t>
+          <t>Hoşgörüsüzlük ve Irkçılığa Hayır</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786050835830</t>
+          <t>9786051143316</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Zulu: Ormanda Cümbüş Var - Bir Madagaskar Macerası 1</t>
+          <t>Haraca Hayır</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786050838503</t>
+          <t>9786050803181</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Bidur Durmazgil'in Maceraları - Gece Yarısı Ziyaretçisi (Ciltli)</t>
+          <t>Etkinliklerle İbadet Öğreniyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>185</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786050839005</t>
+          <t>9786050804881</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Durduran Kız - Korku Kampı</t>
+          <t>Çılgın Kalem Penna ve Arkadaşları - Kötülüğe Karşı</t>
         </is>
       </c>
       <c r="C682" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786050839043</t>
+          <t>9786051143323</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Durduran Kız - Kahramanlığın Kitabı Yazılıyor</t>
+          <t>Cinsel Tacize Hayır</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>75</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786050839029</t>
+          <t>9786051140070</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Durduran Kız - Kara Ninja’ya Karşı</t>
+          <t>Bugün Ne Yapayım?</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>75</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786050831962</t>
+          <t>9789752636859</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Penguenler Kazak Giymez</t>
+          <t>Cimcime Tavşan</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>175</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786050838992</t>
+          <t>9789753629584</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Durduran Kız - Miyav Kardeşler Dosyası</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>75</v>
+        <v>35</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786050833102</t>
+          <t>9789752631359</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>İcatlar Adası - Korsanların Seyir Defteri</t>
+          <t>Seyahatname’den Seçmeler</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>80</v>
+        <v>30</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786050833126</t>
+          <t>9789752631984</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Korsanların Seyir Defteri (4 Kitap Takım)</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>320</v>
+        <v>30</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786050834482</t>
+          <t>9789752631328</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Bilimbaz - Ev Yapımı Sinema Tarifi (Ciltli)</t>
+          <t>Nasreddin Hoca'dan Fıkralar</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786050834376</t>
+          <t>9789752632318</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka - Galaksinin Koruyucuları (Ciltli)</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>225</v>
+        <v>35</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786050834383</t>
+          <t>9799753628197</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Kağan Set (4 Kitap Takım)</t>
+          <t>Monte Cristo</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>320</v>
+        <v>35</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786050833768</t>
+          <t>9789753627849</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdu Olmak İstemeyen Maya</t>
+          <t>Küçük Kemancı</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>130</v>
+        <v>30</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9799752630894</t>
+          <t>9789753627856</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Ich Weib das Mein Buch der Koran ist</t>
+          <t>Korkusuz Kaptanlar</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>4</v>
+        <v>35</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786050830866</t>
+          <t>9789753628228</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Niye Okula Gidiyoruz? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>90</v>
+        <v>35</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786050830880</t>
+          <t>9789753629546</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Niye Her İstediğimizi Yapamıyoruz? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786050830965</t>
+          <t>9789752632226</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dünyaya Geldik? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786050830903</t>
+          <t>9799753627794</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Niye Birbirimize Vururuz? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>90</v>
+        <v>20</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786050830538</t>
+          <t>9789753627764</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Rüya Korkusu</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>175</v>
+        <v>30</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786050831948</t>
+          <t>9789752636750</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Bu Kadar Zeka Başa Bela - Entel Dantel İşler (Ciltli)</t>
+          <t>Dünya Klasikleri Gençlik Serisi (50 Kitap)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>85</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786050833805</t>
+          <t>9789752639454</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Bitirim İkili Çoook Uzak Doğu'da - Uçuk Kaçık Maceralar (Ciltli)</t>
+          <t>Battal Gazi  Anadolu Aslanı</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>55</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786050833577</t>
+          <t>9789752636361</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Dolu Mini Masallar - 1 (10 Kitap Takım) (Ciltli)</t>
+          <t>Alaaddin’in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>110</v>
+        <v>30</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786050832808</t>
+          <t>9789752630703</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Levent - Doğu Ekspresi'nde Soygun (Ciltli)</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>55</v>
+        <v>30</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>3995544126533</t>
+          <t>9789752630352</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Yunuslar - Okumayı Seviyorum Dizisi</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>2</v>
+        <v>30</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>3990022335778</t>
+          <t>9786050818284</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayşe Üşütmüş - Okumayı Seviyorum Dizi</t>
+          <t>Eğlenceli Gezi Güzel Ülkem Türkiye 2</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>2</v>
+        <v>40</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>3995623490003</t>
+          <t>9789752636002</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Tonton Nine - Okumayı Seviyorum Dizisi</t>
+          <t>Ömer ve Arkadaşları Şekilleri Öğreniyor</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>2</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>3995587760159</t>
+          <t>9786255978073</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Köyde Buldum - Okumayı Seviyorum Dizisi</t>
+          <t>Ormandaki Şarkı</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>2</v>
+        <v>200</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>3996552201145</t>
+          <t>9786255978011</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Sedef'in Korkusu - Okumayı Seviyorum dizisi</t>
+          <t>Kozalak Krallığı</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>2</v>
+        <v>125</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>3995506731465</t>
+          <t>9786255978035</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Ali Ata Atla - Okumayı Seviyorum Dizisi</t>
+          <t>Karınca Tobi - Büyük Orman Macerası</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>2</v>
+        <v>125</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786050804911</t>
+          <t>9786255978066</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Zeka Dükkanı Akıl Oyunları Seti (4 Kitap Takım, Kutulu)</t>
+          <t>İyilik Yap Denize At!</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>56.67</v>
+        <v>115</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051142609</t>
+          <t>9786255978059</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Yaman ve Onun Bitmek Bilmeyen Soruları (Ciltli)</t>
+          <t>Bünyo ile Harika Organlar Diyarı</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>12.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786051143354</t>
+          <t>9786255978042</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Şiddete Hayır</t>
+          <t>Dünyanın En Komik Hayvanı</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>4.63</v>
+        <v>100</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786051140599</t>
+          <t>9786256581951</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Şerife Bacı</t>
+          <t>Derinlerde Bir Uyku Masalı</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789752638631</t>
+          <t>9786256581982</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Eşeğe Ters Binmek</t>
+          <t>Kırık Şeylerin Tamircisi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>2.78</v>
+        <v>200</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786051143040</t>
+          <t>9786255978080</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>En Sevilen Masallar</t>
+          <t>Çikolata Savaşları - Yapay Zeka Galaksinin Koruyucuları 2</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>5.56</v>
+        <v>200</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786051142173</t>
+          <t>9786256581944</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğim Sahabe</t>
+          <t>Anne Terliği</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>12.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786050818505</t>
+          <t>9786256581968</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Uydusu Ay</t>
+          <t>Şampiyon Altın Ayak</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>3.7</v>
+        <v>125</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786050818499</t>
+          <t>9786256581999</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Dünyamız</t>
+          <t>Oyun Satıcısı</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>3.7</v>
+        <v>125</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789752637313</t>
+          <t>9786255978004</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları (20 Kitap Takım)</t>
+          <t>Renklerle Dost Bir Aile</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786050805970</t>
+          <t>9786256581975</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasiklerinden Seçmeler (23 Kitap)</t>
+          <t>İyilik Bir Pusula</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>575</v>
+        <v>100</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789752638716</t>
+          <t>9786050826517</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>En Değerli Eşya</t>
+          <t>Şirin Almanya'da Garip Bir Şato - Dünyayı Geziyorum</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>2.78</v>
+        <v>150</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786050812190</t>
+          <t>9786051148069</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik (10 Kitap Takım, Kutulu) / (Defter Hediyeli)</t>
+          <t>Levent Pamukkale’de - Türkiye'yi Geziyorum</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>87.97</v>
+        <v>150</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786050818376</t>
+          <t>9786051148052</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler</t>
+          <t>Levent Kapadokya’da - Türkiye'yi Geziyorum</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786050818369</t>
+          <t>9786051148083</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>DNA ve Hücre</t>
+          <t>Levent Çanakkale’de - Türkiye'yi Geziyorum</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789752633049</t>
+          <t>9786051143064</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Deve ile Fare</t>
+          <t>Şirin Nasıl Ünlü Oldum?</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>4</v>
+        <v>150</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9799752632508</t>
+          <t>9786051143057</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Dev Anası</t>
+          <t>Şirin - Kimse Bize Hakaret Edemez!</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>2.32</v>
+        <v>150</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9799752632485</t>
+          <t>9786051143019</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Değirmenin Cinleri - Keloğlan Masalları</t>
+          <t>Şirin - İş Dünyasını Nasıl Karıştırdım?</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>2.32</v>
+        <v>150</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789752632714</t>
+          <t>9786051143033</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Değirmenci, Oğlu ve Eşek</t>
+          <t>Şirin - Başkan Olmak Kolay mı?</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>2.8</v>
+        <v>150</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786050807875</t>
+          <t>9786051140667</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar (10 Kitap Takım)</t>
+          <t>Kurtuluşun Kahramanları 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>50</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786050807349</t>
+          <t>9786050831849</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Çufçuf</t>
+          <t>Levent Kitapların Sırrı / Levent İz Peşinde 5</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786050807271</t>
+          <t>9789752631960</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Minik Dostum</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786050807332</t>
+          <t>9786050808278</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar Keşifte</t>
+          <t>İstanbul Dedektifleri - Kayıp Haritanın Peşinde</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786050807288</t>
+          <t>9786050832174</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Çufçuf Banyosu</t>
+          <t>Öykü Makinesi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>5</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786050807318</t>
+          <t>9789753629553</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarış</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786050807240</t>
+          <t>9786256581913</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Çufçuflar (5 Kitap Takım)</t>
+          <t>İyiliğin Gücü Adına</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>25</v>
+        <v>125</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786050808094</t>
+          <t>9786256581920</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Çufçuf Diyarı (5 Kitap Takım)</t>
+          <t>Kahramanını Yutan Kitap</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>35</v>
+        <v>125</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789752638563</t>
+          <t>9786256581906</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğunu Özleyen Kavuk</t>
+          <t>Çöp Ülkesi</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>2.78</v>
+        <v>125</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9799753626230</t>
+          <t>9786256581937</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ramazan (Ciltli)</t>
+          <t>Büyük Zaferi Nasıl Kazandık</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>9.26</v>
+        <v>125</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789752637849</t>
+          <t>9786256581890</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Gerçek Süper Güç</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>8.25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9799752632867</t>
+          <t>9786256581883</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu</t>
+          <t>Eyvah Fikrim Kayboldu</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>2.8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9799752632614</t>
+          <t>9786256581869</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Çiftçi ile Oğulları</t>
+          <t>Çevrim Dışı Tatil Günü</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>2.8</v>
+        <v>150</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789752632912</t>
+          <t>9786256581852</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Bülbül ile İmparator</t>
+          <t>Evdeki Kocaman Kaplan</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>2.8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789752637832</t>
+          <t>9786256581876</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Bremen Çalgıcıları</t>
+          <t>Uzaydaki Gizemli Robot – Faruk</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>8.25</v>
+        <v>125</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9799752634519</t>
+          <t>9786256581784</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Öğreniyorum - Sebzelerimiz</t>
+          <t>Helen Keller - Haydi Kurtaralım Dünyayı 4</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>1.86</v>
+        <v>125</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9799752634489</t>
+          <t>9786256581845</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Öğreniyorum - Büyüyünce Ne Olacağım?</t>
+          <t>Dünyayı Durduran Kız - Zamansız Kahraman</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>1.86</v>
+        <v>250</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786050807264</t>
+          <t>9786256581807</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Çufçufluyorum</t>
+          <t>İyilik Şampiyonası</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>2.78</v>
+        <v>165</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9799752631112</t>
+          <t>9786256581838</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı (Çıkartmalı)</t>
+          <t>Kayıp Çileğin Sırrı - Masumiyet Karinesi</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>5.56</v>
+        <v>150</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786051143880</t>
+          <t>9786256581814</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Boni Tutumlu Davranıyor</t>
+          <t>Hayal Gücünün İzinde</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>3.24</v>
+        <v>125</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786051143811</t>
+          <t>9786256581821</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Boni Teşekkür Ediyor</t>
+          <t>Hayal Orkestrası</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>3.24</v>
+        <v>165</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786051143798</t>
+          <t>9786256581791</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Boni Sözünde Duruyor</t>
+          <t>Ejderham Nereye Uçtu?</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>3.24</v>
+        <v>100</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786051143842</t>
+          <t>9786050829501</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Boni Saygılı Davranıyor</t>
+          <t>Yangın Bilmecesi - Levent</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>3.24</v>
+        <v>150</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786051143804</t>
+          <t>9786050829495</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Boni Özverili Davranıyor</t>
+          <t>Korkmak Yok - Levent</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>3.24</v>
+        <v>150</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786051143873</t>
+          <t>9786050829525</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Boni Düzenli Oluyor</t>
+          <t>Şimşeklerin Sırrı - Levent</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>3.24</v>
+        <v>150</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786051143781</t>
+          <t>9786050828580</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Boni Değerler Eğitimi Seti (10 Kitap Takım)</t>
+          <t>Levent Muğla'da - Türkiye'yi Geziyorum 5</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>32.41</v>
+        <v>150</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786051143835</t>
+          <t>9786050828573</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Boni Çözüm Arıyor</t>
+          <t>Levent Balıkesir'de - Türkiye'yi Geziyorum 5</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>3.24</v>
+        <v>150</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786051143866</t>
+          <t>9786050828610</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Boni Cesur Davranıyor</t>
+          <t>Levent Van'da - Türkiye'yi Geziyorum 5</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>3.24</v>
+        <v>150</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786051143828</t>
+          <t>9786050828566</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Boni Asla Vazgeçmiyor</t>
+          <t>Levent Adana'da - Türkiye'yi Geziyorum 5</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>3.24</v>
+        <v>150</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786051143859</t>
+          <t>9786051140421</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Boni Adaletli Davranıyor</t>
+          <t>Mimar Sinan’la Bir Gün</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>3.24</v>
+        <v>100</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786050818352</t>
+          <t>9786256581760</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Dünyası</t>
+          <t>On Numara Beş Yıldız Apartmanı</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786051140681</t>
+          <t>9786256581777</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Biricik Rabbim Ne Güzel İsimlerin</t>
+          <t>Renklerimin Sırrı Ne?</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>9.26</v>
+        <v>125</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789752635074</t>
+          <t>9786256581753</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş Masal Ülkesi (Ciltli)</t>
+          <t>Deniz'in Şaşırtan Kararı</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786050816037</t>
+          <t>9786050824032</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Profesör Pi İle Matematik 2 - Tehlikeli Bir Yolculuk</t>
+          <t>Levent İz Peşinde 3 - Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786050816044</t>
+          <t>9786050821390</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Profesör Pi İle Matematik 2 - Şaşırtıcı Bir Oyun</t>
+          <t>Türkiye'yi Geziyorum 4 - Levent Eskişehir'de</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786050816051</t>
+          <t>9786050847987</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Profesör Pi İle Matematik 2-Şekil Şekil Tuhaflıklar</t>
+          <t>Patlak Zeka Cemcan - Acayip Fikirler Ustası (Ciltli)</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786050816020</t>
+          <t>9786050824001</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Profesör Pi İle Matematik 2 - Süper Güç Peşinde</t>
+          <t>Levent - Kaçakların Korkulu Rüyası</t>
         </is>
       </c>
       <c r="C764" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786051140568</t>
+          <t>9786050824049</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Onbaşı Nezahat</t>
+          <t>Levent Orman Gözcüsü</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786051141855</t>
+          <t>9786256581685</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca İle Kıkır Kıkır (Ciltli)</t>
+          <t>Gökyüzünde Bir Ada – Atmaca’nın Günlüğü</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>37.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786051145044</t>
+          <t>9786256581715</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Günlerim Mübarek Gecelerim</t>
+          <t>Doktor Dinozor’la Paraya Yolculuk - Keşiflerle Dünya Tarihi 3</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>7.87</v>
+        <v>125</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789752638808</t>
+          <t>9786256581722</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Masal Treni Çuf Çuf (Ciltli)</t>
+          <t>Küçük Dinozorların Büyük Duyguları (10 Farkındalık Hikayesi)</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786050804409</t>
+          <t>9786256581746</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Masal Roketi (Ciltli)</t>
+          <t>Teoman Çekirdek - Hedefe Çitlendik</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>65</v>
+        <v>125</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789752639812</t>
+          <t>9786256581739</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Masal Otobüsü Düt Düt (Ciltli)</t>
+          <t>Sinemaya Gitmek İstiyorum</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>49.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786051142180</t>
+          <t>9786256581661</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Masal Balonu Puf Puf (Ciltli)</t>
+          <t>Robotları Yendiğimiz Gün</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>295</v>
+        <v>125</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786051140575</t>
+          <t>9786256581708</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yusuf</t>
+          <t>Ejderha ve Gizemli Kule</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786051143330</t>
+          <t>9786256581692</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kötü Muameleye Hayır</t>
+          <t>Nazoşi Teyze Bir Kedi Daha İstiyor</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>4.63</v>
+        <v>125</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786051140049</t>
+          <t>9786050830835</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Kırt Kırt Kağıt (Ciltli)</t>
+          <t>Süper Olacak Koyun</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>395</v>
+        <v>125</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786051143347</t>
+          <t>9786050848397</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Hoşgörüsüzlük ve Irkçılığa Hayır</t>
+          <t>Sayfalar Arasında Bir Yolculuk</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>4.63</v>
+        <v>150</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786051143316</t>
+          <t>9786050847949</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Haraca Hayır</t>
+          <t>Yaşam Dedektifi Derya</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>4.63</v>
+        <v>125</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786050803181</t>
+          <t>9786050838398</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle İbadet Öğreniyorum (Ciltli)</t>
+          <t>Levent Okula Başlıyor - Levent İlk Okuma Kitaplarım 2</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>15.28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786050804881</t>
+          <t>9786256581456</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kalem Penna ve Arkadaşları - Kötülüğe Karşı</t>
+          <t>Bir Aile Macerası - Çikolata Meselesi</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786051143323</t>
+          <t>9786256581326</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Tacize Hayır</t>
+          <t>Yedek Kaleci</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>4.63</v>
+        <v>125</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786051140070</t>
+          <t>9786256581654</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Bugün Ne Yapayım?</t>
+          <t>Uzun ve Benekli Gezegeni</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>16.2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789752636859</t>
+          <t>9786256581241</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Cimcime Tavşan</t>
+          <t>Rüya Oyunu - Rüya Maceraları</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>23.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789753629584</t>
+          <t>9786256581647</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Pelikanım Peli - Ay Kaşifi</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>35</v>
+        <v>125</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789752631359</t>
+          <t>9786050808285</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname’den Seçmeler</t>
+          <t>İstanbul Dedektifleri - Karaltı Çetesinin Peşinde</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789752631984</t>
+          <t>9786050820980</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Itri’yle Bir Gün</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789752631328</t>
+          <t>9786050817720</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca'dan Fıkralar</t>
+          <t>Levent Hatay'da - Türkiye'yi Geziyorum 3</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789752632318</t>
+          <t>9786050817706</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Levent Gaziantep'te - Türkiye'yi Geziyorum 3</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9799753628197</t>
+          <t>9786050817683</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Monte Cristo</t>
+          <t>Levent Diyarbakır'da -Türkiye'yi Geziyorum 3</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789753627849</t>
+          <t>9786050817690</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kemancı</t>
+          <t>Levent Erzurum'da - Türkiye'yi Geziyorum 3</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789753627856</t>
+          <t>9786050817713</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Kaptanlar</t>
+          <t>Levent Trabzon'da - Türkiye'yi Geziyorum 3</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789753628228</t>
+          <t>9786256581623</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Patlak Zeka Cemcan - Okul Fena Karıştı (Fleksi Cilt)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>35</v>
+        <v>290</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789753629546</t>
+          <t>9786050812596</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Türkiyeyi Geziyorum 2 - Levent İzmir’de</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789752632226</t>
+          <t>9786256581616</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Masal Topu Zıp Zıp - Masallarla Karakter Eğitimi (Fleksi Cilt)</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>30</v>
+        <v>295</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9799753627794</t>
+          <t>9786050807158</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Binbir Oyun</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>20</v>
+        <v>225</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789753627764</t>
+          <t>9786050829280</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Binbir Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789752636750</t>
+          <t>9786256581630</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Gençlik Serisi (50 Kitap)</t>
+          <t>Rüya Korkusu - Rüya Maceraları</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>138.89</v>
+        <v>200</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789752639454</t>
+          <t>9786256581609</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Battal Gazi  Anadolu Aslanı</t>
+          <t>Kitap Kurdu Olmak İstemeyen Maya</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>17.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789752636361</t>
+          <t>9786256581593</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası</t>
+          <t>Pepito ve Dünyanın En Sıkıcı Sokağı</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>30</v>
+        <v>125</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789752630703</t>
+          <t>9786050829983</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Canım Kendim</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>30</v>
+        <v>175</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789752630352</t>
+          <t>9786050819601</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Levent İz Peşinde 2 Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>30</v>
+        <v>750</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786050818284</t>
+          <t>9786050819618</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Gezi Güzel Ülkem Türkiye 2</t>
+          <t>Levent İz Peşinde 2 : Arabaların Kahramanı</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789752636002</t>
+          <t>9786050819625</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Ömer ve Arkadaşları Şekilleri Öğreniyor</t>
+          <t>Levent İz Peşinde 2 : Korkusuz Kurtarıcı</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>1.85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786255978073</t>
+          <t>9786050819588</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Şarkı</t>
+          <t>Levent İz Peşinde 2 : Çevre Koruyucusu</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786255978011</t>
+          <t>9786050846348</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Kozalak Krallığı</t>
+          <t>Levent Türkiye'yi Geziyorum 7 Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>125</v>
+        <v>750</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786255978035</t>
+          <t>9786050846362</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Karınca Tobi - Büyük Orman Macerası</t>
+          <t>Levent Samsun'da - Türkiye'yi Geziyorum 7</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786255978066</t>
+          <t>9786050846324</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yap Denize At!</t>
+          <t>Levent Kahramanmaraş'ta - Türkiye'yi Geziyorum 7</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786255978059</t>
+          <t>9786050826302</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Bünyo ile Harika Organlar Diyarı</t>
+          <t>Levent ve Tayfası 2 - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>125</v>
+        <v>750</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786255978042</t>
+          <t>9786050826296</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Komik Hayvanı</t>
+          <t>Levent - Köfte Koşucusu</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786256581951</t>
+          <t>9786050826265</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Derinlerde Bir Uyku Masalı</t>
+          <t>Levent - Beden Dersiyle Başımız Dertte</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786256581982</t>
+          <t>9786050838336</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kırık Şeylerin Tamircisi</t>
+          <t>Şirin Zarif Bir Ütopya: Japonya - Dünyayı Geziyorum 2</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786255978080</t>
+          <t>9786256581517</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Savaşları - Yapay Zeka Galaksinin Koruyucuları 2</t>
+          <t>Yapay Zeka Galaksinin Koruyucuları - Paralel Evren</t>
         </is>
       </c>
       <c r="C810" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786256581944</t>
+          <t>9786256581524</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Anne Terliği</t>
+          <t>Marsa İki Bilet - İkizler Çetesi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786256581968</t>
+          <t>9786256581586</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Altın Ayak</t>
+          <t>Eyvah İşler Karıştı! - Gururlu Ispanak, Havalı Makarnaya Karşı</t>
         </is>
       </c>
       <c r="C812" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786256581999</t>
+          <t>9786256581548</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Oyun Satıcısı</t>
+          <t>Her Şeyi Gösteren Gözlük</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786255978004</t>
+          <t>9786256581579</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Dost Bir Aile</t>
+          <t>Mert ile Kamil Şifre Dedektifleri</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786256581975</t>
+          <t>9786256581531</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>İyilik Bir Pusula</t>
+          <t>Koala Olmanın Sırrı</t>
         </is>
       </c>
       <c r="C815" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786050826517</t>
+          <t>9786256581494</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Şirin Almanya'da Garip Bir Şato - Dünyayı Geziyorum</t>
+          <t>Horozumu Kaçırdılar - Bir Keloğlan Masalı</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786051148069</t>
+          <t>9786256581562</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Levent Pamukkale’de - Türkiye'yi Geziyorum</t>
+          <t>Limon Çekirdekleri</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786051148052</t>
+          <t>9786256581555</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Levent Kapadokya’da - Türkiye'yi Geziyorum</t>
+          <t>Naneyi Yedik Lokantası</t>
         </is>
       </c>
       <c r="C818" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786051148083</t>
+          <t>9786050821048</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Levent Çanakkale’de - Türkiye'yi Geziyorum</t>
+          <t>Ertuğrul Gazi’yle Bir Gün</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786051143064</t>
+          <t>9786050820997</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Şirin Nasıl Ünlü Oldum?</t>
+          <t>Kanuni’yle Bir Gün</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786051143057</t>
+          <t>9786050819595</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Kimse Bize Hakaret Edemez!</t>
+          <t>Levent İz Peşinde 2 : Kütüphane Muhafızı</t>
         </is>
       </c>
       <c r="C821" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786051143019</t>
+          <t>9786050812572</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Şirin - İş Dünyasını Nasıl Karıştırdım?</t>
+          <t>Türkiyeyi Geziyorum - Levent Bursa’da</t>
         </is>
       </c>
       <c r="C822" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786051143033</t>
+          <t>9786050812602</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Başkan Olmak Kolay mı?</t>
+          <t>Türkiyeyi Geziyorum 2 - Levent Konya’da</t>
         </is>
       </c>
       <c r="C823" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786051140667</t>
+          <t>9786050838527</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşun Kahramanları 1 (10 Kitap Takım)</t>
+          <t>Şirin Dünyayı Geziyorum 2 (Set 5 Kitap)</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>1100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786050831849</t>
+          <t>9786050836943</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Levent Kitapların Sırrı / Levent İz Peşinde 5</t>
+          <t>Levent Türkiye'yi Geziyorum 6 Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789752631960</t>
+          <t>9786050845068</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Bitirim İkili Baltagirmez Ormanında - Uçuk Kaçık Maceralar</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786050808278</t>
+          <t>9786256581500</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Dedektifleri - Kayıp Haritanın Peşinde</t>
+          <t>Patlak Zeka Cemcan - Topçu Mu Popçu Mu? (Ciltli)</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786050832174</t>
+          <t>9786050816327</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Öykü Makinesi Seti (10 Kitap Takım)</t>
+          <t>Levent İz Peşinde (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>1000</v>
+        <v>750</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789753629553</t>
+          <t>9786256581487</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Şirin - Bu Nasıl Göbeklitepe</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786256581913</t>
+          <t>9786256581470</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin Gücü Adına</t>
+          <t>Marslı Albert Görev Başında</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786256581920</t>
+          <t>9786256581432</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Kahramanını Yutan Kitap</t>
+          <t>Bu Kadar Tantana Yeter</t>
         </is>
       </c>
       <c r="C831" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786256581906</t>
+          <t>9786256581449</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Çöp Ülkesi</t>
+          <t>Bekleyen Ailesi</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786256581937</t>
+          <t>9786256581463</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Büyük Zaferi Nasıl Kazandık</t>
+          <t>Arel ve Enteresan Kumbarası</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786256581890</t>
+          <t>9786256581319</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Süper Güç</t>
+          <t>Rüya Takımı - Rüya Maceraları</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786256581883</t>
+          <t>9786256581302</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Fikrim Kayboldu</t>
+          <t>Patlak Zeka Cemcan - İnternette Başım Dertte</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786256581869</t>
+          <t>9786256581364</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Çevrim Dışı Tatil Günü</t>
+          <t>Mucizenin Adı Umut</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786256581852</t>
+          <t>9786256581418</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Evdeki Kocaman Kaplan</t>
+          <t>Mira ve Yekta Zorbalık Adası'nda Mücadele - Duygu Günlüğüm</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786256581876</t>
+          <t>9786256581401</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Gizemli Robot – Faruk</t>
+          <t>Maria Montessori - Haydi Kurtaralım Dünyayı 3</t>
         </is>
       </c>
       <c r="C838" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786256581784</t>
+          <t>9786256581425</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Helen Keller - Haydi Kurtaralım Dünyayı 4</t>
+          <t>Kendine Sarılmak Nasıldı?</t>
         </is>
       </c>
       <c r="C839" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786256581845</t>
+          <t>9786256581333</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Durduran Kız - Zamansız Kahraman</t>
+          <t>Heyecan Aşısı</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786256581807</t>
+          <t>9786256581340</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>İyilik Şampiyonası</t>
+          <t>Dünyanın En Korkak Hayvanı</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786256581838</t>
+          <t>9786256581357</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çileğin Sırrı - Masumiyet Karinesi</t>
+          <t>Bünyo - Çılgın Mikro Evren</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786256581814</t>
+          <t>9786050842531</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücünün İzinde</t>
+          <t>Halide Edip - Kurtuluşun Kahramanları 3</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786256581821</t>
+          <t>9786050838299</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Hayal Orkestrası</t>
+          <t>Şirin Mumyalar ve Sır: Mısır - Dünyayı Geziyorum 2</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786256581791</t>
+          <t>9786050830804</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Ejderham Nereye Uçtu?</t>
+          <t>Meraklı Kuzu</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786050829501</t>
+          <t>9786256581289</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Yangın Bilmecesi - Levent</t>
+          <t>Duyguların Ne Renk?</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786050829495</t>
+          <t>9786256581296</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Korkmak Yok - Levent</t>
+          <t>Duyguların Ne Renk? (Ciltli)</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786050829525</t>
+          <t>9786256581258</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Şimşeklerin Sırrı - Levent</t>
+          <t>Bir Tilki, Bir Hikaye</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786050828580</t>
+          <t>9786256581227</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Levent Muğla'da - Türkiye'yi Geziyorum 5</t>
+          <t>Bu Benim İşim!</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786050828573</t>
+          <t>9786256581265</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Levent Balıkesir'de - Türkiye'yi Geziyorum 5</t>
+          <t>Yolunu Kaybeden Çorap</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786050828610</t>
+          <t>9786256581272</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Levent Van'da - Türkiye'yi Geziyorum 5</t>
+          <t>Tatlı Rüyalar Fabrikası</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786050828566</t>
+          <t>9786256581234</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Levent Adana'da - Türkiye'yi Geziyorum 5</t>
+          <t>Sınıf Arkadaşım Bir Robot - Haşmet 1.0</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786051140421</t>
+          <t>9786256581180</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan’la Bir Gün</t>
+          <t>Şövalye ile Ejderha</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786256581760</t>
+          <t>9786256581142</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>On Numara Beş Yıldız Apartmanı</t>
+          <t>Kırmızı Tüylü Kuş</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786256581777</t>
+          <t>9786256581166</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Renklerimin Sırrı Ne?</t>
+          <t>Üç Kuş, Üç Hikaye</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786256581753</t>
+          <t>9786256581210</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Şaşırtan Kararı</t>
+          <t>Yeryüzünün İlk Adası - Atmacanın Günlüğü</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786050824032</t>
+          <t>9786256581203</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 3 - Set (5 Kitap)</t>
+          <t>Kağan - Kayıp Parçaların İzinde</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786050821390</t>
+          <t>9786256581197</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'yi Geziyorum 4 - Levent Eskişehir'de</t>
+          <t>Kim Korkar İngilizceden?</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786050847987</t>
+          <t>9786256581173</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - Acayip Fikirler Ustası (Ciltli)</t>
+          <t>Noonan &amp; Her İsmin Bir Hikayesi Var</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>290</v>
+        <v>125</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786050824001</t>
+          <t>9786256581074</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Levent - Kaçakların Korkulu Rüyası</t>
+          <t>Uzun Kulak</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786050824049</t>
+          <t>9786256581135</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Levent Orman Gözcüsü</t>
+          <t>Takla Bunları Kafana</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786256581685</t>
+          <t>9786256581111</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Bir Ada – Atmaca’nın Günlüğü</t>
+          <t>Patlak Zeka Cemcan - Erkenlik Operasyonu</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786256581715</t>
+          <t>9786256581159</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dinozor’la Paraya Yolculuk - Keşiflerle Dünya Tarihi 3</t>
+          <t>Dinozorumun Saklandığı Yer</t>
         </is>
       </c>
       <c r="C863" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786256581722</t>
+          <t>9786256581128</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dinozorların Büyük Duyguları (10 Farkındalık Hikayesi)</t>
+          <t>Ya Kardeşimi Sevmezsem (Ciltli)</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786256581746</t>
+          <t>9786256581104</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Teoman Çekirdek - Hedefe Çitlendik</t>
+          <t>Ya Kardeşimi Sevmezsem?</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786256581739</t>
+          <t>9786256581081</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Sinemaya Gitmek İstiyorum</t>
+          <t>Sınıfta Deney Var! - Bilim Dolu Maceralar</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786256581661</t>
+          <t>9786256581098</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Robotları Yendiğimiz Gün</t>
+          <t>Hayvanları Yüksek Sesle Çağırma</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786256581708</t>
+          <t>9786256581067</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Ejderha ve Gizemli Kule</t>
+          <t>Masal Arısı Vız Vız (Fleksi Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786256581692</t>
+          <t>9786256581036</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Nazoşi Teyze Bir Kedi Daha İstiyor</t>
+          <t>Müzede Bir Macera</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786050830835</t>
+          <t>9786256581005</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Süper Olacak Koyun</t>
+          <t>Balon İşleri Müdürü</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786050848397</t>
+          <t>9786256581050</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Sayfalar Arasında Bir Yolculuk</t>
+          <t>Üç Kedi, Üç Hikaye</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786050847949</t>
+          <t>9786256581043</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Dedektifi Derya</t>
+          <t>Teoman Çekirdek Süper Gücüm Hayal Gücüm</t>
         </is>
       </c>
       <c r="C872" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786050838398</t>
+          <t>9786050846881</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Levent Okula Başlıyor - Levent İlk Okuma Kitaplarım 2</t>
+          <t>Pola Kaybolunca Ne Yapar?</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786256581456</t>
+          <t>9786256581029</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile Macerası - Çikolata Meselesi</t>
+          <t>Endişe Kavanozundan Çıkanlar</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786256581326</t>
+          <t>9786256581012</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Yedek Kaleci</t>
+          <t>Ben de Korkuyorum</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786256581654</t>
+          <t>9786050848205</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Uzun ve Benekli Gezegeni</t>
+          <t>Patlak Zeka Cemcan - Bilim Tatil Dinlemez</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786256581241</t>
+          <t>9786050848212</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Rüya Oyunu - Rüya Maceraları</t>
+          <t>Ponpon Kediye Ne Oldu?</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786256581647</t>
+          <t>9786050848199</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Pelikanım Peli - Ay Kaşifi</t>
+          <t>Benim Evim Nerede</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786050808285</t>
+          <t>9786050848335</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Dedektifleri - Karaltı Çetesinin Peşinde</t>
+          <t>Mira Öfke Gezegeninden Ayrılıyor - Duygu Günlüğüm</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786050820980</t>
+          <t>9786050848380</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Itri’yle Bir Gün</t>
+          <t>Kedi Gezegeni</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786050817720</t>
+          <t>9786050848366</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Levent Hatay'da - Türkiye'yi Geziyorum 3</t>
+          <t>Doktor Dinozorla Yazıya Yolculuk - Keşiflerle Dünya Tarihi 2</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786050817706</t>
+          <t>9786050848373</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Levent Gaziantep'te - Türkiye'yi Geziyorum 3</t>
+          <t>Sınıftaki Gizemli Saat - Faruk</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786050817683</t>
+          <t>9786050848182</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Levent Diyarbakır'da -Türkiye'yi Geziyorum 3</t>
+          <t>Okul Yolunda - Mavi Mini İle Ara Bul Etkinlikleri 2</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786050817690</t>
+          <t>9786050848137</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Levent Erzurum'da - Türkiye'yi Geziyorum 3</t>
+          <t>Penguen Görmek İster Misin?</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786050817713</t>
+          <t>9786050847994</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Levent Trabzon'da - Türkiye'yi Geziyorum 3</t>
+          <t>Masal Balonu Puf Puf - Masallarla Karakter Eğitimi</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786256581623</t>
+          <t>9786050848151</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - Okul Fena Karıştı (Fleksi Cilt)</t>
+          <t>Denizle Mücadele - Bear Grylls Maceraları</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786050812596</t>
+          <t>9786050848113</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Türkiyeyi Geziyorum 2 - Levent İzmir’de</t>
+          <t>Başıma Gelen Acayip Şeyler</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786256581616</t>
+          <t>9786050848168</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Masal Topu Zıp Zıp - Masallarla Karakter Eğitimi (Fleksi Cilt)</t>
+          <t>Evden Uzakta İlk Macera: Okul</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786050807158</t>
+          <t>9786050848120</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Binbir Oyun</t>
+          <t>Ayvayı Yedik Müzesi</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786050829280</t>
+          <t>9786050847918</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Binbir Oyun (Ciltli)</t>
+          <t>Geleceği Kurtaran Makine</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786256581630</t>
+          <t>9786050847963</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Rüya Korkusu - Rüya Maceraları</t>
+          <t>Mira Stres Kulübesinden Ayrılıyor - Duygu Günlüğüm</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786256581609</t>
+          <t>9786050847956</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdu Olmak İstemeyen Maya</t>
+          <t>Florence Nightingale - Haydi Kurtaralım Dünyayı 2</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786256581593</t>
+          <t>9786050847925</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Pepito ve Dünyanın En Sıkıcı Sokağı</t>
+          <t>Dedemin Kurabiyeleri</t>
         </is>
       </c>
       <c r="C893" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786050829983</t>
+          <t>9786050847505</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Canım Kendim</t>
+          <t>Mışıl Mışıl Uykuya - Günlük Rutinlerim</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786050819601</t>
+          <t>9786050847482</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 2 Set (5 Kitap Takım)</t>
+          <t>İnci Gibi Dişlerim - Günlük Rutinlerim</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786050819618</t>
+          <t>9786050847499</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 2 : Arabaların Kahramanı</t>
+          <t>Giysilerim Çok Cici - Günlük Rutinlerim</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786050819625</t>
+          <t>1520508058239</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 2 : Korkusuz Kurtarıcı</t>
+          <t>Günlük Rutinlerim Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786050819588</t>
+          <t>9786050847512</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 2 : Çevre Koruyucusu</t>
+          <t>Haydi Yemek Yemeye - Günlük Rutinlerim</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786050846348</t>
+          <t>9786050847529</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Levent Türkiye'yi Geziyorum 7 Set (5 Kitap)</t>
+          <t>Bıcı Bıcı Banyoya - Günlük Rutinlerim</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786050846362</t>
+          <t>4440000003534</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Levent Samsun'da - Türkiye'yi Geziyorum 7</t>
+          <t>Allah Ne Güzel Yaratmış - Ara Bul Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786050846324</t>
+          <t>9786050847079</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Levent Kahramanmaraş'ta - Türkiye'yi Geziyorum 7</t>
+          <t>Yağmur Suyu İçen Papatya - Bi Dolu Hikaye 2</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786050826302</t>
+          <t>9786050847086</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Tayfası 2 - 5 Kitap Takım</t>
+          <t>Tatilus Gezegenus - Bi Dolu Hikaye 2</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786050826296</t>
+          <t>9786050847130</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Levent - Köfte Koşucusu</t>
+          <t>"Mi" Sesi Çıkaran Kuzu - Bi Dolu Hikaye 2</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786050826265</t>
+          <t>9786050847123</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Levent - Beden Dersiyle Başımız Dertte</t>
+          <t>Bir Tilkinin Günlüğü - Bi Dolu Hikaye 2</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786050838336</t>
+          <t>9786050847116</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Şirin Zarif Bir Ütopya: Japonya - Dünyayı Geziyorum 2</t>
+          <t>Bi Dolu Hikaye Seti 2 (5 Kitap)</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786256581517</t>
+          <t>9786050847062</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Galaksinin Koruyucuları - Paralel Evren</t>
+          <t>Ağzı Açık Kalan Kedi - Bi Dolu Hikaye 2</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786256581524</t>
+          <t>9786050847789</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Marsa İki Bilet - İkizler Çetesi</t>
+          <t>Depremle Mücadele</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786256581586</t>
+          <t>9786050847550</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Eyvah İşler Karıştı! - Gururlu Ispanak, Havalı Makarnaya Karşı</t>
+          <t>Kara Deliğin Sırrı</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786256581548</t>
+          <t>9786050847536</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Gösteren Gözlük</t>
+          <t>Patlak Zeka Cemcan - Ne Filmler Dönüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786256581579</t>
+          <t>9786050847758</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Mert ile Kamil Şifre Dedektifleri</t>
+          <t>Kağan Kayıp Şehrin Gizemi</t>
         </is>
       </c>
       <c r="C910" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786256581531</t>
+          <t>9786050847611</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Koala Olmanın Sırrı</t>
+          <t>Çölle Mücadele - Bear Grylls Maceraları</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786256581494</t>
+          <t>9786050847581</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Horozumu Kaçırdılar - Bir Keloğlan Masalı</t>
+          <t>Atlarla Rüzgarı Yakalayalım</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786256581562</t>
+          <t>9786050847604</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Limon Çekirdekleri</t>
+          <t>Sarı Balonun Yolculuğu</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786256581555</t>
+          <t>9786050847574</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Naneyi Yedik Lokantası</t>
+          <t>Bay Tekir ve Onun Tuhaf Kuralları</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786050821048</t>
+          <t>9786050847567</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Gazi’yle Bir Gün</t>
+          <t>Levent Hitit’ten Mısır’a Gizemli Yolculuk</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786050820997</t>
+          <t>9786050847345</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Kanuni’yle Bir Gün</t>
+          <t>Bu Kadar Zeka Başa Bela - Entel Dantel İşler</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786050819595</t>
+          <t>9786050847321</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 2 : Kütüphane Muhafızı</t>
+          <t>İkizler Çetesi Korkulu Şeyler Mağarası - Masal İle Rüzgar</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786050812572</t>
+          <t>9786050847147</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Türkiyeyi Geziyorum - Levent Bursa’da</t>
+          <t>Ormanla Mücadele - Bear Grylls Maceraları</t>
         </is>
       </c>
       <c r="C918" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786050812602</t>
+          <t>9786050847031</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Türkiyeyi Geziyorum 2 - Levent Konya’da</t>
+          <t>Doktor Dinozor’la Ateşe Yolculuk - Keşiflerle Dünya Tarihi</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786050838527</t>
+          <t>9786050847475</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Şirin Dünyayı Geziyorum 2 (Set 5 Kitap)</t>
+          <t>Hayallere Uçuran Kanatlar</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786050836943</t>
+          <t>9786050847468</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Levent Türkiye'yi Geziyorum 6 Set (5 Kitap Takım)</t>
+          <t>Pelikanım Peli - Yeniden Parlayan Güneş</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>750</v>
+        <v>115</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786050845068</t>
+          <t>9786050847451</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Bitirim İkili Baltagirmez Ormanında - Uçuk Kaçık Maceralar</t>
+          <t>Şirin - Bu Kaçıncı Kleopatra</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786256581500</t>
+          <t>9786050847239</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - Topçu Mu Popçu Mu? (Ciltli)</t>
+          <t>Çantamdan Fil Çıktı</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786050816327</t>
+          <t>9786050846911</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde (5 Kitap Takım)</t>
+          <t>Şehirdeki Gizemli Sinyal - Faruk</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786256581487</t>
+          <t>9786050847222</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Bu Nasıl Göbeklitepe</t>
+          <t>Marie Curie - Haydi Kurtaralım Dünyayı 1</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786256581470</t>
+          <t>9786050847215</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Marslı Albert Görev Başında</t>
+          <t>Antika Kral - Forsantin'in Uyanışı</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786256581432</t>
+          <t>9786050057935</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Bu Kadar Tantana Yeter</t>
+          <t>Bilim İnsanlarının İzinde Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>115</v>
+        <v>500</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786256581449</t>
+          <t>9786050847253</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Bekleyen Ailesi</t>
+          <t>Leonardo Da Vinci - Bilim İnsanlarının İzinde</t>
         </is>
       </c>
       <c r="C928" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786256581463</t>
+          <t>9786050847260</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Arel ve Enteresan Kumbarası</t>
+          <t>Isaac Newton - Bilim İnsanlarının İzinde</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786256581319</t>
+          <t>9786050847277</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Rüya Takımı - Rüya Maceraları</t>
+          <t>Albert Einstein - Bilim İnsanlarının İzinde</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786256581302</t>
+          <t>9786050847284</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - İnternette Başım Dertte</t>
+          <t>Ada Lovelace - Bilim İnsanlarının İzinde</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786256581364</t>
+          <t>9786050846713</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Mucizenin Adı Umut</t>
+          <t>Nehirle Mücadele - Bear Grylls Maceraları</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786256581418</t>
+          <t>9786050844405</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Mira ve Yekta Zorbalık Adası'nda Mücadele - Duygu Günlüğüm</t>
+          <t>Masal Havuzu Şıp Şıp (Fleksi Cilt)</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786256581401</t>
+          <t>9786050843903</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Maria Montessori - Haydi Kurtaralım Dünyayı 3</t>
+          <t>Karakökler Ruhumu Sardı - Entel Dantel İşler 3</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786256581425</t>
+          <t>9786050846720</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Kendine Sarılmak Nasıldı?</t>
+          <t>Kar Fırtınasıyla Mücadele - Bear Grylls Maceraları</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786256581333</t>
+          <t>9786050846669</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Heyecan Aşısı</t>
+          <t>Kahramanım Nasreddin Hoca - Kahraman Avcısı Kerem 6</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786256581340</t>
+          <t>9786050846652</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Korkak Hayvanı</t>
+          <t>Kahramanım Mevlana - Kahraman Avcısı Kerem 5</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786256581357</t>
+          <t>9786050846447</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Bünyo - Çılgın Mikro Evren</t>
+          <t>Kahramanım Ertuğrul - Kahraman Avcısı Kerem 1</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786050842531</t>
+          <t>9786050846690</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip - Kurtuluşun Kahramanları 3</t>
+          <t>Eyvah Kayboldum! - Ormandaki Macera</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786050838299</t>
+          <t>9786050846478</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Şirin Mumyalar ve Sır: Mısır - Dünyayı Geziyorum 2</t>
+          <t>Bir Varmış Bir Yokmuş Masal Parkı (Fleksi Cilt)</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786050830804</t>
+          <t>9786050843989</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kuzu</t>
+          <t>Ay Tohumu</t>
         </is>
       </c>
       <c r="C941" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786256581289</t>
+          <t>9786050846676</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Ne Renk?</t>
+          <t>Bir Varmış Bir Yokmuş Çikolatalı Masallar (Fleksi Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786256581296</t>
+          <t>9786050838473</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Ne Renk? (Ciltli)</t>
+          <t>Levent Kamil’in Kedisi - Levent İlk Okuma Kitaplarım 2</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>295</v>
+        <v>50</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786256581258</t>
+          <t>9786050843910</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Bir Tilki, Bir Hikaye</t>
+          <t>Bahçede Solucan Deliği Bulduğum Gün</t>
         </is>
       </c>
       <c r="C944" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786256581227</t>
+          <t>9786050846492</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim İşim!</t>
+          <t>Yeni Arkadaşım Mo</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786256581265</t>
+          <t>9786050846584</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Yolunu Kaybeden Çorap</t>
+          <t>Patlak Zeka Cemcan - Şaka Gibi Yardım Ekibi</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>115</v>
+        <v>225</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786256581272</t>
+          <t>9786050846355</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Rüyalar Fabrikası</t>
+          <t>Levent Tekirdağ'da - Türkiye'yi Geziyorum 7</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786256581234</t>
+          <t>9786050846300</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Arkadaşım Bir Robot - Haşmet 1.0</t>
+          <t>Levent Aydın'da - Türkiye'yi Geziyorum 7</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786256581180</t>
+          <t>9786050846294</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Şövalye ile Ejderha</t>
+          <t>Levent Amasya'da - Türkiye'yi Geziyorum 7</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786256581142</t>
+          <t>9786050845945</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Tüylü Kuş</t>
+          <t>Şirin - Bana Masal Anlatma!</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786256581166</t>
+          <t>9786050846225</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuş, Üç Hikaye</t>
+          <t>Pofuduk Masallar Pof Pof - Masallarla Karakter Eğitimi (Fleksi Cilt)</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786256581210</t>
+          <t>9786050845976</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün İlk Adası - Atmacanın Günlüğü</t>
+          <t>Masal Treni Çuf Çuf - Masallarla Değer Eğitimi (Fleksi Cilt)</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786256581203</t>
+          <t>9786050845952</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Kağan - Kayıp Parçaların İzinde</t>
+          <t>Bir Varmış Bir Yokmuş Masal Sokağı (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786256581197</t>
+          <t>9786050846331</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar İngilizceden?</t>
+          <t>“Bugün Nereye Gidelim? - Mavi Mini İle Ara - Bul Etkinlikleri</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786256581173</t>
+          <t>9786050845969</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Noonan &amp; Her İsmin Bir Hikayesi Var</t>
+          <t>Rüya Postacısı - Rüya Maceraları</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786256581074</t>
+          <t>9786050846218</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Uzun Kulak</t>
+          <t>Ada'nın Ejderhaları</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786256581135</t>
+          <t>9786050845662</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Takla Bunları Kafana</t>
+          <t>Küçük Kardeşlerin Büyük Maceraları Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786256581111</t>
+          <t>9786050845679</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - Erkenlik Operasyonu</t>
+          <t>Sürpriz Misafir - Küçük Kardeşlerin Büyük Maceraları</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786256581159</t>
+          <t>9786050845686</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Dinozorumun Saklandığı Yer</t>
+          <t>Oyunbozan Dev Bebek - Küçük Kardeşlerin Büyük Maceraları</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786256581128</t>
+          <t>9786050845693</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Ya Kardeşimi Sevmezsem (Ciltli)</t>
+          <t>Hayal Bahçesi - Küçük Kardeşlerin Büyük Maceraları</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786256581104</t>
+          <t>9786050845709</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Ya Kardeşimi Sevmezsem?</t>
+          <t>Eyvah, Kapıda Bir Cadı! - Küçük Kardeşlerin Büyük Maceraları</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786256581081</t>
+          <t>9786050845716</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Deney Var! - Bilim Dolu Maceralar</t>
+          <t>Büyük Kutlama - Küçük Kardeşlerin Büyük Maceraları</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786256581098</t>
+          <t>9786050846102</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Yüksek Sesle Çağırma</t>
+          <t>Profesör Debi İle Sosyal Bilgiler Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786256581067</t>
+          <t>9786050846065</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Masal Arısı Vız Vız (Fleksi Kapak) (Ciltli)</t>
+          <t>Yönlerin Peşinde Şaşkın Şair - Profesör Debi İle Sosyal Bilgiler</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>295</v>
+        <v>140</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786256581036</t>
+          <t>9786050846126</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Müzede Bir Macera</t>
+          <t>Kütüksüz Uçamam! - Profesör Debi İle Sosyal Bilgiler</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786256581005</t>
+          <t>9786050846157</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Balon İşleri Müdürü</t>
+          <t>Göbeklitepe'deki Kadim Hileler - Profesör Debi İle Sosyal Bilgiler</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786256581050</t>
+          <t>9786050846164</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Üç Kedi, Üç Hikaye</t>
+          <t>Eski Köşkün Gizemi - Profesör Debi İle Sosyal Bilgiler</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786256581043</t>
+          <t>9786050846171</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Teoman Çekirdek Süper Gücüm Hayal Gücüm</t>
+          <t>Dünyanın En Harika Dayısı - Profesör Debi İle Sosyal Bilgiler</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786050846881</t>
+          <t>9786050845983</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Pola Kaybolunca Ne Yapar?</t>
+          <t>Bitirim İkili Afrika Kıtası'nda - Uçuk Kaçık Maceralar</t>
         </is>
       </c>
       <c r="C969" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786256581029</t>
+          <t>9786050845655</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Endişe Kavanozundan Çıkanlar</t>
+          <t>Benim Adım Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786256581012</t>
+          <t>9786050845822</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Ben de Korkuyorum</t>
+          <t>Canavar Olmanın Zorlukları</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786050848205</t>
+          <t>9786050843958</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - Bilim Tatil Dinlemez</t>
+          <t>Tepegöz'ün Güç Yüzüğü</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>290</v>
+        <v>125</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786050848212</t>
+          <t>9786050843972</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Ponpon Kediye Ne Oldu?</t>
+          <t>Kazan Bey'in Kayıp Hazinesi</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786050848199</t>
+          <t>9786050843965</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Benim Evim Nerede</t>
+          <t>Dede Korkut İle Değerler Eğitimi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>225</v>
+        <v>625</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786050848335</t>
+          <t>9786050844078</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Mira Öfke Gezegeninden Ayrılıyor - Duygu Günlüğüm</t>
+          <t>Boğaç Han'ın Meçhul Misafiri</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786050848380</t>
+          <t>9786050844061</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Kedi Gezegeni</t>
+          <t>Banu Çiçek Periler Diyarı'nda</t>
         </is>
       </c>
       <c r="C976" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786050848366</t>
+          <t>9786050844054</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dinozorla Yazıya Yolculuk - Keşiflerle Dünya Tarihi 2</t>
+          <t>Bamsı Beyrek Devler Ülkesi'nde</t>
         </is>
       </c>
       <c r="C977" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786050848373</t>
+          <t>9786050845488</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Gizemli Saat - Faruk</t>
+          <t>Uçuk Kaçık Maceralar - Bitirim İkili Amazon Ormanları'nda</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786050848182</t>
+          <t>9786050845501</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Okul Yolunda - Mavi Mini İle Ara Bul Etkinlikleri 2</t>
+          <t>Büyükbabamın Kocaman Denizi</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786050848137</t>
+          <t>9786050835465</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Penguen Görmek İster Misin?</t>
+          <t>Gezgin Kedi Mırnav Kitap Fuarında - Mırnav İlk Okuma Kitaplarım 8</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786050847994</t>
+          <t>9786050845365</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Masal Balonu Puf Puf - Masallarla Karakter Eğitimi</t>
+          <t>Kitap Okuma Günlüğüm</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786050848151</t>
+          <t>9786050845099</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Denizle Mücadele - Bear Grylls Maceraları</t>
+          <t>Eğlenceli Masallar (Fleksi Cilt)</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786050848113</t>
+          <t>9786050845075</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Başıma Gelen Acayip Şeyler</t>
+          <t>Bitirim İkili Güney Kutbunda - Uçuk Kaçık Maceralar</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786050848168</t>
+          <t>9786050844955</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Evden Uzakta İlk Macera: Okul</t>
+          <t>Masal Otobüsü Düt Düt - Masallarla Karakter Eğitimi (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786050848120</t>
+          <t>9786050835427</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Ayvayı Yedik Müzesi</t>
+          <t>Gezgin Kedi Mırnav Uçan Balonda</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786050847918</t>
+          <t>9786050835458</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kurtaran Makine</t>
+          <t>Gezgin Kedi Mırnav Kar Festivalinde - Mırnav İlk Okuma Kitaplarım 7</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786050847963</t>
+          <t>9786050835441</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Mira Stres Kulübesinden Ayrılıyor - Duygu Günlüğüm</t>
+          <t>Gezgin Kedi Mırnav Çikolata Fabrikasında - Mırnav İlk Okuma Kitaplarım 6</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786050847956</t>
+          <t>9786050835489</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Florence Nightingale - Haydi Kurtaralım Dünyayı 2</t>
+          <t>Gezgin Kedi Mırnav Okulda</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786050847925</t>
+          <t>9786050845341</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Kurabiyeleri</t>
+          <t>Uzaya Giden Tren</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786050847505</t>
+          <t>9786050844948</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Mışıl Mışıl Uykuya - Günlük Rutinlerim</t>
+          <t>Minicik Miyim?</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786050847482</t>
+          <t>9786050844795</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>İnci Gibi Dişlerim - Günlük Rutinlerim</t>
+          <t>Bitirim İkili Çoook Uzak Doğu'da - Uçuk Kaçık Maceralar</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786050847499</t>
+          <t>9786050844733</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Giysilerim Çok Cici - Günlük Rutinlerim</t>
+          <t>Levent Doğu Ekspresinde Soygun</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>1520508058239</t>
+          <t>9786050844771</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Günlük Rutinlerim Set (5 Kitap)</t>
+          <t>Ayı Aradığımız Gece</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786050847512</t>
+          <t>9786050844412</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Haydi Yemek Yemeye - Günlük Rutinlerim</t>
+          <t>Şirin Mahallenin Ruhu</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786050847529</t>
+          <t>1520501986119</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Bıcı Bıcı Banyoya - Günlük Rutinlerim</t>
+          <t>Dünya Klasiklererinden Seçmeler Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>4440000003534</t>
+          <t>1520501986218</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Allah Ne Güzel Yaratmış - Ara Bul Set (4 Kitap)</t>
+          <t>Dünya Klasikleri Seti - 100 Temel Eser</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786050847079</t>
+          <t>9786050835199</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Suyu İçen Papatya - Bi Dolu Hikaye 2</t>
+          <t>Meraklı Salsal 10: Eyvah Kardeşim Kayboldu!</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786050847086</t>
+          <t>9786050835182</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Tatilus Gezegenus - Bi Dolu Hikaye 2</t>
+          <t>Meraklı Salsal 8: Kahvaltını Paylaşır Mısın?</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786050847130</t>
+          <t>9786050835168</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>"Mi" Sesi Çıkaran Kuzu - Bi Dolu Hikaye 2</t>
+          <t>Meraklı Salsal 7: Pırpır Gölge Kim?</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786050847123</t>
+          <t>9786050835151</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Bir Tilkinin Günlüğü - Bi Dolu Hikaye 2</t>
+          <t>Meraklı Salsal 6: Kedi Zeytun'a Ne Oldu?</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786050847116</t>
+          <t>9786050835144</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Bi Dolu Hikaye Seti 2 (5 Kitap)</t>
+          <t>Meraklı Salsal 5: En Güzel Hediye Hangisi?</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786050847062</t>
+          <t>9786050835137</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Ağzı Açık Kalan Kedi - Bi Dolu Hikaye 2</t>
+          <t>Meraklı Salsal 4: Nasıl Yardım Edebiliriz?</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786050847789</t>
+          <t>9786050835120</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Depremle Mücadele</t>
+          <t>Meraklı Salsal 3: Oynayacak Bir Yer Yok Mu?</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786050847550</t>
+          <t>9786050835113</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Kara Deliğin Sırrı</t>
+          <t>Meraklı Salsal 2: En Çok Kimi Seviyor</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786050847536</t>
+          <t>9786050835106</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - Ne Filmler Dönüyor (Ciltli)</t>
+          <t>Meraklı Salsal 1: Aceleci Örümcek</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786050847758</t>
+          <t>9786050838428</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Kağan Kayıp Şehrin Gizemi</t>
+          <t>Levent Ve Ayıcık - Levent İlk Okuma Kitaplarım 2</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786050847611</t>
+          <t>9786050844368</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Çölle Mücadele - Bear Grylls Maceraları</t>
+          <t>Levent Dünya Harikalarının Peşinde</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786050847581</t>
+          <t>9786050844436</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Atlarla Rüzgarı Yakalayalım</t>
+          <t>Bir Varlıkmış Bir Yoklukmuş</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786050847604</t>
+          <t>9786050844443</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Sarı Balonun Yolculuğu</t>
+          <t>Bir Kaplanın Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C1009" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786050847574</t>
+          <t>9786050844504</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Bay Tekir ve Onun Tuhaf Kuralları</t>
+          <t>Levent Kurtarma Operasyonu: Troya Hazinelerinin Peşinde</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786050847567</t>
+          <t>9786050843941</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Levent Hitit’ten Mısır’a Gizemli Yolculuk</t>
+          <t>Aceleci Ayıcık Babu - Asla Geç Değil</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786050847345</t>
+          <t>9786050843927</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Bu Kadar Zeka Başa Bela - Entel Dantel İşler</t>
+          <t>Gel Bana Masal Anlat Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>200</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786050847321</t>
+          <t>9786050844139</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>İkizler Çetesi Korkulu Şeyler Mağarası - Masal İle Rüzgar</t>
+          <t>Bir Günlük Kral</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786050847147</t>
+          <t>9786050843934</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Ormanla Mücadele - Bear Grylls Maceraları</t>
+          <t>Bir Fikrim Var</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786050847031</t>
+          <t>9786050843897</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dinozor’la Ateşe Yolculuk - Keşiflerle Dünya Tarihi</t>
+          <t>Levent Göbeklitepe - Tarihi Eser Koruyucuları</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786050847475</t>
+          <t>9786050817263</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Hayallere Uçuran Kanatlar</t>
+          <t>Öykü Çemberi 3: Kirpicik ve Farecik</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786050847468</t>
+          <t>9786050817171</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Pelikanım Peli - Yeniden Parlayan Güneş</t>
+          <t>Öykü Çemberi 1: Evim Evim Güzel Evim</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786050847451</t>
+          <t>9786050817188</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Bu Kaçıncı Kleopatra</t>
+          <t>Canavar Otu - Öykü Çemberi 2</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786050847239</t>
+          <t>9786050817270</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Çantamdan Fil Çıktı</t>
+          <t>Öykü Çemberi 4: Zıplamaktan Yoruldum</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786050846911</t>
+          <t>9786050817300</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Şehirdeki Gizemli Sinyal - Faruk</t>
+          <t>Öykü Çemberi 7: Yusuf'un Çiçekleri</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786050847222</t>
+          <t>9786050817317</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - Haydi Kurtaralım Dünyayı 1</t>
+          <t>Öykü Çemberi 8: Tatil Bitti, Kırlangıçlar Nereye Gitti?</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786050847215</t>
+          <t>9786050817287</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Antika Kral - Forsantin'in Uyanışı</t>
+          <t>Öykü Çemberi 5: Küçük Dinozor Resim Yapmak İstemiyor</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786050057935</t>
+          <t>9786050817294</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanlarının İzinde Set (5 Kitap)</t>
+          <t>Dans Eden Arılar</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786050847253</t>
+          <t>9786050817331</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci - Bilim İnsanlarının İzinde</t>
+          <t>Badem Gözlüm</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786050847260</t>
+          <t>9786050817324</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton - Bilim İnsanlarının İzinde</t>
+          <t>Aceleci Sincabın En Güzel Günü</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786050847277</t>
+          <t>9786050839050</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein - Bilim İnsanlarının İzinde</t>
+          <t>Havlock Holmes: Büyük Kaplan Sirki'ndeki Gizem</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786050847284</t>
+          <t>9786050843507</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Ada Lovelace - Bilim İnsanlarının İzinde</t>
+          <t>Levent İz Peşinde 6 Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786050846713</t>
+          <t>9786050842715</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Nehirle Mücadele - Bear Grylls Maceraları</t>
+          <t>Dinozorlar Kuru Yemiş Yemez</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786050844405</t>
+          <t>9786050842661</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Masal Havuzu Şıp Şıp (Fleksi Cilt)</t>
+          <t>Gürültülü Bir Kış Uykusu</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786050843903</t>
+          <t>9786050842739</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Karakökler Ruhumu Sardı - Entel Dantel İşler 3</t>
+          <t>Altın Meşe Palamudu Avı</t>
         </is>
       </c>
       <c r="C1030" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786050846720</t>
+          <t>9786050842463</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Kar Fırtınasıyla Mücadele - Bear Grylls Maceraları</t>
+          <t>Viking Köyü - Korsan Maviparmak 2</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786050846669</t>
+          <t>3990000009867</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Nasreddin Hoca - Kahraman Avcısı Kerem 6</t>
+          <t>İlk Adım Dergisi Sayı: 1</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786050846652</t>
+          <t>9786050842517</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Mevlana - Kahraman Avcısı Kerem 5</t>
+          <t>Tek Kurşun Atmadan - Kurtuluşun Kahramanları 3</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786050846447</t>
+          <t>9786050842449</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Ertuğrul - Kahraman Avcısı Kerem 1</t>
+          <t>Bütün Dünyanın Peşime Düştüğü Gün</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786050846690</t>
+          <t>9786050842470</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kayboldum! - Ormandaki Macera</t>
+          <t>Tülütabaklar - Kurtuluşun Kahramanları 3</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786050846478</t>
+          <t>9786050842487</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş Masal Parkı (Fleksi Cilt)</t>
+          <t>Onikiler - Kurtuluşun Kahramanları 3</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786050843989</t>
+          <t>9786050842494</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Ay Tohumu</t>
+          <t>Mehmet Nuri Efendi - Kurtuluşun Kahramanları 3</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786050846676</t>
+          <t>9786050842500</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş Çikolatalı Masallar (Fleksi Cilt) (Ciltli)</t>
+          <t>Mehmet Kamil - Kurtuluşun Kahramanları 3</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786050838473</t>
+          <t>9786050842524</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Levent Kamil’in Kedisi - Levent İlk Okuma Kitaplarım 2</t>
+          <t>Küçük Şükriye - Kurtuluşun Kahramanları 3</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786050843910</t>
+          <t>9786050842548</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Solucan Deliği Bulduğum Gün</t>
+          <t>Gördesli Makbule - Kurtuluşun Kahramanları 3</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786050846492</t>
+          <t>9786050842579</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Yeni Arkadaşım Mo</t>
+          <t>Kurtuluşun Kahramanları 3 Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>165</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786050846584</t>
+          <t>9786050842555</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Patlak Zeka Cemcan - Şaka Gibi Yardım Ekibi</t>
+          <t>Gökçen Efe - Kurtuluşun Kahramanları 3</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786050846355</t>
+          <t>9786050842562</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Levent Tekirdağ'da - Türkiye'yi Geziyorum 7</t>
+          <t>Alemdar Gemisi - Kurtuluşun Kahramanları 3</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786050846300</t>
+          <t>9786050842456</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Levent Aydın'da - Türkiye'yi Geziyorum 7</t>
+          <t>Hikayesi Olmayan Kitap</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786050846294</t>
+          <t>9786050826456</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Levent Amasya'da - Türkiye'yi Geziyorum 7</t>
+          <t>Atasözleri Hikayeleri 3</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786050845945</t>
+          <t>9786050842241</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Bana Masal Anlatma!</t>
+          <t>Şirin İlk Okuma Kitaplarım Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786050846225</t>
+          <t>9786050842128</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Pofuduk Masallar Pof Pof - Masallarla Karakter Eğitimi (Fleksi Cilt)</t>
+          <t>Lala'nın Kelimeleri</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786050845976</t>
+          <t>9786050842166</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Masal Treni Çuf Çuf - Masallarla Değer Eğitimi (Fleksi Cilt)</t>
+          <t>Arkadaşım Rüzgar</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786050845952</t>
+          <t>9786050842159</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş Masal Sokağı (Fleksi Kapak)</t>
+          <t>Benim Zürafam Uçabilir</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786050846331</t>
+          <t>9786050842135</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>“Bugün Nereye Gidelim? - Mavi Mini İle Ara - Bul Etkinlikleri</t>
+          <t>Kahramanım Osman Gazi - Kahraman Avcısı Kerem 4</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786050845969</t>
+          <t>9786050839371</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Rüya Postacısı - Rüya Maceraları</t>
+          <t>Kahramanım Fatih - Kahraman Avcısı Kerem 2</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786050846218</t>
+          <t>9786050839067</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Ada'nın Ejderhaları</t>
+          <t>Kuyruğunu Boyatan Sincap - Bi' Dolu Hikaye</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786050845662</t>
+          <t>9786050839036</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kardeşlerin Büyük Maceraları Seti (5 Kitap)</t>
+          <t>Masalları Kaybolan Bilge Kapi - Bi' Dolu Hikaye</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786050845679</t>
+          <t>9786050839074</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Misafir - Küçük Kardeşlerin Büyük Maceraları</t>
+          <t>Düşmekten Korkan Bulut - Bi' Dolu Hikaye</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786050845686</t>
+          <t>9786050839081</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Oyunbozan Dev Bebek - Küçük Kardeşlerin Büyük Maceraları</t>
+          <t>Dünyayı Durduran Kız 2 Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786050845693</t>
+          <t>9786050839098</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Hayal Bahçesi - Küçük Kardeşlerin Büyük Maceraları</t>
+          <t>Bi' Dolu Hikaye (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786050845709</t>
+          <t>9786050838978</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Kapıda Bir Cadı! - Küçük Kardeşlerin Büyük Maceraları</t>
+          <t>Yorganımın Altından Sesleniyorum</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786050845716</t>
+          <t>9786050838602</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kutlama - Küçük Kardeşlerin Büyük Maceraları</t>
+          <t>Kanatlarım Var Benim</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786050846102</t>
+          <t>9786050838367</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Profesör Debi İle Sosyal Bilgiler Seti (5 Kitap)</t>
+          <t>Büyük Ayıcık, Küçük Ayıcık ve Ben</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786050846065</t>
+          <t>9786050838282</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Yönlerin Peşinde Şaşkın Şair - Profesör Debi İle Sosyal Bilgiler</t>
+          <t>Uzaylıların Beynimizi Yemeye Geldiği Gün</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786050846126</t>
+          <t>9786050838329</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Kütüksüz Uçamam! - Profesör Debi İle Sosyal Bilgiler</t>
+          <t>Şirin Güllük Gülistan: Hindistan - Dünyayı Geziyorum 2</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786050846157</t>
+          <t>9786050838312</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe'deki Kadim Hileler - Profesör Debi İle Sosyal Bilgiler</t>
+          <t>Şirin Terrakota Adrenalin: Çin - Dünyayı Geziyorum 2</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786050846164</t>
+          <t>9786050838305</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Eski Köşkün Gizemi - Profesör Debi İle Sosyal Bilgiler</t>
+          <t>Şirin Didişiriz Şakacıktan: Yunanistan - Dünyayı Geziyorum 2</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786050846171</t>
+          <t>9786050837100</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Harika Dayısı - Profesör Debi İle Sosyal Bilgiler</t>
+          <t>Mirket Hala Mimi - Mini Masallar 5</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786050845983</t>
+          <t>9786050837025</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Bitirim İkili Afrika Kıtası'nda - Uçuk Kaçık Maceralar</t>
+          <t>Keçi Nineler - Mini Masallar 5</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786050845655</t>
+          <t>9786050837070</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Mavi (Ciltli)</t>
+          <t>Sincap Pafi - Mini Masallar 5</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>325</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786050845822</t>
+          <t>9786050836936</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Canavar Olmanın Zorlukları</t>
+          <t>Mini Masallar 5 Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786050843958</t>
+          <t>9786050837094</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Tepegöz'ün Güç Yüzüğü</t>
+          <t>Pinpon Tavşan - Mini Masallar 5</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786050843972</t>
+          <t>9786050837049</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Kazan Bey'in Kayıp Hazinesi</t>
+          <t>Kutup Ayısı Potuk - Mini Masallar 5</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786050843965</t>
+          <t>9786050837056</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut İle Değerler Eğitimi Seti (5 Kitap)</t>
+          <t>Kuzu Kuju - Mini Masallar 5</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>625</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786050844078</t>
+          <t>9786050837063</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han'ın Meçhul Misafiri</t>
+          <t>Yunus Balığı Lila - Mini Masallar 5</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786050844061</t>
+          <t>9786050837087</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Banu Çiçek Periler Diyarı'nda</t>
+          <t>Sıpa Çila - Mini Masallar 5</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786050844054</t>
+          <t>9786050837032</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Bamsı Beyrek Devler Ülkesi'nde</t>
+          <t>Çıtçıt Kasabası - Mini Masallar 5</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786050845488</t>
+          <t>9786050837018</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Uçuk Kaçık Maceralar - Bitirim İkili Amazon Ormanları'nda</t>
+          <t>At Yavrusu Taytay - Mini Masallar 5</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786050845501</t>
+          <t>9786050837131</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Büyükbabamın Kocaman Denizi</t>
+          <t>Diddalum</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786050835465</t>
+          <t>9786050837117</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi Mırnav Kitap Fuarında - Mırnav İlk Okuma Kitaplarım 8</t>
+          <t>Pelerinsiz Kahraman - Dev Arılara Karşı 2</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786050845365</t>
+          <t>9786050836950</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuma Günlüğüm</t>
+          <t>Levent Sinop'ta / Türkiye'yi Geziyorum 6</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786050845099</t>
+          <t>9786050836967</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Masallar (Fleksi Cilt)</t>
+          <t>Levent Mersin'de / Türkiye'yi Geziyorum 6</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786050845075</t>
+          <t>9786050836974</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Bitirim İkili Güney Kutbunda - Uçuk Kaçık Maceralar</t>
+          <t>Levent Manisa'da / Türkiye'yi Geziyorum 6</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786050844955</t>
+          <t>9786050836981</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Masal Otobüsü Düt Düt - Masallarla Karakter Eğitimi (Fleksi Kapak)</t>
+          <t>Levent Malatya'da / Türkiye'yi Geziyorum 6</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786050835427</t>
+          <t>9786050836998</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi Mırnav Uçan Balonda</t>
+          <t>Levent Kocaeli'de / Türkiye'yi Geziyorum 6</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786050835458</t>
+          <t>9786050835878</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi Mırnav Kar Festivalinde - Mırnav İlk Okuma Kitaplarım 7</t>
+          <t>Zulu: Domates Kurbağalarını Koruma Derneği - Bir Madagaskar Macerası 5</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786050835441</t>
+          <t>9786050835861</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi Mırnav Çikolata Fabrikasında - Mırnav İlk Okuma Kitaplarım 6</t>
+          <t>Zulu: Humaros Gezegeni'nde Canlı Yayın - Bir Madagaskar Macerası 4</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786050835489</t>
+          <t>9786050835847</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi Mırnav Okulda</t>
+          <t>Zulu: Papağan Avo Ünlü Oluyor! - Bir Madagaskar Macerası 2</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786050845341</t>
+          <t>9786050835885</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Giden Tren</t>
+          <t>Kahramanım Barbaros Hayreddin - Kahraman Avcısı Kerem 8</t>
         </is>
       </c>
       <c r="C1085" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786050844948</t>
+          <t>9786050835908</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Minicik Miyim?</t>
+          <t>Biri, Diğeri, Öteki, Beriki</t>
         </is>
       </c>
       <c r="C1086" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786050844795</t>
+          <t>9786050835854</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Bitirim İkili Çoook Uzak Doğu'da - Uçuk Kaçık Maceralar</t>
+          <t>Zulu ile Bir Madagaskar Macerası - Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786050844733</t>
+          <t>9786050836127</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Levent Doğu Ekspresinde Soygun</t>
+          <t>Pelerinsiz Kahraman - Gerçek Süper Güç</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786050844771</t>
+          <t>9786050835403</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Ayı Aradığımız Gece</t>
+          <t>Gezgin Kedi Mırnav - İlk Okuma Kitaplarım Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786050844412</t>
+          <t>9786050835090</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Şirin Mahallenin Ruhu</t>
+          <t>Meraklı Salsal Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>1520501986119</t>
+          <t>9786050835557</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasiklererinden Seçmeler Set (10 Kitap)</t>
+          <t>Göğe Tırmanan Çocuk</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>900</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>1520501986218</t>
+          <t>9786050835519</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti - 100 Temel Eser</t>
+          <t>Bir Kutup Ayısı Kapını Çalarsa</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786050835199</t>
+          <t>9786050835571</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salsal 10: Eyvah Kardeşim Kayboldu!</t>
+          <t>Bibliyo Fil</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786050835182</t>
+          <t>9786050834673</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salsal 8: Kahvaltını Paylaşır Mısın?</t>
+          <t>Kırmızı Kürklü Küçük Manto - Hayal Kütüphanesi 5</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786050835168</t>
+          <t>9786050834833</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salsal 7: Pırpır Gölge Kim?</t>
+          <t>Çizgi Çalışmaları (+36 Ay)</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786050835151</t>
+          <t>9786050834826</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salsal 6: Kedi Zeytun'a Ne Oldu?</t>
+          <t>Sanat Etkinlikleri Dosyası (48 Ay +)</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>90</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786050835144</t>
+          <t>9786050834703</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salsal 5: En Güzel Hediye Hangisi?</t>
+          <t>Duvarın Arkasında Ne Var?</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786050835137</t>
+          <t>9786050833584</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salsal 4: Nasıl Yardım Edebiliriz?</t>
+          <t>Canavarlar Gece Gelir Mi?</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786050835120</t>
+          <t>9786050834710</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salsal 3: Oynayacak Bir Yer Yok Mu?</t>
+          <t>Bol Hapşırıklı Kütüphane - Can Avar (Ciltli)</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786050835113</t>
+          <t>9786050834499</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salsal 2: En Çok Kimi Seviyor</t>
+          <t>Arkadaşım Yağmur</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786050835106</t>
+          <t>9786050834475</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salsal 1: Aceleci Örümcek</t>
+          <t>Nohut Adam</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786050838428</t>
+          <t>9786050834420</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Levent Ve Ayıcık - Levent İlk Okuma Kitaplarım 2</t>
+          <t>Cesur Yürek Hermit - Evim Olmadan Asla</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786050844368</t>
+          <t>9786050834338</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Levent Dünya Harikalarının Peşinde</t>
+          <t>Göldeki Hayalet Kim? - Kağan</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786050844436</t>
+          <t>9786050834390</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Bir Varlıkmış Bir Yoklukmuş</t>
+          <t>Resmin Gizemini Çözebilecek Miyiz? - Kağan</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786050844443</t>
+          <t>9786050834284</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaplanın Gizli Yaşamı</t>
+          <t>Kayıp Çocuk Nerede? - Aliş'in Kent Günlükleri 4</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786050844504</t>
+          <t>9786050834277</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Levent Kurtarma Operasyonu: Troya Hazinelerinin Peşinde</t>
+          <t>Rekorlara Koşuyorum - Aliş'in Kent Günlükleri 3</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786050843941</t>
+          <t>9786050834246</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Aceleci Ayıcık Babu - Asla Geç Değil</t>
+          <t>Aliş'in Kent Günlükleri Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>125</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786050843927</t>
+          <t>9786050834154</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Gel Bana Masal Anlat Set (4 Kitap)</t>
+          <t>Gölgem Nereye Gitti?</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>395</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786050844139</t>
+          <t>9786050833591</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Bir Günlük Kral</t>
+          <t>Korsan Mavi Parmak (Ciltli)</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786050843934</t>
+          <t>9786050833799</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Bir Fikrim Var</t>
+          <t>Zaman Turşusu - Geleceği Kurtarma Planı (Ciltli)</t>
         </is>
       </c>
       <c r="C1110" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786050843897</t>
+          <t>9786050834048</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Levent Göbeklitepe - Tarihi Eser Koruyucuları</t>
+          <t>Ağaca Tırmanan Keçi</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786050817263</t>
+          <t>9786050834086</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Öykü Çemberi 3: Kirpicik ve Farecik</t>
+          <t>Küçük Güneş - Yeni Bir Güneş Doğuyor</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786050817171</t>
+          <t>9786050833614</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Öykü Çemberi 1: Evim Evim Güzel Evim</t>
+          <t>Arı Çocuk - Vampir Kurtçukların Planı (Ciltli)</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>90</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786050817188</t>
+          <t>9786050834055</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Canavar Otu - Öykü Çemberi 2</t>
+          <t>Akbaba Dobrilla'nın İnanılmaz Yolculuğu</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>90</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786050817270</t>
+          <t>9786050833652</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Öykü Çemberi 4: Zıplamaktan Yoruldum</t>
+          <t>Hopiş Okula Gidiyor - Hopiş'le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786050817300</t>
+          <t>9786050833638</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Öykü Çemberi 7: Yusuf'un Çiçekleri</t>
+          <t>Hopiş Uyanıyor - Hopiş'le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786050817317</t>
+          <t>9786050833683</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Öykü Çemberi 8: Tatil Bitti, Kırlangıçlar Nereye Gitti?</t>
+          <t>Patiş'in Dolabı - Patiş'le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786050817287</t>
+          <t>9786050833676</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Öykü Çemberi 5: Küçük Dinozor Resim Yapmak İstemiyor</t>
+          <t>Patiş Parka Gidiyor - Patiş'le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786050817294</t>
+          <t>9786050833669</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Dans Eden Arılar</t>
+          <t>Patiş Evde Ne Yapıyor - Patiş'le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786050817331</t>
+          <t>9786050833645</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Badem Gözlüm</t>
+          <t>Hopiş ve Kardeşi - Hopiş'le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786050817324</t>
+          <t>9786050833713</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Aceleci Sincabın En Güzel Günü</t>
+          <t>Yumiş'in Ormandaki Evi - Yumiş'le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786050839050</t>
+          <t>9786050833706</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Havlock Holmes: Büyük Kaplan Sirki'ndeki Gizem</t>
+          <t>Yumiş'in Oyun Arkadaşları - Yumiş'le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786050843507</t>
+          <t>9786050833720</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 6 Set (5 Kitap)</t>
+          <t>Yumişin Ailesi - Yumiş'le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>750</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786050842715</t>
+          <t>9789752631113</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Kuru Yemiş Yemez</t>
+          <t>Çıkartmalı Boyama Kitabı (Sticker Hediyeli)</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786050842661</t>
+          <t>9786050833690</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Gürültülü Bir Kış Uykusu</t>
+          <t>Todiş Ne Yiyor? - Todiş'le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786050842739</t>
+          <t>9786050833744</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Altın Meşe Palamudu Avı</t>
+          <t>Todiş'in Arkadaşları - Todiş'le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786050842463</t>
+          <t>9786050833737</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Viking Köyü - Korsan Maviparmak 2</t>
+          <t>Todiş'in Bir Günü - Todiş'le Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>3990000009867</t>
+          <t>9786050833966</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>İlk Adım Dergisi Sayı: 1</t>
+          <t>Annem Babam ve Ben Okuyoruz</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786050842517</t>
+          <t>9786050833959</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Tek Kurşun Atmadan - Kurtuluşun Kahramanları 3</t>
+          <t>Sen Gerçek Bir Korsan Değilsin</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786050842449</t>
+          <t>9786050832242</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Bütün Dünyanın Peşime Düştüğü Gün</t>
+          <t>Oyun Arkadaşım Olur Musun?</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786050842470</t>
+          <t>9786050832952</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Tülütabaklar - Kurtuluşun Kahramanları 3</t>
+          <t>Şşşt! Sessiz Olun Okuyorum</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786050842487</t>
+          <t>9786050832860</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Onikiler - Kurtuluşun Kahramanları 3</t>
+          <t>Hammit Kara Düşler Kalesi - Hırçın Kaplan Tigra</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786050842494</t>
+          <t>9786050832822</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Nuri Efendi - Kurtuluşun Kahramanları 3</t>
+          <t>Hammit Koruyucu Küre - Kara Düşler Ülkesi Serisi</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786050842500</t>
+          <t>9786050832853</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Kamil - Kurtuluşun Kahramanları 3</t>
+          <t>Hammit Kara Düşler Kalesi - Kara Düşler Ülkesi Serisi</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786050842524</t>
+          <t>9786050832815</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şükriye - Kurtuluşun Kahramanları 3</t>
+          <t>Hammit Kara Düşler Ülkesi Serisi Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>110</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786050842548</t>
+          <t>9786050832839</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Gördesli Makbule - Kurtuluşun Kahramanları 3</t>
+          <t>Hammit Gümüş Kartallar - Kara Düşler Ülkesi Serisi</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786050842579</t>
+          <t>9786050832792</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşun Kahramanları 3 Seti (10 Kitap Takım)</t>
+          <t>Bir Tilki Nasıl Başarır?</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>1100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786050842555</t>
+          <t>9786050832877</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Gökçen Efe - Kurtuluşun Kahramanları 3</t>
+          <t>Arkadaşım Güneş</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786050842562</t>
+          <t>9786050832181</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Alemdar Gemisi - Kurtuluşun Kahramanları 3</t>
+          <t>Masal Çocuk ile Kiraz - Öykü Makinesi 7</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786050842456</t>
+          <t>9786050832129</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Hikayesi Olmayan Kitap</t>
+          <t>Gökyüzüne Zıplayan Fil - Öykü Makinesi 1</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786050826456</t>
+          <t>9786050832112</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Hikayeleri 3</t>
+          <t>Düdüklü Bir Köpek - Öykü Makinesi 3</t>
         </is>
       </c>
       <c r="C1141" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786050842241</t>
+          <t>9786050832204</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Şirin İlk Okuma Kitaplarım Seti (10 Kitap Takım)</t>
+          <t>Kuşların Şarkısı - Öykü Makinesi 9</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786050842128</t>
+          <t>9786050832136</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Lala'nın Kelimeleri</t>
+          <t>Homur Homurlar Kenti - Öykü Makinesi 5</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786050842166</t>
+          <t>9786050831993</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Rüzgar</t>
+          <t>Dikkat ve Görsel Algı - Etkinlik Kitabı (36 Ay +)</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786050842159</t>
+          <t>9786050831757</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Benim Zürafam Uçabilir</t>
+          <t>Küçük Kayılar 2 - Gladyatör Batağı</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786050842135</t>
+          <t>9786050831726</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Osman Gazi - Kahraman Avcısı Kerem 4</t>
+          <t>Küçük Kayılar - Söğüt Kışlağına Göç</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786050839371</t>
+          <t>9786050831702</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Fatih - Kahraman Avcısı Kerem 2</t>
+          <t>Küçük Kayılar - Sultanın Daveti</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786050839067</t>
+          <t>9786050831719</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Kuyruğunu Boyatan Sincap - Bi' Dolu Hikaye</t>
+          <t>Küçük Kayılar - Tepük Turnuvası</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786050839036</t>
+          <t>9786050831740</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Masalları Kaybolan Bilge Kapi - Bi' Dolu Hikaye</t>
+          <t>Küçük Kayılar - Komşumuz Rumlar</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786050839074</t>
+          <t>9786050831733</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Düşmekten Korkan Bulut - Bi' Dolu Hikaye</t>
+          <t>Küçük Kayılar 2 (5 Kitap)</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>100</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786050839081</t>
+          <t>9786050831771</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Durduran Kız 2 Seti (4 Kitap Takım)</t>
+          <t>Ne Zaman Büyüyeceğim?</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786050839098</t>
+          <t>9786050831801</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Bi' Dolu Hikaye (5 Kitap Takım)</t>
+          <t>Levent İz Peşinde 5 Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786050838978</t>
+          <t>9789752632417</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Yorganımın Altından Sesleniyorum</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786050838602</t>
+          <t>9786050831467</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Kanatlarım Var Benim</t>
+          <t>Seydi Ali Reis - Kahraman Türk Denizcileri</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786050838367</t>
+          <t>9786050831412</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ayıcık, Küçük Ayıcık ve Ben</t>
+          <t>Uluç Reis - Kahraman Türk Denizcileri</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786050838282</t>
+          <t>9786050831429</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Uzaylıların Beynimizi Yemeye Geldiği Gün</t>
+          <t>Turgut Reis - Kahraman Türk Denizcileri</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786050838329</t>
+          <t>9786050831474</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Şirin Güllük Gülistan: Hindistan - Dünyayı Geziyorum 2</t>
+          <t>Piri Reis - Kahraman Türk Denizcileri</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786050838312</t>
+          <t>9786050831498</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Şirin Terrakota Adrenalin: Çin - Dünyayı Geziyorum 2</t>
+          <t>Kemal Reis - Kahraman Türk Denizcileri</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786050838305</t>
+          <t>9786050831405</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Şirin Didişiriz Şakacıktan: Yunanistan - Dünyayı Geziyorum 2</t>
+          <t>Umur Bey - Kahraman Türk Denizcileri</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786050837100</t>
+          <t>9786050831399</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Mirket Hala Mimi - Mini Masallar 5</t>
+          <t>Çaka Bey - Kahraman Türk Denizcileri</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>40</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786050837025</t>
+          <t>9786050831382</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Keçi Nineler - Mini Masallar 5</t>
+          <t>Kahraman Türk Denizcileri Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>40</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786050837070</t>
+          <t>9786050831504</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Sincap Pafi - Mini Masallar 5</t>
+          <t>Kara Mürsel Reis - Kahraman Türk Denizcileri</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>40</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786050836936</t>
+          <t>9786050831603</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Mini Masallar 5 Seti (10 Kitap Takım)</t>
+          <t>Kırmızı Yuvarlağın Bir Hayali Var</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786050837094</t>
+          <t>9786050830712</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Pinpon Tavşan - Mini Masallar 5</t>
+          <t>İyi Arkadaşlar Ne Yapar?</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786050837049</t>
+          <t>9786050831375</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısı Potuk - Mini Masallar 5</t>
+          <t>Dolabımdaki Oyun Parkı</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>40</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786050837056</t>
+          <t>9786050831436</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Kuzu Kuju - Mini Masallar 5</t>
+          <t>Şirin Mucizelere İnanır mısın? - Kendimi Durduramıyorum 2</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786050837063</t>
+          <t>9786050831450</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Yunus Balığı Lila - Mini Masallar 5</t>
+          <t>Şirin İtirazım Var - Kendimi Durduramıyorum 2</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786050837087</t>
+          <t>9786050831535</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Sıpa Çila - Mini Masallar 5</t>
+          <t>Şirin Zanzibar Konsolosu - Kendimi Durduramıyorum 2</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786050837032</t>
+          <t>9786050831528</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Çıtçıt Kasabası - Mini Masallar 5</t>
+          <t>Şirin Park Çetesi - Kendimi Durduramıyorum 2</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786050837018</t>
+          <t>9786050830095</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>At Yavrusu Taytay - Mini Masallar 5</t>
+          <t>Karıştır Renklendir</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786050837131</t>
+          <t>9786050831443</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Diddalum</t>
+          <t>Şirin Kendimi Durduramıyorum 2 Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786050837117</t>
+          <t>9786050831542</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Pelerinsiz Kahraman - Dev Arılara Karşı 2</t>
+          <t>Şirin Mis Sabunlarının Gizemi - Kendimi Durduramıyorum 2</t>
         </is>
       </c>
       <c r="C1172" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786050836950</t>
+          <t>9786050830828</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Levent Sinop'ta / Türkiye'yi Geziyorum 6</t>
+          <t>Böylesi Daha Güzel</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786050836967</t>
+          <t>9786050830873</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Levent Mersin'de / Türkiye'yi Geziyorum 6</t>
+          <t>Niye Kötüler Var? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786050836974</t>
+          <t>9786050830859</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Levent Manisa'da / Türkiye'yi Geziyorum 6</t>
+          <t>Ölüm Nedir? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786050836981</t>
+          <t>9786050830927</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Levent Malatya'da / Türkiye'yi Geziyorum 6</t>
+          <t>Neden Evsiz İnsanlar Var? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786050836998</t>
+          <t>9786050830958</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Levent Kocaeli'de / Türkiye'yi Geziyorum 6</t>
+          <t>Benim Babam! - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786050835878</t>
+          <t>9786050830910</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Zulu: Domates Kurbağalarını Koruma Derneği - Bir Madagaskar Macerası 5</t>
+          <t>Niye Birbirimize Benzemiyoruz? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786050835861</t>
+          <t>9786050830842</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Zulu: Humaros Gezegeni'nde Canlı Yayın - Bir Madagaskar Macerası 4</t>
+          <t>Yaman ve Onun Bitmek Bilmeyen Soruları Set (12 Kitap)</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>100</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786050835847</t>
+          <t>9786050830934</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Zulu: Papağan Avo Ünlü Oluyor! - Bir Madagaskar Macerası 2</t>
+          <t>Dünya Nasıl Oluştu? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786050835885</t>
+          <t>9786050830798</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Barbaros Hayreddin - Kahraman Avcısı Kerem 8</t>
+          <t>Avatarların İstilası - Süper Kahraman</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786050835908</t>
+          <t>9786050830101</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Biri, Diğeri, Öteki, Beriki</t>
+          <t>Ses Çıkaran Kitap</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786050835854</t>
+          <t>9786050830613</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Zulu ile Bir Madagaskar Macerası - Set (5 Kitap Takım)</t>
+          <t>Uyuyamayan Aslan</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786050836127</t>
+          <t>9786050830590</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Pelerinsiz Kahraman - Gerçek Süper Güç</t>
+          <t>Dağa Tırmanan Kedi</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786050835403</t>
+          <t>9786050830583</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kedi Mırnav - İlk Okuma Kitaplarım Set (10 Kitap Takım)</t>
+          <t>Korkak Bir Kahraman</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>600</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786050835090</t>
+          <t>9786050830545</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salsal Set (10 Kitap Takım)</t>
+          <t>Hikayeci Fil</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786050835557</t>
+          <t>9786050830507</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Göğe Tırmanan Çocuk</t>
+          <t>İstanbul Dedektifleri 4 - Tehlike Peşimizde</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786050835519</t>
+          <t>9786050830118</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutup Ayısı Kapını Çalarsa</t>
+          <t>Oyun Oynayalım mı?</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786050835571</t>
+          <t>9786050830125</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Bibliyo Fil</t>
+          <t>Baker Street Laneti - Sherlock Holmes (Ciltli)</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786050834673</t>
+          <t>9786050830149</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kürklü Küçük Manto - Hayal Kütüphanesi 5</t>
+          <t>Sarılalım</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786050834833</t>
+          <t>9786050829518</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Çalışmaları (+36 Ay)</t>
+          <t>Çobanın Oyunu - Levent</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786050834826</t>
+          <t>9786050829990</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Sanat Etkinlikleri Dosyası (48 Ay +)</t>
+          <t>Baldan Tatlı Öyküler - 3</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786050834703</t>
+          <t>9786050829976</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Duvarın Arkasında Ne Var?</t>
+          <t>Arı Çocuk - Zombi Arıların Saldırısı (Ciltli)</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786050833584</t>
+          <t>9786050829549</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Gece Gelir Mi?</t>
+          <t>Yanlış Masalcı Bay Yalnış</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786050834710</t>
+          <t>9786050829402</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Bol Hapşırıklı Kütüphane - Can Avar (Ciltli)</t>
+          <t>Komşu Lulu - Mini Masallar 4</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786050834499</t>
+          <t>9786050829532</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Yağmur</t>
+          <t>Yardımsever Komşular - Mini Masallar 4</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786050834475</t>
+          <t>9786050829464</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Nohut Adam</t>
+          <t>Kocaman Dünya - Mini Masallar 4</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786050834420</t>
+          <t>9786050829457</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yürek Hermit - Evim Olmadan Asla</t>
+          <t>Hasta Lila Ördek - Mini Masallar 4</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786050834338</t>
+          <t>9786050829396</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Göldeki Hayalet Kim? - Kağan</t>
+          <t>Sevgili Annemiz - Mini Masallar 4</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786050834390</t>
+          <t>9786050829372</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Resmin Gizemini Çözebilecek Miyiz? - Kağan</t>
+          <t>Pastacı Vakvaklar - Mini Masallar 4</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786050834284</t>
+          <t>9786050829389</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çocuk Nerede? - Aliş'in Kent Günlükleri 4</t>
+          <t>Puf Puf Renkler - Mini Masallar 4</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786050834277</t>
+          <t>9786050829365</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Rekorlara Koşuyorum - Aliş'in Kent Günlükleri 3</t>
+          <t>Cesur Ördek - Mini Masallar 4</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786050834246</t>
+          <t>9786050829419</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Aliş'in Kent Günlükleri Seti (4 Kitap Takım)</t>
+          <t>Babamın Masası</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786050834154</t>
+          <t>9786050829471</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Gölgem Nereye Gitti?</t>
+          <t>Değirmenin Gizemi - Levent</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786050833591</t>
+          <t>9786050829341</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Korsan Mavi Parmak (Ciltli)</t>
+          <t>Yıldız Yıyı - Mini Masallar 4</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>295</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786050833799</t>
+          <t>9786050829198</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Zaman Turşusu - Geleceği Kurtarma Planı (Ciltli)</t>
+          <t>Mini Masallar 4 - (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786050834048</t>
+          <t>9786050829358</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Ağaca Tırmanan Keçi</t>
+          <t>Tavşan Pofpof - Mini Masallar 4</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786050834086</t>
+          <t>9786050829488</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Küçük Güneş - Yeni Bir Güneş Doğuyor</t>
+          <t>Levent İz Peşinde 4 Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>175</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786050833614</t>
+          <t>9786050825688</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Arı Çocuk - Vampir Kurtçukların Planı (Ciltli)</t>
+          <t>Zaman Turşusu 2 - Dünya'nın Sonuna Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786050834055</t>
+          <t>9786050829150</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Akbaba Dobrilla'nın İnanılmaz Yolculuğu</t>
+          <t>Beni Ne Renk Sevdin Anne?</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786050833652</t>
+          <t>9786050829037</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Hopiş Okula Gidiyor - Hopiş'le Boyama Zamanı</t>
+          <t>Melodi</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786050833638</t>
+          <t>9786050828887</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Hopiş Uyanıyor - Hopiş'le Boyama Zamanı</t>
+          <t>Levent - İlk Okuma Kitaplarım (1. Sınıf 10 Kitap Set)</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786050833683</t>
+          <t>9786050828849</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Patiş'in Dolabı - Patiş'le Boyama Zamanı</t>
+          <t>Mia ve Bazı Şekerli Şeyler</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786050833676</t>
+          <t>9786050827354</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Patiş Parka Gidiyor - Patiş'le Boyama Zamanı</t>
+          <t>Yaşasın Okuyorum Hikaye Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786050833669</t>
+          <t>9786050828597</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Patiş Evde Ne Yapıyor - Patiş'le Boyama Zamanı</t>
+          <t>Levent Sivas'ta - Türkiye'yi Geziyorum 5</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786050833645</t>
+          <t>9786050828603</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Hopiş ve Kardeşi - Hopiş'le Boyama Zamanı</t>
+          <t>Levent Türkiye'yi Geziyorum - 5 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>50</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786050833713</t>
+          <t>9786050828542</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Yumiş'in Ormandaki Evi - Yumiş'le Boyama Zamanı</t>
+          <t>Balino</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786050833706</t>
+          <t>9786050827965</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Yumiş'in Oyun Arkadaşları - Yumiş'le Boyama Zamanı</t>
+          <t>İstiklal Marşımız Nasıl Yazıldı? - Can İle Canan Mehmet Akif'i Seviyoruz</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786050833720</t>
+          <t>9786050825701</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Yumişin Ailesi - Yumiş'le Boyama Zamanı</t>
+          <t>Can ile Canan Mehmet Akif'i Seviyoruz Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>50</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9789752631113</t>
+          <t>9786050827972</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Kitabı (Sticker Hediyeli)</t>
+          <t>Saklı Şehrin İzinde - Miniko</t>
         </is>
       </c>
       <c r="C1220" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786050833690</t>
+          <t>9786050827576</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Todiş Ne Yiyor? - Todiş'le Boyama Zamanı</t>
+          <t>Kartopu Panda (Ciltli)</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>50</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786050833744</t>
+          <t>9786051143569</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Todiş'in Arkadaşları - Todiş'le Boyama Zamanı</t>
+          <t>Mini Masallar - Dalgın Yumyum</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786050833737</t>
+          <t>9786050826968</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Todiş'in Bir Günü - Todiş'le Boyama Zamanı</t>
+          <t>Masal ile Rüzgar - Kaplumbik Operasyonu (Ciltli)</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>50</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786050833966</t>
+          <t>9786050826418</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Annem Babam ve Ben Okuyoruz</t>
+          <t>Atasözleri Hikayeleri - Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786050833959</t>
+          <t>9786050826463</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Sen Gerçek Bir Korsan Değilsin</t>
+          <t>Atasözleri Hikayeleri 4</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786050832242</t>
+          <t>9786050826470</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Oyun Arkadaşım Olur Musun?</t>
+          <t>Atasözleri Hikayeleri 5</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786050832952</t>
+          <t>9786050826524</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Şşşt! Sessiz Olun Okuyorum</t>
+          <t>Şirin Beyaz İtalya Yalanları - Dünyayı Geziyorum</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786050832860</t>
+          <t>9786050826531</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Hammit Kara Düşler Kalesi - Hırçın Kaplan Tigra</t>
+          <t>Şirin Fransada Büyük Fiyasko - Dünyayı Geziyorum</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786050832822</t>
+          <t>9786050826548</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Hammit Koruyucu Küre - Kara Düşler Ülkesi Serisi</t>
+          <t>Şirin İspanya Boğalarından Kaçarken - Dünyayı Geziyorum</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786050832853</t>
+          <t>9786050826555</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Hammit Kara Düşler Kalesi - Kara Düşler Ülkesi Serisi</t>
+          <t>Şirin Rusya'da Uyutan Göl - Dünyayı Geziyorum</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786050832815</t>
+          <t>9786050826494</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Hammit Kara Düşler Ülkesi Serisi Set (5 Kitap Takım)</t>
+          <t>Şirin Dünyayı Geziyorum - Set1 (5 Kitap)</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>700</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786050832839</t>
+          <t>9786050826166</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Hammit Gümüş Kartallar - Kara Düşler Ülkesi Serisi</t>
+          <t>Küçük Kayılar - Ertuğrul Gazi'nin Zaferi</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786050832792</t>
+          <t>9786050826159</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Bir Tilki Nasıl Başarır?</t>
+          <t>Küçük Kayılar - Komşu Beyi Alp Yürek</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786050832877</t>
+          <t>9786050826340</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Güneş</t>
+          <t>Levent - Yerli Malı Yurdun Malı</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786050832181</t>
+          <t>9786050826272</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Masal Çocuk ile Kiraz - Öykü Makinesi 7</t>
+          <t>Levent - Hatırla Bizi Osman</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786050832129</t>
+          <t>9786050826142</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Zıplayan Fil - Öykü Makinesi 1</t>
+          <t>Küçük Kayılar - Kervansaray Baskını</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786050832112</t>
+          <t>9786050826135</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Düdüklü Bir Köpek - Öykü Makinesi 3</t>
+          <t>Küçük Kayılar - Bizans Zindanında</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786050832204</t>
+          <t>9786050826128</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Şarkısı - Öykü Makinesi 9</t>
+          <t>Küçük Kayılar - Moğollara Oyun</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786050832136</t>
+          <t>9786050826173</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Homur Homurlar Kenti - Öykü Makinesi 5</t>
+          <t>Okula Gitmek İstemiyorum</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786050831993</t>
+          <t>9786050825695</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı - Etkinlik Kitabı (36 Ay +)</t>
+          <t>Can İle Canan - Sırtlanları Nasıl Kovaladık?</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786050831757</t>
+          <t>9786050825732</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayılar 2 - Gladyatör Batağı</t>
+          <t>Can İle Canan - Hayvanları Nasıl Tedavi Ettik?</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786050831726</t>
+          <t>9786050825749</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayılar - Söğüt Kışlağına Göç</t>
+          <t>Can İle Canan - Mısır'ın Gizemini Nasıl Keşfettik?</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786050831702</t>
+          <t>9786050825718</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayılar - Sultanın Daveti</t>
+          <t>Can İle Canan - Salıncağı Kim Sevmez?</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786050831719</t>
+          <t>9786050825725</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayılar - Tepük Turnuvası</t>
+          <t>Can İle Canan - Kitapçıyı Nasıl Karıştırdık?</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786050831740</t>
+          <t>9786050825930</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayılar - Komşumuz Rumlar</t>
+          <t>Benim Atım Farklı</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786050831733</t>
+          <t>9786050823332</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayılar 2 (5 Kitap)</t>
+          <t>Zaman Turşusu 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>625</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786050831771</t>
+          <t>9786050825565</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman Büyüyeceğim?</t>
+          <t>Hammit Olimpiyatlar Ülkesi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786050831801</t>
+          <t>9786050825572</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 5 Set (5 Kitap)</t>
+          <t>Ama Ben Saçlarımı Seviyorum</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789752632417</t>
+          <t>9786050825534</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Hammit - Kartal Uçurumu</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786050831467</t>
+          <t>9786050825527</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Seydi Ali Reis - Kahraman Türk Denizcileri</t>
+          <t>Hammit - Köşe Kapmaca</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786050831412</t>
+          <t>9786050825510</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Uluç Reis - Kahraman Türk Denizcileri</t>
+          <t>Hammit - Olimpiyatlar Ülkesi</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786050831429</t>
+          <t>9786050825558</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Turgut Reis - Kahraman Türk Denizcileri</t>
+          <t>Hammit - Mayın Tarlası</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786050831474</t>
+          <t>9786050825541</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis - Kahraman Türk Denizcileri</t>
+          <t>Hammit - Renklerden Kaçış</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786050831498</t>
+          <t>9786050824872</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Kemal Reis - Kahraman Türk Denizcileri</t>
+          <t>Battani ve 736 Yaşındaki Kral</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786050831405</t>
+          <t>9786050824889</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Umur Bey - Kahraman Türk Denizcileri</t>
+          <t>Dedemin Masal Krallığı - 2</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786050831399</t>
+          <t>9786050824414</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Çaka Bey - Kahraman Türk Denizcileri</t>
+          <t>Kayıktaki Çocuk</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786050831382</t>
+          <t>9786050824452</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Türk Denizcileri Seti (10 Kitap Takım)</t>
+          <t>Masalcı Kız</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>1100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786050831504</t>
+          <t>9786050817195</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Kara Mürsel Reis - Kahraman Türk Denizcileri</t>
+          <t>Öykü Çemberi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>110</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786050831603</t>
+          <t>9786050823967</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Yuvarlağın Bir Hayali Var</t>
+          <t>Kırmızı Gemim Neden Gitti?</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786050830712</t>
+          <t>9786050824421</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>İyi Arkadaşlar Ne Yapar?</t>
+          <t>Küçük Dilli Karıncayiyen</t>
         </is>
       </c>
       <c r="C1260" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786050831375</t>
+          <t>9786050824315</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Dolabımdaki Oyun Parkı</t>
+          <t>Ali Kuşçu ve Uçamayan Gülibik</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786050831436</t>
+          <t>9786050824322</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Şirin Mucizelere İnanır mısın? - Kendimi Durduramıyorum 2</t>
+          <t>Dedemin Masal Krallığı (Ciltli)</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786050831450</t>
+          <t>9786050824308</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Şirin İtirazım Var - Kendimi Durduramıyorum 2</t>
+          <t>Rüya Tuzağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786050831535</t>
+          <t>9786050824339</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Şirin Zanzibar Konsolosu - Kendimi Durduramıyorum 2</t>
+          <t>El Cezeri ve Bakır Taç</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786050831528</t>
+          <t>9786050824346</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Şirin Park Çetesi - Kendimi Durduramıyorum 2</t>
+          <t>Farabi ve Şarkı Söyleyen Çınar</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786050830095</t>
+          <t>9786050824360</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Karıştır Renklendir</t>
+          <t>İbni Heysem ve Baş Aşağı Oturan Kral</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786050831443</t>
+          <t>9786050821338</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Şirin Kendimi Durduramıyorum 2 Set (5 Kitap Takım)</t>
+          <t>Popüler  Fen - Bir Uzay Gemisinde Yaşıyor Olabilir Misin ?</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786050831542</t>
+          <t>9786050821420</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Şirin Mis Sabunlarının Gizemi - Kendimi Durduramıyorum 2</t>
+          <t>Popüler Fen Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786050830828</t>
+          <t>9786050821437</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Böylesi Daha Güzel</t>
+          <t>Popüler Fen - Sen Bir Kemik Torbası Değilsin!</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786050830873</t>
+          <t>9786050821352</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Niye Kötüler Var? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
+          <t>Popüler Fen - Kuvvet Uygula Maddeyi Değiştir</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786050830859</t>
+          <t>9786050822779</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Nedir? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
+          <t>Hammit Tepegöz İle Kaf Dağı'nda - Hammit 2 Masallar Ülkesi Serisi</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786050830927</t>
+          <t>9786050822748</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Neden Evsiz İnsanlar Var? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
+          <t>Hammit Kırmızı Başlıklı Sosi - Hammit 2 Masallar Ülkesi Serisi</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786050830958</t>
+          <t>9786050822755</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam! - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
+          <t>Hammit Horlayan Güzel - Hammit 2 Masallar Ülkesi Serisi</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786050830910</t>
+          <t>9786050822731</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Niye Birbirimize Benzemiyoruz? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
+          <t>Hammit Masallar Ülkesi - Hammit 2 Masallar Ülkesi Serisi</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786050830842</t>
+          <t>9786050822762</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Yaman ve Onun Bitmek Bilmeyen Soruları Set (12 Kitap)</t>
+          <t>Hammit Kırık Haramiler - Hammit 2 Masallar Ülkesi Serisi</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>1080</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786050830934</t>
+          <t>9786050822786</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Dünya Nasıl Oluştu? - Yaman ve Onun Bitmek Bilmeyen Soruları</t>
+          <t>Hammit 2 Masallar Ülkesi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>90</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786050830798</t>
+          <t>9786050822434</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Avatarların İstilası - Süper Kahraman</t>
+          <t>Gelecekten Bir Gün : Profesör İyon İle Fen 2</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786050830101</t>
+          <t>9786050822458</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Ses Çıkaran Kitap</t>
+          <t>Işık İnsanların Peşinde : Profesör İyon İle Fen 2</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786050830613</t>
+          <t>9786051142463</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Uyuyamayan Aslan</t>
+          <t>Utangaç Dabi</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786050830590</t>
+          <t>9786050811957</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Dağa Tırmanan Kedi</t>
+          <t>Profesör Pi ile Matematik - Dondurmanın Dayanılmaz Uzunluğu</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786050830583</t>
+          <t>9786051140490</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Korkak Bir Kahraman</t>
+          <t>Yunus Emre’yle Bir Gün</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786050830545</t>
+          <t>9789752631366</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Hikayeci Fil</t>
+          <t>Yunus Emre'den Şiirler</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786050830507</t>
+          <t>9786051140636</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Dedektifleri 4 - Tehlike Peşimizde</t>
+          <t>Yörük Ali Efe - Aydın</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786050830118</t>
+          <t>9786050818413</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Oyun Oynayalım mı?</t>
+          <t>Doğum Hayata Merhaba</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>225</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786050830125</t>
+          <t>9786050801033</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Baker Street Laneti - Sherlock Holmes (Ciltli)</t>
+          <t>Masal Parkı - Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786050830149</t>
+          <t>9786050805079</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Sarılalım</t>
+          <t>Maniler</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>275</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786050829518</t>
+          <t>9786050820751</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Çobanın Oyunu - Levent</t>
+          <t>Hava Taşıtları Boyama Zamanı - Taşıtları Tanıyalım</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786050829990</t>
+          <t>9786050820775</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Baldan Tatlı Öyküler - 3</t>
+          <t>Motorsuz Taşıtlar Boyama Zamanı - Taşıtları Tanıyalım</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>175</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786050829976</t>
+          <t>9786050820744</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Arı Çocuk - Zombi Arıların Saldırısı (Ciltli)</t>
+          <t>Deniz Taşıtları Boyama Zamanı - Taşıtları Tanıyalım</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>295</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786050829549</t>
+          <t>9786051149271</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Masalcı Bay Yalnış</t>
+          <t>Şişedeki Mektup</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786050829402</t>
+          <t>9786050811469</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Komşu Lulu - Mini Masallar 4</t>
+          <t>Şirin Topkapı Sarayı’nda</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786050829532</t>
+          <t>9786050811476</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Komşular - Mini Masallar 4</t>
+          <t>Şirin Kapalıçarşı’da</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786050829464</t>
+          <t>9786051143002</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Dünya - Mini Masallar 4</t>
+          <t>Şirin İş Başında Set 1 (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>40</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786050829457</t>
+          <t>9786051145341</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Hasta Lila Ördek - Mini Masallar 4</t>
+          <t>Tombiş Su Aygırları ile Tanışalım</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786050829396</t>
+          <t>9789752632196</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Annemiz - Mini Masallar 4</t>
+          <t>Tom Sawyer - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786050829372</t>
+          <t>9786051145396</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Pastacı Vakvaklar - Mini Masallar 4</t>
+          <t>Çalışkan Karıncalar ile Tanışalım</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786050829389</t>
+          <t>9786051142487</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Puf Puf Renkler - Mini Masallar 4</t>
+          <t>Cimi, Cici ve Kıpır</t>
         </is>
       </c>
       <c r="C1297" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786050829365</t>
+          <t>9786051142449</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Cesur Ördek - Mini Masallar 4</t>
+          <t>Cesur Tonti</t>
         </is>
       </c>
       <c r="C1298" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786050829419</t>
+          <t>9786050804812</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Babamın Masası</t>
+          <t>Casus Mehmet</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786050829471</t>
+          <t>9786050820737</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Değirmenin Gizemi - Levent</t>
+          <t>Otomobiller Boyama Zamanı - Taşıtları Tanıyalım</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786050829341</t>
+          <t>9786050820768</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Yıyı - Mini Masallar 4</t>
+          <t>İş Makineleri Boyama Zamanı - Taşıtları Tanıyalım</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786050829198</t>
+          <t>9786050821222</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Mini Masallar 4 - (10 Kitap Takım)</t>
+          <t>Çalışmayı Seviyorum - Çalışkanlık Erdemler Serisi 2</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786050829358</t>
+          <t>9786050821291</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Pofpof - Mini Masallar 4</t>
+          <t>Doğayı Koruyorum - Çevreye Duyarlılık - Erdemler Serisi 2</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>40</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786050829488</t>
+          <t>9786050821093</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 4 Set (5 Kitap)</t>
+          <t>Popüler Matematik Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786050825688</t>
+          <t>9786050821086</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Zaman Turşusu 2 - Dünya'nın Sonuna Yolculuk (Ciltli)</t>
+          <t>Biraz Geometri Biraz Ölçüler</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786050829150</t>
+          <t>9786050821062</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Beni Ne Renk Sevdin Anne?</t>
+          <t>Problemler Problem Midir?</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786050829037</t>
+          <t>9786050821055</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Melodi</t>
+          <t>Sayı mı O da Ne?</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786050828887</t>
+          <t>9786050821079</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Levent - İlk Okuma Kitaplarım (1. Sınıf 10 Kitap Set)</t>
+          <t>Sorunsuz Sorular</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786050828849</t>
+          <t>9786050821109</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Mia ve Bazı Şekerli Şeyler</t>
+          <t>Ünlülerle Bir Gün 2 (10 Kitap)</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>175</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786050827354</t>
+          <t>9786050821031</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Okuyorum Hikaye Seti (10 Kitap)</t>
+          <t>Osman Gazi’yle Bir Gün</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786050828597</t>
+          <t>9786050821024</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Levent Sivas'ta - Türkiye'yi Geziyorum 5</t>
+          <t>Nene Hatun’la Bir Gün</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786050828603</t>
+          <t>9786050821000</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Levent Türkiye'yi Geziyorum - 5 (5 Kitap Takım)</t>
+          <t>Koca Yusuf’la Bir Gün</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786050828542</t>
+          <t>9786050820973</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Balino</t>
+          <t>Halide Edip’le Bir Gün</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786050827965</t>
+          <t>9786050815832</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşımız Nasıl Yazıldı? - Can İle Canan Mehmet Akif'i Seviyoruz</t>
+          <t>Çılgın Kalem Penna ve Arkadaşları Safari Gezisinde</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786050825701</t>
+          <t>9786050820843</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan Mehmet Akif'i Seviyoruz Seti (5 Kitap Takım)</t>
+          <t>Can Avar - Eski Kıpırtılı Köşk</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>675</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786050827972</t>
+          <t>9786050821406</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Saklı Şehrin İzinde - Miniko</t>
+          <t>Türkiye'yi Geziyorum 4 - Levent Bolu'da</t>
         </is>
       </c>
       <c r="C1316" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786050827576</t>
+          <t>9786050820683</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Kartopu Panda (Ciltli)</t>
+          <t>İlkbahar Boyama Zamanı - Sebzeler Meyveler</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>275</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786051143569</t>
+          <t>9786051143750</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Mini Masallar - Dalgın Yumyum</t>
+          <t>Alper - Okula Gitmek Zorunda mıyım?</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786050826968</t>
+          <t>9786051143767</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Masal ile Rüzgar - Kaplumbik Operasyonu (Ciltli)</t>
+          <t>Alper - Her Yemekten Yemek Zorunda mıyım?</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>295</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786050826418</t>
+          <t>9786051143705</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Hikayeleri - Set (5 Kitap)</t>
+          <t>Alper Öykü Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786050826463</t>
+          <t>9786050821369</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Hikayeleri 4</t>
+          <t>Levent Türkiye'yi Geziyorum - 4 (5 Kitap)</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786050826470</t>
+          <t>9786050821253</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Hikayeleri 5</t>
+          <t>Alçakgönüllü Davranıyorum - Tevazu - Erdemler Serisi 2</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786050826524</t>
+          <t>9786050821246</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Şirin Beyaz İtalya Yalanları - Dünyayı Geziyorum</t>
+          <t>Misafirlerimi Seviyorum - Misafirperverlik - Erdemler Serisi 2</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786050826531</t>
+          <t>9786050821321</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Şirin Fransada Büyük Fiyasko - Dünyayı Geziyorum</t>
+          <t>Arkadaşlarımı Seviyorum - Dostluk - Erdemler Serisi 2</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786050826548</t>
+          <t>9786050821277</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Şirin İspanya Boğalarından Kaçarken - Dünyayı Geziyorum</t>
+          <t>Bağışlamayı Biliyorum - Affetmek - Erdemler Serisi 2</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786050826555</t>
+          <t>9786050821314</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Şirin Rusya'da Uyutan Göl - Dünyayı Geziyorum</t>
+          <t>Minnet Duyuyorum - Minnettarlık - Erdemler Serisi 2</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786050826494</t>
+          <t>9786050821215</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Şirin Dünyayı Geziyorum - Set1 (5 Kitap)</t>
+          <t>Erdemler Serisi - 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>750</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786050826166</t>
+          <t>9786050820881</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayılar - Ertuğrul Gazi'nin Zaferi</t>
+          <t>Şirin - Kendimi Durduramıyorum Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>125</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786050826159</t>
+          <t>9786050820898</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayılar - Komşu Beyi Alp Yürek</t>
+          <t>Şirin - Tam da Zengin Olacaktık!</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786050826340</t>
+          <t>9786050820867</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Levent - Yerli Malı Yurdun Malı</t>
+          <t>Şirin - Hırsızlar Bizden Kaçamaz!</t>
         </is>
       </c>
       <c r="C1330" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786050826272</t>
+          <t>9786050820850</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Levent - Hatırla Bizi Osman</t>
+          <t>Şirin - Oldukça Korkutucu Bir Adam</t>
         </is>
       </c>
       <c r="C1331" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786050826142</t>
+          <t>9786050820690</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayılar - Kervansaray Baskını</t>
+          <t>Yaz Boyama Zamanı - Sebzeler Meyveler</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786050826135</t>
+          <t>9786050820720</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayılar - Bizans Zindanında</t>
+          <t>Tropikal Boyama Zamanı - Sebzeler Meyveler</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786050826128</t>
+          <t>9786050820706</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kayılar - Moğollara Oyun</t>
+          <t>Sonbahar Boyama Zamanı - Sebzeler Meyveler</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786050826173</t>
+          <t>9786050820713</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Okula Gitmek İstemiyorum</t>
+          <t>Kış Boyama Zamanı - Sebzeler Meyveler</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786050825695</t>
+          <t>9786050820317</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Can İle Canan - Sırtlanları Nasıl Kovaladık?</t>
+          <t>Hammit Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786050825732</t>
+          <t>9786050820348</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Can İle Canan - Hayvanları Nasıl Tedavi Ettik?</t>
+          <t>Hammit - Yaşam Kapısı</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786050825749</t>
+          <t>9786050820331</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Can İle Canan - Mısır'ın Gizemini Nasıl Keşfettik?</t>
+          <t>Hammit - Düşyutan Mağarası</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786050825718</t>
+          <t>9786050819663</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Can İle Canan - Salıncağı Kim Sevmez?</t>
+          <t>Hammit - Fil Dişi Kulesi</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786050825725</t>
+          <t>9786050819656</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Can İle Canan - Kitapçıyı Nasıl Karıştırdık?</t>
+          <t>Hammit - Korku Ormanı</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786050825930</t>
+          <t>9786050819649</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Benim Atım Farklı</t>
+          <t>Hammit - Yolculuk Başlıyor</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786050823332</t>
+          <t>9786050820966</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Zaman Turşusu 1 (Ciltli)</t>
+          <t>Hacı Bektaşi Veli’yle Bir Gün</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786050825565</t>
+          <t>9786050820942</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Hammit Olimpiyatlar Ülkesi Seti (5 Kitap)</t>
+          <t>Biruni’yle Bir Gün</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786050825572</t>
+          <t>9786050819632</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Ama Ben Saçlarımı Seviyorum</t>
+          <t>Levent İz Peşinde 2 : Büyük İşler Ustası</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786050825534</t>
+          <t>9786050819564</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Hammit - Kartal Uçurumu</t>
+          <t>Can Avar: Küçük Şapşallık Kutusu</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786050825527</t>
+          <t>9786050819205</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Hammit - Köşe Kapmaca</t>
+          <t>Profesör İyon ile Fen (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786050825510</t>
+          <t>9786050819199</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Hammit - Olimpiyatlar Ülkesi</t>
+          <t>Profesör İyon İle Fen : Köydeki Esrarengiz Kuvvet</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786050825558</t>
+          <t>9786051142500</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Hammit - Mayın Tarlası</t>
+          <t>Kanguru Hopidik</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786050825541</t>
+          <t>9786050804720</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Hammit - Renklerden Kaçış</t>
+          <t>Kambur Kerim</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786050824872</t>
+          <t>9786050811940</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Battani ve 736 Yaşındaki Kral</t>
+          <t>Profesör Pi ile Matematik 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>125</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786050824889</t>
+          <t>9786050817898</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Masal Krallığı - 2</t>
+          <t>Şirin İstanbul'u Geziyorum Set - 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786050824414</t>
+          <t>9786050817942</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Kayıktaki Çocuk</t>
+          <t>Şirin Çamlıca Tepesi’nde - İstanbul'u Geziyorum 2</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786050824452</t>
+          <t>9786050817928</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Masalcı Kız</t>
+          <t>Şirin Süleymaniye’de</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786050817195</t>
+          <t>9786050817911</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Öykü Çemberi (10 Kitap Set)</t>
+          <t>Şirin Sultanahmet’te</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786050823967</t>
+          <t>9786050817904</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gemim Neden Gitti?</t>
+          <t>Şirin Beşiktaş’ta</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786050824421</t>
+          <t>9786050815269</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dilli Karıncayiyen</t>
+          <t>Profesör Kip ile Türkçe 8 - Büyüleyici Misketin Peşinde</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786050824315</t>
+          <t>9786050815276</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşçu ve Uçamayan Gülibik</t>
+          <t>Profesör Kip ile Türkçe 9 - Teknolojik Öge Avı</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786050824322</t>
+          <t>9786050815283</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Masal Krallığı (Ciltli)</t>
+          <t>Profesör Kip ile Türkçe 10 - Süper Bir Ekip</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786050824308</t>
+          <t>9786051141428</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tuzağı (Ciltli)</t>
+          <t>Mini Masallar 1 - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786050824339</t>
+          <t>9789752633353</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>El Cezeri ve Bakır Taç</t>
+          <t>Mik ile Rop</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786050824346</t>
+          <t>9786050804898</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Farabi ve Şarkı Söyleyen Çınar</t>
+          <t>Çılgın Kalem Penna ve Arkadaşları - Gizli Görevde</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786050824360</t>
+          <t>9786051140988</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>İbni Heysem ve Baş Aşağı Oturan Kral</t>
+          <t>Çevremi Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786050821338</t>
+          <t>9786051141510</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Popüler  Fen - Bir Uzay Gemisinde Yaşıyor Olabilir Misin ?</t>
+          <t>Sevimli Kiki</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786050821420</t>
+          <t>9786051145303</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Popüler Fen Seti (4 Kitap Takım)</t>
+          <t>Sevimli Hayvanlar (10 Kitap Set - 1)</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786050821437</t>
+          <t>9786051141459</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Popüler Fen - Sen Bir Kemik Torbası Değilsin!</t>
+          <t>Tonton ve Arkadaşları</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786050821352</t>
+          <t>9786051145013</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Popüler Fen - Kuvvet Uygula Maddeyi Değiştir</t>
+          <t>Keloğlan ile Güle Oynaya (Ciltli)</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786050822779</t>
+          <t>9786051142951</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Hammit Tepegöz İle Kaf Dağı'nda - Hammit 2 Masallar Ülkesi Serisi</t>
+          <t>Levent - Hayvanları Bizden Koruma Günü</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786050822748</t>
+          <t>9786050811407</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Hammit Kırmızı Başlıklı Sosi - Hammit 2 Masallar Ülkesi Serisi</t>
+          <t>Etkinliklerle Evimi Güzelleştiriyorum</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786050822755</t>
+          <t>9789752639447</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Hammit Horlayan Güzel - Hammit 2 Masallar Ülkesi Serisi</t>
+          <t>Yardım Ediyorum - Yardımseverlik</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786050822731</t>
+          <t>9786050817676</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Hammit Masallar Ülkesi - Hammit 2 Masallar Ülkesi Serisi</t>
+          <t>Levent Türkiye'yi Geziyorum - 3 (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786050822762</t>
+          <t>9786051148076</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Hammit Kırık Haramiler - Hammit 2 Masallar Ülkesi Serisi</t>
+          <t>Levent Rize’de - Türkiye'yi Geziyorum</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786050822786</t>
+          <t>9786050817201</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Hammit 2 Masallar Ülkesi (5 Kitap Takım)</t>
+          <t>Şirin - Gösteri Dünyası Beni Bekliyor!</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786050822434</t>
+          <t>9789753628211</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Gelecekten Bir Gün : Profesör İyon İle Fen 2</t>
+          <t>Kaptan Grant’ın Çocukları</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786050822458</t>
+          <t>9786050811759</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Işık İnsanların Peşinde : Profesör İyon İle Fen 2</t>
+          <t>İstanbul Dedektifleri 3 - Profesör'ün Sırrının Peşinde</t>
         </is>
       </c>
       <c r="C1374" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786051142463</t>
+          <t>9786050817256</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Dabi</t>
+          <t>Şirin İş Başında Set 2 (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>40</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786050811957</t>
+          <t>9786050817232</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Profesör Pi ile Matematik - Dondurmanın Dayanılmaz Uzunluğu</t>
+          <t>Şirin - Can Kurtaran Bayram Harçlığı!</t>
         </is>
       </c>
       <c r="C1376" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786051140490</t>
+          <t>9786051141169</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’yle Bir Gün</t>
+          <t>Buluşlar ve Serüvenleri - Sayılar</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9789752631366</t>
+          <t>9789753629706</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre'den Şiirler</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C1378" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786051140636</t>
+          <t>9786050804669</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Yörük Ali Efe - Aydın</t>
+          <t>Kurtuluşun Kahramanları Seti 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>110</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786050818413</t>
+          <t>9786051145389</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Doğum Hayata Merhaba</t>
+          <t>Şirin Foklar ile Tanışalım</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786050801033</t>
+          <t>9786050811421</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Masal Parkı - Bir Varmış Bir Yokmuş</t>
+          <t>Şirin Büyükada’da</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786050805079</t>
+          <t>9786050811438</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Maniler</t>
+          <t>Şirin Boğaz Turu’nda</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786050820751</t>
+          <t>9786051143026</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Hava Taşıtları Boyama Zamanı - Taşıtları Tanıyalım</t>
+          <t>Şirin - Önemli Numaralarla Başım Dertte</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786050820775</t>
+          <t>9786050816310</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Motorsuz Taşıtlar Boyama Zamanı - Taşıtları Tanıyalım</t>
+          <t>Levent İz Peşinde - Hayalet Avcısı</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786050820744</t>
+          <t>9786050816358</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Deniz Taşıtları Boyama Zamanı - Taşıtları Tanıyalım</t>
+          <t>Levent İz Peşinde - Böcek Dedektifi</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786051149271</t>
+          <t>9789752632134</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Şişedeki Mektup</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786050811469</t>
+          <t>9786051141497</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Şirin Topkapı Sarayı’nda</t>
+          <t>Vak Vak Vaki</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786050811476</t>
+          <t>9786051140407</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Şirin Kapalıçarşı’da</t>
+          <t>Ünlülerle Bir Gün Seti 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786051143002</t>
+          <t>9786051140469</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Şirin İş Başında Set 1 (5 Kitap Takım Kutulu)</t>
+          <t>Evliya Çelebi’yle Bir Gün</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786051145341</t>
+          <t>9789752633384</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Tombiş Su Aygırları ile Tanışalım</t>
+          <t>Gül Anne</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9789752632196</t>
+          <t>9786051146386</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer - Çocuk Klasikleri</t>
+          <t>Güçlü Dinozorlar Seti</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786051145396</t>
+          <t>9786051141206</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan Karıncalar ile Tanışalım</t>
+          <t>Buluşlar ve Serüvenleri - Uzay Araçları</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786051142487</t>
+          <t>9786051141121</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Cimi, Cici ve Kıpır</t>
+          <t>Buluşlar ve Serüvenleri - Trenler</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>40</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786051142449</t>
+          <t>9786050815290</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Cesur Tonti</t>
+          <t>Profesör Kip ile Türkçe 2 Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>40</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786050804812</t>
+          <t>9786050816303</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Casus Mehmet</t>
+          <t>Levent İz Peşinde - Süper Gizli Ajan</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786050820737</t>
+          <t>9786050819182</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Otomobiller Boyama Zamanı - Taşıtları Tanıyalım</t>
+          <t>Profesör İyon İle Fen : Küp Peşinde Macera</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786050820768</t>
+          <t>9786050819175</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>İş Makineleri Boyama Zamanı - Taşıtları Tanıyalım</t>
+          <t>Profesör İyon İle Fen : En Havalı Yarışma</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786050821222</t>
+          <t>9786050819229</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Çalışmayı Seviyorum - Çalışkanlık Erdemler Serisi 2</t>
+          <t>Can Avar : Tırsak Hayvanlar Dükkanı</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786050821291</t>
+          <t>9786050819151</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Doğayı Koruyorum - Çevreye Duyarlılık - Erdemler Serisi 2</t>
+          <t>Profesör İyon İle Fen : Süper Sistemlerde Bir Tur</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786050821093</t>
+          <t>9786050822465</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Popüler Matematik Set (4 Kitap)</t>
+          <t>Eğlenceli Bilmece Tüneli : Profesör İyon İle Fen 2</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786050821086</t>
+          <t>9786050812534</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Biraz Geometri Biraz Ölçüler</t>
+          <t>Profesör Kip ile Türkçe 1. Set</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786050821062</t>
+          <t>9786051146621</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Problemler Problem Midir?</t>
+          <t>Meslekler Set (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>100</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786050821055</t>
+          <t>9786051146485</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Sayı mı O da Ne?</t>
+          <t>Meslekler - Tamirci Tori</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786050821079</t>
+          <t>9786051146478</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Sorunsuz Sorular</t>
+          <t>Postacı Poti</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786050821109</t>
+          <t>9789752632837</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Ünlülerle Bir Gün 2 (10 Kitap)</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>1000</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786050821031</t>
+          <t>9786050805093</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi’yle Bir Gün</t>
+          <t>Ninniler</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786050821024</t>
+          <t>9786051145402</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun’la Bir Gün</t>
+          <t>Neşeli Kelebekler ile Tanışalım</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786050821000</t>
+          <t>9786051145372</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Koca Yusuf’la Bir Gün</t>
+          <t>Paytak Penguenler ile Tanışalım</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786050820973</t>
+          <t>9786050815849</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip’le Bir Gün</t>
+          <t>Çılgın Kalem Penna ve Arkadaşları - Uzay Macerasında</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786050815832</t>
+          <t>9786050815245</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kalem Penna ve Arkadaşları Safari Gezisinde</t>
+          <t>Profesör Kip ile Türkçe 6 - Zamansız Gelen Görev</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786050820843</t>
+          <t>9786050815252</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Can Avar - Eski Kıpırtılı Köşk</t>
+          <t>Profesör Kip ile Türkçe 7 - Karman Çorman Bir Tatil</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786050821406</t>
+          <t>9789752639492</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'yi Geziyorum 4 - Levent Bolu'da</t>
+          <t>Satuk Buğra Han - Delikanlı Kahraman</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786050820683</t>
+          <t>9786051143392</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Boyama Zamanı - Sebzeler Meyveler</t>
+          <t>Ne Kadar Naziksin! (Ciltli)</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786051143750</t>
+          <t>9786051142944</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Alper - Okula Gitmek Zorunda mıyım?</t>
+          <t>Levent ve Tayfası (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786051143767</t>
+          <t>9786051142968</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Alper - Her Yemekten Yemek Zorunda mıyım?</t>
+          <t>Levent - Dilek Kutusu Açılıyor</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786051143705</t>
+          <t>9789752639461</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Alper Öykü Seti (5 Kitap Takım)</t>
+          <t>Danişment Gazi - Korkusuz Fedai</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786050821369</t>
+          <t>9786051141183</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Levent Türkiye'yi Geziyorum - 4 (5 Kitap)</t>
+          <t>Buluşlar ve Serüvenleri - Telefon</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>750</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786050821253</t>
+          <t>9786051141176</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Alçakgönüllü Davranıyorum - Tevazu - Erdemler Serisi 2</t>
+          <t>Buluşlar ve Serüvenleri - Para</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786050821246</t>
+          <t>9786051141114</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Misafirlerimi Seviyorum - Misafirperverlik - Erdemler Serisi 2</t>
+          <t>Buluşlar ve Serüvenleri - Gemiler</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786050821321</t>
+          <t>9786051141190</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlarımı Seviyorum - Dostluk - Erdemler Serisi 2</t>
+          <t>Buluşlar ve Serüvenleri - Bilgisayarlar</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786050821277</t>
+          <t>9786051141152</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Bağışlamayı Biliyorum - Affetmek - Erdemler Serisi 2</t>
+          <t>Buluşlar ve Serüvenleri - Arabalar</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786050821314</t>
+          <t>9789752639478</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Minnet Duyuyorum - Minnettarlık - Erdemler Serisi 2</t>
+          <t>Alp Er Tunga - Destan Yazanlar</t>
         </is>
       </c>
       <c r="C1422" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786050821215</t>
+          <t>9789752632158</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Erdemler Serisi - 2 (10 Kitap Takım)</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>1250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786050820881</t>
+          <t>9786051140612</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Kendimi Durduramıyorum Seti (5 Kitap Takım)</t>
+          <t>Sütçü İmam</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>750</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786050820898</t>
+          <t>9786051141527</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Tam da Zengin Olacaktık!</t>
+          <t>Panda Pandi</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786050820867</t>
+          <t>9786051141480</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Hırsızlar Bizden Kaçamaz!</t>
+          <t>Pamuk ile Tekir</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786050820850</t>
+          <t>9786051140476</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Oldukça Korkutucu Bir Adam</t>
+          <t>Mehmet Akif’le Bir Gün - Ünlülerle Bir Gün</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786050820690</t>
+          <t>9786051146775</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Yaz Boyama Zamanı - Sebzeler Meyveler</t>
+          <t>Burcu - Oyuncakları Toplamak Kimin Görevi</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786050820720</t>
+          <t>9786051146799</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Tropikal Boyama Zamanı - Sebzeler Meyveler</t>
+          <t>Burcu - Neden Söz Dinlemem Gerekiyor?</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786050820706</t>
+          <t>9786051146768</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Boyama Zamanı - Sebzeler Meyveler</t>
+          <t>Burcu - Neden Her İstediğim Olmuyor</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786050820713</t>
+          <t>9789752632431</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Kış Boyama Zamanı - Sebzeler Meyveler</t>
+          <t>Billur Köşk Masalları</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786050820317</t>
+          <t>9786051141473</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Hammit Set (5 Kitap Takım)</t>
+          <t>Bıcırık Todi</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>700</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786050820348</t>
+          <t>9786050812589</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Hammit - Yaşam Kapısı</t>
+          <t>Türkiyeyi Geziyorum - Levent Edirne’de</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786050820331</t>
+          <t>9786050812619</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Hammit - Düşyutan Mağarası</t>
+          <t>Levent Türkiye’yi Geziyorum - 2 (Set)</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786050819663</t>
+          <t>9786050812626</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Hammit - Fil Dişi Kulesi</t>
+          <t>Türkiyeyi Geziyorum - Levent Şanlıurfa’da</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786050819656</t>
+          <t>9786050812671</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Hammit - Korku Ormanı</t>
+          <t>Çılgın Kalem Penna ve Arkadaşları - Kalempiyat Oyunlarında</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786050819649</t>
+          <t>9786050812503</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Hammit - Yolculuk Başlıyor</t>
+          <t>Profesör Kip ile Türkçe 4 - İşler Fena Karıştı</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786050820966</t>
+          <t>9786050812510</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaşi Veli’yle Bir Gün</t>
+          <t>Profesör Kip ile Türkçe 1 - Oyun İçinde Oyun</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786050820942</t>
+          <t>9786050812497</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Biruni’yle Bir Gün</t>
+          <t>Profesör Kip ile Türkçe 5 - Harikalar Parkında Serüven</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786050819632</t>
+          <t>9786050816013</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde 2 : Büyük İşler Ustası</t>
+          <t>Profesör Pi ile Matematik 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786050819564</t>
+          <t>9789753627832</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Can Avar: Küçük Şapşallık Kutusu</t>
+          <t>Denizler Altında 20000 Fersah</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786050819205</t>
+          <t>9786051143552</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Profesör İyon ile Fen (5 Kitap Takım)</t>
+          <t>Minik Fil Filo</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>750</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786050819199</t>
+          <t>9789753628181</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Profesör İyon İle Fen : Köydeki Esrarengiz Kuvvet</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786051142500</t>
+          <t>9786050811964</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Kanguru Hopidik</t>
+          <t>Profesör Pi ile Matematik - Harikalar Diyarına Düşüş</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786050804720</t>
+          <t>9786050811988</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Kambur Kerim</t>
+          <t>Profesör Pi ile Matematik - Zaman Ustasının Yolculuğu</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786050811940</t>
+          <t>9786050811971</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Profesör Pi ile Matematik 1 (5 Kitap Takım)</t>
+          <t>Profesör Pi ile Matematik - Karışık Kuruşuk İşler</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786050817898</t>
+          <t>9786051143521</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Şirin İstanbul'u Geziyorum Set - 2 (5 Kitap Takım)</t>
+          <t>Köstebek Çıtırık</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>750</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786050817942</t>
+          <t>9789753628150</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Şirin Çamlıca Tepesi’nde - İstanbul'u Geziyorum 2</t>
+          <t>Korkusuz Kaptanlar</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786050817928</t>
+          <t>9786051145327</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Şirin Süleymaniye’de</t>
+          <t>Kocaman Filler ile Tanışalım</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786050817911</t>
+          <t>9786051140889</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Şirin Sultanahmet’te</t>
+          <t>Kıpır Kıpır Bir Kedi (Düz Yazılı)</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786050817904</t>
+          <t>9786051142531</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Şirin Beşiktaş’ta</t>
+          <t>Karga Gakguk</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786050815269</t>
+          <t>9786050804737</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kip ile Türkçe 8 - Büyüleyici Misketin Peşinde</t>
+          <t>Kara Yılan</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786050815276</t>
+          <t>9789753628143</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kip ile Türkçe 9 - Teknolojik Öge Avı</t>
+          <t>Kaptan Grant’ın Çocukları</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786050815283</t>
+          <t>9789752633346</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kip ile Türkçe 10 - Süper Bir Ekip</t>
+          <t>Kalbin Kilidi</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786051141428</t>
+          <t>9786051143576</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Mini Masallar 1 - 10 Kitap Takım</t>
+          <t>Japon Balığı Şıpşıp</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>400</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9789752633353</t>
+          <t>9786051140551</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Mik ile Rop</t>
+          <t>İpsiz Recep</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786050804898</t>
+          <t>9786051140704</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kalem Penna ve Arkadaşları - Gizli Görevde</t>
+          <t>İlk Okuma Kitaplarım</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786051140988</t>
+          <t>9786051140438</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Çevremi Seviyorum (Ciltli)</t>
+          <t>İbni Sina’yla Bir Gün</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786051141510</t>
+          <t>9789753628846</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kiki</t>
+          <t>Huckleberry Finn</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786051145303</t>
+          <t>9789753628242</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar (10 Kitap Set - 1)</t>
+          <t>Huckleberry Finn</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>900</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786051141459</t>
+          <t>9786051144665</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Tonton ve Arkadaşları</t>
+          <t>Hopişle Boyama Zamanı - Boya Tanı Öğren</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>40</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786051145013</t>
+          <t>9786051140056</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan ile Güle Oynaya (Ciltli)</t>
+          <t>Hızlı Taraftara Futbol</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786051142951</t>
+          <t>9786051140483</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Levent - Hayvanları Bizden Koruma Günü</t>
+          <t>Hezarfen’le Bir Gün</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786050811407</t>
+          <t>9786051146614</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Evimi Güzelleştiriyorum</t>
+          <t>Hem Karada Hem Suda Boyama Zamanı</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>210</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789752639447</t>
+          <t>9789752633391</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Yardım Ediyorum - Yardımseverlik</t>
+          <t>Hayalleri Sevmeyen Kral</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786050817676</t>
+          <t>9786050804751</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Levent Türkiye'yi Geziyorum - 3 (5 Kitap Set)</t>
+          <t>Hatice Bacı</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>750</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786051148076</t>
+          <t>9799752630290</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Levent Rize’de - Türkiye'yi Geziyorum</t>
+          <t>Hansel ile Gratel</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>150</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786050817201</t>
+          <t>9786050804782</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Gösteri Dünyası Beni Bekliyor!</t>
+          <t>Hamdi Bey</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9789753628211</t>
+          <t>9789752632202</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant’ın Çocukları</t>
+          <t>Güliver Devler Ülkesinde</t>
         </is>
       </c>
       <c r="C1469" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786050811759</t>
+          <t>9789752632257</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Dedektifleri 3 - Profesör'ün Sırrının Peşinde</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786050817256</t>
+          <t>9789752639423</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Şirin İş Başında Set 2 (5 Kitap Takım Kutulu)</t>
+          <t>Tutumlu Davranıyorum - Tutumluluk</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786050817232</t>
+          <t>9789752639409</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Can Kurtaran Bayram Harçlığı!</t>
+          <t>Sevmeyi Biliyorum - Sevgi</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786051141169</t>
+          <t>9789752639386</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Serüvenleri - Sayılar</t>
+          <t>Sabretmeyi Biliyorum - Sabır</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789753629706</t>
+          <t>9789752639430</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>İyilikleri Unutmuyorum - Vefa</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786050804669</t>
+          <t>9789752639362</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşun Kahramanları Seti 2 (10 Kitap Takım)</t>
+          <t>Güçlüklerden Korkmuyorum - Cesaret</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>1100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786051145389</t>
+          <t>9789752639416</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Şirin Foklar ile Tanışalım</t>
+          <t>Görevlerimi Yapıyorum - Sorumluluk</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786050811421</t>
+          <t>9789752639379</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Şirin Büyükada’da</t>
+          <t>Doğru Söylüyorum - Doğruluk</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786050811438</t>
+          <t>9789752639393</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Şirin Boğaz Turu’nda</t>
+          <t>Değer Veriyorum - Saygı</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786051143026</t>
+          <t>9789752639355</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Önemli Numaralarla Başım Dertte</t>
+          <t>Adil Davranıyorum - Adalet</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786050816310</t>
+          <t>9789752639348</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde - Hayalet Avcısı</t>
+          <t>Erdemler Dizisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>150</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786050816358</t>
+          <t>9789753627818</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde - Böcek Dedektifi</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789752632134</t>
+          <t>9786051146423</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Dinozor Teri İle Tanışalım</t>
         </is>
       </c>
       <c r="C1482" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786051141497</t>
+          <t>9786051146416</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Vak Vak Vaki</t>
+          <t>Dinozor Sopi İle Tanışalım</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786051140407</t>
+          <t>9786051146409</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Ünlülerle Bir Gün Seti 1 (10 Kitap Takım)</t>
+          <t>Dinozor Ferro İle Tanışalım</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>1000</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786051140469</t>
+          <t>9786051146393</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi’yle Bir Gün</t>
+          <t>Dinozor Diplo ile Tanışalım</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9789752633384</t>
+          <t>9789753627757</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Gül Anne</t>
+          <t>Demir Maske</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786051146386</t>
+          <t>9789753629607</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Dinozorlar Seti</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>360</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786051141206</t>
+          <t>9786051145334</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Serüvenleri - Uzay Araçları</t>
+          <t>Çizgili Kaplanlar ile Tanışalım</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786051141121</t>
+          <t>9786051142470</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Serüvenleri - Trenler</t>
+          <t>Çekmece Çekçek</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786050815290</t>
+          <t>9786050804690</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kip ile Türkçe 2 Set (5 Kitap Takım)</t>
+          <t>Cafer Efe</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>750</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786050816303</t>
+          <t>9786051146782</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Levent İz Peşinde - Süper Gizli Ajan</t>
+          <t>Burcu - Küsmek İşe Yarıyor mu?</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786050819182</t>
+          <t>9786051146751</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Profesör İyon İle Fen : Küp Peşinde Macera</t>
+          <t>Burcu - Kimse Beni Oyuna Almıyor</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786050819175</t>
+          <t>9786051146744</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Profesör İyon İle Fen : En Havalı Yarışma</t>
+          <t>Burcu - Hikayelerle Davranış Eğitimi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786050819229</t>
+          <t>9786051141503</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Can Avar : Tırsak Hayvanlar Dükkanı</t>
+          <t>Yaramaz Zıpzıp</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786050819151</t>
+          <t>9786051145365</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Profesör İyon İle Fen : Süper Sistemlerde Bir Tur</t>
+          <t>Yaramaz Ahtapotlar ile Tanışalım</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786050822465</t>
+          <t>9786050804799</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilmece Tüneli : Profesör İyon İle Fen 2</t>
+          <t>Yahya Kaptan</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786050812534</t>
+          <t>9786051143491</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kip ile Türkçe 1. Set</t>
+          <t>Tintin ile Posti</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>750</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786051146621</t>
+          <t>9786051143545</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Meslekler Set (6 Kitap Takım)</t>
+          <t>Timbo ile Zimbo</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>540</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786051146485</t>
+          <t>9786050811452</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Meslekler - Tamirci Tori</t>
+          <t>Şirin İstanbul’u Geziyorum (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786051146478</t>
+          <t>9786050811445</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Postacı Poti</t>
+          <t>Şirin Galata Kulesi’nde</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9789752632837</t>
+          <t>9789752633377</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Söz Dinlemeyen Yelkenli</t>
         </is>
       </c>
       <c r="C1501" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786050805093</t>
+          <t>9786051142524</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Ninniler</t>
+          <t>Sincap Nazik</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786051145402</t>
+          <t>9789752630673</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Kelebekler ile Tanışalım</t>
+          <t>Sinbad</t>
         </is>
       </c>
       <c r="C1503" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786051145372</t>
+          <t>9789752633407</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Paytak Penguenler ile Tanışalım</t>
+          <t>Rüzgargülü İle Yeldeğirmeni</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786050815849</t>
+          <t>9789753627795</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kalem Penna ve Arkadaşları - Uzay Macerasında</t>
+          <t>Robinson Crusoe (Gençlik Klasikleri)</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786050815245</t>
+          <t>9789753628822</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kip ile Türkçe 6 - Zamansız Gelen Görev</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786050815252</t>
+          <t>9786051140834</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kip ile Türkçe 7 - Karman Çorman Bir Tatil</t>
+          <t>Rengarenk Topacım</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9789752639492</t>
+          <t>9786051142456</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Satuk Buğra Han - Delikanlı Kahraman</t>
+          <t>Rakun Kunkun</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786051143392</t>
+          <t>9786050816006</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar Naziksin! (Ciltli)</t>
+          <t>Profesör Pi İle Matematik 2 - Büyük İşler Kocaman Kararlar</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786051142944</t>
+          <t>9786051140445</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Levent ve Tayfası (5 Kitap Takım)</t>
+          <t>Piri Reis’le Bir Gün</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786051142968</t>
+          <t>9786051143583</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Levent - Dilek Kutusu Açılıyor</t>
+          <t>Penguen Karcan</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9789752639461</t>
+          <t>9786051143538</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Danişment Gazi - Korkusuz Fedai</t>
+          <t>Pati ve Sınıfı</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786051141183</t>
+          <t>9786051142494</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Serüvenleri - Telefon</t>
+          <t>Otobüs Tostos</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786051141176</t>
+          <t>9786050805949</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Serüvenleri - Para</t>
+          <t>Mutluluk Ülkesinin Misafiri</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786051141114</t>
+          <t>9786051145358</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Serüvenleri - Gemiler</t>
+          <t>Mutlu Yunuslar ile Tanışalım</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786051141190</t>
+          <t>9786051143484</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Serüvenleri - Bilgisayarlar</t>
+          <t>Mini Masallar 3 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786051141152</t>
+          <t>9786051142432</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Serüvenleri - Arabalar</t>
+          <t>Mini Masallar 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9789752639478</t>
+          <t>9786051140452</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Alp Er Tunga - Destan Yazanlar</t>
+          <t>Mevlana’yla Bir Gün</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9789752632158</t>
+          <t>9786051146461</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Meslekler - Polis Poli</t>
         </is>
       </c>
       <c r="C1519" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786051140612</t>
+          <t>9786051146447</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam</t>
+          <t>Meslekler - Makinist Tako</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786051141527</t>
+          <t>9786051146454</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Panda Pandi</t>
+          <t>Meslekler - İtfaiyeci Fibi</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786051141480</t>
+          <t>9786051146430</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Pamuk ile Tekir</t>
+          <t>Meslekler - Doktor Tobi</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786051140476</t>
+          <t>9786051141442</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’le Bir Gün - Ünlülerle Bir Gün</t>
+          <t>Meraklı Potpot</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786051146775</t>
+          <t>9786050807981</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Burcu - Oyuncakları Toplamak Kimin Görevi</t>
+          <t>Masallarla Görgü Kuralları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>90</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786051146799</t>
+          <t>9786050800913</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Burcu - Neden Söz Dinlemem Gerekiyor?</t>
+          <t>Masal Ülkesi - Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786051146768</t>
+          <t>9786051148045</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Burcu - Neden Her İstediğim Olmuyor</t>
+          <t>Levent Türkiye'yi Geziyorum Seti (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9789752632431</t>
+          <t>9786051148090</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Billur Köşk Masalları</t>
+          <t>Levent Mardin’de - Türkiye'yi Geziyorum</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786051141473</t>
+          <t>9786051145310</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Todi</t>
+          <t>Kükreyen Aslanlar ile Tanışalım</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786050812589</t>
+          <t>9789753627801</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Türkiyeyi Geziyorum - Levent Edirne’de</t>
+          <t>Küçük Prenses</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786050812619</t>
+          <t>9786051143507</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Levent Türkiye’yi Geziyorum - 2 (Set)</t>
+          <t>Küçük Poni</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>750</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786050812626</t>
+          <t>9786051141435</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Türkiyeyi Geziyorum - Levent Şanlıurfa’da</t>
+          <t>Küçük Kurbi</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786050812671</t>
+          <t>9789753629577</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kalem Penna ve Arkadaşları - Kalempiyat Oyunlarında</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786050812503</t>
+          <t>9789752636088</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kip ile Türkçe 4 - İşler Fena Karıştı</t>
+          <t>Bahar Guguk Kuşuyla Saatleri Öğreniyor - Ömer Ve Bahar Kavramlar Dünyasında</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>150</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786050812510</t>
+          <t>9786051143514</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kip ile Türkçe 1 - Oyun İçinde Oyun</t>
+          <t>Ayıcık Nanu</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786050812497</t>
+          <t>9786051140629</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kip ile Türkçe 5 - Harikalar Parkında Serüven</t>
+          <t>Binbaşı Emire Ayşe</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786050816013</t>
+          <t>9786050804706</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Profesör Pi ile Matematik 2 (5 Kitap Takım)</t>
+          <t>Asker Saime</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>750</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9789753627832</t>
+          <t>9789752632967</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20000 Fersah</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C1537" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786051143552</t>
+          <t>9786050804683</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Minik Fil Filo</t>
+          <t>Ahmet Hulusi Efendi</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>40</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9789753628181</t>
+          <t>9786051142517</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Acı Biber Çatçat</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786050811964</t>
+          <t>9789753627825</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Profesör Pi ile Matematik - Harikalar Diyarına Düşüş</t>
+          <t>80 Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786050811988</t>
+          <t>9789752637931</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Profesör Pi ile Matematik - Zaman Ustasının Yolculuğu</t>
+          <t>365 Cıvıl Cıvıl Etkinlik (Ciltli)</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786050811971</t>
+          <t>9786050811995</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Profesör Pi ile Matematik - Karışık Kuruşuk İşler</t>
+          <t>Profesör Pi ile Matematik - Çalışkan Pasaklılar Ülkesi</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>150</v>
-[...1573 lines deleted...]
-      <c r="C1647" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>