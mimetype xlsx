--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,1645 +85,2095 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259621517</t>
+          <t>9786050808131</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hayata İz Bırakmak</t>
+          <t>İslam’da Dini Düşüncenin Yeniden İnşası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259775661</t>
+          <t>9789753622035</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yüreğini Haramdan Sakın</t>
+          <t>İnsan Bu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>460</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259621500</t>
+          <t>9786050819748</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gün Gecenin Ardında</t>
+          <t>Kur'an-ı Kerim'den Dua Ayetleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050825121</t>
+          <t>9786050823752</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Namaz</t>
+          <t>Okyanus ve Damla</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757544326</t>
+          <t>9786050827194</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler</t>
+          <t>Minyeli Abdullah (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>170</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259775678</t>
+          <t>9789753628495</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bakara Suresi Sohbetleri 3</t>
+          <t>Mecnun Gezenin Leyla’sı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259775685</t>
+          <t>9786050801323</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Atölyesi</t>
+          <t>Kuran’la Gülmek Kuran’la Ağlamak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259775654</t>
+          <t>9789752630031</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ezan Sesi</t>
+          <t>Kalbin Ayağıyla Yürümek</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259775630</t>
+          <t>9789753622967</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Hikayesi İmanın Aydınlığı Ve İnkarın Karanlığı Arasında</t>
+          <t>İyiliğin Kaynağı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259775623</t>
+          <t>9789753620003</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kuran Arapçası 2</t>
+          <t>Ana Hatlarıyla İslam Ekonomisi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>395</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259424255</t>
+          <t>9789752639621</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-I Kerim Lügati</t>
+          <t>Allah’a Yaklaştıran Ameller</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>875</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051142678</t>
+          <t>9789752635838</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ailede Öfke Kontrolü</t>
+          <t>Allah Kullarıyla Nasıl Konuşur?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050824483</t>
+          <t>9789753625364</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Evlilik</t>
+          <t>Akıl ve Gerçek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259775609</t>
+          <t>9799757544684</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hz İbrahim İn İzinde</t>
+          <t>Yapraklar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259775616</t>
+          <t>9799757544318</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Hayatın İzinde</t>
+          <t>Bir Millet Uyanıyor</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>690</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259424248</t>
+          <t>9786050814200</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Şifası Hayatın Zincirlerinden Kurtulmaya Dair İçgörüler</t>
+          <t>Dinle Sözü Sevgili'den</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259424279</t>
+          <t>9789753624299</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yedi Ayet Yedi Şahsiyet Fatiha Suresi Tefsiri</t>
+          <t>Tefekkür</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259424286</t>
+          <t>9786050815115</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Huzura Varınca</t>
+          <t>Huruf - Toplu Öyküler 3</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050825183</t>
+          <t>9786050815993</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hidayet</t>
+          <t>Dillerden Düşmeyen 100 Dua</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>290</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753620741</t>
+          <t>9786051143415</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bize Ne Oldu</t>
+          <t>Efendimiz’den Dualar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259424262</t>
+          <t>9789753620901</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Arapçası-1</t>
+          <t>Kur’an-ı Kerim Fihristi (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050825022</t>
+          <t>9789753621311</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Babam Hz. Muhammed (s.a.v.)</t>
+          <t>Peygamberimizin Örnek Ahlakı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050825251</t>
+          <t>9789757544944</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Oğlum Hz. Muhammed</t>
+          <t>Müslüman ve Para</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>275</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051142326</t>
+          <t>9786050830736</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kuran’la Yaşamak</t>
+          <t>Dua Et ve Yaklaş</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050824971</t>
+          <t>9786259305912</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Örtüde 70 Esma</t>
+          <t>Asi Delikanlı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259424231</t>
+          <t>9786259305905</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bir İmtihandır Dünya</t>
+          <t>Vahiy Sana Dokunursa</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050837902</t>
+          <t>9786259621593</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Akıldan Kalbe Yolculuk</t>
+          <t>Yüklerinden Kurtul</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050846850</t>
+          <t>9786259621562</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İyileştir Kalbini</t>
+          <t>Kutlu Hayatın İzinde (2 Kitap Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>325</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259424224</t>
+          <t>9786259621555</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Dönüşümü</t>
+          <t>Keşke Dememek İçin</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259424217</t>
+          <t>9786259621531</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sen Derviş Olamazsın - Ruhu Onaran Sohbetler</t>
+          <t>Kur’an’ın Satır Araları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259424200</t>
+          <t>9786259621517</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İlahi Söz - Kur'an'ın Edebi Dilini Keşfetmek</t>
+          <t>Hayata İz Bırakmak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050848052</t>
+          <t>9786259775661</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>O Bize Yeter</t>
+          <t>Yüreğini Haramdan Sakın</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050847895</t>
+          <t>9786259621500</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bakara Suresi Sohbetleri 2</t>
+          <t>Gün Gecenin Ardında</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050847420</t>
+          <t>9786050825121</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kıssa</t>
+          <t>Gençlerle Namaz</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050847314</t>
+          <t>9789757544326</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Füg</t>
+          <t>Düşünceler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>115</v>
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050847048</t>
+          <t>9786259775678</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz (asm) Çocuklara Nasıl Davranırdı?</t>
+          <t>Bakara Suresi Sohbetleri 3</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050846843</t>
+          <t>9786259775685</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Peygamber olarak Hz. Muhammed (sav)</t>
+          <t>Hikmet Atölyesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050846560</t>
+          <t>9786259775654</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bakara Suresi Sohbetleri</t>
+          <t>Ezan Sesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050845426</t>
+          <t>9786259775630</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Vaizenin Penceresi</t>
+          <t>İnsanın Hikâyesi</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050844641</t>
+          <t>9786259775623</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz (ASM) Kadınlara Nasıl Davranırdı? - Esmada Kadın</t>
+          <t>Kuran Arapçası 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050844290</t>
+          <t>9786259424255</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mısır'a Sultanı Kuyudan Gelir</t>
+          <t>Kur'an-I Kerim Lügati</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>875</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050844320</t>
+          <t>9786051142678</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı Hamdi Yazır ile Kur'an Sohbetleri</t>
+          <t>Ailede Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050844108</t>
+          <t>9786050824483</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Allahın Elçisi Hazreti Muhammedin (S.A.V.) Hayatı (Fleksi Cilt)</t>
+          <t>Kadın ve Evlilik</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050839128</t>
+          <t>9786259775609</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çağın Vicdanı Bediüzzaman</t>
+          <t>Hz İbrahim İn İzinde</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050837155</t>
+          <t>9786259775616</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'i Yeniden Düşünmek</t>
+          <t>Kutlu Hayatın İzinde</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>325</v>
+        <v>850</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050836080</t>
+          <t>9786259424248</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Evimiz Cennetimiz Olsun</t>
+          <t>Kalbin Şifası Hayatın Zincirlerinden Kurtulmaya Dair İçgörüler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050835243</t>
+          <t>9786259424279</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Karışık</t>
+          <t>Yedi Ayet Yedi Şahsiyet Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753625470</t>
+          <t>9786259424286</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Karakter İnşası</t>
+          <t>Huzura Varınca</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050832334</t>
+          <t>9786050825183</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Kalbine Yolculuk</t>
+          <t>Hidayet</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050832396</t>
+          <t>9789753620741</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dedem Hz. Muhammed (asm)</t>
+          <t>Bize Ne Oldu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050832051</t>
+          <t>9786259424262</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Özge'nin Dirilişi</t>
+          <t>Kur’an Arapçası-1</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050829914</t>
+          <t>9786050825022</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ömer b. Abdülaziz</t>
+          <t>Babam Hz. Muhammed (s.a.v.)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050829815</t>
+          <t>9786050825251</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Cennete Koşanlar Engelliler</t>
+          <t>Oğlum Hz. Muhammed</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050829259</t>
+          <t>9786051142326</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Simyası</t>
+          <t>Kuran’la Yaşamak</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050827293</t>
+          <t>9786050824971</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şark’tan Haber</t>
+          <t>Örtüde 70 Esma</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050825992</t>
+          <t>9786259424231</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dirilt Kalbini</t>
+          <t>Bir İmtihandır Dünya</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050826029</t>
+          <t>9786050837902</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hay Sultan</t>
+          <t>Akıldan Kalbe Yolculuk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050825190</t>
+          <t>9786050846850</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Şükür ve Kanaat Psikolojisi ve Eğitimi</t>
+          <t>İyileştir Kalbini</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050824506</t>
+          <t>9786259424224</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İffet-i Kalp</t>
+          <t>Kalbin Dönüşümü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050824476</t>
+          <t>9786259424217</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dua Engel Tanımaz Fatma</t>
+          <t>Sen Derviş Olamazsın - Ruhu Onaran Sohbetler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050823424</t>
+          <t>9786259424200</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Sükun</t>
+          <t>İlahi Söz - Kur'an'ın Edebi Dilini Keşfetmek</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050812787</t>
+          <t>9786050848052</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kün Kapısı</t>
+          <t>O Bize Yeter</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050801170</t>
+          <t>9786050847895</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Peygamberimizi Nasıl Anlatalım?</t>
+          <t>Bakara Suresi Sohbetleri 2</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051140278</t>
+          <t>9786050847420</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Namazı Nasıl Sevdirelim?</t>
+          <t>En Güzel Kıssa</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753629218</t>
+          <t>9786050847314</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İyi Günde Kötü Günde Evlilik</t>
+          <t>Füg</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>225</v>
+        <v>115</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050818703</t>
+          <t>9786050847048</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Hacer Zemzem'in Annesi</t>
+          <t>Peygamberimiz (asm) Çocuklara Nasıl Davranırdı?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050813050</t>
+          <t>9786050846843</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aişe (R.a.)</t>
+          <t>İnsan ve Peygamber olarak Hz. Muhammed (sav)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050822335</t>
+          <t>9786050846560</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Doğum Kutlu Peygamber</t>
+          <t>Bakara Suresi Sohbetleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757544128</t>
+          <t>9786050845426</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Maznun</t>
+          <t>Bir Vaizenin Penceresi</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753626194</t>
+          <t>9786050844641</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Firavun'un Öldüremediği Musa’dır</t>
+          <t>Peygamberimiz (ASM) Kadınlara Nasıl Davranırdı? - Esmada Kadın</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050816709</t>
+          <t>9786050844290</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Üstad</t>
+          <t>Mısır'a Sultanı Kuyudan Gelir</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050816549</t>
+          <t>9786050844320</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kulluk Kitabı</t>
+          <t>Elmalılı Hamdi Yazır ile Kur'an Sohbetleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050825152</t>
+          <t>9786050844108</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hasan (RA) - Hz. Hüseyin (RA)</t>
+          <t>Allahın Elçisi Hazreti Muhammedin (S.A.V.) Hayatı (Fleksi Cilt)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789757544050</t>
+          <t>9786050839128</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yokluk mudur?</t>
+          <t>Çağın Vicdanı Bediüzzaman</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050812732</t>
+          <t>9786050837155</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cennete Götüren Namaz</t>
+          <t>Hz. Peygamber'i Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050822564</t>
+          <t>9786050836080</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Koşan Genç</t>
+          <t>Evimiz Cennetimiz Olsun</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050813074</t>
+          <t>9786050835243</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Genç Arkadaşıma Mektuplar</t>
+          <t>Kalbe Karışık</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051140308</t>
+          <t>9789753625470</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Efendisi</t>
+          <t>Kur'an'da Karakter İnşası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050800876</t>
+          <t>9786050832334</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıllık Müjde</t>
+          <t>Kur'an'ın Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>30</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050823448</t>
+          <t>9786050832396</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Darbeci Olamaz</t>
+          <t>Dedem Hz. Muhammed (asm)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789757544470</t>
+          <t>9786050832051</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yokuş</t>
+          <t>Özge'nin Dirilişi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752636279</t>
+          <t>9786050829914</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sadakatte Zirve Hz. Ebubekir (R.A.)</t>
+          <t>Ömer b. Abdülaziz</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051145068</t>
+          <t>9786050829815</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Nilin Melikesi</t>
+          <t>Cennete Koşanlar Engelliler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752637771</t>
+          <t>9786050829259</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Annesi Hz. Fatıma</t>
+          <t>Kalbin Simyası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050811544</t>
+          <t>9786050827293</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mus’ab b. Umeyr</t>
+          <t>Şark’tan Haber</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789757544135</t>
+          <t>9786050825992</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Minyeli Abdullah</t>
+          <t>Dirilt Kalbini</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051143453</t>
+          <t>9786050826029</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Hikayeler</t>
+          <t>Hay Sultan</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789757544753</t>
+          <t>9786050825190</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Menan Cinleri</t>
+          <t>Şükür ve Kanaat Psikolojisi ve Eğitimi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9799753625769</t>
+          <t>9786050824506</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Vecizeler</t>
+          <t>İffet-i Kalp</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051142883</t>
+          <t>9786050824476</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sireti Meryem</t>
+          <t>Dua Engel Tanımaz Fatma</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753625340</t>
+          <t>9786050823424</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sibel</t>
+          <t>Aşk-ı Sükun</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753625104</t>
+          <t>9786050812787</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sevdalar Sözde Kaldı</t>
+          <t>Kün Kapısı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050811391</t>
+          <t>9786050801170</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Esrar ve Rumuz</t>
+          <t>Çocuklarımıza Peygamberimizi Nasıl Anlatalım?</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752635791</t>
+          <t>9786051140278</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Derdimi Seviyorum</t>
+          <t>Çocuklarımıza Namazı Nasıl Sevdirelim?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753620918</t>
+          <t>9789753629218</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Davam</t>
+          <t>İyi Günde Kötü Günde Evlilik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051140919</t>
+          <t>9786050818703</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çöl Deniz</t>
+          <t>Hazreti Hacer Zemzem'in Annesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752634855</t>
+          <t>9786050813050</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Çocuğu</t>
+          <t>Aişe (R.a.)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050801163</t>
+          <t>9786050822335</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Canfeda</t>
+          <t>Kutlu Doğum Kutlu Peygamber</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753625951</t>
+          <t>9789757544128</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bir Deliyle Evlendim</t>
+          <t>Maznun</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752633605</t>
+          <t>9789753626194</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Ve Talebelerinin Hukuk Mücadelesi</t>
+          <t>Firavun'un Öldüremediği Musa’dır</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789757544425</t>
+          <t>9786050816709</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Huzur Sokağı</t>
+          <t>Üstad</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>425</v>
+        <v>225</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051143897</t>
+          <t>9786050816549</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>His Ve Fikir</t>
+          <t>Kulluk Kitabı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9799753622546</t>
+          <t>9786050825152</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Arayan Adam</t>
+          <t>Hz. Hasan (RA) - Hz. Hüseyin (RA)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789752637764</t>
+          <t>9789757544050</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ailede Ahlak Eğitimi</t>
+          <t>Ölüm Yokluk mudur?</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>40</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051144948</t>
+          <t>9786050812732</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Aile İlmihali (Ciltli)</t>
+          <t>Cennete Götüren Namaz</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753621281</t>
+          <t>9786050822564</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Bediüzzaman Said Nursi</t>
+          <t>Allah'a Koşan Genç</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
+          <t>9786050813074</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Genç Arkadaşıma Mektuplar</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786051140308</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Efendisi</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786050800876</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Yüz Yıllık Müjde</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786050823448</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Darbeci Olamaz</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789757544470</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Yokuş</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789752636279</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Sadakatte Zirve Hz. Ebubekir (R.A.)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786051145068</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Nilin Melikesi</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789752637771</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Müminlerin Annesi Hz. Fatıma</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786050811544</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Mus’ab b. Umeyr</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789757544135</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Minyeli Abdullah</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786051143453</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’den Hikayeler</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789757544753</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Menan Cinleri</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9799753625769</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Vecizeler</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786051142883</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Sireti Meryem</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789753625340</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Sibel</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789753625104</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Sevdalar Sözde Kaldı</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786050811391</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Esrar ve Rumuz</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789752635791</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Derdimi Seviyorum</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789753620918</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Davam</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786051140919</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Çöl Deniz</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789752634855</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Çocuğu</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786050801163</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Canfeda</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789753625951</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Bir Deliyle Evlendim</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789752633605</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman Ve Talebelerinin Hukuk Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789757544425</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Huzur Sokağı</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786051143897</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>His Ve Fikir</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9799753622546</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Güneşi Arayan Adam</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789752637764</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Ailede Ahlak Eğitimi</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786051144948</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Aile İlmihali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789753621281</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>100 Soruda Bediüzzaman Said Nursi</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
           <t>9786051149219</t>
         </is>
       </c>
-      <c r="B108" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Aşkın Ev Hali</t>
         </is>
       </c>
-      <c r="C108" s="1">
+      <c r="C138" s="1">
         <v>270</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>