--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -454,51 +454,51 @@
         <is>
           <t>9786050830736</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Dua Et ve Yaklaş</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786259305912</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Asi Delikanlı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786259305905</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Vahiy Sana Dokunursa</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786259621593</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
@@ -529,81 +529,81 @@
         <is>
           <t>9786259621555</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Keşke Dememek İçin</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786259621531</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Kur’an’ın Satır Araları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786259621517</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Hayata İz Bırakmak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786259775661</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Yüreğini Haramdan Sakın</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>460</v>
+        <v>525</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786259621500</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Gün Gecenin Ardında</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786050825121</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
@@ -619,111 +619,111 @@
         <is>
           <t>9789757544326</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Düşünceler</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786259775678</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Bakara Suresi Sohbetleri 3</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786259775685</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Hikmet Atölyesi</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786259775654</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Ezan Sesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786259775630</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>İnsanın Hikâyesi</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786259775623</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Kuran Arapçası 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>425</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786259424255</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Kur'an-I Kerim Lügati</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>875</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786051142678</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
@@ -784,51 +784,51 @@
         <is>
           <t>9786259424248</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Kalbin Şifası Hayatın Zincirlerinden Kurtulmaya Dair İçgörüler</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786259424279</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Yedi Ayet Yedi Şahsiyet Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786259424286</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Huzura Varınca</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786050825183</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
@@ -844,51 +844,51 @@
         <is>
           <t>9789753620741</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Bize Ne Oldu</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786259424262</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Kur’an Arapçası-1</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786050825022</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Babam Hz. Muhammed (s.a.v.)</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786050825251</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
@@ -964,126 +964,126 @@
         <is>
           <t>9786050846850</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>İyileştir Kalbini</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786259424224</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Kalbin Dönüşümü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786259424217</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Sen Derviş Olamazsın - Ruhu Onaran Sohbetler</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786259424200</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>İlahi Söz - Kur'an'ın Edebi Dilini Keşfetmek</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786050848052</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>O Bize Yeter</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786050847895</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Bakara Suresi Sohbetleri 2</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786050847420</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>En Güzel Kıssa</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786050847314</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Füg</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786050847048</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
@@ -1174,126 +1174,126 @@
         <is>
           <t>9786050844320</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Elmalılı Hamdi Yazır ile Kur'an Sohbetleri</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786050844108</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Allahın Elçisi Hazreti Muhammedin (S.A.V.) Hayatı (Fleksi Cilt)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786050839128</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Çağın Vicdanı Bediüzzaman</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786050837155</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Hz. Peygamber'i Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786050836080</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Evimiz Cennetimiz Olsun</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786050835243</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Kalbe Karışık</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789753625470</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Kur'an'da Karakter İnşası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786050832334</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Kur'an'ın Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786050832396</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
@@ -1309,51 +1309,51 @@
         <is>
           <t>9786050832051</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Özge'nin Dirilişi</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786050829914</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Ömer b. Abdülaziz</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786050829815</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Cennete Koşanlar Engelliler</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786050829259</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
@@ -1384,51 +1384,51 @@
         <is>
           <t>9786050825992</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Dirilt Kalbini</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786050826029</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Hay Sultan</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786050825190</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Şükür ve Kanaat Psikolojisi ve Eğitimi</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786050824506</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
@@ -1474,201 +1474,201 @@
         <is>
           <t>9786050812787</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Kün Kapısı</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786050801170</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Çocuklarımıza Peygamberimizi Nasıl Anlatalım?</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786051140278</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Çocuklarımıza Namazı Nasıl Sevdirelim?</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9789753629218</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>İyi Günde Kötü Günde Evlilik</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786050818703</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Hazreti Hacer Zemzem'in Annesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786050813050</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Aişe (R.a.)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786050822335</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Kutlu Doğum Kutlu Peygamber</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9789757544128</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Maznun</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9789753626194</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Firavun'un Öldüremediği Musa’dır</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9786050816709</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Üstad</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786050816549</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Kulluk Kitabı</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9786050825152</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Hz. Hasan (RA) - Hz. Hüseyin (RA)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9789757544050</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Ölüm Yokluk mudur?</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786050812732</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
@@ -1819,66 +1819,66 @@
         <is>
           <t>9786050811544</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Mus’ab b. Umeyr</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>9789757544135</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Minyeli Abdullah</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>9786051143453</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Mesnevi’den Hikayeler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>9789757544753</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Menan Cinleri</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>9799753625769</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
@@ -1909,96 +1909,96 @@
         <is>
           <t>9789753625340</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Sibel</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>9789753625104</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Sevdalar Sözde Kaldı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>9786050811391</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Esrar ve Rumuz</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>9789752635791</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Derdimi Seviyorum</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>9789753620918</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Davam</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>9786051140919</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Çöl Deniz</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>9789752634855</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
@@ -2044,111 +2044,111 @@
         <is>
           <t>9789752633605</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Bediüzzaman Ve Talebelerinin Hukuk Mücadelesi</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
           <t>9789757544425</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Huzur Sokağı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>425</v>
+        <v>500</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t>9786051143897</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
           <t>His Ve Fikir</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t>9799753622546</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Güneşi Arayan Adam</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>9789752637764</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Ailede Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>9786051144948</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Aile İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>9789753621281</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
           <t>100 Soruda Bediüzzaman Said Nursi</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t>9786051149219</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>