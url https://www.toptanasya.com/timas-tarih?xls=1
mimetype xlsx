--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,6490 +85,6670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256767621</t>
+          <t>9786256767744</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Stratejistler: Churchill, Stalin, Roosevelt, Mussolini ve Hitler</t>
+          <t>Suyun Üstünde Kalanlar - Taşlıçay'dan İsam'a</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256767614</t>
+          <t>9786256767751</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Otağ V: Selahaddin Eyyubi</t>
+          <t>Kırklar Meydanı - Gayb Aleminin Sultanları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256767607</t>
+          <t>9786256767737</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye: Dünyayı Değiştiren Şehir</t>
+          <t>Hasret ve Elemlerim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256767591</t>
+          <t>9786256767690</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>II. Dünya Savaşında Türkler</t>
+          <t>Sanatla Yazılan Tarih</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256767560</t>
+          <t>9786256767645</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Peygamberler</t>
+          <t>Sultan II. Abdülhamid ve Jön Türkler: 1889-1908 Selanik'in Yükselişi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256767300</t>
+          <t>9786256767652</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kemal H. Karpat'ı Okuma Kılavuzu</t>
+          <t>Sultan II. Abdülhamid ve İttihatçılar: 1908-1909 Selanik İstanbul'a Karşı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256767188</t>
+          <t>9786256767669</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle Çalışan Yorulmaz - 1</t>
+          <t>Sultan Hamidsiz Yıllar ve Balkan Savaşı: 1909-1913 Selanik Düştü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050845815</t>
+          <t>9786256767676</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusunda Son Alman General (1933-1939): Hilmar von Mittelberger</t>
+          <t>Parazitler, Göçler ve Dünya Tarihi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050819212</t>
+          <t>9786256767683</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tarih Tıbbı Konuşturdu 2</t>
+          <t>Öyle Geçer ki Zaman - Teoman Duralı Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>32.5</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050822137</t>
+          <t>9786256767454</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Şifreleri</t>
+          <t>Kur'an'ın Anlattığı Tarih: Türkiye 2</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050823356</t>
+          <t>9786256767638</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Edirne ve Gezi Rehberi</t>
+          <t>İslam Dünyasında Kitap, Kütüphane ve Verraklar (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>32.5</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050818925</t>
+          <t>9786256767584</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşları ve Gezi Rehberi</t>
+          <t>From Exile to My Homeland</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>75</v>
+        <v>550</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050818147</t>
+          <t>9786256767621</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Kutsalları</t>
+          <t>Stratejistler: Churchill, Stalin, Roosevelt, Mussolini ve Hitler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050821161</t>
+          <t>9786256767614</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Kalbini Bekleyenler</t>
+          <t>Otağ V: Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>155</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050812763</t>
+          <t>9786256767607</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kanuni'nin Akıl Oyunları</t>
+          <t>İskenderiye: Dünyayı Değiştiren Şehir</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050816129</t>
+          <t>9786256767591</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ve Selanik Düştü</t>
+          <t>II. Dünya Savaşında Türkler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050819762</t>
+          <t>9786256767560</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Dünya</t>
+          <t>Bilinmeyen Peygamberler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>30</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050811292</t>
+          <t>9786256767300</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Siyasallaşması (Ciltli)</t>
+          <t>Kemal H. Karpat'ı Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>95</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752638280</t>
+          <t>9786256767188</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İran Kütüphaneleri Türkçe Yazmalar Kataloğu</t>
+          <t>Aşk İle Çalışan Yorulmaz - 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>20</v>
+        <v>375</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752637061</t>
+          <t>9786050845815</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun En Uzun Yüzyılı</t>
+          <t>Türk Ordusunda Son Alman General (1933-1939): Hilmar von Mittelberger</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>30</v>
+        <v>170</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050818628</t>
+          <t>9786050819212</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Masaldan Gerçeğe Lale Devri</t>
+          <t>Tarih Tıbbı Konuşturdu 2</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050812695</t>
+          <t>9786050822137</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Keşifler</t>
+          <t>Osmanlı'nın Şifreleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>23.15</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050817553</t>
+          <t>9786050823356</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kara Defter - Atatürk'ün Silah Arkadaşı İhsan Eryavuz Anlatıyor</t>
+          <t>Edirne ve Gezi Rehberi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050822939</t>
+          <t>9786050818925</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Karabekir'in Kavgası (Ciltli)</t>
+          <t>Çanakkale Savaşları ve Gezi Rehberi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050825800</t>
+          <t>9786050818147</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Askeri Tarihi</t>
+          <t>Sarayın Kutsalları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786050823486</t>
+          <t>9786050821161</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Toplumsal Dönüşüm</t>
+          <t>Osmanlı'nın Kalbini Bekleyenler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>42.5</v>
+        <v>155</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050827880</t>
+          <t>9786050812763</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Kanuni'nin Akıl Oyunları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>28.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050818901</t>
+          <t>9786050816129</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Asım'ın Nesli</t>
+          <t>Ve Selanik Düştü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>12.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050822151</t>
+          <t>9786050819762</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Akademik Ders Notları (Ciltli)</t>
+          <t>Osmanlı ve Dünya</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>125</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050822144</t>
+          <t>9786050811292</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Moğollar - Tarihin Kara Yazısı</t>
+          <t>İslam’ın Siyasallaşması (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>32.5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050818321</t>
+          <t>9789752638280</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Önsözler - Frankfurt Üniversitesi Arap-İslam Bilimleri Tarihi Enstitüsü Özel Yayını (Ciltli)</t>
+          <t>İran Kütüphaneleri Türkçe Yazmalar Kataloğu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051143286</t>
+          <t>9789752637061</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Proje</t>
+          <t>İmparatorluğun En Uzun Yüzyılı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051143996</t>
+          <t>9786050818628</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş ve İmparatorluk Sürecinde Osmanlı</t>
+          <t>Masaldan Gerçeğe Lale Devri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>81</v>
+        <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050801187</t>
+          <t>9786050812695</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Pençe</t>
+          <t>Tarihi Değiştiren Keşifler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>24.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051141541</t>
+          <t>9786050817553</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kır Zincirlerini Osmanlı</t>
+          <t>Kara Defter - Atatürk'ün Silah Arkadaşı İhsan Eryavuz Anlatıyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>21.76</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051144955</t>
+          <t>9786050822939</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kanuni’nin Amirali, Turgut Reis’in Son Seferi - Malta Kuşatması</t>
+          <t>Karabekir'in Kavgası (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>20</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050813111</t>
+          <t>9786050825800</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeği</t>
+          <t>Osmanlı Askeri Tarihi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>26.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050813135</t>
+          <t>9786050823486</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Soykırımı Ve Türkiye</t>
+          <t>Türkiye'de Toplumsal Dönüşüm</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752639980</t>
+          <t>9786050827880</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Adriyatik’te Korsanlık (Ciltli)</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051141343</t>
+          <t>9786050818901</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Kurtlarla Dansı 2</t>
+          <t>Asım'ın Nesli</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>27.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051140957</t>
+          <t>9786050822151</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Kurtlarla Dansı</t>
+          <t>Akademik Ders Notları (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752636903</t>
+          <t>9786050822144</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yurtsuz İmparator Vahdeddin</t>
+          <t>Moğollar - Tarihin Kara Yazısı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752639973</t>
+          <t>9786050818321</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Demokrat</t>
+          <t>Önsözler - Frankfurt Üniversitesi Arap-İslam Bilimleri Tarihi Enstitüsü Özel Yayını (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>18.52</v>
+        <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050801606</t>
+          <t>9786051143286</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihin Gerçekleri</t>
+          <t>Kutsal Proje</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752636309</t>
+          <t>9786051143996</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Üç Kıtada Osmanlılar</t>
+          <t>Kuruluş ve İmparatorluk Sürecinde Osmanlı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>27.5</v>
+        <v>81</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051143163</t>
+          <t>9786050801187</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Yakın Tarihi</t>
+          <t>Kızıl Pençe</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>30</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051141619</t>
+          <t>9786051141541</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eşlerine Göre Ediplerimiz</t>
+          <t>Kır Zincirlerini Osmanlı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>13.89</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051143668</t>
+          <t>9786051144955</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Osmanlılar</t>
+          <t>Kanuni’nin Amirali, Turgut Reis’in Son Seferi - Malta Kuşatması</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050807585</t>
+          <t>9786050813111</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Güzelleştirmek</t>
+          <t>İncir Çekirdeği</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>16.2</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752637054</t>
+          <t>9786050813135</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Raporu Binbaşı Halis Bey’in Savaş Notları</t>
+          <t>Yahudi Soykırımı Ve Türkiye</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>28.5</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752631403</t>
+          <t>9789752639980</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Geçilmez Bir Destanın Öyküsü</t>
+          <t>Adriyatik’te Korsanlık (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>165</v>
+        <v>50</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752635197</t>
+          <t>9786051141343</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale 1915 Ölüme Koşanlar</t>
+          <t>Abdülhamid’in Kurtlarla Dansı 2</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>12.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051141565</t>
+          <t>9786051140957</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Cihan Payitahtı İstanbul</t>
+          <t>Abdülhamid’in Kurtlarla Dansı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>29.5</v>
+        <v>115</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051143675</t>
+          <t>9789752636903</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bulutları Delen Kartal</t>
+          <t>Yurtsuz İmparator Vahdeddin</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>24.07</v>
+        <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051141589</t>
+          <t>9789752639973</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi Sohbetleri</t>
+          <t>Yalnız Demokrat</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>20.83</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051141725</t>
+          <t>9786050801606</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşları Günlüğü</t>
+          <t>Yakın Tarihin Gerçekleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>17.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050822717</t>
+          <t>9789752636309</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Feryadım (2 Kitap Takım)</t>
+          <t>Üç Kıtada Osmanlılar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>450</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050811803</t>
+          <t>9786051143163</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Sahaflık ve Sahaflar (Ciltli)</t>
+          <t>Türkiye’nin Yakın Tarihi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>65</v>
+        <v>30</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050811902</t>
+          <t>9786051141619</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Siyasi Tarihi (Ciltli)</t>
+          <t>Eşlerine Göre Ediplerimiz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>55.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050811889</t>
+          <t>9786051143668</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kara Fatma</t>
+          <t>Erken Modern Osmanlılar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050811926</t>
+          <t>9786050807585</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Modern Türkiye</t>
+          <t>Dünyayı Güzelleştirmek</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752639904</t>
+          <t>9789752637054</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tekke'den Meclis'e</t>
+          <t>Çanakkale Raporu Binbaşı Halis Bey’in Savaş Notları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>70</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050822212</t>
+          <t>9789752631403</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi 2</t>
+          <t>Çanakkale Geçilmez Bir Destanın Öyküsü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>70</v>
+        <v>165</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050821567</t>
+          <t>9789752635197</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim Han</t>
+          <t>Çanakkale 1915 Ölüme Koşanlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>27.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050819267</t>
+          <t>9786051141565</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Cihan Payitahtı İstanbul</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>50</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050819014</t>
+          <t>9786051143675</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hayatım ve Türkiye</t>
+          <t>Bulutları Delen Kartal</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>85</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050818819</t>
+          <t>9786051141589</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dünya Medyasında Çanakkale Savaşları (Ciltli)</t>
+          <t>Bilim Tarihi Sohbetleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>650</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050816686</t>
+          <t>9786051141725</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünya Seyahatnamesi</t>
+          <t>Balkan Savaşları Günlüğü</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>24.07</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050819915</t>
+          <t>9786050822717</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Düşülen Notlar (2 Cilt Takım Kutulu)</t>
+          <t>Feryadım (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050816136</t>
+          <t>9786050811803</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Efsane Komutanlar ve Zaferleri (Ciltli)</t>
+          <t>Osmanlılarda Sahaflık ve Sahaflar (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050833560</t>
+          <t>9786050811902</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi Kutulu Set (2 Kitap Takım)</t>
+          <t>19. Yüzyıl Siyasi Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>85</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050832426</t>
+          <t>9786050811889</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tarihin En Uzun Şiiri: Ayasofya</t>
+          <t>Kara Fatma</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050834345</t>
+          <t>9786050811926</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ya İstiklal Ya Ölüm</t>
+          <t>Osmanlı ve Modern Türkiye</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752637078</t>
+          <t>9789752639904</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Alman Nüfuzu</t>
+          <t>Tekke'den Meclis'e</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>27.5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050804355</t>
+          <t>9786050822212</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Petersburg’da Osmanlı İzleri</t>
+          <t>Türklerin Tarihi 2</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752633711</t>
+          <t>9786050821567</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’yı Yeniden Keşfetmek</t>
+          <t>Yavuz Sultan Selim Han</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>22.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752633643</t>
+          <t>9786050819267</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’yı Kuran Şehir</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051141886</t>
+          <t>9786050819014</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar</t>
+          <t>Hayatım ve Türkiye</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051142869</t>
+          <t>9786050818819</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Etnik Yapılanma ve Göçler</t>
+          <t>Dünya Medyasında Çanakkale Savaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752639300</t>
+          <t>9786050816686</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Elitler ve Din</t>
+          <t>Eski Dünya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>420</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051141695</t>
+          <t>9786050819915</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Asker ve Siyaset</t>
+          <t>Tarihe Düşülen Notlar (2 Cilt Takım Kutulu)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>425</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051141879</t>
+          <t>9786050816136</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı: İnsanlığın Son Adası</t>
+          <t>Efsane Komutanlar ve Zaferleri (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>24.07</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051140315</t>
+          <t>9786050833560</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Aile</t>
+          <t>Türklerin Tarihi Kutulu Set (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>30</v>
+        <v>85</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9799752631167</t>
+          <t>9786050832426</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinde Maskeler ve Yüzler</t>
+          <t>Tarihin En Uzun Şiiri: Ayasofya</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>23</v>
+        <v>75</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051141701</t>
+          <t>9786050834345</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mirası</t>
+          <t>Ya İstiklal Ya Ölüm</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>18.52</v>
+        <v>225</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051141329</t>
+          <t>9789752637078</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Siyaset</t>
+          <t>Osmanlı İmparatorluğu’nda Alman Nüfuzu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>27.78</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051144580</t>
+          <t>9786050804355</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Hanedan Devlet ve Toplum</t>
+          <t>Petersburg’da Osmanlı İzleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>27.78</v>
+        <v>90</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752637672</t>
+          <t>9789752633711</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde İstanbul Hammalları</t>
+          <t>Osmanlı’yı Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>360</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752635319</t>
+          <t>9789752633643</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Coğrafyasına Yolculuk</t>
+          <t>Osmanlı’yı Kuran Şehir</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>27.5</v>
+        <v>85</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752635166</t>
+          <t>9786051141886</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Barışı</t>
+          <t>Osmanlılar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050807837</t>
+          <t>9786051142869</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Omuzumda Hemençe</t>
+          <t>Osmanlı’dan Günümüze Etnik Yapılanma ve Göçler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051140339</t>
+          <t>9789752639300</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Nil’den Tuna’ya Osmanlı</t>
+          <t>Osmanlı’dan Günümüze Elitler ve Din</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>26</v>
+        <v>420</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051146935</t>
+          <t>9786051141695</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye Tarihi (Ciltli)</t>
+          <t>Osmanlı’dan Günümüze Asker ve Siyaset</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>80</v>
+        <v>425</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752635630</t>
+          <t>9786051141879</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sınırlarına Yolculuk</t>
+          <t>Osmanlı: İnsanlığın Son Adası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>27.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752637566</t>
+          <t>9786051140315</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tarihimiz ve Biz</t>
+          <t>Osmanlı Toplumunda Aile</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>27.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051146942</t>
+          <t>9799752631167</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Gizli Servisler</t>
+          <t>Osmanlı Tarihinde Maskeler ve Yüzler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>17.13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753625500</t>
+          <t>9786051141701</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca İhtilaller ve Darbeler</t>
+          <t>Osmanlı Mirası</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789752634909</t>
+          <t>9786051141329</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Son İmparatorluk Osmanlı</t>
+          <t>Osmanlı Klasik Çağında Siyaset</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>25</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051144313</t>
+          <t>9786051144580</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular’ın Kuruluş Hikayesi Çağrı Bey</t>
+          <t>Osmanlı Klasik Çağında Hanedan Devlet ve Toplum</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>17.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050804348</t>
+          <t>9789752637672</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Selanik’in Yükselişi</t>
+          <t>Osmanlı Döneminde İstanbul Hammalları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051144856</t>
+          <t>9789752635319</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Selanik İstanbul’a Karşı</t>
+          <t>Osmanlı Coğrafyasına Yolculuk</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>95</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050808254</t>
+          <t>9789752635166</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Saraydan Sürgüne</t>
+          <t>Osmanlı Barışı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>27.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051141237</t>
+          <t>9786050807837</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sarayda İktidar Mücadelesi: Saray, Mücevher, İktidar</t>
+          <t>Omuzumda Hemençe</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>12.04</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789752636637</t>
+          <t>9786051140339</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Saltanattan Cumhuriyete Kurtuluş Savaşı (1918-1923) (Ciltli)</t>
+          <t>Nil’den Tuna’ya Osmanlı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>25.93</v>
+        <v>26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789752635104</t>
+          <t>9786051146935</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Rüyadan İmparatorluğa: Osmanlı (Ciltli)</t>
+          <t>Modern Türkiye Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051145266</t>
+          <t>9789752635630</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Rus ve İngilizlere Karşı Bir Osmanlı Zabiti</t>
+          <t>Tarihin Sınırlarına Yolculuk</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752637641</t>
+          <t>9789752637566</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Halide (Ciltli)</t>
+          <t>Tarihimiz ve Biz</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>27.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752636811</t>
+          <t>9786051146942</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe</t>
+          <t>Tarihi Değiştiren Gizli Servisler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>27.5</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050807653</t>
+          <t>9789753625500</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Modernlik Arasında</t>
+          <t>Tarih Boyunca İhtilaller ve Darbeler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>165</v>
+        <v>30</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050801224</t>
+          <t>9789752634909</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gel Söyleşelim</t>
+          <t>Son İmparatorluk Osmanlı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752636651</t>
+          <t>9786051144313</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Hakikatler</t>
+          <t>Selçuklular’ın Kuruluş Hikayesi Çağrı Bey</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>8.8</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050801231</t>
+          <t>9786050804348</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun kurucuları Gazi Padişahlar</t>
+          <t>Selanik’in Yükselişi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051144979</t>
+          <t>9786051144856</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Firaklı Nameler (Ciltli)</t>
+          <t>Selanik İstanbul’a Karşı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>37.04</v>
+        <v>95</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051149318</t>
+          <t>9786050808254</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Kıyamet: 1453</t>
+          <t>Saraydan Sürgüne</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>130</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050830255</t>
+          <t>9786051141237</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>SS Teşkilatı: Hitlerin Elit Ordusu 1939-1945 (Ciltli)</t>
+          <t>Sarayda İktidar Mücadelesi: Saray, Mücevher, İktidar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050842821</t>
+          <t>9789752636637</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İttihatçı Bir Fedai: Mülazım Atıf Kamçıl</t>
+          <t>Saltanattan Cumhuriyete Kurtuluş Savaşı (1918-1923) (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>450</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051144009</t>
+          <t>9789752635104</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Ortadoğu’da Millet, Milliyet, Milliyetçilik</t>
+          <t>Rüyadan İmparatorluğa: Osmanlı (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256767577</t>
+          <t>9786051145266</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İstanbulda İlk Ruslar / Türk Sularında 46 Gün</t>
+          <t>Rus ve İngilizlere Karşı Bir Osmanlı Zabiti</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051149332</t>
+          <t>9789752637641</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Strateji ve Askeri Güç</t>
+          <t>Halide (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>475</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256767553</t>
+          <t>9789752636811</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sürgünden Anavatana &amp; Bir Şehzadenin Hayat Yolculuğu</t>
+          <t>Gelenekten Geleceğe</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>500</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256767195</t>
+          <t>9786050807653</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nda Marjinal Sufilik: Kalenderiler (Ciltli)</t>
+          <t>Gelenek ve Modernlik Arasında</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>700</v>
+        <v>165</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050827316</t>
+          <t>9786050801224</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Tarihi</t>
+          <t>Gel Söyleşelim</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050833157</t>
+          <t>9789752636651</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>En Sevgili Efendimiz ve Sevdalıları</t>
+          <t>Tarihi Hakikatler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>360</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050827811</t>
+          <t>9786050801231</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Başka Yerler Farklı Mekanlar Geziyorum</t>
+          <t>İmparatorluğun kurucuları Gazi Padişahlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>175</v>
+        <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050823431</t>
+          <t>9786051144979</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Zındıklar ve Mülhidler (Ciltli)</t>
+          <t>Firaklı Nameler (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>500</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050812725</t>
+          <t>9786051149318</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>1071 Malazgirt</t>
+          <t>Fetih ve Kıyamet: 1453</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050825794</t>
+          <t>9786050830255</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Latife Hanım'ın Kağıtları</t>
+          <t>SS Teşkilatı: Hitlerin Elit Ordusu 1939-1945 (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753627474</t>
+          <t>9786050842821</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Karınca Huzura Varınca</t>
+          <t>İttihatçı Bir Fedai: Mülazım Atıf Kamçıl</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752639843</t>
+          <t>9786051144009</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Türk Yurdunun Bilgeleri</t>
+          <t>Osmanlı’dan Günümüze Ortadoğu’da Millet, Milliyet, Milliyetçilik</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050803259</t>
+          <t>9786256767577</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Tarihi</t>
+          <t>İstanbulda İlk Ruslar / Türk Sularında 46 Gün</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050821529</t>
+          <t>9786051149332</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nda Marjinal Sufilik: Kalenderiler (Ciltli)</t>
+          <t>Osmanlı’da Strateji ve Askeri Güç</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050819304</t>
+          <t>9786256767553</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Aksoy Kitabı : Karınca İzleri</t>
+          <t>Sürgünden Anavatana &amp; Bir Şehzadenin Hayat Yolculuğu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050816556</t>
+          <t>9786256767195</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Efsaneleri</t>
+          <t>Osmanlı İmparatorluğu'nda Marjinal Sufilik: Kalenderiler (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050834291</t>
+          <t>9786050827316</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyeleri - İsa'nın Yoksul Askerleri</t>
+          <t>Türk Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050807844</t>
+          <t>9786050833157</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Buğulu Aynası</t>
+          <t>En Sevgili Efendimiz ve Sevdalıları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>295</v>
+        <v>360</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050828474</t>
+          <t>9786050827811</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet'te Ramazan Akşamları</t>
+          <t>Başka Yerler Farklı Mekanlar Geziyorum</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050818970</t>
+          <t>9786050823431</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Tufanı</t>
+          <t>Osmanlı Toplumunda Zındıklar ve Mülhidler (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050816730</t>
+          <t>9786050812725</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Acı Vatanda Bir Garip Kul</t>
+          <t>1071 Malazgirt</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752639560</t>
+          <t>9786050825794</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ali Emiri’nin İzinde</t>
+          <t>Latife Hanım'ın Kağıtları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050820492</t>
+          <t>9789753627474</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sürgündeki Hanedan</t>
+          <t>Karınca Huzura Varınca</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>550</v>
+        <v>295</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256767539</t>
+          <t>9789752639843</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Gazze: Geçmişten Günümüze Direnişin Toprağı</t>
+          <t>Türk Yurdunun Bilgeleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050835663</t>
+          <t>9786050803259</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>2. Viyana Kuşatması</t>
+          <t>Endülüs Tarihi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256767522</t>
+          <t>9786050821529</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Il Bosforo Una Storia Illustrata</t>
+          <t>Osmanlı İmparatorluğu'nda Marjinal Sufilik: Kalenderiler (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256767492</t>
+          <t>9786050819304</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehzadenin Hatıratı</t>
+          <t>Hikmet Aksoy Kitabı : Karınca İzleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256767508</t>
+          <t>9786050816556</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Mohaç Muharebesi 1526</t>
+          <t>Cumhuriyet Efsaneleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256767485</t>
+          <t>9786050834291</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Birinci Milli Birlik Komitesi</t>
+          <t>Tapınak Şövalyeleri - İsa'nın Yoksul Askerleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256767515</t>
+          <t>9786050807844</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Payitahtın Kapıları</t>
+          <t>Tarihin Buğulu Aynası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256767478</t>
+          <t>9786050828474</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Rusya: Pagan Dönemden Putin'e</t>
+          <t>Dersaadet'te Ramazan Akşamları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256767461</t>
+          <t>9786050818970</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Üç Osmanlı Ailesi</t>
+          <t>Çanakkale Tufanı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256767447</t>
+          <t>9786050816730</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Üçler Yediler Kırklar</t>
+          <t>Acı Vatanda Bir Garip Kul</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256767430</t>
+          <t>9789752639560</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bektaşilik</t>
+          <t>Ali Emiri’nin İzinde</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>165</v>
+        <v>450</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050816167</t>
+          <t>9786050820492</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Valide Sultanlar ve Harem</t>
+          <t>Sürgündeki Hanedan</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>270</v>
+        <v>700</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050816723</t>
+          <t>9786256767539</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Arı Kovanına Çomak Sokmak</t>
+          <t>Gazze: Geçmişten Günümüze Direnişin Toprağı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>45</v>
+        <v>375</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050822120</t>
+          <t>9786050835663</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Modern Ortadoğu Tarihi (1453-2015) (Ciltli)</t>
+          <t>2. Viyana Kuşatması</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050822991</t>
+          <t>9786256767522</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Biliminin Öncüleri</t>
+          <t>Il Bosforo Una Storia Illustrata</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752638051</t>
+          <t>9786256767492</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet’ten Cumhuriyet’e Divan Edebiyatı Tartışmaları</t>
+          <t>Bir Şehzadenin Hatıratı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>23.15</v>
+        <v>700</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256767416</t>
+          <t>9786256767508</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>XVIII. Yüzyılda Osmanlı-Prusya Münasebetleri</t>
+          <t>Mohaç Muharebesi 1526</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256767423</t>
+          <t>9786256767485</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern İngiltere’de Türk İmgesi</t>
+          <t>Birinci Milli Birlik Komitesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256767409</t>
+          <t>9786256767515</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Adile Sultan</t>
+          <t>Payitahtın Kapıları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256767393</t>
+          <t>9786256767478</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İttihatçıların Kara Kutusu</t>
+          <t>Rusya: Pagan Dönemden Putin'e</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>525</v>
+        <v>240</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256767386</t>
+          <t>9786256767461</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlı Muharebeleri Bafeus 1302 &amp; Pelekanon 1329</t>
+          <t>İstanbullu Üç Osmanlı Ailesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050824964</t>
+          <t>9786256767447</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bir Dehanın İzleri - II. Abdülhamid Han</t>
+          <t>Üçler Yediler Kırklar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>375</v>
+        <v>170</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050816266</t>
+          <t>9786256767430</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Çöküşü</t>
+          <t>Bektaşilik</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050827279</t>
+          <t>9786050816167</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Payitahtın Son Sahibi Abdülhamid Han</t>
+          <t>Valide Sultanlar ve Harem</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256767379</t>
+          <t>9786050816723</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Zoraki İttifak &amp; Birinci Dünya Savaşı’nda Türk-Alman Askerî Ortaklığı</t>
+          <t>Arı Kovanına Çomak Sokmak</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256767355</t>
+          <t>9786050822120</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır’ın Peygamberleri: Hz. İdris, Hz. Yusuf, Hz. Musa</t>
+          <t>Modern Ortadoğu Tarihi (1453-2015) (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050809053</t>
+          <t>9786050822991</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Savaş ve Serhad</t>
+          <t>Osmanlı Biliminin Öncüleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050827200</t>
+          <t>9789752638051</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Merkez Bürokrasisi (1836-1856)</t>
+          <t>2. Meşrutiyet’ten Cumhuriyet’e Divan Edebiyatı Tartışmaları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>390</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256767362</t>
+          <t>9786256767416</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Kadın Avukatı</t>
+          <t>XVIII. Yüzyılda Osmanlı-Prusya Münasebetleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256767348</t>
+          <t>9786256767423</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kore: Güney’in ve Kuzey’in Yeni Tarihi</t>
+          <t>Erken Modern İngiltere’de Türk İmgesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256767331</t>
+          <t>9786256767409</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Anlattığı Tarih: Türkiye</t>
+          <t>Adile Sultan</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050834567</t>
+          <t>9786256767393</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı Seti (11 Kitap - Kayı Bayrağı Hediyeli)</t>
+          <t>İttihatçıların Kara Kutusu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>3905</v>
+        <v>525</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256767294</t>
+          <t>9786256767386</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ajandası (Ciltli)</t>
+          <t>İlk Osmanlı Muharebeleri Bafeus 1302 &amp; Pelekanon 1329</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256767249</t>
+          <t>9786050824964</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kitabelerin Renkli Dünyası</t>
+          <t>Bir Dehanın İzleri - II. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051142913</t>
+          <t>9786050816266</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sosyal Tarihinde İslamın Macerası</t>
+          <t>Osmanlı'nın Çöküşü</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050817829</t>
+          <t>9786050827279</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kayıp Yüzyılı Beylikler Devri</t>
+          <t>Payitahtın Son Sahibi Abdülhamid Han</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786050803242</t>
+          <t>9786256767379</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tarihçinin Eleği</t>
+          <t>Zoraki İttifak &amp; Birinci Dünya Savaşı’nda Türk-Alman Askerî Ortaklığı</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786050832280</t>
+          <t>9786256767355</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun ve Batı'nın Büyük Sultanı: Alparslan</t>
+          <t>Antik Mısır’ın Peygamberleri: Hz. İdris, Hz. Yusuf, Hz. Musa</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786050819472</t>
+          <t>9786050809053</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Ermeniler</t>
+          <t>Osmanlı’da Savaş ve Serhad</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256767317</t>
+          <t>9786050827200</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sultanlar ve İmparatorlar: Bir Bizanslının Gözünden Osmanlılar</t>
+          <t>Osmanlı Merkez Bürokrasisi (1836-1856)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256767263</t>
+          <t>9786256767362</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Şüphe: Hayri Bey'in Vefatı İntihar Mı Cinayet Mi?</t>
+          <t>Cumhuriyet'in İlk Kadın Avukatı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051148229</t>
+          <t>9786256767348</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>At Üstünde Selçuklular</t>
+          <t>Kore: Güney’in ve Kuzey’in Yeni Tarihi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051141411</t>
+          <t>9786256767331</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Nüfusu</t>
+          <t>Kur’an’ın Anlattığı Tarih: Türkiye</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256767225</t>
+          <t>9786050834567</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Karabekir'in Kavgası</t>
+          <t>Osmanlı Tarihi Kayı Seti (11 Kitap - Kayı Bayrağı Hediyeli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>550</v>
+        <v>3905</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256767256</t>
+          <t>9786256767294</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Feryadım</t>
+          <t>Sanat Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786050812961</t>
+          <t>9786256767249</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kayı 1 - Ertuğrul'un Ocağı</t>
+          <t>Kitabelerin Renkli Dünyası</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256767232</t>
+          <t>9786051142913</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle Çalışan Yorulmaz - 2</t>
+          <t>Türkiye Sosyal Tarihinde İslamın Macerası</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256767218</t>
+          <t>9786050817829</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Asenaları: Türk Tarihinin Kadın Liderleri</t>
+          <t>Türklerin Kayıp Yüzyılı Beylikler Devri</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786050820638</t>
+          <t>9786050803242</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı 7 - Kutsal İttifaka Karşı</t>
+          <t>Tarihçinin Eleği</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256767201</t>
+          <t>9786050832280</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Zındıklar ve Mülhidler (Ciltli)</t>
+          <t>Doğu'nun ve Batı'nın Büyük Sultanı: Alparslan</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256767140</t>
+          <t>9786050819472</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu: Yeni Bir Tarih</t>
+          <t>Osmanlılar ve Ermeniler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752639591</t>
+          <t>9786256767317</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa</t>
+          <t>Sultanlar ve İmparatorlar: Bir Bizanslının Gözünden Osmanlılar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786050808261</t>
+          <t>9786256767263</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ama Hangi Osmanlı?</t>
+          <t>Şüphe: Hayri Bey'in Vefatı İntihar Mı Cinayet Mi?</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050823400</t>
+          <t>9786051148229</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Kalan Miras</t>
+          <t>At Üstünde Selçuklular</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050823714</t>
+          <t>9786051141411</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Darbeler Tarihi</t>
+          <t>Osmanlı Nüfusu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>365</v>
+        <v>450</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256767102</t>
+          <t>9786256767225</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gökkubbede Hoş Bir Sada - İsmail E. Erünsal ile Hatırda Kalanlar</t>
+          <t>Karabekir'in Kavgası</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256767171</t>
+          <t>9786256767256</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Vatan Namus İttihad</t>
+          <t>Feryadım</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256767133</t>
+          <t>9786050812961</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Demokratlar ve Halkçılar (1950-1954)</t>
+          <t>Kayı 1 - Ertuğrul'un Ocağı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256767157</t>
+          <t>9786256767232</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Tarihçinin Yolculuğu</t>
+          <t>Aşk İle Çalışan Yorulmaz - 2</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256767164</t>
+          <t>9786256767218</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Mekke'ye Giden Bin Yol</t>
+          <t>Bozkırın Asenaları: Türk Tarihinin Kadın Liderleri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050848069</t>
+          <t>9786050820638</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Tarihi 1 - Büyük Selçuklu Devleti</t>
+          <t>Osmanlı Tarihi Kayı 7 - Kutsal İttifaka Karşı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256767089</t>
+          <t>9786256767201</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mabeyn-i Hümayun (Ciltli)</t>
+          <t>Osmanlı Toplumunda Zındıklar ve Mülhidler (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>1200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256767096</t>
+          <t>9786256767140</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyasında Diplomasi ve Siyaset (Ciltli)</t>
+          <t>Osmanlı İmparatorluğu: Yeni Bir Tarih</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256767072</t>
+          <t>9789752639591</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Otağ IV: Hindistan Fatihi Gazneli Mahmud</t>
+          <t>Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256767058</t>
+          <t>9786050808261</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Tarihi Yazıları - Arşiv Kayıtları, Yazma Eserler ve Kayıp Metinler</t>
+          <t>Ama Hangi Osmanlı?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256767065</t>
+          <t>9786050823400</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi Ajandası (Fleksi Cilt) (Ciltli)</t>
+          <t>Osmanlı'ya Kalan Miras</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256767041</t>
+          <t>9786050823714</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’nun Kadim Mirası</t>
+          <t>Darbeler Tarihi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>275</v>
+        <v>365</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256767034</t>
+          <t>9786256767102</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Yükselirken</t>
+          <t>Gökkubbede Hoş Bir Sada - İsmail E. Erünsal ile Hatırda Kalanlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256767010</t>
+          <t>9786256767171</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dalgalar Gibi Üstümüzden Geçecek</t>
+          <t>Vatan Namus İttihad</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256767027</t>
+          <t>9786256767133</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bayrak, Kalpak, Revolver</t>
+          <t>Demokratlar ve Halkçılar (1950-1954)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256767003</t>
+          <t>9786256767157</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Seyrini Değiştiren Türkler</t>
+          <t>Tarihçinin Yolculuğu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050848236</t>
+          <t>9786256767164</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Batı Basınında Lozan, Yeni Türkiye ve Cumhuriyet</t>
+          <t>Mekke'ye Giden Bin Yol</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050848311</t>
+          <t>9786050848069</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hunlardan Türkiye Cumhuriyeti’ne Kuruluş</t>
+          <t>Anadolu Türk Tarihi 1 - Büyük Selçuklu Devleti</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050848045</t>
+          <t>9786256767089</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Ateşi</t>
+          <t>Mabeyn-i Hümayun (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>325</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050848076</t>
+          <t>9786256767096</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlk Yüzyılı</t>
+          <t>Osmanlı Dünyasında Diplomasi ve Siyaset (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050847857</t>
+          <t>9786256767072</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’e Suikast ve Sadakat</t>
+          <t>Otağ IV: Hindistan Fatihi Gazneli Mahmud</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786050847765</t>
+          <t>9786256767058</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yeniçağlar Anadolu’sunda İslam’ın Ayak İzleri</t>
+          <t>Edebiyat Tarihi Yazıları - Arşiv Kayıtları, Yazma Eserler ve Kayıp Metinler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050847819</t>
+          <t>9786256767065</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şehri - İnsan, Mekan ve Beşerî Münasebetler</t>
+          <t>Türk Mitolojisi Ajandası (Fleksi Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050847796</t>
+          <t>9786256767041</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma: Bizans Ordusunda Strateji, Talim ve Organizasyon</t>
+          <t>Ortadoğu’nun Kadim Mirası</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050846232</t>
+          <t>9786256767034</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Rüyadan İmparatorluğa Osmanlı</t>
+          <t>Milli Mücadele Yükselirken</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786050847666</t>
+          <t>9786256767010</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Heterodoks Dervişler ve Aleviler</t>
+          <t>Hayat Dalgalar Gibi Üstümüzden Geçecek</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786050847673</t>
+          <t>9786256767027</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Filistin’ine Veda</t>
+          <t>Bayrak, Kalpak, Revolver</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786050847413</t>
+          <t>9786256767003</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Fatih'in Entelektüel Portresi</t>
+          <t>Tarihin Seyrini Değiştiren Türkler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050847383</t>
+          <t>9786050848236</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Nestor İskender'in Gözünden İstanbul'un Fethi</t>
+          <t>Batı Basınında Lozan, Yeni Türkiye ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786050847154</t>
+          <t>9786050848311</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Devletlerarası İlişkiler-2 (Ciltli)</t>
+          <t>Hunlardan Türkiye Cumhuriyeti’ne Kuruluş</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050847093</t>
+          <t>9786050848045</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Tarih-Lenk / Kusursuz Yazarlar Kağıttan Metinler</t>
+          <t>Muhabbet Ateşi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>440</v>
+        <v>325</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050846928</t>
+          <t>9786050848076</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sultan’ın Nehirleri</t>
+          <t>Cumhuriyet’in İlk Yüzyılı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786050846577</t>
+          <t>9786050847857</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Köleliğin Sonu</t>
+          <t>Atatürk’e Suikast ve Sadakat</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786050846751</t>
+          <t>9786050847765</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hristiyanlık ve İmparatorluk</t>
+          <t>Yeniçağlar Anadolu’sunda İslam’ın Ayak İzleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050846768</t>
+          <t>9786050847819</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Ayak İzleri</t>
+          <t>Osmanlı Şehri - İnsan, Mekan ve Beşerî Münasebetler</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050846614</t>
+          <t>9786050847796</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Garip Vakalar</t>
+          <t>Çarpışma: Bizans Ordusunda Strateji, Talim ve Organizasyon</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050846508</t>
+          <t>9786050846232</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bizans Tarihi: Agathias Kroniği (552-559)</t>
+          <t>Rüyadan İmparatorluğa Osmanlı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>260</v>
+        <v>750</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050846423</t>
+          <t>9786050847666</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İç Savaşı 1861 - 1865</t>
+          <t>Heterodoks Dervişler ve Aleviler</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050846386</t>
+          <t>9786050847673</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Türklere Veda - Araplar Neden ve Nasıl İsyan Ettiler?</t>
+          <t>Osmanlı Filistin’ine Veda</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050846010</t>
+          <t>9786050847413</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Rodos Kuşatması</t>
+          <t>Fatih'in Entelektüel Portresi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050846027</t>
+          <t>9786050847383</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Devletlerarası İlişkiler ve Siyaset Yaşam Yenileşme (Ciltli)</t>
+          <t>Nestor İskender'in Gözünden İstanbul'un Fethi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050845327</t>
+          <t>9786050847154</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Antep Harbi'ne Yeniden Bakmak</t>
+          <t>Osmanlı'da Devletlerarası İlişkiler-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786050845808</t>
+          <t>9786050847093</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Savaş, Siyaset, Cinayet - İttihat ve Terakki Üzerine Yazılar</t>
+          <t>Tarih-Lenk / Kusursuz Yazarlar Kağıttan Metinler</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050845761</t>
+          <t>9786050846928</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı-Safevi Kıskacında Kızılbaşlar</t>
+          <t>Sultan’ın Nehirleri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786050845587</t>
+          <t>9786050846577</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>6-7 Eylül 1955 Olayları</t>
+          <t>Osmanlı'da Köleliğin Sonu</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050845563</t>
+          <t>9786050846751</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Volkanı Patlamadan</t>
+          <t>Hristiyanlık ve İmparatorluk</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050845464</t>
+          <t>9786050846768</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya (Fleksi Kapak)</t>
+          <t>İslam'ın Ayak İzleri</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050845259</t>
+          <t>9786050846614</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Genç Tanzimat Paşazadesi Avrupa'da</t>
+          <t>Tarihteki Garip Vakalar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050845389</t>
+          <t>9786050846508</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yusuf İzzeddin</t>
+          <t>Bizans Tarihi: Agathias Kroniği (552-559)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050845372</t>
+          <t>9786050846423</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kudüs 2 - Eski Şehir</t>
+          <t>Amerikan İç Savaşı 1861 - 1865</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050844986</t>
+          <t>9786050846386</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kendi Cennetlerinde</t>
+          <t>Türklere Veda - Araplar Neden ve Nasıl İsyan Ettiler?</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050844634</t>
+          <t>9786050846010</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Derviş Bir Yolculuğa Çıkar Bir Daha Dönmemek Üzere</t>
+          <t>Rodos Kuşatması</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786050844788</t>
+          <t>9786050846027</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Devrim Günlerinde Trabzon</t>
+          <t>Osmanlı'da Devletlerarası İlişkiler ve Siyaset Yaşam Yenileşme (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050844702</t>
+          <t>9786050845327</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Siyasallaşması</t>
+          <t>Antep Harbi'ne Yeniden Bakmak</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050827828</t>
+          <t>9786050845808</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Savaş, Siyaset, Cinayet - İttihat ve Terakki Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786050844528</t>
+          <t>9786050845761</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kremlinin Gözleri: KGB</t>
+          <t>Osmanlı-Safevi Kıskacında Kızılbaşlar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786050833331</t>
+          <t>9786050845587</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İtikadın Peşinde</t>
+          <t>6-7 Eylül 1955 Olayları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050843767</t>
+          <t>9786050845563</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çehrin Kuşatması 1678</t>
+          <t>Avrupa Volkanı Patlamadan</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786050844283</t>
+          <t>9786050845464</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sarayda Gördüklerim</t>
+          <t>Ayasofya (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786050842746</t>
+          <t>9786050845259</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bir Harf Bir Medeniyet Mim Kitabı</t>
+          <t>Genç Tanzimat Paşazadesi Avrupa'da</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786050839159</t>
+          <t>9786050845389</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Arı Kovanına Çomak Sokmak</t>
+          <t>Yusuf İzzeddin</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786050843644</t>
+          <t>9786050845372</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bir Sakarya Savaşı Gazisinin Hatıraları</t>
+          <t>Kudüs 2 - Eski Şehir</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786050839135</t>
+          <t>9786050844986</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Kitap Ticareti: Sahaflar ve Kitapçılar (Ciltli)</t>
+          <t>Kendi Cennetlerinde</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786050842777</t>
+          <t>9786050844634</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kültür Dünyamızdan Manzaralar</t>
+          <t>Derviş Bir Yolculuğa Çıkar Bir Daha Dönmemek Üzere</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786050842944</t>
+          <t>9786050844788</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Gerçekleri 3</t>
+          <t>Devrim Günlerinde Trabzon</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050842784</t>
+          <t>9786050844702</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Balfour Deklerasyonu</t>
+          <t>İslam'ın Siyasallaşması</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786050842890</t>
+          <t>9786050827828</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Süryani Tarih Yazıcılığında Türkler</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786050842852</t>
+          <t>9786050844528</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kral Öldü Yaşasın Kral</t>
+          <t>Kremlinin Gözleri: KGB</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>1200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786050842340</t>
+          <t>9786050833331</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kamaniçe Kuşatması 1672</t>
+          <t>İtikadın Peşinde</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786050842401</t>
+          <t>9786050843767</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>Çehrin Kuşatması 1678</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786050842302</t>
+          <t>9786050844283</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Uyvar Kuşatması 1663</t>
+          <t>Sarayda Gördüklerim</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786050839210</t>
+          <t>9786050842746</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bir Doktorun Kurtuluş Savaşı Hatıraları</t>
+          <t>Bir Harf Bir Medeniyet Mim Kitabı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786050839227</t>
+          <t>9786050839159</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Hatıraları</t>
+          <t>Arı Kovanına Çomak Sokmak</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786050836028</t>
+          <t>9786050843644</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Muharebelerle Kısa Dünya Tarihi</t>
+          <t>Bir Sakarya Savaşı Gazisinin Hatıraları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786050832457</t>
+          <t>9786050839135</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Zafer Sayfaları</t>
+          <t>Osmanlılarda Kitap Ticareti: Sahaflar ve Kitapçılar (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786050838152</t>
+          <t>9786050842777</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ben Şeyh Bedreddin</t>
+          <t>Kültür Dünyamızdan Manzaralar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786050838114</t>
+          <t>9786050842944</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun Arka Yüzü</t>
+          <t>Osmanlı Gerçekleri 3</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786050835946</t>
+          <t>9786050842784</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Askeri Strateji</t>
+          <t>Balfour Deklerasyonu</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786050835649</t>
+          <t>9786050842890</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Sofya'dan İstanbul'a</t>
+          <t>Süryani Tarih Yazıcılığında Türkler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786050837872</t>
+          <t>9786050842852</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İlk Türk Liderleri</t>
+          <t>Kral Öldü Yaşasın Kral</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786050836004</t>
+          <t>9786050842340</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Müslüman İspanya</t>
+          <t>Kamaniçe Kuşatması 1672</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786050835984</t>
+          <t>9786050842401</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Hristiyanlık</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786050835076</t>
+          <t>9786050842302</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>17. Asrın Ortalarında Malatya Kazası</t>
+          <t>Uyvar Kuşatması 1663</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786050835632</t>
+          <t>9786050839210</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Mısır Suriye</t>
+          <t>Bir Doktorun Kurtuluş Savaşı Hatıraları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786050835229</t>
+          <t>9786050839227</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yirmi İki Mürekkep Damlası (Ciltli)</t>
+          <t>Milli Mücadele Hatıraları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050835366</t>
+          <t>9786050836028</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa</t>
+          <t>Muharebelerle Kısa Dünya Tarihi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786050835328</t>
+          <t>9786050832457</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Boğazın Dört Muhafızı</t>
+          <t>Osmanlı'nın Zafer Sayfaları</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786050834628</t>
+          <t>9786050838152</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Savaşı</t>
+          <t>Ben Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786050833195</t>
+          <t>9786050838114</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kısa Soğuk Savaş Tarihi</t>
+          <t>Madalyonun Arka Yüzü</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786050833218</t>
+          <t>9786050835946</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Nazime</t>
+          <t>Dünya Tarihinde Askeri Strateji</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786050834529</t>
+          <t>9786050835649</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi</t>
+          <t>Sofya'dan İstanbul'a</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786050834604</t>
+          <t>9786050837872</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İbnülemin Mahmud Kemal İnal (Ciltli)</t>
+          <t>İlk Türk Liderleri</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786050833232</t>
+          <t>9786050836004</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Memluk Asırları</t>
+          <t>Müslüman İspanya</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786050834321</t>
+          <t>9786050835984</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hitler İmparatorluğu Tarihi</t>
+          <t>İslam ve Hristiyanlık</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786050834550</t>
+          <t>9786050835076</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular</t>
+          <t>17. Asrın Ortalarında Malatya Kazası</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050834239</t>
+          <t>9786050835632</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hammer Seyahatnamesi</t>
+          <t>Türkiye Mısır Suriye</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789753625142</t>
+          <t>9786050835229</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Bizans Karşınsında Türkler</t>
+          <t>Yirmi İki Mürekkep Damlası (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>265</v>
+        <v>650</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786050833935</t>
+          <t>9786050835366</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammedin Gazaları</t>
+          <t>Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786050832389</t>
+          <t>9786050835328</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kumandanları</t>
+          <t>Boğazın Dört Muhafızı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786050832433</t>
+          <t>9786050834628</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kısa İslam Tarihi</t>
+          <t>İmparatorluğun Son Savaşı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786050832440</t>
+          <t>9786050833195</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Denize Kavuşan Irmak</t>
+          <t>Kısa Soğuk Savaş Tarihi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786050832358</t>
+          <t>9786050833218</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Başkanın Gözleri: CIA</t>
+          <t>Nazime</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786050832341</t>
+          <t>9786050834529</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ'da İslam'ın Kılıcı ve Hristiyanlığın Çekici: Selçuklular - Franklar</t>
+          <t>Tarihçi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786050832020</t>
+          <t>9786050834604</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü ve Resmi Tarih (Ciltli)</t>
+          <t>İbnülemin Mahmud Kemal İnal (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786050830552</t>
+          <t>9786050833232</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ben Türk</t>
+          <t>Türk Tarihinde Memluk Asırları</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786050832037</t>
+          <t>9786050834321</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Jandarma</t>
+          <t>Kısa Hitler İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786050831900</t>
+          <t>9786050834550</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Ulaşımın Modernleşmesi</t>
+          <t>Büyük Selçuklular</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786050830286</t>
+          <t>9786050834239</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kuşçubaşı Eşref'in Eşi Pervin'in Savaşı</t>
+          <t>Hammer Seyahatnamesi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786050831658</t>
+          <t>9789753625142</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Tarihin Peşinde</t>
+          <t>Bizans Karşınsında Türkler</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786050831634</t>
+          <t>9786050833935</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Samuray</t>
+          <t>Hz. Muhammedin Gazaları</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786050830774</t>
+          <t>9786050832389</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İstihbaratın Kısa Tarihi: Gölge Oyunu</t>
+          <t>Osmanlı Kumandanları</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786050830279</t>
+          <t>9786050832433</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kayı 11 - Elveda</t>
+          <t>Kısa İslam Tarihi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786050830248</t>
+          <t>9786050832440</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sözden Kalanlar</t>
+          <t>Denize Kavuşan Irmak</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>410</v>
+        <v>390</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786050830743</t>
+          <t>9786050832358</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet'te Bayram Sabahları</t>
+          <t>Başkanın Gözleri: CIA</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786050830675</t>
+          <t>9786050832341</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>İsyan Günlerinde İstanbul</t>
+          <t>Orta Çağ'da İslam'ın Kılıcı ve Hristiyanlığın Çekici: Selçuklular - Franklar</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786050830699</t>
+          <t>9786050832020</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tebessüm ve Tefekkür</t>
+          <t>İsmet İnönü ve Resmi Tarih (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786050830200</t>
+          <t>9786050830552</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Savaş Sanatı</t>
+          <t>Ben Türk</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786050830569</t>
+          <t>9786050832037</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin Kısa Sosyal Tarihi</t>
+          <t>Osmanlı'dan Cumhuriyet'e Jandarma</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786050830293</t>
+          <t>9786050831900</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Saray Harem ve Mahrem</t>
+          <t>Osmanlıda Ulaşımın Modernleşmesi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786050829907</t>
+          <t>9786050830286</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Otağ 3 - Sultan Alparslan</t>
+          <t>Kuşçubaşı Eşref'in Eşi Pervin'in Savaşı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786050829853</t>
+          <t>9786050831658</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Bir İttihatçı</t>
+          <t>Kaybolan Tarihin Peşinde</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786050829846</t>
+          <t>9786050831634</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İslam Dünyasında Ekonomik Ekosistem</t>
+          <t>Samuray</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786050829808</t>
+          <t>9786050830774</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tam Bitti Derken</t>
+          <t>İstihbaratın Kısa Tarihi: Gölge Oyunu</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786050829792</t>
+          <t>9786050830279</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hanedanı'nın Kayıt Defteri</t>
+          <t>Kayı 11 - Elveda</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786050827323</t>
+          <t>9786050830248</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İslam-Türk İnançlarında Hızır Yahut Hızır İlyas Kültü (Ciltli)</t>
+          <t>Sözden Kalanlar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>450</v>
+        <v>410</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786050827248</t>
+          <t>9786050830743</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kısa İkinci Dünya Savaşı Tarihi</t>
+          <t>Dersaadet'te Bayram Sabahları</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786050827286</t>
+          <t>9786050830675</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ayaklı Kütüphaneler 1</t>
+          <t>İsyan Günlerinde İstanbul</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786050829228</t>
+          <t>9786050830699</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Asla Yenilmeyeceksin</t>
+          <t>Tebessüm ve Tefekkür</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786050828467</t>
+          <t>9786050830200</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Milli Mücadele</t>
+          <t>Türklerin Savaş Sanatı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786050829266</t>
+          <t>9786050830569</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Selçukluların Haçlılarla İmtihanı</t>
+          <t>Osmanlı Devleti'nin Kısa Sosyal Tarihi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786050827644</t>
+          <t>9786050830293</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Gerçekleri 2</t>
+          <t>Saray Harem ve Mahrem</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>310</v>
+        <v>370</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786050828733</t>
+          <t>9786050829907</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nin Tarih Atlası</t>
+          <t>Otağ 3 - Sultan Alparslan</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786050828764</t>
+          <t>9786050829853</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yapay Tarihin Esirleri</t>
+          <t>Sıradışı Bir İttihatçı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786050828504</t>
+          <t>9786050829846</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltuk Diyarı: Babadağı</t>
+          <t>Ortaçağ İslam Dünyasında Ekonomik Ekosistem</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786050827903</t>
+          <t>9786050829808</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Tarih Büyük Harflerle Yazılmaz</t>
+          <t>Tam Bitti Derken</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786050827774</t>
+          <t>9786050829792</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kahramanı Yaratmak</t>
+          <t>Osmanlı Hanedanı'nın Kayıt Defteri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786050827781</t>
+          <t>9786050827323</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kayı-10 Osmanlı Tarihi: 2. Abdülhamid Han</t>
+          <t>İslam-Türk İnançlarında Hızır Yahut Hızır İlyas Kültü (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786050827255</t>
+          <t>9786050827248</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Bezmialem Valide Sultan</t>
+          <t>Kısa İkinci Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>370</v>
+        <v>490</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786050827163</t>
+          <t>9786050827286</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm ve Filistin Sorunu</t>
+          <t>Ayaklı Kütüphaneler 1</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786050826715</t>
+          <t>9786050829228</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kısa 1. Dünya Savaşı Tarihi</t>
+          <t>Asla Yenilmeyeceksin</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>390</v>
+        <v>235</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786050826692</t>
+          <t>9786050828467</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ İslam Dünyasında Kitap ve Kütüphane (Ciltli)</t>
+          <t>100 Soruda Milli Mücadele</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786050827002</t>
+          <t>9786050829266</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Osmanlılar ve İslam</t>
+          <t>Selçukluların Haçlılarla İmtihanı</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786050826654</t>
+          <t>9786050827644</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kuşçubaşı Eşref</t>
+          <t>Osmanlı Gerçekleri 2</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786050826050</t>
+          <t>9786050828733</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Haremin Padişahı Valide Sultan (Ciltli)</t>
+          <t>Boğaziçi'nin Tarih Atlası</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>950</v>
+        <v>400</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786050826074</t>
+          <t>9786050828764</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Haremin Padişahı Valide Sultan</t>
+          <t>Yapay Tarihin Esirleri</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786050826012</t>
+          <t>9786050828504</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kutü'l-Amare: Kut Almış Ordunun Zaferi</t>
+          <t>Sarı Saltuk Diyarı: Babadağı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786050826043</t>
+          <t>9786050827903</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kayı 9 - Sonun Başlangıcı</t>
+          <t>Tarih Büyük Harflerle Yazılmaz</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786050825817</t>
+          <t>9786050827774</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Milliyetçiliğin Toplumsal Temelleri</t>
+          <t>Kahramanı Yaratmak</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786050825442</t>
+          <t>9786050827781</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un İlk'leri</t>
+          <t>Kayı-10 Osmanlı Tarihi: 2. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786050825107</t>
+          <t>9786050827255</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Karşısında CHP</t>
+          <t>Bezmialem Valide Sultan</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786050825336</t>
+          <t>9786050827163</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Otağ 2 - Emir Timur</t>
+          <t>Siyonizm ve Filistin Sorunu</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786050825046</t>
+          <t>9786050826715</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamidin Son Zevcesi</t>
+          <t>Kısa 1. Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>275</v>
+        <v>390</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786050825312</t>
+          <t>9786050826692</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Büyük Doğuş - Otağ 1</t>
+          <t>Orta Çağ İslam Dünyasında Kitap ve Kütüphane (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786050824711</t>
+          <t>9786050827002</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman</t>
+          <t>Selçuklular Osmanlılar ve İslam</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786050823820</t>
+          <t>9786050826654</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Evliya Menakıbnameleri</t>
+          <t>Kuşçubaşı Eşref</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786050824254</t>
+          <t>9786050826050</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Arzın Kapısı Kudüs</t>
+          <t>Haremin Padişahı Valide Sultan (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>450</v>
+        <v>950</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786050823806</t>
+          <t>9786050826074</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kayı 8: Islahat Darbe ve Devlet</t>
+          <t>Haremin Padişahı Valide Sultan</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786050823240</t>
+          <t>9786050826012</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İslam Tarihi</t>
+          <t>Kutü'l-Amare: Kut Almış Ordunun Zaferi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786050802757</t>
+          <t>9786050826043</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Yassıada’dan Mektup Var</t>
+          <t>Kayı 9 - Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786050821871</t>
+          <t>9786050825817</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti - Cumhuriyet ve Şefler</t>
+          <t>Osmanlı'da Milliyetçiliğin Toplumsal Temelleri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786050813012</t>
+          <t>9786050825442</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kayı 5 - Kudret ve Azamet Yılları</t>
+          <t>İstanbul’un İlk'leri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786050820577</t>
+          <t>9786050825107</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömrün İnsanları</t>
+          <t>Demokrat Parti Karşısında CHP</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786050820652</t>
+          <t>9786050825336</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Tarihi</t>
+          <t>Otağ 2 - Emir Timur</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786050833263</t>
+          <t>9786050825046</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Konuşmalar</t>
+          <t>Sultan Abdülhamidin Son Zevcesi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786050830262</t>
+          <t>9786050825312</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Kadınlar</t>
+          <t>Büyük Doğuş - Otağ 1</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786050834536</t>
+          <t>9786050824711</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Günler</t>
+          <t>Muhteşem Süleyman</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786051146911</t>
+          <t>9786050823820</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihi</t>
+          <t>Evliya Menakıbnameleri</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786050820478</t>
+          <t>9786050824254</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kutü’l-Amare Kahramanı</t>
+          <t>Arzın Kapısı Kudüs</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786050820201</t>
+          <t>9786050823806</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Denizler Fatihi Piyale Paşa</t>
+          <t>Kayı 8: Islahat Darbe ve Devlet</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786050820157</t>
+          <t>9786050823240</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Acıyı Bal Eylemek</t>
+          <t>Kayıp İslam Tarihi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786050819519</t>
+          <t>9786050802757</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Dedem Mehmet Akif</t>
+          <t>Yassıada’dan Mektup Var</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786050818765</t>
+          <t>9786050821871</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Ordusu (Ciltli)</t>
+          <t>Tek Parti - Cumhuriyet ve Şefler</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>975</v>
+        <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786050818994</t>
+          <t>9786050813012</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhu</t>
+          <t>Kayı 5 - Kudret ve Azamet Yılları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786050819007</t>
+          <t>9786050820577</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Dedem Enver Paşa</t>
+          <t>Bir Ömrün İnsanları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786050818864</t>
+          <t>9786050820652</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Mekanlar ve Olaylarıyla Hz. Muhammed'in Hayatı</t>
+          <t>Kısa Dünya Tarihi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786050818949</t>
+          <t>9786050833263</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Subay</t>
+          <t>Tarihi Değiştiren Konuşmalar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786050818161</t>
+          <t>9786050830262</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Orta Asya</t>
+          <t>Tarihi Değiştiren Kadınlar</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786050817997</t>
+          <t>9786050834536</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kültür Tarihinin Bilinmeyenleri</t>
+          <t>Tarihi Değiştiren Günler</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786050817614</t>
+          <t>9786051146911</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Yaşayan Efsanesi</t>
+          <t>Türk Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786050817782</t>
+          <t>9786050820478</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kayı 6 - İmparatorluğun Zirvesi ve Dönüş</t>
+          <t>Kutü’l-Amare Kahramanı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786050822380</t>
+          <t>9786050820201</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Son Sultan</t>
+          <t>Denizler Fatihi Piyale Paşa</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789752631717</t>
+          <t>9786050820157</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Maziye Bir Bakıver</t>
+          <t>Acıyı Bal Eylemek</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051142395</t>
+          <t>9786050819519</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Dağı Delen Irmak</t>
+          <t>Dedem Mehmet Akif</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786050816242</t>
+          <t>9786050818765</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Derin Cinayetler</t>
+          <t>Hitler’in Ordusu (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>340</v>
+        <v>975</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786050816280</t>
+          <t>9786050818994</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Darbesi ve Bizler</t>
+          <t>Çanakkale Ruhu</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786050819311</t>
+          <t>9786050819007</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Cephe Arkadaşı : Çanakkale Cephesi'nde Bir İstanbullu</t>
+          <t>Dedem Enver Paşa</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786050819434</t>
+          <t>9786050818864</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Kütüphaneler ve Kütüphanecilik</t>
+          <t>Mekanlar ve Olaylarıyla Hz. Muhammed'in Hayatı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786050822625</t>
+          <t>9786050818949</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kısa Ortadoğu Tarihi</t>
+          <t>Meçhul Subay</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789752639669</t>
+          <t>9786050818161</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Politika Galerisi</t>
+          <t>Türkiye ve Orta Asya</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051140520</t>
+          <t>9786050817997</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Pir Aşkına</t>
+          <t>Osmanlı Kültür Tarihinin Bilinmeyenleri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>340</v>
+        <v>750</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786050815030</t>
+          <t>9786050817614</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'i Deviren Kurşun</t>
+          <t>İstanbul'un Yaşayan Efsanesi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786050815078</t>
+          <t>9786050817782</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Modernleşme</t>
+          <t>Kayı 6 - İmparatorluğun Zirvesi ve Dönüş</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786050800838</t>
+          <t>9786050822380</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Haremin Son Yüzyılı</t>
+          <t>Son Sultan</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051143682</t>
+          <t>9789752631717</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Dindar Bir Doktor Hanım</t>
+          <t>Maziye Bir Bakıver</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786050814071</t>
+          <t>9786051142395</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesi</t>
+          <t>Dağı Delen Irmak</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>240</v>
+        <v>725</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786050813036</t>
+          <t>9786050816242</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kayı 4 - Ufukların Padişahı: Kanuni</t>
+          <t>Derin Cinayetler</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786050822663</t>
+          <t>9786050816280</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Gerçekleri</t>
+          <t>27 Mayıs Darbesi ve Bizler</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786050812022</t>
+          <t>9786050819311</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Babam Sultan Abdülhamid</t>
+          <t>Cephe Arkadaşı : Çanakkale Cephesi'nde Bir İstanbullu</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786050812947</t>
+          <t>9786050819434</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kayı 2 - Cihan Devleti</t>
+          <t>Osmanlılarda Kütüphaneler ve Kütüphanecilik</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>375</v>
+        <v>900</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051141954</t>
+          <t>9786050822625</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yedi Şairden Hatıralar</t>
+          <t>Kısa Ortadoğu Tarihi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786050833171</t>
+          <t>9789752639669</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçukluları</t>
+          <t>Politika Galerisi</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789752639805</t>
+          <t>9786051140520</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Kimlik ve İdeoloji</t>
+          <t>Pir Aşkına</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051140926</t>
+          <t>9786050815030</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Edebiyat ve Toplum</t>
+          <t>Abdülhamid'i Deviren Kurşun</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051144306</t>
+          <t>9786050815078</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sufiliğine Bakışlar</t>
+          <t>Osmanlı ve Modernleşme</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051141602</t>
+          <t>9786050800838</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ordusunda Bir Nefer</t>
+          <t>Haremin Son Yüzyılı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786051144597</t>
+          <t>9786051143682</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Millet-i Sadıkada İsyan</t>
+          <t>Dindar Bir Doktor Hanım</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786050802764</t>
+          <t>9786050814071</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Tarihi</t>
+          <t>Osmanlı Modernleşmesi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>425</v>
+        <v>240</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786051141756</t>
+          <t>9786050813036</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Türk Demokrasi Tarihi</t>
+          <t>Kayı 4 - Ufukların Padişahı: Kanuni</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786050842319</t>
+          <t>9786050822663</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Savaşlar</t>
+          <t>Osmanlı Gerçekleri</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>425</v>
+        <v>270</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786050830781</t>
+          <t>9786050812022</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Olaylar</t>
+          <t>Babam Sultan Abdülhamid</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786050830620</t>
+          <t>9786050812947</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Liderler</t>
+          <t>Kayı 2 - Cihan Devleti</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786050833980</t>
+          <t>9786051141954</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Bilginler</t>
+          <t>Yedi Şairden Hatıralar</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786050842906</t>
+          <t>9786050833171</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Askerler</t>
+          <t>Türkiye Selçukluları</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786050807646</t>
+          <t>9789752639805</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Elemim Bir Yüreğin Karı Değil (Ciltli)</t>
+          <t>Osmanlı’dan Günümüze Kimlik ve İdeoloji</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786050808520</t>
+          <t>9786051140926</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kanuni - Dünyaya Hükmeden Sultan</t>
+          <t>Osmanlı’dan Günümüze Edebiyat ve Toplum</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>375</v>
+        <v>420</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786050801675</t>
+          <t>9786051144306</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Cilt:5 Dünya Savaş Tarihi(1097-1444) (Ciltli)</t>
+          <t>Osmanlı Sufiliğine Bakışlar</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051146928</t>
+          <t>9786051141602</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaş Tarihi Cilt 4: 1. Dünya Savaşı’nda Osmanlı (Ciltli)</t>
+          <t>Osmanlı Ordusunda Bir Nefer</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051144863</t>
+          <t>9786051144597</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaş Tarihi Cilt 3 - İmparatorluk Çağı (1776-1914) (Ciltli)</t>
+          <t>Millet-i Sadıkada İsyan</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051144375</t>
+          <t>9786050802764</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaş Tarihi - Erken Modern Çağ (1500-1763) Cilt 2 (Ciltli)</t>
+          <t>Türk Dış Politikası Tarihi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>900</v>
+        <v>425</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051143989</t>
+          <t>9786051141756</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaş Tarihi Cilt 1: Ortaçağ 500-1500 (Ciltli)</t>
+          <t>Türk Demokrasi Tarihi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>900</v>
+        <v>725</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051144832</t>
+          <t>9786050842319</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Defterimden Portreler</t>
+          <t>Tarihi Değiştiren Savaşlar</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789753626668</t>
+          <t>9786050830781</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Çınaraltı'nda Kitap Sohbetleri</t>
+          <t>Tarihi Değiştiren Olaylar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9799752633611</t>
+          <t>9786050830620</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’den Kurtuluş Savaşı’na Son Kahramanlar</t>
+          <t>Tarihi Değiştiren Liderler</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789752633933</t>
+          <t>9786050833980</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Destanı Gerçek Efsanelerin Öyküsü</t>
+          <t>Tarihi Değiştiren Bilginler</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786051144016</t>
+          <t>9786050842906</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Büyük Oyun</t>
+          <t>Tarihi Değiştiren Askerler</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786050800906</t>
+          <t>9786050807646</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’da Osmanlı Mirası ve Milliyetçilik</t>
+          <t>Elemim Bir Yüreğin Karı Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786050807561</t>
+          <t>9786050808520</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kısa Türkiye Tarihi (1800-2012)</t>
+          <t>Kanuni - Dünyaya Hükmeden Sultan</t>
         </is>
       </c>
       <c r="C423" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789752639850</t>
+          <t>9786050801675</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Sonu 1914</t>
+          <t>Haçlı Seferleri Cilt:5 Dünya Savaş Tarihi(1097-1444) (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>240</v>
+        <v>900</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786050812381</t>
+          <t>9786051146928</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Hanedan’ın Sürgün Öyküsü</t>
+          <t>Dünya Savaş Tarihi Cilt 4: 1. Dünya Savaşı’nda Osmanlı (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>240</v>
+        <v>900</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786051140353</t>
+          <t>9786051144863</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Halife 2. Abdülhamit’in Hac Siyaseti</t>
+          <t>Dünya Savaş Tarihi Cilt 3 - İmparatorluk Çağı (1776-1914) (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>360</v>
+        <v>900</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786051145273</t>
+          <t>9786051144375</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Hac Yolunda</t>
+          <t>Dünya Savaş Tarihi - Erken Modern Çağ (1500-1763) Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>80</v>
+        <v>900</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786051149325</t>
+          <t>9786051143989</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Ayrıntıda Saklıdır</t>
+          <t>Dünya Savaş Tarihi Cilt 1: Ortaçağ 500-1500 (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>370</v>
+        <v>900</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051144610</t>
+          <t>9786051144832</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>1915 - Osmanlı Ermenilerine Ne Oldu?</t>
+          <t>Defterimden Portreler</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786051141268</t>
+          <t>9789753626668</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Babam Abdülhamit</t>
+          <t>Çınaraltı'nda Kitap Sohbetleri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
+          <t>9799752633611</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale’den Kurtuluş Savaşı’na Son Kahramanlar</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9789752633933</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Destanı Gerçek Efsanelerin Öyküsü</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786051144016</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Oyun</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786050800906</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlar’da Osmanlı Mirası ve Milliyetçilik</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786050807561</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Kısa Türkiye Tarihi (1800-2012)</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9789752639850</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluğun Sonu 1914</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786050812381</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Hanedan’ın Sürgün Öyküsü</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786051140353</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Halife 2. Abdülhamit’in Hac Siyaseti</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786051145273</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Hac Yolunda</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786051149325</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Ayrıntıda Saklıdır</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786051144610</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>1915 - Osmanlı Ermenilerine Ne Oldu?</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786051141268</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Babam Abdülhamit</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
           <t>9786050812985</t>
         </is>
       </c>
-      <c r="B431" s="1" t="inlineStr">
+      <c r="B443" s="1" t="inlineStr">
         <is>
           <t>Kayı 3: Haremeyn Hizmetinde</t>
         </is>
       </c>
-      <c r="C431" s="1">
+      <c r="C443" s="1">
         <v>360</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>