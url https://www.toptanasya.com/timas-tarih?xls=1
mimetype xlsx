--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,6670 +85,6700 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256767744</t>
+          <t>9786256767768</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Suyun Üstünde Kalanlar - Taşlıçay'dan İsam'a</t>
+          <t>Hata Asıl Neredeydi? Orta Doğu’da Demokrasi Neden Başarısız Oldu?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256767751</t>
+          <t>9786256767720</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Meydanı - Gayb Aleminin Sultanları</t>
+          <t>Dünyanın Merkezi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256767737</t>
+          <t>9786256767744</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hasret ve Elemlerim</t>
+          <t>Suyun Üstünde Kalanlar - Taşlıçay'dan İsam'a</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256767690</t>
+          <t>9786256767751</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sanatla Yazılan Tarih</t>
+          <t>Kırklar Meydanı - Gayb Aleminin Sultanları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256767645</t>
+          <t>9786256767737</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid ve Jön Türkler: 1889-1908 Selanik'in Yükselişi</t>
+          <t>Hasret ve Elemlerim</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256767652</t>
+          <t>9786256767690</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid ve İttihatçılar: 1908-1909 Selanik İstanbul'a Karşı</t>
+          <t>Sanatla Yazılan Tarih</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256767669</t>
+          <t>9786256767645</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sultan Hamidsiz Yıllar ve Balkan Savaşı: 1909-1913 Selanik Düştü</t>
+          <t>Sultan II. Abdülhamid ve Jön Türkler: 1889-1908 Selanik'in Yükselişi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256767676</t>
+          <t>9786256767652</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Parazitler, Göçler ve Dünya Tarihi</t>
+          <t>Sultan II. Abdülhamid ve İttihatçılar: 1908-1909 Selanik İstanbul'a Karşı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256767683</t>
+          <t>9786256767669</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Öyle Geçer ki Zaman - Teoman Duralı Kitabı</t>
+          <t>Sultan Hamidsiz Yıllar ve Balkan Savaşı: 1909-1913 Selanik Düştü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256767454</t>
+          <t>9786256767676</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Anlattığı Tarih: Türkiye 2</t>
+          <t>Parazitler, Göçler ve Dünya Tarihi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256767638</t>
+          <t>9786256767683</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Kitap, Kütüphane ve Verraklar (Ciltli)</t>
+          <t>Öyle Geçer ki Zaman - Teoman Duralı Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256767584</t>
+          <t>9786256767454</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>From Exile to My Homeland</t>
+          <t>Kur'an'ın Anlattığı Tarih: Türkiye 2</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>550</v>
+        <v>435</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256767621</t>
+          <t>9786256767638</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Stratejistler: Churchill, Stalin, Roosevelt, Mussolini ve Hitler</t>
+          <t>İslam Dünyasında Kitap, Kütüphane ve Verraklar (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>650</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256767614</t>
+          <t>9786256767584</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Otağ V: Selahaddin Eyyubi</t>
+          <t>From Exile to My Homeland</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256767607</t>
+          <t>9786256767621</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye: Dünyayı Değiştiren Şehir</t>
+          <t>Stratejistler: Churchill, Stalin, Roosevelt, Mussolini ve Hitler</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256767591</t>
+          <t>9786256767614</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>II. Dünya Savaşında Türkler</t>
+          <t>Otağ V: Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256767560</t>
+          <t>9786256767607</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Peygamberler</t>
+          <t>İskenderiye: Dünyayı Değiştiren Şehir</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256767300</t>
+          <t>9786256767591</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kemal H. Karpat'ı Okuma Kılavuzu</t>
+          <t>II. Dünya Savaşında Türkler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256767188</t>
+          <t>9786256767560</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle Çalışan Yorulmaz - 1</t>
+          <t>Bilinmeyen Peygamberler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050845815</t>
+          <t>9786256767300</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusunda Son Alman General (1933-1939): Hilmar von Mittelberger</t>
+          <t>Kemal H. Karpat'ı Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050819212</t>
+          <t>9786256767188</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tarih Tıbbı Konuşturdu 2</t>
+          <t>Aşk İle Çalışan Yorulmaz - 1</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>32.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050822137</t>
+          <t>9786050845815</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Şifreleri</t>
+          <t>Türk Ordusunda Son Alman General (1933-1939): Hilmar von Mittelberger</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050823356</t>
+          <t>9786050819212</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Edirne ve Gezi Rehberi</t>
+          <t>Tarih Tıbbı Konuşturdu 2</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>32.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050818925</t>
+          <t>9786050822137</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşları ve Gezi Rehberi</t>
+          <t>Osmanlı'nın Şifreleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050818147</t>
+          <t>9786050823356</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Kutsalları</t>
+          <t>Edirne ve Gezi Rehberi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786050821161</t>
+          <t>9786050818925</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Kalbini Bekleyenler</t>
+          <t>Çanakkale Savaşları ve Gezi Rehberi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>155</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050812763</t>
+          <t>9786050818147</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kanuni'nin Akıl Oyunları</t>
+          <t>Sarayın Kutsalları</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050816129</t>
+          <t>9786050821161</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ve Selanik Düştü</t>
+          <t>Osmanlı'nın Kalbini Bekleyenler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050819762</t>
+          <t>9786050812763</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Dünya</t>
+          <t>Kanuni'nin Akıl Oyunları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>30</v>
+        <v>425</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050811292</t>
+          <t>9786050816129</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Siyasallaşması (Ciltli)</t>
+          <t>Ve Selanik Düştü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>95</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752638280</t>
+          <t>9786050819762</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İran Kütüphaneleri Türkçe Yazmalar Kataloğu</t>
+          <t>Osmanlı ve Dünya</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752637061</t>
+          <t>9786050811292</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun En Uzun Yüzyılı</t>
+          <t>İslam’ın Siyasallaşması (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>30</v>
+        <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050818628</t>
+          <t>9789752638280</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Masaldan Gerçeğe Lale Devri</t>
+          <t>İran Kütüphaneleri Türkçe Yazmalar Kataloğu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050812695</t>
+          <t>9789752637061</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Keşifler</t>
+          <t>İmparatorluğun En Uzun Yüzyılı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>23.15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050817553</t>
+          <t>9786050818628</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kara Defter - Atatürk'ün Silah Arkadaşı İhsan Eryavuz Anlatıyor</t>
+          <t>Masaldan Gerçeğe Lale Devri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050822939</t>
+          <t>9786050812695</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Karabekir'in Kavgası (Ciltli)</t>
+          <t>Tarihi Değiştiren Keşifler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050825800</t>
+          <t>9786050817553</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Askeri Tarihi</t>
+          <t>Kara Defter - Atatürk'ün Silah Arkadaşı İhsan Eryavuz Anlatıyor</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050823486</t>
+          <t>9786050822939</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Toplumsal Dönüşüm</t>
+          <t>Karabekir'in Kavgası (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>42.5</v>
+        <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050827880</t>
+          <t>9786050825800</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Osmanlı Askeri Tarihi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>28.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050818901</t>
+          <t>9786050823486</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Asım'ın Nesli</t>
+          <t>Türkiye'de Toplumsal Dönüşüm</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>12.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050822151</t>
+          <t>9786050827880</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Akademik Ders Notları (Ciltli)</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>125</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050822144</t>
+          <t>9786050818901</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Moğollar - Tarihin Kara Yazısı</t>
+          <t>Asım'ın Nesli</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>300</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050818321</t>
+          <t>9786050822151</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Önsözler - Frankfurt Üniversitesi Arap-İslam Bilimleri Tarihi Enstitüsü Özel Yayını (Ciltli)</t>
+          <t>Akademik Ders Notları (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051143286</t>
+          <t>9786050822144</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Proje</t>
+          <t>Moğollar - Tarihin Kara Yazısı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051143996</t>
+          <t>9786050818321</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş ve İmparatorluk Sürecinde Osmanlı</t>
+          <t>Önsözler - Frankfurt Üniversitesi Arap-İslam Bilimleri Tarihi Enstitüsü Özel Yayını (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>81</v>
+        <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050801187</t>
+          <t>9786051143286</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Pençe</t>
+          <t>Kutsal Proje</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>24.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051141541</t>
+          <t>9786051143996</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kır Zincirlerini Osmanlı</t>
+          <t>Kuruluş ve İmparatorluk Sürecinde Osmanlı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>21.76</v>
+        <v>81</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051144955</t>
+          <t>9786050801187</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kanuni’nin Amirali, Turgut Reis’in Son Seferi - Malta Kuşatması</t>
+          <t>Kızıl Pençe</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>20</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050813111</t>
+          <t>9786051141541</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İncir Çekirdeği</t>
+          <t>Kır Zincirlerini Osmanlı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>26.5</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050813135</t>
+          <t>9786051144955</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Soykırımı Ve Türkiye</t>
+          <t>Kanuni’nin Amirali, Turgut Reis’in Son Seferi - Malta Kuşatması</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752639980</t>
+          <t>9786050813111</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Adriyatik’te Korsanlık (Ciltli)</t>
+          <t>İncir Çekirdeği</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>50</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051141343</t>
+          <t>9786050813135</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Kurtlarla Dansı 2</t>
+          <t>Yahudi Soykırımı Ve Türkiye</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>27.5</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051140957</t>
+          <t>9789752639980</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Kurtlarla Dansı</t>
+          <t>Adriyatik’te Korsanlık (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>115</v>
+        <v>50</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752636903</t>
+          <t>9786051141343</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yurtsuz İmparator Vahdeddin</t>
+          <t>Abdülhamid’in Kurtlarla Dansı 2</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>155</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752639973</t>
+          <t>9786051140957</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Demokrat</t>
+          <t>Abdülhamid’in Kurtlarla Dansı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>18.52</v>
+        <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050801606</t>
+          <t>9789752636903</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihin Gerçekleri</t>
+          <t>Yurtsuz İmparator Vahdeddin</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>30</v>
+        <v>155</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752636309</t>
+          <t>9789752639973</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Üç Kıtada Osmanlılar</t>
+          <t>Yalnız Demokrat</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>27.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051143163</t>
+          <t>9786050801606</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Yakın Tarihi</t>
+          <t>Yakın Tarihin Gerçekleri</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051141619</t>
+          <t>9789752636309</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Eşlerine Göre Ediplerimiz</t>
+          <t>Üç Kıtada Osmanlılar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>13.89</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051143668</t>
+          <t>9786051143163</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Osmanlılar</t>
+          <t>Türkiye’nin Yakın Tarihi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050807585</t>
+          <t>9786051141619</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Güzelleştirmek</t>
+          <t>Eşlerine Göre Ediplerimiz</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752637054</t>
+          <t>9786051143668</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Raporu Binbaşı Halis Bey’in Savaş Notları</t>
+          <t>Erken Modern Osmanlılar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>28.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752631403</t>
+          <t>9786050807585</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Geçilmez Bir Destanın Öyküsü</t>
+          <t>Dünyayı Güzelleştirmek</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>165</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752635197</t>
+          <t>9789752637054</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale 1915 Ölüme Koşanlar</t>
+          <t>Çanakkale Raporu Binbaşı Halis Bey’in Savaş Notları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>12.5</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051141565</t>
+          <t>9789752631403</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Cihan Payitahtı İstanbul</t>
+          <t>Çanakkale Geçilmez Bir Destanın Öyküsü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>29.5</v>
+        <v>165</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051143675</t>
+          <t>9789752635197</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bulutları Delen Kartal</t>
+          <t>Çanakkale 1915 Ölüme Koşanlar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>24.07</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051141589</t>
+          <t>9786051141565</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihi Sohbetleri</t>
+          <t>Cihan Payitahtı İstanbul</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>20.83</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051141725</t>
+          <t>9786051143675</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşları Günlüğü</t>
+          <t>Bulutları Delen Kartal</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>17.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050822717</t>
+          <t>9786051141589</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Feryadım (2 Kitap Takım)</t>
+          <t>Bilim Tarihi Sohbetleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050811803</t>
+          <t>9786051141725</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Sahaflık ve Sahaflar (Ciltli)</t>
+          <t>Balkan Savaşları Günlüğü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>65</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050811902</t>
+          <t>9786050822717</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Siyasi Tarihi (Ciltli)</t>
+          <t>Feryadım (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>55.56</v>
+        <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050811889</t>
+          <t>9786050811803</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kara Fatma</t>
+          <t>Osmanlılarda Sahaflık ve Sahaflar (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050811926</t>
+          <t>9786050811902</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Modern Türkiye</t>
+          <t>19. Yüzyıl Siyasi Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752639904</t>
+          <t>9786050811889</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tekke'den Meclis'e</t>
+          <t>Kara Fatma</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050822212</t>
+          <t>9786050811926</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi 2</t>
+          <t>Osmanlı ve Modern Türkiye</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>70</v>
+        <v>190</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050821567</t>
+          <t>9789752639904</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim Han</t>
+          <t>Tekke'den Meclis'e</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>27.5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050819267</t>
+          <t>9786050822212</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Türklerin Tarihi 2</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050819014</t>
+          <t>9786050821567</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hayatım ve Türkiye</t>
+          <t>Yavuz Sultan Selim Han</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>85</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050818819</t>
+          <t>9786050819267</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dünya Medyasında Çanakkale Savaşları (Ciltli)</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>650</v>
+        <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050816686</t>
+          <t>9786050819014</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünya Seyahatnamesi</t>
+          <t>Hayatım ve Türkiye</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>24.07</v>
+        <v>85</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050819915</t>
+          <t>9786050818819</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Düşülen Notlar (2 Cilt Takım Kutulu)</t>
+          <t>Dünya Medyasında Çanakkale Savaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050816136</t>
+          <t>9786050816686</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Efsane Komutanlar ve Zaferleri (Ciltli)</t>
+          <t>Eski Dünya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050833560</t>
+          <t>9786050819915</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi Kutulu Set (2 Kitap Takım)</t>
+          <t>Tarihe Düşülen Notlar (2 Cilt Takım Kutulu)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>85</v>
+        <v>500</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050832426</t>
+          <t>9786050816136</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tarihin En Uzun Şiiri: Ayasofya</t>
+          <t>Efsane Komutanlar ve Zaferleri (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050834345</t>
+          <t>9786050833560</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ya İstiklal Ya Ölüm</t>
+          <t>Türklerin Tarihi Kutulu Set (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>225</v>
+        <v>85</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752637078</t>
+          <t>9786050832426</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Alman Nüfuzu</t>
+          <t>Tarihin En Uzun Şiiri: Ayasofya</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>27.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050804355</t>
+          <t>9786050834345</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Petersburg’da Osmanlı İzleri</t>
+          <t>Ya İstiklal Ya Ölüm</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752633711</t>
+          <t>9789752637078</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’yı Yeniden Keşfetmek</t>
+          <t>Osmanlı İmparatorluğu’nda Alman Nüfuzu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>22.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752633643</t>
+          <t>9786050804355</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’yı Kuran Şehir</t>
+          <t>Petersburg’da Osmanlı İzleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051141886</t>
+          <t>9789752633711</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar</t>
+          <t>Osmanlı’yı Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>95</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051142869</t>
+          <t>9789752633643</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Etnik Yapılanma ve Göçler</t>
+          <t>Osmanlı’yı Kuran Şehir</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>650</v>
+        <v>85</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789752639300</t>
+          <t>9786051141886</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Elitler ve Din</t>
+          <t>Osmanlılar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>420</v>
+        <v>95</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051141695</t>
+          <t>9786051142869</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Asker ve Siyaset</t>
+          <t>Osmanlı’dan Günümüze Etnik Yapılanma ve Göçler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>425</v>
+        <v>650</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051141879</t>
+          <t>9789752639300</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı: İnsanlığın Son Adası</t>
+          <t>Osmanlı’dan Günümüze Elitler ve Din</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>24.07</v>
+        <v>420</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051140315</t>
+          <t>9786051141695</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Aile</t>
+          <t>Osmanlı’dan Günümüze Asker ve Siyaset</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>30</v>
+        <v>475</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9799752631167</t>
+          <t>9786051141879</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinde Maskeler ve Yüzler</t>
+          <t>Osmanlı: İnsanlığın Son Adası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>23</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051141701</t>
+          <t>9786051140315</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mirası</t>
+          <t>Osmanlı Toplumunda Aile</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051141329</t>
+          <t>9799752631167</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Siyaset</t>
+          <t>Osmanlı Tarihinde Maskeler ve Yüzler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>27.78</v>
+        <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051144580</t>
+          <t>9786051141701</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Hanedan Devlet ve Toplum</t>
+          <t>Osmanlı Mirası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752637672</t>
+          <t>9786051141329</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde İstanbul Hammalları</t>
+          <t>Osmanlı Klasik Çağında Siyaset</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>360</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789752635319</t>
+          <t>9786051144580</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Coğrafyasına Yolculuk</t>
+          <t>Osmanlı Klasik Çağında Hanedan Devlet ve Toplum</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>27.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752635166</t>
+          <t>9789752637672</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Barışı</t>
+          <t>Osmanlı Döneminde İstanbul Hammalları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>65</v>
+        <v>360</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050807837</t>
+          <t>9789752635319</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Omuzumda Hemençe</t>
+          <t>Osmanlı Coğrafyasına Yolculuk</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051140339</t>
+          <t>9789752635166</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Nil’den Tuna’ya Osmanlı</t>
+          <t>Osmanlı Barışı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>26</v>
+        <v>65</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051146935</t>
+          <t>9786050807837</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye Tarihi (Ciltli)</t>
+          <t>Omuzumda Hemençe</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789752635630</t>
+          <t>9786051140339</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sınırlarına Yolculuk</t>
+          <t>Nil’den Tuna’ya Osmanlı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>27.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752637566</t>
+          <t>9786051146935</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tarihimiz ve Biz</t>
+          <t>Modern Türkiye Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>27.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051146942</t>
+          <t>9789752635630</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Gizli Servisler</t>
+          <t>Tarihin Sınırlarına Yolculuk</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>17.13</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753625500</t>
+          <t>9789752637566</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca İhtilaller ve Darbeler</t>
+          <t>Tarihimiz ve Biz</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>30</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752634909</t>
+          <t>9786051146942</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Son İmparatorluk Osmanlı</t>
+          <t>Tarihi Değiştiren Gizli Servisler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>25</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051144313</t>
+          <t>9789753625500</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular’ın Kuruluş Hikayesi Çağrı Bey</t>
+          <t>Tarih Boyunca İhtilaller ve Darbeler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>17.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050804348</t>
+          <t>9789752634909</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Selanik’in Yükselişi</t>
+          <t>Son İmparatorluk Osmanlı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051144856</t>
+          <t>9786051144313</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Selanik İstanbul’a Karşı</t>
+          <t>Selçuklular’ın Kuruluş Hikayesi Çağrı Bey</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>95</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050808254</t>
+          <t>9786050804348</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Saraydan Sürgüne</t>
+          <t>Selanik’in Yükselişi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>27.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051141237</t>
+          <t>9786051144856</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sarayda İktidar Mücadelesi: Saray, Mücevher, İktidar</t>
+          <t>Selanik İstanbul’a Karşı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>12.04</v>
+        <v>95</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752636637</t>
+          <t>9786050808254</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Saltanattan Cumhuriyete Kurtuluş Savaşı (1918-1923) (Ciltli)</t>
+          <t>Saraydan Sürgüne</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>25.93</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789752635104</t>
+          <t>9786051141237</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Rüyadan İmparatorluğa: Osmanlı (Ciltli)</t>
+          <t>Sarayda İktidar Mücadelesi: Saray, Mücevher, İktidar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051145266</t>
+          <t>9789752636637</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Rus ve İngilizlere Karşı Bir Osmanlı Zabiti</t>
+          <t>Saltanattan Cumhuriyete Kurtuluş Savaşı (1918-1923) (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752637641</t>
+          <t>9789752635104</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Halide (Ciltli)</t>
+          <t>Rüyadan İmparatorluğa: Osmanlı (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>27.5</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752636811</t>
+          <t>9786051145266</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe</t>
+          <t>Rus ve İngilizlere Karşı Bir Osmanlı Zabiti</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>27.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050807653</t>
+          <t>9789752637641</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Modernlik Arasında</t>
+          <t>Halide (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>165</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050801224</t>
+          <t>9789752636811</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gel Söyleşelim</t>
+          <t>Gelenekten Geleceğe</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>18.52</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752636651</t>
+          <t>9786050807653</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Hakikatler</t>
+          <t>Gelenek ve Modernlik Arasında</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>8.8</v>
+        <v>165</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050801231</t>
+          <t>9786050801224</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun kurucuları Gazi Padişahlar</t>
+          <t>Gel Söyleşelim</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051144979</t>
+          <t>9789752636651</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Firaklı Nameler (Ciltli)</t>
+          <t>Tarihi Hakikatler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>37.04</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051149318</t>
+          <t>9786050801231</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Kıyamet: 1453</t>
+          <t>İmparatorluğun kurucuları Gazi Padişahlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050830255</t>
+          <t>9786051144979</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>SS Teşkilatı: Hitlerin Elit Ordusu 1939-1945 (Ciltli)</t>
+          <t>Firaklı Nameler (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050842821</t>
+          <t>9786051149318</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İttihatçı Bir Fedai: Mülazım Atıf Kamçıl</t>
+          <t>Fetih ve Kıyamet: 1453</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051144009</t>
+          <t>9786050830255</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Ortadoğu’da Millet, Milliyet, Milliyetçilik</t>
+          <t>SS Teşkilatı: Hitlerin Elit Ordusu 1939-1945 (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256767577</t>
+          <t>9786050842821</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İstanbulda İlk Ruslar / Türk Sularında 46 Gün</t>
+          <t>İttihatçı Bir Fedai: Mülazım Atıf Kamçıl</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051149332</t>
+          <t>9786051144009</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Strateji ve Askeri Güç</t>
+          <t>Osmanlı’dan Günümüze Ortadoğu’da Millet, Milliyet, Milliyetçilik</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>475</v>
+        <v>450</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256767553</t>
+          <t>9786256767577</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sürgünden Anavatana &amp; Bir Şehzadenin Hayat Yolculuğu</t>
+          <t>İstanbulda İlk Ruslar / Türk Sularında 46 Gün</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256767195</t>
+          <t>9786051149332</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nda Marjinal Sufilik: Kalenderiler (Ciltli)</t>
+          <t>Osmanlı’da Strateji ve Askeri Güç</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>700</v>
+        <v>475</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050827316</t>
+          <t>9786256767553</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Tarihi</t>
+          <t>Sürgünden Anavatana &amp; Bir Şehzadenin Hayat Yolculuğu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050833157</t>
+          <t>9786256767195</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>En Sevgili Efendimiz ve Sevdalıları</t>
+          <t>Osmanlı İmparatorluğu'nda Marjinal Sufilik: Kalenderiler (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050827811</t>
+          <t>9786050827316</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Başka Yerler Farklı Mekanlar Geziyorum</t>
+          <t>Türk Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050823431</t>
+          <t>9786050833157</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Zındıklar ve Mülhidler (Ciltli)</t>
+          <t>En Sevgili Efendimiz ve Sevdalıları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050812725</t>
+          <t>9786050827811</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>1071 Malazgirt</t>
+          <t>Başka Yerler Farklı Mekanlar Geziyorum</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050825794</t>
+          <t>9786050823431</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Latife Hanım'ın Kağıtları</t>
+          <t>Osmanlı Toplumunda Zındıklar ve Mülhidler (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753627474</t>
+          <t>9786050812725</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Karınca Huzura Varınca</t>
+          <t>1071 Malazgirt</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752639843</t>
+          <t>9786050825794</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türk Yurdunun Bilgeleri</t>
+          <t>Latife Hanım'ın Kağıtları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050803259</t>
+          <t>9789753627474</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Tarihi</t>
+          <t>Karınca Huzura Varınca</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050821529</t>
+          <t>9789752639843</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nda Marjinal Sufilik: Kalenderiler (Ciltli)</t>
+          <t>Türk Yurdunun Bilgeleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050819304</t>
+          <t>9786050803259</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Aksoy Kitabı : Karınca İzleri</t>
+          <t>Endülüs Tarihi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050816556</t>
+          <t>9786050821529</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Efsaneleri</t>
+          <t>Osmanlı İmparatorluğu'nda Marjinal Sufilik: Kalenderiler (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050834291</t>
+          <t>9786050819304</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyeleri - İsa'nın Yoksul Askerleri</t>
+          <t>Hikmet Aksoy Kitabı : Karınca İzleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050807844</t>
+          <t>9786050816556</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Buğulu Aynası</t>
+          <t>Cumhuriyet Efsaneleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050828474</t>
+          <t>9786050834291</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet'te Ramazan Akşamları</t>
+          <t>Tapınak Şövalyeleri - İsa'nın Yoksul Askerleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050818970</t>
+          <t>9786050807844</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Tufanı</t>
+          <t>Tarihin Buğulu Aynası</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050816730</t>
+          <t>9786050828474</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Acı Vatanda Bir Garip Kul</t>
+          <t>Dersaadet'te Ramazan Akşamları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752639560</t>
+          <t>9786050818970</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ali Emiri’nin İzinde</t>
+          <t>Çanakkale Tufanı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050820492</t>
+          <t>9786050816730</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sürgündeki Hanedan</t>
+          <t>Acı Vatanda Bir Garip Kul</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256767539</t>
+          <t>9789752639560</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gazze: Geçmişten Günümüze Direnişin Toprağı</t>
+          <t>Ali Emiri’nin İzinde</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050835663</t>
+          <t>9786050820492</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>2. Viyana Kuşatması</t>
+          <t>Sürgündeki Hanedan</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256767522</t>
+          <t>9786256767539</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Il Bosforo Una Storia Illustrata</t>
+          <t>Gazze: Geçmişten Günümüze Direnişin Toprağı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256767492</t>
+          <t>9786050835663</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehzadenin Hatıratı</t>
+          <t>2. Viyana Kuşatması</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256767508</t>
+          <t>9786256767522</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mohaç Muharebesi 1526</t>
+          <t>Il Bosforo Una Storia Illustrata</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256767485</t>
+          <t>9786256767492</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Birinci Milli Birlik Komitesi</t>
+          <t>Bir Şehzadenin Hatıratı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256767515</t>
+          <t>9786256767508</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Payitahtın Kapıları</t>
+          <t>Mohaç Muharebesi 1526</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256767478</t>
+          <t>9786256767485</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Rusya: Pagan Dönemden Putin'e</t>
+          <t>Birinci Milli Birlik Komitesi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256767461</t>
+          <t>9786256767515</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Üç Osmanlı Ailesi</t>
+          <t>Payitahtın Kapıları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>600</v>
+        <v>475</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256767447</t>
+          <t>9786256767478</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Üçler Yediler Kırklar</t>
+          <t>Rusya: Pagan Dönemden Putin'e</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256767430</t>
+          <t>9786256767461</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bektaşilik</t>
+          <t>İstanbullu Üç Osmanlı Ailesi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>165</v>
+        <v>600</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050816167</t>
+          <t>9786256767447</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Valide Sultanlar ve Harem</t>
+          <t>Üçler Yediler Kırklar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050816723</t>
+          <t>9786256767430</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Arı Kovanına Çomak Sokmak</t>
+          <t>Bektaşilik</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050822120</t>
+          <t>9786050816167</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Modern Ortadoğu Tarihi (1453-2015) (Ciltli)</t>
+          <t>Valide Sultanlar ve Harem</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>475</v>
+        <v>290</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050822991</t>
+          <t>9786050816723</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Biliminin Öncüleri</t>
+          <t>Arı Kovanına Çomak Sokmak</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752638051</t>
+          <t>9786050822120</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet’ten Cumhuriyet’e Divan Edebiyatı Tartışmaları</t>
+          <t>Modern Ortadoğu Tarihi (1453-2015) (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>23.15</v>
+        <v>475</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256767416</t>
+          <t>9786050822991</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>XVIII. Yüzyılda Osmanlı-Prusya Münasebetleri</t>
+          <t>Osmanlı Biliminin Öncüleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256767423</t>
+          <t>9789752638051</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern İngiltere’de Türk İmgesi</t>
+          <t>2. Meşrutiyet’ten Cumhuriyet’e Divan Edebiyatı Tartışmaları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>275</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256767409</t>
+          <t>9786256767416</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Adile Sultan</t>
+          <t>XVIII. Yüzyılda Osmanlı-Prusya Münasebetleri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256767393</t>
+          <t>9786256767423</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İttihatçıların Kara Kutusu</t>
+          <t>Erken Modern İngiltere’de Türk İmgesi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>525</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256767386</t>
+          <t>9786256767409</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlı Muharebeleri Bafeus 1302 &amp; Pelekanon 1329</t>
+          <t>Adile Sultan</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050824964</t>
+          <t>9786256767393</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bir Dehanın İzleri - II. Abdülhamid Han</t>
+          <t>İttihatçıların Kara Kutusu</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786050816266</t>
+          <t>9786256767386</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Çöküşü</t>
+          <t>İlk Osmanlı Muharebeleri Bafeus 1302 &amp; Pelekanon 1329</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050827279</t>
+          <t>9786050824964</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Payitahtın Son Sahibi Abdülhamid Han</t>
+          <t>Bir Dehanın İzleri - II. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256767379</t>
+          <t>9786050816266</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Zoraki İttifak &amp; Birinci Dünya Savaşı’nda Türk-Alman Askerî Ortaklığı</t>
+          <t>Osmanlı'nın Çöküşü</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256767355</t>
+          <t>9786050827279</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır’ın Peygamberleri: Hz. İdris, Hz. Yusuf, Hz. Musa</t>
+          <t>Payitahtın Son Sahibi Abdülhamid Han</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786050809053</t>
+          <t>9786256767379</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Savaş ve Serhad</t>
+          <t>Zoraki İttifak &amp; Birinci Dünya Savaşı’nda Türk-Alman Askerî Ortaklığı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786050827200</t>
+          <t>9786256767355</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Merkez Bürokrasisi (1836-1856)</t>
+          <t>Antik Mısır’ın Peygamberleri: Hz. İdris, Hz. Yusuf, Hz. Musa</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256767362</t>
+          <t>9786050809053</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İlk Kadın Avukatı</t>
+          <t>Osmanlı’da Savaş ve Serhad</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256767348</t>
+          <t>9786050827200</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kore: Güney’in ve Kuzey’in Yeni Tarihi</t>
+          <t>Osmanlı Merkez Bürokrasisi (1836-1856)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>340</v>
+        <v>475</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256767331</t>
+          <t>9786256767362</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Anlattığı Tarih: Türkiye</t>
+          <t>Cumhuriyet'in İlk Kadın Avukatı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786050834567</t>
+          <t>9786256767348</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı Seti (11 Kitap - Kayı Bayrağı Hediyeli)</t>
+          <t>Kore: Güney’in ve Kuzey’in Yeni Tarihi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>3905</v>
+        <v>375</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256767294</t>
+          <t>9786256767331</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ajandası (Ciltli)</t>
+          <t>Kur’an’ın Anlattığı Tarih: Türkiye</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256767249</t>
+          <t>9786050834567</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kitabelerin Renkli Dünyası</t>
+          <t>Osmanlı Tarihi Kayı Seti (11 Kitap - Kayı Bayrağı Hediyeli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>450</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051142913</t>
+          <t>9786256767294</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sosyal Tarihinde İslamın Macerası</t>
+          <t>Sanat Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786050817829</t>
+          <t>9786256767249</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kayıp Yüzyılı Beylikler Devri</t>
+          <t>Kitabelerin Renkli Dünyası</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786050803242</t>
+          <t>9786051142913</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Tarihçinin Eleği</t>
+          <t>Türkiye Sosyal Tarihinde İslamın Macerası</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050832280</t>
+          <t>9786050817829</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun ve Batı'nın Büyük Sultanı: Alparslan</t>
+          <t>Türklerin Kayıp Yüzyılı Beylikler Devri</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050819472</t>
+          <t>9786050803242</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Ermeniler</t>
+          <t>Tarihçinin Eleği</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256767317</t>
+          <t>9786050832280</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sultanlar ve İmparatorlar: Bir Bizanslının Gözünden Osmanlılar</t>
+          <t>Doğu'nun ve Batı'nın Büyük Sultanı: Alparslan</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256767263</t>
+          <t>9786050819472</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şüphe: Hayri Bey'in Vefatı İntihar Mı Cinayet Mi?</t>
+          <t>Osmanlılar ve Ermeniler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051148229</t>
+          <t>9786256767317</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>At Üstünde Selçuklular</t>
+          <t>Sultanlar ve İmparatorlar: Bir Bizanslının Gözünden Osmanlılar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051141411</t>
+          <t>9786256767263</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Nüfusu</t>
+          <t>Şüphe: Hayri Bey'in Vefatı İntihar Mı Cinayet Mi?</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256767225</t>
+          <t>9786051148229</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Karabekir'in Kavgası</t>
+          <t>At Üstünde Selçuklular</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256767256</t>
+          <t>9786051141411</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Feryadım</t>
+          <t>Osmanlı Nüfusu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050812961</t>
+          <t>9786256767225</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kayı 1 - Ertuğrul'un Ocağı</t>
+          <t>Karabekir'in Kavgası</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256767232</t>
+          <t>9786256767256</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle Çalışan Yorulmaz - 2</t>
+          <t>Feryadım</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256767218</t>
+          <t>9786050812961</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Asenaları: Türk Tarihinin Kadın Liderleri</t>
+          <t>Kayı 1 - Ertuğrul'un Ocağı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050820638</t>
+          <t>9786256767232</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı 7 - Kutsal İttifaka Karşı</t>
+          <t>Aşk İle Çalışan Yorulmaz - 2</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>325</v>
+        <v>490</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256767201</t>
+          <t>9786256767218</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Zındıklar ve Mülhidler (Ciltli)</t>
+          <t>Bozkırın Asenaları: Türk Tarihinin Kadın Liderleri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>750</v>
+        <v>325</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256767140</t>
+          <t>9786050820638</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu: Yeni Bir Tarih</t>
+          <t>Osmanlı Tarihi Kayı 7 - Kutsal İttifaka Karşı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752639591</t>
+          <t>9786256767201</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa</t>
+          <t>Osmanlı Toplumunda Zındıklar ve Mülhidler (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786050808261</t>
+          <t>9786256767140</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ama Hangi Osmanlı?</t>
+          <t>Osmanlı İmparatorluğu: Yeni Bir Tarih</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050823400</t>
+          <t>9789752639591</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Kalan Miras</t>
+          <t>Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050823714</t>
+          <t>9786050808261</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Darbeler Tarihi</t>
+          <t>Ama Hangi Osmanlı?</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>365</v>
+        <v>500</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256767102</t>
+          <t>9786050823400</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Gökkubbede Hoş Bir Sada - İsmail E. Erünsal ile Hatırda Kalanlar</t>
+          <t>Osmanlı'ya Kalan Miras</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256767171</t>
+          <t>9786050823714</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Vatan Namus İttihad</t>
+          <t>Darbeler Tarihi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>325</v>
+        <v>365</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256767133</t>
+          <t>9786256767102</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Demokratlar ve Halkçılar (1950-1954)</t>
+          <t>Gökkubbede Hoş Bir Sada - İsmail E. Erünsal ile Hatırda Kalanlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256767157</t>
+          <t>9786256767171</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Tarihçinin Yolculuğu</t>
+          <t>Vatan Namus İttihad</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256767164</t>
+          <t>9786256767133</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Mekke'ye Giden Bin Yol</t>
+          <t>Demokratlar ve Halkçılar (1950-1954)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050848069</t>
+          <t>9786256767157</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Tarihi 1 - Büyük Selçuklu Devleti</t>
+          <t>Tarihçinin Yolculuğu</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256767089</t>
+          <t>9786256767164</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Mabeyn-i Hümayun (Ciltli)</t>
+          <t>Mekke'ye Giden Bin Yol</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>1200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256767096</t>
+          <t>9786050848069</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyasında Diplomasi ve Siyaset (Ciltli)</t>
+          <t>Anadolu Türk Tarihi 1 - Büyük Selçuklu Devleti</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256767072</t>
+          <t>9786256767089</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Otağ IV: Hindistan Fatihi Gazneli Mahmud</t>
+          <t>Mabeyn-i Hümayun (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>270</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256767058</t>
+          <t>9786256767096</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Tarihi Yazıları - Arşiv Kayıtları, Yazma Eserler ve Kayıp Metinler</t>
+          <t>Osmanlı Dünyasında Diplomasi ve Siyaset (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256767065</t>
+          <t>9786256767072</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi Ajandası (Fleksi Cilt) (Ciltli)</t>
+          <t>Otağ IV: Hindistan Fatihi Gazneli Mahmud</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256767041</t>
+          <t>9786256767058</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’nun Kadim Mirası</t>
+          <t>Edebiyat Tarihi Yazıları - Arşiv Kayıtları, Yazma Eserler ve Kayıp Metinler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>275</v>
+        <v>900</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256767034</t>
+          <t>9786256767065</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Yükselirken</t>
+          <t>Türk Mitolojisi Ajandası (Fleksi Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256767010</t>
+          <t>9786256767041</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dalgalar Gibi Üstümüzden Geçecek</t>
+          <t>Ortadoğu’nun Kadim Mirası</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256767027</t>
+          <t>9786256767034</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bayrak, Kalpak, Revolver</t>
+          <t>Milli Mücadele Yükselirken</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256767003</t>
+          <t>9786256767010</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Seyrini Değiştiren Türkler</t>
+          <t>Hayat Dalgalar Gibi Üstümüzden Geçecek</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050848236</t>
+          <t>9786256767027</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Batı Basınında Lozan, Yeni Türkiye ve Cumhuriyet</t>
+          <t>Bayrak, Kalpak, Revolver</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786050848311</t>
+          <t>9786256767003</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hunlardan Türkiye Cumhuriyeti’ne Kuruluş</t>
+          <t>Tarihin Seyrini Değiştiren Türkler</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050848045</t>
+          <t>9786050848236</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Ateşi</t>
+          <t>Batı Basınında Lozan, Yeni Türkiye ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050848076</t>
+          <t>9786050848311</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlk Yüzyılı</t>
+          <t>Hunlardan Türkiye Cumhuriyeti’ne Kuruluş</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786050847857</t>
+          <t>9786050848045</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’e Suikast ve Sadakat</t>
+          <t>Muhabbet Ateşi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786050847765</t>
+          <t>9786050848076</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yeniçağlar Anadolu’sunda İslam’ın Ayak İzleri</t>
+          <t>Cumhuriyet’in İlk Yüzyılı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050847819</t>
+          <t>9786050847857</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şehri - İnsan, Mekan ve Beşerî Münasebetler</t>
+          <t>Atatürk’e Suikast ve Sadakat</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050847796</t>
+          <t>9786050847765</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma: Bizans Ordusunda Strateji, Talim ve Organizasyon</t>
+          <t>Yeniçağlar Anadolu’sunda İslam’ın Ayak İzleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050846232</t>
+          <t>9786050847819</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Rüyadan İmparatorluğa Osmanlı</t>
+          <t>Osmanlı Şehri - İnsan, Mekan ve Beşerî Münasebetler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050847666</t>
+          <t>9786050847796</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Heterodoks Dervişler ve Aleviler</t>
+          <t>Çarpışma: Bizans Ordusunda Strateji, Talim ve Organizasyon</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050847673</t>
+          <t>9786050846232</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Filistin’ine Veda</t>
+          <t>Rüyadan İmparatorluğa Osmanlı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>275</v>
+        <v>800</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050847413</t>
+          <t>9786050847666</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Fatih'in Entelektüel Portresi</t>
+          <t>Heterodoks Dervişler ve Aleviler</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050847383</t>
+          <t>9786050847673</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Nestor İskender'in Gözünden İstanbul'un Fethi</t>
+          <t>Osmanlı Filistin’ine Veda</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050847154</t>
+          <t>9786050847413</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Devletlerarası İlişkiler-2 (Ciltli)</t>
+          <t>Fatih'in Entelektüel Portresi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>550</v>
+        <v>210</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786050847093</t>
+          <t>9786050847383</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Tarih-Lenk / Kusursuz Yazarlar Kağıttan Metinler</t>
+          <t>Nestor İskender'in Gözünden İstanbul'un Fethi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>440</v>
+        <v>120</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050846928</t>
+          <t>9786050847154</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sultan’ın Nehirleri</t>
+          <t>Osmanlı'da Devletlerarası İlişkiler-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786050846577</t>
+          <t>9786050847093</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Köleliğin Sonu</t>
+          <t>Tarih-Lenk / Kusursuz Yazarlar Kağıttan Metinler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050846751</t>
+          <t>9786050846928</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Hristiyanlık ve İmparatorluk</t>
+          <t>Sultan’ın Nehirleri</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050846768</t>
+          <t>9786050846577</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Ayak İzleri</t>
+          <t>Osmanlı'da Köleliğin Sonu</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050846614</t>
+          <t>9786050846751</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Garip Vakalar</t>
+          <t>Hristiyanlık ve İmparatorluk</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050846508</t>
+          <t>9786050846768</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bizans Tarihi: Agathias Kroniği (552-559)</t>
+          <t>İslam'ın Ayak İzleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050846423</t>
+          <t>9786050846614</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İç Savaşı 1861 - 1865</t>
+          <t>Tarihteki Garip Vakalar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050846386</t>
+          <t>9786050846508</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Türklere Veda - Araplar Neden ve Nasıl İsyan Ettiler?</t>
+          <t>Bizans Tarihi: Agathias Kroniği (552-559)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050846010</t>
+          <t>9786050846423</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Rodos Kuşatması</t>
+          <t>Amerikan İç Savaşı 1861 - 1865</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786050846027</t>
+          <t>9786050846386</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Devletlerarası İlişkiler ve Siyaset Yaşam Yenileşme (Ciltli)</t>
+          <t>Türklere Veda - Araplar Neden ve Nasıl İsyan Ettiler?</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>500</v>
+        <v>475</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050845327</t>
+          <t>9786050846010</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Antep Harbi'ne Yeniden Bakmak</t>
+          <t>Rodos Kuşatması</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050845808</t>
+          <t>9786050846027</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Savaş, Siyaset, Cinayet - İttihat ve Terakki Üzerine Yazılar</t>
+          <t>Osmanlı'da Devletlerarası İlişkiler ve Siyaset Yaşam Yenileşme (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786050845761</t>
+          <t>9786050845327</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı-Safevi Kıskacında Kızılbaşlar</t>
+          <t>Antep Harbi'ne Yeniden Bakmak</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786050845587</t>
+          <t>9786050845808</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>6-7 Eylül 1955 Olayları</t>
+          <t>Savaş, Siyaset, Cinayet - İttihat ve Terakki Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050845563</t>
+          <t>9786050845761</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Volkanı Patlamadan</t>
+          <t>Osmanlı-Safevi Kıskacında Kızılbaşlar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786050845464</t>
+          <t>9786050845587</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya (Fleksi Kapak)</t>
+          <t>6-7 Eylül 1955 Olayları</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786050845259</t>
+          <t>9786050845563</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Genç Tanzimat Paşazadesi Avrupa'da</t>
+          <t>Avrupa Volkanı Patlamadan</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786050845389</t>
+          <t>9786050845464</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yusuf İzzeddin</t>
+          <t>Ayasofya (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786050845372</t>
+          <t>9786050845259</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kudüs 2 - Eski Şehir</t>
+          <t>Genç Tanzimat Paşazadesi Avrupa'da</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786050844986</t>
+          <t>9786050845389</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kendi Cennetlerinde</t>
+          <t>Yusuf İzzeddin</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786050844634</t>
+          <t>9786050845372</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Derviş Bir Yolculuğa Çıkar Bir Daha Dönmemek Üzere</t>
+          <t>Kudüs 2 - Eski Şehir</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786050844788</t>
+          <t>9786050844986</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Devrim Günlerinde Trabzon</t>
+          <t>Kendi Cennetlerinde</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050844702</t>
+          <t>9786050844634</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Siyasallaşması</t>
+          <t>Derviş Bir Yolculuğa Çıkar Bir Daha Dönmemek Üzere</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786050827828</t>
+          <t>9786050844788</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Devrim Günlerinde Trabzon</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786050844528</t>
+          <t>9786050844702</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kremlinin Gözleri: KGB</t>
+          <t>İslam'ın Siyasallaşması</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786050833331</t>
+          <t>9786050827828</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İtikadın Peşinde</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786050843767</t>
+          <t>9786050844528</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Çehrin Kuşatması 1678</t>
+          <t>Kremlinin Gözleri: KGB</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786050844283</t>
+          <t>9786050833331</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sarayda Gördüklerim</t>
+          <t>İtikadın Peşinde</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786050842746</t>
+          <t>9786050843767</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bir Harf Bir Medeniyet Mim Kitabı</t>
+          <t>Çehrin Kuşatması 1678</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786050839159</t>
+          <t>9786050844283</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Arı Kovanına Çomak Sokmak</t>
+          <t>Sarayda Gördüklerim</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>550</v>
+        <v>375</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786050843644</t>
+          <t>9786050842746</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bir Sakarya Savaşı Gazisinin Hatıraları</t>
+          <t>Bir Harf Bir Medeniyet Mim Kitabı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786050839135</t>
+          <t>9786050839159</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Kitap Ticareti: Sahaflar ve Kitapçılar (Ciltli)</t>
+          <t>Arı Kovanına Çomak Sokmak</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>900</v>
+        <v>550</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786050842777</t>
+          <t>9786050843644</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kültür Dünyamızdan Manzaralar</t>
+          <t>Bir Sakarya Savaşı Gazisinin Hatıraları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786050842944</t>
+          <t>9786050839135</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Gerçekleri 3</t>
+          <t>Osmanlılarda Kitap Ticareti: Sahaflar ve Kitapçılar (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>310</v>
+        <v>900</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786050842784</t>
+          <t>9786050842777</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Balfour Deklerasyonu</t>
+          <t>Kültür Dünyamızdan Manzaralar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786050842890</t>
+          <t>9786050842944</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Süryani Tarih Yazıcılığında Türkler</t>
+          <t>Osmanlı Gerçekleri 3</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786050842852</t>
+          <t>9786050842784</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kral Öldü Yaşasın Kral</t>
+          <t>Balfour Deklerasyonu</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>1200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786050842340</t>
+          <t>9786050842890</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kamaniçe Kuşatması 1672</t>
+          <t>Süryani Tarih Yazıcılığında Türkler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786050842401</t>
+          <t>9786050842852</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>Kral Öldü Yaşasın Kral</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>450</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786050842302</t>
+          <t>9786050842340</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Uyvar Kuşatması 1663</t>
+          <t>Kamaniçe Kuşatması 1672</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786050839210</t>
+          <t>9786050842401</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bir Doktorun Kurtuluş Savaşı Hatıraları</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786050839227</t>
+          <t>9786050842302</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Hatıraları</t>
+          <t>Uyvar Kuşatması 1663</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050836028</t>
+          <t>9786050839210</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Muharebelerle Kısa Dünya Tarihi</t>
+          <t>Bir Doktorun Kurtuluş Savaşı Hatıraları</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786050832457</t>
+          <t>9786050839227</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Zafer Sayfaları</t>
+          <t>Milli Mücadele Hatıraları</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786050838152</t>
+          <t>9786050836028</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Ben Şeyh Bedreddin</t>
+          <t>Muharebelerle Kısa Dünya Tarihi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786050838114</t>
+          <t>9786050832457</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun Arka Yüzü</t>
+          <t>Osmanlı'nın Zafer Sayfaları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786050835946</t>
+          <t>9786050838152</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Askeri Strateji</t>
+          <t>Ben Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>440</v>
+        <v>325</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786050835649</t>
+          <t>9786050838114</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sofya'dan İstanbul'a</t>
+          <t>Madalyonun Arka Yüzü</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786050837872</t>
+          <t>9786050835946</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İlk Türk Liderleri</t>
+          <t>Dünya Tarihinde Askeri Strateji</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786050836004</t>
+          <t>9786050835649</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Müslüman İspanya</t>
+          <t>Sofya'dan İstanbul'a</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786050835984</t>
+          <t>9786050837872</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Hristiyanlık</t>
+          <t>İlk Türk Liderleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786050835076</t>
+          <t>9786050836004</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>17. Asrın Ortalarında Malatya Kazası</t>
+          <t>Müslüman İspanya</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050835632</t>
+          <t>9786050835984</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Mısır Suriye</t>
+          <t>İslam ve Hristiyanlık</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786050835229</t>
+          <t>9786050835076</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yirmi İki Mürekkep Damlası (Ciltli)</t>
+          <t>17. Asrın Ortalarında Malatya Kazası</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786050835366</t>
+          <t>9786050835632</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa</t>
+          <t>Türkiye Mısır Suriye</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786050835328</t>
+          <t>9786050835229</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Boğazın Dört Muhafızı</t>
+          <t>Yirmi İki Mürekkep Damlası (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786050834628</t>
+          <t>9786050835366</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Savaşı</t>
+          <t>Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786050833195</t>
+          <t>9786050835328</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kısa Soğuk Savaş Tarihi</t>
+          <t>Boğazın Dört Muhafızı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786050833218</t>
+          <t>9786050834628</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Nazime</t>
+          <t>İmparatorluğun Son Savaşı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786050834529</t>
+          <t>9786050833195</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi</t>
+          <t>Kısa Soğuk Savaş Tarihi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786050834604</t>
+          <t>9786050833218</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İbnülemin Mahmud Kemal İnal (Ciltli)</t>
+          <t>Nazime</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786050833232</t>
+          <t>9786050834529</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Memluk Asırları</t>
+          <t>Tarihçi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786050834321</t>
+          <t>9786050834604</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hitler İmparatorluğu Tarihi</t>
+          <t>İbnülemin Mahmud Kemal İnal (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786050834550</t>
+          <t>9786050833232</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular</t>
+          <t>Türk Tarihinde Memluk Asırları</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786050834239</t>
+          <t>9786050834321</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Hammer Seyahatnamesi</t>
+          <t>Kısa Hitler İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753625142</t>
+          <t>9786050834550</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Bizans Karşınsında Türkler</t>
+          <t>Büyük Selçuklular</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>265</v>
+        <v>325</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786050833935</t>
+          <t>9786050834239</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammedin Gazaları</t>
+          <t>Hammer Seyahatnamesi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786050832389</t>
+          <t>9789753625142</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kumandanları</t>
+          <t>Bizans Karşınsında Türkler</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786050832433</t>
+          <t>9786050833935</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kısa İslam Tarihi</t>
+          <t>Hz. Muhammedin Gazaları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786050832440</t>
+          <t>9786050832389</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Denize Kavuşan Irmak</t>
+          <t>Osmanlı Kumandanları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786050832358</t>
+          <t>9786050832433</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Başkanın Gözleri: CIA</t>
+          <t>Kısa İslam Tarihi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786050832341</t>
+          <t>9786050832440</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ'da İslam'ın Kılıcı ve Hristiyanlığın Çekici: Selçuklular - Franklar</t>
+          <t>Denize Kavuşan Irmak</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786050832020</t>
+          <t>9786050832358</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü ve Resmi Tarih (Ciltli)</t>
+          <t>Başkanın Gözleri: CIA</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786050830552</t>
+          <t>9786050832341</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ben Türk</t>
+          <t>Orta Çağ'da İslam'ın Kılıcı ve Hristiyanlığın Çekici: Selçuklular - Franklar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786050832037</t>
+          <t>9786050832020</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Jandarma</t>
+          <t>İsmet İnönü ve Resmi Tarih (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786050831900</t>
+          <t>9786050830552</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Ulaşımın Modernleşmesi</t>
+          <t>Ben Türk</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786050830286</t>
+          <t>9786050832037</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kuşçubaşı Eşref'in Eşi Pervin'in Savaşı</t>
+          <t>Osmanlı'dan Cumhuriyet'e Jandarma</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786050831658</t>
+          <t>9786050831900</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Tarihin Peşinde</t>
+          <t>Osmanlıda Ulaşımın Modernleşmesi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786050831634</t>
+          <t>9786050830286</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Samuray</t>
+          <t>Kuşçubaşı Eşref'in Eşi Pervin'in Savaşı</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786050830774</t>
+          <t>9786050831658</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İstihbaratın Kısa Tarihi: Gölge Oyunu</t>
+          <t>Kaybolan Tarihin Peşinde</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786050830279</t>
+          <t>9786050831634</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kayı 11 - Elveda</t>
+          <t>Samuray</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786050830248</t>
+          <t>9786050830774</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sözden Kalanlar</t>
+          <t>İstihbaratın Kısa Tarihi: Gölge Oyunu</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>410</v>
+        <v>375</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786050830743</t>
+          <t>9786050830279</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet'te Bayram Sabahları</t>
+          <t>Kayı 11 - Elveda</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786050830675</t>
+          <t>9786050830248</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İsyan Günlerinde İstanbul</t>
+          <t>Sözden Kalanlar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786050830699</t>
+          <t>9786050830743</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Tebessüm ve Tefekkür</t>
+          <t>Dersaadet'te Bayram Sabahları</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786050830200</t>
+          <t>9786050830675</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Savaş Sanatı</t>
+          <t>İsyan Günlerinde İstanbul</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786050830569</t>
+          <t>9786050830699</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin Kısa Sosyal Tarihi</t>
+          <t>Tebessüm ve Tefekkür</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786050830293</t>
+          <t>9786050830200</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Saray Harem ve Mahrem</t>
+          <t>Türklerin Savaş Sanatı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786050829907</t>
+          <t>9786050830569</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Otağ 3 - Sultan Alparslan</t>
+          <t>Osmanlı Devleti'nin Kısa Sosyal Tarihi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786050829853</t>
+          <t>9786050830293</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Bir İttihatçı</t>
+          <t>Saray Harem ve Mahrem</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786050829846</t>
+          <t>9786050829907</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İslam Dünyasında Ekonomik Ekosistem</t>
+          <t>Otağ 3 - Sultan Alparslan</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786050829808</t>
+          <t>9786050829853</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Tam Bitti Derken</t>
+          <t>Sıradışı Bir İttihatçı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786050829792</t>
+          <t>9786050829846</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hanedanı'nın Kayıt Defteri</t>
+          <t>Ortaçağ İslam Dünyasında Ekonomik Ekosistem</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786050827323</t>
+          <t>9786050829808</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İslam-Türk İnançlarında Hızır Yahut Hızır İlyas Kültü (Ciltli)</t>
+          <t>Tam Bitti Derken</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786050827248</t>
+          <t>9786050829792</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kısa İkinci Dünya Savaşı Tarihi</t>
+          <t>Osmanlı Hanedanı'nın Kayıt Defteri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>490</v>
+        <v>270</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786050827286</t>
+          <t>9786050827323</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ayaklı Kütüphaneler 1</t>
+          <t>İslam-Türk İnançlarında Hızır Yahut Hızır İlyas Kültü (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786050829228</t>
+          <t>9786050827248</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Asla Yenilmeyeceksin</t>
+          <t>Kısa İkinci Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>235</v>
+        <v>600</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786050828467</t>
+          <t>9786050827286</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Milli Mücadele</t>
+          <t>Ayaklı Kütüphaneler 1</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786050829266</t>
+          <t>9786050829228</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Selçukluların Haçlılarla İmtihanı</t>
+          <t>Asla Yenilmeyeceksin</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>450</v>
+        <v>235</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786050827644</t>
+          <t>9786050828467</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Gerçekleri 2</t>
+          <t>100 Soruda Milli Mücadele</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786050828733</t>
+          <t>9786050829266</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nin Tarih Atlası</t>
+          <t>Selçukluların Haçlılarla İmtihanı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786050828764</t>
+          <t>9786050827644</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yapay Tarihin Esirleri</t>
+          <t>Osmanlı Gerçekleri 2</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786050828504</t>
+          <t>9786050828733</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltuk Diyarı: Babadağı</t>
+          <t>Boğaziçi'nin Tarih Atlası</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786050827903</t>
+          <t>9786050828764</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Tarih Büyük Harflerle Yazılmaz</t>
+          <t>Yapay Tarihin Esirleri</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786050827774</t>
+          <t>9786050828504</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kahramanı Yaratmak</t>
+          <t>Sarı Saltuk Diyarı: Babadağı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786050827781</t>
+          <t>9786050827903</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kayı-10 Osmanlı Tarihi: 2. Abdülhamid Han</t>
+          <t>Tarih Büyük Harflerle Yazılmaz</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786050827255</t>
+          <t>9786050827774</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Bezmialem Valide Sultan</t>
+          <t>Kahramanı Yaratmak</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>370</v>
+        <v>600</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786050827163</t>
+          <t>9786050827781</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm ve Filistin Sorunu</t>
+          <t>Kayı-10 Osmanlı Tarihi: 2. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786050826715</t>
+          <t>9786050827255</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kısa 1. Dünya Savaşı Tarihi</t>
+          <t>Bezmialem Valide Sultan</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786050826692</t>
+          <t>9786050827163</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ İslam Dünyasında Kitap ve Kütüphane (Ciltli)</t>
+          <t>Siyonizm ve Filistin Sorunu</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786050827002</t>
+          <t>9786050826715</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Osmanlılar ve İslam</t>
+          <t>Kısa 1. Dünya Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786050826654</t>
+          <t>9786050826692</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kuşçubaşı Eşref</t>
+          <t>Orta Çağ İslam Dünyasında Kitap ve Kütüphane (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786050826050</t>
+          <t>9786050827002</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Haremin Padişahı Valide Sultan (Ciltli)</t>
+          <t>Selçuklular Osmanlılar ve İslam</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>950</v>
+        <v>650</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786050826074</t>
+          <t>9786050826654</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Haremin Padişahı Valide Sultan</t>
+          <t>Kuşçubaşı Eşref</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786050826012</t>
+          <t>9786050826050</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kutü'l-Amare: Kut Almış Ordunun Zaferi</t>
+          <t>Haremin Padişahı Valide Sultan (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786050826043</t>
+          <t>9786050826074</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kayı 9 - Sonun Başlangıcı</t>
+          <t>Haremin Padişahı Valide Sultan</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>325</v>
+        <v>650</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786050825817</t>
+          <t>9786050826012</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Milliyetçiliğin Toplumsal Temelleri</t>
+          <t>Kutü'l-Amare: Kut Almış Ordunun Zaferi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786050825442</t>
+          <t>9786050826043</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un İlk'leri</t>
+          <t>Kayı 9 - Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786050825107</t>
+          <t>9786050825817</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Karşısında CHP</t>
+          <t>Osmanlı'da Milliyetçiliğin Toplumsal Temelleri</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786050825336</t>
+          <t>9786050825442</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Otağ 2 - Emir Timur</t>
+          <t>İstanbul’un İlk'leri</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786050825046</t>
+          <t>9786050825107</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamidin Son Zevcesi</t>
+          <t>Demokrat Parti Karşısında CHP</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786050825312</t>
+          <t>9786050825336</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Büyük Doğuş - Otağ 1</t>
+          <t>Otağ 2 - Emir Timur</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786050824711</t>
+          <t>9786050825046</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman</t>
+          <t>Sultan Abdülhamidin Son Zevcesi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786050823820</t>
+          <t>9786050825312</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Evliya Menakıbnameleri</t>
+          <t>Büyük Doğuş - Otağ 1</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786050824254</t>
+          <t>9786050824711</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Arzın Kapısı Kudüs</t>
+          <t>Muhteşem Süleyman</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786050823806</t>
+          <t>9786050823820</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kayı 8: Islahat Darbe ve Devlet</t>
+          <t>Evliya Menakıbnameleri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786050823240</t>
+          <t>9786050824254</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İslam Tarihi</t>
+          <t>Arzın Kapısı Kudüs</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786050802757</t>
+          <t>9786050823806</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Yassıada’dan Mektup Var</t>
+          <t>Kayı 8: Islahat Darbe ve Devlet</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786050821871</t>
+          <t>9786050823240</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti - Cumhuriyet ve Şefler</t>
+          <t>Kayıp İslam Tarihi</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786050813012</t>
+          <t>9786050802757</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kayı 5 - Kudret ve Azamet Yılları</t>
+          <t>Yassıada’dan Mektup Var</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786050820577</t>
+          <t>9786050821871</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömrün İnsanları</t>
+          <t>Tek Parti - Cumhuriyet ve Şefler</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786050820652</t>
+          <t>9786050813012</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Tarihi</t>
+          <t>Kayı 5 - Kudret ve Azamet Yılları</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786050833263</t>
+          <t>9786050820577</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Konuşmalar</t>
+          <t>Bir Ömrün İnsanları</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786050830262</t>
+          <t>9786050820652</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Kadınlar</t>
+          <t>Kısa Dünya Tarihi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786050834536</t>
+          <t>9786050833263</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Günler</t>
+          <t>Tarihi Değiştiren Konuşmalar</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051146911</t>
+          <t>9786050830262</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihi</t>
+          <t>Tarihi Değiştiren Kadınlar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786050820478</t>
+          <t>9786050834536</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kutü’l-Amare Kahramanı</t>
+          <t>Tarihi Değiştiren Günler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786050820201</t>
+          <t>9786051146911</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Denizler Fatihi Piyale Paşa</t>
+          <t>Türk Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786050820157</t>
+          <t>9786050820478</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Acıyı Bal Eylemek</t>
+          <t>Kutü’l-Amare Kahramanı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786050819519</t>
+          <t>9786050820201</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Dedem Mehmet Akif</t>
+          <t>Denizler Fatihi Piyale Paşa</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786050818765</t>
+          <t>9786050820157</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Ordusu (Ciltli)</t>
+          <t>Acıyı Bal Eylemek</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>975</v>
+        <v>240</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786050818994</t>
+          <t>9786050819519</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Ruhu</t>
+          <t>Dedem Mehmet Akif</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786050819007</t>
+          <t>9786050818765</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Dedem Enver Paşa</t>
+          <t>Hitler’in Ordusu (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>310</v>
+        <v>975</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786050818864</t>
+          <t>9786050818994</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Mekanlar ve Olaylarıyla Hz. Muhammed'in Hayatı</t>
+          <t>Çanakkale Ruhu</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786050818949</t>
+          <t>9786050819007</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Subay</t>
+          <t>Dedem Enver Paşa</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786050818161</t>
+          <t>9786050818864</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Orta Asya</t>
+          <t>Mekanlar ve Olaylarıyla Hz. Muhammed'in Hayatı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786050817997</t>
+          <t>9786050818949</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kültür Tarihinin Bilinmeyenleri</t>
+          <t>Meçhul Subay</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786050817614</t>
+          <t>9786050818161</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Yaşayan Efsanesi</t>
+          <t>Türkiye ve Orta Asya</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786050817782</t>
+          <t>9786050817997</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kayı 6 - İmparatorluğun Zirvesi ve Dönüş</t>
+          <t>Osmanlı Kültür Tarihinin Bilinmeyenleri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>390</v>
+        <v>850</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786050822380</t>
+          <t>9786050817614</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Son Sultan</t>
+          <t>İstanbul'un Yaşayan Efsanesi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752631717</t>
+          <t>9786050817782</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Maziye Bir Bakıver</t>
+          <t>Kayı 6 - İmparatorluğun Zirvesi ve Dönüş</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051142395</t>
+          <t>9786050822380</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Dağı Delen Irmak</t>
+          <t>Son Sultan</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>725</v>
+        <v>500</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786050816242</t>
+          <t>9789752631717</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Derin Cinayetler</t>
+          <t>Maziye Bir Bakıver</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786050816280</t>
+          <t>9786051142395</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Darbesi ve Bizler</t>
+          <t>Dağı Delen Irmak</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>230</v>
+        <v>725</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786050819311</t>
+          <t>9786050816242</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Cephe Arkadaşı : Çanakkale Cephesi'nde Bir İstanbullu</t>
+          <t>Derin Cinayetler</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786050819434</t>
+          <t>9786050816280</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Kütüphaneler ve Kütüphanecilik</t>
+          <t>27 Mayıs Darbesi ve Bizler</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>900</v>
+        <v>230</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786050822625</t>
+          <t>9786050819311</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kısa Ortadoğu Tarihi</t>
+          <t>Cephe Arkadaşı : Çanakkale Cephesi'nde Bir İstanbullu</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789752639669</t>
+          <t>9786050819434</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Politika Galerisi</t>
+          <t>Osmanlılarda Kütüphaneler ve Kütüphanecilik</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051140520</t>
+          <t>9786050822625</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Pir Aşkına</t>
+          <t>Kısa Ortadoğu Tarihi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786050815030</t>
+          <t>9789752639669</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'i Deviren Kurşun</t>
+          <t>Politika Galerisi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786050815078</t>
+          <t>9786051140520</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Modernleşme</t>
+          <t>Pir Aşkına</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786050800838</t>
+          <t>9786050815030</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Haremin Son Yüzyılı</t>
+          <t>Abdülhamid'i Deviren Kurşun</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786051143682</t>
+          <t>9786050815078</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Dindar Bir Doktor Hanım</t>
+          <t>Osmanlı ve Modernleşme</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786050814071</t>
+          <t>9786050800838</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesi</t>
+          <t>Haremin Son Yüzyılı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786050813036</t>
+          <t>9786051143682</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kayı 4 - Ufukların Padişahı: Kanuni</t>
+          <t>Dindar Bir Doktor Hanım</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786050822663</t>
+          <t>9786050814071</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Gerçekleri</t>
+          <t>Osmanlı Modernleşmesi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786050812022</t>
+          <t>9786050813036</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Babam Sultan Abdülhamid</t>
+          <t>Kayı 4 - Ufukların Padişahı: Kanuni</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786050812947</t>
+          <t>9786050822663</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kayı 2 - Cihan Devleti</t>
+          <t>Osmanlı Gerçekleri</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051141954</t>
+          <t>9786050812022</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yedi Şairden Hatıralar</t>
+          <t>Babam Sultan Abdülhamid</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786050833171</t>
+          <t>9786050812947</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçukluları</t>
+          <t>Kayı 2 - Cihan Devleti</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752639805</t>
+          <t>9786051141954</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Kimlik ve İdeoloji</t>
+          <t>Yedi Şairden Hatıralar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786051140926</t>
+          <t>9786050833171</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Edebiyat ve Toplum</t>
+          <t>Türkiye Selçukluları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051144306</t>
+          <t>9789752639805</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sufiliğine Bakışlar</t>
+          <t>Osmanlı’dan Günümüze Kimlik ve İdeoloji</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051141602</t>
+          <t>9786051140926</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ordusunda Bir Nefer</t>
+          <t>Osmanlı’dan Günümüze Edebiyat ve Toplum</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051144597</t>
+          <t>9786051144306</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Millet-i Sadıkada İsyan</t>
+          <t>Osmanlı Sufiliğine Bakışlar</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786050802764</t>
+          <t>9786051141602</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Tarihi</t>
+          <t>Osmanlı Ordusunda Bir Nefer</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051141756</t>
+          <t>9786051144597</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Türk Demokrasi Tarihi</t>
+          <t>Millet-i Sadıkada İsyan</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>725</v>
+        <v>350</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786050842319</t>
+          <t>9786050802764</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Savaşlar</t>
+          <t>Türk Dış Politikası Tarihi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786050830781</t>
+          <t>9786051141756</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Olaylar</t>
+          <t>Türk Demokrasi Tarihi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>400</v>
+        <v>725</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786050830620</t>
+          <t>9786050842319</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Liderler</t>
+          <t>Tarihi Değiştiren Savaşlar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786050833980</t>
+          <t>9786050830781</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Bilginler</t>
+          <t>Tarihi Değiştiren Olaylar</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786050842906</t>
+          <t>9786050830620</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Askerler</t>
+          <t>Tarihi Değiştiren Liderler</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786050807646</t>
+          <t>9786050833980</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Elemim Bir Yüreğin Karı Değil (Ciltli)</t>
+          <t>Tarihi Değiştiren Bilginler</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786050808520</t>
+          <t>9786050842906</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kanuni - Dünyaya Hükmeden Sultan</t>
+          <t>Tarihi Değiştiren Askerler</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786050801675</t>
+          <t>9786050807646</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Cilt:5 Dünya Savaş Tarihi(1097-1444) (Ciltli)</t>
+          <t>Elemim Bir Yüreğin Karı Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786051146928</t>
+          <t>9786050808520</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaş Tarihi Cilt 4: 1. Dünya Savaşı’nda Osmanlı (Ciltli)</t>
+          <t>Kanuni - Dünyaya Hükmeden Sultan</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786051144863</t>
+          <t>9786050801675</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaş Tarihi Cilt 3 - İmparatorluk Çağı (1776-1914) (Ciltli)</t>
+          <t>Haçlı Seferleri Cilt:5 Dünya Savaş Tarihi(1097-1444) (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>900</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786051144375</t>
+          <t>9786051146928</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaş Tarihi - Erken Modern Çağ (1500-1763) Cilt 2 (Ciltli)</t>
+          <t>Dünya Savaş Tarihi Cilt 4: 1. Dünya Savaşı’nda Osmanlı (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>900</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786051143989</t>
+          <t>9786051144863</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaş Tarihi Cilt 1: Ortaçağ 500-1500 (Ciltli)</t>
+          <t>Dünya Savaş Tarihi Cilt 3 - İmparatorluk Çağı (1776-1914) (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>900</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051144832</t>
+          <t>9786051144375</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Defterimden Portreler</t>
+          <t>Dünya Savaş Tarihi - Erken Modern Çağ (1500-1763) Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789753626668</t>
+          <t>9786051143989</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Çınaraltı'nda Kitap Sohbetleri</t>
+          <t>Dünya Savaş Tarihi Cilt 1: Ortaçağ 500-1500 (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>325</v>
+        <v>900</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9799752633611</t>
+          <t>9786051144832</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’den Kurtuluş Savaşı’na Son Kahramanlar</t>
+          <t>Defterimden Portreler</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789752633933</t>
+          <t>9789753626668</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Destanı Gerçek Efsanelerin Öyküsü</t>
+          <t>Çınaraltı'nda Kitap Sohbetleri</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051144016</t>
+          <t>9799752633611</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Büyük Oyun</t>
+          <t>Çanakkale’den Kurtuluş Savaşı’na Son Kahramanlar</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786050800906</t>
+          <t>9789752633933</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’da Osmanlı Mirası ve Milliyetçilik</t>
+          <t>Çanakkale Destanı Gerçek Efsanelerin Öyküsü</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786050807561</t>
+          <t>9786051144016</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kısa Türkiye Tarihi (1800-2012)</t>
+          <t>Büyük Oyun</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789752639850</t>
+          <t>9786050800906</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Sonu 1914</t>
+          <t>Balkanlar’da Osmanlı Mirası ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786050812381</t>
+          <t>9786050807561</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Hanedan’ın Sürgün Öyküsü</t>
+          <t>Kısa Türkiye Tarihi (1800-2012)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786051140353</t>
+          <t>9789752639850</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Halife 2. Abdülhamit’in Hac Siyaseti</t>
+          <t>İmparatorluğun Sonu 1914</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786051145273</t>
+          <t>9786050812381</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Hac Yolunda</t>
+          <t>Hanedan’ın Sürgün Öyküsü</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051149325</t>
+          <t>9786051140353</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Ayrıntıda Saklıdır</t>
+          <t>Halife 2. Abdülhamit’in Hac Siyaseti</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786051144610</t>
+          <t>9786051145273</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>1915 - Osmanlı Ermenilerine Ne Oldu?</t>
+          <t>Hac Yolunda</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786051141268</t>
+          <t>9786051149325</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Babam Abdülhamit</t>
+          <t>Geçmiş Ayrıntıda Saklıdır</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
+          <t>9786051144610</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>1915 - Osmanlı Ermenilerine Ne Oldu?</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786051141268</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Babam Abdülhamit</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
           <t>9786050812985</t>
         </is>
       </c>
-      <c r="B443" s="1" t="inlineStr">
+      <c r="B445" s="1" t="inlineStr">
         <is>
           <t>Kayı 3: Haremeyn Hizmetinde</t>
         </is>
       </c>
-      <c r="C443" s="1">
-        <v>360</v>
+      <c r="C445" s="1">
+        <v>390</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>