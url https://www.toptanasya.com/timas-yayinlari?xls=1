--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -85,22465 +85,22630 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259621524</t>
+          <t>9786050849677</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İçimde Susmayan Bir Çocuk Ağlar</t>
+          <t>Shoko’nun Gülüşü</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786050849660</t>
+          <t>9786050849752</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gözler Gazze’de Yok Edilmeye Tanıklık</t>
+          <t>Narsist Ebeveynlerle Büyümek</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786050849622</t>
+          <t>9786050849721</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ne Değildir?</t>
+          <t>İşe Yaramayan Şeyler Üzerine</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050849639</t>
+          <t>9786050849769</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Benim Aptal Niyetlerim</t>
+          <t>Benim Adım Ekin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050849653</t>
+          <t>9786050849707</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aileni Suçlamayı Bırak Olgunlaşmaya Bak</t>
+          <t>Coğrafyanın Mitleri: Dünyayı Yanlış Anlamanın Sekiz Yolu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050849585</t>
+          <t>9786259621548</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Tutuklanmayı Beklemek</t>
+          <t>Asa</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050849615</t>
+          <t>9786050849738</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hatırlamanın Bilimi ve Unutmanın Gerekliliği</t>
+          <t>Başım Secdeye Gitmiyor Allah’ım</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050849608</t>
+          <t>9786050849776</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Denizin Canavarları</t>
+          <t>Kitap'ın Yolcuları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050849592</t>
+          <t>9786050849691</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gölgeni Aşmak</t>
+          <t>Yarın Başlarım Sendromu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050849301</t>
+          <t>9786050849684</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yardımın El Kitabı</t>
+          <t>Mademki Bir İnsanım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786250017869</t>
+          <t>9786050849714</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi 87 Yıllık Mübarek Bir Ömür</t>
+          <t>Fark Et, Güçlen, Hayatını Kur</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050843651</t>
+          <t>9786259621524</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Geçidi (Bez Ciltli)</t>
+          <t>İçimde Susmayan Bir Çocuk Ağlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>565</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050832938</t>
+          <t>9786050849660</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Cam Irmağı Taş Gemi (Bez Ciltli)</t>
+          <t>Gözler Gazze’de Yok Edilmeye Tanıklık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050832006</t>
+          <t>9786050849622</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Enformatik Cehalet</t>
+          <t>Bilim Ne Değildir?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>60</v>
+        <v>375</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050811339</t>
+          <t>9786050849639</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İnci Mercan</t>
+          <t>Benim Aptal Niyetlerim</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>13.89</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753628280</t>
+          <t>9786050849653</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi (Bilim) - Şaşkın Dinozorlar</t>
+          <t>Aileni Suçlamayı Bırak Olgunlaşmaya Bak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050818888</t>
+          <t>9786050849585</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Motivaksiyon</t>
+          <t>Gece Yarısı Tutuklanmayı Beklemek</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>12.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>1520501987710</t>
+          <t>9786050849615</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Adem Güneş'le Çocukluktan Ergenliğe (6 Kitap Takım)</t>
+          <t>Hatırlamanın Bilimi ve Unutmanın Gerekliliği</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>1520501987819</t>
+          <t>9786050849608</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Adem Güneş'le Çocuk Eğitimine İlk Adım (8 Kitap Takım )</t>
+          <t>Denizin Canavarları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>440</v>
+        <v>325</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9799753627954</t>
+          <t>9786050849592</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kadın İlmihali</t>
+          <t>Kendi Gölgeni Aşmak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050823455</t>
+          <t>9786050849301</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda Neler Oluyor? (Ciltli)</t>
+          <t>Kendine Yardımın El Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>13.43</v>
+        <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050818116</t>
+          <t>9786250017869</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İncir Tadında İyilik Öyküleri</t>
+          <t>Bediüzzaman Said Nursi 87 Yıllık Mübarek Bir Ömür</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>18.52</v>
+        <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050818055</t>
+          <t>9786050843651</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu</t>
+          <t>Kehribar Geçidi (Bez Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>45</v>
+        <v>565</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050816877</t>
+          <t>9786050832938</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehzade: Cem Sultan</t>
+          <t>Cam Irmağı Taş Gemi (Bez Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>9.26</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050816181</t>
+          <t>9786050832006</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yedi Düvele Karşı</t>
+          <t>Enformatik Cehalet</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>22.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786050816228</t>
+          <t>9786050811339</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mintan</t>
+          <t>İnci Mercan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050816082</t>
+          <t>9789753628280</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Mucizeleri</t>
+          <t>Eğlenceli Bilgi (Bilim) - Şaşkın Dinozorlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050816105</t>
+          <t>9786050818888</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Kitapçı Fikry'nin İnanılmaz Hikâyesi</t>
+          <t>Motivaksiyon</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>275</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050819335</t>
+          <t>1520501987710</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - İlk Macera</t>
+          <t>Adem Güneş'le Çocukluktan Ergenliğe (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>17.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050819502</t>
+          <t>1520501987819</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen : Oyuk İğne'nin Esrarı</t>
+          <t>Adem Güneş'le Çocuk Eğitimine İlk Adım (8 Kitap Takım )</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>16.2</v>
+        <v>440</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050819236</t>
+          <t>9799753627954</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kelime Avcısı</t>
+          <t>Kadın İlmihali</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>32.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050812329</t>
+          <t>9786050823455</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Dışarıda Neler Oluyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>75</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050819571</t>
+          <t>9786050818116</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Evliya Çelebi ve Tükenmez Kalemi</t>
+          <t>İncir Tadında İyilik Öyküleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050819861</t>
+          <t>9786050818055</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Gelibolu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>16.2</v>
+        <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050819816</t>
+          <t>9786050816877</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Sekiz Yüz On Üç</t>
+          <t>Esir Şehzade: Cem Sultan</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050819700</t>
+          <t>9786050816181</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Sorularla Namaz</t>
+          <t>Yedi Düvele Karşı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>13.43</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050814132</t>
+          <t>9786050816228</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Siyasi Tarihi (1914-1995)</t>
+          <t>Kanlı Mintan</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>46.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9799753626124</t>
+          <t>9786050816082</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İşaret Taşları</t>
+          <t>Hz. Muhammed'in Mucizeleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753626088</t>
+          <t>9786050816105</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İstihbaratta Beyin Yıkama</t>
+          <t>Huysuz Kitapçı Fikry'nin İnanılmaz Hikâyesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>10.65</v>
+        <v>275</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752637603</t>
+          <t>9786050819335</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Anlamak</t>
+          <t>Sherlock Holmes - İlk Macera</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>22.22</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752639614</t>
+          <t>9786050819502</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Yaşama Sanatı</t>
+          <t>Arsen Lüpen : Oyuk İğne'nin Esrarı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>25.46</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752639782</t>
+          <t>9786050819236</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Zihin Tarihi</t>
+          <t>Kelime Avcısı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>25</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753626712</t>
+          <t>9786050812329</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Silahsız Askeri Badşah Han Sivil Direniş</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>9.26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752637597</t>
+          <t>9786050819571</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İslam Birliği ve Mustafa Kemal</t>
+          <t>İnanılmaz Evliya Çelebi ve Tükenmez Kalemi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050801316</t>
+          <t>9786050819861</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim Tarihi Üzerine Konferanslar</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>20.83</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753625630</t>
+          <t>9786050819816</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İpler Kimin Elinde Komplo Teorileri</t>
+          <t>Arsen Lüpen - Sekiz Yüz On Üç</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>10.65</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9799752633284</t>
+          <t>9786050819700</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlunun Uzay Macerası</t>
+          <t>Gençler İçin Sorularla Namaz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>8.8</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9799752634410</t>
+          <t>9786050814132</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yüzlü Şehirler</t>
+          <t>20. Yüzyıl Siyasi Tarihi (1914-1995)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>16.2</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050811612</t>
+          <t>9799753626124</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İnsan Güzeldir</t>
+          <t>İşaret Taşları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9799752634229</t>
+          <t>9789753626088</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İnanca Dair 100 Soru Cevap</t>
+          <t>İstihbaratta Beyin Yıkama</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>7.88</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752637627</t>
+          <t>9789752637603</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Akşamı</t>
+          <t>İstanbul’u Anlamak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>12.04</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752637030</t>
+          <t>9789752639614</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İman Hakikatleri</t>
+          <t>İstanbul’da Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>4.63</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050804973</t>
+          <t>9789752639782</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlılar ve Batı Anadolu Beylikler Dünyası</t>
+          <t>İslam’ın Zihin Tarihi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>27.78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051143637</t>
+          <t>9789753626712</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İlk Atlas (Ciltli)</t>
+          <t>İslam’ın Silahsız Askeri Badşah Han Sivil Direniş</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>21.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050808568</t>
+          <t>9789752637597</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Seyahatnamesi</t>
+          <t>İslam Birliği ve Mustafa Kemal</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>20.83</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752638297</t>
+          <t>9786050801316</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İkna Odası</t>
+          <t>İslam Bilim Tarihi Üzerine Konferanslar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>8.34</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9799752631389</t>
+          <t>9789753625630</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İki Kişilik Rüyalar</t>
+          <t>İpler Kimin Elinde Komplo Teorileri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>8.8</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752637085</t>
+          <t>9799752633284</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İhanet Çemberi PKK’yı Yöneten Türkler</t>
+          <t>İnsanoğlunun Uzay Macerası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>12.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051143231</t>
+          <t>9799752634410</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İdare Edemem Anne!</t>
+          <t>İnsan Yüzlü Şehirler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>10.19</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9799752631181</t>
+          <t>9786050811612</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geldiği Gibi</t>
+          <t>İnsan Güzeldir</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050810738</t>
+          <t>9799752634229</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Cennete Yolculuk</t>
+          <t>İnanca Dair 100 Soru Cevap</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>10.19</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752634169</t>
+          <t>9789752637627</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Şehir ve Mimari</t>
+          <t>İmparatorluğun Son Akşamı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>18.06</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051148120</t>
+          <t>9789752637030</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İbrahim’in Beni Terketmesi</t>
+          <t>İman Hakikatleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050807776</t>
+          <t>9786050804973</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Ruhu</t>
+          <t>İlk Osmanlılar ve Batı Anadolu Beylikler Dünyası</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>40</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050804591</t>
+          <t>9786051143637</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Beden Dili</t>
+          <t>İlk Atlas (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9799753627350</t>
+          <t>9786050808568</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Havalar</t>
+          <t>İlber Ortaylı Seyahatnamesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>6.02</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050809077</t>
+          <t>9789752638297</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hüzün ve Ben</t>
+          <t>İkna Odası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>45</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050804171</t>
+          <t>9799752631389</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Hastalığı</t>
+          <t>İki Kişilik Rüyalar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>13.43</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9799753627558</t>
+          <t>9789752637085</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ile Aşk</t>
+          <t>İhanet Çemberi PKK’yı Yöneten Türkler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>6.95</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752634954</t>
+          <t>9786051143231</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devlete Sızabilir mi?</t>
+          <t>İdare Edemem Anne!</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>12.97</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9799752631808</t>
+          <t>9799752631181</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hoşgeldin Bebeğim Anneler İçin Annelerin Diliyle</t>
+          <t>İçimden Geldiği Gibi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051141053</t>
+          <t>9786050810738</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal</t>
+          <t>İçimdeki Cennete Yolculuk</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>12.97</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050807783</t>
+          <t>9789752634169</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hilalin İki Ucu</t>
+          <t>İslam’da Şehir ve Mimari</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>11.58</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753629522</t>
+          <t>9786051148120</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hiçbiryer</t>
+          <t>İbrahim’in Beni Terketmesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051142654</t>
+          <t>9786050807776</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>İbadetlerin Ruhu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>12.96</v>
+        <v>40</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752635241</t>
+          <t>9786050804591</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma Yüzyılı Mezhepler Çatışması</t>
+          <t>Hz. Peygamber’in Beden Dili</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>11.12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752639645</t>
+          <t>9799753627350</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bir Anlamı Var</t>
+          <t>Hüzünlü Havalar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>12.5</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050810639</t>
+          <t>9786050809077</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeniden Başla</t>
+          <t>Hüzün ve Ben</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>9.17</v>
+        <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051141947</t>
+          <t>9786050804171</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Bir Ediple</t>
+          <t>Hüzün Hastalığı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>8.33</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050808421</t>
+          <t>9799753627558</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Bir Dua</t>
+          <t>Hüsn ile Aşk</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>11.57</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9799752633154</t>
+          <t>9789752634954</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İmam Nevevi ve Duası</t>
+          <t>Hukuk Devlete Sızabilir mi?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>7</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050807554</t>
+          <t>9799752631808</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Her Gece Bir Dua</t>
+          <t>Hoşgeldin Bebeğim Anneler İçin Annelerin Diliyle</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>11.57</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9799753627008</t>
+          <t>9786051141053</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Amerika 11 Eylül Şoku</t>
+          <t>Hoşçakal</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>9.26</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050819359</t>
+          <t>9786050807783</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hayallerimin Kitapçısı</t>
+          <t>Hilalin İki Ucu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>17.5</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050819373</t>
+          <t>9789753629522</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece Vakti</t>
+          <t>Hiçbiryer</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>45</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050818680</t>
+          <t>9786051142654</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren İcatlar ve Mucitler</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>16.2</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050818666</t>
+          <t>9789752635241</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Nar Tadında Bereket Öyküleri</t>
+          <t>Hesaplaşma Yüzyılı Mezhepler Çatışması</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>15.28</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050816594</t>
+          <t>9789752639645</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Beni Sessiz de Sevebilir misin?</t>
+          <t>Her Şeyin Bir Anlamı Var</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>70</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050812800</t>
+          <t>9786050810639</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Labirentleri</t>
+          <t>Her Güne Yeniden Başla</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>18.52</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050812473</t>
+          <t>9786051141947</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Di-Ze Dikkati ve Düşünme Becerilerini Geliştirme Seti 1. Sınıf</t>
+          <t>Her Gün Bir Ediple</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>145</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050816990</t>
+          <t>9786050808421</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ecinniler</t>
+          <t>Her Gün Bir Dua</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050816488</t>
+          <t>9799752633154</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Mesnevi-i Şerif Tam Metin (2. Hamur) (Ciltli)</t>
+          <t>İmam Nevevi ve Duası</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>23.15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051142647</t>
+          <t>9786050807554</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tanınmayan Büyük Çağ</t>
+          <t>Her Gece Bir Dua</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>95</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050810691</t>
+          <t>9799753627008</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaş Tarihi: Osmanlı Askeri Tarihi (Ciltli)</t>
+          <t>Hedefteki Amerika 11 Eylül Şoku</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>111.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050827224</t>
+          <t>9786050819359</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>Hayallerimin Kitapçısı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050825220</t>
+          <t>9786050819373</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İdeal Ekip Oyuncusu</t>
+          <t>Bir Gece Vakti</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>110</v>
+        <v>45</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050827866</t>
+          <t>9786050818680</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sakın Acında Kaybolma</t>
+          <t>Tarihi Değiştiren İcatlar ve Mucitler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>23.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050817447</t>
+          <t>9786050818666</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Yaprak Test</t>
+          <t>Nar Tadında Bereket Öyküleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>9.73</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050817386</t>
+          <t>9786050816594</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Yaprak Test</t>
+          <t>Beni Sessiz de Sevebilir misin?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>7.41</v>
+        <v>70</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050817362</t>
+          <t>9786050812800</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Konu Anlatımı (4 Kitap Fasikül)</t>
+          <t>Ruhun Labirentleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050823738</t>
+          <t>9786050812473</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Son Macera</t>
+          <t>Di-Ze Dikkati ve Düşünme Becerilerini Geliştirme Seti 1. Sınıf</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>16.2</v>
+        <v>145</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050822274</t>
+          <t>9786050816990</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Babil Taşı</t>
+          <t>Ecinniler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>27.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050822168</t>
+          <t>9786050816488</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Babam İçin Beyaz Bir Kuğu</t>
+          <t>Mevlana Mesnevi-i Şerif Tam Metin (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050822113</t>
+          <t>9786051142647</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiyedeki Hafiye</t>
+          <t>Tanınmayan Büyük Çağ</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>25</v>
+        <v>95</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050822397</t>
+          <t>9786050810691</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Korku Vadisi</t>
+          <t>Dünya Savaş Tarihi: Osmanlı Askeri Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>16.2</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050820225</t>
+          <t>9786050827224</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Yaralı Yüz</t>
+          <t>İnsanların Dünyası</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>16.2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050820171</t>
+          <t>9786050825220</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Kristal Tıpa</t>
+          <t>İdeal Ekip Oyuncusu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>18.52</v>
+        <v>110</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050822359</t>
+          <t>9786050827866</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Panoptik Bela</t>
+          <t>Sakın Acında Kaybolma</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>18.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050821895</t>
+          <t>9786050817447</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Topkapı Sarayı - Bir Müstakil Dünya (Ciltli)</t>
+          <t>3. Sınıf Tüm Dersler Yaprak Test</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>110</v>
+        <v>9.73</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050825831</t>
+          <t>9786050817386</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yerli Yersiz Cümleler (İmzalı - Numaralı Özel Baskı) (Ciltli)</t>
+          <t>2. Sınıf Tüm Dersler Yaprak Test</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>65</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050825374</t>
+          <t>9786050817362</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa 33 Reçete</t>
+          <t>2. Sınıf Matematik Konu Anlatımı (4 Kitap Fasikül)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050822311</t>
+          <t>9786050823738</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İlma - Dunah'ın Terazisi</t>
+          <t>Sherlock Holmes - Son Macera</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050821857</t>
+          <t>9786050822274</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kelebek ve Dağ</t>
+          <t>Babil Taşı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>18.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050821819</t>
+          <t>9786050822168</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Şarkısı</t>
+          <t>Babam İçin Beyaz Bir Kuğu</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>24.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050820553</t>
+          <t>9786050822113</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mohaç - İsyan, Zafer ve Destan</t>
+          <t>Tuhafiyedeki Hafiye</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>25.46</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050820522</t>
+          <t>9786050822397</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Okumaları</t>
+          <t>Sherlock Holmes - Korku Vadisi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>45</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050826760</t>
+          <t>9786050820225</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tahta At (Ciltli)</t>
+          <t>Sherlock Holmes - Yaralı Yüz</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>40</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050825060</t>
+          <t>9786050820171</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Anne Darbe Ne Demek?</t>
+          <t>Arsen Lüpen - Kristal Tıpa</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050824391</t>
+          <t>9786050822359</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Alp Arslan'ın Yolu Anadolu</t>
+          <t>Panoptik Bela</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>40</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050823844</t>
+          <t>9786050821895</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Edinerek Öğrenme</t>
+          <t>Topkapı Sarayı - Bir Müstakil Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>26.39</v>
+        <v>110</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050824735</t>
+          <t>9786050825831</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar – Hermann Hesse / Thomas Mann</t>
+          <t>Yerli Yersiz Cümleler (İmzalı - Numaralı Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>65</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050823417</t>
+          <t>9786050825374</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes-Mezarlığın Sırrı</t>
+          <t>Ruha Şifa 33 Reçete</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>17.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050820300</t>
+          <t>9786050822311</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Esrarlı Ev</t>
+          <t>İlma - Dunah'ın Terazisi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>16.2</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050820263</t>
+          <t>9786050821857</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
+          <t>Kelebek ve Dağ</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>16.2</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752635579</t>
+          <t>9786050821819</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Mesnevi-i Şerif Tam Metin (1. Hamur) (Ciltli)</t>
+          <t>Çiçeklerin Şarkısı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>34.73</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752637023</t>
+          <t>9786050820553</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Mohaç - İsyan, Zafer ve Destan</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>16.2</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9799753629231</t>
+          <t>9786050820522</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Yenigün Hikayeleri</t>
+          <t>Edebiyat Okumaları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>10.19</v>
+        <v>45</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050801552</t>
+          <t>9786050826760</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Biber</t>
+          <t>Tahta At (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9799753626056</t>
+          <t>9786050825060</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mem ile Zin</t>
+          <t>Anne Darbe Ne Demek?</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>6.48</v>
+        <v>26</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9799752632232</t>
+          <t>9786050824391</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 2 Kurtuluş</t>
+          <t>Alp Arslan'ın Yolu Anadolu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753622561</t>
+          <t>9786050823844</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif’e Göre Dün Bugün Yarın</t>
+          <t>Edinerek Öğrenme</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>15.28</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051141305</t>
+          <t>9786050824735</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif</t>
+          <t>Mektuplar – Hermann Hesse / Thomas Mann</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>20.37</v>
+        <v>210</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051144603</t>
+          <t>9786050823417</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Sherlock Holmes-Mezarlığın Sırrı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>9.26</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9799753626407</t>
+          <t>9786050820300</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Matruşka Kurşun Adres Sormaz</t>
+          <t>Sherlock Holmes - Esrarlı Ev</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>12.97</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752637689</t>
+          <t>9786050820263</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Matrak Böcekler</t>
+          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>40</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9799753626063</t>
+          <t>9789752635579</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Masal Estetiği</t>
+          <t>Mevlana Mesnevi-i Şerif Tam Metin (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>8.8</v>
+        <v>34.73</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050807141</t>
+          <t>9789752637023</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Malan Barkirin</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>17.59</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051146867</t>
+          <t>9799753629231</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mahrem ve Münzevi</t>
+          <t>Merhaba Yenigün Hikayeleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>110</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051141336</t>
+          <t>9786050801552</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Mahmut’un Pabuçları</t>
+          <t>Meraklı Biber</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>8.8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752636972</t>
+          <t>9799753626056</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mafya Yeraltının Kriminal Efendileri</t>
+          <t>Mem ile Zin</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>16.21</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752635883</t>
+          <t>9799752632232</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Maden Savaşları</t>
+          <t>Metal Fırtına 2 Kurtuluş</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050801521</t>
+          <t>9789753622561</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Elma</t>
+          <t>Mehmed Akif’e Göre Dün Bugün Yarın</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>13.89</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9799752633680</t>
+          <t>9786051141305</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Mehmed Akif</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>6.94</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051148625</t>
+          <t>9786051144603</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>19.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051141671</t>
+          <t>9799753626407</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Lal</t>
+          <t>Matruşka Kurşun Adres Sormaz</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>15.28</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752639836</t>
+          <t>9789752637689</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kürtleri Anlamak</t>
+          <t>Matrak Böcekler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>17.13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752638846</t>
+          <t>9799753626063</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu</t>
+          <t>Masal Estetiği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>32.41</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752637412</t>
+          <t>9786050807141</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kürt Meselesi ile Yüzleşmek</t>
+          <t>Malan Barkirin</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>11.58</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752634893</t>
+          <t>9786051146867</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Küller Altında Yakın Tarih</t>
+          <t>Mahrem ve Münzevi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>16.2</v>
+        <v>110</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050801217</t>
+          <t>9786051141336</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Küller</t>
+          <t>Mahmut’un Pabuçları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>9.26</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050808544</t>
+          <t>9789752636972</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Küf</t>
+          <t>Mafya Yeraltının Kriminal Efendileri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>22.5</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752635876</t>
+          <t>9789752635883</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Irak Kürtçülük ve Ayrılıkçı Terör</t>
+          <t>Maden Savaşları</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752636835</t>
+          <t>9786050801521</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklara Yolculuk</t>
+          <t>Maceracı Elma</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>21.3</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051143248</t>
+          <t>9799752633680</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uykusu</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>11.12</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051144931</t>
+          <t>9786051148625</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Küresel Vicdan</t>
+          <t>Lale Devri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>9.26</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051143903</t>
+          <t>9786051141671</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’la Diriliş</t>
+          <t>Lal</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>6.95</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752637702</t>
+          <t>9789752639836</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kumandan</t>
+          <t>Kürtleri Anlamak</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>22.69</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050804607</t>
+          <t>9789752638846</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kul Peygamber</t>
+          <t>Kürt Sorunu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>50</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752635371</t>
+          <t>9789752637412</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kubbeyi Yere Koymamak</t>
+          <t>Kürt Meselesi ile Yüzleşmek</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>24.07</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051143262</t>
+          <t>9789752634893</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Koza</t>
+          <t>Küller Altında Yakın Tarih</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>10.19</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752636606</t>
+          <t>9786050801217</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kovulmuşların Evi</t>
+          <t>Küller</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>14.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752638945</t>
+          <t>9786050808544</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Korku Duvarını Yıkmak</t>
+          <t>Küf</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>16.67</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752631885</t>
+          <t>9789752635876</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kitaplara İman</t>
+          <t>Kuzey Irak Kürtçülük ve Ayrılıkçı Terör</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>1.39</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051146348</t>
+          <t>9789752636835</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kirli Kramponlar</t>
+          <t>Kutsal Topraklara Yolculuk</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>12.5</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051141244</t>
+          <t>9786051143248</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Ordular</t>
+          <t>Kuş Uykusu</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>20.84</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786051143446</t>
+          <t>9786051144931</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kibrit Kutusundaki Sarıkamış - Sibirya Günlükleri</t>
+          <t>Küresel Vicdan</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>24.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9799753624281</t>
+          <t>9786051143903</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Komplo Yok</t>
+          <t>Kur’an’la Diriliş</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>10.65</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051145280</t>
+          <t>9789752637702</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Yanardağlar</t>
+          <t>Kumandan</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>40</v>
+        <v>22.69</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9799753629736</t>
+          <t>9786050804607</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Komplosu</t>
+          <t>Kul Peygamber</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>13.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752638952</t>
+          <t>9789752635371</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kıt’a Dur!</t>
+          <t>Kubbeyi Yere Koymamak</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>140</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752639720</t>
+          <t>9786051143262</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı</t>
+          <t>Koza</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>16.2</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050807516</t>
+          <t>9789752636606</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan İttifaktan Model Ortaklığa Türkiye ABD İlişkileri</t>
+          <t>Kovulmuşların Evi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>30</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753629102</t>
+          <t>9789752638945</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kıran Kırana Zeka Soruları  Eğlenceli Matematik 5</t>
+          <t>Korku Duvarını Yıkmak</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>40</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752635234</t>
+          <t>9789752631885</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kıl Beni Ey Namaz</t>
+          <t>Kitaplara İman</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>7.87</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753628815</t>
+          <t>9786051146348</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ketçap Mayonez ve Sindirim Eğlenceli Bilgi - 21</t>
+          <t>Kirli Kramponlar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>40</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753625661</t>
+          <t>9786051141244</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Kiralık Ordular</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>6.95</v>
+        <v>20.84</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051143460</t>
+          <t>9786051143446</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kerberos</t>
+          <t>Kibrit Kutusundaki Sarıkamış - Sibirya Günlükleri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>20</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051141084</t>
+          <t>9799753624281</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kent Dindarlığı</t>
+          <t>Komplo Yok</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>9.26</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752635951</t>
+          <t>9786051145280</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kendinize Hoş Geldiniz</t>
+          <t>Kızgın Yanardağlar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>8.33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752638044</t>
+          <t>9799753629736</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Kıyamet Komplosu</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>12.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051141923</t>
+          <t>9789752638952</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Öte Bir Yol</t>
+          <t>Kıt’a Dur!</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>12.5</v>
+        <v>140</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051146881</t>
+          <t>9789752639720</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler ve Kader</t>
+          <t>Kırmızı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051149226</t>
+          <t>9786050807516</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Keje</t>
+          <t>Kırılgan İttifaktan Model Ortaklığa Türkiye ABD İlişkileri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>8.33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786050801385</t>
+          <t>9789753629102</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>KCK - Demokrasi Kılıfında Terör</t>
+          <t>Kıran Kırana Zeka Soruları  Eğlenceli Matematik 5</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>10.19</v>
+        <v>40</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051144320</t>
+          <t>9789752635234</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir’in Gözüyle Yakın Tarihimiz</t>
+          <t>Kıl Beni Ey Namaz</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>15.28</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051141091</t>
+          <t>9789753628815</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gül (Ciltli)</t>
+          <t>Ketçap Mayonez ve Sindirim Eğlenceli Bilgi - 21</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>23.15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051141060</t>
+          <t>9789753625661</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gül</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>12.04</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051144986</t>
+          <t>9786051143460</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bozkurtlar</t>
+          <t>Kerberos</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752635784</t>
+          <t>9786051141084</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Karşı Darbe CIA İran’da</t>
+          <t>Kent Dindarlığı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051146966</t>
+          <t>9789752635951</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Oda</t>
+          <t>Kendinize Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>11.58</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051146669</t>
+          <t>9789752638044</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kanuni ve Şarlken</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>20.83</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752639539</t>
+          <t>9786051141923</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Hicviyesi</t>
+          <t>Kendinden Öte Bir Yol</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>12.97</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051143279</t>
+          <t>9786051146881</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Karizma Zamanları</t>
+          <t>Kelimeler ve Kader</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9799752634014</t>
+          <t>9786051149226</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kamikaze Operasyonu  11 Eylül’ün Gerçek Romanı</t>
+          <t>Keje</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752634923</t>
+          <t>9786050801385</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kalp Süvarileri</t>
+          <t>KCK - Demokrasi Kılıfında Terör</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>14</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9799752633949</t>
+          <t>9786051144320</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kalite Liderliği Dorukları Düşleyenlerin Kitabı</t>
+          <t>Kazım Karabekir’in Gözüyle Yakın Tarihimiz</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>12.97</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050811261</t>
+          <t>9786051141091</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Mühendisi</t>
+          <t>Kayıp Gül (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>20</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051149301</t>
+          <t>9786051141060</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Direnişi</t>
+          <t>Kayıp Gül</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789753629911</t>
+          <t>9786051144986</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizi Yeniden Yazmak</t>
+          <t>Kayıp Bozkurtlar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9799752633918</t>
+          <t>9789752635784</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kafkasyalı Hasan</t>
+          <t>Karşı Darbe CIA İran’da</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>6.95</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752638099</t>
+          <t>9786051146966</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar, Erkekler, Aşıklar</t>
+          <t>Karanlık Oda</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051148137</t>
+          <t>9786051146669</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kader Denizi</t>
+          <t>Kanuni ve Şarlken</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>9.26</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051144030</t>
+          <t>9789752639539</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Jitem’i Ben Kurdum</t>
+          <t>Kanuni Hicviyesi</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>12.97</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051140513</t>
+          <t>9786051143279</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Jitem</t>
+          <t>Karizma Zamanları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>11.57</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051144917</t>
+          <t>9799752634014</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Jerusalem</t>
+          <t>Kamikaze Operasyonu  11 Eylül’ün Gerçek Romanı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>13.43</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050813104</t>
+          <t>9789752634923</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Beş Vakit İnsan</t>
+          <t>Kalp Süvarileri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>9.26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050813081</t>
+          <t>9799752633949</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Şifalar Kitabı</t>
+          <t>Kalite Liderliği Dorukları Düşleyenlerin Kitabı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>18</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050812923</t>
+          <t>9786050811261</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Şehrim Aşk</t>
+          <t>Kaldırım Mühendisi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>16.21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051143125</t>
+          <t>9786051149301</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kader Denizi (Ciltli)</t>
+          <t>Kalbin Direnişi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>32.41</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789752639768</t>
+          <t>9789753629911</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İtirafçı</t>
+          <t>Kalbimizi Yeniden Yazmak</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>10.19</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050813098</t>
+          <t>9799752633918</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Evinden Anılar</t>
+          <t>Kafkasyalı Hasan</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>35</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050811667</t>
+          <t>9789752638099</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kafirun</t>
+          <t>Kadınlar, Erkekler, Aşıklar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>14.82</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9799752630597</t>
+          <t>9786051148137</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Eğitim ve Psikoloji Rehberi</t>
+          <t>Kader Denizi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>25.46</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752635708</t>
+          <t>9786051144030</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ankara’da Gölge Oyunları Gizli Dosyalar Serin Sular</t>
+          <t>Jitem’i Ben Kurdum</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>10.19</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752638150</t>
+          <t>9786051140513</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Anka</t>
+          <t>Jitem</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>23.5</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050804959</t>
+          <t>9786051144917</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Altın Anahtar (4 Kitap Takım, Kutulu)</t>
+          <t>Jerusalem</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>47.69</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051141848</t>
+          <t>9786050813104</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Elçisi Hz. Muhammed’in Hayatı (1-2 Tek Cilt) (Ciltli)</t>
+          <t>Beş Vakit İnsan</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>115</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050811506</t>
+          <t>9786050813081</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Boyasıyla Boyanmak</t>
+          <t>Şifalar Kitabı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050804393</t>
+          <t>9786050812923</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Allah Resulü’nü Görenler</t>
+          <t>Şehrim Aşk</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>9</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9799752634731</t>
+          <t>9786051143125</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarının Ramazan Hatıraları</t>
+          <t>Kader Denizi (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>3.61</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752635418</t>
+          <t>9789752639768</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarından İbret ve Hikmet Öyküleri</t>
+          <t>İtirafçı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>6.94</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051144849</t>
+          <t>9786050813098</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Alışverişkolik</t>
+          <t>Ölüler Evinden Anılar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>32.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051144573</t>
+          <t>9786050811667</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Alevilerin Kemalizm’le İmtihanı</t>
+          <t>Kafirun</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>16.67</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9779753621732</t>
+          <t>9799752630597</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Alevi-Bektaşi Kimliği</t>
+          <t>Ansiklopedik Eğitim ve Psikoloji Rehberi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>19.44</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051142272</t>
+          <t>9789752635708</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Alevi Modernleşmesi</t>
+          <t>Ankara’da Gölge Oyunları Gizli Dosyalar Serin Sular</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>16.2</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051141008</t>
+          <t>9789752638150</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Alafrangalığın Tarihi</t>
+          <t>Anka</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>23.15</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789753625098</t>
+          <t>9786050804959</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Al Yüreğim Senin Olsun</t>
+          <t>Altın Anahtar (4 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>7.41</v>
+        <v>47.69</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752634633</t>
+          <t>9786051141848</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Akrep Kapısı</t>
+          <t>Allah’ın Elçisi Hz. Muhammed’in Hayatı (1-2 Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>9.26</v>
+        <v>115</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752635265</t>
+          <t>9786050811506</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Aklımı Seveyim Eğlenceli Bilgi 39</t>
+          <t>Allah’ın Boyasıyla Boyanmak</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9799753624724</t>
+          <t>9786050804393</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Akılalmaz Yapılar Eğlenceli Bilgi - 4</t>
+          <t>Allah Resulü’nü Görenler</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050811599</t>
+          <t>9799752634731</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ak Zambaklar Ülkesinde</t>
+          <t>Allah Dostlarının Ramazan Hatıraları</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>13.5</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752635210</t>
+          <t>9789752635418</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ailem Yuvam Huzurum</t>
+          <t>Allah Dostlarından İbret ve Hikmet Öyküleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>6.95</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051141893</t>
+          <t>9786051144849</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ailede Sorumluluk Eğitimi</t>
+          <t>Alışverişkolik</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>10.19</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051141572</t>
+          <t>9786051144573</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ailede Din Eğitimi</t>
+          <t>Alevilerin Kemalizm’le İmtihanı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051144924</t>
+          <t>9779753621732</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ailede Cinsel Eğitim</t>
+          <t>Alevi-Bektaşi Kimliği</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>12.5</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9799753620573</t>
+          <t>9786051142272</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Aile Sağlığı Ansiklopedisi (Ciltli)</t>
+          <t>Alevi Modernleşmesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>23.15</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789753629775</t>
+          <t>9786051141008</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Aile Okulu</t>
+          <t>Alafrangalığın Tarihi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786050806694</t>
+          <t>9789753625098</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Aile Eğitim Seti - 1 (5 Kitap Takım, Kutulu)</t>
+          <t>Al Yüreğim Senin Olsun</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>68.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050803204</t>
+          <t>9789752634633</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Af Duaları</t>
+          <t>Akrep Kapısı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051141749</t>
+          <t>9789752635265</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Açık Medeniyet</t>
+          <t>Aklımı Seveyim Eğlenceli Bilgi 39</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>12.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789752631687</t>
+          <t>9799753624724</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Abluka</t>
+          <t>Akılalmaz Yapılar Eğlenceli Bilgi - 4</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9799753626544</t>
+          <t>9786050811599</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman Gülüşleri</t>
+          <t>Ak Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>6.94</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051141046</t>
+          <t>9789752635210</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid Donanmasında Bir Bahriyeli</t>
+          <t>Ailem Yuvam Huzurum</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>12.5</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051144900</t>
+          <t>9786051141893</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Abdülaziz</t>
+          <t>Ailede Sorumluluk Eğitimi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>8.34</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9799752631792</t>
+          <t>9786051141572</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>99 Esma 99 Dua 3</t>
+          <t>Ailede Din Eğitimi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>7.87</v>
+        <v>20</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050810899</t>
+          <t>9786051144924</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>99 Esma 99 Dua (1- 2- 3)</t>
+          <t>Ailede Cinsel Eğitim</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>9.17</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051144962</t>
+          <t>9799753620573</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi - Tuna’da Son Osmanlı Yahudileri</t>
+          <t>Aile Sağlığı Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>27.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789752635647</t>
+          <t>9789753629775</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs’tan Yassıada Mahkemelerine Menderes</t>
+          <t>Aile Okulu</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>12.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9799753625318</t>
+          <t>9786050806694</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Politik Düşünürleri</t>
+          <t>Aile Eğitim Seti - 1 (5 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>16.21</v>
+        <v>68.52</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051149189</t>
+          <t>9786050803204</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>1993 - Örtülü Darbe</t>
+          <t>Af Duaları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>13.43</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752636699</t>
+          <t>9786051141749</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>18 Yaşında Uyudun 29 Yaşında Uyandın Oğlum</t>
+          <t>Açık Medeniyet</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>8.33</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051142807</t>
+          <t>9789752631687</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>114 Kod Hz. Peygamberin Düşünce Davranış Konuşma Atlası</t>
+          <t>Abluka</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>13.43</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051142418</t>
+          <t>9799753626544</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>%100 Eğlenceli Günlüğüm</t>
+          <t>Ahir Zaman Gülüşleri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>8.8</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789752636873</t>
+          <t>9786051141046</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Zilha Günü</t>
+          <t>Abdülhamid Donanmasında Bir Bahriyeli</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>7.41</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786050810714</t>
+          <t>9786051144900</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Zekadan Dehaya</t>
+          <t>Abdülaziz</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>15.28</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9799752633574</t>
+          <t>9799752631792</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>99 Esma 99 Dua 3</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>6.94</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051145488</t>
+          <t>9786050810899</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Anne Baba Olmak İçin 7 Armağan</t>
+          <t>99 Esma 99 Dua (1- 2- 3)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>18.52</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752639294</t>
+          <t>9786051144962</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Yaşama Sanatı</t>
+          <t>93 Harbi - Tuna’da Son Osmanlı Yahudileri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>8.8</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752635890</t>
+          <t>9789752635647</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yüksek İslam Ahlakı</t>
+          <t>27 Mayıs’tan Yassıada Mahkemelerine Menderes</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>5.56</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789752636880</t>
+          <t>9799753625318</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>20. Yüzyıl Politik Düşünürleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>9.03</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9799752631082</t>
+          <t>9786051149189</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yol Yorgunu - Asmina</t>
+          <t>1993 - Örtülü Darbe</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>6.48</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051141688</t>
+          <t>9789752636699</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yoksulların ve Şairlerin Kitabı (Ciltli)</t>
+          <t>18 Yaşında Uyudun 29 Yaşında Uyandın Oğlum</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>23.15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051144559</t>
+          <t>9786051142807</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yitip Giden İstanbul</t>
+          <t>114 Kod Hz. Peygamberin Düşünce Davranış Konuşma Atlası</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>15.28</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9799753627039</t>
+          <t>9786051142418</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Karanlıklar</t>
+          <t>%100 Eğlenceli Günlüğüm</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>5.56</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786050802726</t>
+          <t>9789752636873</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yesrib’de Bahar</t>
+          <t>Zilha Günü</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051148106</t>
+          <t>9786050810714</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yenilgiden Dönerken</t>
+          <t>Zekadan Dehaya</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>9.26</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9799753625967</t>
+          <t>9799752633574</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yapılanma Kuralları</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>7.41</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051140650</t>
+          <t>9786051145488</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri</t>
+          <t>Yürekten Anne Baba Olmak İçin 7 Armağan</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>12.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9799752633628</t>
+          <t>9789752639294</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yeme Bozuklukları Anoreksiya, Bulimia ve Diğerleri</t>
+          <t>Yüksek Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>11.58</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752635364</t>
+          <t>9789752635890</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla Bu Dünyadan Bir Defa Geçeceksin</t>
+          <t>Yüksek İslam Ahlakı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>17.13</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9799752630993</t>
+          <t>9789752636880</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yasin Tebareke Amme Cüzü - Türkçe Okunuşlu ve Mealli</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>3.7</v>
+        <v>9.03</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789753625463</t>
+          <t>9799752631082</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yanmak Vakti</t>
+          <t>Yol Yorgunu - Asmina</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789752635357</t>
+          <t>9786051141688</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihin Kara Delikleri</t>
+          <t>Yoksulların ve Şairlerin Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>14.82</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786050810653</t>
+          <t>9786051144559</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>Yitip Giden İstanbul</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>14.5</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786050804195</t>
+          <t>9799753627039</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Vurun Osmanlı’ya</t>
+          <t>Yıldızlı Karanlıklar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>27.5</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9799753628005</t>
+          <t>9786050802726</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Virüs Saldırıyor</t>
+          <t>Yesrib’de Bahar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>10.19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051140018</t>
+          <t>9786051148106</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yakınlık</t>
+          <t>Yenilgiden Dönerken</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>13.43</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789752637214</t>
+          <t>9799753625967</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf’tan Yazarlık Dersleri</t>
+          <t>Yeniden Yapılanma Kuralları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>8.8</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051144351</t>
+          <t>9786051140650</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Vefa Apartmanı</t>
+          <t>Yeniçeri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>16.67</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9799752631723</t>
+          <t>9799752633628</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
+          <t>Yeme Bozuklukları Anoreksiya, Bulimia ve Diğerleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>11.11</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9799752630757</t>
+          <t>9789752635364</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Var Oldum Da Ne Oldu!</t>
+          <t>Yavaşla Bu Dünyadan Bir Defa Geçeceksin</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>5.56</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789752639713</t>
+          <t>9799752630993</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Var mı Beni Anlamak İsteyen</t>
+          <t>Yasin Tebareke Amme Cüzü - Türkçe Okunuşlu ve Mealli</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>10.19</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051142333</t>
+          <t>9789753625463</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Binbir Sesi</t>
+          <t>Yanmak Vakti</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>17.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051149295</t>
+          <t>9789752635357</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Vahdeddin’in Sırdaşı Avni Paşa Anlatıyor</t>
+          <t>Yakın Tarihin Kara Delikleri</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>35</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9799753625677</t>
+          <t>9786050810653</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Üç.. İki.. Bir Ters Labirentlerde Final</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>8.34</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051146683</t>
+          <t>9786050804195</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Üç Yusuf Üç Rüya Üç Gömlek</t>
+          <t>Vurun Osmanlı’ya</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>11.11</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789752630932</t>
+          <t>9799753628005</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Dünyalılar ve Ufolar</t>
+          <t>Virüs Saldırıyor</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>40</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9799752631754</t>
+          <t>9786051140018</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Uzak Geceye Mektuplar</t>
+          <t>Yakınlık</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>6.48</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051141763</t>
+          <t>9789752637214</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Göçebe Ruhu</t>
+          <t>Virginia Woolf’tan Yazarlık Dersleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>18.52</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789752637047</t>
+          <t>9786051144351</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Vefa Apartmanı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>9</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789752636927</t>
+          <t>9799752631723</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Psikolojisi</t>
+          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>20.83</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789752639287</t>
+          <t>9799752630757</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Liderlik ve Fanatizm</t>
+          <t>Var Oldum Da Ne Oldu!</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>14.82</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789752636941</t>
+          <t>9789752639713</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve "Öteki"leştirdiklerimiz</t>
+          <t>Var mı Beni Anlamak İsteyen</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>14.82</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789752637429</t>
+          <t>9786051142333</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Türkler Niçin Müslüman Oldu?</t>
+          <t>Vahyin Binbir Sesi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>9.26</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752634190</t>
+          <t>9786051149295</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ufukların Sultanı Fatih Sultan Mehmed</t>
+          <t>Vahdeddin’in Sırdaşı Avni Paşa Anlatıyor</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>14.82</v>
+        <v>35</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789752639317</t>
+          <t>9799753625677</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Kazanmak</t>
+          <t>Üç.. İki.. Bir Ters Labirentlerde Final</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>15</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051140032</t>
+          <t>9786051146683</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Zihin Tarihi</t>
+          <t>Üç Yusuf Üç Rüya Üç Gömlek</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>70</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051146898</t>
+          <t>9789752630932</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Ölmeyen Babası</t>
+          <t>Uzaylılar Dünyalılar ve Ufolar</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>11.11</v>
+        <v>40</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9799753624922</t>
+          <t>9799752631754</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kanatlarınızın Altında</t>
+          <t>Uzak Geceye Mektuplar</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9799753628050</t>
+          <t>9786051141763</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Gerçeği</t>
+          <t>Türk’ün Göçebe Ruhu</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051142357</t>
+          <t>9789752637047</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Ezan ve Menderes</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>15.28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789752637573</t>
+          <t>9789752636927</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunda Zazalar ve Kürtler (Ciltli)</t>
+          <t>Türklerin Psikolojisi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>27.78</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789752639690</t>
+          <t>9789752639287</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanayi Toplumu (Ciltli)</t>
+          <t>Türklerde Liderlik ve Fanatizm</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>32.41</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752637863</t>
+          <t>9789752636941</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Şiiri Antolojisi (Ciltli)</t>
+          <t>Türkler ve "Öteki"leştirdiklerimiz</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>25.47</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051142708</t>
+          <t>9789752637429</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Türbeler</t>
+          <t>Türkler Niçin Müslüman Oldu?</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>15.28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789752633650</t>
+          <t>9789752634190</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Türban ve Kariyer</t>
+          <t>Ufukların Sultanı Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>12.5</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789752638495</t>
+          <t>9789752639317</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Tuncay Güney Anlatıyor</t>
+          <t>Türkiye’yi Kazanmak</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>11.12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9799753626490</t>
+          <t>9786051140032</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Işıkları</t>
+          <t>Türkiye’nin Zihin Tarihi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>9.26</v>
+        <v>70</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051141534</t>
+          <t>9786051146898</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Toplum Psikolojisi</t>
+          <t>Türkiye’nin Ölmeyen Babası</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>26.39</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051143651</t>
+          <t>9799753624922</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Gömlekler (Şömizli) (Ciltli)</t>
+          <t>Türkiye Kanatlarınızın Altında</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>160</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789752637870</t>
+          <t>9799753628050</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>The Traveler (Ciltli)</t>
+          <t>Türkiye Gerçeği</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>32.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789752634008</t>
+          <t>9786051142357</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Terör Kıskacında Türkiye Oligarşi mi? Demokrasi mi?</t>
+          <t>Türkçe Ezan ve Menderes</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>9.26</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051141213</t>
+          <t>9789752637573</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>The Thing</t>
+          <t>Türk Toplumunda Zazalar ve Kürtler (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>12.04</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752637528</t>
+          <t>9789752639690</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Fatih</t>
+          <t>Türk Sanayi Toplumu (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>7.41</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786050802771</t>
+          <t>9789752637863</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Fatih</t>
+          <t>Türk Halk Şiiri Antolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>21.76</v>
+        <v>25.47</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9799753625592</t>
+          <t>9786051142708</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ferhat ile Şirin Aşk hu</t>
+          <t>Türbeler</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>5.56</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051141558</t>
+          <t>9789752633650</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Fatma Aliye</t>
+          <t>Türban ve Kariyer</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>11.12</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051142227</t>
+          <t>9789752638495</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Rüyası</t>
+          <t>Tuncay Güney Anlatıyor</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>11.58</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9799752631068</t>
+          <t>9799753626490</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Farkında Mısın?</t>
+          <t>Toplumun Işıkları</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051146812</t>
+          <t>9786051141534</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi’nin İzinde İstanbul</t>
+          <t>Toplum Psikolojisi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>15.28</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752635715</t>
+          <t>9786051143651</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte İdeal Duruşlar</t>
+          <t>Tılsımlı Gömlekler (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>8.34</v>
+        <v>160</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786051146843</t>
+          <t>9789752637870</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Evliliğimize Aşk Olsun</t>
+          <t>The Traveler (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>11.11</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789752635173</t>
+          <t>9789752634008</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Evli misiniz, Eşli misiniz? Tanıştık, Nişanlandık, Evlendik</t>
+          <t>Terör Kıskacında Türkiye Oligarşi mi? Demokrasi mi?</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786051149196</t>
+          <t>9786051141213</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Evde Okul Okulda Kalite</t>
+          <t>The Thing</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>13.43</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752634916</t>
+          <t>9789752637528</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Gelecek - Eğlenceli Bilgi 54</t>
+          <t>Fetih ve Fatih</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051144542</t>
+          <t>9786050802771</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Fay Hattında Erzincan</t>
+          <t>Fetih ve Fatih</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>12.5</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752637610</t>
+          <t>9799753625592</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Erdoğan Operasyonu</t>
+          <t>Ferhat ile Şirin Aşk hu</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>18.06</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789752639911</t>
+          <t>9786051141558</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Enerji Kan Kokuyor</t>
+          <t>Fatma Aliye</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>11.12</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786050807820</t>
+          <t>9786051142227</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dualar</t>
+          <t>Fatih’in Rüyası</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>12.5</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752638433</t>
+          <t>9799752631068</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kadın Hareketinde Bir Öncü Emine Semiye</t>
+          <t>Farkında Mısın?</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>60</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786051141220</t>
+          <t>9786051146812</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Elites and Religion</t>
+          <t>Evliya Çelebi’nin İzinde İstanbul</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>46.3</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9799752633970</t>
+          <t>9789752635715</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Elde Var İnsan</t>
+          <t>Evlilikte İdeal Duruşlar</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>9.26</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789752631557</t>
+          <t>9786051146843</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Einstein  Çılgın Teorisyen</t>
+          <t>Evliliğimize Aşk Olsun</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>40</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752635814</t>
+          <t>9789752635173</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Issız Korsan Adaları</t>
+          <t>Evli misiniz, Eşli misiniz? Tanıştık, Nişanlandık, Evlendik</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789753626675</t>
+          <t>9786051149196</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Echelon İstihbarat Dünyasının Perde Arkası</t>
+          <t>Evde Okul Okulda Kalite</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>12.5</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752639751</t>
+          <t>9789752634916</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Düştüğün Yerden Kalkacaksın</t>
+          <t>Fantastik Gelecek - Eğlenceli Bilgi 54</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>8.34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051143606</t>
+          <t>9786051144542</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Üç Yüzü</t>
+          <t>Ergenekon Fay Hattında Erzincan</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>17.13</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786050807127</t>
+          <t>9789752637610</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Türkler</t>
+          <t>Erdoğan Operasyonu</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>24</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789752636781</t>
+          <t>9789752639911</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Duvarların Arkasında</t>
+          <t>Enerji Kan Kokuyor</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>21.3</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9799752634663</t>
+          <t>9786050807820</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Aminler</t>
+          <t>En Güzel Dualar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>9.26</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9799752631730</t>
+          <t>9789752638433</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Bahar</t>
+          <t>Osmanlı Kadın Hareketinde Bir Öncü Emine Semiye</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>6.02</v>
+        <v>60</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786051146638</t>
+          <t>9786051141220</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Düello - Menderes ve İnönü</t>
+          <t>Elites and Religion</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>11.12</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789752638266</t>
+          <t>9799752633970</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Domaniç Dağlarının Yolcusu</t>
+          <t>Elde Var İnsan</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>36</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789752635531</t>
+          <t>9789752631557</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Diyabet</t>
+          <t>Einstein  Çılgın Teorisyen</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>7.87</v>
+        <v>40</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051143101</t>
+          <t>9789752635814</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Dersim Dersim</t>
+          <t>Eğlenceli Bilgi Issız Korsan Adaları</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789752637511</t>
+          <t>9789753626675</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Derin Okyanuslar Eğlenceli Bilgi</t>
+          <t>Echelon İstihbarat Dünyasının Perde Arkası</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>40</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786050807103</t>
+          <t>9789752639751</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Sosyolojisi</t>
+          <t>Düştüğün Yerden Kalkacaksın</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>100</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051140346</t>
+          <t>9786051143606</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Dem</t>
+          <t>Dünyanın Üç Yüzü</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>12.5</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789752634886</t>
+          <t>9786050807127</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Delilik Ülkesinden Notlar</t>
+          <t>Dünya Tarihinde Türkler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>140</v>
+        <v>24</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786051145235</t>
+          <t>9789752636781</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Değerler Psikolojisi ve Eğitimi</t>
+          <t>Duvarların Arkasında</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>17.13</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9799753629194</t>
+          <t>9799752634663</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Dark Majesty: Uluslar Arası Güç Odakları</t>
+          <t>Dualar ve Aminler</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789752635005</t>
+          <t>9799752631730</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Darbeli Demokrasi</t>
+          <t>Dört Mevsim Bahar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>7.87</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789752638792</t>
+          <t>9786051146638</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapıdan Geçmek</t>
+          <t>Düello - Menderes ve İnönü</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>10.19</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051143644</t>
+          <t>9789752638266</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Dağın Ardına Bakmak</t>
+          <t>Domaniç Dağlarının Yolcusu</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>13.89</v>
+        <v>36</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9799752633734</t>
+          <t>9789752635531</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Diyabet</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>18.52</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789753620956</t>
+          <t>9786051143101</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Allah’ı Nasıl Anlatalım?</t>
+          <t>Dersim Dersim</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051141626</t>
+          <t>9789752637511</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Tutumları</t>
+          <t>Derin Okyanuslar Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>12.96</v>
+        <v>40</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051142920</t>
+          <t>9786050807103</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Duygusal Zeka Gelişimi İçin Küçük Sağlam Adımlar</t>
+          <t>Demokrasinin Sosyolojisi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>18.52</v>
+        <v>100</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9799753628326</t>
+          <t>9786051140346</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Gençliğe ve Hayata Hazırlıyorum</t>
+          <t>Dem</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>10.65</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789752636248</t>
+          <t>9789752634886</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuma Dinini Öğretiyorum</t>
+          <t>Delilik Ülkesinden Notlar</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>8.33</v>
+        <v>140</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753627672</t>
+          <t>9786051145235</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Bilim Adamının Deneyler Kitabı</t>
+          <t>Değerler Psikolojisi ve Eğitimi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>40</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9799753621525</t>
+          <t>9799753629194</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Düğünümde Ağlama</t>
+          <t>Dark Majesty: Uluslar Arası Güç Odakları</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051143149</t>
+          <t>9789752635005</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Çelik Çekirdek</t>
+          <t>Darbeli Demokrasi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>17.13</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789752639324</t>
+          <t>9789752638792</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı Günlüğü</t>
+          <t>Dar Kapıdan Geçmek</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>25.46</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051144290</t>
+          <t>9786051143644</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı Günlüğü</t>
+          <t>Dağın Ardına Bakmak</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9799753623680</t>
+          <t>9799752633734</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı Bir Alman Subayının Notları</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786050804980</t>
+          <t>9789753620956</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlk Yüzyılı (1923 - 2023)</t>
+          <t>Çocuklarımıza Allah’ı Nasıl Anlatalım?</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>25.93</v>
+        <v>25</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786050808513</t>
+          <t>9786051141626</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Beyaz Mağdurları</t>
+          <t>Anne Baba Tutumları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>17.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789752637542</t>
+          <t>9786051142920</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’i Anlamak</t>
+          <t>Çocuğunuzun Duygusal Zeka Gelişimi İçin Küçük Sağlam Adımlar</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>10.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051142234</t>
+          <t>9799753628326</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Cizyeden Vatandaşlığa Osmanlı’nın Gayrimüslim Askerleri</t>
+          <t>Çocuğumu Gençliğe ve Hayata Hazırlıyorum</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>18.52</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789752635616</t>
+          <t>9789752636248</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Sandıklar ve Para Kasaları</t>
+          <t>Çocuğuma Dinini Öğretiyorum</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>19.5</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789753628549</t>
+          <t>9789753627672</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Cennetim Olur musun?</t>
+          <t>Çılgın Bilim Adamının Deneyler Kitabı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>7.88</v>
+        <v>40</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9799753627220</t>
+          <t>9799753621525</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Cenevre Yılları</t>
+          <t>Düğünümde Ağlama</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051142791</t>
+          <t>9786051143149</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç’in Dünyası</t>
+          <t>Çelik Çekirdek</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>16.21</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051142876</t>
+          <t>9789752639324</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Cem</t>
+          <t>Çanakkale Savaşı Günlüğü</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>9.26</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051149202</t>
+          <t>9786051144290</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Cazın Irmakları (Ciltli)</t>
+          <t>Çanakkale Savaşı Günlüğü</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>50</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9799752631594</t>
+          <t>9799753623680</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Casuslar Derin Savaşın Sıradışı Neferleri</t>
+          <t>Çanakkale Savaşı Bir Alman Subayının Notları</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>15.28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789752639881</t>
+          <t>9786050804980</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Canpolat</t>
+          <t>Cumhuriyet’in İlk Yüzyılı (1923 - 2023)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>9.26</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051140360</t>
+          <t>9786050808513</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Canla Bağışla</t>
+          <t>Cumhuriyet’in Beyaz Mağdurları</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>4.54</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789753628525</t>
+          <t>9789752637542</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Can Kırığı</t>
+          <t>Cumhuriyet’i Anlamak</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789752634213</t>
+          <t>9786051142234</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Cam ve Elmas</t>
+          <t>Cizyeden Vatandaşlığa Osmanlı’nın Gayrimüslim Askerleri</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>13.43</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051142340</t>
+          <t>9789752635616</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Büyükelçi</t>
+          <t>Ceviz Sandıklar ve Para Kasaları</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>11.58</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786050802399</t>
+          <t>9789753628549</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Cihad ve Müsiad</t>
+          <t>Cennetim Olur musun?</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>60</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786050810646</t>
+          <t>9799753627220</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Büyük Resmi Görmek</t>
+          <t>Cenevre Yılları</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>13.43</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789752636897</t>
+          <t>9786051142791</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Projesi</t>
+          <t>Cemil Meriç’in Dünyası</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>16.2</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789752631335</t>
+          <t>9786051142876</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ortadoğu Projesi</t>
+          <t>Cem</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>8.8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9799752630573</t>
+          <t>9786051149202</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ortadoğu Kuşatması Yeni Dünya Düzeni’nin Ortadoğu Ayağı</t>
+          <t>Cazın Irmakları (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>12.97</v>
+        <v>50</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789752638143</t>
+          <t>9799752631594</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Casuslar Derin Savaşın Sıradışı Neferleri</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>13.89</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9799753622393</t>
+          <t>9789752639881</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bütün Dualar Okunuşu ve Meali ile</t>
+          <t>Canpolat</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>11.12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786050807691</t>
+          <t>9786051140360</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Budalalığın Keşfi</t>
+          <t>Canla Bağışla</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>23.15</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786050805109</t>
+          <t>9789753628525</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağda Çocuk Yetiştirmek</t>
+          <t>Can Kırığı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>17.13</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051141831</t>
+          <t>9789752634213</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Cevşen’in Nurlarla Şerhi</t>
+          <t>Cam ve Elmas</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>13.5</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786050803235</t>
+          <t>9786051142340</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Birdenbire</t>
+          <t>Büyükelçi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>20</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051144566</t>
+          <t>9786050802399</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Biraz Hiperaktifiz Galiba</t>
+          <t>Cihad ve Müsiad</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789752635258</t>
+          <t>9786050810646</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgili Gibi Yaşamak</t>
+          <t>Büyük Resmi Görmek</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>12.96</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051141282</t>
+          <t>9789752636897</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bir Ruh Macerası</t>
+          <t>Büyük Osmanlı Projesi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>55</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9799752634724</t>
+          <t>9789752631335</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Birincisöz Bir Risale-i Nur Yorumu</t>
+          <t>Büyük Ortadoğu Projesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>7.41</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051145105</t>
+          <t>9799752630573</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bir Işık Görüyorum</t>
+          <t>Büyük Ortadoğu Kuşatması Yeni Dünya Düzeni’nin Ortadoğu Ayağı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>20</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9799753629781</t>
+          <t>9789752638143</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Bir Evliliğin Romanı</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>3.7</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051141015</t>
+          <t>9799753622393</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Bir Ermeni Komitecinin İtirafları</t>
+          <t>Bütün Dualar Okunuşu ve Meali ile</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>13.89</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786051141312</t>
+          <t>9786050807691</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Romanı</t>
+          <t>Budalalığın Keşfi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>15.74</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786051142258</t>
+          <t>9786050805109</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bir Çerkez Prensesinin Harem Hatıraları</t>
+          <t>Bu Çağda Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>23.15</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786051146874</t>
+          <t>9786051141831</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Kadını Şükufe Nihal</t>
+          <t>Cevşen’in Nurlarla Şerhi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>30</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9799753621082</t>
+          <t>9786050803235</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Bir Anneye Mektuplar "Çocuk Eğitiminde Güçlükler ve Çözümleri"</t>
+          <t>Birdenbire</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786051143156</t>
+          <t>9786051144566</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Tarih</t>
+          <t>Biraz Hiperaktifiz Galiba</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>10.65</v>
+        <v>30</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9799753625394</t>
+          <t>9789752635258</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Metodolojisi</t>
+          <t>Bir Sevgili Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>16.2</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789753629164</t>
+          <t>9786051141282</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Yarışması Eğlenceli Bilgi - 25</t>
+          <t>Bir Ruh Macerası</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789752639652</t>
+          <t>9799752634724</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Beyin Takımına Zeka Soruları</t>
+          <t>Birincisöz Bir Risale-i Nur Yorumu</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752638785</t>
+          <t>9786051145105</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Selvi</t>
+          <t>Bir Işık Görüyorum</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9799753629088</t>
+          <t>9799753629781</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Benim Müslüman Yavrum</t>
+          <t>Bir Evliliğin Romanı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>10.19</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789752638259</t>
+          <t>9786051141015</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Dostlarım</t>
+          <t>Bir Ermeni Komitecinin İtirafları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786050800883</t>
+          <t>9786051141312</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Benim Akıllı Yavrum</t>
+          <t>Bir Devrin Romanı</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>16.21</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9799757544165</t>
+          <t>9786051142258</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Müslümanım Neye Nasıl İnanırım</t>
+          <t>Bir Çerkez Prensesinin Harem Hatıraları</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>1.85</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051142210</t>
+          <t>9786051146874</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Belleğin Kuytularında</t>
+          <t>Bir Cumhuriyet Kadını Şükufe Nihal</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9799752631150</t>
+          <t>9799753621082</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Cevşen Binbir  Esma Şiiri</t>
+          <t>Bir Anneye Mektuplar "Çocuk Eğitiminde Güçlükler ve Çözümleri"</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>8.8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786050800890</t>
+          <t>9786051143156</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Başkası Olduğun Yer</t>
+          <t>Bilinmeyen Tarih</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>11.12</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789752639775</t>
+          <t>9799753625394</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası Kesirler</t>
+          <t>Bilimsel Araştırma Metodolojisi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>45</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789752635555</t>
+          <t>9789753629164</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Baş Ağrıları ve Migren</t>
+          <t>Bilgi Yarışması Eğlenceli Bilgi - 25</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>7.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786051143439</t>
+          <t>9789752639652</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Barışı Aramak</t>
+          <t>Beyin Takımına Zeka Soruları</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>12.97</v>
+        <v>40</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789752635906</t>
+          <t>9789752638785</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Denizler Fatihi</t>
+          <t>Beyaz Selvi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>40</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786050808575</t>
+          <t>9799753629088</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bal Tuzağı</t>
+          <t>Benim Müslüman Yavrum</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>14.36</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786051146959</t>
+          <t>9789752638259</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Baki Kalan Bu Kubbede</t>
+          <t>Benim Küçük Dostlarım</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786050802818</t>
+          <t>9786050800883</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Bebeklikten Ergenliğe Pozitif Disiplin</t>
+          <t>Benim Akıllı Yavrum</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>11.11</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9799753623703</t>
+          <t>9799757544165</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Bahçemde Hazan</t>
+          <t>Ben Bir Müslümanım Neye Nasıl İnanırım</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>14.81</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786051144238</t>
+          <t>9786051142210</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık</t>
+          <t>Belleğin Kuytularında</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789752638938</t>
+          <t>9799752631150</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Bağdat-Musul’da Abdülhamid’in Mirası Petrol ve Arazi</t>
+          <t>Cevşen Binbir  Esma Şiiri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>32.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789752637665</t>
+          <t>9786050800890</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Fragmanı</t>
+          <t>Başkası Olduğun Yer</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>14.5</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786050816747</t>
+          <t>9789752639775</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Azade - 10 Numaradaki Sır</t>
+          <t>Baş Belası Kesirler</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>8.8</v>
+        <v>45</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789752636934</t>
+          <t>9789752635555</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Koridorunda Aşk</t>
+          <t>Baş Ağrıları ve Migren</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>13.43</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789757544265</t>
+          <t>9786051143439</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Aynada Batan Güneş</t>
+          <t>Barışı Aramak</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>490</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789752638129</t>
+          <t>9789752635906</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Kapı</t>
+          <t>Barbaros Denizler Fatihi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786050802733</t>
+          <t>9786050808575</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Zihin Tarihi</t>
+          <t>Bal Tuzağı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>20</v>
+        <v>14.36</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789752639997</t>
+          <t>9786051146959</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın 50 Büyük Yalanı</t>
+          <t>Baki Kalan Bu Kubbede</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>17.13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789752636644</t>
+          <t>9786050802818</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Osmanlı Damgası</t>
+          <t>Bebeklikten Ergenliğe Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786051141916</t>
+          <t>9799753623703</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Avrupa: Mücadele Ettim ve Başardım (Ciltli)</t>
+          <t>Bahçemde Hazan</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>20</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786051149240</t>
+          <t>9786051144238</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Tarihi Üzerine Yazılar</t>
+          <t>Bağımlılık</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>16.67</v>
+        <v>390</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789753626644</t>
+          <t>9789752638938</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Avlunun Uğultusu</t>
+          <t>Bağdat-Musul’da Abdülhamid’in Mirası Petrol ve Arazi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>6.95</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786051143613</t>
+          <t>9789752637665</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Atom Karınca Çocuklar</t>
+          <t>Bağdat Fragmanı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>11.58</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051143477</t>
+          <t>9786050816747</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Bahçe</t>
+          <t>Azade - 10 Numaradaki Sır</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>25</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753628532</t>
+          <t>9789752636934</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hükümranlığı</t>
+          <t>Aynalar Koridorunda Aşk</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>7.88</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9799753626902</t>
+          <t>9789757544265</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair Öyküler</t>
+          <t>Aynada Batan Güneş</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>12.04</v>
+        <v>490</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9799753627459</t>
+          <t>9789752638129</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Aşka Adanmış Öyküler</t>
+          <t>Aydınlık Kapı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>11.11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786051143422</t>
+          <t>9786050802733</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunda Adım Adım</t>
+          <t>Avrupa’nın Zihin Tarihi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>13.43</v>
+        <v>20</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789752638136</t>
+          <t>9789752639997</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Zafer</t>
+          <t>Avrupa’nın 50 Büyük Yalanı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>12.5</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786050808179</t>
+          <t>9789752636644</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Flört Kıskacında Ergen</t>
+          <t>Avrupa’da Osmanlı Damgası</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789753629928</t>
+          <t>9786051141916</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kağıda Yazılınca</t>
+          <t>Avrupa: Mücadele Ettim ve Başardım (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>8.34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786051143255</t>
+          <t>9786051149240</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Şeyi Affederse</t>
+          <t>Avrupa Tarihi Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>225</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051146652</t>
+          <t>9789753626644</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Aşiretten İmparatorluğa Osmanlı Tarihi (1288-1485)</t>
+          <t>Avlunun Uğultusu</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>18.52</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789752635562</t>
+          <t>9786051143613</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Astım ve Alerji</t>
+          <t>Atom Karınca Çocuklar</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>7.41</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753625562</t>
+          <t>9786051143477</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Arzu ile Kamber</t>
+          <t>Ateş ve Bahçe</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>5.56</v>
+        <v>25</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051148113</t>
+          <t>9789753628532</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ayın Büyüttüğü Oğullar</t>
+          <t>Aşkın Hükümranlığı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>9.26</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051144108</t>
+          <t>9799753626902</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Öyküleri</t>
+          <t>Aşka Dair Öyküler</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>5.56</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786050823264</t>
+          <t>9799753627459</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu'nda Bir Hafız</t>
+          <t>Aşka Adanmış Öyküler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>27.78</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786050821505</t>
+          <t>9786051143422</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Güneş'in Sultanlığı</t>
+          <t>Aşk Yolunda Adım Adım</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>27.5</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786050817010</t>
+          <t>9789752638136</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Resmi Tarihe Meydan Okuyorum</t>
+          <t>Aşk ve Zafer</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>42.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786050816853</t>
+          <t>9786050808179</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kor</t>
+          <t>Aşk ve Flört Kıskacında Ergen</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786050820959</t>
+          <t>9789753629928</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Gazi - Gizli Kurucu</t>
+          <t>Aşk Kağıda Yazılınca</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>40</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786050817850</t>
+          <t>9786051143255</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Çilek Tadında Aşk Öyküleri</t>
+          <t>Aşk Her Şeyi Affederse</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>90</v>
+        <v>225</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786050814170</t>
+          <t>9786051146652</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Dudakta Bekletilen Şarkılar (Ciltli)</t>
+          <t>Aşiretten İmparatorluğa Osmanlı Tarihi (1288-1485)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786050812305</t>
+          <t>9789752635562</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Ustura</t>
+          <t>Astım ve Alerji</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>22.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786050812411</t>
+          <t>9789753625562</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>İlahi Komedya</t>
+          <t>Arzu ile Kamber</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>27.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786050812374</t>
+          <t>9786051148113</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihçiliğinde Dört Sima: Halil İnalcık, Halil Sahillioğlu, Mehmet Genç, İlber Ortaylı</t>
+          <t>Ayın Büyüttüğü Oğullar</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789753626774</t>
+          <t>9786051144108</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Sistemler Yönetim Modelleri ve Türkiye</t>
+          <t>Mesnevi Öyküleri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9799752630436</t>
+          <t>9786050823264</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Al Pembecik - Gül Pembecik</t>
+          <t>Beyoğlu'nda Bir Hafız</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>6.94</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9799753629071</t>
+          <t>9786050821505</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Sanık Dut Ağacı</t>
+          <t>Güneş'in Sultanlığı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>7.87</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786050811742</t>
+          <t>9786050817010</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Fındık</t>
+          <t>Resmi Tarihe Meydan Okuyorum</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>13.89</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786050811797</t>
+          <t>9786050816853</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Gül ile Bülbül</t>
+          <t>Kor</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789752633766</t>
+          <t>9786050820959</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Tatil Yaptıran Hastalıklar</t>
+          <t>Ertuğrul Gazi - Gizli Kurucu</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786050821802</t>
+          <t>9786050817850</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville'in Köpeği</t>
+          <t>Çilek Tadında Aşk Öyküleri</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>16.2</v>
+        <v>90</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786050821789</t>
+          <t>9786050814170</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kim Neyi Neden Alır?</t>
+          <t>Dudakta Bekletilen Şarkılar (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>155</v>
+        <v>400</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786050821826</t>
+          <t>9786050812305</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabah Erkenden</t>
+          <t>Ustura</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>26</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786050821741</t>
+          <t>9786050812411</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Hüzün</t>
+          <t>İlahi Komedya</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>27.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786050821727</t>
+          <t>9786050812374</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Saat Sekizi Vurdu</t>
+          <t>Türk Tarihçiliğinde Dört Sima: Halil İnalcık, Halil Sahillioğlu, Mehmet Genç, İlber Ortaylı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>17.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786050819298</t>
+          <t>9789753626774</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Şivan Perwer : Umudun Sesi</t>
+          <t>Siyasi Sistemler Yönetim Modelleri ve Türkiye</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>20.83</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786050818987</t>
+          <t>9799752630436</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Al Pembecik - Gül Pembecik</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>30</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786050818963</t>
+          <t>9799753629071</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l Acayip</t>
+          <t>Sanık Dut Ağacı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>12.96</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786050817744</t>
+          <t>9786050811742</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Buz Sarayı</t>
+          <t>Zıpır Fındık</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786050817874</t>
+          <t>9786050811797</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Şifacı</t>
+          <t>Gül ile Bülbül</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>27.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786050817768</t>
+          <t>9789752633766</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Doku</t>
+          <t>Tatil Yaptıran Hastalıklar</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786050817836</t>
+          <t>9786050821802</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'ye Gidenler</t>
+          <t>Sherlock Holmes - Baskerville'in Köpeği</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>27.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786050820935</t>
+          <t>9786050821789</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs Olmak (Ciltli)</t>
+          <t>Kim Neyi Neden Alır?</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>175</v>
+        <v>155</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786050821130</t>
+          <t>9786050821826</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Tehlikeli Miras</t>
+          <t>Bir Sabah Erkenden</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>16.2</v>
+        <v>26</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786050821123</t>
+          <t>9786050821741</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen- Kontes Cagliostro</t>
+          <t>Aşk-ı Hüzün</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>20</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786050816907</t>
+          <t>9786050821727</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Tutunma Çabası Aidiyet</t>
+          <t>Arsen Lüpen: Saat Sekizi Vurdu</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>26.39</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786050806700</t>
+          <t>9786050819298</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Aile Eğitim Seti - 2 (5 Kitap Takım, Kutulu)</t>
+          <t>Şivan Perwer : Umudun Sesi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>68.52</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786051143118</t>
+          <t>9786050818987</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Üçlemesi: Yumurta - Süt - Bal (Ciltli)</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>37.04</v>
+        <v>30</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9799752633307</t>
+          <t>9786050818963</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Tepki Cephesi Piyasa İmparatorluğuna Karşı AB - Türkiye Yol Ayrımı</t>
+          <t>Kitabü'l Acayip</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>7.41</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789752638075</t>
+          <t>9786050817744</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Teksas’tan Hakikate Yolculuk</t>
+          <t>Buz Sarayı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>6.95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786050810707</t>
+          <t>9786050817874</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Devrinden 27 Mayıs İhtilaline Demokratlar</t>
+          <t>Şifacı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>23.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9799753627657</t>
+          <t>9786050817768</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sonundan Barışın Sonuna</t>
+          <t>Doku</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>8.33</v>
+        <v>50</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786050823011</t>
+          <t>9786050817836</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Trendeki Ceset</t>
+          <t>Çanakkale'ye Gidenler</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>16.2</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786050816662</t>
+          <t>9786050820935</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Şehir İçin Kalp Zamanı</t>
+          <t>Steve Jobs Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>30</v>
+        <v>175</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051440767</t>
+          <t>9786050821130</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Beni Bana Bırakma</t>
+          <t>Sherlock Holmes - Tehlikeli Miras</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>9.17</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786050815092</t>
+          <t>9786050821123</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Pertev Bey'in İki Kızı</t>
+          <t>Arsen Lüpen- Kontes Cagliostro</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786050815054</t>
+          <t>9786050816907</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Budala</t>
+          <t>Tutunma Çabası Aidiyet</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>29.5</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786050815108</t>
+          <t>9786050806700</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştirenler</t>
+          <t>Aile Eğitim Seti - 2 (5 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>4.63</v>
+        <v>68.52</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789752638105</t>
+          <t>9786051143118</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Hasbahçede Son Bahar - Lale Devri</t>
+          <t>Yusuf Üçlemesi: Yumurta - Süt - Bal (Ciltli)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>16.21</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9799752631310</t>
+          <t>9799752633307</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’den Seçmeler</t>
+          <t>Tepki Cephesi Piyasa İmparatorluğuna Karşı AB - Türkiye Yol Ayrımı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>5.09</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9799753627916</t>
+          <t>9789752638075</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Dua Adabı</t>
+          <t>Teksas’tan Hakikate Yolculuk</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>5.56</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9799753629439</t>
+          <t>9786050810707</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Tek Parti Devrinden 27 Mayıs İhtilaline Demokratlar</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>7.87</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9799753627893</t>
+          <t>9799753627657</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kasideler</t>
+          <t>Tarihin Sonundan Barışın Sonuna</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>4.63</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9799752630016</t>
+          <t>9786050823011</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Adem Baba Hangi Dili Konuşuyordu?</t>
+          <t>Sherlock Holmes - Trendeki Ceset</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>5.56</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786050820430</t>
+          <t>9786050816662</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>İlma - Lanetli Duvar</t>
+          <t>Şimdi Şehir İçin Kalp Zamanı</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>70</v>
+        <v>30</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786050820447</t>
+          <t>9786051440767</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin Yemini</t>
+          <t>Rabbim Beni Bana Bırakma</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>16.2</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786050820393</t>
+          <t>9786050815092</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Kibar Hırsız</t>
+          <t>Pertev Bey'in İki Kızı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>16.2</v>
+        <v>225</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786050815085</t>
+          <t>9786050815054</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Nefesi</t>
+          <t>Budala</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>32.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786050832914</t>
+          <t>9786050815108</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Nar Ağacı (Bez Cilt) (Ciltli)</t>
+          <t>Tarihi Değiştirenler</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>70</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786050830767</t>
+          <t>9789752638105</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Uçak</t>
+          <t>Hasbahçede Son Bahar - Lale Devri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>100</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051140193</t>
+          <t>9799752631310</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>The Missing Rose</t>
+          <t>Yunus Emre’den Seçmeler</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>100</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9799752631532</t>
+          <t>9799753627916</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Tezgahın Üstünde İstanbul</t>
+          <t>Dua Adabı</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>5.56</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786051144337</t>
+          <t>9799753629439</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Kur’an</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>13.89</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051148199</t>
+          <t>9799753627893</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Yeni İnsan: Kaderle Tasarım Arasında</t>
+          <t>İlahi Kasideler</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>11.57</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051144870</t>
+          <t>9799752630016</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Metafizik (Ciltli)</t>
+          <t>Adem Baba Hangi Dili Konuşuyordu?</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>50</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786050835717</t>
+          <t>9786050820430</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Kadınları</t>
+          <t>İlma - Lanetli Duvar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>265</v>
+        <v>70</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786050842586</t>
+          <t>9786050820447</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Adem Güneş ile Kendi Kendine Terapi Seti</t>
+          <t>Sherlock Holmes - Dörtlerin Yemini</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>385</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789752634978</t>
+          <t>9786050820393</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Hüzün</t>
+          <t>Arsen Lüpen - Kibar Hırsız</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>14.81</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9799753628012</t>
+          <t>9786050815085</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Graziella</t>
+          <t>İmparatorluğun Son Nefesi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>4.63</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051140230</t>
+          <t>9786050832914</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Arapça) Hizbü Envari’l Hakaiki’n-Nuriye</t>
+          <t>Nar Ağacı (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>11.58</v>
+        <v>70</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786050801613</t>
+          <t>9786050830767</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Kağıttan Uçak</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>16.2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9799753629743</t>
+          <t>9786051140193</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir  Arapça-Plastik</t>
+          <t>The Missing Rose</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>4.17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9799753624007</t>
+          <t>9799752631532</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi</t>
+          <t>Tezgahın Üstünde İstanbul</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>5.09</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789752638501</t>
+          <t>9786051144337</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Giderken Bana Bir Şeyler Söyle</t>
+          <t>Yaşayan Kur’an</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>14.82</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789752631953</t>
+          <t>9786051148199</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Gıcık Bilgisayarlar - Eğlenceli Bilgi 45</t>
+          <t>Yeni İnsan: Kaderle Tasarım Arasında</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>40</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9799752630740</t>
+          <t>9786051144870</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Yeni Başlayanlar İçin Metafizik (Ciltli)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>12.97</v>
+        <v>50</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9799752631143</t>
+          <t>9786050835717</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman</t>
+          <t>Dolunay Kadınları</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>5.56</v>
+        <v>265</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786050801620</t>
+          <t>9786050842586</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Işık Batıdan Da Gelir</t>
+          <t>Adem Güneş ile Kendi Kendine Terapi Seti</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>100</v>
+        <v>385</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9799752630474</t>
+          <t>9789752634978</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton ve Elması</t>
+          <t>Gül ve Hüzün</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>40</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789753626293</t>
+          <t>9799753628012</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>İşittiklerim Gördüklerim Bildiklerim</t>
+          <t>Graziella</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>20</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789753620161</t>
+          <t>9786051140230</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Lügati (Ciltli)</t>
+          <t>Büyük Cevşen (Arapça) Hizbü Envari’l Hakaiki’n-Nuriye</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>85</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786050807578</t>
+          <t>9786050801613</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi (Ciltli)</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>15.28</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789752639256</t>
+          <t>9799753629743</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri’ne Modern Yaklaşımlar</t>
+          <t>Cevşen-i Kebir  Arapça-Plastik</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>7.88</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786050809824</t>
+          <t>9799753624007</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Rabbin Seni Terk Etmedi</t>
+          <t>Eşrefoğlu Rumi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>8.8</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9799753629941</t>
+          <t>9789752638501</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Quo Vadis? Nereye Gidiyorsun?</t>
+          <t>Giderken Bana Bir Şeyler Söyle</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>12.96</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786051140377</t>
+          <t>9789752631953</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Teselliler Kitabı</t>
+          <t>Gıcık Bilgisayarlar - Eğlenceli Bilgi 45</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>8.34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789752636316</t>
+          <t>9799752630740</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler ve Gerçekler</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>12.97</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786050801262</t>
+          <t>9799752631143</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Efkar Vakti</t>
+          <t>Hazreti Osman</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>10.19</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786050807790</t>
+          <t>9786050801620</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Işık Batıdan Da Gelir</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>16.2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786050804386</t>
+          <t>9799752630474</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dostları</t>
+          <t>Isaac Newton ve Elması</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789753626835</t>
+          <t>9789753626293</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Pertev Bey Üç Kızı, İki Kızı, Torunları</t>
+          <t>İşittiklerim Gördüklerim Bildiklerim</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>21.3</v>
+        <v>20</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9799753627343</t>
+          <t>9789753620161</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Risaleti ve Şahsiyeti</t>
+          <t>Kur'an-ı Kerim Lügati (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>12.5</v>
+        <v>85</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9799752630801</t>
+          <t>9786050807578</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılmış Hikayeler</t>
+          <t>Osmanlı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>10.19</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786051141794</t>
+          <t>9789752639256</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Paşaların Hesaplaşması</t>
+          <t>Osmanlı Şiiri’ne Modern Yaklaşımlar</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>16.2</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786050808209</t>
+          <t>9786050809824</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Baş Dönmesi</t>
+          <t>Rabbin Seni Terk Etmedi</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>9.26</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9799753627664</t>
+          <t>9799753629941</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Özgür Dağcının El Kitabı Eğlenceli Bilgi - 16</t>
+          <t>Quo Vadis? Nereye Gidiyorsun?</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>40</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786051143224</t>
+          <t>9786051140377</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Özel Harp Dairesi</t>
+          <t>Teselliler Kitabı</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>13.89</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786051143361</t>
+          <t>9789752636316</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Öncesi ve Sonrasıyla Tek Parti Devri</t>
+          <t>Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>22.69</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786050802801</t>
+          <t>9786050801262</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Öldüğüm Gün</t>
+          <t>Efkar Vakti</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>12.04</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789752639942</t>
+          <t>9786050807790</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Öğren de Gel Satranç</t>
+          <t>Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>40</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789752635869</t>
+          <t>9786050804386</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’yı İmparatorluk Yapan Şehir İstanbul</t>
+          <t>Peygamberimizin Dostları</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>13.89</v>
+        <v>9</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789752638532</t>
+          <t>9789753626835</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Mahrem Tarihi</t>
+          <t>Pertev Bey Üç Kızı, İki Kızı, Torunları</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>14.82</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786051143170</t>
+          <t>9799753627343</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Kayıp Atlası</t>
+          <t>Peygamberimizin Risaleti ve Şahsiyeti</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>15.28</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786050808247</t>
+          <t>9799752630801</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın İzinde Cilt: 2</t>
+          <t>Paylaşılmış Hikayeler</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>32.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786050808230</t>
+          <t>9786051141794</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın İzinde Cilt: 1</t>
+          <t>Paşaların Hesaplaşması</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>32.41</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786050805000</t>
+          <t>9786050808209</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Geliyor</t>
+          <t>Özgürlüğün Baş Dönmesi</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786051140674</t>
+          <t>9799753627664</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Otoyol Uykusu</t>
+          <t>Özgür Dağcının El Kitabı Eğlenceli Bilgi - 16</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>8.34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789752636828</t>
+          <t>9786051143224</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Osmanlı’da Harem</t>
+          <t>Özel Harp Dairesi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>14</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786051140322</t>
+          <t>9786051143361</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Aile (Ciltli)</t>
+          <t>Öncesi ve Sonrasıyla Tek Parti Devri</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>23.15</v>
+        <v>22.69</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786051145259</t>
+          <t>9786050802801</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihini Yeniden Yazmak</t>
+          <t>Öldüğüm Gün</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>16.2</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786050811636</t>
+          <t>9789752639942</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sultanları Albümü</t>
+          <t>Öğren de Gel Satranç</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786051141817</t>
+          <t>9789752635869</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Savaş</t>
+          <t>Osmanlı’yı İmparatorluk Yapan Şehir İstanbul</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789753626637</t>
+          <t>9789752638532</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğunun Yüzyıllık Hikayesi Teşrinisani ve Ötesi</t>
+          <t>Osmanlı’nın Mahrem Tarihi</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>12.97</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789752638174</t>
+          <t>9786051143170</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Gayrimüslimlerin Yönetimi</t>
+          <t>Osmanlı’nın Kayıp Atlası</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>18.52</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789752638921</t>
+          <t>9786050808247</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Denizgücü (Ciltli)</t>
+          <t>Osmanlı’nın İzinde Cilt: 2</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>35</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789752637139</t>
+          <t>9786050808230</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Operasyon Ergenekon</t>
+          <t>Osmanlı’nın İzinde Cilt: 1</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>16.2</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786051148144</t>
+          <t>9786050805000</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Onun Çölünde</t>
+          <t>Osmanlılar Geliyor</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789753625357</t>
+          <t>9786051140674</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>One Column Ahead</t>
+          <t>Otoyol Uykusu</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>11.11</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786051141640</t>
+          <t>9789752636828</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Olmak Cesareti</t>
+          <t>Tüm Yönleriyle Osmanlı’da Harem</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>11.11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789753624428</t>
+          <t>9786051140322</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve Düşünceler</t>
+          <t>Osmanlı Toplumunda Aile (Ciltli)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>5.56</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786050801637</t>
+          <t>9786051145259</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Sevdirme Projesi</t>
+          <t>Osmanlı Tarihini Yeniden Yazmak</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786051141718</t>
+          <t>9786050811636</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Okuma Biçimleri</t>
+          <t>Osmanlı Sultanları Albümü</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789752635821</t>
+          <t>9786051141817</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Obur Etoburlar Eğlenceli Bilgi Bilim 12</t>
+          <t>Osmanlı Klasik Çağında Savaş</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789752639607</t>
+          <t>9789753626637</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Babaannem</t>
+          <t>Osmanlı İmparatorluğunun Yüzyıllık Hikayesi Teşrinisani ve Ötesi</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>12.97</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9799753626360</t>
+          <t>9789752638174</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Niçin Zekat</t>
+          <t>Osmanlı Devletinde Gayrimüslimlerin Yönetimi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786050809831</t>
+          <t>9789752638921</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Niçin Namaz</t>
+          <t>Osmanlı Denizgücü (Ciltli)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>2.32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786050832921</t>
+          <t>9789752637139</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Nun Masalları (Ciltli)</t>
+          <t>Operasyon Ergenekon</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>145</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789753620420</t>
+          <t>9786051148144</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Niçin Namaz</t>
+          <t>Onun Çölünde</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9799753629019</t>
+          <t>9789753625357</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Niçin Kur’an</t>
+          <t>One Column Ahead</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>6.94</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789752639546</t>
+          <t>9786051141640</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Niçin Ağlıyorsun Elisabeth, Mutlu Değil miyiz?</t>
+          <t>Olmak Cesareti</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786050807660</t>
+          <t>9789753624428</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Nefis Çikolata</t>
+          <t>Olaylar ve Düşünceler</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>40</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789753624435</t>
+          <t>9786050801637</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Nef’i</t>
+          <t>Okumayı Sevdirme Projesi</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>5.09</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789753624046</t>
+          <t>9786051141718</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Necati</t>
+          <t>Okuma Biçimleri</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>5.09</v>
+        <v>85</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789752638525</t>
+          <t>9789752635821</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Naz Bitti</t>
+          <t>Obur Etoburlar Eğlenceli Bilgi Bilim 12</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>6.94</v>
+        <v>40</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9799753629903</t>
+          <t>9789752639607</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Namaz</t>
+          <t>Nietzsche ve Babaannem</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>4.63</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786051146645</t>
+          <t>9799753626360</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Nar-ı Aşk</t>
+          <t>Niçin Zekat</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>12.97</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9799752630207</t>
+          <t>9786050809831</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Türkçe Okunuşu ve Açıklaması)</t>
+          <t>Niçin Namaz</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>7.87</v>
+        <v>2.32</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9799752630191</t>
+          <t>9786050832921</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Arapça)</t>
+          <t>Nun Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>4.63</v>
+        <v>145</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9799753624885</t>
+          <t>9789753620420</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Moda Eğlenceli Bilgi - 10</t>
+          <t>Niçin Namaz</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>40</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9799753626681</t>
+          <t>9799753629019</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın El Kitabı: Her Müslüman İçin Gerekli İlmihal Bilgileri</t>
+          <t>Niçin Kur’an</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>14.81</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786050804454</t>
+          <t>9789752639546</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Yuva İçin Dört Mektup</t>
+          <t>Niçin Ağlıyorsun Elisabeth, Mutlu Değil miyiz?</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>6.95</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9799753624786</t>
+          <t>9786050807660</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Filmler Eğlenceli Bilgi - 6</t>
+          <t>Nefis Çikolata</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786051145051</t>
+          <t>9789753624435</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Muhammedi Ahlak (S.A.V)</t>
+          <t>Nef’i</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>3.7</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786051141374</t>
+          <t>9789753624046</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Muhafız</t>
+          <t>Necati</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>11.58</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786051143972</t>
+          <t>9789752638525</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakarlık</t>
+          <t>Naz Bitti</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9799753627138</t>
+          <t>9799753629903</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Model İnsan Peygamber</t>
+          <t>Nasıl Namaz</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>2.69</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789752635012</t>
+          <t>9786051146645</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman Kanuni</t>
+          <t>Nar-ı Aşk</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>40</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786050807745</t>
+          <t>9799752630207</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Süper Beyinleri</t>
+          <t>Namaz Tesbihatı (Türkçe Okunuşu ve Açıklaması)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>40</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786051148205</t>
+          <t>9799752630191</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gölgesinde</t>
+          <t>Namaz Tesbihatı (Arapça)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>15.28</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789752639874</t>
+          <t>9799753624885</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren İmparatorluklar</t>
+          <t>Müthiş Moda Eğlenceli Bilgi - 10</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>20.37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786051141961</t>
+          <t>9799753626681</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Diktatörler</t>
+          <t>Müslümanın El Kitabı: Her Müslüman İçin Gerekli İlmihal Bilgileri</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786051148168</t>
+          <t>9786050804454</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Görmesin Harflerimi</t>
+          <t>Mutlu Bir Yuva İçin Dört Mektup</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>9.26</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789752638112</t>
+          <t>9799753624786</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Taktik Matematik Formüllerin Gizemi</t>
+          <t>Muhteşem Filmler Eğlenceli Bilgi - 6</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789752634930</t>
+          <t>9786051145051</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Takıntılı Aşklar</t>
+          <t>Muhammedi Ahlak (S.A.V)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>12.04</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9799753625653</t>
+          <t>9786051141374</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Tahir ile Zühre</t>
+          <t>Muhafız</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>5.56</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786051141732</t>
+          <t>9786051143972</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Tahammül Şeridi</t>
+          <t>Muhafazakarlık</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789752633698</t>
+          <t>9799753627138</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Şov ve Mahrem</t>
+          <t>Model İnsan Peygamber</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>11.12</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9799753622782</t>
+          <t>9789752635012</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Şirazeden Şirazeye</t>
+          <t>Muhteşem Süleyman Kanuni</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>5.09</v>
+        <v>40</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789753620857</t>
+          <t>9786050807745</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler (Ciltli)</t>
+          <t>Osmanlı Süper Beyinleri</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>15.28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9799752630009</t>
+          <t>9786051148205</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Düdükleri</t>
+          <t>Tarihin Gölgesinde</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>5.56</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9799752633956</t>
+          <t>9789752639874</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Sarmalı</t>
+          <t>Tarihi Değiştiren İmparatorluklar</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>8.33</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9799753628920</t>
+          <t>9786051141961</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Şem ile Pervane</t>
+          <t>Tarihi Değiştiren Diktatörler</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786051142197</t>
+          <t>9786051148168</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Şehirleri Süsleyen Yolcu</t>
+          <t>Tanrı Görmesin Harflerimi</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>6.95</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789752635180</t>
+          <t>9789752638112</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Şebek Romanı</t>
+          <t>Taktik Matematik Formüllerin Gizemi</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>47.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789753624633</t>
+          <t>9789752634930</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtan Galaksi Eğlenceli Bilgi - 3</t>
+          <t>Takıntılı Aşklar</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>40</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789752637634</t>
+          <t>9799753625653</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Şair Nigar Hanım</t>
+          <t>Tahir ile Zühre</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>25.93</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9799753626377</t>
+          <t>9786051141732</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Süleyman ile Belkıs</t>
+          <t>Tahammül Şeridi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>6.95</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786050810684</t>
+          <t>9789752633698</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Suriye Savaşları</t>
+          <t>Şov ve Mahrem</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>16.21</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789752635050</t>
+          <t>9799753622782</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Sur Kenti Hikayeleri</t>
+          <t>Şirazeden Şirazeye</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>16</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789752639553</t>
+          <t>9789753620857</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahdeddin’in Son Günleri</t>
+          <t>Şifalı Bitkiler (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>12.04</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789752638303</t>
+          <t>9799752630009</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Şafaktan Çok Önce</t>
+          <t>Şeytanın Düdükleri</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>7.41</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786051142364</t>
+          <t>9799752633956</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid’in Sürgün Günleri</t>
+          <t>Şeytan Sarmalı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>27.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9799753629989</t>
+          <t>9799753628920</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Suikastlar</t>
+          <t>Şem ile Pervane</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789752637856</t>
+          <t>9786051142197</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Sufi Psikolojisi</t>
+          <t>Şehirleri Süsleyen Yolcu</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>25.46</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9799753627503</t>
+          <t>9789752635180</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Sufi Öyküleri</t>
+          <t>Şebek Romanı</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>6.48</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789752631786</t>
+          <t>9789753624633</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları - Eğlenceli Bilgi 42</t>
+          <t>Şaşırtan Galaksi Eğlenceli Bilgi - 3</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786051141930</t>
+          <t>9789752637634</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Su Güncesi</t>
+          <t>Şair Nigar Hanım</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>70</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786050804379</t>
+          <t>9799753626377</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Sözün Miracı Dua</t>
+          <t>Süleyman ile Belkıs</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>10.19</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789752639270</t>
+          <t>9786050810684</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Söz Yangını</t>
+          <t>Suriye Savaşları</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>8.34</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9799752630245</t>
+          <t>9789752635050</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Sonuçlardan Sebeplere Sebeplerden Faillere</t>
+          <t>Sur Kenti Hikayeleri</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>11.58</v>
+        <v>16</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9799753621433</t>
+          <t>9789752639553</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Yürüyüş</t>
+          <t>Sultan Vahdeddin’in Son Günleri</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>20</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9799753628760</t>
+          <t>9789752638303</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Son Asır İslam Mutasavvıfları</t>
+          <t>Şafaktan Çok Önce</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789753620093</t>
+          <t>9786051142364</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Sofra Nimetleri Uygulamalı Yemek Kitapları (Ciltli)</t>
+          <t>Sultan 2. Abdülhamid’in Sürgün Günleri</t>
         </is>
       </c>
       <c r="C632" s="1">
         <v>27.78</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789753626781</t>
+          <t>9799753629989</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Sofra Nimetleri Uygulamalı Yemek Kitapları</t>
+          <t>Suikastlar</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9799753627626</t>
+          <t>9789752637856</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Yılları</t>
+          <t>Sufi Psikolojisi</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>12.04</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789753626804</t>
+          <t>9799753627503</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan: Devletler Oyununda Çıkarları Korumak</t>
+          <t>Sufi Öyküleri</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>8.34</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789752637436</t>
+          <t>9789752631786</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Sigara ve Bırakma Yolları</t>
+          <t>Suç Avcıları - Eğlenceli Bilgi 42</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>8.34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789752636958</t>
+          <t>9786051141930</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız İnternet Eğlenceli Bilgi Bilim</t>
+          <t>Su Güncesi</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789752639584</t>
+          <t>9786050804379</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Dünyanın Yeni Sınırı: Başörtüsü</t>
+          <t>Sözün Miracı Dua</t>
         </is>
       </c>
       <c r="C638" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9799753626322</t>
+          <t>9789752639270</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Sevmeye Geç Kalmadın</t>
+          <t>Söz Yangını</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>9.26</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9799752631006</t>
+          <t>9799752630245</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye İhtiyacım Var Evliliği Sağlıklı Kılmanın Yolları</t>
+          <t>Sonuçlardan Sebeplere Sebeplerden Faillere</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>6.48</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9799752631570</t>
+          <t>9799753621433</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Serhat Fatihleri Tarihin Gizli Kahramanları</t>
+          <t>Sonsuza Yürüyüş</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786051140285</t>
+          <t>9799753628760</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Sen de Başkasına Anlat</t>
+          <t>Son Asır İslam Mutasavvıfları</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>10.19</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9799752630764</t>
+          <t>9789753620093</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir İstisna mısın?</t>
+          <t>Sofra Nimetleri Uygulamalı Yemek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>5.56</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789752635722</t>
+          <t>9789753626781</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Selam Sana Ey Nebi</t>
+          <t>Sofra Nimetleri Uygulamalı Yemek Kitapları</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>12.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786050808537</t>
+          <t>9799753627626</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Satılık İmparatorluk</t>
+          <t>Siyaset Yılları</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>16.2</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9799752633109</t>
+          <t>9789753626804</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Sarsılmayan İman</t>
+          <t>Sil Baştan: Devletler Oyununda Çıkarları Korumak</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>8.33</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786051141251</t>
+          <t>9789752637436</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Saray Hatıralarım</t>
+          <t>Sigara ve Bırakma Yolları</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>11</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786050808124</t>
+          <t>9789752636958</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kitap</t>
+          <t>Sınırsız İnternet Eğlenceli Bilgi Bilim</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786051140001</t>
+          <t>9789752639584</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Sandılar</t>
+          <t>Sınırsız Dünyanın Yeni Sınırı: Başörtüsü</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>120</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9799752634656</t>
+          <t>9799753626322</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Safahat Öyküleri</t>
+          <t>Sevmeye Geç Kalmadın</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>6.02</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786051143590</t>
+          <t>9799752631006</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Sabit ve Değişken</t>
+          <t>Sevgiye İhtiyacım Var Evliliği Sağlıklı Kılmanın Yolları</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>90</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786051148151</t>
+          <t>9799752631570</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Dolu Konaklar</t>
+          <t>Serhat Fatihleri Tarihin Gizli Kahramanları</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789753621373</t>
+          <t>9786051140285</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
+          <t>Sen de Başkasına Anlat</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>27.78</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786051143293</t>
+          <t>9799752630764</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kasrı</t>
+          <t>Sen Bir İstisna mısın?</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>5.56</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786051142289</t>
+          <t>9789752635722</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Rusyasız Dünya</t>
+          <t>Selam Sana Ey Nebi</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>10.65</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789752639959</t>
+          <t>9786050808537</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Rusların Gözüyle Ortadoğu</t>
+          <t>Satılık İmparatorluk</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>18.52</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789752634206</t>
+          <t>9799752633109</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hali</t>
+          <t>Sarsılmayan İman</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>185</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789753624190</t>
+          <t>9786051141251</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Rıza Tevfik</t>
+          <t>Saray Hatıralarım</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>5.09</v>
+        <v>11</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786050801279</t>
+          <t>9786050808124</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Restoran İşletmeciliğinde İşçi - İşveren İlişkileri</t>
+          <t>Saklı Kitap</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>18.52</v>
+        <v>26</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789752631564</t>
+          <t>9786051140001</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Restoran İşletmeciliği</t>
+          <t>Sahipsiz Sandılar</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>23.15</v>
+        <v>120</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789753627719</t>
+          <t>9799752634656</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Refia Sultan: Bir Tanzimat Prensesi</t>
+          <t>Safahat Öyküleri</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>17.5</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9799753627107</t>
+          <t>9786051143590</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Ramazannâme</t>
+          <t>Sabit ve Değişken</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>8.34</v>
+        <v>90</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786051140995</t>
+          <t>9786051148151</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Pusu</t>
+          <t>Rüzgar Dolu Konaklar</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786051143132</t>
+          <t>9789753621373</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Konuşmaları</t>
+          <t>Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>14.81</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786050807684</t>
+          <t>9786051143293</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji</t>
+          <t>Rüya Kasrı</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>24.54</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789752634879</t>
+          <t>9786051142289</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Dünyada Kıbleyi Bulmak</t>
+          <t>Rusyasız Dünya</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>60</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786050810356</t>
+          <t>9789752639959</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis ve Acayip Haritası</t>
+          <t>Rusların Gözüyle Ortadoğu</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789752635296</t>
+          <t>9789752634206</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Piramitteki Esrarengiz Hazine</t>
+          <t>Ruh Hali</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>40</v>
+        <v>185</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9799753629682</t>
+          <t>9789753624190</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebubekir</t>
+          <t>Rıza Tevfik</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>7.41</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786051145112</t>
+          <t>9786050801279</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Hayyam</t>
+          <t>Restoran İşletmeciliğinde İşçi - İşveren İlişkileri</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>10.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9799753623055</t>
+          <t>9789752631564</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızdaki Her Problemin Çözümünde Uzman Sizsiniz</t>
+          <t>Restoran İşletmeciliği</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>6.94</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9799753623659</t>
+          <t>9789753627719</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Hayata Düşülen Dipnotlar</t>
+          <t>Refia Sultan: Bir Tanzimat Prensesi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>20</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789753627207</t>
+          <t>9799753627107</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Notlar</t>
+          <t>Ramazannâme</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>120</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786050810882</t>
+          <t>9786051140995</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Hayat Teselli Bulmaktır</t>
+          <t>Pusu</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>110</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9799753624793</t>
+          <t>9786051143132</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Havaya Uçuran Müzik Eğlenceli Bilgi - 7</t>
+          <t>Psikoloji Konuşmaları</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>40</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786051142692</t>
+          <t>9786050807684</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Beni Hayat</t>
+          <t>Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>7.5</v>
+        <v>24.54</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789752635098</t>
+          <t>9789752634879</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Harp Hatıralarım</t>
+          <t>Postmodern Dünyada Kıbleyi Bulmak</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>12</v>
+        <v>60</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786051142371</t>
+          <t>9786050810356</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>Piri Reis ve Acayip Haritası</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>23.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789752637009</t>
+          <t>9789752635296</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Günün Kısa Tarihi</t>
+          <t>Piramitteki Esrarengiz Hazine</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>11.58</v>
+        <v>40</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9799752630788</t>
+          <t>9799753629682</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Gece</t>
+          <t>Hazreti Ebubekir</t>
         </is>
       </c>
       <c r="C680" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786050810660</t>
+          <t>9786051145112</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Var mı?</t>
+          <t>Hayyam</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>23.5</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9799753626452</t>
+          <t>9799753623055</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Gün Solar Akşamın Mateminde</t>
+          <t>Hayatınızdaki Her Problemin Çözümünde Uzman Sizsiniz</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>8.33</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786050810349</t>
+          <t>9799753623659</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Gümbürtülü Devrimler</t>
+          <t>Hayata Düşülen Dipnotlar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786051145099</t>
+          <t>9789753627207</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Göz Göze Görsel Zeka</t>
+          <t>Hayata Dair Notlar</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786050802795</t>
+          <t>9786050810882</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Görme Bahçesi</t>
+          <t>Hayat Teselli Bulmaktır</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789752635272</t>
+          <t>9799753624793</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sultanlarımız</t>
+          <t>Havaya Uçuran Müzik Eğlenceli Bilgi - 7</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>6.48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789752637887</t>
+          <t>9786051142692</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Gölge İktidar</t>
+          <t>Hatırla Beni Hayat</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>16.2</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789752635524</t>
+          <t>9789752635098</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Göğüs Kanseri</t>
+          <t>Harp Hatıralarım</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>8.8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786051142685</t>
+          <t>9786051142371</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Geri Gel Ey Osmanlı</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>15.28</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786051146676</t>
+          <t>9789752637009</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Tarihin Peşinde</t>
+          <t>Günün Kısa Tarihi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>15.28</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789752635036</t>
+          <t>9799752630788</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Hac - Hacıların El Kitabı</t>
+          <t>Günaydın Gece</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>60</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786050807530</t>
+          <t>9786050810660</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Gerçek İnsanın Yüzünde Yazar mı?</t>
+          <t>Hayatın Anlamı Var mı?</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>20</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786051142388</t>
+          <t>9799753626452</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği İnciten Papağan</t>
+          <t>Gün Solar Akşamın Mateminde</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>7.87</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786050803228</t>
+          <t>9786050810349</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Genç Psikiyatristin El Kitabı</t>
+          <t>Gümbürtülü Devrimler</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>18.06</v>
+        <v>160</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786050804225</t>
+          <t>9786051145099</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Genç Prens’in Dönüşü</t>
+          <t>Göz Göze Görsel Zeka</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9799753629996</t>
+          <t>9786050802795</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Gelirim</t>
+          <t>Görme Bahçesi</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>7.41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789752637450</t>
+          <t>9789752635272</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Geçtim Dünya Üzerinden</t>
+          <t>Gönül Sultanlarımız</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>12.5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786050802580</t>
+          <t>9789752637887</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ülkem Türkiye</t>
+          <t>Gölge İktidar</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>40</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786051148182</t>
+          <t>9789752635524</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Gecenin İkinci Rüyası</t>
+          <t>Göğüs Kanseri</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>20</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786050801200</t>
+          <t>9786051142685</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Gayriresmi Cumhuriyet</t>
+          <t>Geri Gel Ey Osmanlı</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>200</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786050807523</t>
+          <t>9786051146676</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Gerçek Tarihin Peşinde</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>24</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786051141039</t>
+          <t>9789752635036</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Filmin Ağlanacak Yeri</t>
+          <t>Hac - Hacıların El Kitabı</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>7.41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786051148175</t>
+          <t>9786050807530</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Geçimsizler</t>
+          <t>Gerçek İnsanın Yüzünde Yazar mı?</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>19.91</v>
+        <v>20</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786050832013</t>
+          <t>9786051142388</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Enformatik Cehalet (Bez Cilt) (Ciltli)</t>
+          <t>Gerçeği İnciten Papağan</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>120</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786050832945</t>
+          <t>9786050803228</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Mimoza Sürgünü (Bez Cilt - Sert Kapak) (Ciltli)</t>
+          <t>Genç Psikiyatristin El Kitabı</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>55</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786050830187</t>
+          <t>9786050804225</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Hastalıkların Duygusal Sebepleri</t>
+          <t>Genç Prens’in Dönüşü</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>37.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786050832327</t>
+          <t>9799753629996</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Her An Yeniden</t>
+          <t>Gelirim</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>90</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786050829785</t>
+          <t>9789752637450</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Travmalarından Kurtulmak</t>
+          <t>Geçtim Dünya Üzerinden</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>50</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786051144214</t>
+          <t>9786050802580</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sultanlar</t>
+          <t>Güzel Ülkem Türkiye</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>325</v>
+        <v>40</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786050849318</t>
+          <t>9786051148182</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Gaslighting / Gerçekliği Çarpıtmanın ve Manipülasyonun Karanlık Sanatı</t>
+          <t>Gecenin İkinci Rüyası</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>275</v>
+        <v>20</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786050849554</t>
+          <t>9786050801200</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Dilden Dile / Çevirinin Konukseverliği</t>
+          <t>Gayriresmi Cumhuriyet</t>
         </is>
       </c>
       <c r="C711" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9799752633741</t>
+          <t>9786050807523</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Dere Tepe Düz Gittim</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>145</v>
+        <v>24</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786050831894</t>
+          <t>9786051141039</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Nevzat Tarhan ile Evlilik Okulu Seti (6 Kitap)</t>
+          <t>Filmin Ağlanacak Yeri</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>1505</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>1520501989219</t>
+          <t>9786051148175</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Şimşirgil Otağ Seti (2 Kitap Takım)</t>
+          <t>Geçimsizler</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>510</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786050849325</t>
+          <t>9786050832013</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Otel</t>
+          <t>Enformatik Cehalet (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786050812749</t>
+          <t>9786050832945</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Mimoza Sürgünü (Bez Cilt - Sert Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>275</v>
+        <v>55</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786050849561</t>
+          <t>9786050830187</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı ve Amacı</t>
+          <t>Hastalıkların Duygusal Sebepleri</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>275</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786050849509</t>
+          <t>9786050832327</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Scala’da Korku</t>
+          <t>Her An Yeniden</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786050845310</t>
+          <t>9786050829785</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Düşünürsen Öyle Yaşarsın</t>
+          <t>Geçmişin Travmalarından Kurtulmak</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786050828788</t>
+          <t>9786051144214</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Gizli Anlaşmalar</t>
+          <t>Kadın Sultanlar</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786050818956</t>
+          <t>9786050849318</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>İlma - Son Nişanlı</t>
+          <t>Gaslighting / Gerçekliği Çarpıtmanın ve Manipülasyonun Karanlık Sanatı</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786050816525</t>
+          <t>9786050849554</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Fıkra Tadında Anne Baba Eğitimi</t>
+          <t>Dilden Dile / Çevirinin Konukseverliği</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786050808476</t>
+          <t>9799752633741</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kırık Heykel</t>
+          <t>Dere Tepe Düz Gittim</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786051146904</t>
+          <t>9786050831894</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımında - Statükodan Önce Son Çıkış</t>
+          <t>Nevzat Tarhan ile Evlilik Okulu Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>60</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786050808216</t>
+          <t>1520501989219</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda İslam Dünyası</t>
+          <t>Ahmet Şimşirgil Otağ Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>120</v>
+        <v>510</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786051142890</t>
+          <t>9786050849325</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Görünmez Otel</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786050808193</t>
+          <t>9786050812749</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Ateşte Bir Kadın</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789752638334</t>
+          <t>9786050849561</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Çalkantı ve Dalga</t>
+          <t>Hayatın Anlamı ve Amacı</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789752636620</t>
+          <t>9786050849509</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Din ve Devlet</t>
+          <t>Scala’da Korku</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786050810677</t>
+          <t>9786050845310</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Darbe</t>
+          <t>Nasıl Düşünürsen Öyle Yaşarsın</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786050820676</t>
+          <t>9786050828788</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Dini</t>
+          <t>Dünyayı Değiştiren Gizli Anlaşmalar</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786050815122</t>
+          <t>9786050818956</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Bayezid Timur'a Karşı</t>
+          <t>İlma - Son Nişanlı</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>325</v>
+        <v>170</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786050836103</t>
+          <t>9786050816525</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Benim Gönlüm Bir Kuştur - Bir Ahmed Yesevi Romanı</t>
+          <t>Fıkra Tadında Anne Baba Eğitimi</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>275</v>
+        <v>80</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789752638976</t>
+          <t>9786050808476</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Pastoral Senfoni</t>
+          <t>Kırık Heykel</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786050809084</t>
+          <t>9786051146904</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Nurusiyah</t>
+          <t>Yol Ayrımında - Statükodan Önce Son Çıkış</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786050804201</t>
+          <t>9786050808216</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Rüyası</t>
+          <t>Yeni Yüzyılda İslam Dünyası</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786050830231</t>
+          <t>9786051142890</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Bakış</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786050819045</t>
+          <t>9786050808193</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Genç Olmak</t>
+          <t>Çapraz Ateşte Bir Kadın</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786050832402</t>
+          <t>9789752638334</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Toprak</t>
+          <t>Çalkantı ve Dalga</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786050849233</t>
+          <t>9789752636620</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Din Tehlikeli midir?</t>
+          <t>Modern Dünyada Din ve Devlet</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786050849295</t>
+          <t>9786050810677</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Metehan</t>
+          <t>Beşinci Darbe</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786050849257</t>
+          <t>9786050820676</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Huawei – Çin’in En Güçlü Şirketinin Gizli Tarihi</t>
+          <t>Sultanın Dini</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786050849264</t>
+          <t>9786050815122</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Takılı Kalan Zihin</t>
+          <t>Bayezid Timur'a Karşı</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786050849158</t>
+          <t>9786050836103</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Şam'ın Uykusuz Zürafası</t>
+          <t>Benim Gönlüm Bir Kuştur - Bir Ahmed Yesevi Romanı</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786050849240</t>
+          <t>9789752638976</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Suskunlar Meclisi</t>
+          <t>Pastoral Senfoni</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786050849271</t>
+          <t>9786050809084</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Düşünmenin Alfabesi</t>
+          <t>Nurusiyah</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>175</v>
+        <v>50</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786050849288</t>
+          <t>9786050804201</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Araştırmanın Alfabesi</t>
+          <t>Sultanın Rüyası</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786050849202</t>
+          <t>9786050830231</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (Açıklamalı - Tam Metin - Tek Cilt) (Ciltli)</t>
+          <t>Bakış</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786259775647</t>
+          <t>9786050819045</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Pişmanlık Psikolojisi</t>
+          <t>Bilinçli Genç Olmak</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786050849165</t>
+          <t>9786050832402</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Stoacının El Kitabı</t>
+          <t>Toprak</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786050849226</t>
+          <t>9786050849233</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman Evet Ne Zaman Hayır?</t>
+          <t>Din Tehlikeli midir?</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786050849196</t>
+          <t>9786050849295</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevdiğine Dert Verir</t>
+          <t>Metehan</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786050849219</t>
+          <t>9786050849257</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Klasiğimiz Mustafa Kutlu</t>
+          <t>Huawei – Çin’in En Güçlü Şirketinin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789753624213</t>
+          <t>9786050849264</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Toplantı Düzenleme</t>
+          <t>Takılı Kalan Zihin</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>5.09</v>
+        <v>200</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789753624183</t>
+          <t>9786050849158</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Hayali</t>
+          <t>Şam'ın Uykusuz Zürafası</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>62.96</v>
+        <v>325</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789753624039</t>
+          <t>9786050849240</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Suskunlar Meclisi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>5.09</v>
+        <v>300</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>3990000073219</t>
+          <t>9786050849271</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Konu Anlatımı Fasikül 4</t>
+          <t>Düşünmenin Alfabesi</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>7</v>
+        <v>175</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>3990000073218</t>
+          <t>9786050849288</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Konu Anlatımı Fasikül 3</t>
+          <t>Araştırmanın Alfabesi</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>7</v>
+        <v>240</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9799753629507</t>
+          <t>9786050849202</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Fellah</t>
+          <t>Mesnevi (Açıklamalı - Tam Metin - Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>8.8</v>
+        <v>800</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9799753626995</t>
+          <t>9786259775647</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Kur’an’da Pişmanlık Psikolojisi</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>11.57</v>
+        <v>300</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786050819489</t>
+          <t>9786050849165</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Burası Çanakkale Buradan Geçiş Yok - Eğlenceli Tarih</t>
+          <t>Stoacının El Kitabı</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9799752631129</t>
+          <t>9786050849226</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Ne Zaman Evet Ne Zaman Hayır?</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>10</v>
+        <v>240</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786050827064</t>
+          <t>9786050849196</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı Seti (9 Kitap - Kayı Bayrağı Hediye)</t>
+          <t>Allah Sevdiğine Dert Verir</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>170.37</v>
+        <v>400</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786050801668</t>
+          <t>9786050849219</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>İran: Tehdit mi, Fırsat mı?</t>
+          <t>Yaşayan Klasiğimiz Mustafa Kutlu</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>17.13</v>
+        <v>400</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786050811315</t>
+          <t>9789753624213</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>İran Siyasetinin İç Yüzü</t>
+          <t>Toplantı Düzenleme</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>19.91</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9799752634267</t>
+          <t>9789753624183</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Özel Efektler Eğlenceli Bilgi - 50</t>
+          <t>Hayali</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>40</v>
+        <v>62.96</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9799753621099</t>
+          <t>9789753624039</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>İletişim veya Dehşet Çağı</t>
+          <t>Tevfik Fikret</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>5.09</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9799753626148</t>
+          <t>3990000073219</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>İmaj ve Takva</t>
+          <t>4. Sınıf Matematik Konu Anlatımı Fasikül 4</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>11.58</v>
+        <v>7</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786051145037</t>
+          <t>3990000073218</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Huzur Sokağı</t>
+          <t>4. Sınıf Matematik Konu Anlatımı Fasikül 3</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>9.17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9799753627961</t>
+          <t>9799753629507</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Öyküleri</t>
+          <t>Hüseyin Fellah</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>6.48</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789753621564</t>
+          <t>9799753626995</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Ülke</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786050824223</t>
+          <t>9786050819489</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Proje</t>
+          <t>Burası Çanakkale Buradan Geçiş Yok - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>380</v>
+        <v>145</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786050829860</t>
+          <t>9799752631129</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Şamil - Kafkas Kartalı</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>400</v>
+        <v>10</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>3990000034509</t>
+          <t>9786050827064</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Otağ 2 - Emir Timur (İmzalı)</t>
+          <t>Osmanlı Tarihi Kayı Seti (9 Kitap - Kayı Bayrağı Hediye)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>28.5</v>
+        <v>170.37</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786050822281</t>
+          <t>9786050801668</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Babamın Yalnızlığı</t>
+          <t>İran: Tehdit mi, Fırsat mı?</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>120</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>1520101993913</t>
+          <t>9786050811315</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi (2 Kitap Takım)</t>
+          <t>İran Siyasetinin İç Yüzü</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>120</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786050810516</t>
+          <t>9799752634267</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Timaş Turuncu Balon Okul Öncesi Eğitim Seti (36-48)</t>
+          <t>İnanılmaz Özel Efektler Eğlenceli Bilgi - 50</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>129.63</v>
+        <v>40</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786050801255</t>
+          <t>9799753621099</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Timaş Okul Öncesi Eğitim Seti (48-66)</t>
+          <t>İletişim veya Dehşet Çağı</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>134.26</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789752635586</t>
+          <t>9799753626148</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik - Milliyetsizlik</t>
+          <t>İmaj ve Takva</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>8.33</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789752631878</t>
+          <t>9786051145037</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Meleklere İman</t>
+          <t>Huzur Sokağı</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>1.39</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789752638082</t>
+          <t>9799753627961</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Medyasenfoni</t>
+          <t>Hikmet Öyküleri</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>7.88</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789752631830</t>
+          <t>9789753621564</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Maddi Hastalıklara Manevi Reçeteler</t>
+          <t>Bir Garip Ülke</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>1.39</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786051148212</t>
+          <t>9786050824223</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kürt Ergenekonu</t>
+          <t>Bitmeyen Proje</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>25</v>
+        <v>380</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786050802740</t>
+          <t>9786050829860</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kudüs (Ciltli)</t>
+          <t>Şeyh Şamil - Kafkas Kartalı</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>138.89</v>
+        <v>400</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789752634992</t>
+          <t>3990000034509</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kimya Kim Ya!? Eğlenceli Bilgi - 55</t>
+          <t>Otağ 2 - Emir Timur (İmzalı)</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>40</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9799752633581</t>
+          <t>9786050822281</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kazı Kazan</t>
+          <t>Babamın Yalnızlığı</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>11.12</v>
+        <v>120</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786051141398</t>
+          <t>1520101993913</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap Barnabas’ın Sırrı</t>
+          <t>Türklerin Tarihi (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>11.11</v>
+        <v>120</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9799752630986</t>
+          <t>9786050810516</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alanda Başörtülüler</t>
+          <t>Timaş Turuncu Balon Okul Öncesi Eğitim Seti (36-48)</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>10.19</v>
+        <v>129.63</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786050801590</t>
+          <t>9786050801255</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsüz Demokrasi'de Adı Konmamış Darbe</t>
+          <t>Timaş Okul Öncesi Eğitim Seti (48-66)</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>27.5</v>
+        <v>134.26</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789753623322</t>
+          <t>9789752635586</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Armagedon Türkiye-İsrail Gizli Savaşı</t>
+          <t>Milliyetçilik - Milliyetsizlik</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>11.57</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789752638167</t>
+          <t>9789752631878</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Apokrifal</t>
+          <t>Meleklere İman</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>11.57</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789753625210</t>
+          <t>9789752638082</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Apokalipse Kıyametin Gizli Tarihi</t>
+          <t>Medyasenfoni</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>9.26</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789752635913</t>
+          <t>9789752631830</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Ankara Washington Hattı Amerikan İktidarının Sonu</t>
+          <t>Maddi Hastalıklara Manevi Reçeteler</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>10.19</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786051141664</t>
+          <t>9786051148212</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Angelika</t>
+          <t>Kürt Ergenekonu</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>16.2</v>
+        <v>25</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9799752631433</t>
+          <t>9786050802740</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarından Öğütler</t>
+          <t>Kudüs (Ciltli)</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>1.39</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9799753624250</t>
+          <t>9789752634992</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Alemde Dönen Ne?</t>
+          <t>Kimya Kim Ya!? Eğlenceli Bilgi - 55</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>6.48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9799753629637</t>
+          <t>9799752633581</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Alaba "Gülen Ay" Kenya Hatıraları</t>
+          <t>Kazı Kazan</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>6.94</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9799753626209</t>
+          <t>9786051141398</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Agharta Elektromanyetik Savaş Başladı</t>
+          <t>Kayıp Kitap Barnabas’ın Sırrı</t>
         </is>
       </c>
       <c r="C798" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9799752633161</t>
+          <t>9799752630986</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an-ı Kerim Meali</t>
+          <t>Kamusal Alanda Başörtülüler</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>11.88</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786051142241</t>
+          <t>9786050801590</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Fethullah Gülen ve Hareketi</t>
+          <t>Başörtüsüz Demokrasi'de Adı Konmamış Darbe</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>15.28</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789752630819</t>
+          <t>9789753623322</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Zula</t>
+          <t>Armagedon Türkiye-İsrail Gizli Savaşı</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>5.56</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9799753625974</t>
+          <t>9789752638167</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Yürüyelim Seninle İstanbul’da</t>
+          <t>Apokrifal</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9799753626438</t>
+          <t>9789753625210</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Yolcular Hüdhüd’e ve Arkadaşlarına</t>
+          <t>Apokalipse Kıyametin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789752639935</t>
+          <t>9789752635913</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Yeşil</t>
+          <t>Ankara Washington Hattı Amerikan İktidarının Sonu</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>11.58</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789752637184</t>
+          <t>9786051141664</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Cumhuriyeti</t>
+          <t>Angelika</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>14.82</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9799753629002</t>
+          <t>9799752631433</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Yazı Tura ve Olasılık Hesapları  Eğlenceli Bilgi - 23</t>
+          <t>Allah Dostlarından Öğütler</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>145</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9799752633437</t>
+          <t>9799753624250</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Yay</t>
+          <t>Alemde Dönen Ne?</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>1.39</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9799753628562</t>
+          <t>9799753629637</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sevinci</t>
+          <t>Alaba "Gülen Ay" Kenya Hatıraları</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>6.48</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789753626569</t>
+          <t>9799753626209</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Evi</t>
+          <t>Agharta Elektromanyetik Savaş Başladı</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9799753626513</t>
+          <t>9799752633161</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Düşler</t>
+          <t>Açıklamalı Kur’an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>5.56</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789752635807</t>
+          <t>9786051142241</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Türkler</t>
+          <t>100 Soruda Fethullah Gülen ve Hareketi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>7.41</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9799753628586</t>
+          <t>9789752630819</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunda Aydın Sınıfın Anatomisi</t>
+          <t>Zula</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>16.2</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9799752630450</t>
+          <t>9799753625974</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Tövbe ve İstiğfar Günlüğü</t>
+          <t>Yürüyelim Seninle İstanbul’da</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>7.87</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789752636668</t>
+          <t>9799753626438</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>Yolcular Hüdhüd’e ve Arkadaşlarına</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>12.97</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789752635067</t>
+          <t>9789752639935</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Fatma Aliye: Uzak Ülke</t>
+          <t>Yeşil</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>13.89</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9799753628791</t>
+          <t>9789752637184</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Yolculuğu</t>
+          <t>Yeni Türkiye Cumhuriyeti</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>3.7</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9799752631396</t>
+          <t>9799753629002</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Ergenlerle İletişim Gençleri Anlama Rehberi</t>
+          <t>Yazı Tura ve Olasılık Hesapları  Eğlenceli Bilgi - 23</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>11.12</v>
+        <v>145</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789752636347</t>
+          <t>9799752633437</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Enerji Canavarı - Eğlenceli Bilgi 25</t>
+          <t>Yay</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>40</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786050804423</t>
+          <t>9799753628562</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih Seti</t>
+          <t>Yaşama Sevinci</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>87.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786050804430</t>
+          <t>9789753626569</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Coğrafya Seti (10 Kitap Takım - Kutulu)</t>
+          <t>Varlığın Evi</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>87.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786050804416</t>
+          <t>9799753626513</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilim (10 Kitap Takım, Kutulu)</t>
+          <t>Uykusuz Düşler</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>87.96</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789752636224</t>
+          <t>9789752635807</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Cesur Pilotlar</t>
+          <t>Türkler</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9799753623116</t>
+          <t>9799753628586</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinema Sanayii</t>
+          <t>Türk Toplumunda Aydın Sınıfın Anatomisi</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>6.48</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9799753629699</t>
+          <t>9799752630450</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Dua Günlüğü</t>
+          <t>Tövbe ve İstiğfar Günlüğü</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>8.33</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786051141077</t>
+          <t>9789752636668</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Üzerine</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>12.5</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9799753629859</t>
+          <t>9789752635067</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Don Kazakları</t>
+          <t>Fatma Aliye: Uzak Ülke</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789753623834</t>
+          <t>9799753628791</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika</t>
+          <t>Erzurum Yolculuğu</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>7.41</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789753623797</t>
+          <t>9799752631396</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Devlet İdaresi</t>
+          <t>Ergenlerle İletişim Gençleri Anlama Rehberi</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>9.26</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9799753627640</t>
+          <t>9789752636347</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Deşifre Darbeyi Rapor Ettim...</t>
+          <t>Enerji Canavarı - Eğlenceli Bilgi 25</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>14.81</v>
+        <v>40</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789752635920</t>
+          <t>9786050804423</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Derin Siyah</t>
+          <t>Eğlenceli Tarih Seti</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>16.2</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789752636866</t>
+          <t>9786050804430</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Derin PKK</t>
+          <t>Eğlenceli Coğrafya Seti (10 Kitap Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>10.19</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9799752634359</t>
+          <t>9786050804416</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Saçan Işık</t>
+          <t>Eğlenceli Bilim (10 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>40</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9799753627442</t>
+          <t>9789752636224</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Derin Dünya Devleti: Gizli Doktrinin Küresel Efendileri</t>
+          <t>Eğlenceli Bilgi Cesur Pilotlar</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9799753623864</t>
+          <t>9799753623116</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza İyi Bir Başlangıç Kazandırın</t>
+          <t>Dünya Sinema Sanayii</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>8.34</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789752638273</t>
+          <t>9799753629699</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Ve Ben</t>
+          <t>Dua Günlüğü</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789752631663</t>
+          <t>9786051141077</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Şifreler</t>
+          <t>Dostluk Üzerine</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>40</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9799753629187</t>
+          <t>9799753629859</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Çevremizdeki Şifalı Bitkiler: Görüp de Yararlanmadığımız Hazine</t>
+          <t>Don Kazakları</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>6.94</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789752637108</t>
+          <t>9789753623834</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Çarpıcı Elektrik Eğlenceli Bilgi</t>
+          <t>Dış Politika</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789753626576</t>
+          <t>9789753623797</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Paşa’nın Toplum ve Devlet Görüşü</t>
+          <t>Devlet İdaresi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9799752634151</t>
+          <t>9799753627640</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Büyük Mor İnek</t>
+          <t>Deşifre Darbeyi Rapor Ettim...</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789753620611</t>
+          <t>9789752635920</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>Derin Siyah</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>18.52</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786050807080</t>
+          <t>9789752636866</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yağmur Kimseyi İncitmez</t>
+          <t>Derin PKK</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>275</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9799753628555</t>
+          <t>9799752634359</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Hikaye</t>
+          <t>Dehşet Saçan Işık</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>10.19</v>
+        <v>40</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789752635289</t>
+          <t>9799753627442</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Bir Çığır Öyküsü Şule Yüksel Şenler</t>
+          <t>Derin Dünya Devleti: Gizli Doktrinin Küresel Efendileri</t>
         </is>
       </c>
       <c r="C844" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786051144023</t>
+          <t>9799753623864</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Bi’ Ermeni Var</t>
+          <t>Çocuğunuza İyi Bir Başlangıç Kazandırın</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>13.89</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789752631816</t>
+          <t>9789752638273</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Müslüman’ım Neye Nasıl İnanırım?</t>
+          <t>Çocuğum Ve Ben</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>1.39</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789752635043</t>
+          <t>9789752631663</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Bediüzaman Çağı Aydınlatan Nur</t>
+          <t>Çıldırtan Şifreler</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>11.12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9799752631013</t>
+          <t>9799753629187</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Bedeutet Der Tod Das Nichts?</t>
+          <t>Çevremizdeki Şifalı Bitkiler: Görüp de Yararlanmadığımız Hazine</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>3.7</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9799753625943</t>
+          <t>9789752637108</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Başarı Bedel İster</t>
+          <t>Çarpıcı Elektrik Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9799753624618</t>
+          <t>9789753626576</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Başa Çıkılamayan Çocuklar</t>
+          <t>Cevdet Paşa’nın Toplum ve Devlet Görüşü</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>8.34</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9799753629651</t>
+          <t>9799752634151</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsüz Demokrasi: Tarih İçinde Tarih</t>
+          <t>Büyük Mor İnek</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>11.58</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789752636804</t>
+          <t>9789753620611</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Ay Terapisi</t>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>10.65</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9799753625929</t>
+          <t>9786050807080</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Avrupa ve Amerika Karşısında Değişen Türkiye</t>
+          <t>Biraz Yağmur Kimseyi İncitmez</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>15.28</v>
+        <v>275</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789752636262</t>
+          <t>9799753628555</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sönmeyen Ateşi Yaman Dede</t>
+          <t>Bir Yudum Hikaye</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786050801194</t>
+          <t>9789752635289</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhammed (S.A.V.)</t>
+          <t>Bir Çığır Öyküsü Şule Yüksel Şenler</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789753621991</t>
+          <t>9786051144023</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Sevdalı Şiirler 1</t>
+          <t>Bi’ Ermeni Var</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786051140292</t>
+          <t>9789752631816</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadetten Tablolar</t>
+          <t>Ben Bir Müslüman’ım Neye Nasıl İnanırım?</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>6.48</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789752630123</t>
+          <t>9789752635043</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Sevdalı Şiirler 2</t>
+          <t>Bediüzaman Çağı Aydınlatan Nur</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>9.26</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786050807813</t>
+          <t>9799752631013</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Asala Operasyonları</t>
+          <t>Bedeutet Der Tod Das Nichts?</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>16.2</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786050804164</t>
+          <t>9799753625943</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon’un Zirvesi</t>
+          <t>Başarı Bedel İster</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>13.43</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786050823226</t>
+          <t>9799753624618</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Namaza Nasıl Başlanır?</t>
+          <t>Başa Çıkılamayan Çocuklar</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>12.5</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786050817096</t>
+          <t>9799753629651</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Kurtlarla Dansı 2 (Arapça) 2</t>
+          <t>Başörtüsüz Demokrasi: Tarih İçinde Tarih</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>41.67</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786050817065</t>
+          <t>9789752636804</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Kurtlarla Dansı 1 (Arapça) 1 السلطان عد الحميد وأنرقصن مع الذئاب</t>
+          <t>Ay Terapisi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>41.67</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786050817072</t>
+          <t>9799753625929</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Üç Kıtada Osmanlılar (Arapça) العثمانيون فى ثلاث قابإت</t>
+          <t>Avrupa ve Amerika Karşısında Değişen Türkiye</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>37.04</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786050817133</t>
+          <t>9789752636262</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Mahrem Tarihi (Arapça) ا'تتاريخ اتسني للاصبرا3ئوزده ألعثمانية</t>
+          <t>Aşkın Sönmeyen Ateşi Yaman Dede</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>37.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786050824438</t>
+          <t>9786050801194</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı Seti (8 Kitap - Kayı Bayrağı Hediye)</t>
+          <t>Aşk-ı Muhammed (S.A.V.)</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>149.54</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>3990000031324</t>
+          <t>9789753621991</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Haz Çağında Organik Çocuk Yetiştirmek</t>
+          <t>Sevdalı Şiirler 1</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786050819021</t>
+          <t>9786051140292</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>İnternet Çağında Pozitif Ebeveynlik</t>
+          <t>Asr-ı Saadetten Tablolar</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>190</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9799752631938</t>
+          <t>9789752630123</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Dünya Savaşı</t>
+          <t>Sevdalı Şiirler 2</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>12.97</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786050811773</t>
+          <t>9786050807813</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>Asala Operasyonları</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>32.41</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789752636200</t>
+          <t>9786050804164</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Kuran Nasihatları</t>
+          <t>Ergenekon’un Zirvesi</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>7.87</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786050807615</t>
+          <t>9786050823226</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>En Çok Okunan Yazardan En Çok Okunan 15 Kitap Set 2</t>
+          <t>Namaza Nasıl Başlanır?</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>219.91</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786050807608</t>
+          <t>9786050817096</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>En Çok Okunan Yazardan En Çok Okunan 15 Kitap Set 1</t>
+          <t>Abdülhamid'in Kurtlarla Dansı 2 (Arapça) 2</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>208.8</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786051143958</t>
+          <t>9786050817065</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>Abdülhamid'in Kurtlarla Dansı 1 (Arapça) 1 السلطان عد الحميد وأنرقصن مع الذئاب</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>325</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789753624732</t>
+          <t>9786050817072</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Dünya Kupası Eğlenceli Bilgi - 5</t>
+          <t>Üç Kıtada Osmanlılar (Arapça) العثمانيون فى ثلاث قابإت</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>145</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789752636613</t>
+          <t>9786050817133</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimi Büyütüyorum</t>
+          <t>Osmanlı'nın Mahrem Tarihi (Arapça) ا'تتاريخ اتسني للاصبرا3ئوزده ألعثمانية</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>25.46</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9799753629484</t>
+          <t>9786050824438</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Diliyle Özgüven Kazanımı</t>
+          <t>Osmanlı Tarihi Kayı Seti (8 Kitap - Kayı Bayrağı Hediye)</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>8.34</v>
+        <v>149.54</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9799753627190</t>
+          <t>3990000031324</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Eğitiminde Yeni Teknikler</t>
+          <t>Haz Çağında Organik Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786050815047</t>
+          <t>9786050819021</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnete Göre Mut'a Nikâhı</t>
+          <t>İnternet Çağında Pozitif Ebeveynlik</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>6.94</v>
+        <v>190</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786050807806</t>
+          <t>9799752631938</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Yeni Komşumuz Kürdistan</t>
+          <t>Üçüncü Dünya Savaşı</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>75</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9799752633086</t>
+          <t>9786050811773</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>10.19</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9799752633277</t>
+          <t>9789752636200</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen ve Türkçe Açıklaması</t>
+          <t>Kuran Nasihatları</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>13.43</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9799752630214</t>
+          <t>9786050807615</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir (Arapça) (Ciltli)</t>
+          <t>En Çok Okunan Yazardan En Çok Okunan 15 Kitap Set 2</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>4.63</v>
+        <v>219.91</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9799753626971</t>
+          <t>9786050807608</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Etkili Öğretmenin Temel Davranışları</t>
+          <t>En Çok Okunan Yazardan En Çok Okunan 15 Kitap Set 1</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>7.41</v>
+        <v>208.8</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9799752633963</t>
+          <t>9786051143958</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed’in Sözleri ve Halleri</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>18.52</v>
+        <v>325</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9799753620122</t>
+          <t>9789753624732</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Is Death Non - Existance?</t>
+          <t>Tehlikeli Dünya Kupası Eğlenceli Bilgi - 5</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9799753623789</t>
+          <t>9789752636613</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>İşçi Kültürünün Yükselişi İş Ahlakı</t>
+          <t>Bebeğimi Büyütüyorum</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>6.11</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786050811520</t>
+          <t>9799753629484</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Kupkuru Çölleri Cennete Çeviren Gül - Hz. Muhammed (sav)</t>
+          <t>Sevgi Diliyle Özgüven Kazanımı</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>9.26</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9799753622386</t>
+          <t>9799753627190</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Etnik Sosyoloji Türk Etnik Sosyolojisi</t>
+          <t>Anne Baba Eğitiminde Yeni Teknikler</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>18.06</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789752635845</t>
+          <t>9786050815047</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Tesbihat ve Cevşen Türkçe Okunuşuyla (Transkripsiyonlu)</t>
+          <t>Kur'an ve Sünnete Göre Mut'a Nikâhı</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>5.56</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786051145501</t>
+          <t>9786050807806</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hıristiyan ve Yahudilerle Diyaloğu</t>
+          <t>Yeni Komşumuz Kürdistan</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>9.26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789753629355</t>
+          <t>9799752633086</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Pembe Cadillac</t>
+          <t>Derin Devlet</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>5.56</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789753626729</t>
+          <t>9799752633277</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Paradokslar ve Mantık Oyunları Eğlenceli Bilgi - 11</t>
+          <t>Büyük Cevşen ve Türkçe Açıklaması</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>40</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9799753627329</t>
+          <t>9799752630214</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Pan</t>
+          <t>Cevşen-i Kebir (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>5.09</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786050806397</t>
+          <t>9799753626971</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Özgür Romanlar (7 Kitap Takım, Kutulu)</t>
+          <t>Etkili Öğretmenin Temel Davranışları</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>52.78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786050806366</t>
+          <t>9799752633963</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Örnek Hayatlar (7 Kitap Takım, Kutulu)</t>
+          <t>Hazreti Muhammed’in Sözleri ve Halleri</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>42.13</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9799753629286</t>
+          <t>9799753620122</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Öpücük Kutusu</t>
+          <t>Is Death Non - Existance?</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>9.26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789753624657</t>
+          <t>9799753623789</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Öldürücü Matematik Eğlenceli Bilgi - 1</t>
+          <t>İşçi Kültürünün Yükselişi İş Ahlakı</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>40</v>
+        <v>6.11</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9799753627497</t>
+          <t>9786050811520</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Otobüsname Yaşadığımız İstanbul</t>
+          <t>Kupkuru Çölleri Cennete Çeviren Gül - Hz. Muhammed (sav)</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>11.58</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786051143712</t>
+          <t>9799753622386</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Uçar Gider</t>
+          <t>Etnik Sosyoloji Türk Etnik Sosyolojisi</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>160</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786051141633</t>
+          <t>9789752635845</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şehri</t>
+          <t>Tesbihat ve Cevşen Türkçe Okunuşuyla (Transkripsiyonlu)</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>18.52</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786051149233</t>
+          <t>9786051145501</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hoşgörüsü</t>
+          <t>Peygamberimizin Hıristiyan ve Yahudilerle Diyaloğu</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786050810721</t>
+          <t>9789753629355</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’dan Günümüze Dünya Savaş Tarihi (5 Cilt Takım) (Ciltli)</t>
+          <t>Pembe Cadillac</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>416.67</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789752637696</t>
+          <t>9789753626729</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Nerden Çıktı Bu Matematik?</t>
+          <t>Paradokslar ve Mantık Oyunları Eğlenceli Bilgi - 11</t>
         </is>
       </c>
       <c r="C904" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9799753629415</t>
+          <t>9799753627329</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Nazarın Afetleri ve Korunma Yolları</t>
+          <t>Pan</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>4.63</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789753624442</t>
+          <t>9786050806397</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal</t>
+          <t>Özgür Romanlar (7 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>5.09</v>
+        <v>52.78</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789752637405</t>
+          <t>9786050806366</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Namaza Nasıl Başlanır</t>
+          <t>Örnek Hayatlar (7 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>6.02</v>
+        <v>42.13</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786050804218</t>
+          <t>9799753629286</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Namaz Öyküleri</t>
+          <t>Öpücük Kutusu</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9799752633758</t>
+          <t>9789753624657</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Namaz Benim Huzurum</t>
+          <t>Öldürücü Matematik Eğlenceli Bilgi - 1</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>7.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9799752631709</t>
+          <t>9799753627497</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Müzikterapi</t>
+          <t>Otobüsname Yaşadığımız İstanbul</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>12.96</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9799753626445</t>
+          <t>9786051143712</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Müpteladır Gemiler Benim Denizlerime</t>
+          <t>Otomobil Uçar Gider</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>5.56</v>
+        <v>160</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9799753626896</t>
+          <t>9786051141633</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Muhteris</t>
+          <t>Osmanlı Şehri</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>5.56</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789752639898</t>
+          <t>9786051149233</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Başkan</t>
+          <t>Osmanlı Hoşgörüsü</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>10.19</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789753629676</t>
+          <t>9786050810721</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Mucitler ve Parlak Fikirleri - Eğlenceli Bilgi 27</t>
+          <t>Ortaçağ’dan Günümüze Dünya Savaş Tarihi (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>40</v>
+        <v>416.67</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786051140940</t>
+          <t>9789752637696</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Monşer</t>
+          <t>Nerden Çıktı Bu Matematik?</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>11.11</v>
+        <v>40</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9799752633543</t>
+          <t>9799753629415</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Mobbing İşyerinde Duygusal Saldırı ve Mücadele Yöntemleri</t>
+          <t>Nazarın Afetleri ve Korunma Yolları</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>10.19</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9799753622041</t>
+          <t>9789753624442</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Mum</t>
+          <t>Namık Kemal</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>60</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789752634756</t>
+          <t>9789752637405</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Namaza Nasıl Başlanır</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>40</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9799752630269</t>
+          <t>9786050804218</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Kültürü</t>
+          <t>Namaz Öyküleri</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>18.06</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9799753628319</t>
+          <t>9799752633758</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Babaların Çocuklarına Öğütleri</t>
+          <t>Namaz Benim Huzurum</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786051140025</t>
+          <t>9799752631709</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Şöyle Garip Bencileyin</t>
+          <t>Müzikterapi</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>7.41</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9799752633550</t>
+          <t>9799753626445</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Şatom Benim Üzgün Yurdum</t>
+          <t>Müpteladır Gemiler Benim Denizlerime</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>6.94</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9799753629712</t>
+          <t>9799753626896</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Şaşmaz Ölçüler Uzunluk, Alan ve Hacim Ölçüleri Eğlenceli Bilgi - 28</t>
+          <t>Muhteris</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>40</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9799753624915</t>
+          <t>9789752639898</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Konuşmaları 21. Yüzyılın Eşiğinde</t>
+          <t>Muhsin Başkan</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9799752634274</t>
+          <t>9789753629676</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Zeka - Başarının Yeni Bilimi</t>
+          <t>Mucitler ve Parlak Fikirleri - Eğlenceli Bilgi 27</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789753627054</t>
+          <t>9786051140940</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Sokak Sesleri</t>
+          <t>Monşer</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>12.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9799753626384</t>
+          <t>9799752633543</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Sofra Nimetleri (Küçük Boy) Uygulamalı Yemek Kitapları (Ciltli)</t>
+          <t>Mobbing İşyerinde Duygusal Saldırı ve Mücadele Yöntemleri</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>16.67</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9799752633130</t>
+          <t>9799753622041</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Sistema Geleceğin Düşüncesi</t>
+          <t>Mum</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>7.41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9799752630955</t>
+          <t>9789752634756</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Ölmekle Başlar</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>8.33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786050800845</t>
+          <t>9799752630269</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Selçukluları Yeniden Keşfetmek - Sorularla Selçuklu Tarihi</t>
+          <t>Mutfak Kültürü</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>90</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9799753627367</t>
+          <t>9799753628319</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>Tarih Boyunca Babaların Çocuklarına Öğütleri</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>7.88</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9799753624151</t>
+          <t>9786051140025</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Salaman ve Absal</t>
+          <t>Şöyle Garip Bencileyin</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>5.09</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9799753628913</t>
+          <t>9799752633550</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Saadet Rehberi</t>
+          <t>Şatom Benim Üzgün Yurdum</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>6.48</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9799753629385</t>
+          <t>9799753629712</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Politika Sözlüğü</t>
+          <t>Şaşmaz Ölçüler Uzunluk, Alan ve Hacim Ölçüleri Eğlenceli Bilgi - 28</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789752631915</t>
+          <t>9799753624915</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İman (Cep İnanç)</t>
+          <t>Sosyoloji Konuşmaları 21. Yüzyılın Eşiğinde</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>1.39</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9799752630948</t>
+          <t>9799752634274</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer</t>
+          <t>Sosyal Zeka - Başarının Yeni Bilimi</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9799752633116</t>
+          <t>9789753627054</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>Sokak Sesleri</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>8.33</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9799753629262</t>
+          <t>9799753626384</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Aişe</t>
+          <t>Sofra Nimetleri (Küçük Boy) Uygulamalı Yemek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789752631076</t>
+          <t>9799752633130</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Hayalet X Eğlenceli Bilgi - 37</t>
+          <t>Sistema Geleceğin Düşüncesi</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9799752631105</t>
+          <t>9799752630955</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Hasta Hakları Hakkınız Var Çünkü Hastasınız</t>
+          <t>Sevmek Ölmekle Başlar</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786050807509</t>
+          <t>9786050800845</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah’tan Bugüne İran ve Terör</t>
+          <t>Selçukluları Yeniden Keşfetmek - Sorularla Selçuklu Tarihi</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>17.13</v>
+        <v>90</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789752633094</t>
+          <t>9799753627367</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Harika Vücudumuz</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>40</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789753624053</t>
+          <t>9799753624151</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Gevheri</t>
+          <t>Salaman ve Absal</t>
         </is>
       </c>
       <c r="C943" s="1">
         <v>5.09</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9799752634182</t>
+          <t>9799753628913</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Sevdana Düştü Gönül</t>
+          <t>Saadet Rehberi</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>5.56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789757544395</t>
+          <t>9799753629385</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Sevda!.. Geri Dön..</t>
+          <t>Politika Sözlüğü</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>7.87</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>3990000097578</t>
+          <t>9789752631915</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Tarjei Vesaas Seti (2 Kitap Takım)</t>
+          <t>Peygamberlere İman (Cep İnanç)</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>45</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789752635548</t>
+          <t>9799752630948</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Menopoz</t>
+          <t>Hazreti Ömer</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>7.87</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9799752631136</t>
+          <t>9799752633116</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9799753624168</t>
+          <t>9799753629262</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz</t>
+          <t>Hazreti Aişe</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786050821703</t>
+          <t>9789752631076</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı Seti (7 Kitap - Kayı Bayrağı Hediye)</t>
+          <t>Hayalet X Eğlenceli Bilgi - 37</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>204.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786050828412</t>
+          <t>9799752631105</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Kayı Seti (10 Kitap)</t>
+          <t>Hasta Hakları Hakkınız Var Çünkü Hastasınız</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>345</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786050849059</t>
+          <t>9786050807509</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Eğitim?</t>
+          <t>Hasan Sabbah’tan Bugüne İran ve Terör</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>250</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786050849134</t>
+          <t>9789752633094</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Basit Terapi</t>
+          <t>Harika Vücudumuz</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786050849127</t>
+          <t>9789753624053</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Marifet</t>
+          <t>Gevheri</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>260</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786050849141</t>
+          <t>9799752634182</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Turnalar Güneye Uçarken</t>
+          <t>Sevdana Düştü Gönül</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>370</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786050849028</t>
+          <t>9789757544395</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar İçin Çay Saati</t>
+          <t>Sevda!.. Geri Dön..</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>370</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786050849110</t>
+          <t>3990000097578</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Vagus Sinirine Reset At</t>
+          <t>Tarjei Vesaas Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786259424293</t>
+          <t>9789752635548</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Fısıltılar</t>
+          <t>Menopoz</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>375</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789752634770</t>
+          <t>9799752631136</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>O’na Secde Yakışıyor</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786050819243</t>
+          <t>9799753624168</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed Han</t>
+          <t>Gülşen-i Raz</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>400</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789757544203</t>
+          <t>9786050821703</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Dallar Meyveye Durdu</t>
+          <t>Osmanlı Tarihi Kayı Seti (7 Kitap - Kayı Bayrağı Hediye)</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>300</v>
+        <v>204.5</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789752630048</t>
+          <t>9786050828412</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Takıntılar</t>
+          <t>Kayı Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786050811360</t>
+          <t>9786050849059</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Bölük Pörçük Yaşamlar</t>
+          <t>Nasıl Bir Eğitim?</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786050834000</t>
+          <t>9786050849134</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Radikal Şıkların Sayımı</t>
+          <t>Basit Terapi</t>
         </is>
       </c>
       <c r="C964" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786051141800</t>
+          <t>9786050849127</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>57. Alay Çanakkale</t>
+          <t>Sosyolojik Marifet</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789752638914</t>
+          <t>9786050849141</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>57. Alay Galiçya</t>
+          <t>Turnalar Güneye Uçarken</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789752637153</t>
+          <t>9786050849028</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’nin Kadın Kahramanı Safiye Hüseyin</t>
+          <t>Kayıp Ruhlar İçin Çay Saati</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786050819526</t>
+          <t>9786050849110</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Ötekilerin Peşinde - Ahmet Yaşar Ocak'a Armağan</t>
+          <t>Vagus Sinirine Reset At</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786050849042</t>
+          <t>9786259424293</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Psikolojisi ve Toksik İlişkiler</t>
+          <t>Yaldızlı Fısıltılar</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786050849035</t>
+          <t>9789752634770</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Bülbülü Susturmak</t>
+          <t>O’na Secde Yakışıyor</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786050848939</t>
+          <t>9786050819243</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Avukatı Mısın?</t>
+          <t>Fatih Sultan Mehmed Han</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786050849004</t>
+          <t>9789757544203</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Darwin ve Osmanlılar</t>
+          <t>Dallar Meyveye Durdu</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786050848984</t>
+          <t>9789752630048</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış 1 Yokmuş</t>
+          <t>Takıntılar</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786050848991</t>
+          <t>9786050811360</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Jül Sezar &amp; Demirden Ordular Çelikten İrade</t>
+          <t>Bölük Pörçük Yaşamlar</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786050848953</t>
+          <t>9786050834000</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Koltuğumdaki Kadınlar</t>
+          <t>Radikal Şıkların Sayımı</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786050848977</t>
+          <t>9786051141800</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Balinanın Ölümü</t>
+          <t>57. Alay Çanakkale</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786050849011</t>
+          <t>9789752638914</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Narsist Birinden Nasıl Kurtulursunuz?</t>
+          <t>57. Alay Galiçya</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786050848960</t>
+          <t>9789752637153</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Duvarları Yıkmak</t>
+          <t>Çanakkale’nin Kadın Kahramanı Safiye Hüseyin</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786050848908</t>
+          <t>9786050819526</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Mihrican Fırtınası</t>
+          <t>Ötekilerin Peşinde - Ahmet Yaşar Ocak'a Armağan</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>340</v>
+        <v>900</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786050848915</t>
+          <t>9786050849042</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Kader Oyunu</t>
+          <t>Kötülük Psikolojisi ve Toksik İlişkiler</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786050848922</t>
+          <t>9786050849035</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evliliğin Sırları</t>
+          <t>Bülbülü Susturmak</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786050848885</t>
+          <t>9786050848939</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Kafe</t>
+          <t>Avukatı Mısın?</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786050848892</t>
+          <t>9786050849004</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Şey</t>
+          <t>Darwin ve Osmanlılar</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786050848632</t>
+          <t>9786050848984</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Şair Nigar Hanım</t>
+          <t>Bir Varmış 1 Yokmuş</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>900</v>
+        <v>340</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789753624138</t>
+          <t>9786050848991</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Ülkemin Açmayan Çiçekleri</t>
+          <t>Jül Sezar &amp; Demirden Ordular Çelikten İrade</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786050813067</t>
+          <t>9786050848953</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Pertev Bey'in Üç Kızı</t>
+          <t>Koltuğumdaki Kadınlar</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789752639515</t>
+          <t>9786050848977</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Derviş ve Ölüm</t>
+          <t>Balinanın Ölümü</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786050848823</t>
+          <t>9786050849011</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Hilkat Garibeleri</t>
+          <t>Narsist Birinden Nasıl Kurtulursunuz?</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786050848847</t>
+          <t>9786050848960</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Artık Çok Kolay: Herkes İçin Aristo</t>
+          <t>Duvarları Yıkmak</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786050848854</t>
+          <t>9786050848908</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Çocuğa Ebeveynlik Etmek</t>
+          <t>Mihrican Fırtınası</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786050848861</t>
+          <t>9786050848915</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Bir Mamut Nasıl Yenir? 50 Lokmada İnsanlığın Tarihi</t>
+          <t>Kader Oyunu</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786050848830</t>
+          <t>9786050848922</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Böcekleri Seven Kadın</t>
+          <t>Mutlu Evliliğin Sırları</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786050848878</t>
+          <t>9786050848885</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Tutkular Keder Oldu</t>
+          <t>İsimsiz Kafe</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786050848816</t>
+          <t>9786050848892</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Halid Ziya Uşaklıgil’in Kaleme Aldığı ve Tercüme Ettiği Öykülerden Bir Seçki: Nakil</t>
+          <t>Zavallı Şey</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786050848809</t>
+          <t>9786050848632</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Altmış Öykü</t>
+          <t>Şair Nigar Hanım</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786050814187</t>
+          <t>9789753624138</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Edep Ya Hu</t>
+          <t>Ülkemin Açmayan Çiçekleri</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786050848793</t>
+          <t>9786050813067</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Can</t>
+          <t>Pertev Bey'in Üç Kızı</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789753626477</t>
+          <t>9789752639515</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>İstanbul - Dersaadet</t>
+          <t>Derviş ve Ölüm</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789753627375</t>
+          <t>9786050848823</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Rumeli ve Muhteşem İstanbul</t>
+          <t>Hilkat Garibeleri</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786050827804</t>
+          <t>9786050848847</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Leyla Yokuşu</t>
+          <t>Felsefe Artık Çok Kolay: Herkes İçin Aristo</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786050832310</t>
+          <t>9786050848854</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Sür Pulluğunu Ölülerin Kemikleri Üzerinde</t>
+          <t>Kaygılı Çocuğa Ebeveynlik Etmek</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786050848571</t>
+          <t>9786050848861</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Psikolojisi 1 (İngilizce)</t>
+          <t>Bir Mamut Nasıl Yenir? 50 Lokmada İnsanlığın Tarihi</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786050848779</t>
+          <t>9786050848830</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sorunların Küçük Kitabı</t>
+          <t>Böcekleri Seven Kadın</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786050826661</t>
+          <t>9786050848878</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Odası 2</t>
+          <t>Tutkular Keder Oldu</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789752634619</t>
+          <t>9786050848816</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Asker ile Cemre</t>
+          <t>Halid Ziya Uşaklıgil’in Kaleme Aldığı ve Tercüme Ettiği Öykülerden Bir Seçki: Nakil</t>
         </is>
       </c>
       <c r="C1005" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786050848717</t>
+          <t>9786050848809</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Mona'nın Gözleri (Şömizli)</t>
+          <t>Altmış Öykü</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786050848700</t>
+          <t>9786050814187</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş Terapisi</t>
+          <t>Edep Ya Hu</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786051141350</t>
+          <t>9786050848793</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Göçebe</t>
+          <t>Can</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786050843842</t>
+          <t>9789753626477</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalanlar</t>
+          <t>İstanbul - Dersaadet</t>
         </is>
       </c>
       <c r="C1009" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789753621885</t>
+          <t>9789753627375</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Rüveyda</t>
+          <t>Rumeli ve Muhteşem İstanbul</t>
         </is>
       </c>
       <c r="C1010" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786050819281</t>
+          <t>9786050827804</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde 100 Temel Kural</t>
+          <t>Leyla Yokuşu</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786050809060</t>
+          <t>9786050832310</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Yunus Terapi</t>
+          <t>Sür Pulluğunu Ölülerin Kemikleri Üzerinde</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786050822915</t>
+          <t>9786050848571</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evlilik Psikolojisi</t>
+          <t>Bilgelik Psikolojisi 1 (İngilizce)</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786050848687</t>
+          <t>9786050848779</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Bahtına Düştüm Ya Rab!</t>
+          <t>Büyük Sorunların Küçük Kitabı</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786050848649</t>
+          <t>9786050826661</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Anahtarı</t>
+          <t>Yazarın Odası 2</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786050848656</t>
+          <t>9789752634619</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Bana Yarınları Anlat</t>
+          <t>Asker ile Cemre</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786050848670</t>
+          <t>9786050848717</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Empusyon</t>
+          <t>Mona'nın Gözleri (Şömizli)</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786050848694</t>
+          <t>9786050848700</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Damat - Jungiyen Psikolojiye Göre Kadın ve Erkekte Erillik</t>
+          <t>Öze Dönüş Terapisi</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789753625944</t>
+          <t>9786051141350</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Başarı Bedel İster Hayalleri Olmayanın Geleceği Olamaz</t>
+          <t>Göçebe</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786050848533</t>
+          <t>9786050843842</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Malma İstasyonu</t>
+          <t>Hayatta Kalanlar</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786050848663</t>
+          <t>9789753621885</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Rüveyda</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786050823691</t>
+          <t>9786050819281</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Psikolojisi ve Duygusal Zeka</t>
+          <t>Çocuk Eğitiminde 100 Temel Kural</t>
         </is>
       </c>
       <c r="C1022" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786050834512</t>
+          <t>9786050809060</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Kişisel Gelişim Rehberi - Bilgi Çağında Öğretmen Olmak</t>
+          <t>Yunus Terapi</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786050848540</t>
+          <t>9786050822915</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk</t>
+          <t>Mutlu Evlilik Psikolojisi</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786050848526</t>
+          <t>9786050848687</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Bir Sinir Sistemi Romanı</t>
+          <t>Bahtına Düştüm Ya Rab!</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786050848502</t>
+          <t>9786050848649</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Kıyamet Anahtarı</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786050848519</t>
+          <t>9786050848656</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Bana Yarınları Anlat</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786050848472</t>
+          <t>9786050848670</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa - Bir Adanmışlık Öyküsü</t>
+          <t>Empusyon</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>460</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786050848489</t>
+          <t>9786050848694</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Arafta Yedi Gece</t>
+          <t>Yaralı Damat - Jungiyen Psikolojiye Göre Kadın ve Erkekte Erillik</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786050848496</t>
+          <t>9789753625944</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Süper Yardımcı Sendromu - Şefkatli İnsanlar İçin Hayatta Kalma Rehberi</t>
+          <t>Başarı Bedel İster Hayalleri Olmayanın Geleceği Olamaz</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786050848458</t>
+          <t>9786050848533</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Hayvanlar</t>
+          <t>Malma İstasyonu</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786050848465</t>
+          <t>9786050848663</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Yeniden</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786050848410</t>
+          <t>9786050823691</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Basiret</t>
+          <t>Duyguların Psikolojisi ve Duygusal Zeka</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786050848427</t>
+          <t>9786050834512</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Napolyon</t>
+          <t>Öğretmenin Kişisel Gelişim Rehberi - Bilgi Çağında Öğretmen Olmak</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786050848441</t>
+          <t>9786050848540</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yedi Ölçüsü</t>
+          <t>Zor Çocuk</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786050848434</t>
+          <t>9786050848526</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Bukalemunlar Kitabı</t>
+          <t>Bir Sinir Sistemi Romanı</t>
         </is>
       </c>
       <c r="C1036" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786050848304</t>
+          <t>9786050848502</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Ingeborg’un Tollak’ı</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786050848298</t>
+          <t>9786050848519</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Jungiyen Rüya Analizi</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786050848281</t>
+          <t>9786050848472</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Masal Kız</t>
+          <t>Enver Paşa - Bir Adanmışlık Öyküsü</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786050848229</t>
+          <t>9786050848489</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Yenidoğanla İlgili 101 Soru ve Cevapları</t>
+          <t>Arafta Yedi Gece</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786050848243</t>
+          <t>9786050848496</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Takıntılarından Kurtul: Vesvesen</t>
+          <t>Süper Yardımcı Sendromu - Şefkatli İnsanlar İçin Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786050847888</t>
+          <t>9786050848458</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Neden Yazıyorum</t>
+          <t>Konuşan Hayvanlar</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786050848083</t>
+          <t>9786050848465</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Baliverna’nın Çöküşü</t>
+          <t>Gerçeklik Yeniden</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786050848090</t>
+          <t>9786050848410</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Veda</t>
+          <t>Sosyolojik Basiret</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789753625975</t>
+          <t>9786050848427</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Yürüyelim Seninle İstanbul’da</t>
+          <t>Napolyon</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786050847871</t>
+          <t>9786050848441</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı</t>
+          <t>Dünyanın Yedi Ölçüsü</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789753626446</t>
+          <t>9786050848434</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Müpteladır Gemiler Benim Denizlerime</t>
+          <t>Bukalemunlar Kitabı</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786050847802</t>
+          <t>9786050848304</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Batak</t>
+          <t>Ingeborg’un Tollak’ı</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789752631519</t>
+          <t>9786050848298</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Deli Güvercin</t>
+          <t>Jungiyen Rüya Analizi</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786050847635</t>
+          <t>9786050848281</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çöktü</t>
+          <t>Masal Kız</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786050847659</t>
+          <t>9786050848229</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Arslan</t>
+          <t>Yenidoğanla İlgili 101 Soru ve Cevapları</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786050847680</t>
+          <t>9786050848243</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>6 Şubat Kahramanmaraş Depremleri</t>
+          <t>Takıntılarından Kurtul: Vesvesen</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789753627269</t>
+          <t>9786050847888</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Kalan Bu Şehri Yakmayı Çok İstedim</t>
+          <t>Neden Yazıyorum</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786050846959</t>
+          <t>9786050848083</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime'nin Özü</t>
+          <t>Baliverna’nın Çöküşü</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786050846553</t>
+          <t>9786050848090</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Mahsur Kadın</t>
+          <t>Veda</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786050847390</t>
+          <t>9789753625975</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Keder ve Mutluluk</t>
+          <t>Yürüyelim Seninle İstanbul’da</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786050847352</t>
+          <t>9786050847871</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Tevazu</t>
+          <t>Duyarlı</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786050846966</t>
+          <t>9789753626446</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Beni de Kalbinde Götür</t>
+          <t>Müpteladır Gemiler Benim Denizlerime</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786050846980</t>
+          <t>9786050847802</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren On Domates</t>
+          <t>Batak</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>340</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786050847017</t>
+          <t>9789752631519</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>İkondan Kanona: Kültür İle Medeniyet Arasında</t>
+          <t>Birkaç Deli Güvercin</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786050846935</t>
+          <t>9786050847635</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Cesurların İşidir</t>
+          <t>Zaman Çöktü</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786050846904</t>
+          <t>9786050847659</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Turunç Ağacı</t>
+          <t>Kılıç Arslan</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786050847307</t>
+          <t>9786050847680</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Ya Baki Entel Baki</t>
+          <t>6 Şubat Kahramanmaraş Depremleri</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786050846805</t>
+          <t>9789753627269</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Yavaşlamak</t>
+          <t>Sensiz Kalan Bu Şehri Yakmayı Çok İstedim</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786050846829</t>
+          <t>9786050846959</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığıma Dokun</t>
+          <t>Mukaddime'nin Özü</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786050846836</t>
+          <t>9786050846553</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Mahsur Kadın</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786050846812</t>
+          <t>9786050847390</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Kar Havası</t>
+          <t>Keder ve Mutluluk</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786050846782</t>
+          <t>9786050847352</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Isabelle</t>
+          <t>Tevazu</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>140</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786050846133</t>
+          <t>9786050846966</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Günlük 2</t>
+          <t>Beni de Kalbinde Götür</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789753623667</t>
+          <t>9786050846980</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ölümcül Bir Hülyadır</t>
+          <t>Dünyayı Değiştiren On Domates</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786050846645</t>
+          <t>9786050847017</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Ezber Bozan Hayat (Ciltli)</t>
+          <t>İkondan Kanona: Kültür İle Medeniyet Arasında</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>600</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786050846638</t>
+          <t>9786050846935</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Yol Haritası</t>
+          <t>Sevmek Cesurların İşidir</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786050846522</t>
+          <t>9786050846904</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Emanet ve Kudüs'ten Urfa'ya Bir Hakikat Yolculuğu</t>
+          <t>Turunç Ağacı</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786050846546</t>
+          <t>9786050847307</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Huzur Arayışı</t>
+          <t>Ya Baki Entel Baki</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786050846515</t>
+          <t>9786050846805</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Direniş</t>
+          <t>Yavaşlamak</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786050846041</t>
+          <t>9786050846829</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İçinden Zamanın Dışından</t>
+          <t>Yalnızlığıma Dokun</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786050846393</t>
+          <t>9786050846836</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Müzik-Çocuk</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786050846416</t>
+          <t>9786050846812</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Tuhaf Canavarları</t>
+          <t>Kar Havası</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786050845792</t>
+          <t>9786050846782</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdeli 10 Sahabe - 10 Kitap</t>
+          <t>Isabelle</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>940</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786050845921</t>
+          <t>9786050846133</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Said Bin Zeyd (R.A.)</t>
+          <t>Günlük 2</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786050845914</t>
+          <t>9789753623667</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ubeyde Bin Cerrah (R.A.)</t>
+          <t>Aşk Ölümcül Bir Hülyadır</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786050845907</t>
+          <t>9786050846645</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Bin Avf (R.A.)</t>
+          <t>Ezber Bozan Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786050845891</t>
+          <t>9786050846638</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Sad Bin Ebi Vakkas (R.A.)</t>
+          <t>Yazarın Yol Haritası</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>80</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786050845884</t>
+          <t>9786050846522</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Zübeyr Bin Avvam (R.A.)</t>
+          <t>Emanet ve Kudüs'ten Urfa'ya Bir Hakikat Yolculuğu</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786050845877</t>
+          <t>9786050846546</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Talha Bin Ubeydullah (R.A.)</t>
+          <t>İnsanın Huzur Arayışı</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786050845860</t>
+          <t>9786050846515</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali (R.A.)</t>
+          <t>Direniş</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786050845853</t>
+          <t>9786050846041</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman (R.A.)</t>
+          <t>Zamanın İçinden Zamanın Dışından</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786050845846</t>
+          <t>9786050846393</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer (R.A.)</t>
+          <t>Müzik-Çocuk</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786050845839</t>
+          <t>9786050846416</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir (R.A.)</t>
+          <t>Çin’in Tuhaf Canavarları</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789757544289</t>
+          <t>9786050845792</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Yollar Dönüşe Gider</t>
+          <t>Cennetle Müjdeli 10 Sahabe - 10 Kitap</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>425</v>
+        <v>940</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786050846072</t>
+          <t>9786050845921</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Veliler İçin Hayatta Kalma Rehberi</t>
+          <t>Said Bin Zeyd (R.A.)</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786050846119</t>
+          <t>9786050845914</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bedenlerimizin Coğrafyası</t>
+          <t>Ebu Ubeyde Bin Cerrah (R.A.)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786050846140</t>
+          <t>9786050845907</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Gölgeyle Buluşma ve İnsan Doğasındaki Karanlık Yüzün Gizli Gücü</t>
+          <t>Abdurrahman Bin Avf (R.A.)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786050846188</t>
+          <t>9786050845891</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski</t>
+          <t>Sad Bin Ebi Vakkas (R.A.)</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786050846058</t>
+          <t>9786050845884</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Akrep ve Yelkovanın İzinde - On İki Saatin Hikayesiyle Uygarlığın Tarihi</t>
+          <t>Zübeyr Bin Avvam (R.A.)</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>330</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786050845778</t>
+          <t>9786050845877</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Robotları Beklerken Neler Olacak?</t>
+          <t>Talha Bin Ubeydullah (R.A.)</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>330</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786050845938</t>
+          <t>9786050845860</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Kaos İçindeki Dünyada Kapitalizmi Yeniden Tasarlamak</t>
+          <t>Hz. Ali (R.A.)</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786050845747</t>
+          <t>9786050845853</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>İskender - Dünyayı Değiştiren Hükümdar</t>
+          <t>Hz. Osman (R.A.)</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786050845525</t>
+          <t>9786050845846</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Dilek Tuttum Okunsun Ahım Arşa Dokunsun</t>
+          <t>Hz. Ömer (R.A.)</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786050845532</t>
+          <t>9786050845839</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Gül Ağacı Sana Benzer</t>
+          <t>Hz. Ebu Bekir (R.A.)</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786050845549</t>
+          <t>9789757544289</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Gökbilimsel</t>
+          <t>Yollar Dönüşe Gider</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>290</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786050845556</t>
+          <t>9786050846072</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Neyi Neden Yapar -2</t>
+          <t>Yeni Nesil Veliler İçin Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786050845600</t>
+          <t>9786050846119</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Karar Ver, Planla, Harekete Geç</t>
+          <t>Muhteşem Bedenlerimizin Coğrafyası</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786050844979</t>
+          <t>9786050846140</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Karakter Gelişiminde Çocukluk Sırrı</t>
+          <t>Gölgeyle Buluşma ve İnsan Doğasındaki Karanlık Yüzün Gizli Gücü</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786050845013</t>
+          <t>9786050846188</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Dostoyevski</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786050845396</t>
+          <t>9786050846058</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Enneagram İle Eşini Keşfet</t>
+          <t>Akrep ve Yelkovanın İzinde - On İki Saatin Hikayesiyle Uygarlığın Tarihi</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786050845402</t>
+          <t>9786050845778</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Yaşayanlar ve Diğerleri</t>
+          <t>Robotları Beklerken Neler Olacak?</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786050845419</t>
+          <t>9786050845938</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Neyi Neden Yapar - 1</t>
+          <t>Kaos İçindeki Dünyada Kapitalizmi Yeniden Tasarlamak</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786050844993</t>
+          <t>9786050845747</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Çok Hisseden Çocuk</t>
+          <t>İskender - Dünyayı Değiştiren Hükümdar</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786050845006</t>
+          <t>9786050845525</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Nasıl Düşünür İnsan Ne Görür?</t>
+          <t>Dilek Tuttum Okunsun Ahım Arşa Dokunsun</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786050844658</t>
+          <t>9786050845532</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan'ın Kayıp Kafatası</t>
+          <t>Gül Ağacı Sana Benzer</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786050844672</t>
+          <t>9786050845549</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kaos - İklim Değişikliği ve Hiç Düşünülmeyenler</t>
+          <t>Gökbilimsel</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786050844689</t>
+          <t>9786050845556</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Silah Adası</t>
+          <t>Çocuk Neyi Neden Yapar -2</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786050844566</t>
+          <t>9786050845600</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Harp Baladı</t>
+          <t>Karar Ver, Planla, Harekete Geç</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786050844665</t>
+          <t>9786050844979</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilmek</t>
+          <t>Kişilik ve Karakter Gelişiminde Çocukluk Sırrı</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786050826098</t>
+          <t>9786050845013</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Ömerini Arayan Yüzyıl</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786050842807</t>
+          <t>9786050845396</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Aşk Neden Can Yakar?</t>
+          <t>Enneagram İle Eşini Keşfet</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786050844542</t>
+          <t>9786050845402</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık ve Aidiyet</t>
+          <t>Yaşayanlar ve Diğerleri</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786050844573</t>
+          <t>9786050845419</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gözlerine Beni de Götür</t>
+          <t>Çocuk Neyi Neden Yapar - 1</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786050844580</t>
+          <t>9786050844993</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Issız Ev</t>
+          <t>Çok Hisseden Çocuk</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>325</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786050844559</t>
+          <t>9786050845006</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Hannibal &amp; Demir Dağların Generali</t>
+          <t>Hayvanlar Nasıl Düşünür İnsan Ne Görür?</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786050844511</t>
+          <t>9786050844658</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Allah ile Konuşturan Namaz</t>
+          <t>Mimar Sinan'ın Kayıp Kafatası</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786050844306</t>
+          <t>9786050844672</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Olmak İstediğim Ebeveyn Büyütmek İstediğim Çocuk</t>
+          <t>Büyük Kaos - İklim Değişikliği ve Hiç Düşünülmeyenler</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786050843804</t>
+          <t>9786050844689</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Dijital Beden Dili</t>
+          <t>Silah Adası</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786050842838</t>
+          <t>9786050844566</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Büyük Portre Büyük Sır</t>
+          <t>Harp Baladı</t>
         </is>
       </c>
       <c r="C1125" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786050844313</t>
+          <t>9786050844665</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Gölge Kral</t>
+          <t>Kendini Bilmek</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786050843118</t>
+          <t>9786050826098</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Cehalet Tutkusu</t>
+          <t>Ömerini Arayan Yüzyıl</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786050844092</t>
+          <t>9786050842807</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Dolunayın Özgür Kadınları</t>
+          <t>Aşk Neden Can Yakar?</t>
         </is>
       </c>
       <c r="C1128" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786050843811</t>
+          <t>9786050844542</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Derviş - Kaderi İnsanın Mirasıdır</t>
+          <t>Yalnızlık ve Aidiyet</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786050843798</t>
+          <t>9786050844573</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar mısın Baba?</t>
+          <t>Siyah Gözlerine Beni de Götür</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>260</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786050842791</t>
+          <t>9786050844580</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>Issız Ev</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>650</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786050843606</t>
+          <t>9786050844559</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Hannibal &amp; Demir Dağların Generali</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786050843705</t>
+          <t>9786050844511</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Türk Muhasebe Filozofları</t>
+          <t>Allah ile Konuşturan Namaz</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786050843781</t>
+          <t>9786050844306</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Yermük ve Trafalgar Baldır Bacak İşleri</t>
+          <t>Olmak İstediğim Ebeveyn Büyütmek İstediğim Çocuk</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786050843859</t>
+          <t>9786050843804</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Öğretmen Olmak</t>
+          <t>Dijital Beden Dili</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786050843828</t>
+          <t>9786050842838</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Psikolojisi 2</t>
+          <t>Büyük Portre Büyük Sır</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786050843835</t>
+          <t>9786050844313</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Psikolojisi 1</t>
+          <t>Gölge Kral</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786050843743</t>
+          <t>9786050843118</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlar Kulübü</t>
+          <t>Cehalet Tutkusu</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786050843682</t>
+          <t>9786050844092</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dayandın Ya Resulullah</t>
+          <t>Dolunayın Özgür Kadınları</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786050843668</t>
+          <t>9786050843811</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Yanılgı Saatleri</t>
+          <t>Derviş - Kaderi İnsanın Mirasıdır</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>175</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786050842845</t>
+          <t>9786050843798</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Aşk 5 Vakittir</t>
+          <t>Benimle Oynar mısın Baba?</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786050838091</t>
+          <t>9786050842791</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Geçidi</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>575</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786050842876</t>
+          <t>9786050843606</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Yeterince İyi Ebeveyn Olmak</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>230</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786050842753</t>
+          <t>9786050843705</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Bilim Susunca - Bilim ve Toplum Üzerine Yazılar</t>
+          <t>Türk Muhasebe Filozofları</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786050842883</t>
+          <t>9786050843781</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Uzak Umutlar Şehri</t>
+          <t>Yermük ve Trafalgar Baldır Bacak İşleri</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>425</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786050842913</t>
+          <t>9786050843859</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Son Hikayeler</t>
+          <t>Yeni Nesil Öğretmen Olmak</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786050839166</t>
+          <t>9786050843828</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Kendini Affet</t>
+          <t>Bilgelik Psikolojisi 2</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786050842364</t>
+          <t>9786050843835</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Enneagram ile Öğrencini Keşfet</t>
+          <t>Bilgelik Psikolojisi 1</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786050842333</t>
+          <t>9786050843743</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ustası Don Sandalio'nun Romanı</t>
+          <t>Başarısızlar Kulübü</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786050836066</t>
+          <t>9786050843682</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Son Sığınak Aile</t>
+          <t>Nasıl Dayandın Ya Resulullah</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786050839203</t>
+          <t>9786050843668</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Yanılgı Saatleri</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786050838138</t>
+          <t>9786050842845</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Biz Beş Kişiyiz</t>
+          <t>Aşk 5 Vakittir</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786050839197</t>
+          <t>9786050838091</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Barbaros - Denizlerin Hakimi</t>
+          <t>Kehribar Geçidi</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786050839142</t>
+          <t>9786050842876</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Bir Katilin Güncesi</t>
+          <t>Yeterince İyi Ebeveyn Olmak</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786050839111</t>
+          <t>9786050842753</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Nazar</t>
+          <t>Bilim Susunca - Bilim ve Toplum Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786050834598</t>
+          <t>9786050842883</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Sistem</t>
+          <t>Uzak Umutlar Şehri</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>370</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786050837940</t>
+          <t>9786050842913</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Gökten Düşen Şeyler</t>
+          <t>Son Hikayeler</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786050835922</t>
+          <t>9786050839166</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Savrulmalardan Kurtulmak</t>
+          <t>Kendini Affet</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786050836134</t>
+          <t>9786050842364</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Tarihi Işığında Muhasebe Felsefesi</t>
+          <t>Enneagram ile Öğrencini Keşfet</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786050838176</t>
+          <t>9786050842333</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Aşkım İsyandır Benim</t>
+          <t>Satranç Ustası Don Sandalio'nun Romanı</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786050837896</t>
+          <t>9786050836066</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Şair Nigar Hanım - Günlük</t>
+          <t>Son Sığınak Aile</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786050835069</t>
+          <t>9786050839203</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Mansfield Park</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786050837889</t>
+          <t>9786050838138</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Örtemediği Şehir Kudüs</t>
+          <t>Biz Beş Kişiyiz</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786050837919</t>
+          <t>9786050839197</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Kaygıyla Başa Çıkmak</t>
+          <t>Barbaros - Denizlerin Hakimi</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786050837926</t>
+          <t>9786050839142</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çığlık</t>
+          <t>Bir Katilin Güncesi</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786050836172</t>
+          <t>9786050839111</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Denizin Son Martıları</t>
+          <t>Sosyolojik Nazar</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786050836158</t>
+          <t>9786050834598</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Yankı ve Hüzün</t>
+          <t>Sistem</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>175</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786050836219</t>
+          <t>9786050837940</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Romantik Muamma - Modernliğin Kökenleri</t>
+          <t>Gökten Düşen Şeyler</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786050835960</t>
+          <t>9786050835922</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Şiir: Don Kişot</t>
+          <t>Duygusal Savrulmalardan Kurtulmak</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786050836042</t>
+          <t>9786050836134</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Düşünce Tarihi Işığında Muhasebe Felsefesi</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786050836196</t>
+          <t>9786050838176</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Son Senfoni</t>
+          <t>Aşkım İsyandır Benim</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786050835779</t>
+          <t>9786050837896</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Parçacıksal</t>
+          <t>Şair Nigar Hanım - Günlük</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786050835793</t>
+          <t>9786050835069</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Ötesi</t>
+          <t>Mansfield Park</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786050835267</t>
+          <t>9786050837889</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Kadın Psikolojisi</t>
+          <t>Gecenin Örtemediği Şehir Kudüs</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786050835755</t>
+          <t>9786050837919</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Omuzlarımda Dünya</t>
+          <t>Kaygıyla Başa Çıkmak</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786050835731</t>
+          <t>9786050837926</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Kıskacı</t>
+          <t>Yeşil Çığlık</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786050835694</t>
+          <t>9786050836172</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Denizin Son Martıları</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786050835342</t>
+          <t>9786050836158</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Modernleşmenin Zihniyet Dünyası: Bir Tanpınar Fetişizmi</t>
+          <t>Yankı ve Hüzün</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786050835281</t>
+          <t>9786050836219</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi</t>
+          <t>Romantik Muamma - Modernliğin Kökenleri</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786050833324</t>
+          <t>9786050835960</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Ülkesi</t>
+          <t>Yaşanmış Şiir: Don Kişot</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786050835304</t>
+          <t>9786050836042</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Elementsel</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786050835205</t>
+          <t>9786050836196</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Kalesi: Nizamülmülk</t>
+          <t>Son Senfoni</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>275</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786050834611</t>
+          <t>9786050835779</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Parçacıksal</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786050835045</t>
+          <t>9786050835793</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Zihin Odaklı Ebeveynlik</t>
+          <t>Ötesi</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786050834581</t>
+          <t>9786050835267</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Hanne</t>
+          <t>Kadın Psikolojisi</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786050834574</t>
+          <t>9786050835755</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Facebook: Perde Arkasının Hikayesi</t>
+          <t>Omuzlarımda Dünya</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786050833386</t>
+          <t>9786050835731</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Kadimzamanlar ve Diğer Vakitler</t>
+          <t>İngiliz Kıskacı</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786050834505</t>
+          <t>9786050835694</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcılığının Bilimi</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786050834819</t>
+          <t>9786050835342</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda İslam'ın Dirilişi</t>
+          <t>Modernleşmenin Zihniyet Dünyası: Bir Tanpınar Fetişizmi</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786050834307</t>
+          <t>9786050835281</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Sarı Mendil Mavi Oya</t>
+          <t>İrade Eğitimi</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786050834543</t>
+          <t>9786050833324</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Poetik ve Politik</t>
+          <t>Kurtlar Ülkesi</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786050834314</t>
+          <t>9786050835304</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Son Bölüm</t>
+          <t>Elementsel</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>335</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786050833997</t>
+          <t>9786050835205</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Söyle Bana Hindiba</t>
+          <t>Adaletin Kalesi: Nizamülmülk</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786050834017</t>
+          <t>9786050834611</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Simyası</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786050834031</t>
+          <t>9786050835045</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Olandan Olasıya</t>
+          <t>Zihin Odaklı Ebeveynlik</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786050833362</t>
+          <t>9786050834581</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılın Biyografisi</t>
+          <t>Hanne</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>425</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786050833355</t>
+          <t>9786050834574</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Halid Bin Velid - İslam'ın Kılıcı</t>
+          <t>Facebook: Perde Arkasının Hikayesi</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786050833928</t>
+          <t>9786050833386</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Kudüsteki Son Osmanlı</t>
+          <t>Kadimzamanlar ve Diğer Vakitler</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786050832488</t>
+          <t>9786050834505</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Diyaloğu</t>
+          <t>Hikaye Anlatıcılığının Bilimi</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786050833911</t>
+          <t>9786050834819</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Nöropolis</t>
+          <t>21. Yüzyılda İslam'ın Dirilişi</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786050833423</t>
+          <t>9786050834307</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Ödül</t>
+          <t>Sarı Mendil Mavi Oya</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786050833430</t>
+          <t>9786050834543</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Şahitlerim</t>
+          <t>Poetik ve Politik</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786050833461</t>
+          <t>9786050834314</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Sonra Giydirir Aşk Esvabını</t>
+          <t>Son Bölüm</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>500</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789752631700</t>
+          <t>9786050833997</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Ruh ve Beden Sağlığı İçin: Müzik Terapi</t>
+          <t>Söyle Bana Hindiba</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786050832419</t>
+          <t>9786050834017</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Yürümeye Devam Et - Asla Pes Etme</t>
+          <t>Harflerin Simyası</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786050832372</t>
+          <t>9786050834031</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Olarak Sağlıklı Çocuk Yetiştirmek</t>
+          <t>Olandan Olasıya</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786050832884</t>
+          <t>9786050833362</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin İnsanlığa Katkısı</t>
+          <t>20. Yüzyılın Biyografisi</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786050832303</t>
+          <t>9786050833355</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Çoktan Seçmeli Hayatlar İçin Ruh Diyeti</t>
+          <t>Halid Bin Velid - İslam'ın Kılıcı</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786050832297</t>
+          <t>9786050833928</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Enneagram ile Çocuğunu Keşfet</t>
+          <t>Kudüsteki Son Osmanlı</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786050832105</t>
+          <t>9786050832488</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Medeniyetler Diyaloğu</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>125</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786050832273</t>
+          <t>9786050833911</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Nazife Kadın</t>
+          <t>Nöropolis</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786050832075</t>
+          <t>9786050833423</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kapısında Bir Elif</t>
+          <t>Ödül</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786050832068</t>
+          <t>9786050833430</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Rosa</t>
+          <t>Şahitlerim</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786050832099</t>
+          <t>9786050833461</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Nuyageva</t>
+          <t>Sonra Giydirir Aşk Esvabını</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786050832082</t>
+          <t>9789752631700</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Üşümesin</t>
+          <t>Ruh ve Beden Sağlığı İçin: Müzik Terapi</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786050832044</t>
+          <t>9786050832419</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Para - Antik Çağdan Geleceğe</t>
+          <t>Yürümeye Devam Et - Asla Pes Etme</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786050831917</t>
+          <t>9786050832372</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Aynası Camiler</t>
+          <t>Duygusal Olarak Sağlıklı Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786050831641</t>
+          <t>9786050832884</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç</t>
+          <t>İslam Medeniyetinin İnsanlığa Katkısı</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786050831665</t>
+          <t>9786050832303</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Issız Evin Kedisi</t>
+          <t>Çoktan Seçmeli Hayatlar İçin Ruh Diyeti</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786050830750</t>
+          <t>9786050832297</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Özgür Topraklar</t>
+          <t>Enneagram ile Çocuğunu Keşfet</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786050830637</t>
+          <t>9786050832105</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Antikacı</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786050830729</t>
+          <t>9786050832273</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Milli Mücadele Kahramanı Nazife Kadın</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786050831573</t>
+          <t>9786050832075</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Fazıl Paşa</t>
+          <t>Gönül Kapısında Bir Elif</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786050830682</t>
+          <t>9786050832068</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Doğada Hayat Var</t>
+          <t>Rosa</t>
         </is>
       </c>
       <c r="C1224" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786050831580</t>
+          <t>9786050832099</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Taş Olsa Çatlar</t>
+          <t>Nuyageva</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786050830705</t>
+          <t>9786050832082</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Bırak ve Rahatla</t>
+          <t>Çiçekler Üşümesin</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786050829877</t>
+          <t>9786050832044</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Devrim Yeniden</t>
+          <t>Para - Antik Çağdan Geleceğe</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786050830224</t>
+          <t>9786050831917</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Benoni</t>
+          <t>İslam'ın Aynası Camiler</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786050830668</t>
+          <t>9786050831641</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada E-Beveyn Olmak</t>
+          <t>Saklambaç</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>1520101992718</t>
+          <t>9786050831665</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi 2 - Defter</t>
+          <t>Issız Evin Kedisi</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>10</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786050829891</t>
+          <t>9786050830750</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mevlana ile Aile Terapisi</t>
+          <t>Özgür Topraklar</t>
         </is>
       </c>
       <c r="C1231" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786050827262</t>
+          <t>9786050830637</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Garson</t>
+          <t>Antikacı</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786050830217</t>
+          <t>9786050830729</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>İsrail Mitler ve Terör</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786050829839</t>
+          <t>9786050831573</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Cihad ve İsyan</t>
+          <t>Mehmet Fazıl Paşa</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786050830026</t>
+          <t>9786050830682</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsanlığın Geleceği</t>
+          <t>Doğada Hayat Var</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786050830019</t>
+          <t>9786050831580</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>İsrail Sorunu</t>
+          <t>Taş Olsa Çatlar</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786050830163</t>
+          <t>9786050830705</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Taşlar</t>
+          <t>Bırak ve Rahatla</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786050829884</t>
+          <t>9786050829877</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Devrim Yeniden</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786050829822</t>
+          <t>9786050830224</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Terk Edenler</t>
+          <t>Benoni</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>410</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786050827170</t>
+          <t>9786050830668</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Dijital Dünyada E-Beveyn Olmak</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786050827187</t>
+          <t>1520101992718</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Beyniniz Bir Zaman Makinesi</t>
+          <t>Türklerin Tarihi 2 - Defter</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786050827309</t>
+          <t>9786050829891</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Yobazlıklar</t>
+          <t>Hz. Mevlana ile Aile Terapisi</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786050827873</t>
+          <t>9786050827262</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Zenci Musa</t>
+          <t>Garson</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786050829235</t>
+          <t>9786050830217</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Enneagram İle Kendini Keşfet</t>
+          <t>İsrail Mitler ve Terör</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786050829273</t>
+          <t>9786050829839</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>Cihad ve İsyan</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786050829242</t>
+          <t>9786050830026</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein Bağdat'ta</t>
+          <t>İslam ve İnsanlığın Geleceği</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786050827798</t>
+          <t>9786050830019</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>İsrail Sorunu</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786050828757</t>
+          <t>9786050830163</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Cezasız Eğitim - 2</t>
+          <t>Taşlar</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786050827835</t>
+          <t>9786050829884</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Hünkarım</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786050828740</t>
+          <t>9786050829822</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Psikolojisi</t>
+          <t>Terk Edenler</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786050828658</t>
+          <t>9786050827170</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Vadettikleri</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786050828641</t>
+          <t>9786050827187</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasının Yükseliş ve Çöküşleri</t>
+          <t>Beyniniz Bir Zaman Makinesi</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786050827699</t>
+          <t>9786050827309</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Allah'sız Müslümanlık</t>
+          <t>Yobazlıklar</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786050828498</t>
+          <t>9786050827873</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Medeniyet Destanı</t>
+          <t>Zenci Musa</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786050826746</t>
+          <t>9786050829235</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>İlahi Mesajlar Toprağı Filistin</t>
+          <t>Enneagram İle Kendini Keşfet</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>525</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786050827743</t>
+          <t>9786050829273</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Kitabı İlma - Son Savaş</t>
+          <t>Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C1256" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786050828634</t>
+          <t>9786050829242</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimizde İslam Var</t>
+          <t>Frankenstein Bağdat'ta</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786050826685</t>
+          <t>9786050827798</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Çağrısı</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786050828481</t>
+          <t>9786050828757</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Hayal Denizi</t>
+          <t>Cezasız Eğitim - 2</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786050827910</t>
+          <t>9786050827835</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Efsanesi</t>
+          <t>Hünkarım</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786050827712</t>
+          <t>9786050828740</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Çöküşün Öncüsü ABD</t>
+          <t>Yalnızlık Psikolojisi</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786050827651</t>
+          <t>9786050828658</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te İslam</t>
+          <t>İslam'ın Vadettikleri</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786050827736</t>
+          <t>9786050828641</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Unutmanın Genel Teorisi</t>
+          <t>İslam Dünyasının Yükseliş ve Çöküşleri</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786050827637</t>
+          <t>9786050827699</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Bilardo Telmihleri</t>
+          <t>Allah'sız Müslümanlık</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786050827705</t>
+          <t>9786050828498</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin PKK İle İmtihanı</t>
+          <t>İnsanlığın Medeniyet Destanı</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786050827927</t>
+          <t>9786050826746</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Tarık Bin Ziyad</t>
+          <t>İlahi Mesajlar Toprağı Filistin</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786050827859</t>
+          <t>9786050827743</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Evrenin Kitabı İlma - Son Savaş</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786050827217</t>
+          <t>9786050828634</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Beynimizin Parmak İzleri</t>
+          <t>Geleceğimizde İslam Var</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786050827729</t>
+          <t>9786050826685</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Hür Yaşadım Hür Yaşarım</t>
+          <t>İstanbul'un Çağrısı</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786050827590</t>
+          <t>9786050828481</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Kuyuya Dönen Yusuf</t>
+          <t>Hayal Denizi</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786050827231</t>
+          <t>9786050827910</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Amerikan Efsanesi</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786050827330</t>
+          <t>9786050827712</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Çuvallama Sanatı</t>
+          <t>Çöküşün Öncüsü ABD</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786050827149</t>
+          <t>9786050827651</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Kar, Köpek, Ayak</t>
+          <t>Endülüs'te İslam</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786050826722</t>
+          <t>9786050827736</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Sakinleri</t>
+          <t>Unutmanın Genel Teorisi</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786050827156</t>
+          <t>9786050827637</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Popüler Dindarlık</t>
+          <t>Bilardo Telmihleri</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786050826708</t>
+          <t>9786050827705</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ufuklar</t>
+          <t>Kürtlerin PKK İle İmtihanı</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786050826807</t>
+          <t>9786050827927</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Okuma Notları</t>
+          <t>Tarık Bin Ziyad</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786050826036</t>
+          <t>9786050827859</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat'tan 15 Temmuz'a</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786050825978</t>
+          <t>9786050827217</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Yuva</t>
+          <t>Beynimizin Parmak İzleri</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786050825862</t>
+          <t>9786050827729</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Yol Şiirleri</t>
+          <t>Hür Yaşadım Hür Yaşarım</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786050826777</t>
+          <t>9786050827590</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Tahta At</t>
+          <t>Kuyuya Dönen Yusuf</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786050826081</t>
+          <t>9786050827231</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Yerli Yersiz Cümleler</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786050826401</t>
+          <t>9786050827330</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Kutü'l Amare: Osmanlının Son Tokadı</t>
+          <t>Çuvallama Sanatı</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>3990000078496</t>
+          <t>9786050827149</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Adem Güneş'le Çocuk Eğitimine İlk Adım (8 Kitap Takım )</t>
+          <t>Kar, Köpek, Ayak</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>222</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786050826067</t>
+          <t>9786050826722</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi - Hilalin Gölgesinde Bir Ömür</t>
+          <t>İstanbul'un Sakinleri</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786050835052</t>
+          <t>9786050827156</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer'in Liderliği ve Yöneticiliği - Ömer'ini Arayan Yüzyıl</t>
+          <t>Popüler Dindarlık</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786050826005</t>
+          <t>9786050826708</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Dünyaca Ünlü Şüpheli Ölümler</t>
+          <t>Kızıl Ufuklar</t>
         </is>
       </c>
       <c r="C1287" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786050825985</t>
+          <t>9786050826807</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Okuma Notları</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786050825848</t>
+          <t>9786050826036</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Sensizliği Anlatamadım</t>
+          <t>28 Şubat'tan 15 Temmuz'a</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786050824940</t>
+          <t>9786050825978</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Aşk Psikolojisi</t>
+          <t>Yuva</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786050825824</t>
+          <t>9786050825862</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Yol Şiirleri</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786050825855</t>
+          <t>9786050826777</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Son Hasat</t>
+          <t>Tahta At</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786050825008</t>
+          <t>9786050826081</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Toplum Psikolojisi ve Empati</t>
+          <t>Yerli Yersiz Cümleler</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786050825411</t>
+          <t>9786050826401</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Kutü'l Amare: Osmanlının Son Tokadı</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786050825268</t>
+          <t>3990000078496</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Aile Okulu ve Evlilik</t>
+          <t>Adem Güneş'le Çocuk Eğitimine İlk Adım (8 Kitap Takım )</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>240</v>
+        <v>222</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786050825282</t>
+          <t>9786050826067</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Kuşçubaşı Eşref</t>
+          <t>Selahaddin Eyyubi - Hilalin Gölgesinde Bir Ömür</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>470</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786050825084</t>
+          <t>9786050835052</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Gelişiminde Cezasız Eğitim</t>
+          <t>Hz. Ömer'in Liderliği ve Yöneticiliği - Ömer'ini Arayan Yüzyıl</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786050825350</t>
+          <t>9786050826005</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Dünyaca Ünlü Şüpheli Ölümler</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786050825459</t>
+          <t>9786050825985</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarın Öğleden Sonrası</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786050825145</t>
+          <t>9786050825848</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Son Kale</t>
+          <t>Kalbime Sensizliği Anlatamadım</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786050824988</t>
+          <t>9786050824940</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Öznenin Ölümü</t>
+          <t>Aşk Psikolojisi</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786050825244</t>
+          <t>9786050825824</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Onur</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786050825398</t>
+          <t>9786050825855</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Sis Hırsızı</t>
+          <t>Son Hasat</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786050824759</t>
+          <t>9786050825008</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Yazdan Kalan Son Gül</t>
+          <t>Toplum Psikolojisi ve Empati</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>470</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786050824469</t>
+          <t>9786050825411</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Bütün Bir Ömür</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786050824490</t>
+          <t>9786050825268</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Savaş</t>
+          <t>Aile Okulu ve Evlilik</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786050824247</t>
+          <t>9786050825282</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sır</t>
+          <t>Kuşçubaşı Eşref</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>425</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786050824230</t>
+          <t>9786050825084</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Dark Net: İnternetin Yeraltı Dünyası</t>
+          <t>Kişilik Gelişiminde Cezasız Eğitim</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786050824261</t>
+          <t>9786050825350</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Kara Güneş</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786050817034</t>
+          <t>9786050825459</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Çaldıran</t>
+          <t>Bir Yazarın Öğleden Sonrası</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>16.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9789753624114</t>
+          <t>9786050825145</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Ben</t>
+          <t>Son Kale</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786050823868</t>
+          <t>9786050824988</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeşler</t>
+          <t>Öznenin Ölümü</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>450</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786050823769</t>
+          <t>9786050825244</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Cemre Önce Kalbe Düşer</t>
+          <t>Kiralık Onur</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786050822687</t>
+          <t>9786050825398</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sohbetleri</t>
+          <t>Sis Hırsızı</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786050823288</t>
+          <t>9786050824759</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Usta Siyah Çırak</t>
+          <t>Yazdan Kalan Son Gül</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>360</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786050822960</t>
+          <t>9786050824469</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başla</t>
+          <t>Bütün Bir Ömür</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786050823035</t>
+          <t>9786050824490</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Sosyolojik Savaş</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786050822670</t>
+          <t>9786050824247</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Aile İle Bağlanma</t>
+          <t>Kayıp Sır</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>340</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786050812817</t>
+          <t>9786050824230</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Deyip Geçmeyin</t>
+          <t>Dark Net: İnternetin Yeraltı Dünyası</t>
         </is>
       </c>
       <c r="C1319" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9789757544210</t>
+          <t>9786050824261</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Kara Güneş</t>
         </is>
       </c>
       <c r="C1320" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786051141275</t>
+          <t>9786050817034</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Yavuz</t>
+          <t>Çaldıran</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>275</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786050820799</t>
+          <t>9789753624114</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Kerime</t>
+          <t>Gül ve Ben</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786050820812</t>
+          <t>9786050823868</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı Üzerine Bir Konuşma</t>
+          <t>Kan Kardeşler</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786050821550</t>
+          <t>9786050823769</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif - Milli Mücadele Yolculuğu</t>
+          <t>Cemre Önce Kalbe Düşer</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786050821765</t>
+          <t>9786050822687</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Budalalar Okulu</t>
+          <t>Yaz Sohbetleri</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>370</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9789753622127</t>
+          <t>9786050823288</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Benim Çiçeklerim Ateşte Açar</t>
+          <t>Beyaz Usta Siyah Çırak</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786050821192</t>
+          <t>9786050822960</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Yakup'un Renkleri</t>
+          <t>Yeniden Başla</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786050812916</t>
+          <t>9786050823035</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear - Hırçın Kız</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C1328" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786050820416</t>
+          <t>9786050822670</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Mücella</t>
+          <t>Aile İle Bağlanma</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786050820911</t>
+          <t>9786050812817</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar</t>
+          <t>Çocuk Deyip Geçmeyin</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786050822250</t>
+          <t>9789757544210</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Gidersen Veda Etme</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786050819250</t>
+          <t>9786051141275</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Google Nasıl Yönetiliyor?</t>
+          <t>Yavuz</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786050820584</t>
+          <t>9786050820799</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapını Ben Geldim</t>
+          <t>Kerime</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786050820379</t>
+          <t>9786050820812</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Anılar da Yakılır</t>
+          <t>İslam ve Batı Üzerine Bir Konuşma</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>425</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786050811858</t>
+          <t>9786050821550</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Doğal Ebeveynlik</t>
+          <t>Mehmed Akif - Milli Mücadele Yolculuğu</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786050819847</t>
+          <t>9786050821765</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby - Billy Budd</t>
+          <t>Budalalar Okulu</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786050820287</t>
+          <t>9789753622127</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Kanaviçe</t>
+          <t>Benim Çiçeklerim Ateşte Açar</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786050820249</t>
+          <t>9786050821192</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>7-14 Yaş Dönemi Çocuk Eğitiminde 100 Temel Kural</t>
+          <t>Yakup'un Renkleri</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786050820614</t>
+          <t>9786050812916</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Döneminde 100 Temel Kural</t>
+          <t>Kral Lear - Hırçın Kız</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786050820034</t>
+          <t>9786050820416</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>0-6 Yaş Çocuk Eğitiminde 100 Temel Kural</t>
+          <t>Mücella</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786051143071</t>
+          <t>9786050820911</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>4. Murat - Gürz ve Zafer</t>
+          <t>Kuşlar</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786050819038</t>
+          <t>9786050822250</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Yarın Yirmi Yaşında Olacağım</t>
+          <t>Gidersen Veda Etme</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786050818642</t>
+          <t>9786050819250</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Devrimi</t>
+          <t>Google Nasıl Yönetiliyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786050822175</t>
+          <t>9786050820584</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Geliyor - İlk Diriliş</t>
+          <t>Aşk Kapını Ben Geldim</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786050818758</t>
+          <t>9786050820379</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Gazi Osman Paşa</t>
+          <t>Anılar da Yakılır</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786050818796</t>
+          <t>9786050811858</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Aşk Çölü</t>
+          <t>Doğal Ebeveynlik</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786050827583</t>
+          <t>9786050819847</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Bir Delilik Yap</t>
+          <t>Katip Bartleby - Billy Budd</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786050818017</t>
+          <t>9786050820287</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Aile Olmak</t>
+          <t>Kanaviçe</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786050818031</t>
+          <t>9786050820249</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>7-14 Yaş Dönemi Çocuk Eğitiminde 100 Temel Kural</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786050817539</t>
+          <t>9786050820614</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Annelik Sanatı</t>
+          <t>Ergenlik Döneminde 100 Temel Kural</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786050818093</t>
+          <t>9786050820034</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Kutsalın Dönüşü</t>
+          <t>0-6 Yaş Çocuk Eğitiminde 100 Temel Kural</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786050818079</t>
+          <t>9786051143071</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>İntizar</t>
+          <t>4. Murat - Gürz ve Zafer</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786050817805</t>
+          <t>9786050819038</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Kelime Defteri</t>
+          <t>Yarın Yirmi Yaşında Olacağım</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786050817584</t>
+          <t>9786050818642</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Doğru Bilinen Yanlışlar</t>
+          <t>Merhamet Devrimi</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786050823875</t>
+          <t>9786050822175</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Kuzgun</t>
+          <t>Osmanlılar Geliyor - İlk Diriliş</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9789752634787</t>
+          <t>9786050818758</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Cam Irmağı Taş Gemi</t>
+          <t>Gazi Osman Paşa</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786051141770</t>
+          <t>9786050818796</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Dağların Adamı Barnabo</t>
+          <t>Aşk Çölü</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9789757544074</t>
+          <t>9786050827583</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Figan</t>
+          <t>Bir Delilik Yap</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786050816600</t>
+          <t>9786050818017</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Bilinçli Aile Olmak</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786050816648</t>
+          <t>9786050818031</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Macbeth Venedik Taciri</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786050816518</t>
+          <t>9786050817539</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Aşk Cephesi</t>
+          <t>Annelik Sanatı</t>
         </is>
       </c>
       <c r="C1361" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786050818604</t>
+          <t>9786050818093</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Aşk Diye Bir Şey</t>
+          <t>Kutsalın Dönüşü</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786050822236</t>
+          <t>9786050818079</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Suçları</t>
+          <t>İntizar</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786050812428</t>
+          <t>9786050817805</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Ormanın Gizemi</t>
+          <t>Kelime Defteri</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786050816068</t>
+          <t>9786050817584</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Pertev Bey'in Torunları</t>
+          <t>Çocuk Eğitiminde Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C1365" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786050801309</t>
+          <t>9786050823875</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Sen Ben ve Çocuklarımız</t>
+          <t>Kurt ve Kuzgun</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786050817638</t>
+          <t>9789752634787</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Eğitimi</t>
+          <t>Cam Irmağı Taş Gemi</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>285</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9799753627046</t>
+          <t>9786051141770</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Ezoterika</t>
+          <t>Dağların Adamı Barnabo</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>16.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786050816624</t>
+          <t>9789757544074</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Figan</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9789753621861</t>
+          <t>9786050816600</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Yağmur</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786050815061</t>
+          <t>9786050816648</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Bağlanma</t>
+          <t>Macbeth Venedik Taciri</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786051142630</t>
+          <t>9786050816518</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Dünya Nimeti</t>
+          <t>Aşk Cephesi</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786050814262</t>
+          <t>9786050818604</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf'tan Yazarlık Dersleri</t>
+          <t>Aşk Diye Bir Şey</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9789753625579</t>
+          <t>9786050822236</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>Geleceğin Suçları</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786050814095</t>
+          <t>9786050812428</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Aşk Terapi</t>
+          <t>Yaşlı Ormanın Gizemi</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786050814248</t>
+          <t>9786050816068</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Çağırdığı Yerdeyim</t>
+          <t>Pertev Bey'in Torunları</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9789752638655</t>
+          <t>9786050801309</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>İnanç Psikolojisi ve Bilim</t>
+          <t>Sen Ben ve Çocuklarımız</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9789752639706</t>
+          <t>9786050817638</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Ateş Semazenleri</t>
+          <t>Mahremiyet Eğitimi</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786050812756</t>
+          <t>9799753627046</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>İkna</t>
+          <t>Ezoterika</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>310</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786050814163</t>
+          <t>9786050816624</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Beyinsiz Adam</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786050812350</t>
+          <t>9789753621861</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Mimoza Sürgünü</t>
+          <t>Yağmur</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786050812367</t>
+          <t>9786050815061</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Sarı</t>
+          <t>Güvenli Bağlanma</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786050822908</t>
+          <t>9786051142630</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Tabletler</t>
+          <t>Dünya Nimeti</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786050822953</t>
+          <t>9786050814262</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Virginia Woolf'tan Yazarlık Dersleri</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9789752639263</t>
+          <t>9789753625579</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Orada da Yıldızlar Kayar mı?</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786050822540</t>
+          <t>9786050814095</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Çocuklarda Cinsel Eğitim</t>
+          <t>Aşk Terapi</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786050822649</t>
+          <t>9786050814248</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Müşteriniz Ne İster?</t>
+          <t>Kaderin Çağırdığı Yerdeyim</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786050822588</t>
+          <t>9789752638655</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç'in Psikobiyografisi</t>
+          <t>İnanç Psikolojisi ve Bilim</t>
         </is>
       </c>
       <c r="C1388" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786050822700</t>
+          <t>9789752639706</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Albüm Yaprağı</t>
+          <t>Ateş Semazenleri</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786050822618</t>
+          <t>9786050812756</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Pozitif Psikoloji</t>
+          <t>İkna</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786050811278</t>
+          <t>9786050814163</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Beyinsiz Adam</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786050812336</t>
+          <t>9786050812350</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Kut’ül Amare Osmanlı’nın Son Zaferi</t>
+          <t>Mimoza Sürgünü</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786050811865</t>
+          <t>9786050812367</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid</t>
+          <t>Sarı</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786051142319</t>
+          <t>9786050822908</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Psikoloji</t>
+          <t>Siyah Beyaz Tabletler</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9789752634343</t>
+          <t>9786050822953</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Korkacak Ne Var!</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786051141824</t>
+          <t>9789752639263</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk Yoktur</t>
+          <t>Orada da Yıldızlar Kayar mı?</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9789752630710</t>
+          <t>9786050822540</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Yürekte Büyümek</t>
+          <t>Adım Adım Çocuklarda Cinsel Eğitim</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786051143095</t>
+          <t>9786050822649</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Yol Hali</t>
+          <t>Müşteriniz Ne İster?</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786051143088</t>
+          <t>9786050822588</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Yoksulların ve Şairlerin Kitabı 3 (Ciltli)</t>
+          <t>Cemil Meriç'in Psikobiyografisi</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786051142265</t>
+          <t>9786050822700</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Yoksulların ve Şairlerin Kitabı 2 (Ciltli)</t>
+          <t>Albüm Yaprağı</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9789752635388</t>
+          <t>9786050822618</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Geriye Dönse</t>
+          <t>10 Adımda Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9789752639522</t>
+          <t>9786050811278</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Odası - 1</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9789757544111</t>
+          <t>9786050812336</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Yanık Buğdaylar</t>
+          <t>Kut’ül Amare Osmanlı’nın Son Zaferi</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>375</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9789753625623</t>
+          <t>9786050811865</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Arayan Mektuplar</t>
+          <t>Yıldırım Bayezid</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9789753627909</t>
+          <t>9786051142319</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri</t>
+          <t>Koruyucu Psikoloji</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>8.5</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9789753627290</t>
+          <t>9789752634343</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Savaş</t>
+          <t>Korkacak Ne Var!</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786051143934</t>
+          <t>9786051141824</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Pan</t>
+          <t>Zor Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786050808483</t>
+          <t>9789752630710</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Çare ya da Şen Maneviyat (Ciltli)</t>
+          <t>Yürekte Büyümek</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9789752636682</t>
+          <t>9786051143095</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Nun Masalları</t>
+          <t>Yol Hali</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786050807073</t>
+          <t>9786051143088</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Nar Ağacı</t>
+          <t>Yoksulların ve Şairlerin Kitabı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9789752639867</t>
+          <t>9786051142265</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Mükemmelliyetçi Kişilik</t>
+          <t>Yoksulların ve Şairlerin Kitabı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786050823837</t>
+          <t>9789752635388</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Psikolojisi ve Stresle Başa Çıkma</t>
+          <t>Yıllar Geriye Dönse</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786051141022</t>
+          <t>9789752639522</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Muğlak Ölçekli Harita</t>
+          <t>Yazarın Odası - 1</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9789753626880</t>
+          <t>9789757544111</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Mor Mürekkep</t>
+          <t>Yanık Buğdaylar</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786051143927</t>
+          <t>9789753625623</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Milenyum Tarikatları</t>
+          <t>Sahibini Arayan Mektuplar</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786051143965</t>
+          <t>9789753627909</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>275</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9789752631090</t>
+          <t>9789753627290</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına</t>
+          <t>Psikolojik Savaş</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786050802719</t>
+          <t>9786051143934</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Terapi</t>
+          <t>Pan</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9789752634961</t>
+          <t>9786050808483</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Medine Müdafaası Çöl Kaplanı Fahrettin Paşa</t>
+          <t>Ölüme Çare ya da Şen Maneviyat (Ciltli)</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9789753626927</t>
+          <t>9789752636682</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Mavi Lale</t>
+          <t>Nun Masalları</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9789753621441</t>
+          <t>9786050807073</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gözyaşı</t>
+          <t>Nar Ağacı</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9789753629294</t>
+          <t>9789752639867</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Leyl Işıkları</t>
+          <t>Mükemmelliyetçi Kişilik</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9789752638518</t>
+          <t>9786050823837</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>La: Sonsuzluk Hecesi</t>
+          <t>Mutluluk Psikolojisi ve Stresle Başa Çıkma</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9789752639829</t>
+          <t>9786051141022</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma - 1453</t>
+          <t>Muğlak Ölçekli Harita</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9789753623131</t>
+          <t>9789753626880</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Aşka Uyanmak</t>
+          <t>Mor Mürekkep</t>
         </is>
       </c>
       <c r="C1425" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786051141862</t>
+          <t>9786051143927</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Asimetrik Savaş</t>
+          <t>Milenyum Tarikatları</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9799753626964</t>
+          <t>9786051143965</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Annem Dünyada Bir Tanedir</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>9.26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9799753624571</t>
+          <t>9789752631090</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Anneler ve Kızları</t>
+          <t>Metal Fırtına</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>7.5</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786051141978</t>
+          <t>9786050802719</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Victoria</t>
+          <t>Mesnevi Terapi</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9789757544258</t>
+          <t>9789752634961</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Üç Deniz Ötesi</t>
+          <t>Medine Müdafaası Çöl Kaplanı Fahrettin Paşa</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9789752637016</t>
+          <t>9789753626927</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni</t>
+          <t>Mavi Lale</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786050801248</t>
+          <t>9789753621441</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Han</t>
+          <t>Mavi Gözyaşı</t>
         </is>
       </c>
       <c r="C1432" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786050800852</t>
+          <t>9789753629294</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Sultan: Bir Kanuni Romanı</t>
+          <t>Leyl Işıkları</t>
         </is>
       </c>
       <c r="C1433" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9789753620499</t>
+          <t>9789752638518</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Sular Durulursa</t>
+          <t>La: Sonsuzluk Hecesi</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786050802788</t>
+          <t>9789752639829</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Vizyon</t>
+          <t>Kuşatma - 1453</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>16.67</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9789752630055</t>
+          <t>9789753623131</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Fobi</t>
+          <t>Aşka Uyanmak</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9789757544272</t>
+          <t>9786051141862</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Sokağa Açılan Kapı</t>
+          <t>Asimetrik Savaş</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9799753629842</t>
+          <t>9799753626964</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Geleceği</t>
+          <t>Annem Dünyada Bir Tanedir</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9789753625616</t>
+          <t>9799753624571</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Siyah Güller</t>
+          <t>Anneler ve Kızları</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>375</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9789757544227</t>
+          <t>9786051141978</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Sitem</t>
+          <t>Victoria</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9789752633674</t>
+          <t>9789757544258</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Sevmekten Korkuyorum</t>
+          <t>Üç Deniz Ötesi</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9789752636552</t>
+          <t>9789752637016</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Seni Unutmaya Gücüm Yetmedi</t>
+          <t>Şizofreni</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>265</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789752633568</t>
+          <t>9786050801248</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış</t>
+          <t>Süleyman Han</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786050807707</t>
+          <t>9786050800852</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı Asker</t>
+          <t>Sultan: Bir Kanuni Romanı</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786051143699</t>
+          <t>9789753620499</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Yasak İlmin Kitabı</t>
+          <t>Sular Durulursa</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9789752636798</t>
+          <t>9786050802788</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Elveda Balkanlar</t>
+          <t>Stratejik Vizyon</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>390</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9789753621403</t>
+          <t>9789752630055</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Ekinler Yeşerdikçe</t>
+          <t>Sosyal Fobi</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9799753627688</t>
+          <t>9789757544272</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yeni Efendileri</t>
+          <t>Sokağa Açılan Kapı</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>11.12</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786050804904</t>
+          <t>9799753629842</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>Siyasal İslamın Geleceği</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>275</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9789752637535</t>
+          <t>9789753625616</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Depresyon</t>
+          <t>Siyah Güller</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786051142906</t>
+          <t>9789757544227</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Darbe Yargısının Sonu</t>
+          <t>Sitem</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9789752639249</t>
+          <t>9789752633674</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapı</t>
+          <t>Sevmekten Korkuyorum</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>150</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9789757544197</t>
+          <t>9789752636552</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Susayınca</t>
+          <t>Seni Unutmaya Gücüm Yetmedi</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>375</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789752633995</t>
+          <t>9789752633568</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale - Her Şey Yanıp Gül Oldu</t>
+          <t>Sarıkamış</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9789753629362</t>
+          <t>9786050807707</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Cümle Kapısı</t>
+          <t>Sakıncalı Asker</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786051141657</t>
+          <t>9786051143699</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküleri</t>
+          <t>Yasak İlmin Kitabı</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>385</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789757544234</t>
+          <t>9789752636798</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Yıkıldı</t>
+          <t>Elveda Balkanlar</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>265</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786050807172</t>
+          <t>9789753621403</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Bir Anneye Mektuplar - Aile Eğitiminde Rehber</t>
+          <t>Ekinler Yeşerdikçe</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>1</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786050807769</t>
+          <t>9799753627688</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Bi Müsaade Sınavım Var</t>
+          <t>Dünyanın Yeni Efendileri</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>250</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786050808506</t>
+          <t>9786050804904</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlı</t>
+          <t>Din Psikolojisi</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789753625258</t>
+          <t>9789752637535</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar Mısın Anne - Aile Eğitimi 2</t>
+          <t>Depresyon</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9799753623987</t>
+          <t>9786051142906</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Kocanızın Başarısı Sizin Elinizde</t>
+          <t>Darbe Yargısının Sonu</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9789752637160</t>
+          <t>9789752639249</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Hayaller</t>
+          <t>Dar Kapı</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9789752631038</t>
+          <t>9789757544197</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Kendinizle Barışık Olmak</t>
+          <t>Çiçekler Susayınca</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786051144221</t>
+          <t>9789752633995</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Unutup Sana Ağladım</t>
+          <t>Çanakkale - Her Şey Yanıp Gül Oldu</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786050807097</t>
+          <t>9789753629362</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Gamsız Uçar</t>
+          <t>Cümle Kapısı</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786051140261</t>
+          <t>9786051141657</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sabahlar</t>
+          <t>Bütün Öyküleri</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786050805017</t>
+          <t>9789757544234</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhun Zindanı</t>
+          <t>Bir Dünya Yıkıldı</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786051141381</t>
+          <t>9786050807172</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Kaygılanacak Ne Var?</t>
+          <t>Bir Anneye Mektuplar - Aile Eğitiminde Rehber</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>275</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786051141787</t>
+          <t>9786050807769</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Kanuni</t>
+          <t>Bi Müsaade Sınavım Var</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9789753626285</t>
+          <t>9786050808506</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Çiçeği Cennetin Müjdesi</t>
+          <t>Beyaz Atlı</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>9.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9789752639928</t>
+          <t>9789753625258</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>James Joyce Büyük Yazarın Gizli Evreni</t>
+          <t>Benimle Oynar Mısın Anne - Aile Eğitimi 2</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786051142661</t>
+          <t>9799753623987</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Yüzlü Kadın</t>
+          <t>Kocanızın Başarısı Sizin Elinizde</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>325</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789753627184</t>
+          <t>9789752637160</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>İsimle Ateş Arasında</t>
+          <t>Kiralık Hayaller</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786050818840</t>
+          <t>9789752631038</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>İlluminati - Entrika Çemberi</t>
+          <t>Kendinizle Barışık Olmak</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9799752631020</t>
+          <t>9786051144221</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Ich Bin Ein Muslim Wie Glaube Ich Und Woran?</t>
+          <t>Kendimi Unutup Sana Ağladım</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>4</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9789753626538</t>
+          <t>9786050807097</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Lalesidir Dünya</t>
+          <t>Kelebekler Gamsız Uçar</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786051143941</t>
+          <t>9786051140261</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Siret</t>
+          <t>Kayıp Sabahlar</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9789753627436</t>
+          <t>9786050805017</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Hülyalar Hüzün Açtı</t>
+          <t>Kayıp Ruhun Zindanı</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9799753627169</t>
+          <t>9786051141381</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Hicazlı Sevgili Peygamber Sevgisi</t>
+          <t>Kaygılanacak Ne Var?</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>11</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9789752639577</t>
+          <t>9786051141787</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Haminne’nin Suret Aynası</t>
+          <t>Kanuni</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9799753625516</t>
+          <t>9789753626285</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>HAARP Kıyamet Teknolojisi</t>
+          <t>Kalbimin Çiçeği Cennetin Müjdesi</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>8</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786050821178</t>
+          <t>9789752639928</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Değerler Psikolojisi ve İnsan - Güzel İnsan Modeli</t>
+          <t>James Joyce Büyük Yazarın Gizli Evreni</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9789753627276</t>
+          <t>9786051142661</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Matem Düştü</t>
+          <t>İstanbul Yüzlü Kadın</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9789752631526</t>
+          <t>9789753627184</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Günahın Rengi</t>
+          <t>İsimle Ateş Arasında</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9789752635593</t>
+          <t>9786050818840</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Gülce</t>
+          <t>İlluminati - Entrika Çemberi</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9789757544449</t>
+          <t>9799752631020</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Gurbeti Ben Yaşadım</t>
+          <t>Ich Bin Ein Muslim Wie Glaube Ich Und Woran?</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>340</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9789753622479</t>
+          <t>9789753626538</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yarası</t>
+          <t>Hüznün Lalesidir Dünya</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9789753627214</t>
+          <t>9786051143941</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Geniş Ufuklara ve Yabancı İklimlere Doğru</t>
+          <t>Hüseyin Siret</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786050808490</t>
+          <t>9789753627436</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Genciz Biz</t>
+          <t>Hülyalar Hüzün Açtı</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786050804362</t>
+          <t>9799753627169</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Hicazlı Sevgili Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>300</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9789753626224</t>
+          <t>9789752639577</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Afedersin Hayat</t>
+          <t>Haminne’nin Suret Aynası</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786051145242</t>
+          <t>9799753625516</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid</t>
+          <t>HAARP Kıyamet Teknolojisi</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>350</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786051143910</t>
+          <t>9786050821178</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>57. Alay Filistin</t>
+          <t>Değerler Psikolojisi ve İnsan - Güzel İnsan Modeli</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786050801644</t>
+          <t>9789753627276</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Babamdan Sonra</t>
+          <t>Güneşe Matem Düştü</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
+          <t>9789752631526</t>
+        </is>
+      </c>
+      <c r="B1496" s="1" t="inlineStr">
+        <is>
+          <t>Günahın Rengi</t>
+        </is>
+      </c>
+      <c r="C1496" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1497" spans="1:3">
+      <c r="A1497" s="1" t="inlineStr">
+        <is>
+          <t>9789752635593</t>
+        </is>
+      </c>
+      <c r="B1497" s="1" t="inlineStr">
+        <is>
+          <t>Gülce</t>
+        </is>
+      </c>
+      <c r="C1497" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1498" spans="1:3">
+      <c r="A1498" s="1" t="inlineStr">
+        <is>
+          <t>9789757544449</t>
+        </is>
+      </c>
+      <c r="B1498" s="1" t="inlineStr">
+        <is>
+          <t>Gurbeti Ben Yaşadım</t>
+        </is>
+      </c>
+      <c r="C1498" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1499" spans="1:3">
+      <c r="A1499" s="1" t="inlineStr">
+        <is>
+          <t>9789753622479</t>
+        </is>
+      </c>
+      <c r="B1499" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Yarası</t>
+        </is>
+      </c>
+      <c r="C1499" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1500" spans="1:3">
+      <c r="A1500" s="1" t="inlineStr">
+        <is>
+          <t>9789753627214</t>
+        </is>
+      </c>
+      <c r="B1500" s="1" t="inlineStr">
+        <is>
+          <t>Geniş Ufuklara ve Yabancı İklimlere Doğru</t>
+        </is>
+      </c>
+      <c r="C1500" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1501" spans="1:3">
+      <c r="A1501" s="1" t="inlineStr">
+        <is>
+          <t>9786050808490</t>
+        </is>
+      </c>
+      <c r="B1501" s="1" t="inlineStr">
+        <is>
+          <t>Genciz Biz</t>
+        </is>
+      </c>
+      <c r="C1501" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1502" spans="1:3">
+      <c r="A1502" s="1" t="inlineStr">
+        <is>
+          <t>9786050804362</t>
+        </is>
+      </c>
+      <c r="B1502" s="1" t="inlineStr">
+        <is>
+          <t>Alparslan</t>
+        </is>
+      </c>
+      <c r="C1502" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1503" spans="1:3">
+      <c r="A1503" s="1" t="inlineStr">
+        <is>
+          <t>9789753626224</t>
+        </is>
+      </c>
+      <c r="B1503" s="1" t="inlineStr">
+        <is>
+          <t>Afedersin Hayat</t>
+        </is>
+      </c>
+      <c r="C1503" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1504" spans="1:3">
+      <c r="A1504" s="1" t="inlineStr">
+        <is>
+          <t>9786051145242</t>
+        </is>
+      </c>
+      <c r="B1504" s="1" t="inlineStr">
+        <is>
+          <t>Abdülhamid</t>
+        </is>
+      </c>
+      <c r="C1504" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1505" spans="1:3">
+      <c r="A1505" s="1" t="inlineStr">
+        <is>
+          <t>9786051143910</t>
+        </is>
+      </c>
+      <c r="B1505" s="1" t="inlineStr">
+        <is>
+          <t>57. Alay Filistin</t>
+        </is>
+      </c>
+      <c r="C1505" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1506" spans="1:3">
+      <c r="A1506" s="1" t="inlineStr">
+        <is>
+          <t>9786050801644</t>
+        </is>
+      </c>
+      <c r="B1506" s="1" t="inlineStr">
+        <is>
+          <t>Babamdan Sonra</t>
+        </is>
+      </c>
+      <c r="C1506" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1507" spans="1:3">
+      <c r="A1507" s="1" t="inlineStr">
+        <is>
           <t>9789757544241</t>
         </is>
       </c>
-      <c r="B1496" s="1" t="inlineStr">
+      <c r="B1507" s="1" t="inlineStr">
         <is>
           <t>Azat Kuşları</t>
         </is>
       </c>
-      <c r="C1496" s="1">
+      <c r="C1507" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>