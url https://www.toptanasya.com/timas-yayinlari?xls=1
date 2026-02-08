--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -85,22630 +85,22810 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786050849677</t>
+          <t>9786050849646</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Shoko’nun Gülüşü</t>
+          <t>Sen Benim Hikayemsin (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786050849752</t>
+          <t>9786050849851</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Narsist Ebeveynlerle Büyümek</t>
+          <t>Öz Saygı Dersleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786050849721</t>
+          <t>9786050849868</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İşe Yaramayan Şeyler Üzerine</t>
+          <t>Kadim Dinler ve Bilgelikler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050849769</t>
+          <t>9786050849837</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Ekin</t>
+          <t>Ekranda Kaybolan Çocuklar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050849707</t>
+          <t>9786050849783</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyanın Mitleri: Dünyayı Yanlış Anlamanın Sekiz Yolu</t>
+          <t>Miras Toprak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259621548</t>
+          <t>9786050849745</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Asa</t>
+          <t>Mutluluğun İnşası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050849738</t>
+          <t>9786050849806</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Başım Secdeye Gitmiyor Allah’ım</t>
+          <t>Bebeklikten Ergenliğe Dijital Ebeveynlik</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050849776</t>
+          <t>9786050849790</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kitap'ın Yolcuları</t>
+          <t>Allah'ın Aslanı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050849691</t>
+          <t>9786050849813</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yarın Başlarım Sendromu</t>
+          <t>1868 Sofya ve Cihangir’in Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050849684</t>
+          <t>9786050849820</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mademki Bir İnsanım</t>
+          <t>Köprüden Önceki Son Kitap</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050849714</t>
+          <t>9786256767713</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Fark Et, Güçlen, Hayatını Kur</t>
+          <t>Kudüs Haçlı Krallığı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259621524</t>
+          <t>9786256767706</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İçimde Susmayan Bir Çocuk Ağlar</t>
+          <t>Türkiye Tarihi-1 / Yeniçeri Ocağı'nın Kaldırılışından II. Mahmud'un Ölümüne Kadar (1826-1839) (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050849660</t>
+          <t>9786050849677</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gözler Gazze’de Yok Edilmeye Tanıklık</t>
+          <t>Shoko’nun Gülüşü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050849622</t>
+          <t>9786050849752</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ne Değildir?</t>
+          <t>Narsist Ebeveynlerle Büyümek</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050849639</t>
+          <t>9786050849721</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Benim Aptal Niyetlerim</t>
+          <t>İşe Yaramayan Şeyler Üzerine</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050849653</t>
+          <t>9786050849769</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Aileni Suçlamayı Bırak Olgunlaşmaya Bak</t>
+          <t>Benim Adım Ekin</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050849585</t>
+          <t>9786050849707</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Tutuklanmayı Beklemek</t>
+          <t>Coğrafyanın Mitleri: Dünyayı Yanlış Anlamanın Sekiz Yolu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050849615</t>
+          <t>9786259621548</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hatırlamanın Bilimi ve Unutmanın Gerekliliği</t>
+          <t>Asa</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050849608</t>
+          <t>9786050849738</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Denizin Canavarları</t>
+          <t>Başım Secdeye Gitmiyor Allah’ım</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050849592</t>
+          <t>9786050849776</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gölgeni Aşmak</t>
+          <t>Kitap'ın Yolcuları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050849301</t>
+          <t>9786050849691</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yardımın El Kitabı</t>
+          <t>Yarın Başlarım Sendromu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786250017869</t>
+          <t>9786050849684</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi 87 Yıllık Mübarek Bir Ömür</t>
+          <t>Mademki Bir İnsanım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050843651</t>
+          <t>9786050849714</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Geçidi (Bez Ciltli)</t>
+          <t>Fark Et, Güçlen, Hayatını Kur</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>565</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050832938</t>
+          <t>9786259621524</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Cam Irmağı Taş Gemi (Bez Ciltli)</t>
+          <t>İçimde Susmayan Bir Çocuk Ağlar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050832006</t>
+          <t>9786050849660</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Enformatik Cehalet</t>
+          <t>Gözler Gazze’de Yok Edilmeye Tanıklık</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786050811339</t>
+          <t>9786050849622</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İnci Mercan</t>
+          <t>Bilim Ne Değildir?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>13.89</v>
+        <v>375</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753628280</t>
+          <t>9786050849639</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi (Bilim) - Şaşkın Dinozorlar</t>
+          <t>Benim Aptal Niyetlerim</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050818888</t>
+          <t>9786050849653</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Motivaksiyon</t>
+          <t>Aileni Suçlamayı Bırak Olgunlaşmaya Bak</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>12.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>1520501987710</t>
+          <t>9786050849585</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Adem Güneş'le Çocukluktan Ergenliğe (6 Kitap Takım)</t>
+          <t>Gece Yarısı Tutuklanmayı Beklemek</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>1520501987819</t>
+          <t>9786050849615</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Adem Güneş'le Çocuk Eğitimine İlk Adım (8 Kitap Takım )</t>
+          <t>Hatırlamanın Bilimi ve Unutmanın Gerekliliği</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9799753627954</t>
+          <t>9786050849608</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kadın İlmihali</t>
+          <t>Denizin Canavarları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050823455</t>
+          <t>9786050849592</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda Neler Oluyor? (Ciltli)</t>
+          <t>Kendi Gölgeni Aşmak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>13.43</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050818116</t>
+          <t>9786050849301</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İncir Tadında İyilik Öyküleri</t>
+          <t>Kendine Yardımın El Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>18.52</v>
+        <v>275</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050818055</t>
+          <t>9786250017869</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu</t>
+          <t>Bediüzzaman Said Nursi 87 Yıllık Mübarek Bir Ömür</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>45</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050816877</t>
+          <t>9786050843651</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehzade: Cem Sultan</t>
+          <t>Kehribar Geçidi (Bez Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>9.26</v>
+        <v>565</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050816181</t>
+          <t>9786050832938</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yedi Düvele Karşı</t>
+          <t>Cam Irmağı Taş Gemi (Bez Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>22.5</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050816228</t>
+          <t>9786050832006</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mintan</t>
+          <t>Enformatik Cehalet</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>9.26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050816082</t>
+          <t>9786050811339</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Mucizeleri</t>
+          <t>İnci Mercan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050816105</t>
+          <t>9789753628280</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Kitapçı Fikry'nin İnanılmaz Hikâyesi</t>
+          <t>Eğlenceli Bilgi (Bilim) - Şaşkın Dinozorlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>275</v>
+        <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050819335</t>
+          <t>9786050818888</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - İlk Macera</t>
+          <t>Motivaksiyon</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>17.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050819502</t>
+          <t>1520501987710</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen : Oyuk İğne'nin Esrarı</t>
+          <t>Adem Güneş'le Çocukluktan Ergenliğe (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>16.2</v>
+        <v>325</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050819236</t>
+          <t>1520501987819</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kelime Avcısı</t>
+          <t>Adem Güneş'le Çocuk Eğitimine İlk Adım (8 Kitap Takım )</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>32.5</v>
+        <v>440</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050812329</t>
+          <t>9799753627954</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Kadın İlmihali</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>75</v>
+        <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050819571</t>
+          <t>9786050823455</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Evliya Çelebi ve Tükenmez Kalemi</t>
+          <t>Dışarıda Neler Oluyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>40</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050819861</t>
+          <t>9786050818116</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>İncir Tadında İyilik Öyküleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>16.2</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050819816</t>
+          <t>9786050818055</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Sekiz Yüz On Üç</t>
+          <t>Gelibolu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>18.52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050819700</t>
+          <t>9786050816877</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Sorularla Namaz</t>
+          <t>Esir Şehzade: Cem Sultan</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>13.43</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050814132</t>
+          <t>9786050816181</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Siyasi Tarihi (1914-1995)</t>
+          <t>Yedi Düvele Karşı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>46.3</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9799753626124</t>
+          <t>9786050816228</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İşaret Taşları</t>
+          <t>Kanlı Mintan</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753626088</t>
+          <t>9786050816082</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İstihbaratta Beyin Yıkama</t>
+          <t>Hz. Muhammed'in Mucizeleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>10.65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752637603</t>
+          <t>9786050816105</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Anlamak</t>
+          <t>Huysuz Kitapçı Fikry'nin İnanılmaz Hikâyesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>22.22</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752639614</t>
+          <t>9786050819335</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Yaşama Sanatı</t>
+          <t>Sherlock Holmes - İlk Macera</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>25.46</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752639782</t>
+          <t>9786050819502</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Zihin Tarihi</t>
+          <t>Arsen Lüpen : Oyuk İğne'nin Esrarı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>25</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753626712</t>
+          <t>9786050819236</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Silahsız Askeri Badşah Han Sivil Direniş</t>
+          <t>Kelime Avcısı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>9.26</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752637597</t>
+          <t>9786050812329</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İslam Birliği ve Mustafa Kemal</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>13.89</v>
+        <v>75</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050801316</t>
+          <t>9786050819571</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim Tarihi Üzerine Konferanslar</t>
+          <t>İnanılmaz Evliya Çelebi ve Tükenmez Kalemi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>20.83</v>
+        <v>40</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753625630</t>
+          <t>9786050819861</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İpler Kimin Elinde Komplo Teorileri</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>10.65</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9799752633284</t>
+          <t>9786050819816</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlunun Uzay Macerası</t>
+          <t>Arsen Lüpen - Sekiz Yüz On Üç</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>8.8</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9799752634410</t>
+          <t>9786050819700</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yüzlü Şehirler</t>
+          <t>Gençler İçin Sorularla Namaz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>16.2</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050811612</t>
+          <t>9786050814132</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İnsan Güzeldir</t>
+          <t>20. Yüzyıl Siyasi Tarihi (1914-1995)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>9.26</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799752634229</t>
+          <t>9799753626124</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İnanca Dair 100 Soru Cevap</t>
+          <t>İşaret Taşları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>7.88</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752637627</t>
+          <t>9789753626088</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Akşamı</t>
+          <t>İstihbaratta Beyin Yıkama</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>12.04</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752637030</t>
+          <t>9789752637603</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İman Hakikatleri</t>
+          <t>İstanbul’u Anlamak</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>4.63</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050804973</t>
+          <t>9789752639614</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlılar ve Batı Anadolu Beylikler Dünyası</t>
+          <t>İstanbul’da Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>27.78</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051143637</t>
+          <t>9789752639782</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İlk Atlas (Ciltli)</t>
+          <t>İslam’ın Zihin Tarihi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>21.3</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050808568</t>
+          <t>9789753626712</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Seyahatnamesi</t>
+          <t>İslam’ın Silahsız Askeri Badşah Han Sivil Direniş</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>20.83</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752638297</t>
+          <t>9789752637597</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İkna Odası</t>
+          <t>İslam Birliği ve Mustafa Kemal</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>8.34</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9799752631389</t>
+          <t>9786050801316</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İki Kişilik Rüyalar</t>
+          <t>İslam Bilim Tarihi Üzerine Konferanslar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>8.8</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752637085</t>
+          <t>9789753625630</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İhanet Çemberi PKK’yı Yöneten Türkler</t>
+          <t>İpler Kimin Elinde Komplo Teorileri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>12.5</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051143231</t>
+          <t>9799752633284</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İdare Edemem Anne!</t>
+          <t>İnsanoğlunun Uzay Macerası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>10.19</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9799752631181</t>
+          <t>9799752634410</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geldiği Gibi</t>
+          <t>İnsan Yüzlü Şehirler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>9.26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050810738</t>
+          <t>9786050811612</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Cennete Yolculuk</t>
+          <t>İnsan Güzeldir</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752634169</t>
+          <t>9799752634229</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Şehir ve Mimari</t>
+          <t>İnanca Dair 100 Soru Cevap</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>18.06</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051148120</t>
+          <t>9789752637627</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İbrahim’in Beni Terketmesi</t>
+          <t>İmparatorluğun Son Akşamı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050807776</t>
+          <t>9789752637030</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Ruhu</t>
+          <t>İman Hakikatleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>40</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050804591</t>
+          <t>9786050804973</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Beden Dili</t>
+          <t>İlk Osmanlılar ve Batı Anadolu Beylikler Dünyası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>100</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9799753627350</t>
+          <t>9786051143637</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Havalar</t>
+          <t>İlk Atlas (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>6.02</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050809077</t>
+          <t>9786050808568</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hüzün ve Ben</t>
+          <t>İlber Ortaylı Seyahatnamesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>45</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050804171</t>
+          <t>9789752638297</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Hastalığı</t>
+          <t>İkna Odası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>13.43</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9799753627558</t>
+          <t>9799752631389</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ile Aşk</t>
+          <t>İki Kişilik Rüyalar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>6.95</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752634954</t>
+          <t>9789752637085</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devlete Sızabilir mi?</t>
+          <t>İhanet Çemberi PKK’yı Yöneten Türkler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>12.97</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9799752631808</t>
+          <t>9786051143231</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hoşgeldin Bebeğim Anneler İçin Annelerin Diliyle</t>
+          <t>İdare Edemem Anne!</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>7.87</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051141053</t>
+          <t>9799752631181</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal</t>
+          <t>İçimden Geldiği Gibi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>12.97</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050807783</t>
+          <t>9786050810738</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hilalin İki Ucu</t>
+          <t>İçimdeki Cennete Yolculuk</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>11.58</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753629522</t>
+          <t>9789752634169</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hiçbiryer</t>
+          <t>İslam’da Şehir ve Mimari</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>13.89</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051142654</t>
+          <t>9786051148120</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>İbrahim’in Beni Terketmesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752635241</t>
+          <t>9786050807776</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma Yüzyılı Mezhepler Çatışması</t>
+          <t>İbadetlerin Ruhu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>11.12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752639645</t>
+          <t>9786050804591</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bir Anlamı Var</t>
+          <t>Hz. Peygamber’in Beden Dili</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>12.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050810639</t>
+          <t>9799753627350</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeniden Başla</t>
+          <t>Hüzünlü Havalar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>9.17</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051141947</t>
+          <t>9786050809077</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Bir Ediple</t>
+          <t>Hüzün ve Ben</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>8.33</v>
+        <v>45</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050808421</t>
+          <t>9786050804171</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Bir Dua</t>
+          <t>Hüzün Hastalığı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>11.57</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9799752633154</t>
+          <t>9799753627558</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İmam Nevevi ve Duası</t>
+          <t>Hüsn ile Aşk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>7</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050807554</t>
+          <t>9789752634954</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Her Gece Bir Dua</t>
+          <t>Hukuk Devlete Sızabilir mi?</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>11.57</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9799753627008</t>
+          <t>9799752631808</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Amerika 11 Eylül Şoku</t>
+          <t>Hoşgeldin Bebeğim Anneler İçin Annelerin Diliyle</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>9.26</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050819359</t>
+          <t>9786051141053</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hayallerimin Kitapçısı</t>
+          <t>Hoşçakal</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>17.5</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050819373</t>
+          <t>9786050807783</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece Vakti</t>
+          <t>Hilalin İki Ucu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>45</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050818680</t>
+          <t>9789753629522</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren İcatlar ve Mucitler</t>
+          <t>Hiçbiryer</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050818666</t>
+          <t>9786051142654</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nar Tadında Bereket Öyküleri</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>15.28</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050816594</t>
+          <t>9789752635241</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Beni Sessiz de Sevebilir misin?</t>
+          <t>Hesaplaşma Yüzyılı Mezhepler Çatışması</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>70</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050812800</t>
+          <t>9789752639645</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Labirentleri</t>
+          <t>Her Şeyin Bir Anlamı Var</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>18.52</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050812473</t>
+          <t>9786050810639</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Di-Ze Dikkati ve Düşünme Becerilerini Geliştirme Seti 1. Sınıf</t>
+          <t>Her Güne Yeniden Başla</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>145</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050816990</t>
+          <t>9786051141947</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ecinniler</t>
+          <t>Her Gün Bir Ediple</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050816488</t>
+          <t>9786050808421</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Mesnevi-i Şerif Tam Metin (2. Hamur) (Ciltli)</t>
+          <t>Her Gün Bir Dua</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>23.15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051142647</t>
+          <t>9799752633154</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tanınmayan Büyük Çağ</t>
+          <t>İmam Nevevi ve Duası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>95</v>
+        <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050810691</t>
+          <t>9786050807554</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaş Tarihi: Osmanlı Askeri Tarihi (Ciltli)</t>
+          <t>Her Gece Bir Dua</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>111.11</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050827224</t>
+          <t>9799753627008</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>Hedefteki Amerika 11 Eylül Şoku</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050825220</t>
+          <t>9786050819359</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İdeal Ekip Oyuncusu</t>
+          <t>Hayallerimin Kitapçısı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>110</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050827866</t>
+          <t>9786050819373</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sakın Acında Kaybolma</t>
+          <t>Bir Gece Vakti</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>23.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050817447</t>
+          <t>9786050818680</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Yaprak Test</t>
+          <t>Tarihi Değiştiren İcatlar ve Mucitler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>9.73</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050817386</t>
+          <t>9786050818666</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Yaprak Test</t>
+          <t>Nar Tadında Bereket Öyküleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>7.41</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050817362</t>
+          <t>9786050816594</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Konu Anlatımı (4 Kitap Fasikül)</t>
+          <t>Beni Sessiz de Sevebilir misin?</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050823738</t>
+          <t>9786050812800</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Son Macera</t>
+          <t>Ruhun Labirentleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>16.2</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050822274</t>
+          <t>9786050812473</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Babil Taşı</t>
+          <t>Di-Ze Dikkati ve Düşünme Becerilerini Geliştirme Seti 1. Sınıf</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>27.5</v>
+        <v>145</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050822168</t>
+          <t>9786050816990</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Babam İçin Beyaz Bir Kuğu</t>
+          <t>Ecinniler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050822113</t>
+          <t>9786050816488</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiyedeki Hafiye</t>
+          <t>Mevlana Mesnevi-i Şerif Tam Metin (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050822397</t>
+          <t>9786051142647</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Korku Vadisi</t>
+          <t>Tanınmayan Büyük Çağ</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>16.2</v>
+        <v>95</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050820225</t>
+          <t>9786050810691</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Yaralı Yüz</t>
+          <t>Dünya Savaş Tarihi: Osmanlı Askeri Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>16.2</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050820171</t>
+          <t>9786050827224</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Kristal Tıpa</t>
+          <t>İnsanların Dünyası</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>18.52</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050822359</t>
+          <t>9786050825220</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Panoptik Bela</t>
+          <t>İdeal Ekip Oyuncusu</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>18.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050821895</t>
+          <t>9786050827866</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Topkapı Sarayı - Bir Müstakil Dünya (Ciltli)</t>
+          <t>Sakın Acında Kaybolma</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>110</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050825831</t>
+          <t>9786050817447</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yerli Yersiz Cümleler (İmzalı - Numaralı Özel Baskı) (Ciltli)</t>
+          <t>3. Sınıf Tüm Dersler Yaprak Test</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>65</v>
+        <v>9.73</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050825374</t>
+          <t>9786050817386</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa 33 Reçete</t>
+          <t>2. Sınıf Tüm Dersler Yaprak Test</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050822311</t>
+          <t>9786050817362</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İlma - Dunah'ın Terazisi</t>
+          <t>2. Sınıf Matematik Konu Anlatımı (4 Kitap Fasikül)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050821857</t>
+          <t>9786050823738</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kelebek ve Dağ</t>
+          <t>Sherlock Holmes - Son Macera</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>18.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050821819</t>
+          <t>9786050822274</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Şarkısı</t>
+          <t>Babil Taşı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>24.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050820553</t>
+          <t>9786050822168</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mohaç - İsyan, Zafer ve Destan</t>
+          <t>Babam İçin Beyaz Bir Kuğu</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>25.46</v>
+        <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050820522</t>
+          <t>9786050822113</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Okumaları</t>
+          <t>Tuhafiyedeki Hafiye</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050826760</t>
+          <t>9786050822397</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tahta At (Ciltli)</t>
+          <t>Sherlock Holmes - Korku Vadisi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>40</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050825060</t>
+          <t>9786050820225</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Anne Darbe Ne Demek?</t>
+          <t>Sherlock Holmes - Yaralı Yüz</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050824391</t>
+          <t>9786050820171</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Alp Arslan'ın Yolu Anadolu</t>
+          <t>Arsen Lüpen - Kristal Tıpa</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050823844</t>
+          <t>9786050822359</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Edinerek Öğrenme</t>
+          <t>Panoptik Bela</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>26.39</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050824735</t>
+          <t>9786050821895</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar – Hermann Hesse / Thomas Mann</t>
+          <t>Topkapı Sarayı - Bir Müstakil Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050823417</t>
+          <t>9786050825831</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes-Mezarlığın Sırrı</t>
+          <t>Yerli Yersiz Cümleler (İmzalı - Numaralı Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>17.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050820300</t>
+          <t>9786050825374</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Esrarlı Ev</t>
+          <t>Ruha Şifa 33 Reçete</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>16.2</v>
+        <v>25</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050820263</t>
+          <t>9786050822311</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
+          <t>İlma - Dunah'ın Terazisi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>16.2</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752635579</t>
+          <t>9786050821857</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Mesnevi-i Şerif Tam Metin (1. Hamur) (Ciltli)</t>
+          <t>Kelebek ve Dağ</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>34.73</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752637023</t>
+          <t>9786050821819</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Çiçeklerin Şarkısı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>16.2</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9799753629231</t>
+          <t>9786050820553</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Yenigün Hikayeleri</t>
+          <t>Mohaç - İsyan, Zafer ve Destan</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>10.19</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050801552</t>
+          <t>9786050820522</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Biber</t>
+          <t>Edebiyat Okumaları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9799753626056</t>
+          <t>9786050826760</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mem ile Zin</t>
+          <t>Tahta At (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>6.48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9799752632232</t>
+          <t>9786050825060</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 2 Kurtuluş</t>
+          <t>Anne Darbe Ne Demek?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>9.26</v>
+        <v>26</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753622561</t>
+          <t>9786050824391</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif’e Göre Dün Bugün Yarın</t>
+          <t>Alp Arslan'ın Yolu Anadolu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>15.28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051141305</t>
+          <t>9786050823844</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif</t>
+          <t>Edinerek Öğrenme</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>20.37</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051144603</t>
+          <t>9786050824735</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Mektuplar – Hermann Hesse / Thomas Mann</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>9.26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9799753626407</t>
+          <t>9786050823417</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Matruşka Kurşun Adres Sormaz</t>
+          <t>Sherlock Holmes-Mezarlığın Sırrı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>12.97</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752637689</t>
+          <t>9786050820300</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Matrak Böcekler</t>
+          <t>Sherlock Holmes - Esrarlı Ev</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>40</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9799753626063</t>
+          <t>9786050820263</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Masal Estetiği</t>
+          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>8.8</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050807141</t>
+          <t>9789752635579</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Malan Barkirin</t>
+          <t>Mevlana Mesnevi-i Şerif Tam Metin (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>17.59</v>
+        <v>34.73</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051146867</t>
+          <t>9789752637023</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Mahrem ve Münzevi</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>110</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051141336</t>
+          <t>9799753629231</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mahmut’un Pabuçları</t>
+          <t>Merhaba Yenigün Hikayeleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>8.8</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752636972</t>
+          <t>9786050801552</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mafya Yeraltının Kriminal Efendileri</t>
+          <t>Meraklı Biber</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>16.21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752635883</t>
+          <t>9799753626056</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Maden Savaşları</t>
+          <t>Mem ile Zin</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>10.19</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050801521</t>
+          <t>9799752632232</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Elma</t>
+          <t>Metal Fırtına 2 Kurtuluş</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9799752633680</t>
+          <t>9789753622561</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Mehmed Akif’e Göre Dün Bugün Yarın</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>6.94</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051148625</t>
+          <t>9786051141305</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Mehmed Akif</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>19.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051141671</t>
+          <t>9786051144603</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Lal</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>15.28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752639836</t>
+          <t>9799753626407</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kürtleri Anlamak</t>
+          <t>Matruşka Kurşun Adres Sormaz</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>17.13</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752638846</t>
+          <t>9789752637689</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu</t>
+          <t>Matrak Böcekler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>32.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752637412</t>
+          <t>9799753626063</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kürt Meselesi ile Yüzleşmek</t>
+          <t>Masal Estetiği</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>11.58</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752634893</t>
+          <t>9786050807141</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Küller Altında Yakın Tarih</t>
+          <t>Malan Barkirin</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>16.2</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050801217</t>
+          <t>9786051146867</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Küller</t>
+          <t>Mahrem ve Münzevi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>9.26</v>
+        <v>110</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050808544</t>
+          <t>9786051141336</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Küf</t>
+          <t>Mahmut’un Pabuçları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>22.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752635876</t>
+          <t>9789752636972</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Irak Kürtçülük ve Ayrılıkçı Terör</t>
+          <t>Mafya Yeraltının Kriminal Efendileri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>10.19</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752636835</t>
+          <t>9789752635883</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklara Yolculuk</t>
+          <t>Maden Savaşları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>21.3</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051143248</t>
+          <t>9786050801521</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uykusu</t>
+          <t>Maceracı Elma</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>11.12</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786051144931</t>
+          <t>9799752633680</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Küresel Vicdan</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051143903</t>
+          <t>9786051148625</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’la Diriliş</t>
+          <t>Lale Devri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>6.95</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752637702</t>
+          <t>9786051141671</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kumandan</t>
+          <t>Lal</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>22.69</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050804607</t>
+          <t>9789752639836</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kul Peygamber</t>
+          <t>Kürtleri Anlamak</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>50</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752635371</t>
+          <t>9789752638846</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kubbeyi Yere Koymamak</t>
+          <t>Kürt Sorunu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>24.07</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051143262</t>
+          <t>9789752637412</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Koza</t>
+          <t>Kürt Meselesi ile Yüzleşmek</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>10.19</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752636606</t>
+          <t>9789752634893</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kovulmuşların Evi</t>
+          <t>Küller Altında Yakın Tarih</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>14.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752638945</t>
+          <t>9786050801217</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Korku Duvarını Yıkmak</t>
+          <t>Küller</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752631885</t>
+          <t>9786050808544</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kitaplara İman</t>
+          <t>Küf</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>1.39</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051146348</t>
+          <t>9789752635876</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kirli Kramponlar</t>
+          <t>Kuzey Irak Kürtçülük ve Ayrılıkçı Terör</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>12.5</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051141244</t>
+          <t>9789752636835</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Ordular</t>
+          <t>Kutsal Topraklara Yolculuk</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>20.84</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051143446</t>
+          <t>9786051143248</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kibrit Kutusundaki Sarıkamış - Sibirya Günlükleri</t>
+          <t>Kuş Uykusu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>24.5</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9799753624281</t>
+          <t>9786051144931</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Komplo Yok</t>
+          <t>Küresel Vicdan</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>10.65</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051145280</t>
+          <t>9786051143903</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Yanardağlar</t>
+          <t>Kur’an’la Diriliş</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>40</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9799753629736</t>
+          <t>9789752637702</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Komplosu</t>
+          <t>Kumandan</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>13.89</v>
+        <v>22.69</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752638952</t>
+          <t>9786050804607</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kıt’a Dur!</t>
+          <t>Kul Peygamber</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752639720</t>
+          <t>9789752635371</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı</t>
+          <t>Kubbeyi Yere Koymamak</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>16.2</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786050807516</t>
+          <t>9786051143262</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan İttifaktan Model Ortaklığa Türkiye ABD İlişkileri</t>
+          <t>Koza</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>30</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753629102</t>
+          <t>9789752636606</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kıran Kırana Zeka Soruları  Eğlenceli Matematik 5</t>
+          <t>Kovulmuşların Evi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>40</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752635234</t>
+          <t>9789752638945</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kıl Beni Ey Namaz</t>
+          <t>Korku Duvarını Yıkmak</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>7.87</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789753628815</t>
+          <t>9789752631885</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ketçap Mayonez ve Sindirim Eğlenceli Bilgi - 21</t>
+          <t>Kitaplara İman</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>40</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753625661</t>
+          <t>9786051146348</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Kirli Kramponlar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>6.95</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051143460</t>
+          <t>9786051141244</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kerberos</t>
+          <t>Kiralık Ordular</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>20</v>
+        <v>20.84</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051141084</t>
+          <t>9786051143446</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kent Dindarlığı</t>
+          <t>Kibrit Kutusundaki Sarıkamış - Sibirya Günlükleri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>9.26</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752635951</t>
+          <t>9799753624281</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kendinize Hoş Geldiniz</t>
+          <t>Komplo Yok</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>8.33</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752638044</t>
+          <t>9786051145280</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Kızgın Yanardağlar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>12.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051141923</t>
+          <t>9799753629736</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Öte Bir Yol</t>
+          <t>Kıyamet Komplosu</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>12.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051146881</t>
+          <t>9789752638952</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler ve Kader</t>
+          <t>Kıt’a Dur!</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>13.89</v>
+        <v>140</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051149226</t>
+          <t>9789752639720</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Keje</t>
+          <t>Kırmızı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>8.33</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050801385</t>
+          <t>9786050807516</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>KCK - Demokrasi Kılıfında Terör</t>
+          <t>Kırılgan İttifaktan Model Ortaklığa Türkiye ABD İlişkileri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>10.19</v>
+        <v>30</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051144320</t>
+          <t>9789753629102</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir’in Gözüyle Yakın Tarihimiz</t>
+          <t>Kıran Kırana Zeka Soruları  Eğlenceli Matematik 5</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>15.28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051141091</t>
+          <t>9789752635234</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gül (Ciltli)</t>
+          <t>Kıl Beni Ey Namaz</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>23.15</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051141060</t>
+          <t>9789753628815</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gül</t>
+          <t>Ketçap Mayonez ve Sindirim Eğlenceli Bilgi - 21</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051144986</t>
+          <t>9789753625661</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bozkurtlar</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>13.89</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752635784</t>
+          <t>9786051143460</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Karşı Darbe CIA İran’da</t>
+          <t>Kerberos</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051146966</t>
+          <t>9786051141084</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Oda</t>
+          <t>Kent Dindarlığı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>11.58</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051146669</t>
+          <t>9789752635951</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kanuni ve Şarlken</t>
+          <t>Kendinize Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>20.83</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752639539</t>
+          <t>9789752638044</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Hicviyesi</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>12.97</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051143279</t>
+          <t>9786051141923</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Karizma Zamanları</t>
+          <t>Kendinden Öte Bir Yol</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>13.89</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9799752634014</t>
+          <t>9786051146881</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kamikaze Operasyonu  11 Eylül’ün Gerçek Romanı</t>
+          <t>Kelimeler ve Kader</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752634923</t>
+          <t>9786051149226</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kalp Süvarileri</t>
+          <t>Keje</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>14</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9799752633949</t>
+          <t>9786050801385</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kalite Liderliği Dorukları Düşleyenlerin Kitabı</t>
+          <t>KCK - Demokrasi Kılıfında Terör</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>12.97</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050811261</t>
+          <t>9786051144320</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Mühendisi</t>
+          <t>Kazım Karabekir’in Gözüyle Yakın Tarihimiz</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>20</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051149301</t>
+          <t>9786051141091</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Direnişi</t>
+          <t>Kayıp Gül (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>12.96</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789753629911</t>
+          <t>9786051141060</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizi Yeniden Yazmak</t>
+          <t>Kayıp Gül</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>7.41</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9799752633918</t>
+          <t>9786051144986</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kafkasyalı Hasan</t>
+          <t>Kayıp Bozkurtlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>6.95</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752638099</t>
+          <t>9789752635784</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar, Erkekler, Aşıklar</t>
+          <t>Karşı Darbe CIA İran’da</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051148137</t>
+          <t>9786051146966</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kader Denizi</t>
+          <t>Karanlık Oda</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>9.26</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051144030</t>
+          <t>9786051146669</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Jitem’i Ben Kurdum</t>
+          <t>Kanuni ve Şarlken</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>12.97</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051140513</t>
+          <t>9789752639539</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Jitem</t>
+          <t>Kanuni Hicviyesi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>11.57</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051144917</t>
+          <t>9786051143279</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Jerusalem</t>
+          <t>Karizma Zamanları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>13.43</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786050813104</t>
+          <t>9799752634014</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Beş Vakit İnsan</t>
+          <t>Kamikaze Operasyonu  11 Eylül’ün Gerçek Romanı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050813081</t>
+          <t>9789752634923</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Şifalar Kitabı</t>
+          <t>Kalp Süvarileri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050812923</t>
+          <t>9799752633949</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Şehrim Aşk</t>
+          <t>Kalite Liderliği Dorukları Düşleyenlerin Kitabı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>16.21</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051143125</t>
+          <t>9786050811261</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kader Denizi (Ciltli)</t>
+          <t>Kaldırım Mühendisi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>32.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752639768</t>
+          <t>9786051149301</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İtirafçı</t>
+          <t>Kalbin Direnişi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>10.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786050813098</t>
+          <t>9789753629911</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Evinden Anılar</t>
+          <t>Kalbimizi Yeniden Yazmak</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>35</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786050811667</t>
+          <t>9799752633918</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kafirun</t>
+          <t>Kafkasyalı Hasan</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>14.82</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9799752630597</t>
+          <t>9789752638099</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Eğitim ve Psikoloji Rehberi</t>
+          <t>Kadınlar, Erkekler, Aşıklar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>25.46</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752635708</t>
+          <t>9786051148137</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ankara’da Gölge Oyunları Gizli Dosyalar Serin Sular</t>
+          <t>Kader Denizi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752638150</t>
+          <t>9786051144030</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Anka</t>
+          <t>Jitem’i Ben Kurdum</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>23.5</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050804959</t>
+          <t>9786051140513</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Altın Anahtar (4 Kitap Takım, Kutulu)</t>
+          <t>Jitem</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>47.69</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051141848</t>
+          <t>9786051144917</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Elçisi Hz. Muhammed’in Hayatı (1-2 Tek Cilt) (Ciltli)</t>
+          <t>Jerusalem</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>115</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786050811506</t>
+          <t>9786050813104</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Boyasıyla Boyanmak</t>
+          <t>Beş Vakit İnsan</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050804393</t>
+          <t>9786050813081</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Allah Resulü’nü Görenler</t>
+          <t>Şifalar Kitabı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9799752634731</t>
+          <t>9786050812923</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarının Ramazan Hatıraları</t>
+          <t>Şehrim Aşk</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>3.61</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752635418</t>
+          <t>9786051143125</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarından İbret ve Hikmet Öyküleri</t>
+          <t>Kader Denizi (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>6.94</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051144849</t>
+          <t>9789752639768</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Alışverişkolik</t>
+          <t>İtirafçı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>32.5</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051144573</t>
+          <t>9786050813098</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Alevilerin Kemalizm’le İmtihanı</t>
+          <t>Ölüler Evinden Anılar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>16.67</v>
+        <v>35</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9779753621732</t>
+          <t>9786050811667</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Alevi-Bektaşi Kimliği</t>
+          <t>Kafirun</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>19.44</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051142272</t>
+          <t>9799752630597</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Alevi Modernleşmesi</t>
+          <t>Ansiklopedik Eğitim ve Psikoloji Rehberi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>16.2</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051141008</t>
+          <t>9789752635708</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Alafrangalığın Tarihi</t>
+          <t>Ankara’da Gölge Oyunları Gizli Dosyalar Serin Sular</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>23.15</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789753625098</t>
+          <t>9789752638150</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Al Yüreğim Senin Olsun</t>
+          <t>Anka</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>7.41</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752634633</t>
+          <t>9786050804959</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Akrep Kapısı</t>
+          <t>Altın Anahtar (4 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>9.26</v>
+        <v>47.69</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789752635265</t>
+          <t>9786051141848</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Aklımı Seveyim Eğlenceli Bilgi 39</t>
+          <t>Allah’ın Elçisi Hz. Muhammed’in Hayatı (1-2 Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>40</v>
+        <v>115</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9799753624724</t>
+          <t>9786050811506</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Akılalmaz Yapılar Eğlenceli Bilgi - 4</t>
+          <t>Allah’ın Boyasıyla Boyanmak</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050811599</t>
+          <t>9786050804393</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ak Zambaklar Ülkesinde</t>
+          <t>Allah Resulü’nü Görenler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>13.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789752635210</t>
+          <t>9799752634731</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ailem Yuvam Huzurum</t>
+          <t>Allah Dostlarının Ramazan Hatıraları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>6.95</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051141893</t>
+          <t>9789752635418</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ailede Sorumluluk Eğitimi</t>
+          <t>Allah Dostlarından İbret ve Hikmet Öyküleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>10.19</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051141572</t>
+          <t>9786051144849</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ailede Din Eğitimi</t>
+          <t>Alışverişkolik</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>20</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051144924</t>
+          <t>9786051144573</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ailede Cinsel Eğitim</t>
+          <t>Alevilerin Kemalizm’le İmtihanı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>12.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9799753620573</t>
+          <t>9779753621732</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Aile Sağlığı Ansiklopedisi (Ciltli)</t>
+          <t>Alevi-Bektaşi Kimliği</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>23.15</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789753629775</t>
+          <t>9786051142272</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Aile Okulu</t>
+          <t>Alevi Modernleşmesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>25</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050806694</t>
+          <t>9786051141008</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Aile Eğitim Seti - 1 (5 Kitap Takım, Kutulu)</t>
+          <t>Alafrangalığın Tarihi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>68.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050803204</t>
+          <t>9789753625098</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Af Duaları</t>
+          <t>Al Yüreğim Senin Olsun</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>7.87</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051141749</t>
+          <t>9789752634633</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Açık Medeniyet</t>
+          <t>Akrep Kapısı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>12.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789752631687</t>
+          <t>9789752635265</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Abluka</t>
+          <t>Aklımı Seveyim Eğlenceli Bilgi 39</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9799753626544</t>
+          <t>9799753624724</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman Gülüşleri</t>
+          <t>Akılalmaz Yapılar Eğlenceli Bilgi - 4</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>6.94</v>
+        <v>40</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051141046</t>
+          <t>9786050811599</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid Donanmasında Bir Bahriyeli</t>
+          <t>Ak Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>12.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051144900</t>
+          <t>9789752635210</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Abdülaziz</t>
+          <t>Ailem Yuvam Huzurum</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>8.34</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9799752631792</t>
+          <t>9786051141893</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>99 Esma 99 Dua 3</t>
+          <t>Ailede Sorumluluk Eğitimi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>7.87</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786050810899</t>
+          <t>9786051141572</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>99 Esma 99 Dua (1- 2- 3)</t>
+          <t>Ailede Din Eğitimi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>9.17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051144962</t>
+          <t>9786051144924</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi - Tuna’da Son Osmanlı Yahudileri</t>
+          <t>Ailede Cinsel Eğitim</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>27.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752635647</t>
+          <t>9799753620573</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs’tan Yassıada Mahkemelerine Menderes</t>
+          <t>Aile Sağlığı Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>12.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9799753625318</t>
+          <t>9789753629775</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Politik Düşünürleri</t>
+          <t>Aile Okulu</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>16.21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051149189</t>
+          <t>9786050806694</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>1993 - Örtülü Darbe</t>
+          <t>Aile Eğitim Seti - 1 (5 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>13.43</v>
+        <v>68.52</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789752636699</t>
+          <t>9786050803204</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>18 Yaşında Uyudun 29 Yaşında Uyandın Oğlum</t>
+          <t>Af Duaları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>8.33</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051142807</t>
+          <t>9786051141749</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>114 Kod Hz. Peygamberin Düşünce Davranış Konuşma Atlası</t>
+          <t>Açık Medeniyet</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>13.43</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051142418</t>
+          <t>9789752631687</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>%100 Eğlenceli Günlüğüm</t>
+          <t>Abluka</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>8.8</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789752636873</t>
+          <t>9799753626544</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Zilha Günü</t>
+          <t>Ahir Zaman Gülüşleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>7.41</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786050810714</t>
+          <t>9786051141046</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Zekadan Dehaya</t>
+          <t>Abdülhamid Donanmasında Bir Bahriyeli</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>15.28</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9799752633574</t>
+          <t>9786051144900</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Abdülaziz</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>6.94</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051145488</t>
+          <t>9799752631792</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Anne Baba Olmak İçin 7 Armağan</t>
+          <t>99 Esma 99 Dua 3</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>18.52</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752639294</t>
+          <t>9786050810899</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Yaşama Sanatı</t>
+          <t>99 Esma 99 Dua (1- 2- 3)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>8.8</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752635890</t>
+          <t>9786051144962</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yüksek İslam Ahlakı</t>
+          <t>93 Harbi - Tuna’da Son Osmanlı Yahudileri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>5.56</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789752636880</t>
+          <t>9789752635647</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>27 Mayıs’tan Yassıada Mahkemelerine Menderes</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>9.03</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9799752631082</t>
+          <t>9799753625318</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yol Yorgunu - Asmina</t>
+          <t>20. Yüzyıl Politik Düşünürleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>6.48</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051141688</t>
+          <t>9786051149189</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yoksulların ve Şairlerin Kitabı (Ciltli)</t>
+          <t>1993 - Örtülü Darbe</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>23.15</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051144559</t>
+          <t>9789752636699</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yitip Giden İstanbul</t>
+          <t>18 Yaşında Uyudun 29 Yaşında Uyandın Oğlum</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>15.28</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9799753627039</t>
+          <t>9786051142807</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Karanlıklar</t>
+          <t>114 Kod Hz. Peygamberin Düşünce Davranış Konuşma Atlası</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>5.56</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786050802726</t>
+          <t>9786051142418</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yesrib’de Bahar</t>
+          <t>%100 Eğlenceli Günlüğüm</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>16.67</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051148106</t>
+          <t>9789752636873</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yenilgiden Dönerken</t>
+          <t>Zilha Günü</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9799753625967</t>
+          <t>9786050810714</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yapılanma Kuralları</t>
+          <t>Zekadan Dehaya</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>7.41</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051140650</t>
+          <t>9799752633574</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>12.5</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9799752633628</t>
+          <t>9786051145488</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yeme Bozuklukları Anoreksiya, Bulimia ve Diğerleri</t>
+          <t>Yürekten Anne Baba Olmak İçin 7 Armağan</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>11.58</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789752635364</t>
+          <t>9789752639294</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla Bu Dünyadan Bir Defa Geçeceksin</t>
+          <t>Yüksek Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>17.13</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9799752630993</t>
+          <t>9789752635890</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yasin Tebareke Amme Cüzü - Türkçe Okunuşlu ve Mealli</t>
+          <t>Yüksek İslam Ahlakı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>3.7</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789753625463</t>
+          <t>9789752636880</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yanmak Vakti</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>7.41</v>
+        <v>9.03</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752635357</t>
+          <t>9799752631082</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihin Kara Delikleri</t>
+          <t>Yol Yorgunu - Asmina</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>14.82</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786050810653</t>
+          <t>9786051141688</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>Yoksulların ve Şairlerin Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>14.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786050804195</t>
+          <t>9786051144559</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Vurun Osmanlı’ya</t>
+          <t>Yitip Giden İstanbul</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>27.5</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9799753628005</t>
+          <t>9799753627039</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Virüs Saldırıyor</t>
+          <t>Yıldızlı Karanlıklar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>10.19</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051140018</t>
+          <t>9786050802726</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yakınlık</t>
+          <t>Yesrib’de Bahar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>13.43</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752637214</t>
+          <t>9786051148106</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf’tan Yazarlık Dersleri</t>
+          <t>Yenilgiden Dönerken</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>8.8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051144351</t>
+          <t>9799753625967</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Vefa Apartmanı</t>
+          <t>Yeniden Yapılanma Kuralları</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9799752631723</t>
+          <t>9786051140650</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
+          <t>Yeniçeri</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>11.11</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9799752630757</t>
+          <t>9799752633628</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Var Oldum Da Ne Oldu!</t>
+          <t>Yeme Bozuklukları Anoreksiya, Bulimia ve Diğerleri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>5.56</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789752639713</t>
+          <t>9789752635364</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Var mı Beni Anlamak İsteyen</t>
+          <t>Yavaşla Bu Dünyadan Bir Defa Geçeceksin</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>10.19</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051142333</t>
+          <t>9799752630993</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Binbir Sesi</t>
+          <t>Yasin Tebareke Amme Cüzü - Türkçe Okunuşlu ve Mealli</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>17.5</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051149295</t>
+          <t>9789753625463</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Vahdeddin’in Sırdaşı Avni Paşa Anlatıyor</t>
+          <t>Yanmak Vakti</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>35</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9799753625677</t>
+          <t>9789752635357</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Üç.. İki.. Bir Ters Labirentlerde Final</t>
+          <t>Yakın Tarihin Kara Delikleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>8.34</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051146683</t>
+          <t>9786050810653</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Üç Yusuf Üç Rüya Üç Gömlek</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>11.11</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789752630932</t>
+          <t>9786050804195</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Dünyalılar ve Ufolar</t>
+          <t>Vurun Osmanlı’ya</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>40</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9799752631754</t>
+          <t>9799753628005</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Uzak Geceye Mektuplar</t>
+          <t>Virüs Saldırıyor</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>6.48</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051141763</t>
+          <t>9786051140018</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Göçebe Ruhu</t>
+          <t>Yakınlık</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>18.52</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752637047</t>
+          <t>9789752637214</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Virginia Woolf’tan Yazarlık Dersleri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>9</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789752636927</t>
+          <t>9786051144351</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Psikolojisi</t>
+          <t>Vefa Apartmanı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>20.83</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789752639287</t>
+          <t>9799752631723</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Liderlik ve Fanatizm</t>
+          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>14.82</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752636941</t>
+          <t>9799752630757</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve "Öteki"leştirdiklerimiz</t>
+          <t>Var Oldum Da Ne Oldu!</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>14.82</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789752637429</t>
+          <t>9789752639713</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Türkler Niçin Müslüman Oldu?</t>
+          <t>Var mı Beni Anlamak İsteyen</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789752634190</t>
+          <t>9786051142333</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ufukların Sultanı Fatih Sultan Mehmed</t>
+          <t>Vahyin Binbir Sesi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>14.82</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789752639317</t>
+          <t>9786051149295</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Kazanmak</t>
+          <t>Vahdeddin’in Sırdaşı Avni Paşa Anlatıyor</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051140032</t>
+          <t>9799753625677</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Zihin Tarihi</t>
+          <t>Üç.. İki.. Bir Ters Labirentlerde Final</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>70</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051146898</t>
+          <t>9786051146683</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Ölmeyen Babası</t>
+          <t>Üç Yusuf Üç Rüya Üç Gömlek</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9799753624922</t>
+          <t>9789752630932</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kanatlarınızın Altında</t>
+          <t>Uzaylılar Dünyalılar ve Ufolar</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9799753628050</t>
+          <t>9799752631754</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Gerçeği</t>
+          <t>Uzak Geceye Mektuplar</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051142357</t>
+          <t>9786051141763</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Ezan ve Menderes</t>
+          <t>Türk’ün Göçebe Ruhu</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>15.28</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789752637573</t>
+          <t>9789752637047</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunda Zazalar ve Kürtler (Ciltli)</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>27.78</v>
+        <v>9</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752639690</t>
+          <t>9789752636927</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanayi Toplumu (Ciltli)</t>
+          <t>Türklerin Psikolojisi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>32.41</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789752637863</t>
+          <t>9789752639287</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Şiiri Antolojisi (Ciltli)</t>
+          <t>Türklerde Liderlik ve Fanatizm</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>25.47</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051142708</t>
+          <t>9789752636941</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Türbeler</t>
+          <t>Türkler ve "Öteki"leştirdiklerimiz</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>15.28</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752633650</t>
+          <t>9789752637429</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Türban ve Kariyer</t>
+          <t>Türkler Niçin Müslüman Oldu?</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>12.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789752638495</t>
+          <t>9789752634190</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tuncay Güney Anlatıyor</t>
+          <t>Ufukların Sultanı Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>11.12</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9799753626490</t>
+          <t>9789752639317</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Işıkları</t>
+          <t>Türkiye’yi Kazanmak</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051141534</t>
+          <t>9786051140032</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Toplum Psikolojisi</t>
+          <t>Türkiye’nin Zihin Tarihi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>26.39</v>
+        <v>70</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786051143651</t>
+          <t>9786051146898</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Gömlekler (Şömizli) (Ciltli)</t>
+          <t>Türkiye’nin Ölmeyen Babası</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789752637870</t>
+          <t>9799753624922</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>The Traveler (Ciltli)</t>
+          <t>Türkiye Kanatlarınızın Altında</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>32.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789752634008</t>
+          <t>9799753628050</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Terör Kıskacında Türkiye Oligarşi mi? Demokrasi mi?</t>
+          <t>Türkiye Gerçeği</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786051141213</t>
+          <t>9786051142357</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>The Thing</t>
+          <t>Türkçe Ezan ve Menderes</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>12.04</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752637528</t>
+          <t>9789752637573</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Fatih</t>
+          <t>Türk Toplumunda Zazalar ve Kürtler (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>7.41</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786050802771</t>
+          <t>9789752639690</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Fatih</t>
+          <t>Türk Sanayi Toplumu (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>21.76</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9799753625592</t>
+          <t>9789752637863</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ferhat ile Şirin Aşk hu</t>
+          <t>Türk Halk Şiiri Antolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>5.56</v>
+        <v>25.47</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051141558</t>
+          <t>9786051142708</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Fatma Aliye</t>
+          <t>Türbeler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>11.12</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786051142227</t>
+          <t>9789752633650</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Rüyası</t>
+          <t>Türban ve Kariyer</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>11.58</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9799752631068</t>
+          <t>9789752638495</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Farkında Mısın?</t>
+          <t>Tuncay Güney Anlatıyor</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>7.41</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786051146812</t>
+          <t>9799753626490</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi’nin İzinde İstanbul</t>
+          <t>Toplumun Işıkları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>15.28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752635715</t>
+          <t>9786051141534</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte İdeal Duruşlar</t>
+          <t>Toplum Psikolojisi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>8.34</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786051146843</t>
+          <t>9786051143651</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Evliliğimize Aşk Olsun</t>
+          <t>Tılsımlı Gömlekler (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>11.11</v>
+        <v>160</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752635173</t>
+          <t>9789752637870</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Evli misiniz, Eşli misiniz? Tanıştık, Nişanlandık, Evlendik</t>
+          <t>The Traveler (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>9.26</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786051149196</t>
+          <t>9789752634008</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Evde Okul Okulda Kalite</t>
+          <t>Terör Kıskacında Türkiye Oligarşi mi? Demokrasi mi?</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>13.43</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752634916</t>
+          <t>9786051141213</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Gelecek - Eğlenceli Bilgi 54</t>
+          <t>The Thing</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>40</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051144542</t>
+          <t>9789752637528</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Fay Hattında Erzincan</t>
+          <t>Fetih ve Fatih</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>12.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789752637610</t>
+          <t>9786050802771</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Erdoğan Operasyonu</t>
+          <t>Fetih ve Fatih</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>18.06</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789752639911</t>
+          <t>9799753625592</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Enerji Kan Kokuyor</t>
+          <t>Ferhat ile Şirin Aşk hu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>11.12</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786050807820</t>
+          <t>9786051141558</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dualar</t>
+          <t>Fatma Aliye</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>12.5</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789752638433</t>
+          <t>9786051142227</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kadın Hareketinde Bir Öncü Emine Semiye</t>
+          <t>Fatih’in Rüyası</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>60</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786051141220</t>
+          <t>9799752631068</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Elites and Religion</t>
+          <t>Farkında Mısın?</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>46.3</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9799752633970</t>
+          <t>9786051146812</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Elde Var İnsan</t>
+          <t>Evliya Çelebi’nin İzinde İstanbul</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>9.26</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789752631557</t>
+          <t>9789752635715</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Einstein  Çılgın Teorisyen</t>
+          <t>Evlilikte İdeal Duruşlar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>40</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789752635814</t>
+          <t>9786051146843</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Issız Korsan Adaları</t>
+          <t>Evliliğimize Aşk Olsun</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>40</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789753626675</t>
+          <t>9789752635173</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Echelon İstihbarat Dünyasının Perde Arkası</t>
+          <t>Evli misiniz, Eşli misiniz? Tanıştık, Nişanlandık, Evlendik</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>12.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789752639751</t>
+          <t>9786051149196</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Düştüğün Yerden Kalkacaksın</t>
+          <t>Evde Okul Okulda Kalite</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>8.34</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051143606</t>
+          <t>9789752634916</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Üç Yüzü</t>
+          <t>Fantastik Gelecek - Eğlenceli Bilgi 54</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>17.13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786050807127</t>
+          <t>9786051144542</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Türkler</t>
+          <t>Ergenekon Fay Hattında Erzincan</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>24</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789752636781</t>
+          <t>9789752637610</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Duvarların Arkasında</t>
+          <t>Erdoğan Operasyonu</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>21.3</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9799752634663</t>
+          <t>9789752639911</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Aminler</t>
+          <t>Enerji Kan Kokuyor</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>9.26</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9799752631730</t>
+          <t>9786050807820</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Bahar</t>
+          <t>En Güzel Dualar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>6.02</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051146638</t>
+          <t>9789752638433</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Düello - Menderes ve İnönü</t>
+          <t>Osmanlı Kadın Hareketinde Bir Öncü Emine Semiye</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>11.12</v>
+        <v>60</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789752638266</t>
+          <t>9786051141220</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Domaniç Dağlarının Yolcusu</t>
+          <t>Elites and Religion</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>36</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789752635531</t>
+          <t>9799752633970</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Diyabet</t>
+          <t>Elde Var İnsan</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051143101</t>
+          <t>9789752631557</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Dersim Dersim</t>
+          <t>Einstein  Çılgın Teorisyen</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789752637511</t>
+          <t>9789752635814</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Derin Okyanuslar Eğlenceli Bilgi</t>
+          <t>Eğlenceli Bilgi Issız Korsan Adaları</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786050807103</t>
+          <t>9789753626675</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Sosyolojisi</t>
+          <t>Echelon İstihbarat Dünyasının Perde Arkası</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>100</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051140346</t>
+          <t>9789752639751</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Dem</t>
+          <t>Düştüğün Yerden Kalkacaksın</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>12.5</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789752634886</t>
+          <t>9786051143606</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Delilik Ülkesinden Notlar</t>
+          <t>Dünyanın Üç Yüzü</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>140</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786051145235</t>
+          <t>9786050807127</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Değerler Psikolojisi ve Eğitimi</t>
+          <t>Dünya Tarihinde Türkler</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>17.13</v>
+        <v>24</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9799753629194</t>
+          <t>9789752636781</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Dark Majesty: Uluslar Arası Güç Odakları</t>
+          <t>Duvarların Arkasında</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>10.19</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789752635005</t>
+          <t>9799752634663</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Darbeli Demokrasi</t>
+          <t>Dualar ve Aminler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789752638792</t>
+          <t>9799752631730</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapıdan Geçmek</t>
+          <t>Dört Mevsim Bahar</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>10.19</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051143644</t>
+          <t>9786051146638</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Dağın Ardına Bakmak</t>
+          <t>Düello - Menderes ve İnönü</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>13.89</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9799752633734</t>
+          <t>9789752638266</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Domaniç Dağlarının Yolcusu</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>18.52</v>
+        <v>36</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753620956</t>
+          <t>9789752635531</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Allah’ı Nasıl Anlatalım?</t>
+          <t>Diyabet</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>25</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051141626</t>
+          <t>9786051143101</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Tutumları</t>
+          <t>Dersim Dersim</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>12.96</v>
+        <v>18</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051142920</t>
+          <t>9789752637511</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Duygusal Zeka Gelişimi İçin Küçük Sağlam Adımlar</t>
+          <t>Derin Okyanuslar Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9799753628326</t>
+          <t>9786050807103</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Gençliğe ve Hayata Hazırlıyorum</t>
+          <t>Demokrasinin Sosyolojisi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>10.65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789752636248</t>
+          <t>9786051140346</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuma Dinini Öğretiyorum</t>
+          <t>Dem</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>8.33</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789753627672</t>
+          <t>9789752634886</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Bilim Adamının Deneyler Kitabı</t>
+          <t>Delilik Ülkesinden Notlar</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>40</v>
+        <v>140</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9799753621525</t>
+          <t>9786051145235</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Düğünümde Ağlama</t>
+          <t>Değerler Psikolojisi ve Eğitimi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>7.41</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051143149</t>
+          <t>9799753629194</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Çelik Çekirdek</t>
+          <t>Dark Majesty: Uluslar Arası Güç Odakları</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>17.13</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789752639324</t>
+          <t>9789752635005</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı Günlüğü</t>
+          <t>Darbeli Demokrasi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>25.46</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051144290</t>
+          <t>9789752638792</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı Günlüğü</t>
+          <t>Dar Kapıdan Geçmek</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>12.04</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9799753623680</t>
+          <t>9786051143644</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı Bir Alman Subayının Notları</t>
+          <t>Dağın Ardına Bakmak</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786050804980</t>
+          <t>9799752633734</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlk Yüzyılı (1923 - 2023)</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>25.93</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786050808513</t>
+          <t>9789753620956</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Beyaz Mağdurları</t>
+          <t>Çocuklarımıza Allah’ı Nasıl Anlatalım?</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>17.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789752637542</t>
+          <t>9786051141626</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’i Anlamak</t>
+          <t>Anne Baba Tutumları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>10.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051142234</t>
+          <t>9786051142920</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Cizyeden Vatandaşlığa Osmanlı’nın Gayrimüslim Askerleri</t>
+          <t>Çocuğunuzun Duygusal Zeka Gelişimi İçin Küçük Sağlam Adımlar</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789752635616</t>
+          <t>9799753628326</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Sandıklar ve Para Kasaları</t>
+          <t>Çocuğumu Gençliğe ve Hayata Hazırlıyorum</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>19.5</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753628549</t>
+          <t>9789752636248</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Cennetim Olur musun?</t>
+          <t>Çocuğuma Dinini Öğretiyorum</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>7.88</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9799753627220</t>
+          <t>9789753627672</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Cenevre Yılları</t>
+          <t>Çılgın Bilim Adamının Deneyler Kitabı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051142791</t>
+          <t>9799753621525</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç’in Dünyası</t>
+          <t>Düğünümde Ağlama</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>16.21</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051142876</t>
+          <t>9786051143149</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Cem</t>
+          <t>Çelik Çekirdek</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>9.26</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051149202</t>
+          <t>9789752639324</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Cazın Irmakları (Ciltli)</t>
+          <t>Çanakkale Savaşı Günlüğü</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>50</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9799752631594</t>
+          <t>9786051144290</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Casuslar Derin Savaşın Sıradışı Neferleri</t>
+          <t>Çanakkale Savaşı Günlüğü</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>15.28</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752639881</t>
+          <t>9799753623680</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Canpolat</t>
+          <t>Çanakkale Savaşı Bir Alman Subayının Notları</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051140360</t>
+          <t>9786050804980</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Canla Bağışla</t>
+          <t>Cumhuriyet’in İlk Yüzyılı (1923 - 2023)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>4.54</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789753628525</t>
+          <t>9786050808513</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Can Kırığı</t>
+          <t>Cumhuriyet’in Beyaz Mağdurları</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>9.26</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789752634213</t>
+          <t>9789752637542</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Cam ve Elmas</t>
+          <t>Cumhuriyet’i Anlamak</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>13.43</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051142340</t>
+          <t>9786051142234</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Büyükelçi</t>
+          <t>Cizyeden Vatandaşlığa Osmanlı’nın Gayrimüslim Askerleri</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>11.58</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786050802399</t>
+          <t>9789752635616</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Cihad ve Müsiad</t>
+          <t>Ceviz Sandıklar ve Para Kasaları</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>60</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786050810646</t>
+          <t>9789753628549</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Büyük Resmi Görmek</t>
+          <t>Cennetim Olur musun?</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>13.43</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789752636897</t>
+          <t>9799753627220</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Projesi</t>
+          <t>Cenevre Yılları</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>16.2</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789752631335</t>
+          <t>9786051142791</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ortadoğu Projesi</t>
+          <t>Cemil Meriç’in Dünyası</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>8.8</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9799752630573</t>
+          <t>9786051142876</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ortadoğu Kuşatması Yeni Dünya Düzeni’nin Ortadoğu Ayağı</t>
+          <t>Cem</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>12.97</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752638143</t>
+          <t>9786051149202</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Cazın Irmakları (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>13.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9799753622393</t>
+          <t>9799752631594</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Bütün Dualar Okunuşu ve Meali ile</t>
+          <t>Casuslar Derin Savaşın Sıradışı Neferleri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>11.12</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786050807691</t>
+          <t>9789752639881</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Budalalığın Keşfi</t>
+          <t>Canpolat</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786050805109</t>
+          <t>9786051140360</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağda Çocuk Yetiştirmek</t>
+          <t>Canla Bağışla</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>17.13</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786051141831</t>
+          <t>9789753628525</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Cevşen’in Nurlarla Şerhi</t>
+          <t>Can Kırığı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>13.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786050803235</t>
+          <t>9789752634213</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Birdenbire</t>
+          <t>Cam ve Elmas</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>20</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786051144566</t>
+          <t>9786051142340</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Biraz Hiperaktifiz Galiba</t>
+          <t>Büyükelçi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>30</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789752635258</t>
+          <t>9786050802399</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgili Gibi Yaşamak</t>
+          <t>Cihad ve Müsiad</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>12.96</v>
+        <v>60</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051141282</t>
+          <t>9786050810646</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bir Ruh Macerası</t>
+          <t>Büyük Resmi Görmek</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>55</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9799752634724</t>
+          <t>9789752636897</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Birincisöz Bir Risale-i Nur Yorumu</t>
+          <t>Büyük Osmanlı Projesi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>7.41</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051145105</t>
+          <t>9789752631335</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Bir Işık Görüyorum</t>
+          <t>Büyük Ortadoğu Projesi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>20</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9799753629781</t>
+          <t>9799752630573</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Bir Evliliğin Romanı</t>
+          <t>Büyük Ortadoğu Kuşatması Yeni Dünya Düzeni’nin Ortadoğu Ayağı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>3.7</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051141015</t>
+          <t>9789752638143</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Bir Ermeni Komitecinin İtirafları</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051141312</t>
+          <t>9799753622393</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Romanı</t>
+          <t>Bütün Dualar Okunuşu ve Meali ile</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>15.74</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051142258</t>
+          <t>9786050807691</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bir Çerkez Prensesinin Harem Hatıraları</t>
+          <t>Budalalığın Keşfi</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051146874</t>
+          <t>9786050805109</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Kadını Şükufe Nihal</t>
+          <t>Bu Çağda Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>30</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9799753621082</t>
+          <t>9786051141831</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bir Anneye Mektuplar "Çocuk Eğitiminde Güçlükler ve Çözümleri"</t>
+          <t>Cevşen’in Nurlarla Şerhi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>9.26</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051143156</t>
+          <t>9786050803235</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Tarih</t>
+          <t>Birdenbire</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>10.65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9799753625394</t>
+          <t>9786051144566</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Metodolojisi</t>
+          <t>Biraz Hiperaktifiz Galiba</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>16.2</v>
+        <v>30</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789753629164</t>
+          <t>9789752635258</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Yarışması Eğlenceli Bilgi - 25</t>
+          <t>Bir Sevgili Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>40</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789752639652</t>
+          <t>9786051141282</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Beyin Takımına Zeka Soruları</t>
+          <t>Bir Ruh Macerası</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789752638785</t>
+          <t>9799752634724</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Selvi</t>
+          <t>Birincisöz Bir Risale-i Nur Yorumu</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9799753629088</t>
+          <t>9786051145105</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Benim Müslüman Yavrum</t>
+          <t>Bir Işık Görüyorum</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>10.19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789752638259</t>
+          <t>9799753629781</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Dostlarım</t>
+          <t>Bir Evliliğin Romanı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>15</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786050800883</t>
+          <t>9786051141015</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Benim Akıllı Yavrum</t>
+          <t>Bir Ermeni Komitecinin İtirafları</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>16.21</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9799757544165</t>
+          <t>9786051141312</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Müslümanım Neye Nasıl İnanırım</t>
+          <t>Bir Devrin Romanı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>1.85</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786051142210</t>
+          <t>9786051142258</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Belleğin Kuytularında</t>
+          <t>Bir Çerkez Prensesinin Harem Hatıraları</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9799752631150</t>
+          <t>9786051146874</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Cevşen Binbir  Esma Şiiri</t>
+          <t>Bir Cumhuriyet Kadını Şükufe Nihal</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>8.8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786050800890</t>
+          <t>9799753621082</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Başkası Olduğun Yer</t>
+          <t>Bir Anneye Mektuplar "Çocuk Eğitiminde Güçlükler ve Çözümleri"</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>11.12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789752639775</t>
+          <t>9786051143156</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası Kesirler</t>
+          <t>Bilinmeyen Tarih</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>45</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789752635555</t>
+          <t>9799753625394</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Baş Ağrıları ve Migren</t>
+          <t>Bilimsel Araştırma Metodolojisi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>7.41</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786051143439</t>
+          <t>9789753629164</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Barışı Aramak</t>
+          <t>Bilgi Yarışması Eğlenceli Bilgi - 25</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>12.97</v>
+        <v>40</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789752635906</t>
+          <t>9789752639652</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Denizler Fatihi</t>
+          <t>Beyin Takımına Zeka Soruları</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786050808575</t>
+          <t>9789752638785</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Bal Tuzağı</t>
+          <t>Beyaz Selvi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>14.36</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786051146959</t>
+          <t>9799753629088</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Baki Kalan Bu Kubbede</t>
+          <t>Benim Müslüman Yavrum</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>30</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786050802818</t>
+          <t>9789752638259</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Bebeklikten Ergenliğe Pozitif Disiplin</t>
+          <t>Benim Küçük Dostlarım</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9799753623703</t>
+          <t>9786050800883</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Bahçemde Hazan</t>
+          <t>Benim Akıllı Yavrum</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>14.81</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786051144238</t>
+          <t>9799757544165</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık</t>
+          <t>Ben Bir Müslümanım Neye Nasıl İnanırım</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>390</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789752638938</t>
+          <t>9786051142210</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Bağdat-Musul’da Abdülhamid’in Mirası Petrol ve Arazi</t>
+          <t>Belleğin Kuytularında</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>32.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789752637665</t>
+          <t>9799752631150</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Fragmanı</t>
+          <t>Cevşen Binbir  Esma Şiiri</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>14.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786050816747</t>
+          <t>9786050800890</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Azade - 10 Numaradaki Sır</t>
+          <t>Başkası Olduğun Yer</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>8.8</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789752636934</t>
+          <t>9789752639775</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Koridorunda Aşk</t>
+          <t>Baş Belası Kesirler</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>13.43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789757544265</t>
+          <t>9789752635555</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Aynada Batan Güneş</t>
+          <t>Baş Ağrıları ve Migren</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>490</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789752638129</t>
+          <t>9786051143439</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Kapı</t>
+          <t>Barışı Aramak</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>20</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786050802733</t>
+          <t>9789752635906</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Zihin Tarihi</t>
+          <t>Barbaros Denizler Fatihi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789752639997</t>
+          <t>9786050808575</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın 50 Büyük Yalanı</t>
+          <t>Bal Tuzağı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>17.13</v>
+        <v>14.36</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789752636644</t>
+          <t>9786051146959</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Osmanlı Damgası</t>
+          <t>Baki Kalan Bu Kubbede</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>6.48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786051141916</t>
+          <t>9786050802818</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Avrupa: Mücadele Ettim ve Başardım (Ciltli)</t>
+          <t>Bebeklikten Ergenliğe Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786051149240</t>
+          <t>9799753623703</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Tarihi Üzerine Yazılar</t>
+          <t>Bahçemde Hazan</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789753626644</t>
+          <t>9786051144238</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Avlunun Uğultusu</t>
+          <t>Bağımlılık</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>6.95</v>
+        <v>390</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051143613</t>
+          <t>9789752638938</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Atom Karınca Çocuklar</t>
+          <t>Bağdat-Musul’da Abdülhamid’in Mirası Petrol ve Arazi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>11.58</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051143477</t>
+          <t>9789752637665</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Bahçe</t>
+          <t>Bağdat Fragmanı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>25</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789753628532</t>
+          <t>9786050816747</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hükümranlığı</t>
+          <t>Azade - 10 Numaradaki Sır</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>7.88</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9799753626902</t>
+          <t>9789752636934</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair Öyküler</t>
+          <t>Aynalar Koridorunda Aşk</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>12.04</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9799753627459</t>
+          <t>9789757544265</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Aşka Adanmış Öyküler</t>
+          <t>Aynada Batan Güneş</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>11.11</v>
+        <v>490</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786051143422</t>
+          <t>9789752638129</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunda Adım Adım</t>
+          <t>Aydınlık Kapı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>13.43</v>
+        <v>20</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789752638136</t>
+          <t>9786050802733</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Zafer</t>
+          <t>Avrupa’nın Zihin Tarihi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>12.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786050808179</t>
+          <t>9789752639997</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Flört Kıskacında Ergen</t>
+          <t>Avrupa’nın 50 Büyük Yalanı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>150</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789753629928</t>
+          <t>9789752636644</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kağıda Yazılınca</t>
+          <t>Avrupa’da Osmanlı Damgası</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>8.34</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051143255</t>
+          <t>9786051141916</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Şeyi Affederse</t>
+          <t>Avrupa: Mücadele Ettim ve Başardım (Ciltli)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051146652</t>
+          <t>9786051149240</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Aşiretten İmparatorluğa Osmanlı Tarihi (1288-1485)</t>
+          <t>Avrupa Tarihi Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789752635562</t>
+          <t>9789753626644</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Astım ve Alerji</t>
+          <t>Avlunun Uğultusu</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>7.41</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789753625562</t>
+          <t>9786051143613</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Arzu ile Kamber</t>
+          <t>Atom Karınca Çocuklar</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>5.56</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051148113</t>
+          <t>9786051143477</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Ayın Büyüttüğü Oğullar</t>
+          <t>Ateş ve Bahçe</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786051144108</t>
+          <t>9789753628532</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Öyküleri</t>
+          <t>Aşkın Hükümranlığı</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>5.56</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786050823264</t>
+          <t>9799753626902</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu'nda Bir Hafız</t>
+          <t>Aşka Dair Öyküler</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>27.78</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786050821505</t>
+          <t>9799753627459</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Güneş'in Sultanlığı</t>
+          <t>Aşka Adanmış Öyküler</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>27.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786050817010</t>
+          <t>9786051143422</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Resmi Tarihe Meydan Okuyorum</t>
+          <t>Aşk Yolunda Adım Adım</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>42.5</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786050816853</t>
+          <t>9789752638136</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kor</t>
+          <t>Aşk ve Zafer</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786050820959</t>
+          <t>9786050808179</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Gazi - Gizli Kurucu</t>
+          <t>Aşk ve Flört Kıskacında Ergen</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786050817850</t>
+          <t>9789753629928</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Çilek Tadında Aşk Öyküleri</t>
+          <t>Aşk Kağıda Yazılınca</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>90</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786050814170</t>
+          <t>9786051143255</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Dudakta Bekletilen Şarkılar (Ciltli)</t>
+          <t>Aşk Her Şeyi Affederse</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786050812305</t>
+          <t>9786051146652</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Ustura</t>
+          <t>Aşiretten İmparatorluğa Osmanlı Tarihi (1288-1485)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>22.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786050812411</t>
+          <t>9789752635562</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İlahi Komedya</t>
+          <t>Astım ve Alerji</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>27.78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786050812374</t>
+          <t>9789753625562</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihçiliğinde Dört Sima: Halil İnalcık, Halil Sahillioğlu, Mehmet Genç, İlber Ortaylı</t>
+          <t>Arzu ile Kamber</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>40</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789753626774</t>
+          <t>9786051148113</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Sistemler Yönetim Modelleri ve Türkiye</t>
+          <t>Ayın Büyüttüğü Oğullar</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9799752630436</t>
+          <t>9786051144108</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Al Pembecik - Gül Pembecik</t>
+          <t>Mesnevi Öyküleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>6.94</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9799753629071</t>
+          <t>9786050823264</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Sanık Dut Ağacı</t>
+          <t>Beyoğlu'nda Bir Hafız</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>7.87</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786050811742</t>
+          <t>9786050821505</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Fındık</t>
+          <t>Güneş'in Sultanlığı</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>13.89</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786050811797</t>
+          <t>9786050817010</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Gül ile Bülbül</t>
+          <t>Resmi Tarihe Meydan Okuyorum</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>45</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789752633766</t>
+          <t>9786050816853</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Tatil Yaptıran Hastalıklar</t>
+          <t>Kor</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786050821802</t>
+          <t>9786050820959</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville'in Köpeği</t>
+          <t>Ertuğrul Gazi - Gizli Kurucu</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>16.2</v>
+        <v>40</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786050821789</t>
+          <t>9786050817850</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kim Neyi Neden Alır?</t>
+          <t>Çilek Tadında Aşk Öyküleri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>155</v>
+        <v>90</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786050821826</t>
+          <t>9786050814170</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabah Erkenden</t>
+          <t>Dudakta Bekletilen Şarkılar (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>26</v>
+        <v>400</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786050821741</t>
+          <t>9786050812305</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Hüzün</t>
+          <t>Ustura</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>27.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786050821727</t>
+          <t>9786050812411</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Saat Sekizi Vurdu</t>
+          <t>İlahi Komedya</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>17.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786050819298</t>
+          <t>9786050812374</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Şivan Perwer : Umudun Sesi</t>
+          <t>Türk Tarihçiliğinde Dört Sima: Halil İnalcık, Halil Sahillioğlu, Mehmet Genç, İlber Ortaylı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>20.83</v>
+        <v>40</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786050818987</t>
+          <t>9789753626774</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Siyasi Sistemler Yönetim Modelleri ve Türkiye</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786050818963</t>
+          <t>9799752630436</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l Acayip</t>
+          <t>Al Pembecik - Gül Pembecik</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>12.96</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786050817744</t>
+          <t>9799753629071</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Buz Sarayı</t>
+          <t>Sanık Dut Ağacı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>150</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786050817874</t>
+          <t>9786050811742</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Şifacı</t>
+          <t>Zıpır Fındık</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>27.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786050817768</t>
+          <t>9786050811797</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Doku</t>
+          <t>Gül ile Bülbül</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786050817836</t>
+          <t>9789752633766</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'ye Gidenler</t>
+          <t>Tatil Yaptıran Hastalıklar</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>27.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786050820935</t>
+          <t>9786050821802</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs Olmak (Ciltli)</t>
+          <t>Sherlock Holmes - Baskerville'in Köpeği</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>175</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786050821130</t>
+          <t>9786050821789</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Tehlikeli Miras</t>
+          <t>Kim Neyi Neden Alır?</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>16.2</v>
+        <v>155</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786050821123</t>
+          <t>9786050821826</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen- Kontes Cagliostro</t>
+          <t>Bir Sabah Erkenden</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786050816907</t>
+          <t>9786050821741</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Tutunma Çabası Aidiyet</t>
+          <t>Aşk-ı Hüzün</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>26.39</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786050806700</t>
+          <t>9786050821727</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Aile Eğitim Seti - 2 (5 Kitap Takım, Kutulu)</t>
+          <t>Arsen Lüpen: Saat Sekizi Vurdu</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>68.52</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786051143118</t>
+          <t>9786050819298</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Üçlemesi: Yumurta - Süt - Bal (Ciltli)</t>
+          <t>Şivan Perwer : Umudun Sesi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>37.04</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9799752633307</t>
+          <t>9786050818987</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Tepki Cephesi Piyasa İmparatorluğuna Karşı AB - Türkiye Yol Ayrımı</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>7.41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789752638075</t>
+          <t>9786050818963</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Teksas’tan Hakikate Yolculuk</t>
+          <t>Kitabü'l Acayip</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>6.95</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786050810707</t>
+          <t>9786050817744</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Devrinden 27 Mayıs İhtilaline Demokratlar</t>
+          <t>Buz Sarayı</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>23.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9799753627657</t>
+          <t>9786050817874</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sonundan Barışın Sonuna</t>
+          <t>Şifacı</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>8.33</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786050823011</t>
+          <t>9786050817768</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Trendeki Ceset</t>
+          <t>Doku</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>16.2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786050816662</t>
+          <t>9786050817836</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Şehir İçin Kalp Zamanı</t>
+          <t>Çanakkale'ye Gidenler</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>30</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786051440767</t>
+          <t>9786050820935</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Beni Bana Bırakma</t>
+          <t>Steve Jobs Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>9.17</v>
+        <v>175</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786050815092</t>
+          <t>9786050821130</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Pertev Bey'in İki Kızı</t>
+          <t>Sherlock Holmes - Tehlikeli Miras</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>225</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786050815054</t>
+          <t>9786050821123</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Budala</t>
+          <t>Arsen Lüpen- Kontes Cagliostro</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>29.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786050815108</t>
+          <t>9786050816907</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştirenler</t>
+          <t>Tutunma Çabası Aidiyet</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>4.63</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789752638105</t>
+          <t>9786050806700</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Hasbahçede Son Bahar - Lale Devri</t>
+          <t>Aile Eğitim Seti - 2 (5 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>16.21</v>
+        <v>68.52</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9799752631310</t>
+          <t>9786051143118</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’den Seçmeler</t>
+          <t>Yusuf Üçlemesi: Yumurta - Süt - Bal (Ciltli)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>5.09</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9799753627916</t>
+          <t>9799752633307</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Dua Adabı</t>
+          <t>Tepki Cephesi Piyasa İmparatorluğuna Karşı AB - Türkiye Yol Ayrımı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>5.56</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9799753629439</t>
+          <t>9789752638075</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Teksas’tan Hakikate Yolculuk</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>7.87</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9799753627893</t>
+          <t>9786050810707</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kasideler</t>
+          <t>Tek Parti Devrinden 27 Mayıs İhtilaline Demokratlar</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>4.63</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9799752630016</t>
+          <t>9799753627657</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Adem Baba Hangi Dili Konuşuyordu?</t>
+          <t>Tarihin Sonundan Barışın Sonuna</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>5.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786050820430</t>
+          <t>9786050823011</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>İlma - Lanetli Duvar</t>
+          <t>Sherlock Holmes - Trendeki Ceset</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>70</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786050820447</t>
+          <t>9786050816662</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin Yemini</t>
+          <t>Şimdi Şehir İçin Kalp Zamanı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>16.2</v>
+        <v>30</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786050820393</t>
+          <t>9786051440767</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Kibar Hırsız</t>
+          <t>Rabbim Beni Bana Bırakma</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>16.2</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786050815085</t>
+          <t>9786050815092</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Nefesi</t>
+          <t>Pertev Bey'in İki Kızı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>32.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786050832914</t>
+          <t>9786050815054</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Nar Ağacı (Bez Cilt) (Ciltli)</t>
+          <t>Budala</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>70</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786050830767</t>
+          <t>9786050815108</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Uçak</t>
+          <t>Tarihi Değiştirenler</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786051140193</t>
+          <t>9789752638105</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>The Missing Rose</t>
+          <t>Hasbahçede Son Bahar - Lale Devri</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>100</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9799752631532</t>
+          <t>9799752631310</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Tezgahın Üstünde İstanbul</t>
+          <t>Yunus Emre’den Seçmeler</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>5.56</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786051144337</t>
+          <t>9799753627916</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Kur’an</t>
+          <t>Dua Adabı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786051148199</t>
+          <t>9799753629439</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Yeni İnsan: Kaderle Tasarım Arasında</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>11.57</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786051144870</t>
+          <t>9799753627893</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Metafizik (Ciltli)</t>
+          <t>İlahi Kasideler</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>50</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786050835717</t>
+          <t>9799752630016</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Kadınları</t>
+          <t>Adem Baba Hangi Dili Konuşuyordu?</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>265</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786050842586</t>
+          <t>9786050820430</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Adem Güneş ile Kendi Kendine Terapi Seti</t>
+          <t>İlma - Lanetli Duvar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>385</v>
+        <v>70</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789752634978</t>
+          <t>9786050820447</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Hüzün</t>
+          <t>Sherlock Holmes - Dörtlerin Yemini</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>14.81</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9799753628012</t>
+          <t>9786050820393</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Graziella</t>
+          <t>Arsen Lüpen - Kibar Hırsız</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>4.63</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786051140230</t>
+          <t>9786050815085</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Arapça) Hizbü Envari’l Hakaiki’n-Nuriye</t>
+          <t>İmparatorluğun Son Nefesi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>11.58</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786050801613</t>
+          <t>9786050832914</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Nar Ağacı (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>16.2</v>
+        <v>70</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9799753629743</t>
+          <t>9786050830767</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir  Arapça-Plastik</t>
+          <t>Kağıttan Uçak</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>4.17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9799753624007</t>
+          <t>9786051140193</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi</t>
+          <t>The Missing Rose</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>5.09</v>
+        <v>100</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789752638501</t>
+          <t>9799752631532</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Giderken Bana Bir Şeyler Söyle</t>
+          <t>Tezgahın Üstünde İstanbul</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>14.82</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789752631953</t>
+          <t>9786051144337</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Gıcık Bilgisayarlar - Eğlenceli Bilgi 45</t>
+          <t>Yaşayan Kur’an</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9799752630740</t>
+          <t>9786051148199</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Yeni İnsan: Kaderle Tasarım Arasında</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>12.97</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9799752631143</t>
+          <t>9786051144870</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman</t>
+          <t>Yeni Başlayanlar İçin Metafizik (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>5.56</v>
+        <v>50</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786050801620</t>
+          <t>9786050835717</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Işık Batıdan Da Gelir</t>
+          <t>Dolunay Kadınları</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>100</v>
+        <v>265</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9799752630474</t>
+          <t>9786050842586</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton ve Elması</t>
+          <t>Adem Güneş ile Kendi Kendine Terapi Seti</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>40</v>
+        <v>385</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789753626293</t>
+          <t>9789752634978</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İşittiklerim Gördüklerim Bildiklerim</t>
+          <t>Gül ve Hüzün</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>20</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789753620161</t>
+          <t>9799753628012</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Lügati (Ciltli)</t>
+          <t>Graziella</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>85</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786050807578</t>
+          <t>9786051140230</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi (Ciltli)</t>
+          <t>Büyük Cevşen (Arapça) Hizbü Envari’l Hakaiki’n-Nuriye</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>15.28</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789752639256</t>
+          <t>9786050801613</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri’ne Modern Yaklaşımlar</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>7.88</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786050809824</t>
+          <t>9799753629743</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Rabbin Seni Terk Etmedi</t>
+          <t>Cevşen-i Kebir  Arapça-Plastik</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>8.8</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9799753629941</t>
+          <t>9799753624007</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Quo Vadis? Nereye Gidiyorsun?</t>
+          <t>Eşrefoğlu Rumi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>12.96</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786051140377</t>
+          <t>9789752638501</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Teselliler Kitabı</t>
+          <t>Giderken Bana Bir Şeyler Söyle</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>8.34</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789752636316</t>
+          <t>9789752631953</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler ve Gerçekler</t>
+          <t>Gıcık Bilgisayarlar - Eğlenceli Bilgi 45</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>12.97</v>
+        <v>40</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786050801262</t>
+          <t>9799752630740</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Efkar Vakti</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>10.19</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786050807790</t>
+          <t>9799752631143</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Hazreti Osman</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>16.2</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786050804386</t>
+          <t>9786050801620</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dostları</t>
+          <t>Işık Batıdan Da Gelir</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789753626835</t>
+          <t>9799752630474</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Pertev Bey Üç Kızı, İki Kızı, Torunları</t>
+          <t>Isaac Newton ve Elması</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>21.3</v>
+        <v>40</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9799753627343</t>
+          <t>9789753626293</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Risaleti ve Şahsiyeti</t>
+          <t>İşittiklerim Gördüklerim Bildiklerim</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>12.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9799752630801</t>
+          <t>9789753620161</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılmış Hikayeler</t>
+          <t>Kur'an-ı Kerim Lügati (Ciltli)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>10.19</v>
+        <v>85</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786051141794</t>
+          <t>9786050807578</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Paşaların Hesaplaşması</t>
+          <t>Osmanlı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>16.2</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786050808209</t>
+          <t>9789752639256</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Baş Dönmesi</t>
+          <t>Osmanlı Şiiri’ne Modern Yaklaşımlar</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>9.26</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9799753627664</t>
+          <t>9786050809824</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Özgür Dağcının El Kitabı Eğlenceli Bilgi - 16</t>
+          <t>Rabbin Seni Terk Etmedi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>40</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786051143224</t>
+          <t>9799753629941</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Özel Harp Dairesi</t>
+          <t>Quo Vadis? Nereye Gidiyorsun?</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786051143361</t>
+          <t>9786051140377</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Öncesi ve Sonrasıyla Tek Parti Devri</t>
+          <t>Teselliler Kitabı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>22.69</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786050802801</t>
+          <t>9789752636316</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Öldüğüm Gün</t>
+          <t>Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>12.04</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789752639942</t>
+          <t>9786050801262</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Öğren de Gel Satranç</t>
+          <t>Efkar Vakti</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>40</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789752635869</t>
+          <t>9786050807790</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’yı İmparatorluk Yapan Şehir İstanbul</t>
+          <t>Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789752638532</t>
+          <t>9786050804386</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Mahrem Tarihi</t>
+          <t>Peygamberimizin Dostları</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>14.82</v>
+        <v>9</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786051143170</t>
+          <t>9789753626835</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Kayıp Atlası</t>
+          <t>Pertev Bey Üç Kızı, İki Kızı, Torunları</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>15.28</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786050808247</t>
+          <t>9799753627343</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın İzinde Cilt: 2</t>
+          <t>Peygamberimizin Risaleti ve Şahsiyeti</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>32.41</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786050808230</t>
+          <t>9799752630801</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın İzinde Cilt: 1</t>
+          <t>Paylaşılmış Hikayeler</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>32.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786050805000</t>
+          <t>9786051141794</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Geliyor</t>
+          <t>Paşaların Hesaplaşması</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786051140674</t>
+          <t>9786050808209</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Otoyol Uykusu</t>
+          <t>Özgürlüğün Baş Dönmesi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>8.34</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789752636828</t>
+          <t>9799753627664</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Osmanlı’da Harem</t>
+          <t>Özgür Dağcının El Kitabı Eğlenceli Bilgi - 16</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051140322</t>
+          <t>9786051143224</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Aile (Ciltli)</t>
+          <t>Özel Harp Dairesi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786051145259</t>
+          <t>9786051143361</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihini Yeniden Yazmak</t>
+          <t>Öncesi ve Sonrasıyla Tek Parti Devri</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>16.2</v>
+        <v>22.69</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786050811636</t>
+          <t>9786050802801</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sultanları Albümü</t>
+          <t>Öldüğüm Gün</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786051141817</t>
+          <t>9789752639942</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Savaş</t>
+          <t>Öğren de Gel Satranç</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789753626637</t>
+          <t>9789752635869</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğunun Yüzyıllık Hikayesi Teşrinisani ve Ötesi</t>
+          <t>Osmanlı’yı İmparatorluk Yapan Şehir İstanbul</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>12.97</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789752638174</t>
+          <t>9789752638532</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Gayrimüslimlerin Yönetimi</t>
+          <t>Osmanlı’nın Mahrem Tarihi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>18.52</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789752638921</t>
+          <t>9786051143170</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Denizgücü (Ciltli)</t>
+          <t>Osmanlı’nın Kayıp Atlası</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>35</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789752637139</t>
+          <t>9786050808247</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Operasyon Ergenekon</t>
+          <t>Osmanlı’nın İzinde Cilt: 2</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>16.2</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786051148144</t>
+          <t>9786050808230</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Onun Çölünde</t>
+          <t>Osmanlı’nın İzinde Cilt: 1</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>9.26</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789753625357</t>
+          <t>9786050805000</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>One Column Ahead</t>
+          <t>Osmanlılar Geliyor</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786051141640</t>
+          <t>9786051140674</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Olmak Cesareti</t>
+          <t>Otoyol Uykusu</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>11.11</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789753624428</t>
+          <t>9789752636828</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve Düşünceler</t>
+          <t>Tüm Yönleriyle Osmanlı’da Harem</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>5.56</v>
+        <v>14</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786050801637</t>
+          <t>9786051140322</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Sevdirme Projesi</t>
+          <t>Osmanlı Toplumunda Aile (Ciltli)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786051141718</t>
+          <t>9786051145259</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Okuma Biçimleri</t>
+          <t>Osmanlı Tarihini Yeniden Yazmak</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>85</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789752635821</t>
+          <t>9786050811636</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Obur Etoburlar Eğlenceli Bilgi Bilim 12</t>
+          <t>Osmanlı Sultanları Albümü</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789752639607</t>
+          <t>9786051141817</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Babaannem</t>
+          <t>Osmanlı Klasik Çağında Savaş</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>12.97</v>
+        <v>30</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9799753626360</t>
+          <t>9789753626637</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Niçin Zekat</t>
+          <t>Osmanlı İmparatorluğunun Yüzyıllık Hikayesi Teşrinisani ve Ötesi</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>7.41</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786050809831</t>
+          <t>9789752638174</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Niçin Namaz</t>
+          <t>Osmanlı Devletinde Gayrimüslimlerin Yönetimi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>2.32</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786050832921</t>
+          <t>9789752638921</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Nun Masalları (Ciltli)</t>
+          <t>Osmanlı Denizgücü (Ciltli)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>145</v>
+        <v>35</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789753620420</t>
+          <t>9789752637139</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Niçin Namaz</t>
+          <t>Operasyon Ergenekon</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>6.94</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9799753629019</t>
+          <t>9786051148144</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Niçin Kur’an</t>
+          <t>Onun Çölünde</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789752639546</t>
+          <t>9789753625357</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Niçin Ağlıyorsun Elisabeth, Mutlu Değil miyiz?</t>
+          <t>One Column Ahead</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786050807660</t>
+          <t>9786051141640</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Nefis Çikolata</t>
+          <t>Olmak Cesareti</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>40</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789753624435</t>
+          <t>9789753624428</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Nef’i</t>
+          <t>Olaylar ve Düşünceler</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>5.09</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789753624046</t>
+          <t>9786050801637</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Necati</t>
+          <t>Okumayı Sevdirme Projesi</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>5.09</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789752638525</t>
+          <t>9786051141718</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Naz Bitti</t>
+          <t>Okuma Biçimleri</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>6.94</v>
+        <v>85</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9799753629903</t>
+          <t>9789752635821</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Namaz</t>
+          <t>Obur Etoburlar Eğlenceli Bilgi Bilim 12</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>4.63</v>
+        <v>40</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786051146645</t>
+          <t>9789752639607</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Nar-ı Aşk</t>
+          <t>Nietzsche ve Babaannem</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>12.97</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9799752630207</t>
+          <t>9799753626360</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Türkçe Okunuşu ve Açıklaması)</t>
+          <t>Niçin Zekat</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>7.87</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9799752630191</t>
+          <t>9786050809831</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Arapça)</t>
+          <t>Niçin Namaz</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>4.63</v>
+        <v>2.32</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9799753624885</t>
+          <t>9786050832921</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Moda Eğlenceli Bilgi - 10</t>
+          <t>Nun Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9799753626681</t>
+          <t>9789753620420</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın El Kitabı: Her Müslüman İçin Gerekli İlmihal Bilgileri</t>
+          <t>Niçin Namaz</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>14.81</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786050804454</t>
+          <t>9799753629019</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Yuva İçin Dört Mektup</t>
+          <t>Niçin Kur’an</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>6.95</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9799753624786</t>
+          <t>9789752639546</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Filmler Eğlenceli Bilgi - 6</t>
+          <t>Niçin Ağlıyorsun Elisabeth, Mutlu Değil miyiz?</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786051145051</t>
+          <t>9786050807660</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Muhammedi Ahlak (S.A.V)</t>
+          <t>Nefis Çikolata</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>3.7</v>
+        <v>40</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786051141374</t>
+          <t>9789753624435</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Muhafız</t>
+          <t>Nef’i</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>11.58</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786051143972</t>
+          <t>9789753624046</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakarlık</t>
+          <t>Necati</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>13.89</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9799753627138</t>
+          <t>9789752638525</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Model İnsan Peygamber</t>
+          <t>Naz Bitti</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>2.69</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789752635012</t>
+          <t>9799753629903</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman Kanuni</t>
+          <t>Nasıl Namaz</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>40</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786050807745</t>
+          <t>9786051146645</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Süper Beyinleri</t>
+          <t>Nar-ı Aşk</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>40</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786051148205</t>
+          <t>9799752630207</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gölgesinde</t>
+          <t>Namaz Tesbihatı (Türkçe Okunuşu ve Açıklaması)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>15.28</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789752639874</t>
+          <t>9799752630191</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren İmparatorluklar</t>
+          <t>Namaz Tesbihatı (Arapça)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>20.37</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786051141961</t>
+          <t>9799753624885</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Diktatörler</t>
+          <t>Müthiş Moda Eğlenceli Bilgi - 10</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786051148168</t>
+          <t>9799753626681</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Görmesin Harflerimi</t>
+          <t>Müslümanın El Kitabı: Her Müslüman İçin Gerekli İlmihal Bilgileri</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789752638112</t>
+          <t>9786050804454</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Taktik Matematik Formüllerin Gizemi</t>
+          <t>Mutlu Bir Yuva İçin Dört Mektup</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>45</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789752634930</t>
+          <t>9799753624786</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Takıntılı Aşklar</t>
+          <t>Muhteşem Filmler Eğlenceli Bilgi - 6</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9799753625653</t>
+          <t>9786051145051</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Tahir ile Zühre</t>
+          <t>Muhammedi Ahlak (S.A.V)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>5.56</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786051141732</t>
+          <t>9786051141374</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Tahammül Şeridi</t>
+          <t>Muhafız</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>8.33</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789752633698</t>
+          <t>9786051143972</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Şov ve Mahrem</t>
+          <t>Muhafazakarlık</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>11.12</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9799753622782</t>
+          <t>9799753627138</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Şirazeden Şirazeye</t>
+          <t>Model İnsan Peygamber</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>5.09</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789753620857</t>
+          <t>9789752635012</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler (Ciltli)</t>
+          <t>Muhteşem Süleyman Kanuni</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>15.28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9799752630009</t>
+          <t>9786050807745</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Düdükleri</t>
+          <t>Osmanlı Süper Beyinleri</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>5.56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9799752633956</t>
+          <t>9786051148205</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Sarmalı</t>
+          <t>Tarihin Gölgesinde</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>8.33</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9799753628920</t>
+          <t>9789752639874</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Şem ile Pervane</t>
+          <t>Tarihi Değiştiren İmparatorluklar</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>5.56</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786051142197</t>
+          <t>9786051141961</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Şehirleri Süsleyen Yolcu</t>
+          <t>Tarihi Değiştiren Diktatörler</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>6.95</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789752635180</t>
+          <t>9786051148168</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Şebek Romanı</t>
+          <t>Tanrı Görmesin Harflerimi</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>47.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789753624633</t>
+          <t>9789752638112</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtan Galaksi Eğlenceli Bilgi - 3</t>
+          <t>Taktik Matematik Formüllerin Gizemi</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789752637634</t>
+          <t>9789752634930</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Şair Nigar Hanım</t>
+          <t>Takıntılı Aşklar</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>25.93</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9799753626377</t>
+          <t>9799753625653</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Süleyman ile Belkıs</t>
+          <t>Tahir ile Zühre</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>6.95</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786050810684</t>
+          <t>9786051141732</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Suriye Savaşları</t>
+          <t>Tahammül Şeridi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>16.21</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789752635050</t>
+          <t>9789752633698</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Sur Kenti Hikayeleri</t>
+          <t>Şov ve Mahrem</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>16</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789752639553</t>
+          <t>9799753622782</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahdeddin’in Son Günleri</t>
+          <t>Şirazeden Şirazeye</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>12.04</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789752638303</t>
+          <t>9789753620857</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Şafaktan Çok Önce</t>
+          <t>Şifalı Bitkiler (Ciltli)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>7.41</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786051142364</t>
+          <t>9799752630009</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid’in Sürgün Günleri</t>
+          <t>Şeytanın Düdükleri</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>27.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9799753629989</t>
+          <t>9799752633956</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Suikastlar</t>
+          <t>Şeytan Sarmalı</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789752637856</t>
+          <t>9799753628920</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Sufi Psikolojisi</t>
+          <t>Şem ile Pervane</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>25.46</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9799753627503</t>
+          <t>9786051142197</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Sufi Öyküleri</t>
+          <t>Şehirleri Süsleyen Yolcu</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>6.48</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789752631786</t>
+          <t>9789752635180</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları - Eğlenceli Bilgi 42</t>
+          <t>Şebek Romanı</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>40</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786051141930</t>
+          <t>9789753624633</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Su Güncesi</t>
+          <t>Şaşırtan Galaksi Eğlenceli Bilgi - 3</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786050804379</t>
+          <t>9789752637634</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Sözün Miracı Dua</t>
+          <t>Şair Nigar Hanım</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>10.19</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789752639270</t>
+          <t>9799753626377</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Söz Yangını</t>
+          <t>Süleyman ile Belkıs</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>8.34</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9799752630245</t>
+          <t>9786050810684</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Sonuçlardan Sebeplere Sebeplerden Faillere</t>
+          <t>Suriye Savaşları</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>11.58</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9799753621433</t>
+          <t>9789752635050</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Yürüyüş</t>
+          <t>Sur Kenti Hikayeleri</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9799753628760</t>
+          <t>9789752639553</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Son Asır İslam Mutasavvıfları</t>
+          <t>Sultan Vahdeddin’in Son Günleri</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789753620093</t>
+          <t>9789752638303</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Sofra Nimetleri Uygulamalı Yemek Kitapları (Ciltli)</t>
+          <t>Şafaktan Çok Önce</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>27.78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789753626781</t>
+          <t>9786051142364</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Sofra Nimetleri Uygulamalı Yemek Kitapları</t>
+          <t>Sultan 2. Abdülhamid’in Sürgün Günleri</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9799753627626</t>
+          <t>9799753629989</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Yılları</t>
+          <t>Suikastlar</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789753626804</t>
+          <t>9789752637856</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan: Devletler Oyununda Çıkarları Korumak</t>
+          <t>Sufi Psikolojisi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>8.34</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789752637436</t>
+          <t>9799753627503</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Sigara ve Bırakma Yolları</t>
+          <t>Sufi Öyküleri</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>8.34</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789752636958</t>
+          <t>9789752631786</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız İnternet Eğlenceli Bilgi Bilim</t>
+          <t>Suç Avcıları - Eğlenceli Bilgi 42</t>
         </is>
       </c>
       <c r="C648" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789752639584</t>
+          <t>9786051141930</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Dünyanın Yeni Sınırı: Başörtüsü</t>
+          <t>Su Güncesi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>10.19</v>
+        <v>70</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9799753626322</t>
+          <t>9786050804379</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Sevmeye Geç Kalmadın</t>
+          <t>Sözün Miracı Dua</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9799752631006</t>
+          <t>9789752639270</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye İhtiyacım Var Evliliği Sağlıklı Kılmanın Yolları</t>
+          <t>Söz Yangını</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>6.48</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9799752631570</t>
+          <t>9799752630245</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Serhat Fatihleri Tarihin Gizli Kahramanları</t>
+          <t>Sonuçlardan Sebeplere Sebeplerden Faillere</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>8.33</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786051140285</t>
+          <t>9799753621433</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Sen de Başkasına Anlat</t>
+          <t>Sonsuza Yürüyüş</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>10.19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9799752630764</t>
+          <t>9799753628760</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir İstisna mısın?</t>
+          <t>Son Asır İslam Mutasavvıfları</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>5.56</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789752635722</t>
+          <t>9789753620093</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Selam Sana Ey Nebi</t>
+          <t>Sofra Nimetleri Uygulamalı Yemek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>12.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786050808537</t>
+          <t>9789753626781</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Satılık İmparatorluk</t>
+          <t>Sofra Nimetleri Uygulamalı Yemek Kitapları</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9799752633109</t>
+          <t>9799753627626</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Sarsılmayan İman</t>
+          <t>Siyaset Yılları</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786051141251</t>
+          <t>9789753626804</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Saray Hatıralarım</t>
+          <t>Sil Baştan: Devletler Oyununda Çıkarları Korumak</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>11</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786050808124</t>
+          <t>9789752637436</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kitap</t>
+          <t>Sigara ve Bırakma Yolları</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>26</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786051140001</t>
+          <t>9789752636958</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Sandılar</t>
+          <t>Sınırsız İnternet Eğlenceli Bilgi Bilim</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9799752634656</t>
+          <t>9789752639584</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Safahat Öyküleri</t>
+          <t>Sınırsız Dünyanın Yeni Sınırı: Başörtüsü</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>6.02</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786051143590</t>
+          <t>9799753626322</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Sabit ve Değişken</t>
+          <t>Sevmeye Geç Kalmadın</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>90</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786051148151</t>
+          <t>9799752631006</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Dolu Konaklar</t>
+          <t>Sevgiye İhtiyacım Var Evliliği Sağlıklı Kılmanın Yolları</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789753621373</t>
+          <t>9799752631570</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
+          <t>Serhat Fatihleri Tarihin Gizli Kahramanları</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>27.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786051143293</t>
+          <t>9786051140285</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kasrı</t>
+          <t>Sen de Başkasına Anlat</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>5.56</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786051142289</t>
+          <t>9799752630764</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Rusyasız Dünya</t>
+          <t>Sen Bir İstisna mısın?</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>10.65</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789752639959</t>
+          <t>9789752635722</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Rusların Gözüyle Ortadoğu</t>
+          <t>Selam Sana Ey Nebi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>18.52</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789752634206</t>
+          <t>9786050808537</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hali</t>
+          <t>Satılık İmparatorluk</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>185</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789753624190</t>
+          <t>9799752633109</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Rıza Tevfik</t>
+          <t>Sarsılmayan İman</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>5.09</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786050801279</t>
+          <t>9786051141251</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Restoran İşletmeciliğinde İşçi - İşveren İlişkileri</t>
+          <t>Saray Hatıralarım</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>18.52</v>
+        <v>11</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789752631564</t>
+          <t>9786050808124</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Restoran İşletmeciliği</t>
+          <t>Saklı Kitap</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>23.15</v>
+        <v>26</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789753627719</t>
+          <t>9786051140001</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Refia Sultan: Bir Tanzimat Prensesi</t>
+          <t>Sahipsiz Sandılar</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>17.5</v>
+        <v>120</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9799753627107</t>
+          <t>9799752634656</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Ramazannâme</t>
+          <t>Safahat Öyküleri</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>8.34</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786051140995</t>
+          <t>9786051143590</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Pusu</t>
+          <t>Sabit ve Değişken</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>14.81</v>
+        <v>90</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786051143132</t>
+          <t>9786051148151</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Konuşmaları</t>
+          <t>Rüzgar Dolu Konaklar</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786050807684</t>
+          <t>9789753621373</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji</t>
+          <t>Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>24.54</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789752634879</t>
+          <t>9786051143293</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Dünyada Kıbleyi Bulmak</t>
+          <t>Rüya Kasrı</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>60</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786050810356</t>
+          <t>9786051142289</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis ve Acayip Haritası</t>
+          <t>Rusyasız Dünya</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>40</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789752635296</t>
+          <t>9789752639959</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Piramitteki Esrarengiz Hazine</t>
+          <t>Rusların Gözüyle Ortadoğu</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9799753629682</t>
+          <t>9789752634206</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebubekir</t>
+          <t>Ruh Hali</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>7.41</v>
+        <v>185</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786051145112</t>
+          <t>9789753624190</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Hayyam</t>
+          <t>Rıza Tevfik</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>10.19</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9799753623055</t>
+          <t>9786050801279</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızdaki Her Problemin Çözümünde Uzman Sizsiniz</t>
+          <t>Restoran İşletmeciliğinde İşçi - İşveren İlişkileri</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>6.94</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9799753623659</t>
+          <t>9789752631564</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Hayata Düşülen Dipnotlar</t>
+          <t>Restoran İşletmeciliği</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>20</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789753627207</t>
+          <t>9789753627719</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Notlar</t>
+          <t>Refia Sultan: Bir Tanzimat Prensesi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>120</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786050810882</t>
+          <t>9799753627107</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Hayat Teselli Bulmaktır</t>
+          <t>Ramazannâme</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>110</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9799753624793</t>
+          <t>9786051140995</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Havaya Uçuran Müzik Eğlenceli Bilgi - 7</t>
+          <t>Pusu</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>40</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786051142692</t>
+          <t>9786051143132</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Beni Hayat</t>
+          <t>Psikoloji Konuşmaları</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>7.5</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789752635098</t>
+          <t>9786050807684</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Harp Hatıralarım</t>
+          <t>Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>12</v>
+        <v>24.54</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786051142371</t>
+          <t>9789752634879</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>Postmodern Dünyada Kıbleyi Bulmak</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>23.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789752637009</t>
+          <t>9786050810356</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Günün Kısa Tarihi</t>
+          <t>Piri Reis ve Acayip Haritası</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>11.58</v>
+        <v>40</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9799752630788</t>
+          <t>9789752635296</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Gece</t>
+          <t>Piramitteki Esrarengiz Hazine</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>7.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786050810660</t>
+          <t>9799753629682</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Var mı?</t>
+          <t>Hazreti Ebubekir</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>23.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9799753626452</t>
+          <t>9786051145112</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Gün Solar Akşamın Mateminde</t>
+          <t>Hayyam</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786050810349</t>
+          <t>9799753623055</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Gümbürtülü Devrimler</t>
+          <t>Hayatınızdaki Her Problemin Çözümünde Uzman Sizsiniz</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>160</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786051145099</t>
+          <t>9799753623659</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Göz Göze Görsel Zeka</t>
+          <t>Hayata Düşülen Dipnotlar</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786050802795</t>
+          <t>9789753627207</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Görme Bahçesi</t>
+          <t>Hayata Dair Notlar</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789752635272</t>
+          <t>9786050810882</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sultanlarımız</t>
+          <t>Hayat Teselli Bulmaktır</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>6.48</v>
+        <v>110</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789752637887</t>
+          <t>9799753624793</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Gölge İktidar</t>
+          <t>Havaya Uçuran Müzik Eğlenceli Bilgi - 7</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>16.2</v>
+        <v>40</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789752635524</t>
+          <t>9786051142692</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Göğüs Kanseri</t>
+          <t>Hatırla Beni Hayat</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>8.8</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786051142685</t>
+          <t>9789752635098</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Geri Gel Ey Osmanlı</t>
+          <t>Harp Hatıralarım</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>15.28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786051146676</t>
+          <t>9786051142371</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Tarihin Peşinde</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>15.28</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789752635036</t>
+          <t>9789752637009</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Hac - Hacıların El Kitabı</t>
+          <t>Günün Kısa Tarihi</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>60</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786050807530</t>
+          <t>9799752630788</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Gerçek İnsanın Yüzünde Yazar mı?</t>
+          <t>Günaydın Gece</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786051142388</t>
+          <t>9786050810660</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği İnciten Papağan</t>
+          <t>Hayatın Anlamı Var mı?</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>7.87</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786050803228</t>
+          <t>9799753626452</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Genç Psikiyatristin El Kitabı</t>
+          <t>Gün Solar Akşamın Mateminde</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>18.06</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786050804225</t>
+          <t>9786050810349</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Genç Prens’in Dönüşü</t>
+          <t>Gümbürtülü Devrimler</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>45</v>
+        <v>160</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9799753629996</t>
+          <t>9786051145099</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Gelirim</t>
+          <t>Göz Göze Görsel Zeka</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>7.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789752637450</t>
+          <t>9786050802795</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Geçtim Dünya Üzerinden</t>
+          <t>Görme Bahçesi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>12.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786050802580</t>
+          <t>9789752635272</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ülkem Türkiye</t>
+          <t>Gönül Sultanlarımız</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>40</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051148182</t>
+          <t>9789752637887</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Gecenin İkinci Rüyası</t>
+          <t>Gölge İktidar</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>20</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786050801200</t>
+          <t>9789752635524</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Gayriresmi Cumhuriyet</t>
+          <t>Göğüs Kanseri</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>200</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786050807523</t>
+          <t>9786051142685</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Geri Gel Ey Osmanlı</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>24</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786051141039</t>
+          <t>9786051146676</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Filmin Ağlanacak Yeri</t>
+          <t>Gerçek Tarihin Peşinde</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>7.41</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786051148175</t>
+          <t>9789752635036</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Geçimsizler</t>
+          <t>Hac - Hacıların El Kitabı</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>19.91</v>
+        <v>60</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786050832013</t>
+          <t>9786050807530</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Enformatik Cehalet (Bez Cilt) (Ciltli)</t>
+          <t>Gerçek İnsanın Yüzünde Yazar mı?</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786050832945</t>
+          <t>9786051142388</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Mimoza Sürgünü (Bez Cilt - Sert Kapak) (Ciltli)</t>
+          <t>Gerçeği İnciten Papağan</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>55</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786050830187</t>
+          <t>9786050803228</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Hastalıkların Duygusal Sebepleri</t>
+          <t>Genç Psikiyatristin El Kitabı</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>37.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786050832327</t>
+          <t>9786050804225</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Her An Yeniden</t>
+          <t>Genç Prens’in Dönüşü</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786050829785</t>
+          <t>9799753629996</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Travmalarından Kurtulmak</t>
+          <t>Gelirim</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>50</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786051144214</t>
+          <t>9789752637450</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sultanlar</t>
+          <t>Geçtim Dünya Üzerinden</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>325</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786050849318</t>
+          <t>9786050802580</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Gaslighting / Gerçekliği Çarpıtmanın ve Manipülasyonun Karanlık Sanatı</t>
+          <t>Güzel Ülkem Türkiye</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>275</v>
+        <v>40</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786050849554</t>
+          <t>9786051148182</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Dilden Dile / Çevirinin Konukseverliği</t>
+          <t>Gecenin İkinci Rüyası</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9799752633741</t>
+          <t>9786050801200</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Dere Tepe Düz Gittim</t>
+          <t>Gayriresmi Cumhuriyet</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786050831894</t>
+          <t>9786050807523</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Nevzat Tarhan ile Evlilik Okulu Seti (6 Kitap)</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>1505</v>
+        <v>24</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>1520501989219</t>
+          <t>9786051141039</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Şimşirgil Otağ Seti (2 Kitap Takım)</t>
+          <t>Filmin Ağlanacak Yeri</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>510</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786050849325</t>
+          <t>9786051148175</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Otel</t>
+          <t>Geçimsizler</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>350</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786050812749</t>
+          <t>9786050832013</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Enformatik Cehalet (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786050849561</t>
+          <t>9786050832945</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı ve Amacı</t>
+          <t>Mimoza Sürgünü (Bez Cilt - Sert Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>275</v>
+        <v>55</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786050849509</t>
+          <t>9786050830187</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Scala’da Korku</t>
+          <t>Hastalıkların Duygusal Sebepleri</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>300</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786050845310</t>
+          <t>9786050832327</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Düşünürsen Öyle Yaşarsın</t>
+          <t>Her An Yeniden</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786050828788</t>
+          <t>9786050829785</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Gizli Anlaşmalar</t>
+          <t>Geçmişin Travmalarından Kurtulmak</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>375</v>
+        <v>50</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786050818956</t>
+          <t>9786051144214</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>İlma - Son Nişanlı</t>
+          <t>Kadın Sultanlar</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786050816525</t>
+          <t>9786050849318</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Fıkra Tadında Anne Baba Eğitimi</t>
+          <t>Gaslighting / Gerçekliği Çarpıtmanın ve Manipülasyonun Karanlık Sanatı</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786050808476</t>
+          <t>9786050849554</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kırık Heykel</t>
+          <t>Dilden Dile / Çevirinin Konukseverliği</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786051146904</t>
+          <t>9799752633741</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımında - Statükodan Önce Son Çıkış</t>
+          <t>Dere Tepe Düz Gittim</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>60</v>
+        <v>145</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786050808216</t>
+          <t>9786050831894</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda İslam Dünyası</t>
+          <t>Nevzat Tarhan ile Evlilik Okulu Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>120</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786051142890</t>
+          <t>1520501989219</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Ahmet Şimşirgil Otağ Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>80</v>
+        <v>510</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786050808193</t>
+          <t>9786050849325</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Ateşte Bir Kadın</t>
+          <t>Görünmez Otel</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789752638334</t>
+          <t>9786050812749</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Çalkantı ve Dalga</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789752636620</t>
+          <t>9786050849561</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Din ve Devlet</t>
+          <t>Hayatın Anlamı ve Amacı</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786050810677</t>
+          <t>9786050849509</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Darbe</t>
+          <t>Scala’da Korku</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786050820676</t>
+          <t>9786050845310</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Dini</t>
+          <t>Nasıl Düşünürsen Öyle Yaşarsın</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786050815122</t>
+          <t>9786050828788</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Bayezid Timur'a Karşı</t>
+          <t>Dünyayı Değiştiren Gizli Anlaşmalar</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786050836103</t>
+          <t>9786050818956</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Benim Gönlüm Bir Kuştur - Bir Ahmed Yesevi Romanı</t>
+          <t>İlma - Son Nişanlı</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789752638976</t>
+          <t>9786050816525</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Pastoral Senfoni</t>
+          <t>Fıkra Tadında Anne Baba Eğitimi</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786050809084</t>
+          <t>9786050808476</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Nurusiyah</t>
+          <t>Kırık Heykel</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786050804201</t>
+          <t>9786051146904</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Rüyası</t>
+          <t>Yol Ayrımında - Statükodan Önce Son Çıkış</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786050830231</t>
+          <t>9786050808216</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Bakış</t>
+          <t>Yeni Yüzyılda İslam Dünyası</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786050819045</t>
+          <t>9786051142890</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Genç Olmak</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786050832402</t>
+          <t>9786050808193</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Toprak</t>
+          <t>Çapraz Ateşte Bir Kadın</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786050849233</t>
+          <t>9789752638334</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Din Tehlikeli midir?</t>
+          <t>Çalkantı ve Dalga</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786050849295</t>
+          <t>9789752636620</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Metehan</t>
+          <t>Modern Dünyada Din ve Devlet</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786050849257</t>
+          <t>9786050810677</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Huawei – Çin’in En Güçlü Şirketinin Gizli Tarihi</t>
+          <t>Beşinci Darbe</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786050849264</t>
+          <t>9786050820676</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Takılı Kalan Zihin</t>
+          <t>Sultanın Dini</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786050849158</t>
+          <t>9786050815122</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Şam'ın Uykusuz Zürafası</t>
+          <t>Bayezid Timur'a Karşı</t>
         </is>
       </c>
       <c r="C755" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786050849240</t>
+          <t>9786050836103</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Suskunlar Meclisi</t>
+          <t>Benim Gönlüm Bir Kuştur - Bir Ahmed Yesevi Romanı</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786050849271</t>
+          <t>9789752638976</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Düşünmenin Alfabesi</t>
+          <t>Pastoral Senfoni</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>175</v>
+        <v>70</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786050849288</t>
+          <t>9786050809084</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Araştırmanın Alfabesi</t>
+          <t>Nurusiyah</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>240</v>
+        <v>50</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786050849202</t>
+          <t>9786050804201</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (Açıklamalı - Tam Metin - Tek Cilt) (Ciltli)</t>
+          <t>Sultanın Rüyası</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786259775647</t>
+          <t>9786050830231</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Pişmanlık Psikolojisi</t>
+          <t>Bakış</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786050849165</t>
+          <t>9786050819045</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Stoacının El Kitabı</t>
+          <t>Bilinçli Genç Olmak</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786050849226</t>
+          <t>9786050832402</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman Evet Ne Zaman Hayır?</t>
+          <t>Toprak</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786050849196</t>
+          <t>9786050849233</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevdiğine Dert Verir</t>
+          <t>Din Tehlikeli midir?</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786050849219</t>
+          <t>9786050849295</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Klasiğimiz Mustafa Kutlu</t>
+          <t>Metehan</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789753624213</t>
+          <t>9786050849257</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Toplantı Düzenleme</t>
+          <t>Huawei – Çin’in En Güçlü Şirketinin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>5.09</v>
+        <v>390</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789753624183</t>
+          <t>9786050849264</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Hayali</t>
+          <t>Takılı Kalan Zihin</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>62.96</v>
+        <v>200</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789753624039</t>
+          <t>9786050849158</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Şam'ın Uykusuz Zürafası</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>5.09</v>
+        <v>325</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>3990000073219</t>
+          <t>9786050849240</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Konu Anlatımı Fasikül 4</t>
+          <t>Suskunlar Meclisi</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>7</v>
+        <v>300</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>3990000073218</t>
+          <t>9786050849271</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Konu Anlatımı Fasikül 3</t>
+          <t>Düşünmenin Alfabesi</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>7</v>
+        <v>175</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9799753629507</t>
+          <t>9786050849288</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Fellah</t>
+          <t>Araştırmanın Alfabesi</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>8.8</v>
+        <v>240</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9799753626995</t>
+          <t>9786050849202</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Mesnevi (Açıklamalı - Tam Metin - Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>11.57</v>
+        <v>800</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786050819489</t>
+          <t>9786259775647</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Burası Çanakkale Buradan Geçiş Yok - Eğlenceli Tarih</t>
+          <t>Kur’an’da Pişmanlık Psikolojisi</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9799752631129</t>
+          <t>9786050849165</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Stoacının El Kitabı</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>10</v>
+        <v>250</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786050827064</t>
+          <t>9786050849226</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı Seti (9 Kitap - Kayı Bayrağı Hediye)</t>
+          <t>Ne Zaman Evet Ne Zaman Hayır?</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>170.37</v>
+        <v>240</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786050801668</t>
+          <t>9786050849196</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>İran: Tehdit mi, Fırsat mı?</t>
+          <t>Allah Sevdiğine Dert Verir</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>17.13</v>
+        <v>400</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786050811315</t>
+          <t>9786050849219</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>İran Siyasetinin İç Yüzü</t>
+          <t>Yaşayan Klasiğimiz Mustafa Kutlu</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>19.91</v>
+        <v>400</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9799752634267</t>
+          <t>9789753624213</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Özel Efektler Eğlenceli Bilgi - 50</t>
+          <t>Toplantı Düzenleme</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>40</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9799753621099</t>
+          <t>9789753624183</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>İletişim veya Dehşet Çağı</t>
+          <t>Hayali</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>5.09</v>
+        <v>62.96</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9799753626148</t>
+          <t>9789753624039</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>İmaj ve Takva</t>
+          <t>Tevfik Fikret</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>11.58</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786051145037</t>
+          <t>3990000073219</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Huzur Sokağı</t>
+          <t>4. Sınıf Matematik Konu Anlatımı Fasikül 4</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>9.17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9799753627961</t>
+          <t>3990000073218</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Öyküleri</t>
+          <t>4. Sınıf Matematik Konu Anlatımı Fasikül 3</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789753621564</t>
+          <t>9799753629507</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Ülke</t>
+          <t>Hüseyin Fellah</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>6.94</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786050824223</t>
+          <t>9799753626995</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Proje</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>380</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786050829860</t>
+          <t>9786050819489</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Şamil - Kafkas Kartalı</t>
+          <t>Burası Çanakkale Buradan Geçiş Yok - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>400</v>
+        <v>145</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>3990000034509</t>
+          <t>9799752631129</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Otağ 2 - Emir Timur (İmzalı)</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>28.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786050822281</t>
+          <t>9786050827064</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Babamın Yalnızlığı</t>
+          <t>Osmanlı Tarihi Kayı Seti (9 Kitap - Kayı Bayrağı Hediye)</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>120</v>
+        <v>170.37</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>1520101993913</t>
+          <t>9786050801668</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi (2 Kitap Takım)</t>
+          <t>İran: Tehdit mi, Fırsat mı?</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>120</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786050810516</t>
+          <t>9786050811315</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Timaş Turuncu Balon Okul Öncesi Eğitim Seti (36-48)</t>
+          <t>İran Siyasetinin İç Yüzü</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>129.63</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786050801255</t>
+          <t>9799752634267</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Timaş Okul Öncesi Eğitim Seti (48-66)</t>
+          <t>İnanılmaz Özel Efektler Eğlenceli Bilgi - 50</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>134.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789752635586</t>
+          <t>9799753621099</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik - Milliyetsizlik</t>
+          <t>İletişim veya Dehşet Çağı</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>8.33</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789752631878</t>
+          <t>9799753626148</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Meleklere İman</t>
+          <t>İmaj ve Takva</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>1.39</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789752638082</t>
+          <t>9786051145037</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Medyasenfoni</t>
+          <t>Huzur Sokağı</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>7.88</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789752631830</t>
+          <t>9799753627961</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Maddi Hastalıklara Manevi Reçeteler</t>
+          <t>Hikmet Öyküleri</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>1.39</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786051148212</t>
+          <t>9789753621564</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kürt Ergenekonu</t>
+          <t>Bir Garip Ülke</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786050802740</t>
+          <t>9786050824223</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Kudüs (Ciltli)</t>
+          <t>Bitmeyen Proje</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>138.89</v>
+        <v>380</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789752634992</t>
+          <t>9786050829860</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Kimya Kim Ya!? Eğlenceli Bilgi - 55</t>
+          <t>Şeyh Şamil - Kafkas Kartalı</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>40</v>
+        <v>400</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9799752633581</t>
+          <t>3990000034509</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Kazı Kazan</t>
+          <t>Otağ 2 - Emir Timur (İmzalı)</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>11.12</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786051141398</t>
+          <t>9786050822281</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap Barnabas’ın Sırrı</t>
+          <t>Babamın Yalnızlığı</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>11.11</v>
+        <v>120</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9799752630986</t>
+          <t>1520101993913</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alanda Başörtülüler</t>
+          <t>Türklerin Tarihi (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>10.19</v>
+        <v>120</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786050801590</t>
+          <t>9786050810516</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsüz Demokrasi'de Adı Konmamış Darbe</t>
+          <t>Timaş Turuncu Balon Okul Öncesi Eğitim Seti (36-48)</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>27.5</v>
+        <v>129.63</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789753623322</t>
+          <t>9786050801255</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Armagedon Türkiye-İsrail Gizli Savaşı</t>
+          <t>Timaş Okul Öncesi Eğitim Seti (48-66)</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>11.57</v>
+        <v>134.26</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789752638167</t>
+          <t>9789752635586</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Apokrifal</t>
+          <t>Milliyetçilik - Milliyetsizlik</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>11.57</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789753625210</t>
+          <t>9789752631878</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Apokalipse Kıyametin Gizli Tarihi</t>
+          <t>Meleklere İman</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>9.26</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789752635913</t>
+          <t>9789752638082</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Ankara Washington Hattı Amerikan İktidarının Sonu</t>
+          <t>Medyasenfoni</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>10.19</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786051141664</t>
+          <t>9789752631830</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Angelika</t>
+          <t>Maddi Hastalıklara Manevi Reçeteler</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>16.2</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9799752631433</t>
+          <t>9786051148212</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarından Öğütler</t>
+          <t>Kürt Ergenekonu</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>1.39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9799753624250</t>
+          <t>9786050802740</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Alemde Dönen Ne?</t>
+          <t>Kudüs (Ciltli)</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>6.48</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9799753629637</t>
+          <t>9789752634992</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Alaba "Gülen Ay" Kenya Hatıraları</t>
+          <t>Kimya Kim Ya!? Eğlenceli Bilgi - 55</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>6.94</v>
+        <v>40</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9799753626209</t>
+          <t>9799752633581</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Agharta Elektromanyetik Savaş Başladı</t>
+          <t>Kazı Kazan</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>11.11</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9799752633161</t>
+          <t>9786051141398</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an-ı Kerim Meali</t>
+          <t>Kayıp Kitap Barnabas’ın Sırrı</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>11.88</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786051142241</t>
+          <t>9799752630986</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Fethullah Gülen ve Hareketi</t>
+          <t>Kamusal Alanda Başörtülüler</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>15.28</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789752630819</t>
+          <t>9786050801590</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Zula</t>
+          <t>Başörtüsüz Demokrasi'de Adı Konmamış Darbe</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>5.56</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9799753625974</t>
+          <t>9789753623322</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Yürüyelim Seninle İstanbul’da</t>
+          <t>Armagedon Türkiye-İsrail Gizli Savaşı</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9799753626438</t>
+          <t>9789752638167</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Yolcular Hüdhüd’e ve Arkadaşlarına</t>
+          <t>Apokrifal</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>5.56</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789752639935</t>
+          <t>9789753625210</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Yeşil</t>
+          <t>Apokalipse Kıyametin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>11.58</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789752637184</t>
+          <t>9789752635913</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Cumhuriyeti</t>
+          <t>Ankara Washington Hattı Amerikan İktidarının Sonu</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>14.82</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9799753629002</t>
+          <t>9786051141664</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Yazı Tura ve Olasılık Hesapları  Eğlenceli Bilgi - 23</t>
+          <t>Angelika</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>145</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9799752633437</t>
+          <t>9799752631433</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Yay</t>
+          <t>Allah Dostlarından Öğütler</t>
         </is>
       </c>
       <c r="C818" s="1">
         <v>1.39</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9799753628562</t>
+          <t>9799753624250</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sevinci</t>
+          <t>Alemde Dönen Ne?</t>
         </is>
       </c>
       <c r="C819" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789753626569</t>
+          <t>9799753629637</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Evi</t>
+          <t>Alaba "Gülen Ay" Kenya Hatıraları</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9799753626513</t>
+          <t>9799753626209</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Düşler</t>
+          <t>Agharta Elektromanyetik Savaş Başladı</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789752635807</t>
+          <t>9799752633161</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Türkler</t>
+          <t>Açıklamalı Kur’an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>7.41</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9799753628586</t>
+          <t>9786051142241</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunda Aydın Sınıfın Anatomisi</t>
+          <t>100 Soruda Fethullah Gülen ve Hareketi</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>16.2</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9799752630450</t>
+          <t>9789752630819</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Tövbe ve İstiğfar Günlüğü</t>
+          <t>Zula</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>7.87</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789752636668</t>
+          <t>9799753625974</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>Yürüyelim Seninle İstanbul’da</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>12.97</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789752635067</t>
+          <t>9799753626438</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Fatma Aliye: Uzak Ülke</t>
+          <t>Yolcular Hüdhüd’e ve Arkadaşlarına</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9799753628791</t>
+          <t>9789752639935</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Yolculuğu</t>
+          <t>Yeşil</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>3.7</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9799752631396</t>
+          <t>9789752637184</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Ergenlerle İletişim Gençleri Anlama Rehberi</t>
+          <t>Yeni Türkiye Cumhuriyeti</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>11.12</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789752636347</t>
+          <t>9799753629002</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Enerji Canavarı - Eğlenceli Bilgi 25</t>
+          <t>Yazı Tura ve Olasılık Hesapları  Eğlenceli Bilgi - 23</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786050804423</t>
+          <t>9799752633437</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih Seti</t>
+          <t>Yay</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>87.96</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786050804430</t>
+          <t>9799753628562</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Coğrafya Seti (10 Kitap Takım - Kutulu)</t>
+          <t>Yaşama Sevinci</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>87.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786050804416</t>
+          <t>9789753626569</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilim (10 Kitap Takım, Kutulu)</t>
+          <t>Varlığın Evi</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>87.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789752636224</t>
+          <t>9799753626513</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Cesur Pilotlar</t>
+          <t>Uykusuz Düşler</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>40</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9799753623116</t>
+          <t>9789752635807</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinema Sanayii</t>
+          <t>Türkler</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9799753629699</t>
+          <t>9799753628586</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Dua Günlüğü</t>
+          <t>Türk Toplumunda Aydın Sınıfın Anatomisi</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>8.33</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786051141077</t>
+          <t>9799752630450</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Üzerine</t>
+          <t>Tövbe ve İstiğfar Günlüğü</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>12.5</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9799753629859</t>
+          <t>9789752636668</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Don Kazakları</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>10.19</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789753623834</t>
+          <t>9789752635067</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika</t>
+          <t>Fatma Aliye: Uzak Ülke</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789753623797</t>
+          <t>9799753628791</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Devlet İdaresi</t>
+          <t>Erzurum Yolculuğu</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>9.26</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9799753627640</t>
+          <t>9799752631396</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Deşifre Darbeyi Rapor Ettim...</t>
+          <t>Ergenlerle İletişim Gençleri Anlama Rehberi</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>14.81</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789752635920</t>
+          <t>9789752636347</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Derin Siyah</t>
+          <t>Enerji Canavarı - Eğlenceli Bilgi 25</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>16.2</v>
+        <v>40</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789752636866</t>
+          <t>9786050804423</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Derin PKK</t>
+          <t>Eğlenceli Tarih Seti</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>10.19</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9799752634359</t>
+          <t>9786050804430</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Saçan Işık</t>
+          <t>Eğlenceli Coğrafya Seti (10 Kitap Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>40</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9799753627442</t>
+          <t>9786050804416</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Derin Dünya Devleti: Gizli Doktrinin Küresel Efendileri</t>
+          <t>Eğlenceli Bilim (10 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>13.89</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9799753623864</t>
+          <t>9789752636224</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza İyi Bir Başlangıç Kazandırın</t>
+          <t>Eğlenceli Bilgi Cesur Pilotlar</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>8.34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789752638273</t>
+          <t>9799753623116</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Ve Ben</t>
+          <t>Dünya Sinema Sanayii</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789752631663</t>
+          <t>9799753629699</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Şifreler</t>
+          <t>Dua Günlüğü</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>40</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9799753629187</t>
+          <t>9786051141077</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Çevremizdeki Şifalı Bitkiler: Görüp de Yararlanmadığımız Hazine</t>
+          <t>Dostluk Üzerine</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>6.94</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789752637108</t>
+          <t>9799753629859</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Çarpıcı Elektrik Eğlenceli Bilgi</t>
+          <t>Don Kazakları</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>40</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789753626576</t>
+          <t>9789753623834</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Paşa’nın Toplum ve Devlet Görüşü</t>
+          <t>Dış Politika</t>
         </is>
       </c>
       <c r="C850" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9799752634151</t>
+          <t>9789753623797</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Büyük Mor İnek</t>
+          <t>Devlet İdaresi</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789753620611</t>
+          <t>9799753627640</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>Deşifre Darbeyi Rapor Ettim...</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786050807080</t>
+          <t>9789752635920</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yağmur Kimseyi İncitmez</t>
+          <t>Derin Siyah</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>275</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9799753628555</t>
+          <t>9789752636866</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Hikaye</t>
+          <t>Derin PKK</t>
         </is>
       </c>
       <c r="C854" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789752635289</t>
+          <t>9799752634359</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Bir Çığır Öyküsü Şule Yüksel Şenler</t>
+          <t>Dehşet Saçan Işık</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786051144023</t>
+          <t>9799753627442</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Bi’ Ermeni Var</t>
+          <t>Derin Dünya Devleti: Gizli Doktrinin Küresel Efendileri</t>
         </is>
       </c>
       <c r="C856" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789752631816</t>
+          <t>9799753623864</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Müslüman’ım Neye Nasıl İnanırım?</t>
+          <t>Çocuğunuza İyi Bir Başlangıç Kazandırın</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>1.39</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789752635043</t>
+          <t>9789752638273</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Bediüzaman Çağı Aydınlatan Nur</t>
+          <t>Çocuğum Ve Ben</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>11.12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9799752631013</t>
+          <t>9789752631663</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Bedeutet Der Tod Das Nichts?</t>
+          <t>Çıldırtan Şifreler</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>3.7</v>
+        <v>40</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9799753625943</t>
+          <t>9799753629187</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Başarı Bedel İster</t>
+          <t>Çevremizdeki Şifalı Bitkiler: Görüp de Yararlanmadığımız Hazine</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9799753624618</t>
+          <t>9789752637108</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Başa Çıkılamayan Çocuklar</t>
+          <t>Çarpıcı Elektrik Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>8.34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9799753629651</t>
+          <t>9789753626576</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsüz Demokrasi: Tarih İçinde Tarih</t>
+          <t>Cevdet Paşa’nın Toplum ve Devlet Görüşü</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>11.58</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789752636804</t>
+          <t>9799752634151</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Ay Terapisi</t>
+          <t>Büyük Mor İnek</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>10.65</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9799753625929</t>
+          <t>9789753620611</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Avrupa ve Amerika Karşısında Değişen Türkiye</t>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>15.28</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789752636262</t>
+          <t>9786050807080</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sönmeyen Ateşi Yaman Dede</t>
+          <t>Biraz Yağmur Kimseyi İncitmez</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>7.41</v>
+        <v>275</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786050801194</t>
+          <t>9799753628555</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhammed (S.A.V.)</t>
+          <t>Bir Yudum Hikaye</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789753621991</t>
+          <t>9789752635289</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Sevdalı Şiirler 1</t>
+          <t>Bir Çığır Öyküsü Şule Yüksel Şenler</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786051140292</t>
+          <t>9786051144023</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadetten Tablolar</t>
+          <t>Bi’ Ermeni Var</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789752630123</t>
+          <t>9789752631816</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Sevdalı Şiirler 2</t>
+          <t>Ben Bir Müslüman’ım Neye Nasıl İnanırım?</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>9.26</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786050807813</t>
+          <t>9789752635043</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Asala Operasyonları</t>
+          <t>Bediüzaman Çağı Aydınlatan Nur</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>16.2</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786050804164</t>
+          <t>9799752631013</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon’un Zirvesi</t>
+          <t>Bedeutet Der Tod Das Nichts?</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>13.43</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786050823226</t>
+          <t>9799753625943</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Namaza Nasıl Başlanır?</t>
+          <t>Başarı Bedel İster</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>12.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786050817096</t>
+          <t>9799753624618</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Kurtlarla Dansı 2 (Arapça) 2</t>
+          <t>Başa Çıkılamayan Çocuklar</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>41.67</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786050817065</t>
+          <t>9799753629651</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Kurtlarla Dansı 1 (Arapça) 1 السلطان عد الحميد وأنرقصن مع الذئاب</t>
+          <t>Başörtüsüz Demokrasi: Tarih İçinde Tarih</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>41.67</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786050817072</t>
+          <t>9789752636804</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Üç Kıtada Osmanlılar (Arapça) العثمانيون فى ثلاث قابإت</t>
+          <t>Ay Terapisi</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>37.04</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786050817133</t>
+          <t>9799753625929</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Mahrem Tarihi (Arapça) ا'تتاريخ اتسني للاصبرا3ئوزده ألعثمانية</t>
+          <t>Avrupa ve Amerika Karşısında Değişen Türkiye</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>37.04</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786050824438</t>
+          <t>9789752636262</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı Seti (8 Kitap - Kayı Bayrağı Hediye)</t>
+          <t>Aşkın Sönmeyen Ateşi Yaman Dede</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>149.54</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>3990000031324</t>
+          <t>9786050801194</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Haz Çağında Organik Çocuk Yetiştirmek</t>
+          <t>Aşk-ı Muhammed (S.A.V.)</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786050819021</t>
+          <t>9789753621991</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>İnternet Çağında Pozitif Ebeveynlik</t>
+          <t>Sevdalı Şiirler 1</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>190</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9799752631938</t>
+          <t>9786051140292</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Dünya Savaşı</t>
+          <t>Asr-ı Saadetten Tablolar</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>12.97</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786050811773</t>
+          <t>9789752630123</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>Sevdalı Şiirler 2</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>32.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789752636200</t>
+          <t>9786050807813</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Kuran Nasihatları</t>
+          <t>Asala Operasyonları</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>7.87</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786050807615</t>
+          <t>9786050804164</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>En Çok Okunan Yazardan En Çok Okunan 15 Kitap Set 2</t>
+          <t>Ergenekon’un Zirvesi</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>219.91</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786050807608</t>
+          <t>9786050823226</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>En Çok Okunan Yazardan En Çok Okunan 15 Kitap Set 1</t>
+          <t>Namaza Nasıl Başlanır?</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>208.8</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786051143958</t>
+          <t>9786050817096</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>Abdülhamid'in Kurtlarla Dansı 2 (Arapça) 2</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>325</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789753624732</t>
+          <t>9786050817065</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Dünya Kupası Eğlenceli Bilgi - 5</t>
+          <t>Abdülhamid'in Kurtlarla Dansı 1 (Arapça) 1 السلطان عد الحميد وأنرقصن مع الذئاب</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>145</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789752636613</t>
+          <t>9786050817072</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimi Büyütüyorum</t>
+          <t>Üç Kıtada Osmanlılar (Arapça) العثمانيون فى ثلاث قابإت</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>25.46</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9799753629484</t>
+          <t>9786050817133</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Diliyle Özgüven Kazanımı</t>
+          <t>Osmanlı'nın Mahrem Tarihi (Arapça) ا'تتاريخ اتسني للاصبرا3ئوزده ألعثمانية</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>8.34</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9799753627190</t>
+          <t>9786050824438</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Eğitiminde Yeni Teknikler</t>
+          <t>Osmanlı Tarihi Kayı Seti (8 Kitap - Kayı Bayrağı Hediye)</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>9.26</v>
+        <v>149.54</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786050815047</t>
+          <t>3990000031324</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnete Göre Mut'a Nikâhı</t>
+          <t>Haz Çağında Organik Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>6.94</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786050807806</t>
+          <t>9786050819021</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Yeni Komşumuz Kürdistan</t>
+          <t>İnternet Çağında Pozitif Ebeveynlik</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9799752633086</t>
+          <t>9799752631938</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet</t>
+          <t>Üçüncü Dünya Savaşı</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>10.19</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9799752633277</t>
+          <t>9786050811773</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen ve Türkçe Açıklaması</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>13.43</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9799752630214</t>
+          <t>9789752636200</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir (Arapça) (Ciltli)</t>
+          <t>Kuran Nasihatları</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>4.63</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9799753626971</t>
+          <t>9786050807615</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Etkili Öğretmenin Temel Davranışları</t>
+          <t>En Çok Okunan Yazardan En Çok Okunan 15 Kitap Set 2</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>7.41</v>
+        <v>219.91</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9799752633963</t>
+          <t>9786050807608</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed’in Sözleri ve Halleri</t>
+          <t>En Çok Okunan Yazardan En Çok Okunan 15 Kitap Set 1</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>18.52</v>
+        <v>208.8</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9799753620122</t>
+          <t>9786051143958</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Is Death Non - Existance?</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9799753623789</t>
+          <t>9789753624732</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>İşçi Kültürünün Yükselişi İş Ahlakı</t>
+          <t>Tehlikeli Dünya Kupası Eğlenceli Bilgi - 5</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>6.11</v>
+        <v>145</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786050811520</t>
+          <t>9789752636613</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Kupkuru Çölleri Cennete Çeviren Gül - Hz. Muhammed (sav)</t>
+          <t>Bebeğimi Büyütüyorum</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>9.26</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9799753622386</t>
+          <t>9799753629484</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Etnik Sosyoloji Türk Etnik Sosyolojisi</t>
+          <t>Sevgi Diliyle Özgüven Kazanımı</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>18.06</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789752635845</t>
+          <t>9799753627190</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Tesbihat ve Cevşen Türkçe Okunuşuyla (Transkripsiyonlu)</t>
+          <t>Anne Baba Eğitiminde Yeni Teknikler</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786051145501</t>
+          <t>9786050815047</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hıristiyan ve Yahudilerle Diyaloğu</t>
+          <t>Kur'an ve Sünnete Göre Mut'a Nikâhı</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789753629355</t>
+          <t>9786050807806</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Pembe Cadillac</t>
+          <t>Yeni Komşumuz Kürdistan</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>5.56</v>
+        <v>75</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789753626729</t>
+          <t>9799752633086</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Paradokslar ve Mantık Oyunları Eğlenceli Bilgi - 11</t>
+          <t>Derin Devlet</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>40</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9799753627329</t>
+          <t>9799752633277</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Pan</t>
+          <t>Büyük Cevşen ve Türkçe Açıklaması</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>5.09</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786050806397</t>
+          <t>9799752630214</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Özgür Romanlar (7 Kitap Takım, Kutulu)</t>
+          <t>Cevşen-i Kebir (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>52.78</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786050806366</t>
+          <t>9799753626971</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Örnek Hayatlar (7 Kitap Takım, Kutulu)</t>
+          <t>Etkili Öğretmenin Temel Davranışları</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>42.13</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9799753629286</t>
+          <t>9799752633963</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Öpücük Kutusu</t>
+          <t>Hazreti Muhammed’in Sözleri ve Halleri</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789753624657</t>
+          <t>9799753620122</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Öldürücü Matematik Eğlenceli Bilgi - 1</t>
+          <t>Is Death Non - Existance?</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9799753627497</t>
+          <t>9799753623789</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Otobüsname Yaşadığımız İstanbul</t>
+          <t>İşçi Kültürünün Yükselişi İş Ahlakı</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>11.58</v>
+        <v>6.11</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786051143712</t>
+          <t>9786050811520</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Uçar Gider</t>
+          <t>Kupkuru Çölleri Cennete Çeviren Gül - Hz. Muhammed (sav)</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786051141633</t>
+          <t>9799753622386</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şehri</t>
+          <t>Etnik Sosyoloji Türk Etnik Sosyolojisi</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>18.52</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786051149233</t>
+          <t>9789752635845</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hoşgörüsü</t>
+          <t>Tesbihat ve Cevşen Türkçe Okunuşuyla (Transkripsiyonlu)</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>22.22</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786050810721</t>
+          <t>9786051145501</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’dan Günümüze Dünya Savaş Tarihi (5 Cilt Takım) (Ciltli)</t>
+          <t>Peygamberimizin Hıristiyan ve Yahudilerle Diyaloğu</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>416.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789752637696</t>
+          <t>9789753629355</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Nerden Çıktı Bu Matematik?</t>
+          <t>Pembe Cadillac</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>40</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9799753629415</t>
+          <t>9789753626729</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Nazarın Afetleri ve Korunma Yolları</t>
+          <t>Paradokslar ve Mantık Oyunları Eğlenceli Bilgi - 11</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>4.63</v>
+        <v>40</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789753624442</t>
+          <t>9799753627329</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal</t>
+          <t>Pan</t>
         </is>
       </c>
       <c r="C917" s="1">
         <v>5.09</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789752637405</t>
+          <t>9786050806397</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Namaza Nasıl Başlanır</t>
+          <t>Özgür Romanlar (7 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>6.02</v>
+        <v>52.78</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786050804218</t>
+          <t>9786050806366</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Namaz Öyküleri</t>
+          <t>Örnek Hayatlar (7 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>6.94</v>
+        <v>42.13</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9799752633758</t>
+          <t>9799753629286</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Namaz Benim Huzurum</t>
+          <t>Öpücük Kutusu</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9799752631709</t>
+          <t>9789753624657</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Müzikterapi</t>
+          <t>Öldürücü Matematik Eğlenceli Bilgi - 1</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>12.96</v>
+        <v>40</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9799753626445</t>
+          <t>9799753627497</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Müpteladır Gemiler Benim Denizlerime</t>
+          <t>Otobüsname Yaşadığımız İstanbul</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>5.56</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9799753626896</t>
+          <t>9786051143712</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Muhteris</t>
+          <t>Otomobil Uçar Gider</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>5.56</v>
+        <v>160</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789752639898</t>
+          <t>9786051141633</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Başkan</t>
+          <t>Osmanlı Şehri</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>10.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789753629676</t>
+          <t>9786051149233</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Mucitler ve Parlak Fikirleri - Eğlenceli Bilgi 27</t>
+          <t>Osmanlı Hoşgörüsü</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>40</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786051140940</t>
+          <t>9786050810721</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Monşer</t>
+          <t>Ortaçağ’dan Günümüze Dünya Savaş Tarihi (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>11.11</v>
+        <v>416.67</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9799752633543</t>
+          <t>9789752637696</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Mobbing İşyerinde Duygusal Saldırı ve Mücadele Yöntemleri</t>
+          <t>Nerden Çıktı Bu Matematik?</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>10.19</v>
+        <v>40</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9799753622041</t>
+          <t>9799753629415</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Mum</t>
+          <t>Nazarın Afetleri ve Korunma Yolları</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>60</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789752634756</t>
+          <t>9789753624442</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Namık Kemal</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>40</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9799752630269</t>
+          <t>9789752637405</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Kültürü</t>
+          <t>Namaza Nasıl Başlanır</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>18.06</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9799753628319</t>
+          <t>9786050804218</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Babaların Çocuklarına Öğütleri</t>
+          <t>Namaz Öyküleri</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786051140025</t>
+          <t>9799752633758</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Şöyle Garip Bencileyin</t>
+          <t>Namaz Benim Huzurum</t>
         </is>
       </c>
       <c r="C932" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9799752633550</t>
+          <t>9799752631709</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Şatom Benim Üzgün Yurdum</t>
+          <t>Müzikterapi</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>6.94</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9799753629712</t>
+          <t>9799753626445</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Şaşmaz Ölçüler Uzunluk, Alan ve Hacim Ölçüleri Eğlenceli Bilgi - 28</t>
+          <t>Müpteladır Gemiler Benim Denizlerime</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>40</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9799753624915</t>
+          <t>9799753626896</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Konuşmaları 21. Yüzyılın Eşiğinde</t>
+          <t>Muhteris</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9799752634274</t>
+          <t>9789752639898</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Zeka - Başarının Yeni Bilimi</t>
+          <t>Muhsin Başkan</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>12.04</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789753627054</t>
+          <t>9789753629676</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Sokak Sesleri</t>
+          <t>Mucitler ve Parlak Fikirleri - Eğlenceli Bilgi 27</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>12.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9799753626384</t>
+          <t>9786051140940</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Sofra Nimetleri (Küçük Boy) Uygulamalı Yemek Kitapları (Ciltli)</t>
+          <t>Monşer</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9799752633130</t>
+          <t>9799752633543</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Sistema Geleceğin Düşüncesi</t>
+          <t>Mobbing İşyerinde Duygusal Saldırı ve Mücadele Yöntemleri</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9799752630955</t>
+          <t>9799753622041</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Ölmekle Başlar</t>
+          <t>Mum</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>8.33</v>
+        <v>60</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786050800845</t>
+          <t>9789752634756</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Selçukluları Yeniden Keşfetmek - Sorularla Selçuklu Tarihi</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9799753627367</t>
+          <t>9799752630269</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>Mutfak Kültürü</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>7.88</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9799753624151</t>
+          <t>9799753628319</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Salaman ve Absal</t>
+          <t>Tarih Boyunca Babaların Çocuklarına Öğütleri</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>5.09</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9799753628913</t>
+          <t>9786051140025</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Saadet Rehberi</t>
+          <t>Şöyle Garip Bencileyin</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9799753629385</t>
+          <t>9799752633550</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Politika Sözlüğü</t>
+          <t>Şatom Benim Üzgün Yurdum</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789752631915</t>
+          <t>9799753629712</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İman (Cep İnanç)</t>
+          <t>Şaşmaz Ölçüler Uzunluk, Alan ve Hacim Ölçüleri Eğlenceli Bilgi - 28</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>1.39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9799752630948</t>
+          <t>9799753624915</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer</t>
+          <t>Sosyoloji Konuşmaları 21. Yüzyılın Eşiğinde</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9799752633116</t>
+          <t>9799752634274</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>Sosyal Zeka - Başarının Yeni Bilimi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9799753629262</t>
+          <t>9789753627054</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Aişe</t>
+          <t>Sokak Sesleri</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>9.26</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789752631076</t>
+          <t>9799753626384</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Hayalet X Eğlenceli Bilgi - 37</t>
+          <t>Sofra Nimetleri (Küçük Boy) Uygulamalı Yemek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>40</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9799752631105</t>
+          <t>9799752633130</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Hasta Hakları Hakkınız Var Çünkü Hastasınız</t>
+          <t>Sistema Geleceğin Düşüncesi</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786050807509</t>
+          <t>9799752630955</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah’tan Bugüne İran ve Terör</t>
+          <t>Sevmek Ölmekle Başlar</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>17.13</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789752633094</t>
+          <t>9786050800845</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Harika Vücudumuz</t>
+          <t>Selçukluları Yeniden Keşfetmek - Sorularla Selçuklu Tarihi</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789753624053</t>
+          <t>9799753627367</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Gevheri</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>5.09</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9799752634182</t>
+          <t>9799753624151</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Sevdana Düştü Gönül</t>
+          <t>Salaman ve Absal</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>5.56</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789757544395</t>
+          <t>9799753628913</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Sevda!.. Geri Dön..</t>
+          <t>Saadet Rehberi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>7.87</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>3990000097578</t>
+          <t>9799753629385</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Tarjei Vesaas Seti (2 Kitap Takım)</t>
+          <t>Politika Sözlüğü</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>45</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789752635548</t>
+          <t>9789752631915</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Menopoz</t>
+          <t>Peygamberlere İman (Cep İnanç)</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>7.87</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9799752631136</t>
+          <t>9799752630948</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hazreti Ömer</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9799753624168</t>
+          <t>9799752633116</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz</t>
+          <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786050821703</t>
+          <t>9799753629262</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı Seti (7 Kitap - Kayı Bayrağı Hediye)</t>
+          <t>Hazreti Aişe</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>204.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786050828412</t>
+          <t>9789752631076</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Kayı Seti (10 Kitap)</t>
+          <t>Hayalet X Eğlenceli Bilgi - 37</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>345</v>
+        <v>40</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786050849059</t>
+          <t>9799752631105</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Eğitim?</t>
+          <t>Hasta Hakları Hakkınız Var Çünkü Hastasınız</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786050849134</t>
+          <t>9786050807509</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Basit Terapi</t>
+          <t>Hasan Sabbah’tan Bugüne İran ve Terör</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>250</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786050849127</t>
+          <t>9789752633094</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Marifet</t>
+          <t>Harika Vücudumuz</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>260</v>
+        <v>40</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786050849141</t>
+          <t>9789753624053</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Turnalar Güneye Uçarken</t>
+          <t>Gevheri</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>370</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786050849028</t>
+          <t>9799752634182</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar İçin Çay Saati</t>
+          <t>Sevdana Düştü Gönül</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>370</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786050849110</t>
+          <t>9789757544395</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Vagus Sinirine Reset At</t>
+          <t>Sevda!.. Geri Dön..</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>300</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786259424293</t>
+          <t>3990000097578</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Fısıltılar</t>
+          <t>Tarjei Vesaas Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>375</v>
+        <v>45</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789752634770</t>
+          <t>9789752635548</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>O’na Secde Yakışıyor</t>
+          <t>Menopoz</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>250</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786050819243</t>
+          <t>9799752631136</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed Han</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789757544203</t>
+          <t>9799753624168</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Dallar Meyveye Durdu</t>
+          <t>Gülşen-i Raz</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>300</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789752630048</t>
+          <t>9786050821703</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Takıntılar</t>
+          <t>Osmanlı Tarihi Kayı Seti (7 Kitap - Kayı Bayrağı Hediye)</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>300</v>
+        <v>204.5</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786050811360</t>
+          <t>9786050828412</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Bölük Pörçük Yaşamlar</t>
+          <t>Kayı Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786050834000</t>
+          <t>9786050849059</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Radikal Şıkların Sayımı</t>
+          <t>Nasıl Bir Eğitim?</t>
         </is>
       </c>
       <c r="C975" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786051141800</t>
+          <t>9786050849134</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>57. Alay Çanakkale</t>
+          <t>Basit Terapi</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789752638914</t>
+          <t>9786050849127</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>57. Alay Galiçya</t>
+          <t>Sosyolojik Marifet</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789752637153</t>
+          <t>9786050849141</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’nin Kadın Kahramanı Safiye Hüseyin</t>
+          <t>Turnalar Güneye Uçarken</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786050819526</t>
+          <t>9786050849028</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Ötekilerin Peşinde - Ahmet Yaşar Ocak'a Armağan</t>
+          <t>Kayıp Ruhlar İçin Çay Saati</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>900</v>
+        <v>370</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786050849042</t>
+          <t>9786050849110</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Psikolojisi ve Toksik İlişkiler</t>
+          <t>Vagus Sinirine Reset At</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786050849035</t>
+          <t>9786259424293</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Bülbülü Susturmak</t>
+          <t>Yaldızlı Fısıltılar</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786050848939</t>
+          <t>9789752634770</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Avukatı Mısın?</t>
+          <t>O’na Secde Yakışıyor</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786050849004</t>
+          <t>9786050819243</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Darwin ve Osmanlılar</t>
+          <t>Fatih Sultan Mehmed Han</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786050848984</t>
+          <t>9789757544203</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış 1 Yokmuş</t>
+          <t>Dallar Meyveye Durdu</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786050848991</t>
+          <t>9789752630048</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Jül Sezar &amp; Demirden Ordular Çelikten İrade</t>
+          <t>Takıntılar</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786050848953</t>
+          <t>9786050811360</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Koltuğumdaki Kadınlar</t>
+          <t>Bölük Pörçük Yaşamlar</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786050848977</t>
+          <t>9786050834000</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Balinanın Ölümü</t>
+          <t>Radikal Şıkların Sayımı</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786050849011</t>
+          <t>9786051141800</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Narsist Birinden Nasıl Kurtulursunuz?</t>
+          <t>57. Alay Çanakkale</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786050848960</t>
+          <t>9789752638914</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Duvarları Yıkmak</t>
+          <t>57. Alay Galiçya</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>275</v>
+        <v>390</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786050848908</t>
+          <t>9789752637153</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Mihrican Fırtınası</t>
+          <t>Çanakkale’nin Kadın Kahramanı Safiye Hüseyin</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786050848915</t>
+          <t>9786050819526</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Kader Oyunu</t>
+          <t>Ötekilerin Peşinde - Ahmet Yaşar Ocak'a Armağan</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>230</v>
+        <v>900</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786050848922</t>
+          <t>9786050849042</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evliliğin Sırları</t>
+          <t>Kötülük Psikolojisi ve Toksik İlişkiler</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786050848885</t>
+          <t>9786050849035</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Kafe</t>
+          <t>Bülbülü Susturmak</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786050848892</t>
+          <t>9786050848939</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Şey</t>
+          <t>Avukatı Mısın?</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786050848632</t>
+          <t>9786050849004</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Şair Nigar Hanım</t>
+          <t>Darwin ve Osmanlılar</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>900</v>
+        <v>230</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789753624138</t>
+          <t>9786050848984</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Ülkemin Açmayan Çiçekleri</t>
+          <t>Bir Varmış 1 Yokmuş</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>265</v>
+        <v>340</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786050813067</t>
+          <t>9786050848991</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Pertev Bey'in Üç Kızı</t>
+          <t>Jül Sezar &amp; Demirden Ordular Çelikten İrade</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789752639515</t>
+          <t>9786050848953</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Derviş ve Ölüm</t>
+          <t>Koltuğumdaki Kadınlar</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786050848823</t>
+          <t>9786050848977</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Hilkat Garibeleri</t>
+          <t>Balinanın Ölümü</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786050848847</t>
+          <t>9786050849011</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Artık Çok Kolay: Herkes İçin Aristo</t>
+          <t>Narsist Birinden Nasıl Kurtulursunuz?</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786050848854</t>
+          <t>9786050848960</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Çocuğa Ebeveynlik Etmek</t>
+          <t>Duvarları Yıkmak</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786050848861</t>
+          <t>9786050848908</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Bir Mamut Nasıl Yenir? 50 Lokmada İnsanlığın Tarihi</t>
+          <t>Mihrican Fırtınası</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786050848830</t>
+          <t>9786050848915</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Böcekleri Seven Kadın</t>
+          <t>Kader Oyunu</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786050848878</t>
+          <t>9786050848922</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Tutkular Keder Oldu</t>
+          <t>Mutlu Evliliğin Sırları</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786050848816</t>
+          <t>9786050848885</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Halid Ziya Uşaklıgil’in Kaleme Aldığı ve Tercüme Ettiği Öykülerden Bir Seçki: Nakil</t>
+          <t>İsimsiz Kafe</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786050848809</t>
+          <t>9786050848892</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Altmış Öykü</t>
+          <t>Zavallı Şey</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786050814187</t>
+          <t>9786050848632</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Edep Ya Hu</t>
+          <t>Şair Nigar Hanım</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>275</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786050848793</t>
+          <t>9789753624138</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Can</t>
+          <t>Ülkemin Açmayan Çiçekleri</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789753626477</t>
+          <t>9786050813067</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>İstanbul - Dersaadet</t>
+          <t>Pertev Bey'in Üç Kızı</t>
         </is>
       </c>
       <c r="C1009" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789753627375</t>
+          <t>9789752639515</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Rumeli ve Muhteşem İstanbul</t>
+          <t>Derviş ve Ölüm</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786050827804</t>
+          <t>9786050848823</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Leyla Yokuşu</t>
+          <t>Hilkat Garibeleri</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786050832310</t>
+          <t>9786050848847</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Sür Pulluğunu Ölülerin Kemikleri Üzerinde</t>
+          <t>Felsefe Artık Çok Kolay: Herkes İçin Aristo</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786050848571</t>
+          <t>9786050848854</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Psikolojisi 1 (İngilizce)</t>
+          <t>Kaygılı Çocuğa Ebeveynlik Etmek</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>700</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786050848779</t>
+          <t>9786050848861</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sorunların Küçük Kitabı</t>
+          <t>Bir Mamut Nasıl Yenir? 50 Lokmada İnsanlığın Tarihi</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786050826661</t>
+          <t>9786050848830</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Odası 2</t>
+          <t>Böcekleri Seven Kadın</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789752634619</t>
+          <t>9786050848878</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Asker ile Cemre</t>
+          <t>Tutkular Keder Oldu</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786050848717</t>
+          <t>9786050848816</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Mona'nın Gözleri (Şömizli)</t>
+          <t>Halid Ziya Uşaklıgil’in Kaleme Aldığı ve Tercüme Ettiği Öykülerden Bir Seçki: Nakil</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786050848700</t>
+          <t>9786050848809</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş Terapisi</t>
+          <t>Altmış Öykü</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786051141350</t>
+          <t>9786050814187</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Göçebe</t>
+          <t>Edep Ya Hu</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786050843842</t>
+          <t>9786050848793</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalanlar</t>
+          <t>Can</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789753621885</t>
+          <t>9789753626477</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Rüveyda</t>
+          <t>İstanbul - Dersaadet</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786050819281</t>
+          <t>9789753627375</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde 100 Temel Kural</t>
+          <t>Rumeli ve Muhteşem İstanbul</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786050809060</t>
+          <t>9786050827804</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Yunus Terapi</t>
+          <t>Leyla Yokuşu</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786050822915</t>
+          <t>9786050832310</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evlilik Psikolojisi</t>
+          <t>Sür Pulluğunu Ölülerin Kemikleri Üzerinde</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786050848687</t>
+          <t>9786050848571</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Bahtına Düştüm Ya Rab!</t>
+          <t>Bilgelik Psikolojisi 1 (İngilizce)</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786050848649</t>
+          <t>9786050848779</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Anahtarı</t>
+          <t>Büyük Sorunların Küçük Kitabı</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786050848656</t>
+          <t>9786050826661</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Bana Yarınları Anlat</t>
+          <t>Yazarın Odası 2</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786050848670</t>
+          <t>9789752634619</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Empusyon</t>
+          <t>Asker ile Cemre</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786050848694</t>
+          <t>9786050848717</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Damat - Jungiyen Psikolojiye Göre Kadın ve Erkekte Erillik</t>
+          <t>Mona'nın Gözleri (Şömizli)</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789753625944</t>
+          <t>9786050848700</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Başarı Bedel İster Hayalleri Olmayanın Geleceği Olamaz</t>
+          <t>Öze Dönüş Terapisi</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786050848533</t>
+          <t>9786051141350</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Malma İstasyonu</t>
+          <t>Göçebe</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786050848663</t>
+          <t>9786050843842</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Hayatta Kalanlar</t>
         </is>
       </c>
       <c r="C1032" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786050823691</t>
+          <t>9789753621885</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Psikolojisi ve Duygusal Zeka</t>
+          <t>Rüveyda</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786050834512</t>
+          <t>9786050819281</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Kişisel Gelişim Rehberi - Bilgi Çağında Öğretmen Olmak</t>
+          <t>Çocuk Eğitiminde 100 Temel Kural</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786050848540</t>
+          <t>9786050809060</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk</t>
+          <t>Yunus Terapi</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786050848526</t>
+          <t>9786050822915</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Bir Sinir Sistemi Romanı</t>
+          <t>Mutlu Evlilik Psikolojisi</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786050848502</t>
+          <t>9786050848687</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Bahtına Düştüm Ya Rab!</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786050848519</t>
+          <t>9786050848649</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Kıyamet Anahtarı</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786050848472</t>
+          <t>9786050848656</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa - Bir Adanmışlık Öyküsü</t>
+          <t>Bana Yarınları Anlat</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786050848489</t>
+          <t>9786050848670</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Arafta Yedi Gece</t>
+          <t>Empusyon</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786050848496</t>
+          <t>9786050848694</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Süper Yardımcı Sendromu - Şefkatli İnsanlar İçin Hayatta Kalma Rehberi</t>
+          <t>Yaralı Damat - Jungiyen Psikolojiye Göre Kadın ve Erkekte Erillik</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786050848458</t>
+          <t>9789753625944</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Hayvanlar</t>
+          <t>Başarı Bedel İster Hayalleri Olmayanın Geleceği Olamaz</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786050848465</t>
+          <t>9786050848533</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Yeniden</t>
+          <t>Malma İstasyonu</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786050848410</t>
+          <t>9786050848663</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Basiret</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C1044" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786050848427</t>
+          <t>9786050823691</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Napolyon</t>
+          <t>Duyguların Psikolojisi ve Duygusal Zeka</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786050848441</t>
+          <t>9786050834512</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yedi Ölçüsü</t>
+          <t>Öğretmenin Kişisel Gelişim Rehberi - Bilgi Çağında Öğretmen Olmak</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786050848434</t>
+          <t>9786050848540</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Bukalemunlar Kitabı</t>
+          <t>Zor Çocuk</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>275</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786050848304</t>
+          <t>9786050848526</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Ingeborg’un Tollak’ı</t>
+          <t>Bir Sinir Sistemi Romanı</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786050848298</t>
+          <t>9786050848502</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Jungiyen Rüya Analizi</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786050848281</t>
+          <t>9786050848519</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Masal Kız</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786050848229</t>
+          <t>9786050848472</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Yenidoğanla İlgili 101 Soru ve Cevapları</t>
+          <t>Enver Paşa - Bir Adanmışlık Öyküsü</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786050848243</t>
+          <t>9786050848489</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Takıntılarından Kurtul: Vesvesen</t>
+          <t>Arafta Yedi Gece</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786050847888</t>
+          <t>9786050848496</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Neden Yazıyorum</t>
+          <t>Süper Yardımcı Sendromu - Şefkatli İnsanlar İçin Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786050848083</t>
+          <t>9786050848458</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Baliverna’nın Çöküşü</t>
+          <t>Konuşan Hayvanlar</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786050848090</t>
+          <t>9786050848465</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Veda</t>
+          <t>Gerçeklik Yeniden</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789753625975</t>
+          <t>9786050848410</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Yürüyelim Seninle İstanbul’da</t>
+          <t>Sosyolojik Basiret</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786050847871</t>
+          <t>9786050848427</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı</t>
+          <t>Napolyon</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789753626446</t>
+          <t>9786050848441</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Müpteladır Gemiler Benim Denizlerime</t>
+          <t>Dünyanın Yedi Ölçüsü</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786050847802</t>
+          <t>9786050848434</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Batak</t>
+          <t>Bukalemunlar Kitabı</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789752631519</t>
+          <t>9786050848304</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Deli Güvercin</t>
+          <t>Ingeborg’un Tollak’ı</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786050847635</t>
+          <t>9786050848298</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çöktü</t>
+          <t>Jungiyen Rüya Analizi</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786050847659</t>
+          <t>9786050848281</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Arslan</t>
+          <t>Masal Kız</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786050847680</t>
+          <t>9786050848229</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>6 Şubat Kahramanmaraş Depremleri</t>
+          <t>Yenidoğanla İlgili 101 Soru ve Cevapları</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789753627269</t>
+          <t>9786050848243</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Kalan Bu Şehri Yakmayı Çok İstedim</t>
+          <t>Takıntılarından Kurtul: Vesvesen</t>
         </is>
       </c>
       <c r="C1064" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786050846959</t>
+          <t>9786050847888</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime'nin Özü</t>
+          <t>Neden Yazıyorum</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786050846553</t>
+          <t>9786050848083</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Mahsur Kadın</t>
+          <t>Baliverna’nın Çöküşü</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786050847390</t>
+          <t>9786050848090</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Keder ve Mutluluk</t>
+          <t>Veda</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786050847352</t>
+          <t>9789753625975</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Tevazu</t>
+          <t>Yürüyelim Seninle İstanbul’da</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786050846966</t>
+          <t>9786050847871</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Beni de Kalbinde Götür</t>
+          <t>Duyarlı</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786050846980</t>
+          <t>9789753626446</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren On Domates</t>
+          <t>Müpteladır Gemiler Benim Denizlerime</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786050847017</t>
+          <t>9786050847802</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>İkondan Kanona: Kültür İle Medeniyet Arasında</t>
+          <t>Batak</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>330</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786050846935</t>
+          <t>9789752631519</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Cesurların İşidir</t>
+          <t>Birkaç Deli Güvercin</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786050846904</t>
+          <t>9786050847635</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Turunç Ağacı</t>
+          <t>Zaman Çöktü</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786050847307</t>
+          <t>9786050847659</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Ya Baki Entel Baki</t>
+          <t>Kılıç Arslan</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>275</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786050846805</t>
+          <t>9786050847680</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Yavaşlamak</t>
+          <t>6 Şubat Kahramanmaraş Depremleri</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786050846829</t>
+          <t>9789753627269</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığıma Dokun</t>
+          <t>Sensiz Kalan Bu Şehri Yakmayı Çok İstedim</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786050846836</t>
+          <t>9786050846959</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Mukaddime'nin Özü</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786050846812</t>
+          <t>9786050846553</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Kar Havası</t>
+          <t>Mahsur Kadın</t>
         </is>
       </c>
       <c r="C1078" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786050846782</t>
+          <t>9786050847390</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Isabelle</t>
+          <t>Keder ve Mutluluk</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786050846133</t>
+          <t>9786050847352</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Günlük 2</t>
+          <t>Tevazu</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>600</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789753623667</t>
+          <t>9786050846966</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ölümcül Bir Hülyadır</t>
+          <t>Beni de Kalbinde Götür</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786050846645</t>
+          <t>9786050846980</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Ezber Bozan Hayat (Ciltli)</t>
+          <t>Dünyayı Değiştiren On Domates</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786050846638</t>
+          <t>9786050847017</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Yol Haritası</t>
+          <t>İkondan Kanona: Kültür İle Medeniyet Arasında</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786050846522</t>
+          <t>9786050846935</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Emanet ve Kudüs'ten Urfa'ya Bir Hakikat Yolculuğu</t>
+          <t>Sevmek Cesurların İşidir</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786050846546</t>
+          <t>9786050846904</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Huzur Arayışı</t>
+          <t>Turunç Ağacı</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786050846515</t>
+          <t>9786050847307</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Direniş</t>
+          <t>Ya Baki Entel Baki</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786050846041</t>
+          <t>9786050846805</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İçinden Zamanın Dışından</t>
+          <t>Yavaşlamak</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786050846393</t>
+          <t>9786050846829</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Müzik-Çocuk</t>
+          <t>Yalnızlığıma Dokun</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786050846416</t>
+          <t>9786050846836</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Tuhaf Canavarları</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786050845792</t>
+          <t>9786050846812</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdeli 10 Sahabe - 10 Kitap</t>
+          <t>Kar Havası</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>940</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786050845921</t>
+          <t>9786050846782</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Said Bin Zeyd (R.A.)</t>
+          <t>Isabelle</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786050845914</t>
+          <t>9786050846133</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ubeyde Bin Cerrah (R.A.)</t>
+          <t>Günlük 2</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786050845907</t>
+          <t>9789753623667</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Bin Avf (R.A.)</t>
+          <t>Aşk Ölümcül Bir Hülyadır</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786050845891</t>
+          <t>9786050846645</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Sad Bin Ebi Vakkas (R.A.)</t>
+          <t>Ezber Bozan Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786050845884</t>
+          <t>9786050846638</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Zübeyr Bin Avvam (R.A.)</t>
+          <t>Yazarın Yol Haritası</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>80</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786050845877</t>
+          <t>9786050846522</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Talha Bin Ubeydullah (R.A.)</t>
+          <t>Emanet ve Kudüs'ten Urfa'ya Bir Hakikat Yolculuğu</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786050845860</t>
+          <t>9786050846546</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali (R.A.)</t>
+          <t>İnsanın Huzur Arayışı</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786050845853</t>
+          <t>9786050846515</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman (R.A.)</t>
+          <t>Direniş</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786050845846</t>
+          <t>9786050846041</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer (R.A.)</t>
+          <t>Zamanın İçinden Zamanın Dışından</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786050845839</t>
+          <t>9786050846393</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir (R.A.)</t>
+          <t>Müzik-Çocuk</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789757544289</t>
+          <t>9786050846416</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Yollar Dönüşe Gider</t>
+          <t>Çin’in Tuhaf Canavarları</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>425</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786050846072</t>
+          <t>9786050845792</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Veliler İçin Hayatta Kalma Rehberi</t>
+          <t>Cennetle Müjdeli 10 Sahabe - 10 Kitap</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>240</v>
+        <v>940</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786050846119</t>
+          <t>9786050845921</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bedenlerimizin Coğrafyası</t>
+          <t>Said Bin Zeyd (R.A.)</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786050846140</t>
+          <t>9786050845914</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Gölgeyle Buluşma ve İnsan Doğasındaki Karanlık Yüzün Gizli Gücü</t>
+          <t>Ebu Ubeyde Bin Cerrah (R.A.)</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786050846188</t>
+          <t>9786050845907</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski</t>
+          <t>Abdurrahman Bin Avf (R.A.)</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786050846058</t>
+          <t>9786050845891</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Akrep ve Yelkovanın İzinde - On İki Saatin Hikayesiyle Uygarlığın Tarihi</t>
+          <t>Sad Bin Ebi Vakkas (R.A.)</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>330</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786050845778</t>
+          <t>9786050845884</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Robotları Beklerken Neler Olacak?</t>
+          <t>Zübeyr Bin Avvam (R.A.)</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>330</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786050845938</t>
+          <t>9786050845877</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Kaos İçindeki Dünyada Kapitalizmi Yeniden Tasarlamak</t>
+          <t>Talha Bin Ubeydullah (R.A.)</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>330</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786050845747</t>
+          <t>9786050845860</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>İskender - Dünyayı Değiştiren Hükümdar</t>
+          <t>Hz. Ali (R.A.)</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786050845525</t>
+          <t>9786050845853</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Dilek Tuttum Okunsun Ahım Arşa Dokunsun</t>
+          <t>Hz. Osman (R.A.)</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786050845532</t>
+          <t>9786050845846</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Gül Ağacı Sana Benzer</t>
+          <t>Hz. Ömer (R.A.)</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786050845549</t>
+          <t>9786050845839</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Gökbilimsel</t>
+          <t>Hz. Ebu Bekir (R.A.)</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786050845556</t>
+          <t>9789757544289</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Neyi Neden Yapar -2</t>
+          <t>Yollar Dönüşe Gider</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>320</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786050845600</t>
+          <t>9786050846072</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Karar Ver, Planla, Harekete Geç</t>
+          <t>Yeni Nesil Veliler İçin Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786050844979</t>
+          <t>9786050846119</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Karakter Gelişiminde Çocukluk Sırrı</t>
+          <t>Muhteşem Bedenlerimizin Coğrafyası</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786050845013</t>
+          <t>9786050846140</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Gölgeyle Buluşma ve İnsan Doğasındaki Karanlık Yüzün Gizli Gücü</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786050845396</t>
+          <t>9786050846188</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Enneagram İle Eşini Keşfet</t>
+          <t>Dostoyevski</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786050845402</t>
+          <t>9786050846058</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Yaşayanlar ve Diğerleri</t>
+          <t>Akrep ve Yelkovanın İzinde - On İki Saatin Hikayesiyle Uygarlığın Tarihi</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786050845419</t>
+          <t>9786050845778</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Neyi Neden Yapar - 1</t>
+          <t>Robotları Beklerken Neler Olacak?</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786050844993</t>
+          <t>9786050845938</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Çok Hisseden Çocuk</t>
+          <t>Kaos İçindeki Dünyada Kapitalizmi Yeniden Tasarlamak</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786050845006</t>
+          <t>9786050845747</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Nasıl Düşünür İnsan Ne Görür?</t>
+          <t>İskender - Dünyayı Değiştiren Hükümdar</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786050844658</t>
+          <t>9786050845525</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan'ın Kayıp Kafatası</t>
+          <t>Dilek Tuttum Okunsun Ahım Arşa Dokunsun</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786050844672</t>
+          <t>9786050845532</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kaos - İklim Değişikliği ve Hiç Düşünülmeyenler</t>
+          <t>Gül Ağacı Sana Benzer</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786050844689</t>
+          <t>9786050845549</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Silah Adası</t>
+          <t>Gökbilimsel</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786050844566</t>
+          <t>9786050845556</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Harp Baladı</t>
+          <t>Çocuk Neyi Neden Yapar -2</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786050844665</t>
+          <t>9786050845600</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilmek</t>
+          <t>Karar Ver, Planla, Harekete Geç</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786050826098</t>
+          <t>9786050844979</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Ömerini Arayan Yüzyıl</t>
+          <t>Kişilik ve Karakter Gelişiminde Çocukluk Sırrı</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786050842807</t>
+          <t>9786050845013</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Aşk Neden Can Yakar?</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786050844542</t>
+          <t>9786050845396</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık ve Aidiyet</t>
+          <t>Enneagram İle Eşini Keşfet</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786050844573</t>
+          <t>9786050845402</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gözlerine Beni de Götür</t>
+          <t>Yaşayanlar ve Diğerleri</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786050844580</t>
+          <t>9786050845419</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Issız Ev</t>
+          <t>Çocuk Neyi Neden Yapar - 1</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786050844559</t>
+          <t>9786050844993</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Hannibal &amp; Demir Dağların Generali</t>
+          <t>Çok Hisseden Çocuk</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786050844511</t>
+          <t>9786050845006</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Allah ile Konuşturan Namaz</t>
+          <t>Hayvanlar Nasıl Düşünür İnsan Ne Görür?</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786050844306</t>
+          <t>9786050844658</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Olmak İstediğim Ebeveyn Büyütmek İstediğim Çocuk</t>
+          <t>Mimar Sinan'ın Kayıp Kafatası</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786050843804</t>
+          <t>9786050844672</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Dijital Beden Dili</t>
+          <t>Büyük Kaos - İklim Değişikliği ve Hiç Düşünülmeyenler</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786050842838</t>
+          <t>9786050844689</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Büyük Portre Büyük Sır</t>
+          <t>Silah Adası</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786050844313</t>
+          <t>9786050844566</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Gölge Kral</t>
+          <t>Harp Baladı</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786050843118</t>
+          <t>9786050844665</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Cehalet Tutkusu</t>
+          <t>Kendini Bilmek</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786050844092</t>
+          <t>9786050826098</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Dolunayın Özgür Kadınları</t>
+          <t>Ömerini Arayan Yüzyıl</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786050843811</t>
+          <t>9786050842807</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Derviş - Kaderi İnsanın Mirasıdır</t>
+          <t>Aşk Neden Can Yakar?</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786050843798</t>
+          <t>9786050844542</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar mısın Baba?</t>
+          <t>Yalnızlık ve Aidiyet</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786050842791</t>
+          <t>9786050844573</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>Siyah Gözlerine Beni de Götür</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>650</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786050843606</t>
+          <t>9786050844580</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Issız Ev</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>750</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786050843705</t>
+          <t>9786050844559</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Türk Muhasebe Filozofları</t>
+          <t>Hannibal &amp; Demir Dağların Generali</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786050843781</t>
+          <t>9786050844511</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Yermük ve Trafalgar Baldır Bacak İşleri</t>
+          <t>Allah ile Konuşturan Namaz</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786050843859</t>
+          <t>9786050844306</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Öğretmen Olmak</t>
+          <t>Olmak İstediğim Ebeveyn Büyütmek İstediğim Çocuk</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786050843828</t>
+          <t>9786050843804</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Psikolojisi 2</t>
+          <t>Dijital Beden Dili</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786050843835</t>
+          <t>9786050842838</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Psikolojisi 1</t>
+          <t>Büyük Portre Büyük Sır</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786050843743</t>
+          <t>9786050844313</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlar Kulübü</t>
+          <t>Gölge Kral</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>160</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786050843682</t>
+          <t>9786050843118</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dayandın Ya Resulullah</t>
+          <t>Cehalet Tutkusu</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786050843668</t>
+          <t>9786050844092</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Yanılgı Saatleri</t>
+          <t>Dolunayın Özgür Kadınları</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786050842845</t>
+          <t>9786050843811</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Aşk 5 Vakittir</t>
+          <t>Derviş - Kaderi İnsanın Mirasıdır</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786050838091</t>
+          <t>9786050843798</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Geçidi</t>
+          <t>Benimle Oynar mısın Baba?</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>575</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786050842876</t>
+          <t>9786050842791</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Yeterince İyi Ebeveyn Olmak</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786050842753</t>
+          <t>9786050843606</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Bilim Susunca - Bilim ve Toplum Üzerine Yazılar</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>175</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786050842883</t>
+          <t>9786050843705</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Uzak Umutlar Şehri</t>
+          <t>Türk Muhasebe Filozofları</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786050842913</t>
+          <t>9786050843781</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Son Hikayeler</t>
+          <t>Yermük ve Trafalgar Baldır Bacak İşleri</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786050839166</t>
+          <t>9786050843859</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Kendini Affet</t>
+          <t>Yeni Nesil Öğretmen Olmak</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786050842364</t>
+          <t>9786050843828</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Enneagram ile Öğrencini Keşfet</t>
+          <t>Bilgelik Psikolojisi 2</t>
         </is>
       </c>
       <c r="C1159" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786050842333</t>
+          <t>9786050843835</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ustası Don Sandalio'nun Romanı</t>
+          <t>Bilgelik Psikolojisi 1</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786050836066</t>
+          <t>9786050843743</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Son Sığınak Aile</t>
+          <t>Başarısızlar Kulübü</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786050839203</t>
+          <t>9786050843682</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Nasıl Dayandın Ya Resulullah</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786050838138</t>
+          <t>9786050843668</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Biz Beş Kişiyiz</t>
+          <t>Yanılgı Saatleri</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786050839197</t>
+          <t>9786050842845</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Barbaros - Denizlerin Hakimi</t>
+          <t>Aşk 5 Vakittir</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786050839142</t>
+          <t>9786050838091</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Bir Katilin Güncesi</t>
+          <t>Kehribar Geçidi</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>200</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786050839111</t>
+          <t>9786050842876</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Nazar</t>
+          <t>Yeterince İyi Ebeveyn Olmak</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786050834598</t>
+          <t>9786050842753</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Sistem</t>
+          <t>Bilim Susunca - Bilim ve Toplum Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>370</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786050837940</t>
+          <t>9786050842883</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Gökten Düşen Şeyler</t>
+          <t>Uzak Umutlar Şehri</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786050835922</t>
+          <t>9786050842913</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Savrulmalardan Kurtulmak</t>
+          <t>Son Hikayeler</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786050836134</t>
+          <t>9786050839166</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Tarihi Işığında Muhasebe Felsefesi</t>
+          <t>Kendini Affet</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786050838176</t>
+          <t>9786050842364</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Aşkım İsyandır Benim</t>
+          <t>Enneagram ile Öğrencini Keşfet</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786050837896</t>
+          <t>9786050842333</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Şair Nigar Hanım - Günlük</t>
+          <t>Satranç Ustası Don Sandalio'nun Romanı</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>600</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786050835069</t>
+          <t>9786050836066</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Mansfield Park</t>
+          <t>Son Sığınak Aile</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786050837889</t>
+          <t>9786050839203</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Örtemediği Şehir Kudüs</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786050837919</t>
+          <t>9786050838138</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Kaygıyla Başa Çıkmak</t>
+          <t>Biz Beş Kişiyiz</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786050837926</t>
+          <t>9786050839197</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çığlık</t>
+          <t>Barbaros - Denizlerin Hakimi</t>
         </is>
       </c>
       <c r="C1176" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786050836172</t>
+          <t>9786050839142</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Denizin Son Martıları</t>
+          <t>Bir Katilin Güncesi</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786050836158</t>
+          <t>9786050839111</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Yankı ve Hüzün</t>
+          <t>Sosyolojik Nazar</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786050836219</t>
+          <t>9786050834598</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Romantik Muamma - Modernliğin Kökenleri</t>
+          <t>Sistem</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786050835960</t>
+          <t>9786050837940</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Şiir: Don Kişot</t>
+          <t>Gökten Düşen Şeyler</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786050836042</t>
+          <t>9786050835922</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Duygusal Savrulmalardan Kurtulmak</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786050836196</t>
+          <t>9786050836134</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Son Senfoni</t>
+          <t>Düşünce Tarihi Işığında Muhasebe Felsefesi</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>165</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786050835779</t>
+          <t>9786050838176</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Parçacıksal</t>
+          <t>Aşkım İsyandır Benim</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786050835793</t>
+          <t>9786050837896</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Ötesi</t>
+          <t>Şair Nigar Hanım - Günlük</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>275</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786050835267</t>
+          <t>9786050835069</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Kadın Psikolojisi</t>
+          <t>Mansfield Park</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786050835755</t>
+          <t>9786050837889</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Omuzlarımda Dünya</t>
+          <t>Gecenin Örtemediği Şehir Kudüs</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786050835731</t>
+          <t>9786050837919</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Kıskacı</t>
+          <t>Kaygıyla Başa Çıkmak</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786050835694</t>
+          <t>9786050837926</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Yeşil Çığlık</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786050835342</t>
+          <t>9786050836172</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Modernleşmenin Zihniyet Dünyası: Bir Tanpınar Fetişizmi</t>
+          <t>Denizin Son Martıları</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786050835281</t>
+          <t>9786050836158</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi</t>
+          <t>Yankı ve Hüzün</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786050833324</t>
+          <t>9786050836219</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Ülkesi</t>
+          <t>Romantik Muamma - Modernliğin Kökenleri</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786050835304</t>
+          <t>9786050835960</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Elementsel</t>
+          <t>Yaşanmış Şiir: Don Kişot</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786050835205</t>
+          <t>9786050836042</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Kalesi: Nizamülmülk</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786050834611</t>
+          <t>9786050836196</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Son Senfoni</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786050835045</t>
+          <t>9786050835779</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Zihin Odaklı Ebeveynlik</t>
+          <t>Parçacıksal</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786050834581</t>
+          <t>9786050835793</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Hanne</t>
+          <t>Ötesi</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786050834574</t>
+          <t>9786050835267</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Facebook: Perde Arkasının Hikayesi</t>
+          <t>Kadın Psikolojisi</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786050833386</t>
+          <t>9786050835755</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Kadimzamanlar ve Diğer Vakitler</t>
+          <t>Omuzlarımda Dünya</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786050834505</t>
+          <t>9786050835731</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcılığının Bilimi</t>
+          <t>İngiliz Kıskacı</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786050834819</t>
+          <t>9786050835694</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda İslam'ın Dirilişi</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786050834307</t>
+          <t>9786050835342</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Sarı Mendil Mavi Oya</t>
+          <t>Modernleşmenin Zihniyet Dünyası: Bir Tanpınar Fetişizmi</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786050834543</t>
+          <t>9786050835281</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Poetik ve Politik</t>
+          <t>İrade Eğitimi</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786050834314</t>
+          <t>9786050833324</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Son Bölüm</t>
+          <t>Kurtlar Ülkesi</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>335</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786050833997</t>
+          <t>9786050835304</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Söyle Bana Hindiba</t>
+          <t>Elementsel</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786050834017</t>
+          <t>9786050835205</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Simyası</t>
+          <t>Adaletin Kalesi: Nizamülmülk</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786050834031</t>
+          <t>9786050834611</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Olandan Olasıya</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786050833362</t>
+          <t>9786050835045</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılın Biyografisi</t>
+          <t>Zihin Odaklı Ebeveynlik</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>425</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786050833355</t>
+          <t>9786050834581</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Halid Bin Velid - İslam'ın Kılıcı</t>
+          <t>Hanne</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786050833928</t>
+          <t>9786050834574</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Kudüsteki Son Osmanlı</t>
+          <t>Facebook: Perde Arkasının Hikayesi</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786050832488</t>
+          <t>9786050833386</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Diyaloğu</t>
+          <t>Kadimzamanlar ve Diğer Vakitler</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786050833911</t>
+          <t>9786050834505</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Nöropolis</t>
+          <t>Hikaye Anlatıcılığının Bilimi</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786050833423</t>
+          <t>9786050834819</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Ödül</t>
+          <t>21. Yüzyılda İslam'ın Dirilişi</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786050833430</t>
+          <t>9786050834307</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Şahitlerim</t>
+          <t>Sarı Mendil Mavi Oya</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786050833461</t>
+          <t>9786050834543</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Sonra Giydirir Aşk Esvabını</t>
+          <t>Poetik ve Politik</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9789752631700</t>
+          <t>9786050834314</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Ruh ve Beden Sağlığı İçin: Müzik Terapi</t>
+          <t>Son Bölüm</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>350</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786050832419</t>
+          <t>9786050833997</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Yürümeye Devam Et - Asla Pes Etme</t>
+          <t>Söyle Bana Hindiba</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786050832372</t>
+          <t>9786050834017</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Olarak Sağlıklı Çocuk Yetiştirmek</t>
+          <t>Harflerin Simyası</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786050832884</t>
+          <t>9786050834031</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin İnsanlığa Katkısı</t>
+          <t>Olandan Olasıya</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786050832303</t>
+          <t>9786050833362</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Çoktan Seçmeli Hayatlar İçin Ruh Diyeti</t>
+          <t>20. Yüzyılın Biyografisi</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786050832297</t>
+          <t>9786050833355</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Enneagram ile Çocuğunu Keşfet</t>
+          <t>Halid Bin Velid - İslam'ın Kılıcı</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786050832105</t>
+          <t>9786050833928</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Kudüsteki Son Osmanlı</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786050832273</t>
+          <t>9786050832488</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Nazife Kadın</t>
+          <t>Medeniyetler Diyaloğu</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>165</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786050832075</t>
+          <t>9786050833911</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kapısında Bir Elif</t>
+          <t>Nöropolis</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786050832068</t>
+          <t>9786050833423</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Rosa</t>
+          <t>Ödül</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786050832099</t>
+          <t>9786050833430</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Nuyageva</t>
+          <t>Şahitlerim</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786050832082</t>
+          <t>9786050833461</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Üşümesin</t>
+          <t>Sonra Giydirir Aşk Esvabını</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786050832044</t>
+          <t>9789752631700</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Para - Antik Çağdan Geleceğe</t>
+          <t>Ruh ve Beden Sağlığı İçin: Müzik Terapi</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786050831917</t>
+          <t>9786050832419</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Aynası Camiler</t>
+          <t>Yürümeye Devam Et - Asla Pes Etme</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786050831641</t>
+          <t>9786050832372</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç</t>
+          <t>Duygusal Olarak Sağlıklı Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786050831665</t>
+          <t>9786050832884</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Issız Evin Kedisi</t>
+          <t>İslam Medeniyetinin İnsanlığa Katkısı</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786050830750</t>
+          <t>9786050832303</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Özgür Topraklar</t>
+          <t>Çoktan Seçmeli Hayatlar İçin Ruh Diyeti</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786050830637</t>
+          <t>9786050832297</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Antikacı</t>
+          <t>Enneagram ile Çocuğunu Keşfet</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786050830729</t>
+          <t>9786050832105</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786050831573</t>
+          <t>9786050832273</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Fazıl Paşa</t>
+          <t>Milli Mücadele Kahramanı Nazife Kadın</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>310</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786050830682</t>
+          <t>9786050832075</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Doğada Hayat Var</t>
+          <t>Gönül Kapısında Bir Elif</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786050831580</t>
+          <t>9786050832068</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Taş Olsa Çatlar</t>
+          <t>Rosa</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786050830705</t>
+          <t>9786050832099</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Bırak ve Rahatla</t>
+          <t>Nuyageva</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786050829877</t>
+          <t>9786050832082</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Devrim Yeniden</t>
+          <t>Çiçekler Üşümesin</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786050830224</t>
+          <t>9786050832044</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Benoni</t>
+          <t>Para - Antik Çağdan Geleceğe</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786050830668</t>
+          <t>9786050831917</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada E-Beveyn Olmak</t>
+          <t>İslam'ın Aynası Camiler</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>1520101992718</t>
+          <t>9786050831641</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi 2 - Defter</t>
+          <t>Saklambaç</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786050829891</t>
+          <t>9786050831665</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mevlana ile Aile Terapisi</t>
+          <t>Issız Evin Kedisi</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786050827262</t>
+          <t>9786050830750</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Garson</t>
+          <t>Özgür Topraklar</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786050830217</t>
+          <t>9786050830637</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>İsrail Mitler ve Terör</t>
+          <t>Antikacı</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786050829839</t>
+          <t>9786050830729</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Cihad ve İsyan</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786050830026</t>
+          <t>9786050831573</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsanlığın Geleceği</t>
+          <t>Mehmet Fazıl Paşa</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786050830019</t>
+          <t>9786050830682</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>İsrail Sorunu</t>
+          <t>Doğada Hayat Var</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786050830163</t>
+          <t>9786050831580</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Taşlar</t>
+          <t>Taş Olsa Çatlar</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786050829884</t>
+          <t>9786050830705</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Bırak ve Rahatla</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786050829822</t>
+          <t>9786050829877</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Terk Edenler</t>
+          <t>Devrim Yeniden</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>410</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786050827170</t>
+          <t>9786050830224</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Benoni</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786050827187</t>
+          <t>9786050830668</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Beyniniz Bir Zaman Makinesi</t>
+          <t>Dijital Dünyada E-Beveyn Olmak</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786050827309</t>
+          <t>1520101992718</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Yobazlıklar</t>
+          <t>Türklerin Tarihi 2 - Defter</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>230</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786050827873</t>
+          <t>9786050829891</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Zenci Musa</t>
+          <t>Hz. Mevlana ile Aile Terapisi</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786050829235</t>
+          <t>9786050827262</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Enneagram İle Kendini Keşfet</t>
+          <t>Garson</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786050829273</t>
+          <t>9786050830217</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>İsrail Mitler ve Terör</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786050829242</t>
+          <t>9786050829839</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein Bağdat'ta</t>
+          <t>Cihad ve İsyan</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786050827798</t>
+          <t>9786050830026</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>İslam ve İnsanlığın Geleceği</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786050828757</t>
+          <t>9786050830019</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Cezasız Eğitim - 2</t>
+          <t>İsrail Sorunu</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786050827835</t>
+          <t>9786050830163</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Hünkarım</t>
+          <t>Taşlar</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786050828740</t>
+          <t>9786050829884</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Psikolojisi</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786050828658</t>
+          <t>9786050829822</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Vadettikleri</t>
+          <t>Terk Edenler</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786050828641</t>
+          <t>9786050827170</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasının Yükseliş ve Çöküşleri</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786050827699</t>
+          <t>9786050827187</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Allah'sız Müslümanlık</t>
+          <t>Beyniniz Bir Zaman Makinesi</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786050828498</t>
+          <t>9786050827309</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Medeniyet Destanı</t>
+          <t>Yobazlıklar</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786050826746</t>
+          <t>9786050827873</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>İlahi Mesajlar Toprağı Filistin</t>
+          <t>Zenci Musa</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>525</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786050827743</t>
+          <t>9786050829235</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Kitabı İlma - Son Savaş</t>
+          <t>Enneagram İle Kendini Keşfet</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786050828634</t>
+          <t>9786050829273</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimizde İslam Var</t>
+          <t>Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786050826685</t>
+          <t>9786050829242</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Çağrısı</t>
+          <t>Frankenstein Bağdat'ta</t>
         </is>
       </c>
       <c r="C1269" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786050828481</t>
+          <t>9786050827798</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Hayal Denizi</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786050827910</t>
+          <t>9786050828757</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Efsanesi</t>
+          <t>Cezasız Eğitim - 2</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786050827712</t>
+          <t>9786050827835</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Çöküşün Öncüsü ABD</t>
+          <t>Hünkarım</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786050827651</t>
+          <t>9786050828740</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te İslam</t>
+          <t>Yalnızlık Psikolojisi</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786050827736</t>
+          <t>9786050828658</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Unutmanın Genel Teorisi</t>
+          <t>İslam'ın Vadettikleri</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786050827637</t>
+          <t>9786050828641</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Bilardo Telmihleri</t>
+          <t>İslam Dünyasının Yükseliş ve Çöküşleri</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786050827705</t>
+          <t>9786050827699</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin PKK İle İmtihanı</t>
+          <t>Allah'sız Müslümanlık</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786050827927</t>
+          <t>9786050828498</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Tarık Bin Ziyad</t>
+          <t>İnsanlığın Medeniyet Destanı</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786050827859</t>
+          <t>9786050826746</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>İlahi Mesajlar Toprağı Filistin</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>125</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786050827217</t>
+          <t>9786050827743</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Beynimizin Parmak İzleri</t>
+          <t>Evrenin Kitabı İlma - Son Savaş</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786050827729</t>
+          <t>9786050828634</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Hür Yaşadım Hür Yaşarım</t>
+          <t>Geleceğimizde İslam Var</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786050827590</t>
+          <t>9786050826685</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Kuyuya Dönen Yusuf</t>
+          <t>İstanbul'un Çağrısı</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786050827231</t>
+          <t>9786050828481</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Hayal Denizi</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>90</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786050827330</t>
+          <t>9786050827910</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Çuvallama Sanatı</t>
+          <t>Amerikan Efsanesi</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786050827149</t>
+          <t>9786050827712</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Kar, Köpek, Ayak</t>
+          <t>Çöküşün Öncüsü ABD</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786050826722</t>
+          <t>9786050827651</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Sakinleri</t>
+          <t>Endülüs'te İslam</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786050827156</t>
+          <t>9786050827736</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Popüler Dindarlık</t>
+          <t>Unutmanın Genel Teorisi</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786050826708</t>
+          <t>9786050827637</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ufuklar</t>
+          <t>Bilardo Telmihleri</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786050826807</t>
+          <t>9786050827705</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Okuma Notları</t>
+          <t>Kürtlerin PKK İle İmtihanı</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786050826036</t>
+          <t>9786050827927</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat'tan 15 Temmuz'a</t>
+          <t>Tarık Bin Ziyad</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786050825978</t>
+          <t>9786050827859</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Yuva</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>390</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786050825862</t>
+          <t>9786050827217</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Yol Şiirleri</t>
+          <t>Beynimizin Parmak İzleri</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786050826777</t>
+          <t>9786050827729</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Tahta At</t>
+          <t>Hür Yaşadım Hür Yaşarım</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786050826081</t>
+          <t>9786050827590</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Yerli Yersiz Cümleler</t>
+          <t>Kuyuya Dönen Yusuf</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786050826401</t>
+          <t>9786050827231</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Kutü'l Amare: Osmanlının Son Tokadı</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>3990000078496</t>
+          <t>9786050827330</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Adem Güneş'le Çocuk Eğitimine İlk Adım (8 Kitap Takım )</t>
+          <t>Çuvallama Sanatı</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>222</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786050826067</t>
+          <t>9786050827149</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi - Hilalin Gölgesinde Bir Ömür</t>
+          <t>Kar, Köpek, Ayak</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>425</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786050835052</t>
+          <t>9786050826722</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer'in Liderliği ve Yöneticiliği - Ömer'ini Arayan Yüzyıl</t>
+          <t>İstanbul'un Sakinleri</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786050826005</t>
+          <t>9786050827156</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Dünyaca Ünlü Şüpheli Ölümler</t>
+          <t>Popüler Dindarlık</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786050825985</t>
+          <t>9786050826708</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Kızıl Ufuklar</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786050825848</t>
+          <t>9786050826807</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Sensizliği Anlatamadım</t>
+          <t>Okuma Notları</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786050824940</t>
+          <t>9786050826036</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Aşk Psikolojisi</t>
+          <t>28 Şubat'tan 15 Temmuz'a</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786050825824</t>
+          <t>9786050825978</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Yuva</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>125</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786050825855</t>
+          <t>9786050825862</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Son Hasat</t>
+          <t>Yol Şiirleri</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786050825008</t>
+          <t>9786050826777</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Toplum Psikolojisi ve Empati</t>
+          <t>Tahta At</t>
         </is>
       </c>
       <c r="C1304" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786050825411</t>
+          <t>9786050826081</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Yerli Yersiz Cümleler</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786050825268</t>
+          <t>9786050826401</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Aile Okulu ve Evlilik</t>
+          <t>Kutü'l Amare: Osmanlının Son Tokadı</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786050825282</t>
+          <t>3990000078496</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Kuşçubaşı Eşref</t>
+          <t>Adem Güneş'le Çocuk Eğitimine İlk Adım (8 Kitap Takım )</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>470</v>
+        <v>222</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786050825084</t>
+          <t>9786050826067</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Gelişiminde Cezasız Eğitim</t>
+          <t>Selahaddin Eyyubi - Hilalin Gölgesinde Bir Ömür</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786050825350</t>
+          <t>9786050835052</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Hz. Ömer'in Liderliği ve Yöneticiliği - Ömer'ini Arayan Yüzyıl</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786050825459</t>
+          <t>9786050826005</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarın Öğleden Sonrası</t>
+          <t>Dünyaca Ünlü Şüpheli Ölümler</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786050825145</t>
+          <t>9786050825985</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Son Kale</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786050824988</t>
+          <t>9786050825848</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Öznenin Ölümü</t>
+          <t>Kalbime Sensizliği Anlatamadım</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>70</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786050825244</t>
+          <t>9786050824940</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Onur</t>
+          <t>Aşk Psikolojisi</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786050825398</t>
+          <t>9786050825824</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Sis Hırsızı</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786050824759</t>
+          <t>9786050825855</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Yazdan Kalan Son Gül</t>
+          <t>Son Hasat</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786050824469</t>
+          <t>9786050825008</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Bütün Bir Ömür</t>
+          <t>Toplum Psikolojisi ve Empati</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786050824490</t>
+          <t>9786050825411</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Savaş</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>275</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786050824247</t>
+          <t>9786050825268</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sır</t>
+          <t>Aile Okulu ve Evlilik</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>425</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786050824230</t>
+          <t>9786050825282</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Dark Net: İnternetin Yeraltı Dünyası</t>
+          <t>Kuşçubaşı Eşref</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>340</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786050824261</t>
+          <t>9786050825084</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Kara Güneş</t>
+          <t>Kişilik Gelişiminde Cezasız Eğitim</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786050817034</t>
+          <t>9786050825350</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Çaldıran</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>16.5</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9789753624114</t>
+          <t>9786050825459</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Ben</t>
+          <t>Bir Yazarın Öğleden Sonrası</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786050823868</t>
+          <t>9786050825145</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeşler</t>
+          <t>Son Kale</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786050823769</t>
+          <t>9786050824988</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Cemre Önce Kalbe Düşer</t>
+          <t>Öznenin Ölümü</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786050822687</t>
+          <t>9786050825244</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sohbetleri</t>
+          <t>Kiralık Onur</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>275</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786050823288</t>
+          <t>9786050825398</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Usta Siyah Çırak</t>
+          <t>Sis Hırsızı</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786050822960</t>
+          <t>9786050824759</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başla</t>
+          <t>Yazdan Kalan Son Gül</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786050823035</t>
+          <t>9786050824469</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Bütün Bir Ömür</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786050822670</t>
+          <t>9786050824490</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Aile İle Bağlanma</t>
+          <t>Sosyolojik Savaş</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786050812817</t>
+          <t>9786050824247</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Deyip Geçmeyin</t>
+          <t>Kayıp Sır</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>340</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9789757544210</t>
+          <t>9786050824230</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Dark Net: İnternetin Yeraltı Dünyası</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786051141275</t>
+          <t>9786050824261</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Yavuz</t>
+          <t>Kara Güneş</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786050820799</t>
+          <t>9786050817034</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Kerime</t>
+          <t>Çaldıran</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>275</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786050820812</t>
+          <t>9789753624114</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı Üzerine Bir Konuşma</t>
+          <t>Gül ve Ben</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786050821550</t>
+          <t>9786050823868</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif - Milli Mücadele Yolculuğu</t>
+          <t>Kan Kardeşler</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786050821765</t>
+          <t>9786050823769</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Budalalar Okulu</t>
+          <t>Cemre Önce Kalbe Düşer</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9789753622127</t>
+          <t>9786050822687</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Benim Çiçeklerim Ateşte Açar</t>
+          <t>Yaz Sohbetleri</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786050821192</t>
+          <t>9786050823288</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Yakup'un Renkleri</t>
+          <t>Beyaz Usta Siyah Çırak</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786050812916</t>
+          <t>9786050822960</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear - Hırçın Kız</t>
+          <t>Yeniden Başla</t>
         </is>
       </c>
       <c r="C1339" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786050820416</t>
+          <t>9786050823035</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Mücella</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786050820911</t>
+          <t>9786050822670</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar</t>
+          <t>Aile İle Bağlanma</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786050822250</t>
+          <t>9786050812817</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Gidersen Veda Etme</t>
+          <t>Çocuk Deyip Geçmeyin</t>
         </is>
       </c>
       <c r="C1342" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786050819250</t>
+          <t>9789757544210</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Google Nasıl Yönetiliyor? (Ciltli)</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786050820584</t>
+          <t>9786051141275</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapını Ben Geldim</t>
+          <t>Yavuz</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786050820379</t>
+          <t>9786050820799</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Anılar da Yakılır</t>
+          <t>Kerime</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786050811858</t>
+          <t>9786050820812</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Doğal Ebeveynlik</t>
+          <t>İslam ve Batı Üzerine Bir Konuşma</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786050819847</t>
+          <t>9786050821550</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby - Billy Budd</t>
+          <t>Mehmed Akif - Milli Mücadele Yolculuğu</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786050820287</t>
+          <t>9786050821765</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Kanaviçe</t>
+          <t>Budalalar Okulu</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786050820249</t>
+          <t>9789753622127</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>7-14 Yaş Dönemi Çocuk Eğitiminde 100 Temel Kural</t>
+          <t>Benim Çiçeklerim Ateşte Açar</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786050820614</t>
+          <t>9786050821192</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Döneminde 100 Temel Kural</t>
+          <t>Yakup'un Renkleri</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786050820034</t>
+          <t>9786050812916</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>0-6 Yaş Çocuk Eğitiminde 100 Temel Kural</t>
+          <t>Kral Lear - Hırçın Kız</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786051143071</t>
+          <t>9786050820416</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>4. Murat - Gürz ve Zafer</t>
+          <t>Mücella</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786050819038</t>
+          <t>9786050820911</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Yarın Yirmi Yaşında Olacağım</t>
+          <t>Kuşlar</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786050818642</t>
+          <t>9786050822250</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Devrimi</t>
+          <t>Gidersen Veda Etme</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786050822175</t>
+          <t>9786050819250</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Geliyor - İlk Diriliş</t>
+          <t>Google Nasıl Yönetiliyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786050818758</t>
+          <t>9786050820584</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Gazi Osman Paşa</t>
+          <t>Aşk Kapını Ben Geldim</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786050818796</t>
+          <t>9786050820379</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Aşk Çölü</t>
+          <t>Anılar da Yakılır</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786050827583</t>
+          <t>9786050811858</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Bir Delilik Yap</t>
+          <t>Doğal Ebeveynlik</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786050818017</t>
+          <t>9786050819847</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Aile Olmak</t>
+          <t>Katip Bartleby - Billy Budd</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786050818031</t>
+          <t>9786050820287</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Kanaviçe</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786050817539</t>
+          <t>9786050820249</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Annelik Sanatı</t>
+          <t>7-14 Yaş Dönemi Çocuk Eğitiminde 100 Temel Kural</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786050818093</t>
+          <t>9786050820614</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Kutsalın Dönüşü</t>
+          <t>Ergenlik Döneminde 100 Temel Kural</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786050818079</t>
+          <t>9786050820034</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>İntizar</t>
+          <t>0-6 Yaş Çocuk Eğitiminde 100 Temel Kural</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786050817805</t>
+          <t>9786051143071</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Kelime Defteri</t>
+          <t>4. Murat - Gürz ve Zafer</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786050817584</t>
+          <t>9786050819038</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Doğru Bilinen Yanlışlar</t>
+          <t>Yarın Yirmi Yaşında Olacağım</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786050823875</t>
+          <t>9786050818642</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Kuzgun</t>
+          <t>Merhamet Devrimi</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9789752634787</t>
+          <t>9786050822175</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Cam Irmağı Taş Gemi</t>
+          <t>Osmanlılar Geliyor - İlk Diriliş</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786051141770</t>
+          <t>9786050818758</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Dağların Adamı Barnabo</t>
+          <t>Gazi Osman Paşa</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9789757544074</t>
+          <t>9786050818796</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Figan</t>
+          <t>Aşk Çölü</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786050816600</t>
+          <t>9786050827583</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Bir Delilik Yap</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786050816648</t>
+          <t>9786050818017</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Macbeth Venedik Taciri</t>
+          <t>Bilinçli Aile Olmak</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786050816518</t>
+          <t>9786050818031</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Aşk Cephesi</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786050818604</t>
+          <t>9786050817539</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Aşk Diye Bir Şey</t>
+          <t>Annelik Sanatı</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786050822236</t>
+          <t>9786050818093</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Suçları</t>
+          <t>Kutsalın Dönüşü</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786050812428</t>
+          <t>9786050818079</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Ormanın Gizemi</t>
+          <t>İntizar</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786050816068</t>
+          <t>9786050817805</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Pertev Bey'in Torunları</t>
+          <t>Kelime Defteri</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786050801309</t>
+          <t>9786050817584</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Sen Ben ve Çocuklarımız</t>
+          <t>Çocuk Eğitiminde Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786050817638</t>
+          <t>9786050823875</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Eğitimi</t>
+          <t>Kurt ve Kuzgun</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9799753627046</t>
+          <t>9789752634787</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Ezoterika</t>
+          <t>Cam Irmağı Taş Gemi</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>16.5</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786050816624</t>
+          <t>9786051141770</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Dağların Adamı Barnabo</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9789753621861</t>
+          <t>9789757544074</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Yağmur</t>
+          <t>Figan</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786050815061</t>
+          <t>9786050816600</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Bağlanma</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786051142630</t>
+          <t>9786050816648</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Dünya Nimeti</t>
+          <t>Macbeth Venedik Taciri</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786050814262</t>
+          <t>9786050816518</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf'tan Yazarlık Dersleri</t>
+          <t>Aşk Cephesi</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9789753625579</t>
+          <t>9786050818604</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>Aşk Diye Bir Şey</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786050814095</t>
+          <t>9786050822236</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Aşk Terapi</t>
+          <t>Geleceğin Suçları</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786050814248</t>
+          <t>9786050812428</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Çağırdığı Yerdeyim</t>
+          <t>Yaşlı Ormanın Gizemi</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9789752638655</t>
+          <t>9786050816068</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>İnanç Psikolojisi ve Bilim</t>
+          <t>Pertev Bey'in Torunları</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9789752639706</t>
+          <t>9786050801309</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Ateş Semazenleri</t>
+          <t>Sen Ben ve Çocuklarımız</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786050812756</t>
+          <t>9786050817638</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>İkna</t>
+          <t>Mahremiyet Eğitimi</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>310</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786050814163</t>
+          <t>9799753627046</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Beyinsiz Adam</t>
+          <t>Ezoterika</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>250</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786050812350</t>
+          <t>9786050816624</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Mimoza Sürgünü</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786050812367</t>
+          <t>9789753621861</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Sarı</t>
+          <t>Yağmur</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786050822908</t>
+          <t>9786050815061</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Tabletler</t>
+          <t>Güvenli Bağlanma</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786050822953</t>
+          <t>9786051142630</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Dünya Nimeti</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9789752639263</t>
+          <t>9786050814262</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Orada da Yıldızlar Kayar mı?</t>
+          <t>Virginia Woolf'tan Yazarlık Dersleri</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786050822540</t>
+          <t>9789753625579</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Çocuklarda Cinsel Eğitim</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786050822649</t>
+          <t>9786050814095</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Müşteriniz Ne İster?</t>
+          <t>Aşk Terapi</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786050822588</t>
+          <t>9786050814248</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç'in Psikobiyografisi</t>
+          <t>Kaderin Çağırdığı Yerdeyim</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786050822700</t>
+          <t>9789752638655</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Albüm Yaprağı</t>
+          <t>İnanç Psikolojisi ve Bilim</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786050822618</t>
+          <t>9789752639706</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Pozitif Psikoloji</t>
+          <t>Ateş Semazenleri</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786050811278</t>
+          <t>9786050812756</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>İkna</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786050812336</t>
+          <t>9786050814163</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Kut’ül Amare Osmanlı’nın Son Zaferi</t>
+          <t>Beyinsiz Adam</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786050811865</t>
+          <t>9786050812350</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid</t>
+          <t>Mimoza Sürgünü</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786051142319</t>
+          <t>9786050812367</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Psikoloji</t>
+          <t>Sarı</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9789752634343</t>
+          <t>9786050822908</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Korkacak Ne Var!</t>
+          <t>Siyah Beyaz Tabletler</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786051141824</t>
+          <t>9786050822953</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk Yoktur</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9789752630710</t>
+          <t>9789752639263</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Yürekte Büyümek</t>
+          <t>Orada da Yıldızlar Kayar mı?</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786051143095</t>
+          <t>9786050822540</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Yol Hali</t>
+          <t>Adım Adım Çocuklarda Cinsel Eğitim</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786051143088</t>
+          <t>9786050822649</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Yoksulların ve Şairlerin Kitabı 3 (Ciltli)</t>
+          <t>Müşteriniz Ne İster?</t>
         </is>
       </c>
       <c r="C1410" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786051142265</t>
+          <t>9786050822588</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Yoksulların ve Şairlerin Kitabı 2 (Ciltli)</t>
+          <t>Cemil Meriç'in Psikobiyografisi</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9789752635388</t>
+          <t>9786050822700</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Geriye Dönse</t>
+          <t>Albüm Yaprağı</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9789752639522</t>
+          <t>9786050822618</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Odası - 1</t>
+          <t>10 Adımda Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9789757544111</t>
+          <t>9786050811278</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Yanık Buğdaylar</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9789753625623</t>
+          <t>9786050812336</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Arayan Mektuplar</t>
+          <t>Kut’ül Amare Osmanlı’nın Son Zaferi</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>125</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9789753627909</t>
+          <t>9786050811865</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri</t>
+          <t>Yıldırım Bayezid</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>8.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9789753627290</t>
+          <t>9786051142319</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Savaş</t>
+          <t>Koruyucu Psikoloji</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786051143934</t>
+          <t>9789752634343</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Pan</t>
+          <t>Korkacak Ne Var!</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786050808483</t>
+          <t>9786051141824</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Çare ya da Şen Maneviyat (Ciltli)</t>
+          <t>Zor Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9789752636682</t>
+          <t>9789752630710</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Nun Masalları</t>
+          <t>Yürekte Büyümek</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786050807073</t>
+          <t>9786051143095</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Nar Ağacı</t>
+          <t>Yol Hali</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9789752639867</t>
+          <t>9786051143088</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Mükemmelliyetçi Kişilik</t>
+          <t>Yoksulların ve Şairlerin Kitabı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786050823837</t>
+          <t>9786051142265</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Psikolojisi ve Stresle Başa Çıkma</t>
+          <t>Yoksulların ve Şairlerin Kitabı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786051141022</t>
+          <t>9789752635388</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Muğlak Ölçekli Harita</t>
+          <t>Yıllar Geriye Dönse</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9789753626880</t>
+          <t>9789752639522</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Mor Mürekkep</t>
+          <t>Yazarın Odası - 1</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786051143927</t>
+          <t>9789757544111</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Milenyum Tarikatları</t>
+          <t>Yanık Buğdaylar</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786051143965</t>
+          <t>9789753625623</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Sahibini Arayan Mektuplar</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9789752631090</t>
+          <t>9789753627909</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına</t>
+          <t>Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>340</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786050802719</t>
+          <t>9789753627290</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Terapi</t>
+          <t>Psikolojik Savaş</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9789752634961</t>
+          <t>9786051143934</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Medine Müdafaası Çöl Kaplanı Fahrettin Paşa</t>
+          <t>Pan</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9789753626927</t>
+          <t>9786050808483</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Mavi Lale</t>
+          <t>Ölüme Çare ya da Şen Maneviyat (Ciltli)</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9789753621441</t>
+          <t>9789752636682</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gözyaşı</t>
+          <t>Nun Masalları</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9789753629294</t>
+          <t>9786050807073</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Leyl Işıkları</t>
+          <t>Nar Ağacı</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9789752638518</t>
+          <t>9789752639867</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>La: Sonsuzluk Hecesi</t>
+          <t>Mükemmelliyetçi Kişilik</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9789752639829</t>
+          <t>9786050823837</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma - 1453</t>
+          <t>Mutluluk Psikolojisi ve Stresle Başa Çıkma</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9789753623131</t>
+          <t>9786051141022</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Aşka Uyanmak</t>
+          <t>Muğlak Ölçekli Harita</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786051141862</t>
+          <t>9789753626880</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Asimetrik Savaş</t>
+          <t>Mor Mürekkep</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9799753626964</t>
+          <t>9786051143927</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Annem Dünyada Bir Tanedir</t>
+          <t>Milenyum Tarikatları</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>9.26</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9799753624571</t>
+          <t>9786051143965</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Anneler ve Kızları</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>7.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786051141978</t>
+          <t>9789752631090</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Victoria</t>
+          <t>Metal Fırtına</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9789757544258</t>
+          <t>9786050802719</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Üç Deniz Ötesi</t>
+          <t>Mesnevi Terapi</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9789752637016</t>
+          <t>9789752634961</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni</t>
+          <t>Medine Müdafaası Çöl Kaplanı Fahrettin Paşa</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786050801248</t>
+          <t>9789753626927</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Han</t>
+          <t>Mavi Lale</t>
         </is>
       </c>
       <c r="C1443" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786050800852</t>
+          <t>9789753621441</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Sultan: Bir Kanuni Romanı</t>
+          <t>Mavi Gözyaşı</t>
         </is>
       </c>
       <c r="C1444" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9789753620499</t>
+          <t>9789753629294</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Sular Durulursa</t>
+          <t>Leyl Işıkları</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786050802788</t>
+          <t>9789752638518</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Vizyon</t>
+          <t>La: Sonsuzluk Hecesi</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>16.67</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9789752630055</t>
+          <t>9789752639829</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Fobi</t>
+          <t>Kuşatma - 1453</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9789757544272</t>
+          <t>9789753623131</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Sokağa Açılan Kapı</t>
+          <t>Aşka Uyanmak</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9799753629842</t>
+          <t>9786051141862</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Geleceği</t>
+          <t>Asimetrik Savaş</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>15</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9789753625616</t>
+          <t>9799753626964</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Siyah Güller</t>
+          <t>Annem Dünyada Bir Tanedir</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>375</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9789757544227</t>
+          <t>9799753624571</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Sitem</t>
+          <t>Anneler ve Kızları</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>280</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9789752633674</t>
+          <t>9786051141978</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Sevmekten Korkuyorum</t>
+          <t>Victoria</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9789752636552</t>
+          <t>9789757544258</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Seni Unutmaya Gücüm Yetmedi</t>
+          <t>Üç Deniz Ötesi</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789752633568</t>
+          <t>9789752637016</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış</t>
+          <t>Şizofreni</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786050807707</t>
+          <t>9786050801248</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı Asker</t>
+          <t>Süleyman Han</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786051143699</t>
+          <t>9786050800852</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Yasak İlmin Kitabı</t>
+          <t>Sultan: Bir Kanuni Romanı</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789752636798</t>
+          <t>9789753620499</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Elveda Balkanlar</t>
+          <t>Sular Durulursa</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>390</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9789753621403</t>
+          <t>9786050802788</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Ekinler Yeşerdikçe</t>
+          <t>Stratejik Vizyon</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>300</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9799753627688</t>
+          <t>9789752630055</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yeni Efendileri</t>
+          <t>Sosyal Fobi</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>11.12</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786050804904</t>
+          <t>9789757544272</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>Sokağa Açılan Kapı</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789752637535</t>
+          <t>9799753629842</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Depresyon</t>
+          <t>Siyasal İslamın Geleceği</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>330</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786051142906</t>
+          <t>9789753625616</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Darbe Yargısının Sonu</t>
+          <t>Siyah Güller</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>60</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9789752639249</t>
+          <t>9789757544227</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapı</t>
+          <t>Sitem</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9789757544197</t>
+          <t>9789752633674</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Susayınca</t>
+          <t>Sevmekten Korkuyorum</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>375</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789752633995</t>
+          <t>9789752636552</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale - Her Şey Yanıp Gül Oldu</t>
+          <t>Seni Unutmaya Gücüm Yetmedi</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789753629362</t>
+          <t>9789752633568</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Cümle Kapısı</t>
+          <t>Sarıkamış</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786051141657</t>
+          <t>9786050807707</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküleri</t>
+          <t>Sakıncalı Asker</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>385</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9789757544234</t>
+          <t>9786051143699</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Yıkıldı</t>
+          <t>Yasak İlmin Kitabı</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>265</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786050807172</t>
+          <t>9789752636798</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Bir Anneye Mektuplar - Aile Eğitiminde Rehber</t>
+          <t>Elveda Balkanlar</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>1</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786050807769</t>
+          <t>9789753621403</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Bi Müsaade Sınavım Var</t>
+          <t>Ekinler Yeşerdikçe</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786050808506</t>
+          <t>9799753627688</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlı</t>
+          <t>Dünyanın Yeni Efendileri</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>450</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9789753625258</t>
+          <t>9786050804904</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar Mısın Anne - Aile Eğitimi 2</t>
+          <t>Din Psikolojisi</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9799753623987</t>
+          <t>9789752637535</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Kocanızın Başarısı Sizin Elinizde</t>
+          <t>Depresyon</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>5</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789752637160</t>
+          <t>9786051142906</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Hayaller</t>
+          <t>Darbe Yargısının Sonu</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789752631038</t>
+          <t>9789752639249</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Kendinizle Barışık Olmak</t>
+          <t>Dar Kapı</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786051144221</t>
+          <t>9789757544197</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Unutup Sana Ağladım</t>
+          <t>Çiçekler Susayınca</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786050807097</t>
+          <t>9789752633995</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Gamsız Uçar</t>
+          <t>Çanakkale - Her Şey Yanıp Gül Oldu</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786051140261</t>
+          <t>9789753629362</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sabahlar</t>
+          <t>Cümle Kapısı</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786050805017</t>
+          <t>9786051141657</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhun Zindanı</t>
+          <t>Bütün Öyküleri</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>175</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786051141381</t>
+          <t>9789757544234</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Kaygılanacak Ne Var?</t>
+          <t>Bir Dünya Yıkıldı</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786051141787</t>
+          <t>9786050807172</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Kanuni</t>
+          <t>Bir Anneye Mektuplar - Aile Eğitiminde Rehber</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>300</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789753626285</t>
+          <t>9786050807769</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Çiçeği Cennetin Müjdesi</t>
+          <t>Bi Müsaade Sınavım Var</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>9.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9789752639928</t>
+          <t>9786050808506</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>James Joyce Büyük Yazarın Gizli Evreni</t>
+          <t>Beyaz Atlı</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786051142661</t>
+          <t>9789753625258</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Yüzlü Kadın</t>
+          <t>Benimle Oynar Mısın Anne - Aile Eğitimi 2</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9789753627184</t>
+          <t>9799753623987</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>İsimle Ateş Arasında</t>
+          <t>Kocanızın Başarısı Sizin Elinizde</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>400</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786050818840</t>
+          <t>9789752637160</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>İlluminati - Entrika Çemberi</t>
+          <t>Kiralık Hayaller</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9799752631020</t>
+          <t>9789752631038</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Ich Bin Ein Muslim Wie Glaube Ich Und Woran?</t>
+          <t>Kendinizle Barışık Olmak</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>4</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9789753626538</t>
+          <t>9786051144221</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Lalesidir Dünya</t>
+          <t>Kendimi Unutup Sana Ağladım</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786051143941</t>
+          <t>9786050807097</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Siret</t>
+          <t>Kelebekler Gamsız Uçar</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9789753627436</t>
+          <t>9786051140261</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Hülyalar Hüzün Açtı</t>
+          <t>Kayıp Sabahlar</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9799753627169</t>
+          <t>9786050805017</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Hicazlı Sevgili Peygamber Sevgisi</t>
+          <t>Kayıp Ruhun Zindanı</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>11</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9789752639577</t>
+          <t>9786051141381</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Haminne’nin Suret Aynası</t>
+          <t>Kaygılanacak Ne Var?</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9799753625516</t>
+          <t>9786051141787</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>HAARP Kıyamet Teknolojisi</t>
+          <t>Kanuni</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>8</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786050821178</t>
+          <t>9789753626285</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Değerler Psikolojisi ve İnsan - Güzel İnsan Modeli</t>
+          <t>Kalbimin Çiçeği Cennetin Müjdesi</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>300</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9789753627276</t>
+          <t>9789752639928</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Matem Düştü</t>
+          <t>James Joyce Büyük Yazarın Gizli Evreni</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9789752631526</t>
+          <t>9786051142661</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Günahın Rengi</t>
+          <t>İstanbul Yüzlü Kadın</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9789752635593</t>
+          <t>9789753627184</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Gülce</t>
+          <t>İsimle Ateş Arasında</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9789757544449</t>
+          <t>9786050818840</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Gurbeti Ben Yaşadım</t>
+          <t>İlluminati - Entrika Çemberi</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9789753622479</t>
+          <t>9799752631020</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yarası</t>
+          <t>Ich Bin Ein Muslim Wie Glaube Ich Und Woran?</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>300</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9789753627214</t>
+          <t>9789753626538</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Geniş Ufuklara ve Yabancı İklimlere Doğru</t>
+          <t>Hüznün Lalesidir Dünya</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786050808490</t>
+          <t>9786051143941</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Genciz Biz</t>
+          <t>Hüseyin Siret</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786050804362</t>
+          <t>9789753627436</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Hülyalar Hüzün Açtı</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9789753626224</t>
+          <t>9799753627169</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Afedersin Hayat</t>
+          <t>Hicazlı Sevgili Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>265</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786051145242</t>
+          <t>9789752639577</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid</t>
+          <t>Haminne’nin Suret Aynası</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786051143910</t>
+          <t>9799753625516</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>57. Alay Filistin</t>
+          <t>HAARP Kıyamet Teknolojisi</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>290</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786050801644</t>
+          <t>9786050821178</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Babamdan Sonra</t>
+          <t>Değerler Psikolojisi ve İnsan - Güzel İnsan Modeli</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
+          <t>9789753627276</t>
+        </is>
+      </c>
+      <c r="B1507" s="1" t="inlineStr">
+        <is>
+          <t>Güneşe Matem Düştü</t>
+        </is>
+      </c>
+      <c r="C1507" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1508" spans="1:3">
+      <c r="A1508" s="1" t="inlineStr">
+        <is>
+          <t>9789752631526</t>
+        </is>
+      </c>
+      <c r="B1508" s="1" t="inlineStr">
+        <is>
+          <t>Günahın Rengi</t>
+        </is>
+      </c>
+      <c r="C1508" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1509" spans="1:3">
+      <c r="A1509" s="1" t="inlineStr">
+        <is>
+          <t>9789752635593</t>
+        </is>
+      </c>
+      <c r="B1509" s="1" t="inlineStr">
+        <is>
+          <t>Gülce</t>
+        </is>
+      </c>
+      <c r="C1509" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1510" spans="1:3">
+      <c r="A1510" s="1" t="inlineStr">
+        <is>
+          <t>9789757544449</t>
+        </is>
+      </c>
+      <c r="B1510" s="1" t="inlineStr">
+        <is>
+          <t>Gurbeti Ben Yaşadım</t>
+        </is>
+      </c>
+      <c r="C1510" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1511" spans="1:3">
+      <c r="A1511" s="1" t="inlineStr">
+        <is>
+          <t>9789753622479</t>
+        </is>
+      </c>
+      <c r="B1511" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Yarası</t>
+        </is>
+      </c>
+      <c r="C1511" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1512" spans="1:3">
+      <c r="A1512" s="1" t="inlineStr">
+        <is>
+          <t>9789753627214</t>
+        </is>
+      </c>
+      <c r="B1512" s="1" t="inlineStr">
+        <is>
+          <t>Geniş Ufuklara ve Yabancı İklimlere Doğru</t>
+        </is>
+      </c>
+      <c r="C1512" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1513" spans="1:3">
+      <c r="A1513" s="1" t="inlineStr">
+        <is>
+          <t>9786050808490</t>
+        </is>
+      </c>
+      <c r="B1513" s="1" t="inlineStr">
+        <is>
+          <t>Genciz Biz</t>
+        </is>
+      </c>
+      <c r="C1513" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1514" spans="1:3">
+      <c r="A1514" s="1" t="inlineStr">
+        <is>
+          <t>9786050804362</t>
+        </is>
+      </c>
+      <c r="B1514" s="1" t="inlineStr">
+        <is>
+          <t>Alparslan</t>
+        </is>
+      </c>
+      <c r="C1514" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1515" spans="1:3">
+      <c r="A1515" s="1" t="inlineStr">
+        <is>
+          <t>9789753626224</t>
+        </is>
+      </c>
+      <c r="B1515" s="1" t="inlineStr">
+        <is>
+          <t>Afedersin Hayat</t>
+        </is>
+      </c>
+      <c r="C1515" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1516" spans="1:3">
+      <c r="A1516" s="1" t="inlineStr">
+        <is>
+          <t>9786051145242</t>
+        </is>
+      </c>
+      <c r="B1516" s="1" t="inlineStr">
+        <is>
+          <t>Abdülhamid</t>
+        </is>
+      </c>
+      <c r="C1516" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1517" spans="1:3">
+      <c r="A1517" s="1" t="inlineStr">
+        <is>
+          <t>9786051143910</t>
+        </is>
+      </c>
+      <c r="B1517" s="1" t="inlineStr">
+        <is>
+          <t>57. Alay Filistin</t>
+        </is>
+      </c>
+      <c r="C1517" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1518" spans="1:3">
+      <c r="A1518" s="1" t="inlineStr">
+        <is>
+          <t>9786050801644</t>
+        </is>
+      </c>
+      <c r="B1518" s="1" t="inlineStr">
+        <is>
+          <t>Babamdan Sonra</t>
+        </is>
+      </c>
+      <c r="C1518" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1519" spans="1:3">
+      <c r="A1519" s="1" t="inlineStr">
+        <is>
           <t>9789757544241</t>
         </is>
       </c>
-      <c r="B1507" s="1" t="inlineStr">
+      <c r="B1519" s="1" t="inlineStr">
         <is>
           <t>Azat Kuşları</t>
         </is>
       </c>
-      <c r="C1507" s="1">
+      <c r="C1519" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>