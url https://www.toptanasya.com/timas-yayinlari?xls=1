--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -85,22810 +85,22870 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786050849646</t>
+          <t>9786050849936</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Hikayemsin (Ciltli)</t>
+          <t>Yara Atlası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786050849851</t>
+          <t>9786050849950</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Öz Saygı Dersleri</t>
+          <t>Kelam Hikmet Şiir</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786050849868</t>
+          <t>9786050849912</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kadim Dinler ve Bilgelikler</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050849837</t>
+          <t>9786050849844</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ekranda Kaybolan Çocuklar</t>
+          <t>Kırmızı Kod: Zor Öğrenci</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050849783</t>
+          <t>9786050849646</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Miras Toprak</t>
+          <t>Sen Benim Hikayemsin (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050849745</t>
+          <t>9786050849851</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun İnşası</t>
+          <t>Öz Saygı Dersleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050849806</t>
+          <t>9786050849868</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bebeklikten Ergenliğe Dijital Ebeveynlik</t>
+          <t>Kadim Dinler ve Bilgelikler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050849790</t>
+          <t>9786050849837</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Aslanı</t>
+          <t>Ekranda Kaybolan Çocuklar</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050849813</t>
+          <t>9786050849783</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>1868 Sofya ve Cihangir’in Kitabı</t>
+          <t>Miras Toprak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050849820</t>
+          <t>9786050849745</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Köprüden Önceki Son Kitap</t>
+          <t>Mutluluğun İnşası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256767713</t>
+          <t>9786050849806</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Haçlı Krallığı</t>
+          <t>Bebeklikten Ergenliğe Dijital Ebeveynlik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256767706</t>
+          <t>9786050849790</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi-1 / Yeniçeri Ocağı'nın Kaldırılışından II. Mahmud'un Ölümüne Kadar (1826-1839) (Ciltli)</t>
+          <t>Allah'ın Aslanı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050849677</t>
+          <t>9786050849813</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Shoko’nun Gülüşü</t>
+          <t>1868 Sofya ve Cihangir’in Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050849752</t>
+          <t>9786050849820</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Narsist Ebeveynlerle Büyümek</t>
+          <t>Köprüden Önceki Son Kitap</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050849721</t>
+          <t>9786256767713</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İşe Yaramayan Şeyler Üzerine</t>
+          <t>Kudüs Haçlı Krallığı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050849769</t>
+          <t>9786256767706</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Ekin</t>
+          <t>Türkiye Tarihi-1 / Yeniçeri Ocağı'nın Kaldırılışından II. Mahmud'un Ölümüne Kadar (1826-1839) (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050849707</t>
+          <t>9786050849677</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyanın Mitleri: Dünyayı Yanlış Anlamanın Sekiz Yolu</t>
+          <t>Shoko’nun Gülüşü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259621548</t>
+          <t>9786050849752</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Asa</t>
+          <t>Narsist Ebeveynlerle Büyümek</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050849738</t>
+          <t>9786050849721</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Başım Secdeye Gitmiyor Allah’ım</t>
+          <t>İşe Yaramayan Şeyler Üzerine</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050849776</t>
+          <t>9786050849769</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kitap'ın Yolcuları</t>
+          <t>Benim Adım Ekin</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050849691</t>
+          <t>9786050849707</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yarın Başlarım Sendromu</t>
+          <t>Coğrafyanın Mitleri: Dünyayı Yanlış Anlamanın Sekiz Yolu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050849684</t>
+          <t>9786259621548</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mademki Bir İnsanım</t>
+          <t>Asa</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050849714</t>
+          <t>9786050849738</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Fark Et, Güçlen, Hayatını Kur</t>
+          <t>Başım Secdeye Gitmiyor Allah’ım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259621524</t>
+          <t>9786050849776</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İçimde Susmayan Bir Çocuk Ağlar</t>
+          <t>Kitap'ın Yolcuları</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050849660</t>
+          <t>9786050849691</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gözler Gazze’de Yok Edilmeye Tanıklık</t>
+          <t>Yarın Başlarım Sendromu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786050849622</t>
+          <t>9786050849684</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ne Değildir?</t>
+          <t>Mademki Bir İnsanım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050849639</t>
+          <t>9786050849714</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Benim Aptal Niyetlerim</t>
+          <t>Fark Et, Güçlen, Hayatını Kur</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050849653</t>
+          <t>9786259621524</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aileni Suçlamayı Bırak Olgunlaşmaya Bak</t>
+          <t>İçimde Susmayan Bir Çocuk Ağlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050849585</t>
+          <t>9786050849660</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Tutuklanmayı Beklemek</t>
+          <t>Gözler Gazze’de Yok Edilmeye Tanıklık</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>325</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050849615</t>
+          <t>9786050849622</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hatırlamanın Bilimi ve Unutmanın Gerekliliği</t>
+          <t>Bilim Ne Değildir?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050849608</t>
+          <t>9786050849639</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Denizin Canavarları</t>
+          <t>Benim Aptal Niyetlerim</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050849592</t>
+          <t>9786050849653</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gölgeni Aşmak</t>
+          <t>Aileni Suçlamayı Bırak Olgunlaşmaya Bak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050849301</t>
+          <t>9786050849585</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yardımın El Kitabı</t>
+          <t>Gece Yarısı Tutuklanmayı Beklemek</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786250017869</t>
+          <t>9786050849615</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi 87 Yıllık Mübarek Bir Ömür</t>
+          <t>Hatırlamanın Bilimi ve Unutmanın Gerekliliği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>170</v>
+        <v>425</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050843651</t>
+          <t>9786050849608</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Geçidi (Bez Ciltli)</t>
+          <t>Denizin Canavarları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>565</v>
+        <v>375</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050832938</t>
+          <t>9786050849592</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Cam Irmağı Taş Gemi (Bez Ciltli)</t>
+          <t>Kendi Gölgeni Aşmak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050832006</t>
+          <t>9786050849301</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Enformatik Cehalet</t>
+          <t>Kendine Yardımın El Kitabı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>325</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050811339</t>
+          <t>9786250017869</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İnci Mercan</t>
+          <t>Bediüzzaman Said Nursi 87 Yıllık Mübarek Bir Ömür</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>13.89</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753628280</t>
+          <t>9786050843651</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi (Bilim) - Şaşkın Dinozorlar</t>
+          <t>Kehribar Geçidi (Bez Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>40</v>
+        <v>565</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050818888</t>
+          <t>9786050832938</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Motivaksiyon</t>
+          <t>Cam Irmağı Taş Gemi (Bez Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>12.5</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>1520501987710</t>
+          <t>9786050832006</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Adem Güneş'le Çocukluktan Ergenliğe (6 Kitap Takım)</t>
+          <t>Enformatik Cehalet</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>325</v>
+        <v>60</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>1520501987819</t>
+          <t>9786050811339</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Adem Güneş'le Çocuk Eğitimine İlk Adım (8 Kitap Takım )</t>
+          <t>İnci Mercan</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>440</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9799753627954</t>
+          <t>9789753628280</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kadın İlmihali</t>
+          <t>Eğlenceli Bilgi (Bilim) - Şaşkın Dinozorlar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050823455</t>
+          <t>9786050818888</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda Neler Oluyor? (Ciltli)</t>
+          <t>Motivaksiyon</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>13.43</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050818116</t>
+          <t>1520501987710</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İncir Tadında İyilik Öyküleri</t>
+          <t>Adem Güneş'le Çocukluktan Ergenliğe (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>18.52</v>
+        <v>325</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050818055</t>
+          <t>1520501987819</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu</t>
+          <t>Adem Güneş'le Çocuk Eğitimine İlk Adım (8 Kitap Takım )</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>45</v>
+        <v>440</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050816877</t>
+          <t>9799753627954</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Esir Şehzade: Cem Sultan</t>
+          <t>Kadın İlmihali</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>9.26</v>
+        <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050816181</t>
+          <t>9786050823455</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yedi Düvele Karşı</t>
+          <t>Dışarıda Neler Oluyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>22.5</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050816228</t>
+          <t>9786050818116</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mintan</t>
+          <t>İncir Tadında İyilik Öyküleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050816082</t>
+          <t>9786050818055</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Mucizeleri</t>
+          <t>Gelibolu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050816105</t>
+          <t>9786050816877</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Kitapçı Fikry'nin İnanılmaz Hikâyesi</t>
+          <t>Esir Şehzade: Cem Sultan</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>275</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050819335</t>
+          <t>9786050816181</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - İlk Macera</t>
+          <t>Yedi Düvele Karşı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>17.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050819502</t>
+          <t>9786050816228</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen : Oyuk İğne'nin Esrarı</t>
+          <t>Kanlı Mintan</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>16.2</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050819236</t>
+          <t>9786050816082</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kelime Avcısı</t>
+          <t>Hz. Muhammed'in Mucizeleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>32.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050812329</t>
+          <t>9786050816105</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Huysuz Kitapçı Fikry'nin İnanılmaz Hikâyesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050819571</t>
+          <t>9786050819335</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Evliya Çelebi ve Tükenmez Kalemi</t>
+          <t>Sherlock Holmes - İlk Macera</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>40</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050819861</t>
+          <t>9786050819502</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Arsen Lüpen : Oyuk İğne'nin Esrarı</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>16.2</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050819816</t>
+          <t>9786050819236</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Sekiz Yüz On Üç</t>
+          <t>Kelime Avcısı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>18.52</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050819700</t>
+          <t>9786050812329</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Sorularla Namaz</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>13.43</v>
+        <v>75</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050814132</t>
+          <t>9786050819571</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Siyasi Tarihi (1914-1995)</t>
+          <t>İnanılmaz Evliya Çelebi ve Tükenmez Kalemi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>46.3</v>
+        <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799753626124</t>
+          <t>9786050819861</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İşaret Taşları</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>8.33</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753626088</t>
+          <t>9786050819816</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İstihbaratta Beyin Yıkama</t>
+          <t>Arsen Lüpen - Sekiz Yüz On Üç</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>10.65</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752637603</t>
+          <t>9786050819700</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Anlamak</t>
+          <t>Gençler İçin Sorularla Namaz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>22.22</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752639614</t>
+          <t>9786050814132</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Yaşama Sanatı</t>
+          <t>20. Yüzyıl Siyasi Tarihi (1914-1995)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>25.46</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752639782</t>
+          <t>9799753626124</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Zihin Tarihi</t>
+          <t>İşaret Taşları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>25</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753626712</t>
+          <t>9789753626088</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Silahsız Askeri Badşah Han Sivil Direniş</t>
+          <t>İstihbaratta Beyin Yıkama</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>9.26</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752637597</t>
+          <t>9789752637603</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İslam Birliği ve Mustafa Kemal</t>
+          <t>İstanbul’u Anlamak</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>13.89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050801316</t>
+          <t>9789752639614</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim Tarihi Üzerine Konferanslar</t>
+          <t>İstanbul’da Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>20.83</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753625630</t>
+          <t>9789752639782</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İpler Kimin Elinde Komplo Teorileri</t>
+          <t>İslam’ın Zihin Tarihi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>10.65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9799752633284</t>
+          <t>9789753626712</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlunun Uzay Macerası</t>
+          <t>İslam’ın Silahsız Askeri Badşah Han Sivil Direniş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>8.8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9799752634410</t>
+          <t>9789752637597</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yüzlü Şehirler</t>
+          <t>İslam Birliği ve Mustafa Kemal</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050811612</t>
+          <t>9786050801316</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İnsan Güzeldir</t>
+          <t>İslam Bilim Tarihi Üzerine Konferanslar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>9.26</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9799752634229</t>
+          <t>9789753625630</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İnanca Dair 100 Soru Cevap</t>
+          <t>İpler Kimin Elinde Komplo Teorileri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>7.88</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752637627</t>
+          <t>9799752633284</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Akşamı</t>
+          <t>İnsanoğlunun Uzay Macerası</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>12.04</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752637030</t>
+          <t>9799752634410</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İman Hakikatleri</t>
+          <t>İnsan Yüzlü Şehirler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>4.63</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050804973</t>
+          <t>9786050811612</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlılar ve Batı Anadolu Beylikler Dünyası</t>
+          <t>İnsan Güzeldir</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051143637</t>
+          <t>9799752634229</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İlk Atlas (Ciltli)</t>
+          <t>İnanca Dair 100 Soru Cevap</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>21.3</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050808568</t>
+          <t>9789752637627</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İlber Ortaylı Seyahatnamesi</t>
+          <t>İmparatorluğun Son Akşamı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>20.83</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752638297</t>
+          <t>9789752637030</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İkna Odası</t>
+          <t>İman Hakikatleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>8.34</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9799752631389</t>
+          <t>9786050804973</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İki Kişilik Rüyalar</t>
+          <t>İlk Osmanlılar ve Batı Anadolu Beylikler Dünyası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>8.8</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752637085</t>
+          <t>9786051143637</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İhanet Çemberi PKK’yı Yöneten Türkler</t>
+          <t>İlk Atlas (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>12.5</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051143231</t>
+          <t>9786050808568</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İdare Edemem Anne!</t>
+          <t>İlber Ortaylı Seyahatnamesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>10.19</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9799752631181</t>
+          <t>9789752638297</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geldiği Gibi</t>
+          <t>İkna Odası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>9.26</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050810738</t>
+          <t>9799752631389</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Cennete Yolculuk</t>
+          <t>İki Kişilik Rüyalar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>10.19</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752634169</t>
+          <t>9789752637085</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Şehir ve Mimari</t>
+          <t>İhanet Çemberi PKK’yı Yöneten Türkler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>18.06</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051148120</t>
+          <t>9786051143231</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İbrahim’in Beni Terketmesi</t>
+          <t>İdare Edemem Anne!</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050807776</t>
+          <t>9799752631181</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Ruhu</t>
+          <t>İçimden Geldiği Gibi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050804591</t>
+          <t>9786050810738</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Beden Dili</t>
+          <t>İçimdeki Cennete Yolculuk</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9799753627350</t>
+          <t>9789752634169</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Havalar</t>
+          <t>İslam’da Şehir ve Mimari</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>6.02</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050809077</t>
+          <t>9786051148120</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hüzün ve Ben</t>
+          <t>İbrahim’in Beni Terketmesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050804171</t>
+          <t>9786050807776</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Hastalığı</t>
+          <t>İbadetlerin Ruhu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>13.43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9799753627558</t>
+          <t>9786050804591</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ile Aşk</t>
+          <t>Hz. Peygamber’in Beden Dili</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>6.95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752634954</t>
+          <t>9799753627350</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devlete Sızabilir mi?</t>
+          <t>Hüzünlü Havalar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>12.97</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9799752631808</t>
+          <t>9786050809077</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hoşgeldin Bebeğim Anneler İçin Annelerin Diliyle</t>
+          <t>Hüzün ve Ben</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>7.87</v>
+        <v>45</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051141053</t>
+          <t>9786050804171</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal</t>
+          <t>Hüzün Hastalığı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>12.97</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050807783</t>
+          <t>9799753627558</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hilalin İki Ucu</t>
+          <t>Hüsn ile Aşk</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>11.58</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753629522</t>
+          <t>9789752634954</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hiçbiryer</t>
+          <t>Hukuk Devlete Sızabilir mi?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>13.89</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051142654</t>
+          <t>9799752631808</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Hoşgeldin Bebeğim Anneler İçin Annelerin Diliyle</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>12.96</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789752635241</t>
+          <t>9786051141053</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma Yüzyılı Mezhepler Çatışması</t>
+          <t>Hoşçakal</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>11.12</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752639645</t>
+          <t>9786050807783</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bir Anlamı Var</t>
+          <t>Hilalin İki Ucu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>12.5</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050810639</t>
+          <t>9789753629522</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeniden Başla</t>
+          <t>Hiçbiryer</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051141947</t>
+          <t>9786051142654</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Bir Ediple</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050808421</t>
+          <t>9789752635241</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Bir Dua</t>
+          <t>Hesaplaşma Yüzyılı Mezhepler Çatışması</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>11.57</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9799752633154</t>
+          <t>9789752639645</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İmam Nevevi ve Duası</t>
+          <t>Her Şeyin Bir Anlamı Var</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>7</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050807554</t>
+          <t>9786050810639</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Her Gece Bir Dua</t>
+          <t>Her Güne Yeniden Başla</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>11.57</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9799753627008</t>
+          <t>9786051141947</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Amerika 11 Eylül Şoku</t>
+          <t>Her Gün Bir Ediple</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050819359</t>
+          <t>9786050808421</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hayallerimin Kitapçısı</t>
+          <t>Her Gün Bir Dua</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>17.5</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050819373</t>
+          <t>9799752633154</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece Vakti</t>
+          <t>İmam Nevevi ve Duası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>45</v>
+        <v>7</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050818680</t>
+          <t>9786050807554</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren İcatlar ve Mucitler</t>
+          <t>Her Gece Bir Dua</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>16.2</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050818666</t>
+          <t>9799753627008</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Nar Tadında Bereket Öyküleri</t>
+          <t>Hedefteki Amerika 11 Eylül Şoku</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>15.28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050816594</t>
+          <t>9786050819359</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Beni Sessiz de Sevebilir misin?</t>
+          <t>Hayallerimin Kitapçısı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>70</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050812800</t>
+          <t>9786050819373</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Labirentleri</t>
+          <t>Bir Gece Vakti</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>18.52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050812473</t>
+          <t>9786050818680</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Di-Ze Dikkati ve Düşünme Becerilerini Geliştirme Seti 1. Sınıf</t>
+          <t>Tarihi Değiştiren İcatlar ve Mucitler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>145</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050816990</t>
+          <t>9786050818666</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ecinniler</t>
+          <t>Nar Tadında Bereket Öyküleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>26</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050816488</t>
+          <t>9786050816594</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Mesnevi-i Şerif Tam Metin (2. Hamur) (Ciltli)</t>
+          <t>Beni Sessiz de Sevebilir misin?</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>23.15</v>
+        <v>70</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051142647</t>
+          <t>9786050812800</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tanınmayan Büyük Çağ</t>
+          <t>Ruhun Labirentleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>95</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050810691</t>
+          <t>9786050812473</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaş Tarihi: Osmanlı Askeri Tarihi (Ciltli)</t>
+          <t>Di-Ze Dikkati ve Düşünme Becerilerini Geliştirme Seti 1. Sınıf</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>111.11</v>
+        <v>145</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050827224</t>
+          <t>9786050816990</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>Ecinniler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050825220</t>
+          <t>9786050816488</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İdeal Ekip Oyuncusu</t>
+          <t>Mevlana Mesnevi-i Şerif Tam Metin (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>110</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050827866</t>
+          <t>9786051142647</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sakın Acında Kaybolma</t>
+          <t>Tanınmayan Büyük Çağ</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>23.5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050817447</t>
+          <t>9786050810691</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Yaprak Test</t>
+          <t>Dünya Savaş Tarihi: Osmanlı Askeri Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>9.73</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050817386</t>
+          <t>9786050827224</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tüm Dersler Yaprak Test</t>
+          <t>İnsanların Dünyası</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>7.41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050817362</t>
+          <t>9786050825220</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Konu Anlatımı (4 Kitap Fasikül)</t>
+          <t>İdeal Ekip Oyuncusu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>40</v>
+        <v>325</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050823738</t>
+          <t>9786050827866</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Son Macera</t>
+          <t>Sakın Acında Kaybolma</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>16.2</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050822274</t>
+          <t>9786050817447</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Babil Taşı</t>
+          <t>3. Sınıf Tüm Dersler Yaprak Test</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>27.5</v>
+        <v>9.73</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050822168</t>
+          <t>9786050817386</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Babam İçin Beyaz Bir Kuğu</t>
+          <t>2. Sınıf Tüm Dersler Yaprak Test</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050822113</t>
+          <t>9786050817362</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tuhafiyedeki Hafiye</t>
+          <t>2. Sınıf Matematik Konu Anlatımı (4 Kitap Fasikül)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050822397</t>
+          <t>9786050823738</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Korku Vadisi</t>
+          <t>Sherlock Holmes - Son Macera</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>16.2</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050820225</t>
+          <t>9786050822274</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Yaralı Yüz</t>
+          <t>Babil Taşı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>16.2</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050820171</t>
+          <t>9786050822168</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Kristal Tıpa</t>
+          <t>Babam İçin Beyaz Bir Kuğu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050822359</t>
+          <t>9786050822113</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Panoptik Bela</t>
+          <t>Tuhafiyedeki Hafiye</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>18.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050821895</t>
+          <t>9786050822397</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Topkapı Sarayı - Bir Müstakil Dünya (Ciltli)</t>
+          <t>Sherlock Holmes - Korku Vadisi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>110</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050825831</t>
+          <t>9786050820225</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yerli Yersiz Cümleler (İmzalı - Numaralı Özel Baskı) (Ciltli)</t>
+          <t>Sherlock Holmes - Yaralı Yüz</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>65</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050825374</t>
+          <t>9786050820171</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa 33 Reçete</t>
+          <t>Arsen Lüpen - Kristal Tıpa</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050822311</t>
+          <t>9786050822359</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İlma - Dunah'ın Terazisi</t>
+          <t>Panoptik Bela</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050821857</t>
+          <t>9786050821895</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kelebek ve Dağ</t>
+          <t>Topkapı Sarayı - Bir Müstakil Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>18.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050821819</t>
+          <t>9786050825831</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Şarkısı</t>
+          <t>Yerli Yersiz Cümleler (İmzalı - Numaralı Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>24.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050820553</t>
+          <t>9786050825374</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mohaç - İsyan, Zafer ve Destan</t>
+          <t>Ruha Şifa 33 Reçete</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>25.46</v>
+        <v>25</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050820522</t>
+          <t>9786050822311</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Okumaları</t>
+          <t>İlma - Dunah'ın Terazisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050826760</t>
+          <t>9786050821857</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tahta At (Ciltli)</t>
+          <t>Kelebek ve Dağ</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>40</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050825060</t>
+          <t>9786050821819</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Anne Darbe Ne Demek?</t>
+          <t>Çiçeklerin Şarkısı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>26</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050824391</t>
+          <t>9786050820553</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Alp Arslan'ın Yolu Anadolu</t>
+          <t>Mohaç - İsyan, Zafer ve Destan</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>40</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050823844</t>
+          <t>9786050820522</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Edinerek Öğrenme</t>
+          <t>Edebiyat Okumaları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>26.39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050824735</t>
+          <t>9786050826760</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar – Hermann Hesse / Thomas Mann</t>
+          <t>Tahta At (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>210</v>
+        <v>40</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050823417</t>
+          <t>9786050825060</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes-Mezarlığın Sırrı</t>
+          <t>Anne Darbe Ne Demek?</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>17.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050820300</t>
+          <t>9786050824391</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Esrarlı Ev</t>
+          <t>Alp Arslan'ın Yolu Anadolu</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>16.2</v>
+        <v>40</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050820263</t>
+          <t>9786050823844</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
+          <t>Edinerek Öğrenme</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>16.2</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752635579</t>
+          <t>9786050824735</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Mesnevi-i Şerif Tam Metin (1. Hamur) (Ciltli)</t>
+          <t>Mektuplar – Hermann Hesse / Thomas Mann</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>34.73</v>
+        <v>210</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752637023</t>
+          <t>9786050823417</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Sherlock Holmes-Mezarlığın Sırrı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>16.2</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9799753629231</t>
+          <t>9786050820300</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Yenigün Hikayeleri</t>
+          <t>Sherlock Holmes - Esrarlı Ev</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>10.19</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050801552</t>
+          <t>9786050820263</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Biber</t>
+          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>15</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9799753626056</t>
+          <t>9789752635579</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Mem ile Zin</t>
+          <t>Mevlana Mesnevi-i Şerif Tam Metin (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>6.48</v>
+        <v>34.73</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9799752632232</t>
+          <t>9789752637023</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına 2 Kurtuluş</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>9.26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753622561</t>
+          <t>9799753629231</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif’e Göre Dün Bugün Yarın</t>
+          <t>Merhaba Yenigün Hikayeleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>15.28</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051141305</t>
+          <t>9786050801552</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif</t>
+          <t>Meraklı Biber</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>20.37</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051144603</t>
+          <t>9799753626056</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Mem ile Zin</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9799753626407</t>
+          <t>9799752632232</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Matruşka Kurşun Adres Sormaz</t>
+          <t>Metal Fırtına 2 Kurtuluş</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>12.97</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752637689</t>
+          <t>9789753622561</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Matrak Böcekler</t>
+          <t>Mehmed Akif’e Göre Dün Bugün Yarın</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>40</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9799753626063</t>
+          <t>9786051141305</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Masal Estetiği</t>
+          <t>Mehmed Akif</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>8.8</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050807141</t>
+          <t>9786051144603</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Malan Barkirin</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051146867</t>
+          <t>9799753626407</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mahrem ve Münzevi</t>
+          <t>Matruşka Kurşun Adres Sormaz</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>110</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051141336</t>
+          <t>9789752637689</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Mahmut’un Pabuçları</t>
+          <t>Matrak Böcekler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>8.8</v>
+        <v>40</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752636972</t>
+          <t>9799753626063</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mafya Yeraltının Kriminal Efendileri</t>
+          <t>Masal Estetiği</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>16.21</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752635883</t>
+          <t>9786050807141</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Maden Savaşları</t>
+          <t>Malan Barkirin</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>10.19</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050801521</t>
+          <t>9786051146867</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Elma</t>
+          <t>Mahrem ve Münzevi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>13.89</v>
+        <v>110</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9799752633680</t>
+          <t>9786051141336</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Mahmut’un Pabuçları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>6.94</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051148625</t>
+          <t>9789752636972</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Mafya Yeraltının Kriminal Efendileri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>19.5</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051141671</t>
+          <t>9789752635883</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Lal</t>
+          <t>Maden Savaşları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>15.28</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752639836</t>
+          <t>9786050801521</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kürtleri Anlamak</t>
+          <t>Maceracı Elma</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>17.13</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752638846</t>
+          <t>9799752633680</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorunu</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>32.41</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752637412</t>
+          <t>9786051148625</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kürt Meselesi ile Yüzleşmek</t>
+          <t>Lale Devri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>11.58</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752634893</t>
+          <t>9786051141671</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Küller Altında Yakın Tarih</t>
+          <t>Lal</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>16.2</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786050801217</t>
+          <t>9789752639836</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Küller</t>
+          <t>Kürtleri Anlamak</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>9.26</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050808544</t>
+          <t>9789752638846</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Küf</t>
+          <t>Kürt Sorunu</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>22.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752635876</t>
+          <t>9789752637412</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Irak Kürtçülük ve Ayrılıkçı Terör</t>
+          <t>Kürt Meselesi ile Yüzleşmek</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>10.19</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752636835</t>
+          <t>9789752634893</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklara Yolculuk</t>
+          <t>Küller Altında Yakın Tarih</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>21.3</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051143248</t>
+          <t>9786050801217</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uykusu</t>
+          <t>Küller</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>11.12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051144931</t>
+          <t>9786050808544</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Küresel Vicdan</t>
+          <t>Küf</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>9.26</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051143903</t>
+          <t>9789752635876</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’la Diriliş</t>
+          <t>Kuzey Irak Kürtçülük ve Ayrılıkçı Terör</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>6.95</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752637702</t>
+          <t>9789752636835</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kumandan</t>
+          <t>Kutsal Topraklara Yolculuk</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>22.69</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786050804607</t>
+          <t>9786051143248</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kul Peygamber</t>
+          <t>Kuş Uykusu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>50</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752635371</t>
+          <t>9786051144931</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kubbeyi Yere Koymamak</t>
+          <t>Küresel Vicdan</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>24.07</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051143262</t>
+          <t>9786051143903</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Koza</t>
+          <t>Kur’an’la Diriliş</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>10.19</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752636606</t>
+          <t>9789752637702</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kovulmuşların Evi</t>
+          <t>Kumandan</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>14.5</v>
+        <v>22.69</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752638945</t>
+          <t>9786050804607</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Korku Duvarını Yıkmak</t>
+          <t>Kul Peygamber</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>16.67</v>
+        <v>50</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752631885</t>
+          <t>9789752635371</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kitaplara İman</t>
+          <t>Kubbeyi Yere Koymamak</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>1.39</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051146348</t>
+          <t>9786051143262</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kirli Kramponlar</t>
+          <t>Koza</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>12.5</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051141244</t>
+          <t>9789752636606</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Ordular</t>
+          <t>Kovulmuşların Evi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>20.84</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051143446</t>
+          <t>9789752638945</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kibrit Kutusundaki Sarıkamış - Sibirya Günlükleri</t>
+          <t>Korku Duvarını Yıkmak</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>24.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9799753624281</t>
+          <t>9789752631885</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Komplo Yok</t>
+          <t>Kitaplara İman</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>10.65</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051145280</t>
+          <t>9786051146348</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Yanardağlar</t>
+          <t>Kirli Kramponlar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>40</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9799753629736</t>
+          <t>9786051141244</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Komplosu</t>
+          <t>Kiralık Ordular</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>13.89</v>
+        <v>20.84</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752638952</t>
+          <t>9786051143446</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kıt’a Dur!</t>
+          <t>Kibrit Kutusundaki Sarıkamış - Sibirya Günlükleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>140</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752639720</t>
+          <t>9799753624281</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı</t>
+          <t>Komplo Yok</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>16.2</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050807516</t>
+          <t>9786051145280</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan İttifaktan Model Ortaklığa Türkiye ABD İlişkileri</t>
+          <t>Kızgın Yanardağlar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789753629102</t>
+          <t>9799753629736</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kıran Kırana Zeka Soruları  Eğlenceli Matematik 5</t>
+          <t>Kıyamet Komplosu</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752635234</t>
+          <t>9789752638952</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kıl Beni Ey Namaz</t>
+          <t>Kıt’a Dur!</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>7.87</v>
+        <v>140</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789753628815</t>
+          <t>9789752639720</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ketçap Mayonez ve Sindirim Eğlenceli Bilgi - 21</t>
+          <t>Kırmızı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>40</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789753625661</t>
+          <t>9786050807516</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Kırılgan İttifaktan Model Ortaklığa Türkiye ABD İlişkileri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>6.95</v>
+        <v>30</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051143460</t>
+          <t>9789753629102</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kerberos</t>
+          <t>Kıran Kırana Zeka Soruları  Eğlenceli Matematik 5</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051141084</t>
+          <t>9789752635234</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kent Dindarlığı</t>
+          <t>Kıl Beni Ey Namaz</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>9.26</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752635951</t>
+          <t>9789753628815</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kendinize Hoş Geldiniz</t>
+          <t>Ketçap Mayonez ve Sindirim Eğlenceli Bilgi - 21</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>8.33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752638044</t>
+          <t>9789753625661</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>12.5</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051141923</t>
+          <t>9786051143460</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Öte Bir Yol</t>
+          <t>Kerberos</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>12.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051146881</t>
+          <t>9786051141084</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler ve Kader</t>
+          <t>Kent Dindarlığı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051149226</t>
+          <t>9789752635951</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Keje</t>
+          <t>Kendinize Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050801385</t>
+          <t>9789752638044</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>KCK - Demokrasi Kılıfında Terör</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>10.19</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051144320</t>
+          <t>9786051141923</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir’in Gözüyle Yakın Tarihimiz</t>
+          <t>Kendinden Öte Bir Yol</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>15.28</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051141091</t>
+          <t>9786051146881</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gül (Ciltli)</t>
+          <t>Kelimeler ve Kader</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051141060</t>
+          <t>9786051149226</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gül</t>
+          <t>Keje</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051144986</t>
+          <t>9786050801385</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bozkurtlar</t>
+          <t>KCK - Demokrasi Kılıfında Terör</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752635784</t>
+          <t>9786051144320</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Karşı Darbe CIA İran’da</t>
+          <t>Kazım Karabekir’in Gözüyle Yakın Tarihimiz</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>8.33</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051146966</t>
+          <t>9786051141091</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Oda</t>
+          <t>Kayıp Gül (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>11.58</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051146669</t>
+          <t>9786051141060</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kanuni ve Şarlken</t>
+          <t>Kayıp Gül</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>20.83</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752639539</t>
+          <t>9786051144986</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Hicviyesi</t>
+          <t>Kayıp Bozkurtlar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>12.97</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051143279</t>
+          <t>9789752635784</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Karizma Zamanları</t>
+          <t>Karşı Darbe CIA İran’da</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9799752634014</t>
+          <t>9786051146966</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kamikaze Operasyonu  11 Eylül’ün Gerçek Romanı</t>
+          <t>Karanlık Oda</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>11.11</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752634923</t>
+          <t>9786051146669</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kalp Süvarileri</t>
+          <t>Kanuni ve Şarlken</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>14</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9799752633949</t>
+          <t>9789752639539</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kalite Liderliği Dorukları Düşleyenlerin Kitabı</t>
+          <t>Kanuni Hicviyesi</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>12.97</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050811261</t>
+          <t>9786051143279</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Mühendisi</t>
+          <t>Karizma Zamanları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051149301</t>
+          <t>9799752634014</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Direnişi</t>
+          <t>Kamikaze Operasyonu  11 Eylül’ün Gerçek Romanı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789753629911</t>
+          <t>9789752634923</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizi Yeniden Yazmak</t>
+          <t>Kalp Süvarileri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>7.41</v>
+        <v>14</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9799752633918</t>
+          <t>9799752633949</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kafkasyalı Hasan</t>
+          <t>Kalite Liderliği Dorukları Düşleyenlerin Kitabı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>6.95</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752638099</t>
+          <t>9786050811261</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar, Erkekler, Aşıklar</t>
+          <t>Kaldırım Mühendisi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051148137</t>
+          <t>9786051149301</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kader Denizi</t>
+          <t>Kalbin Direnişi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051144030</t>
+          <t>9789753629911</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Jitem’i Ben Kurdum</t>
+          <t>Kalbimizi Yeniden Yazmak</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>12.97</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051140513</t>
+          <t>9799752633918</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Jitem</t>
+          <t>Kafkasyalı Hasan</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>11.57</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051144917</t>
+          <t>9789752638099</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Jerusalem</t>
+          <t>Kadınlar, Erkekler, Aşıklar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>13.43</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786050813104</t>
+          <t>9786051148137</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Beş Vakit İnsan</t>
+          <t>Kader Denizi</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050813081</t>
+          <t>9786051144030</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Şifalar Kitabı</t>
+          <t>Jitem’i Ben Kurdum</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>18</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050812923</t>
+          <t>9786051140513</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Şehrim Aşk</t>
+          <t>Jitem</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>16.21</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051143125</t>
+          <t>9786051144917</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kader Denizi (Ciltli)</t>
+          <t>Jerusalem</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>32.41</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789752639768</t>
+          <t>9786050813104</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İtirafçı</t>
+          <t>Beş Vakit İnsan</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050813098</t>
+          <t>9786050813081</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Evinden Anılar</t>
+          <t>Şifalar Kitabı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050811667</t>
+          <t>9786050812923</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kafirun</t>
+          <t>Şehrim Aşk</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>14.82</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9799752630597</t>
+          <t>9786051143125</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Eğitim ve Psikoloji Rehberi</t>
+          <t>Kader Denizi (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>25.46</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752635708</t>
+          <t>9789752639768</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ankara’da Gölge Oyunları Gizli Dosyalar Serin Sular</t>
+          <t>İtirafçı</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789752638150</t>
+          <t>9786050813098</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Anka</t>
+          <t>Ölüler Evinden Anılar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>23.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050804959</t>
+          <t>9786050811667</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Altın Anahtar (4 Kitap Takım, Kutulu)</t>
+          <t>Kafirun</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>47.69</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051141848</t>
+          <t>9799752630597</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Elçisi Hz. Muhammed’in Hayatı (1-2 Tek Cilt) (Ciltli)</t>
+          <t>Ansiklopedik Eğitim ve Psikoloji Rehberi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>115</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050811506</t>
+          <t>9789752635708</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Boyasıyla Boyanmak</t>
+          <t>Ankara’da Gölge Oyunları Gizli Dosyalar Serin Sular</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>20</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050804393</t>
+          <t>9789752638150</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Allah Resulü’nü Görenler</t>
+          <t>Anka</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>9</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9799752634731</t>
+          <t>9786050804959</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarının Ramazan Hatıraları</t>
+          <t>Altın Anahtar (4 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>3.61</v>
+        <v>47.69</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789752635418</t>
+          <t>9786051141848</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarından İbret ve Hikmet Öyküleri</t>
+          <t>Allah’ın Elçisi Hz. Muhammed’in Hayatı (1-2 Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>6.94</v>
+        <v>115</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051144849</t>
+          <t>9786050811506</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Alışverişkolik</t>
+          <t>Allah’ın Boyasıyla Boyanmak</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>32.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051144573</t>
+          <t>9786050804393</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Alevilerin Kemalizm’le İmtihanı</t>
+          <t>Allah Resulü’nü Görenler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>16.67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9779753621732</t>
+          <t>9799752634731</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Alevi-Bektaşi Kimliği</t>
+          <t>Allah Dostlarının Ramazan Hatıraları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>19.44</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051142272</t>
+          <t>9789752635418</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Alevi Modernleşmesi</t>
+          <t>Allah Dostlarından İbret ve Hikmet Öyküleri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>16.2</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051141008</t>
+          <t>9786051144849</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Alafrangalığın Tarihi</t>
+          <t>Alışverişkolik</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>23.15</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789753625098</t>
+          <t>9786051144573</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Al Yüreğim Senin Olsun</t>
+          <t>Alevilerin Kemalizm’le İmtihanı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>7.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752634633</t>
+          <t>9779753621732</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Akrep Kapısı</t>
+          <t>Alevi-Bektaşi Kimliği</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>9.26</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789752635265</t>
+          <t>9786051142272</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Aklımı Seveyim Eğlenceli Bilgi 39</t>
+          <t>Alevi Modernleşmesi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>40</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9799753624724</t>
+          <t>9786051141008</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Akılalmaz Yapılar Eğlenceli Bilgi - 4</t>
+          <t>Alafrangalığın Tarihi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>40</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786050811599</t>
+          <t>9789753625098</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ak Zambaklar Ülkesinde</t>
+          <t>Al Yüreğim Senin Olsun</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>13.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789752635210</t>
+          <t>9789752634633</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ailem Yuvam Huzurum</t>
+          <t>Akrep Kapısı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>6.95</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051141893</t>
+          <t>9789752635265</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ailede Sorumluluk Eğitimi</t>
+          <t>Aklımı Seveyim Eğlenceli Bilgi 39</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>10.19</v>
+        <v>40</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051141572</t>
+          <t>9799753624724</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ailede Din Eğitimi</t>
+          <t>Akılalmaz Yapılar Eğlenceli Bilgi - 4</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051144924</t>
+          <t>9786050811599</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ailede Cinsel Eğitim</t>
+          <t>Ak Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>12.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9799753620573</t>
+          <t>9789752635210</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Aile Sağlığı Ansiklopedisi (Ciltli)</t>
+          <t>Ailem Yuvam Huzurum</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>23.15</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789753629775</t>
+          <t>9786051141893</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Aile Okulu</t>
+          <t>Ailede Sorumluluk Eğitimi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>25</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050806694</t>
+          <t>9786051141572</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Aile Eğitim Seti - 1 (5 Kitap Takım, Kutulu)</t>
+          <t>Ailede Din Eğitimi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>68.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786050803204</t>
+          <t>9786051144924</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Af Duaları</t>
+          <t>Ailede Cinsel Eğitim</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>7.87</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051141749</t>
+          <t>9799753620573</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Açık Medeniyet</t>
+          <t>Aile Sağlığı Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>12.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789752631687</t>
+          <t>9789753629775</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Abluka</t>
+          <t>Aile Okulu</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>12.04</v>
+        <v>25</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9799753626544</t>
+          <t>9786050806694</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman Gülüşleri</t>
+          <t>Aile Eğitim Seti - 1 (5 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>6.94</v>
+        <v>68.52</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051141046</t>
+          <t>9786050803204</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid Donanmasında Bir Bahriyeli</t>
+          <t>Af Duaları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>12.5</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051144900</t>
+          <t>9786051141749</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Abdülaziz</t>
+          <t>Açık Medeniyet</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>8.34</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9799752631792</t>
+          <t>9789752631687</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>99 Esma 99 Dua 3</t>
+          <t>Abluka</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>7.87</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786050810899</t>
+          <t>9799753626544</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>99 Esma 99 Dua (1- 2- 3)</t>
+          <t>Ahir Zaman Gülüşleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>9.17</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051144962</t>
+          <t>9786051141046</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>93 Harbi - Tuna’da Son Osmanlı Yahudileri</t>
+          <t>Abdülhamid Donanmasında Bir Bahriyeli</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>27.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789752635647</t>
+          <t>9786051144900</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs’tan Yassıada Mahkemelerine Menderes</t>
+          <t>Abdülaziz</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>12.5</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9799753625318</t>
+          <t>9799752631792</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Politik Düşünürleri</t>
+          <t>99 Esma 99 Dua 3</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>16.21</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051149189</t>
+          <t>9786050810899</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>1993 - Örtülü Darbe</t>
+          <t>99 Esma 99 Dua (1- 2- 3)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>13.43</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752636699</t>
+          <t>9786051144962</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>18 Yaşında Uyudun 29 Yaşında Uyandın Oğlum</t>
+          <t>93 Harbi - Tuna’da Son Osmanlı Yahudileri</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>8.33</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051142807</t>
+          <t>9789752635647</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>114 Kod Hz. Peygamberin Düşünce Davranış Konuşma Atlası</t>
+          <t>27 Mayıs’tan Yassıada Mahkemelerine Menderes</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>13.43</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051142418</t>
+          <t>9799753625318</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>%100 Eğlenceli Günlüğüm</t>
+          <t>20. Yüzyıl Politik Düşünürleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>8.8</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789752636873</t>
+          <t>9786051149189</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Zilha Günü</t>
+          <t>1993 - Örtülü Darbe</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>7.41</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786050810714</t>
+          <t>9789752636699</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Zekadan Dehaya</t>
+          <t>18 Yaşında Uyudun 29 Yaşında Uyandın Oğlum</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>15.28</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9799752633574</t>
+          <t>9786051142807</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>114 Kod Hz. Peygamberin Düşünce Davranış Konuşma Atlası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>6.94</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051145488</t>
+          <t>9786051142418</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Anne Baba Olmak İçin 7 Armağan</t>
+          <t>%100 Eğlenceli Günlüğüm</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>18.52</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789752639294</t>
+          <t>9789752636873</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Yaşama Sanatı</t>
+          <t>Zilha Günü</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>8.8</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789752635890</t>
+          <t>9786050810714</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yüksek İslam Ahlakı</t>
+          <t>Zekadan Dehaya</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>5.56</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789752636880</t>
+          <t>9799752633574</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>9.03</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9799752631082</t>
+          <t>9786051145488</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yol Yorgunu - Asmina</t>
+          <t>Yürekten Anne Baba Olmak İçin 7 Armağan</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051141688</t>
+          <t>9789752639294</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yoksulların ve Şairlerin Kitabı (Ciltli)</t>
+          <t>Yüksek Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>23.15</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051144559</t>
+          <t>9789752635890</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yitip Giden İstanbul</t>
+          <t>Yüksek İslam Ahlakı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>15.28</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9799753627039</t>
+          <t>9789752636880</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Karanlıklar</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>5.56</v>
+        <v>9.03</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786050802726</t>
+          <t>9799752631082</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yesrib’de Bahar</t>
+          <t>Yol Yorgunu - Asmina</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051148106</t>
+          <t>9786051141688</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yenilgiden Dönerken</t>
+          <t>Yoksulların ve Şairlerin Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9799753625967</t>
+          <t>9786051144559</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yapılanma Kuralları</t>
+          <t>Yitip Giden İstanbul</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>7.41</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051140650</t>
+          <t>9799753627039</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri</t>
+          <t>Yıldızlı Karanlıklar</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>12.5</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9799752633628</t>
+          <t>9786050802726</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yeme Bozuklukları Anoreksiya, Bulimia ve Diğerleri</t>
+          <t>Yesrib’de Bahar</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>11.58</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789752635364</t>
+          <t>9786051148106</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yavaşla Bu Dünyadan Bir Defa Geçeceksin</t>
+          <t>Yenilgiden Dönerken</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>17.13</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9799752630993</t>
+          <t>9799753625967</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yasin Tebareke Amme Cüzü - Türkçe Okunuşlu ve Mealli</t>
+          <t>Yeniden Yapılanma Kuralları</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>3.7</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789753625463</t>
+          <t>9786051140650</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yanmak Vakti</t>
+          <t>Yeniçeri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>7.41</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789752635357</t>
+          <t>9799752633628</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarihin Kara Delikleri</t>
+          <t>Yeme Bozuklukları Anoreksiya, Bulimia ve Diğerleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>14.82</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786050810653</t>
+          <t>9789752635364</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>Yavaşla Bu Dünyadan Bir Defa Geçeceksin</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>14.5</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786050804195</t>
+          <t>9799752630993</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Vurun Osmanlı’ya</t>
+          <t>Yasin Tebareke Amme Cüzü - Türkçe Okunuşlu ve Mealli</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>27.5</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9799753628005</t>
+          <t>9789753625463</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Virüs Saldırıyor</t>
+          <t>Yanmak Vakti</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>10.19</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051140018</t>
+          <t>9789752635357</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yakınlık</t>
+          <t>Yakın Tarihin Kara Delikleri</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>13.43</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752637214</t>
+          <t>9786050810653</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf’tan Yazarlık Dersleri</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>8.8</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051144351</t>
+          <t>9786050804195</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Vefa Apartmanı</t>
+          <t>Vurun Osmanlı’ya</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>16.67</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9799752631723</t>
+          <t>9799753628005</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
+          <t>Virüs Saldırıyor</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9799752630757</t>
+          <t>9786051140018</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Var Oldum Da Ne Oldu!</t>
+          <t>Yakınlık</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>5.56</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789752639713</t>
+          <t>9789752637214</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Var mı Beni Anlamak İsteyen</t>
+          <t>Virginia Woolf’tan Yazarlık Dersleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>10.19</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051142333</t>
+          <t>9786051144351</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Binbir Sesi</t>
+          <t>Vefa Apartmanı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>17.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051149295</t>
+          <t>9799752631723</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Vahdeddin’in Sırdaşı Avni Paşa Anlatıyor</t>
+          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>35</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9799753625677</t>
+          <t>9799752630757</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Üç.. İki.. Bir Ters Labirentlerde Final</t>
+          <t>Var Oldum Da Ne Oldu!</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>8.34</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051146683</t>
+          <t>9789752639713</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Üç Yusuf Üç Rüya Üç Gömlek</t>
+          <t>Var mı Beni Anlamak İsteyen</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789752630932</t>
+          <t>9786051142333</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Dünyalılar ve Ufolar</t>
+          <t>Vahyin Binbir Sesi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>40</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9799752631754</t>
+          <t>9786051149295</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Uzak Geceye Mektuplar</t>
+          <t>Vahdeddin’in Sırdaşı Avni Paşa Anlatıyor</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>6.48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051141763</t>
+          <t>9799753625677</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Göçebe Ruhu</t>
+          <t>Üç.. İki.. Bir Ters Labirentlerde Final</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>18.52</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789752637047</t>
+          <t>9786051146683</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Üç Yusuf Üç Rüya Üç Gömlek</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>9</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752636927</t>
+          <t>9789752630932</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Psikolojisi</t>
+          <t>Uzaylılar Dünyalılar ve Ufolar</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>20.83</v>
+        <v>40</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789752639287</t>
+          <t>9799752631754</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Liderlik ve Fanatizm</t>
+          <t>Uzak Geceye Mektuplar</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>14.82</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789752636941</t>
+          <t>9786051141763</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve "Öteki"leştirdiklerimiz</t>
+          <t>Türk’ün Göçebe Ruhu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>14.82</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752637429</t>
+          <t>9789752637047</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Türkler Niçin Müslüman Oldu?</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>9.26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789752634190</t>
+          <t>9789752636927</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ufukların Sultanı Fatih Sultan Mehmed</t>
+          <t>Türklerin Psikolojisi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>14.82</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752639317</t>
+          <t>9789752639287</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Kazanmak</t>
+          <t>Türklerde Liderlik ve Fanatizm</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>15</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051140032</t>
+          <t>9789752636941</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Zihin Tarihi</t>
+          <t>Türkler ve "Öteki"leştirdiklerimiz</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>70</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786051146898</t>
+          <t>9789752637429</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Ölmeyen Babası</t>
+          <t>Türkler Niçin Müslüman Oldu?</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9799753624922</t>
+          <t>9789752634190</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kanatlarınızın Altında</t>
+          <t>Ufukların Sultanı Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>18.52</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9799753628050</t>
+          <t>9789752639317</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Gerçeği</t>
+          <t>Türkiye’yi Kazanmak</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786051142357</t>
+          <t>9786051140032</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Ezan ve Menderes</t>
+          <t>Türkiye’nin Zihin Tarihi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>15.28</v>
+        <v>70</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752637573</t>
+          <t>9786051146898</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunda Zazalar ve Kürtler (Ciltli)</t>
+          <t>Türkiye’nin Ölmeyen Babası</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>27.78</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789752639690</t>
+          <t>9799753624922</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanayi Toplumu (Ciltli)</t>
+          <t>Türkiye Kanatlarınızın Altında</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>32.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752637863</t>
+          <t>9799753628050</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Şiiri Antolojisi (Ciltli)</t>
+          <t>Türkiye Gerçeği</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>25.47</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051142708</t>
+          <t>9786051142357</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Türbeler</t>
+          <t>Türkçe Ezan ve Menderes</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>15.28</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752633650</t>
+          <t>9789752637573</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Türban ve Kariyer</t>
+          <t>Türk Toplumunda Zazalar ve Kürtler (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>12.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752638495</t>
+          <t>9789752639690</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Tuncay Güney Anlatıyor</t>
+          <t>Türk Sanayi Toplumu (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>11.12</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9799753626490</t>
+          <t>9789752637863</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Işıkları</t>
+          <t>Türk Halk Şiiri Antolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>9.26</v>
+        <v>25.47</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786051141534</t>
+          <t>9786051142708</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Toplum Psikolojisi</t>
+          <t>Türbeler</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>26.39</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786051143651</t>
+          <t>9789752633650</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Gömlekler (Şömizli) (Ciltli)</t>
+          <t>Türban ve Kariyer</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>160</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752637870</t>
+          <t>9789752638495</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>The Traveler (Ciltli)</t>
+          <t>Tuncay Güney Anlatıyor</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>32.41</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789752634008</t>
+          <t>9799753626490</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Terör Kıskacında Türkiye Oligarşi mi? Demokrasi mi?</t>
+          <t>Toplumun Işıkları</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786051141213</t>
+          <t>9786051141534</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>The Thing</t>
+          <t>Toplum Psikolojisi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>12.04</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789752637528</t>
+          <t>9786051143651</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Fatih</t>
+          <t>Tılsımlı Gömlekler (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>7.41</v>
+        <v>160</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786050802771</t>
+          <t>9789752637870</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Fatih</t>
+          <t>The Traveler (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>21.76</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9799753625592</t>
+          <t>9789752634008</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Ferhat ile Şirin Aşk hu</t>
+          <t>Terör Kıskacında Türkiye Oligarşi mi? Demokrasi mi?</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786051141558</t>
+          <t>9786051141213</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Fatma Aliye</t>
+          <t>The Thing</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>11.12</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786051142227</t>
+          <t>9789752637528</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Rüyası</t>
+          <t>Fetih ve Fatih</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>11.58</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9799752631068</t>
+          <t>9786050802771</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Farkında Mısın?</t>
+          <t>Fetih ve Fatih</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>7.41</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051146812</t>
+          <t>9799753625592</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi’nin İzinde İstanbul</t>
+          <t>Ferhat ile Şirin Aşk hu</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>15.28</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789752635715</t>
+          <t>9786051141558</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte İdeal Duruşlar</t>
+          <t>Fatma Aliye</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>8.34</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051146843</t>
+          <t>9786051142227</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Evliliğimize Aşk Olsun</t>
+          <t>Fatih’in Rüyası</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>11.11</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789752635173</t>
+          <t>9799752631068</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Evli misiniz, Eşli misiniz? Tanıştık, Nişanlandık, Evlendik</t>
+          <t>Farkında Mısın?</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051149196</t>
+          <t>9786051146812</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Evde Okul Okulda Kalite</t>
+          <t>Evliya Çelebi’nin İzinde İstanbul</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>13.43</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789752634916</t>
+          <t>9789752635715</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Gelecek - Eğlenceli Bilgi 54</t>
+          <t>Evlilikte İdeal Duruşlar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>40</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051144542</t>
+          <t>9786051146843</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Fay Hattında Erzincan</t>
+          <t>Evliliğimize Aşk Olsun</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>12.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789752637610</t>
+          <t>9789752635173</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Erdoğan Operasyonu</t>
+          <t>Evli misiniz, Eşli misiniz? Tanıştık, Nişanlandık, Evlendik</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>18.06</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789752639911</t>
+          <t>9786051149196</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Enerji Kan Kokuyor</t>
+          <t>Evde Okul Okulda Kalite</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>11.12</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786050807820</t>
+          <t>9789752634916</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dualar</t>
+          <t>Fantastik Gelecek - Eğlenceli Bilgi 54</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>12.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789752638433</t>
+          <t>9786051144542</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kadın Hareketinde Bir Öncü Emine Semiye</t>
+          <t>Ergenekon Fay Hattında Erzincan</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>60</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051141220</t>
+          <t>9789752637610</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Elites and Religion</t>
+          <t>Erdoğan Operasyonu</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>46.3</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9799752633970</t>
+          <t>9789752639911</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Elde Var İnsan</t>
+          <t>Enerji Kan Kokuyor</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>9.26</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789752631557</t>
+          <t>9786050807820</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Einstein  Çılgın Teorisyen</t>
+          <t>En Güzel Dualar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>40</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789752635814</t>
+          <t>9789752638433</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Issız Korsan Adaları</t>
+          <t>Osmanlı Kadın Hareketinde Bir Öncü Emine Semiye</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753626675</t>
+          <t>9786051141220</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Echelon İstihbarat Dünyasının Perde Arkası</t>
+          <t>Elites and Religion</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>12.5</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789752639751</t>
+          <t>9799752633970</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Düştüğün Yerden Kalkacaksın</t>
+          <t>Elde Var İnsan</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>8.34</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786051143606</t>
+          <t>9789752631557</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Üç Yüzü</t>
+          <t>Einstein  Çılgın Teorisyen</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>17.13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786050807127</t>
+          <t>9789752635814</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Türkler</t>
+          <t>Eğlenceli Bilgi Issız Korsan Adaları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789752636781</t>
+          <t>9789753626675</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Duvarların Arkasında</t>
+          <t>Echelon İstihbarat Dünyasının Perde Arkası</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>21.3</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9799752634663</t>
+          <t>9789752639751</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Aminler</t>
+          <t>Düştüğün Yerden Kalkacaksın</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>9.26</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9799752631730</t>
+          <t>9786051143606</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Bahar</t>
+          <t>Dünyanın Üç Yüzü</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>6.02</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051146638</t>
+          <t>9786050807127</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Düello - Menderes ve İnönü</t>
+          <t>Dünya Tarihinde Türkler</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>11.12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789752638266</t>
+          <t>9789752636781</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Domaniç Dağlarının Yolcusu</t>
+          <t>Duvarların Arkasında</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>36</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789752635531</t>
+          <t>9799752634663</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Diyabet</t>
+          <t>Dualar ve Aminler</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051143101</t>
+          <t>9799752631730</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Dersim Dersim</t>
+          <t>Dört Mevsim Bahar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>18</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789752637511</t>
+          <t>9786051146638</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Derin Okyanuslar Eğlenceli Bilgi</t>
+          <t>Düello - Menderes ve İnönü</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>40</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786050807103</t>
+          <t>9789752638266</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Sosyolojisi</t>
+          <t>Domaniç Dağlarının Yolcusu</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>100</v>
+        <v>36</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051140346</t>
+          <t>9789752635531</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Dem</t>
+          <t>Diyabet</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>12.5</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789752634886</t>
+          <t>9786051143101</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Delilik Ülkesinden Notlar</t>
+          <t>Dersim Dersim</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>140</v>
+        <v>18</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051145235</t>
+          <t>9789752637511</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Değerler Psikolojisi ve Eğitimi</t>
+          <t>Derin Okyanuslar Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>17.13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9799753629194</t>
+          <t>9786050807103</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Dark Majesty: Uluslar Arası Güç Odakları</t>
+          <t>Demokrasinin Sosyolojisi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>10.19</v>
+        <v>100</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789752635005</t>
+          <t>9786051140346</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Darbeli Demokrasi</t>
+          <t>Dem</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>7.87</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789752638792</t>
+          <t>9789752634886</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapıdan Geçmek</t>
+          <t>Delilik Ülkesinden Notlar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>10.19</v>
+        <v>140</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051143644</t>
+          <t>9786051145235</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Dağın Ardına Bakmak</t>
+          <t>Değerler Psikolojisi ve Eğitimi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>13.89</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9799752633734</t>
+          <t>9799753629194</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Dark Majesty: Uluslar Arası Güç Odakları</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>18.52</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789753620956</t>
+          <t>9789752635005</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Allah’ı Nasıl Anlatalım?</t>
+          <t>Darbeli Demokrasi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>25</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051141626</t>
+          <t>9789752638792</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Tutumları</t>
+          <t>Dar Kapıdan Geçmek</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>12.96</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051142920</t>
+          <t>9786051143644</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Duygusal Zeka Gelişimi İçin Küçük Sağlam Adımlar</t>
+          <t>Dağın Ardına Bakmak</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9799753628326</t>
+          <t>9799752633734</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Gençliğe ve Hayata Hazırlıyorum</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>10.65</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789752636248</t>
+          <t>9789753620956</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuma Dinini Öğretiyorum</t>
+          <t>Çocuklarımıza Allah’ı Nasıl Anlatalım?</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>8.33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789753627672</t>
+          <t>9786051141626</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Bilim Adamının Deneyler Kitabı</t>
+          <t>Anne Baba Tutumları</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>40</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9799753621525</t>
+          <t>9786051142920</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Düğünümde Ağlama</t>
+          <t>Çocuğunuzun Duygusal Zeka Gelişimi İçin Küçük Sağlam Adımlar</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051143149</t>
+          <t>9799753628326</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Çelik Çekirdek</t>
+          <t>Çocuğumu Gençliğe ve Hayata Hazırlıyorum</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>17.13</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789752639324</t>
+          <t>9789752636248</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı Günlüğü</t>
+          <t>Çocuğuma Dinini Öğretiyorum</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>25.46</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051144290</t>
+          <t>9789753627672</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı Günlüğü</t>
+          <t>Çılgın Bilim Adamının Deneyler Kitabı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9799753623680</t>
+          <t>9799753621525</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı Bir Alman Subayının Notları</t>
+          <t>Düğünümde Ağlama</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786050804980</t>
+          <t>9786051143149</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlk Yüzyılı (1923 - 2023)</t>
+          <t>Çelik Çekirdek</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>25.93</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786050808513</t>
+          <t>9789752639324</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Beyaz Mağdurları</t>
+          <t>Çanakkale Savaşı Günlüğü</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>17.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789752637542</t>
+          <t>9786051144290</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’i Anlamak</t>
+          <t>Çanakkale Savaşı Günlüğü</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>10.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051142234</t>
+          <t>9799753623680</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Cizyeden Vatandaşlığa Osmanlı’nın Gayrimüslim Askerleri</t>
+          <t>Çanakkale Savaşı Bir Alman Subayının Notları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789752635616</t>
+          <t>9786050804980</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Sandıklar ve Para Kasaları</t>
+          <t>Cumhuriyet’in İlk Yüzyılı (1923 - 2023)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>19.5</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789753628549</t>
+          <t>9786050808513</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Cennetim Olur musun?</t>
+          <t>Cumhuriyet’in Beyaz Mağdurları</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>7.88</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9799753627220</t>
+          <t>9789752637542</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Cenevre Yılları</t>
+          <t>Cumhuriyet’i Anlamak</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051142791</t>
+          <t>9786051142234</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç’in Dünyası</t>
+          <t>Cizyeden Vatandaşlığa Osmanlı’nın Gayrimüslim Askerleri</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>16.21</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051142876</t>
+          <t>9789752635616</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Cem</t>
+          <t>Ceviz Sandıklar ve Para Kasaları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>9.26</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051149202</t>
+          <t>9789753628549</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Cazın Irmakları (Ciltli)</t>
+          <t>Cennetim Olur musun?</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>50</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9799752631594</t>
+          <t>9799753627220</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Casuslar Derin Savaşın Sıradışı Neferleri</t>
+          <t>Cenevre Yılları</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>15.28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789752639881</t>
+          <t>9786051142791</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Canpolat</t>
+          <t>Cemil Meriç’in Dünyası</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>9.26</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786051140360</t>
+          <t>9786051142876</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Canla Bağışla</t>
+          <t>Cem</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>4.54</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789753628525</t>
+          <t>9786051149202</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Can Kırığı</t>
+          <t>Cazın Irmakları (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>9.26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789752634213</t>
+          <t>9799752631594</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Cam ve Elmas</t>
+          <t>Casuslar Derin Savaşın Sıradışı Neferleri</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>13.43</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786051142340</t>
+          <t>9789752639881</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Büyükelçi</t>
+          <t>Canpolat</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>11.58</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786050802399</t>
+          <t>9786051140360</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Cihad ve Müsiad</t>
+          <t>Canla Bağışla</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>60</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786050810646</t>
+          <t>9789753628525</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Büyük Resmi Görmek</t>
+          <t>Can Kırığı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>13.43</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789752636897</t>
+          <t>9789752634213</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Projesi</t>
+          <t>Cam ve Elmas</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>16.2</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752631335</t>
+          <t>9786051142340</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ortadoğu Projesi</t>
+          <t>Büyükelçi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>8.8</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9799752630573</t>
+          <t>9786050802399</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ortadoğu Kuşatması Yeni Dünya Düzeni’nin Ortadoğu Ayağı</t>
+          <t>Cihad ve Müsiad</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>12.97</v>
+        <v>60</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789752638143</t>
+          <t>9786050810646</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Büyük Resmi Görmek</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>13.89</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9799753622393</t>
+          <t>9789752636897</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bütün Dualar Okunuşu ve Meali ile</t>
+          <t>Büyük Osmanlı Projesi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>11.12</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786050807691</t>
+          <t>9789752631335</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Budalalığın Keşfi</t>
+          <t>Büyük Ortadoğu Projesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>23.15</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786050805109</t>
+          <t>9799752630573</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağda Çocuk Yetiştirmek</t>
+          <t>Büyük Ortadoğu Kuşatması Yeni Dünya Düzeni’nin Ortadoğu Ayağı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>17.13</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051141831</t>
+          <t>9789752638143</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Cevşen’in Nurlarla Şerhi</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>13.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786050803235</t>
+          <t>9799753622393</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Birdenbire</t>
+          <t>Bütün Dualar Okunuşu ve Meali ile</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>20</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786051144566</t>
+          <t>9786050807691</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Biraz Hiperaktifiz Galiba</t>
+          <t>Budalalığın Keşfi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>30</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789752635258</t>
+          <t>9786050805109</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgili Gibi Yaşamak</t>
+          <t>Bu Çağda Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>12.96</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786051141282</t>
+          <t>9786051141831</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Bir Ruh Macerası</t>
+          <t>Cevşen’in Nurlarla Şerhi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>55</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9799752634724</t>
+          <t>9786050803235</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Birincisöz Bir Risale-i Nur Yorumu</t>
+          <t>Birdenbire</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786051145105</t>
+          <t>9786051144566</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bir Işık Görüyorum</t>
+          <t>Biraz Hiperaktifiz Galiba</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9799753629781</t>
+          <t>9789752635258</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Bir Evliliğin Romanı</t>
+          <t>Bir Sevgili Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>3.7</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786051141015</t>
+          <t>9786051141282</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Bir Ermeni Komitecinin İtirafları</t>
+          <t>Bir Ruh Macerası</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>13.89</v>
+        <v>55</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786051141312</t>
+          <t>9799752634724</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Romanı</t>
+          <t>Birincisöz Bir Risale-i Nur Yorumu</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>15.74</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786051142258</t>
+          <t>9786051145105</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Bir Çerkez Prensesinin Harem Hatıraları</t>
+          <t>Bir Işık Görüyorum</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>23.15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786051146874</t>
+          <t>9799753629781</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Kadını Şükufe Nihal</t>
+          <t>Bir Evliliğin Romanı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>30</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9799753621082</t>
+          <t>9786051141015</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Bir Anneye Mektuplar "Çocuk Eğitiminde Güçlükler ve Çözümleri"</t>
+          <t>Bir Ermeni Komitecinin İtirafları</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051143156</t>
+          <t>9786051141312</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Tarih</t>
+          <t>Bir Devrin Romanı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>10.65</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9799753625394</t>
+          <t>9786051142258</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Metodolojisi</t>
+          <t>Bir Çerkez Prensesinin Harem Hatıraları</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>16.2</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789753629164</t>
+          <t>9786051146874</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Yarışması Eğlenceli Bilgi - 25</t>
+          <t>Bir Cumhuriyet Kadını Şükufe Nihal</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789752639652</t>
+          <t>9799753621082</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Beyin Takımına Zeka Soruları</t>
+          <t>Bir Anneye Mektuplar "Çocuk Eğitiminde Güçlükler ve Çözümleri"</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789752638785</t>
+          <t>9786051143156</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Selvi</t>
+          <t>Bilinmeyen Tarih</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>8.33</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9799753629088</t>
+          <t>9799753625394</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Benim Müslüman Yavrum</t>
+          <t>Bilimsel Araştırma Metodolojisi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>10.19</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789752638259</t>
+          <t>9789753629164</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Dostlarım</t>
+          <t>Bilgi Yarışması Eğlenceli Bilgi - 25</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786050800883</t>
+          <t>9789752639652</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Benim Akıllı Yavrum</t>
+          <t>Beyin Takımına Zeka Soruları</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>16.21</v>
+        <v>40</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9799757544165</t>
+          <t>9789752638785</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Müslümanım Neye Nasıl İnanırım</t>
+          <t>Beyaz Selvi</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>1.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786051142210</t>
+          <t>9799753629088</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Belleğin Kuytularında</t>
+          <t>Benim Müslüman Yavrum</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9799752631150</t>
+          <t>9789752638259</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Cevşen Binbir  Esma Şiiri</t>
+          <t>Benim Küçük Dostlarım</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>8.8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786050800890</t>
+          <t>9786050800883</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Başkası Olduğun Yer</t>
+          <t>Benim Akıllı Yavrum</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>11.12</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789752639775</t>
+          <t>9799757544165</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası Kesirler</t>
+          <t>Ben Bir Müslümanım Neye Nasıl İnanırım</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>45</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789752635555</t>
+          <t>9786051142210</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Baş Ağrıları ve Migren</t>
+          <t>Belleğin Kuytularında</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>7.41</v>
+        <v>250</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786051143439</t>
+          <t>9799752631150</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Barışı Aramak</t>
+          <t>Cevşen Binbir  Esma Şiiri</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>12.97</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789752635906</t>
+          <t>9786050800890</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Denizler Fatihi</t>
+          <t>Başkası Olduğun Yer</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>40</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786050808575</t>
+          <t>9789752639775</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Bal Tuzağı</t>
+          <t>Baş Belası Kesirler</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>14.36</v>
+        <v>45</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786051146959</t>
+          <t>9789752635555</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Baki Kalan Bu Kubbede</t>
+          <t>Baş Ağrıları ve Migren</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>30</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786050802818</t>
+          <t>9786051143439</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Bebeklikten Ergenliğe Pozitif Disiplin</t>
+          <t>Barışı Aramak</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>11.11</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9799753623703</t>
+          <t>9789752635906</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bahçemde Hazan</t>
+          <t>Barbaros Denizler Fatihi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>14.81</v>
+        <v>40</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051144238</t>
+          <t>9786050808575</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık</t>
+          <t>Bal Tuzağı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>390</v>
+        <v>14.36</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789752638938</t>
+          <t>9786051146959</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bağdat-Musul’da Abdülhamid’in Mirası Petrol ve Arazi</t>
+          <t>Baki Kalan Bu Kubbede</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>32.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789752637665</t>
+          <t>9786050802818</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Fragmanı</t>
+          <t>Bebeklikten Ergenliğe Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>14.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786050816747</t>
+          <t>9799753623703</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Azade - 10 Numaradaki Sır</t>
+          <t>Bahçemde Hazan</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>8.8</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789752636934</t>
+          <t>9786051144238</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Koridorunda Aşk</t>
+          <t>Bağımlılık</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>13.43</v>
+        <v>400</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789757544265</t>
+          <t>9789752638938</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Aynada Batan Güneş</t>
+          <t>Bağdat-Musul’da Abdülhamid’in Mirası Petrol ve Arazi</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>490</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789752638129</t>
+          <t>9789752637665</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Kapı</t>
+          <t>Bağdat Fragmanı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>20</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786050802733</t>
+          <t>9786050816747</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Zihin Tarihi</t>
+          <t>Azade - 10 Numaradaki Sır</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>20</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789752639997</t>
+          <t>9789752636934</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın 50 Büyük Yalanı</t>
+          <t>Aynalar Koridorunda Aşk</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>17.13</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789752636644</t>
+          <t>9789757544265</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Osmanlı Damgası</t>
+          <t>Aynada Batan Güneş</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>6.48</v>
+        <v>500</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051141916</t>
+          <t>9789752638129</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Avrupa: Mücadele Ettim ve Başardım (Ciltli)</t>
+          <t>Aydınlık Kapı</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051149240</t>
+          <t>9786050802733</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Tarihi Üzerine Yazılar</t>
+          <t>Avrupa’nın Zihin Tarihi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789753626644</t>
+          <t>9789752639997</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Avlunun Uğultusu</t>
+          <t>Avrupa’nın 50 Büyük Yalanı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>6.95</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051143613</t>
+          <t>9789752636644</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Atom Karınca Çocuklar</t>
+          <t>Avrupa’da Osmanlı Damgası</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>11.58</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051143477</t>
+          <t>9786051141916</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Bahçe</t>
+          <t>Avrupa: Mücadele Ettim ve Başardım (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789753628532</t>
+          <t>9786051149240</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hükümranlığı</t>
+          <t>Avrupa Tarihi Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>7.88</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9799753626902</t>
+          <t>9789753626644</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair Öyküler</t>
+          <t>Avlunun Uğultusu</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>12.04</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9799753627459</t>
+          <t>9786051143613</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Aşka Adanmış Öyküler</t>
+          <t>Atom Karınca Çocuklar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>11.11</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786051143422</t>
+          <t>9786051143477</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunda Adım Adım</t>
+          <t>Ateş ve Bahçe</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>13.43</v>
+        <v>25</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789752638136</t>
+          <t>9789753628532</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Zafer</t>
+          <t>Aşkın Hükümranlığı</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>12.5</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786050808179</t>
+          <t>9799753626902</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Flört Kıskacında Ergen</t>
+          <t>Aşka Dair Öyküler</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789753629928</t>
+          <t>9799753627459</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kağıda Yazılınca</t>
+          <t>Aşka Adanmış Öyküler</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>8.34</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786051143255</t>
+          <t>9786051143422</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Şeyi Affederse</t>
+          <t>Aşk Yolunda Adım Adım</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>225</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786051146652</t>
+          <t>9789752638136</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Aşiretten İmparatorluğa Osmanlı Tarihi (1288-1485)</t>
+          <t>Aşk ve Zafer</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>18.52</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789752635562</t>
+          <t>9786050808179</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Astım ve Alerji</t>
+          <t>Aşk ve Flört Kıskacında Ergen</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>7.41</v>
+        <v>150</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789753625562</t>
+          <t>9789753629928</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Arzu ile Kamber</t>
+          <t>Aşk Kağıda Yazılınca</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>5.56</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786051148113</t>
+          <t>9786051143255</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Ayın Büyüttüğü Oğullar</t>
+          <t>Aşk Her Şeyi Affederse</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>9.26</v>
+        <v>225</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786051144108</t>
+          <t>9786051146652</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Öyküleri</t>
+          <t>Aşiretten İmparatorluğa Osmanlı Tarihi (1288-1485)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>5.56</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786050823264</t>
+          <t>9789752635562</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu'nda Bir Hafız</t>
+          <t>Astım ve Alerji</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>27.78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786050821505</t>
+          <t>9789753625562</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Güneş'in Sultanlığı</t>
+          <t>Arzu ile Kamber</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>27.5</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786050817010</t>
+          <t>9786051148113</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Resmi Tarihe Meydan Okuyorum</t>
+          <t>Ayın Büyüttüğü Oğullar</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>42.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786050816853</t>
+          <t>9786051144108</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kor</t>
+          <t>Mesnevi Öyküleri</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>15</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786050820959</t>
+          <t>9786050823264</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Gazi - Gizli Kurucu</t>
+          <t>Beyoğlu'nda Bir Hafız</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>40</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786050817850</t>
+          <t>9786050821505</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Çilek Tadında Aşk Öyküleri</t>
+          <t>Güneş'in Sultanlığı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>90</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786050814170</t>
+          <t>9786050817010</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Dudakta Bekletilen Şarkılar (Ciltli)</t>
+          <t>Resmi Tarihe Meydan Okuyorum</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>400</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786050812305</t>
+          <t>9786050816853</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Ustura</t>
+          <t>Kor</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>22.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786050812411</t>
+          <t>9786050820959</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İlahi Komedya</t>
+          <t>Ertuğrul Gazi - Gizli Kurucu</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>27.78</v>
+        <v>40</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786050812374</t>
+          <t>9786050817850</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihçiliğinde Dört Sima: Halil İnalcık, Halil Sahillioğlu, Mehmet Genç, İlber Ortaylı</t>
+          <t>Çilek Tadında Aşk Öyküleri</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789753626774</t>
+          <t>9786050814170</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Sistemler Yönetim Modelleri ve Türkiye</t>
+          <t>Dudakta Bekletilen Şarkılar (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>9.26</v>
+        <v>600</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9799752630436</t>
+          <t>9786050812305</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Al Pembecik - Gül Pembecik</t>
+          <t>Ustura</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>6.94</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9799753629071</t>
+          <t>9786050812411</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Sanık Dut Ağacı</t>
+          <t>İlahi Komedya</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>7.87</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786050811742</t>
+          <t>9786050812374</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Fındık</t>
+          <t>Türk Tarihçiliğinde Dört Sima: Halil İnalcık, Halil Sahillioğlu, Mehmet Genç, İlber Ortaylı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786050811797</t>
+          <t>9789753626774</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Gül ile Bülbül</t>
+          <t>Siyasi Sistemler Yönetim Modelleri ve Türkiye</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789752633766</t>
+          <t>9799752630436</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Tatil Yaptıran Hastalıklar</t>
+          <t>Al Pembecik - Gül Pembecik</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>40</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786050821802</t>
+          <t>9799753629071</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville'in Köpeği</t>
+          <t>Sanık Dut Ağacı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>16.2</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786050821789</t>
+          <t>9786050811742</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kim Neyi Neden Alır?</t>
+          <t>Zıpır Fındık</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>155</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786050821826</t>
+          <t>9786050811797</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabah Erkenden</t>
+          <t>Gül ile Bülbül</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786050821741</t>
+          <t>9789752633766</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Hüzün</t>
+          <t>Tatil Yaptıran Hastalıklar</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>27.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786050821727</t>
+          <t>9786050821802</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Saat Sekizi Vurdu</t>
+          <t>Sherlock Holmes - Baskerville'in Köpeği</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>17.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786050819298</t>
+          <t>9786050821789</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Şivan Perwer : Umudun Sesi</t>
+          <t>Kim Neyi Neden Alır?</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>20.83</v>
+        <v>155</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786050818987</t>
+          <t>9786050821826</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Bir Sabah Erkenden</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786050818963</t>
+          <t>9786050821741</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l Acayip</t>
+          <t>Aşk-ı Hüzün</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>12.96</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786050817744</t>
+          <t>9786050821727</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Buz Sarayı</t>
+          <t>Arsen Lüpen: Saat Sekizi Vurdu</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>150</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786050817874</t>
+          <t>9786050819298</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Şifacı</t>
+          <t>Şivan Perwer : Umudun Sesi</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>27.5</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786050817768</t>
+          <t>9786050818987</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Doku</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786050817836</t>
+          <t>9786050818963</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'ye Gidenler</t>
+          <t>Kitabü'l Acayip</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>27.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786050820935</t>
+          <t>9786050817744</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs Olmak (Ciltli)</t>
+          <t>Buz Sarayı</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786050821130</t>
+          <t>9786050817874</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Tehlikeli Miras</t>
+          <t>Şifacı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>16.2</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786050821123</t>
+          <t>9786050817768</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen- Kontes Cagliostro</t>
+          <t>Doku</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786050816907</t>
+          <t>9786050817836</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Tutunma Çabası Aidiyet</t>
+          <t>Çanakkale'ye Gidenler</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>26.39</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786050806700</t>
+          <t>9786050820935</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Aile Eğitim Seti - 2 (5 Kitap Takım, Kutulu)</t>
+          <t>Steve Jobs Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>68.52</v>
+        <v>175</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051143118</t>
+          <t>9786050821130</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Üçlemesi: Yumurta - Süt - Bal (Ciltli)</t>
+          <t>Sherlock Holmes - Tehlikeli Miras</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>37.04</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9799752633307</t>
+          <t>9786050821123</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Tepki Cephesi Piyasa İmparatorluğuna Karşı AB - Türkiye Yol Ayrımı</t>
+          <t>Arsen Lüpen- Kontes Cagliostro</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789752638075</t>
+          <t>9786050816907</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Teksas’tan Hakikate Yolculuk</t>
+          <t>Tutunma Çabası Aidiyet</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>6.95</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786050810707</t>
+          <t>9786050806700</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Devrinden 27 Mayıs İhtilaline Demokratlar</t>
+          <t>Aile Eğitim Seti - 2 (5 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>23.5</v>
+        <v>68.52</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9799753627657</t>
+          <t>9786051143118</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sonundan Barışın Sonuna</t>
+          <t>Yusuf Üçlemesi: Yumurta - Süt - Bal (Ciltli)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>8.33</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786050823011</t>
+          <t>9799752633307</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Trendeki Ceset</t>
+          <t>Tepki Cephesi Piyasa İmparatorluğuna Karşı AB - Türkiye Yol Ayrımı</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>16.2</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786050816662</t>
+          <t>9789752638075</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Şehir İçin Kalp Zamanı</t>
+          <t>Teksas’tan Hakikate Yolculuk</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>30</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786051440767</t>
+          <t>9786050810707</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Beni Bana Bırakma</t>
+          <t>Tek Parti Devrinden 27 Mayıs İhtilaline Demokratlar</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>9.17</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786050815092</t>
+          <t>9799753627657</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Pertev Bey'in İki Kızı</t>
+          <t>Tarihin Sonundan Barışın Sonuna</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>225</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786050815054</t>
+          <t>9786050823011</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Budala</t>
+          <t>Sherlock Holmes - Trendeki Ceset</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>29.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786050815108</t>
+          <t>9786050816662</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştirenler</t>
+          <t>Şimdi Şehir İçin Kalp Zamanı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>4.63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789752638105</t>
+          <t>9786051440767</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Hasbahçede Son Bahar - Lale Devri</t>
+          <t>Rabbim Beni Bana Bırakma</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>16.21</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9799752631310</t>
+          <t>9786050815092</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’den Seçmeler</t>
+          <t>Pertev Bey'in İki Kızı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>5.09</v>
+        <v>225</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9799753627916</t>
+          <t>9786050815054</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Dua Adabı</t>
+          <t>Budala</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>5.56</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9799753629439</t>
+          <t>9786050815108</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Tarihi Değiştirenler</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>7.87</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9799753627893</t>
+          <t>9789752638105</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>İlahi Kasideler</t>
+          <t>Hasbahçede Son Bahar - Lale Devri</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>4.63</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9799752630016</t>
+          <t>9799752631310</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Adem Baba Hangi Dili Konuşuyordu?</t>
+          <t>Yunus Emre’den Seçmeler</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>5.56</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786050820430</t>
+          <t>9799753627916</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>İlma - Lanetli Duvar</t>
+          <t>Dua Adabı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>70</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786050820447</t>
+          <t>9799753629439</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin Yemini</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>16.2</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786050820393</t>
+          <t>9799753627893</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Kibar Hırsız</t>
+          <t>İlahi Kasideler</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>16.2</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786050815085</t>
+          <t>9799752630016</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Son Nefesi</t>
+          <t>Adem Baba Hangi Dili Konuşuyordu?</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>32.5</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786050832914</t>
+          <t>9786050820430</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Nar Ağacı (Bez Cilt) (Ciltli)</t>
+          <t>İlma - Lanetli Duvar</t>
         </is>
       </c>
       <c r="C531" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786050830767</t>
+          <t>9786050820447</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Uçak</t>
+          <t>Sherlock Holmes - Dörtlerin Yemini</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>100</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786051140193</t>
+          <t>9786050820393</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>The Missing Rose</t>
+          <t>Arsen Lüpen - Kibar Hırsız</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>100</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9799752631532</t>
+          <t>9786050815085</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Tezgahın Üstünde İstanbul</t>
+          <t>İmparatorluğun Son Nefesi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>5.56</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786051144337</t>
+          <t>9786050832914</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Kur’an</t>
+          <t>Nar Ağacı (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>13.89</v>
+        <v>70</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786051148199</t>
+          <t>9786050830767</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Yeni İnsan: Kaderle Tasarım Arasında</t>
+          <t>Kağıttan Uçak</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>11.57</v>
+        <v>100</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786051144870</t>
+          <t>9786051140193</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Metafizik (Ciltli)</t>
+          <t>The Missing Rose</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786050835717</t>
+          <t>9799752631532</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Kadınları</t>
+          <t>Tezgahın Üstünde İstanbul</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>265</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786050842586</t>
+          <t>9786051144337</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Adem Güneş ile Kendi Kendine Terapi Seti</t>
+          <t>Yaşayan Kur’an</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>385</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789752634978</t>
+          <t>9786051148199</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Hüzün</t>
+          <t>Yeni İnsan: Kaderle Tasarım Arasında</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>14.81</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9799753628012</t>
+          <t>9786051144870</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Graziella</t>
+          <t>Yeni Başlayanlar İçin Metafizik (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>4.63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786051140230</t>
+          <t>9786050835717</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Arapça) Hizbü Envari’l Hakaiki’n-Nuriye</t>
+          <t>Dolunay Kadınları</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>11.58</v>
+        <v>265</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786050801613</t>
+          <t>9786050842586</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Adem Güneş ile Kendi Kendine Terapi Seti</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>16.2</v>
+        <v>385</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9799753629743</t>
+          <t>9789752634978</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir  Arapça-Plastik</t>
+          <t>Gül ve Hüzün</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>4.17</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9799753624007</t>
+          <t>9799753628012</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi</t>
+          <t>Graziella</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>5.09</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789752638501</t>
+          <t>9786051140230</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Giderken Bana Bir Şeyler Söyle</t>
+          <t>Büyük Cevşen (Arapça) Hizbü Envari’l Hakaiki’n-Nuriye</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>14.82</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789752631953</t>
+          <t>9786050801613</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Gıcık Bilgisayarlar - Eğlenceli Bilgi 45</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>40</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9799752630740</t>
+          <t>9799753629743</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Cevşen-i Kebir  Arapça-Plastik</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>12.97</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9799752631143</t>
+          <t>9799753624007</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman</t>
+          <t>Eşrefoğlu Rumi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>5.56</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786050801620</t>
+          <t>9789752638501</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Işık Batıdan Da Gelir</t>
+          <t>Giderken Bana Bir Şeyler Söyle</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>100</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9799752630474</t>
+          <t>9789752631953</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton ve Elması</t>
+          <t>Gıcık Bilgisayarlar - Eğlenceli Bilgi 45</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789753626293</t>
+          <t>9799752630740</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>İşittiklerim Gördüklerim Bildiklerim</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>20</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789753620161</t>
+          <t>9799752631143</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Lügati (Ciltli)</t>
+          <t>Hazreti Osman</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>85</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786050807578</t>
+          <t>9786050801620</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi (Ciltli)</t>
+          <t>Işık Batıdan Da Gelir</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>15.28</v>
+        <v>100</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789752639256</t>
+          <t>9799752630474</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiiri’ne Modern Yaklaşımlar</t>
+          <t>Isaac Newton ve Elması</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>7.88</v>
+        <v>40</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786050809824</t>
+          <t>9789753626293</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Rabbin Seni Terk Etmedi</t>
+          <t>İşittiklerim Gördüklerim Bildiklerim</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>8.8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9799753629941</t>
+          <t>9789753620161</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Quo Vadis? Nereye Gidiyorsun?</t>
+          <t>Kur'an-ı Kerim Lügati (Ciltli)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>12.96</v>
+        <v>85</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786051140377</t>
+          <t>9786050807578</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Teselliler Kitabı</t>
+          <t>Osmanlı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>8.34</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789752636316</t>
+          <t>9789752639256</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler ve Gerçekler</t>
+          <t>Osmanlı Şiiri’ne Modern Yaklaşımlar</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>12.97</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786050801262</t>
+          <t>9786050809824</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Efkar Vakti</t>
+          <t>Rabbin Seni Terk Etmedi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>10.19</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786050807790</t>
+          <t>9799753629941</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Quo Vadis? Nereye Gidiyorsun?</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>16.2</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786050804386</t>
+          <t>9786051140377</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dostları</t>
+          <t>Teselliler Kitabı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>9</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789753626835</t>
+          <t>9789752636316</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Pertev Bey Üç Kızı, İki Kızı, Torunları</t>
+          <t>Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>21.3</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9799753627343</t>
+          <t>9786050801262</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Risaleti ve Şahsiyeti</t>
+          <t>Efkar Vakti</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>12.5</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9799752630801</t>
+          <t>9786050807790</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılmış Hikayeler</t>
+          <t>Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>10.19</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786051141794</t>
+          <t>9786050804386</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Paşaların Hesaplaşması</t>
+          <t>Peygamberimizin Dostları</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>16.2</v>
+        <v>9</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786050808209</t>
+          <t>9789753626835</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Baş Dönmesi</t>
+          <t>Pertev Bey Üç Kızı, İki Kızı, Torunları</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>9.26</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9799753627664</t>
+          <t>9799753627343</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Özgür Dağcının El Kitabı Eğlenceli Bilgi - 16</t>
+          <t>Peygamberimizin Risaleti ve Şahsiyeti</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>40</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051143224</t>
+          <t>9799752630801</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Özel Harp Dairesi</t>
+          <t>Paylaşılmış Hikayeler</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786051143361</t>
+          <t>9786051141794</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Öncesi ve Sonrasıyla Tek Parti Devri</t>
+          <t>Paşaların Hesaplaşması</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>22.69</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786050802801</t>
+          <t>9786050808209</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Öldüğüm Gün</t>
+          <t>Özgürlüğün Baş Dönmesi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789752639942</t>
+          <t>9799753627664</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Öğren de Gel Satranç</t>
+          <t>Özgür Dağcının El Kitabı Eğlenceli Bilgi - 16</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789752635869</t>
+          <t>9786051143224</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’yı İmparatorluk Yapan Şehir İstanbul</t>
+          <t>Özel Harp Dairesi</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789752638532</t>
+          <t>9786051143361</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Mahrem Tarihi</t>
+          <t>Öncesi ve Sonrasıyla Tek Parti Devri</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>14.82</v>
+        <v>22.69</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786051143170</t>
+          <t>9786050802801</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Kayıp Atlası</t>
+          <t>Öldüğüm Gün</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>15.28</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786050808247</t>
+          <t>9789752639942</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın İzinde Cilt: 2</t>
+          <t>Öğren de Gel Satranç</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>32.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786050808230</t>
+          <t>9789752635869</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın İzinde Cilt: 1</t>
+          <t>Osmanlı’yı İmparatorluk Yapan Şehir İstanbul</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786050805000</t>
+          <t>9789752638532</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Geliyor</t>
+          <t>Osmanlı’nın Mahrem Tarihi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>13.89</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786051140674</t>
+          <t>9786051143170</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Otoyol Uykusu</t>
+          <t>Osmanlı’nın Kayıp Atlası</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>8.34</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789752636828</t>
+          <t>9786050808247</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Osmanlı’da Harem</t>
+          <t>Osmanlı’nın İzinde Cilt: 2</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>14</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786051140322</t>
+          <t>9786050808230</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Aile (Ciltli)</t>
+          <t>Osmanlı’nın İzinde Cilt: 1</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>23.15</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786051145259</t>
+          <t>9786050805000</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihini Yeniden Yazmak</t>
+          <t>Osmanlılar Geliyor</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786050811636</t>
+          <t>9786051140674</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sultanları Albümü</t>
+          <t>Otoyol Uykusu</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>9.26</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786051141817</t>
+          <t>9789752636828</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Çağında Savaş</t>
+          <t>Tüm Yönleriyle Osmanlı’da Harem</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789753626637</t>
+          <t>9786051140322</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğunun Yüzyıllık Hikayesi Teşrinisani ve Ötesi</t>
+          <t>Osmanlı Toplumunda Aile (Ciltli)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>12.97</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789752638174</t>
+          <t>9786051145259</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Gayrimüslimlerin Yönetimi</t>
+          <t>Osmanlı Tarihini Yeniden Yazmak</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>18.52</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789752638921</t>
+          <t>9786050811636</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Denizgücü (Ciltli)</t>
+          <t>Osmanlı Sultanları Albümü</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789752637139</t>
+          <t>9786051141817</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Operasyon Ergenekon</t>
+          <t>Osmanlı Klasik Çağında Savaş</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>16.2</v>
+        <v>30</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786051148144</t>
+          <t>9789753626637</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Onun Çölünde</t>
+          <t>Osmanlı İmparatorluğunun Yüzyıllık Hikayesi Teşrinisani ve Ötesi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>9.26</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789753625357</t>
+          <t>9789752638174</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>One Column Ahead</t>
+          <t>Osmanlı Devletinde Gayrimüslimlerin Yönetimi</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786051141640</t>
+          <t>9789752638921</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Olmak Cesareti</t>
+          <t>Osmanlı Denizgücü (Ciltli)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>11.11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789753624428</t>
+          <t>9789752637139</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve Düşünceler</t>
+          <t>Operasyon Ergenekon</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>5.56</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786050801637</t>
+          <t>9786051148144</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Sevdirme Projesi</t>
+          <t>Onun Çölünde</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786051141718</t>
+          <t>9789753625357</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Okuma Biçimleri</t>
+          <t>One Column Ahead</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>85</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789752635821</t>
+          <t>9786051141640</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Obur Etoburlar Eğlenceli Bilgi Bilim 12</t>
+          <t>Olmak Cesareti</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>40</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789752639607</t>
+          <t>9789753624428</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche ve Babaannem</t>
+          <t>Olaylar ve Düşünceler</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>12.97</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9799753626360</t>
+          <t>9786050801637</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Niçin Zekat</t>
+          <t>Okumayı Sevdirme Projesi</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786050809831</t>
+          <t>9786051141718</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Niçin Namaz</t>
+          <t>Okuma Biçimleri</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>2.32</v>
+        <v>85</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786050832921</t>
+          <t>9789752635821</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Nun Masalları (Ciltli)</t>
+          <t>Obur Etoburlar Eğlenceli Bilgi Bilim 12</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>145</v>
+        <v>40</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789753620420</t>
+          <t>9789752639607</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Niçin Namaz</t>
+          <t>Nietzsche ve Babaannem</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>6.94</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9799753629019</t>
+          <t>9799753626360</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Niçin Kur’an</t>
+          <t>Niçin Zekat</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>6.94</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789752639546</t>
+          <t>9786050809831</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Niçin Ağlıyorsun Elisabeth, Mutlu Değil miyiz?</t>
+          <t>Niçin Namaz</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>9.26</v>
+        <v>2.32</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786050807660</t>
+          <t>9786050832921</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Nefis Çikolata</t>
+          <t>Nun Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789753624435</t>
+          <t>9789753620420</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Nef’i</t>
+          <t>Niçin Namaz</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>5.09</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789753624046</t>
+          <t>9799753629019</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Necati</t>
+          <t>Niçin Kur’an</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>5.09</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789752638525</t>
+          <t>9789752639546</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Naz Bitti</t>
+          <t>Niçin Ağlıyorsun Elisabeth, Mutlu Değil miyiz?</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9799753629903</t>
+          <t>9786050807660</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Namaz</t>
+          <t>Nefis Çikolata</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>4.63</v>
+        <v>40</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786051146645</t>
+          <t>9789753624435</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Nar-ı Aşk</t>
+          <t>Nef’i</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>12.97</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9799752630207</t>
+          <t>9789753624046</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Türkçe Okunuşu ve Açıklaması)</t>
+          <t>Necati</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>7.87</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9799752630191</t>
+          <t>9789752638525</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Arapça)</t>
+          <t>Naz Bitti</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>4.63</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9799753624885</t>
+          <t>9799753629903</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Moda Eğlenceli Bilgi - 10</t>
+          <t>Nasıl Namaz</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>40</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9799753626681</t>
+          <t>9786051146645</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın El Kitabı: Her Müslüman İçin Gerekli İlmihal Bilgileri</t>
+          <t>Nar-ı Aşk</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>14.81</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786050804454</t>
+          <t>9799752630207</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Yuva İçin Dört Mektup</t>
+          <t>Namaz Tesbihatı (Türkçe Okunuşu ve Açıklaması)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>6.95</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9799753624786</t>
+          <t>9799752630191</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Filmler Eğlenceli Bilgi - 6</t>
+          <t>Namaz Tesbihatı (Arapça)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>40</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786051145051</t>
+          <t>9799753624885</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Muhammedi Ahlak (S.A.V)</t>
+          <t>Müthiş Moda Eğlenceli Bilgi - 10</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>3.7</v>
+        <v>40</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786051141374</t>
+          <t>9799753626681</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Muhafız</t>
+          <t>Müslümanın El Kitabı: Her Müslüman İçin Gerekli İlmihal Bilgileri</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>11.58</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786051143972</t>
+          <t>9786050804454</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakarlık</t>
+          <t>Mutlu Bir Yuva İçin Dört Mektup</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>13.89</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9799753627138</t>
+          <t>9799753624786</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Model İnsan Peygamber</t>
+          <t>Muhteşem Filmler Eğlenceli Bilgi - 6</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>2.69</v>
+        <v>40</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789752635012</t>
+          <t>9786051145051</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman Kanuni</t>
+          <t>Muhammedi Ahlak (S.A.V)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>40</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786050807745</t>
+          <t>9786051141374</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Süper Beyinleri</t>
+          <t>Muhafız</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>40</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786051148205</t>
+          <t>9786051143972</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gölgesinde</t>
+          <t>Muhafazakarlık</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>15.28</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789752639874</t>
+          <t>9799753627138</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren İmparatorluklar</t>
+          <t>Model İnsan Peygamber</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>20.37</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786051141961</t>
+          <t>9789752635012</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Diktatörler</t>
+          <t>Muhteşem Süleyman Kanuni</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786051148168</t>
+          <t>9786050807745</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Görmesin Harflerimi</t>
+          <t>Osmanlı Süper Beyinleri</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789752638112</t>
+          <t>9786051148205</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Taktik Matematik Formüllerin Gizemi</t>
+          <t>Tarihin Gölgesinde</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>45</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789752634930</t>
+          <t>9789752639874</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Takıntılı Aşklar</t>
+          <t>Tarihi Değiştiren İmparatorluklar</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>12.04</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9799753625653</t>
+          <t>9786051141961</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Tahir ile Zühre</t>
+          <t>Tarihi Değiştiren Diktatörler</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786051141732</t>
+          <t>9786051148168</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Tahammül Şeridi</t>
+          <t>Tanrı Görmesin Harflerimi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789752633698</t>
+          <t>9789752638112</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Şov ve Mahrem</t>
+          <t>Taktik Matematik Formüllerin Gizemi</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>11.12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9799753622782</t>
+          <t>9789752634930</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Şirazeden Şirazeye</t>
+          <t>Takıntılı Aşklar</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>5.09</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789753620857</t>
+          <t>9799753625653</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler (Ciltli)</t>
+          <t>Tahir ile Zühre</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>15.28</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9799752630009</t>
+          <t>9786051141732</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Düdükleri</t>
+          <t>Tahammül Şeridi</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>5.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9799752633956</t>
+          <t>9789752633698</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Sarmalı</t>
+          <t>Şov ve Mahrem</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>8.33</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9799753628920</t>
+          <t>9799753622782</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Şem ile Pervane</t>
+          <t>Şirazeden Şirazeye</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>5.56</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786051142197</t>
+          <t>9789753620857</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Şehirleri Süsleyen Yolcu</t>
+          <t>Şifalı Bitkiler (Ciltli)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>6.95</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789752635180</t>
+          <t>9799752630009</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Şebek Romanı</t>
+          <t>Şeytanın Düdükleri</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>47.5</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789753624633</t>
+          <t>9799752633956</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtan Galaksi Eğlenceli Bilgi - 3</t>
+          <t>Şeytan Sarmalı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>40</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789752637634</t>
+          <t>9799753628920</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Şair Nigar Hanım</t>
+          <t>Şem ile Pervane</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>25.93</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9799753626377</t>
+          <t>9786051142197</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Süleyman ile Belkıs</t>
+          <t>Şehirleri Süsleyen Yolcu</t>
         </is>
       </c>
       <c r="C639" s="1">
         <v>6.95</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786050810684</t>
+          <t>9789752635180</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Suriye Savaşları</t>
+          <t>Şebek Romanı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>16.21</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789752635050</t>
+          <t>9789753624633</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Sur Kenti Hikayeleri</t>
+          <t>Şaşırtan Galaksi Eğlenceli Bilgi - 3</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>16</v>
+        <v>40</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789752639553</t>
+          <t>9789752637634</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahdeddin’in Son Günleri</t>
+          <t>Şair Nigar Hanım</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>12.04</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789752638303</t>
+          <t>9799753626377</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Şafaktan Çok Önce</t>
+          <t>Süleyman ile Belkıs</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>7.41</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786051142364</t>
+          <t>9786050810684</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid’in Sürgün Günleri</t>
+          <t>Suriye Savaşları</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>27.78</v>
+        <v>16.21</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9799753629989</t>
+          <t>9789752635050</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Suikastlar</t>
+          <t>Sur Kenti Hikayeleri</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>13.89</v>
+        <v>16</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789752637856</t>
+          <t>9789752639553</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Sufi Psikolojisi</t>
+          <t>Sultan Vahdeddin’in Son Günleri</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>25.46</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9799753627503</t>
+          <t>9789752638303</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Sufi Öyküleri</t>
+          <t>Şafaktan Çok Önce</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789752631786</t>
+          <t>9786051142364</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Suç Avcıları - Eğlenceli Bilgi 42</t>
+          <t>Sultan 2. Abdülhamid’in Sürgün Günleri</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>40</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786051141930</t>
+          <t>9799753629989</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Su Güncesi</t>
+          <t>Suikastlar</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>70</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786050804379</t>
+          <t>9789752637856</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Sözün Miracı Dua</t>
+          <t>Sufi Psikolojisi</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>10.19</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789752639270</t>
+          <t>9799753627503</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Söz Yangını</t>
+          <t>Sufi Öyküleri</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>8.34</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9799752630245</t>
+          <t>9789752631786</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Sonuçlardan Sebeplere Sebeplerden Faillere</t>
+          <t>Suç Avcıları - Eğlenceli Bilgi 42</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>11.58</v>
+        <v>40</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9799753621433</t>
+          <t>9786051141930</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Yürüyüş</t>
+          <t>Su Güncesi</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9799753628760</t>
+          <t>9786050804379</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Son Asır İslam Mutasavvıfları</t>
+          <t>Sözün Miracı Dua</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>4.63</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789753620093</t>
+          <t>9789752639270</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Sofra Nimetleri Uygulamalı Yemek Kitapları (Ciltli)</t>
+          <t>Söz Yangını</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>27.78</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789753626781</t>
+          <t>9799752630245</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Sofra Nimetleri Uygulamalı Yemek Kitapları</t>
+          <t>Sonuçlardan Sebeplere Sebeplerden Faillere</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>13.89</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9799753627626</t>
+          <t>9799753621433</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Yılları</t>
+          <t>Sonsuza Yürüyüş</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>12.04</v>
+        <v>20</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789753626804</t>
+          <t>9799753628760</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan: Devletler Oyununda Çıkarları Korumak</t>
+          <t>Son Asır İslam Mutasavvıfları</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>8.34</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789752637436</t>
+          <t>9789753620093</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Sigara ve Bırakma Yolları</t>
+          <t>Sofra Nimetleri Uygulamalı Yemek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>8.34</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789752636958</t>
+          <t>9789753626781</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız İnternet Eğlenceli Bilgi Bilim</t>
+          <t>Sofra Nimetleri Uygulamalı Yemek Kitapları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789752639584</t>
+          <t>9799753627626</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Dünyanın Yeni Sınırı: Başörtüsü</t>
+          <t>Siyaset Yılları</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>10.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9799753626322</t>
+          <t>9789753626804</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Sevmeye Geç Kalmadın</t>
+          <t>Sil Baştan: Devletler Oyununda Çıkarları Korumak</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>9.26</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9799752631006</t>
+          <t>9789752637436</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye İhtiyacım Var Evliliği Sağlıklı Kılmanın Yolları</t>
+          <t>Sigara ve Bırakma Yolları</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>6.48</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9799752631570</t>
+          <t>9789752636958</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Serhat Fatihleri Tarihin Gizli Kahramanları</t>
+          <t>Sınırsız İnternet Eğlenceli Bilgi Bilim</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>8.33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786051140285</t>
+          <t>9789752639584</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Sen de Başkasına Anlat</t>
+          <t>Sınırsız Dünyanın Yeni Sınırı: Başörtüsü</t>
         </is>
       </c>
       <c r="C665" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9799752630764</t>
+          <t>9799753626322</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir İstisna mısın?</t>
+          <t>Sevmeye Geç Kalmadın</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789752635722</t>
+          <t>9799752631006</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Selam Sana Ey Nebi</t>
+          <t>Sevgiye İhtiyacım Var Evliliği Sağlıklı Kılmanın Yolları</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>12.5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786050808537</t>
+          <t>9799752631570</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Satılık İmparatorluk</t>
+          <t>Serhat Fatihleri Tarihin Gizli Kahramanları</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>16.2</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9799752633109</t>
+          <t>9786051140285</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Sarsılmayan İman</t>
+          <t>Sen de Başkasına Anlat</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786051141251</t>
+          <t>9799752630764</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Saray Hatıralarım</t>
+          <t>Sen Bir İstisna mısın?</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786050808124</t>
+          <t>9789752635722</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kitap</t>
+          <t>Selam Sana Ey Nebi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>26</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786051140001</t>
+          <t>9786050808537</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Sandılar</t>
+          <t>Satılık İmparatorluk</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>120</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9799752634656</t>
+          <t>9799752633109</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Safahat Öyküleri</t>
+          <t>Sarsılmayan İman</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>6.02</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786051143590</t>
+          <t>9786051141251</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Sabit ve Değişken</t>
+          <t>Saray Hatıralarım</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>90</v>
+        <v>11</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786051148151</t>
+          <t>9786050808124</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Dolu Konaklar</t>
+          <t>Saklı Kitap</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>9.26</v>
+        <v>26</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789753621373</t>
+          <t>9786051140001</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
+          <t>Sahipsiz Sandılar</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>27.78</v>
+        <v>120</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786051143293</t>
+          <t>9799752634656</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kasrı</t>
+          <t>Safahat Öyküleri</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>5.56</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786051142289</t>
+          <t>9786051143590</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Rusyasız Dünya</t>
+          <t>Sabit ve Değişken</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>10.65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789752639959</t>
+          <t>9786051148151</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Rusların Gözüyle Ortadoğu</t>
+          <t>Rüzgar Dolu Konaklar</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789752634206</t>
+          <t>9789753621373</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Ruh Hali</t>
+          <t>Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>185</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789753624190</t>
+          <t>9786051143293</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Rıza Tevfik</t>
+          <t>Rüya Kasrı</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>5.09</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786050801279</t>
+          <t>9786051142289</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Restoran İşletmeciliğinde İşçi - İşveren İlişkileri</t>
+          <t>Rusyasız Dünya</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>18.52</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789752631564</t>
+          <t>9789752639959</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Restoran İşletmeciliği</t>
+          <t>Rusların Gözüyle Ortadoğu</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789753627719</t>
+          <t>9789752634206</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Refia Sultan: Bir Tanzimat Prensesi</t>
+          <t>Ruh Hali</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>17.5</v>
+        <v>185</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9799753627107</t>
+          <t>9789753624190</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Ramazannâme</t>
+          <t>Rıza Tevfik</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>8.34</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786051140995</t>
+          <t>9786050801279</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Pusu</t>
+          <t>Restoran İşletmeciliğinde İşçi - İşveren İlişkileri</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786051143132</t>
+          <t>9789752631564</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Konuşmaları</t>
+          <t>Restoran İşletmeciliği</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>14.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786050807684</t>
+          <t>9789753627719</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji</t>
+          <t>Refia Sultan: Bir Tanzimat Prensesi</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>24.54</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789752634879</t>
+          <t>9799753627107</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Dünyada Kıbleyi Bulmak</t>
+          <t>Ramazannâme</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>60</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786050810356</t>
+          <t>9786051140995</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis ve Acayip Haritası</t>
+          <t>Pusu</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>40</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789752635296</t>
+          <t>9786051143132</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Piramitteki Esrarengiz Hazine</t>
+          <t>Psikoloji Konuşmaları</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>40</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9799753629682</t>
+          <t>9786050807684</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebubekir</t>
+          <t>Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>7.41</v>
+        <v>24.54</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786051145112</t>
+          <t>9789752634879</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Hayyam</t>
+          <t>Postmodern Dünyada Kıbleyi Bulmak</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>10.19</v>
+        <v>60</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9799753623055</t>
+          <t>9786050810356</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızdaki Her Problemin Çözümünde Uzman Sizsiniz</t>
+          <t>Piri Reis ve Acayip Haritası</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>6.94</v>
+        <v>40</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9799753623659</t>
+          <t>9789752635296</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Hayata Düşülen Dipnotlar</t>
+          <t>Piramitteki Esrarengiz Hazine</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789753627207</t>
+          <t>9799753629682</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Notlar</t>
+          <t>Hazreti Ebubekir</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786050810882</t>
+          <t>9786051145112</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Hayat Teselli Bulmaktır</t>
+          <t>Hayyam</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>110</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9799753624793</t>
+          <t>9799753623055</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Havaya Uçuran Müzik Eğlenceli Bilgi - 7</t>
+          <t>Hayatınızdaki Her Problemin Çözümünde Uzman Sizsiniz</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>40</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786051142692</t>
+          <t>9799753623659</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Beni Hayat</t>
+          <t>Hayata Düşülen Dipnotlar</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>7.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789752635098</t>
+          <t>9789753627207</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Harp Hatıralarım</t>
+          <t>Hayata Dair Notlar</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>12</v>
+        <v>120</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786051142371</t>
+          <t>9786050810882</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>Hayat Teselli Bulmaktır</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>23.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789752637009</t>
+          <t>9799753624793</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Günün Kısa Tarihi</t>
+          <t>Havaya Uçuran Müzik Eğlenceli Bilgi - 7</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>11.58</v>
+        <v>40</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9799752630788</t>
+          <t>9786051142692</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Gece</t>
+          <t>Hatırla Beni Hayat</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>7.41</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786050810660</t>
+          <t>9789752635098</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı Var mı?</t>
+          <t>Harp Hatıralarım</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>23.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9799753626452</t>
+          <t>9786051142371</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Gün Solar Akşamın Mateminde</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>8.33</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786050810349</t>
+          <t>9789752637009</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Gümbürtülü Devrimler</t>
+          <t>Günün Kısa Tarihi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>160</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051145099</t>
+          <t>9799752630788</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Göz Göze Görsel Zeka</t>
+          <t>Günaydın Gece</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786050802795</t>
+          <t>9786050810660</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Görme Bahçesi</t>
+          <t>Hayatın Anlamı Var mı?</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>100</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789752635272</t>
+          <t>9799753626452</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sultanlarımız</t>
+          <t>Gün Solar Akşamın Mateminde</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789752637887</t>
+          <t>9786050810349</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Gölge İktidar</t>
+          <t>Gümbürtülü Devrimler</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>16.2</v>
+        <v>160</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789752635524</t>
+          <t>9786051145099</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Göğüs Kanseri</t>
+          <t>Göz Göze Görsel Zeka</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>8.8</v>
+        <v>40</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786051142685</t>
+          <t>9786050802795</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Geri Gel Ey Osmanlı</t>
+          <t>Görme Bahçesi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>15.28</v>
+        <v>100</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786051146676</t>
+          <t>9789752635272</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Tarihin Peşinde</t>
+          <t>Gönül Sultanlarımız</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>15.28</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789752635036</t>
+          <t>9789752637887</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Hac - Hacıların El Kitabı</t>
+          <t>Gölge İktidar</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>60</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786050807530</t>
+          <t>9789752635524</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Gerçek İnsanın Yüzünde Yazar mı?</t>
+          <t>Göğüs Kanseri</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>20</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786051142388</t>
+          <t>9786051142685</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği İnciten Papağan</t>
+          <t>Geri Gel Ey Osmanlı</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>7.87</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786050803228</t>
+          <t>9786051146676</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Genç Psikiyatristin El Kitabı</t>
+          <t>Gerçek Tarihin Peşinde</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>18.06</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786050804225</t>
+          <t>9789752635036</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Genç Prens’in Dönüşü</t>
+          <t>Hac - Hacıların El Kitabı</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9799753629996</t>
+          <t>9786050807530</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Gelirim</t>
+          <t>Gerçek İnsanın Yüzünde Yazar mı?</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789752637450</t>
+          <t>9786051142388</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Geçtim Dünya Üzerinden</t>
+          <t>Gerçeği İnciten Papağan</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>12.5</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786050802580</t>
+          <t>9786050803228</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ülkem Türkiye</t>
+          <t>Genç Psikiyatristin El Kitabı</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>40</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786051148182</t>
+          <t>9786050804225</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Gecenin İkinci Rüyası</t>
+          <t>Genç Prens’in Dönüşü</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786050801200</t>
+          <t>9799753629996</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Gayriresmi Cumhuriyet</t>
+          <t>Gelirim</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786050807523</t>
+          <t>9789752637450</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Garip</t>
+          <t>Geçtim Dünya Üzerinden</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>24</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786051141039</t>
+          <t>9786050802580</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Filmin Ağlanacak Yeri</t>
+          <t>Güzel Ülkem Türkiye</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>7.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786051148175</t>
+          <t>9786051148182</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Geçimsizler</t>
+          <t>Gecenin İkinci Rüyası</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>19.91</v>
+        <v>20</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786050832013</t>
+          <t>9786050801200</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Enformatik Cehalet (Bez Cilt) (Ciltli)</t>
+          <t>Gayriresmi Cumhuriyet</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786050832945</t>
+          <t>9786050807523</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Mimoza Sürgünü (Bez Cilt - Sert Kapak) (Ciltli)</t>
+          <t>Garip</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>55</v>
+        <v>24</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786050830187</t>
+          <t>9786051141039</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Hastalıkların Duygusal Sebepleri</t>
+          <t>Filmin Ağlanacak Yeri</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>37.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786050832327</t>
+          <t>9786051148175</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Her An Yeniden</t>
+          <t>Geçimsizler</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>90</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786050829785</t>
+          <t>9786050832013</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Travmalarından Kurtulmak</t>
+          <t>Enformatik Cehalet (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786051144214</t>
+          <t>9786050832945</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sultanlar</t>
+          <t>Mimoza Sürgünü (Bez Cilt - Sert Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>325</v>
+        <v>55</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786050849318</t>
+          <t>9786050830187</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Gaslighting / Gerçekliği Çarpıtmanın ve Manipülasyonun Karanlık Sanatı</t>
+          <t>Hastalıkların Duygusal Sebepleri</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>275</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786050849554</t>
+          <t>9786050832327</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Dilden Dile / Çevirinin Konukseverliği</t>
+          <t>Her An Yeniden</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9799752633741</t>
+          <t>9786050829785</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Dere Tepe Düz Gittim</t>
+          <t>Geçmişin Travmalarından Kurtulmak</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>145</v>
+        <v>50</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786050831894</t>
+          <t>9786051144214</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Nevzat Tarhan ile Evlilik Okulu Seti (6 Kitap)</t>
+          <t>Kadın Sultanlar</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>1505</v>
+        <v>325</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>1520501989219</t>
+          <t>9786050849318</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Şimşirgil Otağ Seti (2 Kitap Takım)</t>
+          <t>Gaslighting / Gerçekliği Çarpıtmanın ve Manipülasyonun Karanlık Sanatı</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>510</v>
+        <v>325</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786050849325</t>
+          <t>9786050849554</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Otel</t>
+          <t>Dilden Dile / Çevirinin Konukseverliği</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786050812749</t>
+          <t>9799752633741</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Dere Tepe Düz Gittim</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786050849561</t>
+          <t>9786050831894</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı ve Amacı</t>
+          <t>Nevzat Tarhan ile Evlilik Okulu Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>275</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786050849509</t>
+          <t>1520501989219</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Scala’da Korku</t>
+          <t>Ahmet Şimşirgil Otağ Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>300</v>
+        <v>510</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786050845310</t>
+          <t>9786050849325</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Düşünürsen Öyle Yaşarsın</t>
+          <t>Görünmez Otel</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786050828788</t>
+          <t>9786050812749</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Gizli Anlaşmalar</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786050818956</t>
+          <t>9786050849561</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>İlma - Son Nişanlı</t>
+          <t>Hayatın Anlamı ve Amacı</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786050816525</t>
+          <t>9786050849509</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Fıkra Tadında Anne Baba Eğitimi</t>
+          <t>Scala’da Korku</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>80</v>
+        <v>325</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786050808476</t>
+          <t>9786050845310</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Kırık Heykel</t>
+          <t>Nasıl Düşünürsen Öyle Yaşarsın</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786051146904</t>
+          <t>9786050828788</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımında - Statükodan Önce Son Çıkış</t>
+          <t>Dünyayı Değiştiren Gizli Anlaşmalar</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>60</v>
+        <v>375</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786050808216</t>
+          <t>9786050818956</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yüzyılda İslam Dünyası</t>
+          <t>İlma - Son Nişanlı</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786051142890</t>
+          <t>9786050816525</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Fıkra Tadında Anne Baba Eğitimi</t>
         </is>
       </c>
       <c r="C749" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786050808193</t>
+          <t>9786050808476</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Ateşte Bir Kadın</t>
+          <t>Kırık Heykel</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789752638334</t>
+          <t>9786051146904</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Çalkantı ve Dalga</t>
+          <t>Yol Ayrımında - Statükodan Önce Son Çıkış</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789752636620</t>
+          <t>9786050808216</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Din ve Devlet</t>
+          <t>Yeni Yüzyılda İslam Dünyası</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786050810677</t>
+          <t>9786051142890</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Darbe</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786050820676</t>
+          <t>9786050808193</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Dini</t>
+          <t>Çapraz Ateşte Bir Kadın</t>
         </is>
       </c>
       <c r="C754" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786050815122</t>
+          <t>9789752638334</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Bayezid Timur'a Karşı</t>
+          <t>Çalkantı ve Dalga</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786050836103</t>
+          <t>9789752636620</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Benim Gönlüm Bir Kuştur - Bir Ahmed Yesevi Romanı</t>
+          <t>Modern Dünyada Din ve Devlet</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789752638976</t>
+          <t>9786050810677</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Pastoral Senfoni</t>
+          <t>Beşinci Darbe</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786050809084</t>
+          <t>9786050820676</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Nurusiyah</t>
+          <t>Sultanın Dini</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786050804201</t>
+          <t>9786050815122</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Rüyası</t>
+          <t>Bayezid Timur'a Karşı</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786050830231</t>
+          <t>9786050836103</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Bakış</t>
+          <t>Benim Gönlüm Bir Kuştur - Bir Ahmed Yesevi Romanı</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786050819045</t>
+          <t>9789752638976</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Genç Olmak</t>
+          <t>Pastoral Senfoni</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786050832402</t>
+          <t>9786050809084</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Toprak</t>
+          <t>Nurusiyah</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786050849233</t>
+          <t>9786050804201</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Din Tehlikeli midir?</t>
+          <t>Sultanın Rüyası</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786050849295</t>
+          <t>9786050830231</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Metehan</t>
+          <t>Bakış</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786050849257</t>
+          <t>9786050819045</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Huawei – Çin’in En Güçlü Şirketinin Gizli Tarihi</t>
+          <t>Bilinçli Genç Olmak</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786050849264</t>
+          <t>9786050832402</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Takılı Kalan Zihin</t>
+          <t>Toprak</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786050849158</t>
+          <t>9786050849233</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Şam'ın Uykusuz Zürafası</t>
+          <t>Din Tehlikeli midir?</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786050849240</t>
+          <t>9786050849295</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Suskunlar Meclisi</t>
+          <t>Metehan</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786050849271</t>
+          <t>9786050849257</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Düşünmenin Alfabesi</t>
+          <t>Huawei – Çin’in En Güçlü Şirketinin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786050849288</t>
+          <t>9786050849264</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Araştırmanın Alfabesi</t>
+          <t>Takılı Kalan Zihin</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786050849202</t>
+          <t>9786050849158</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (Açıklamalı - Tam Metin - Tek Cilt) (Ciltli)</t>
+          <t>Şam'ın Uykusuz Zürafası</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>800</v>
+        <v>375</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786259775647</t>
+          <t>9786050849240</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Pişmanlık Psikolojisi</t>
+          <t>Suskunlar Meclisi</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786050849165</t>
+          <t>9786050849271</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Stoacının El Kitabı</t>
+          <t>Düşünmenin Alfabesi</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786050849226</t>
+          <t>9786050849288</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman Evet Ne Zaman Hayır?</t>
+          <t>Araştırmanın Alfabesi</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786050849196</t>
+          <t>9786050849202</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevdiğine Dert Verir</t>
+          <t>Mesnevi (Açıklamalı - Tam Metin - Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786050849219</t>
+          <t>9786259775647</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Klasiğimiz Mustafa Kutlu</t>
+          <t>Kur’an’da Pişmanlık Psikolojisi</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789753624213</t>
+          <t>9786050849165</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Toplantı Düzenleme</t>
+          <t>Stoacının El Kitabı</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>5.09</v>
+        <v>300</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789753624183</t>
+          <t>9786050849226</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Hayali</t>
+          <t>Ne Zaman Evet Ne Zaman Hayır?</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>62.96</v>
+        <v>300</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789753624039</t>
+          <t>9786050849196</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Allah Sevdiğine Dert Verir</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>5.09</v>
+        <v>450</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>3990000073219</t>
+          <t>9786050849219</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Konu Anlatımı Fasikül 4</t>
+          <t>Yaşayan Klasiğimiz Mustafa Kutlu</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>7</v>
+        <v>450</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>3990000073218</t>
+          <t>9789753624213</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Konu Anlatımı Fasikül 3</t>
+          <t>Toplantı Düzenleme</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>7</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9799753629507</t>
+          <t>9789753624183</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Fellah</t>
+          <t>Hayali</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>8.8</v>
+        <v>62.96</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9799753626995</t>
+          <t>9789753624039</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Tevfik Fikret</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>11.57</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786050819489</t>
+          <t>3990000073219</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Burası Çanakkale Buradan Geçiş Yok - Eğlenceli Tarih</t>
+          <t>4. Sınıf Matematik Konu Anlatımı Fasikül 4</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>145</v>
+        <v>7</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9799752631129</t>
+          <t>3990000073218</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>4. Sınıf Matematik Konu Anlatımı Fasikül 3</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786050827064</t>
+          <t>9799753629507</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı Seti (9 Kitap - Kayı Bayrağı Hediye)</t>
+          <t>Hüseyin Fellah</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>170.37</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786050801668</t>
+          <t>9799753626995</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>İran: Tehdit mi, Fırsat mı?</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>17.13</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786050811315</t>
+          <t>9786050819489</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>İran Siyasetinin İç Yüzü</t>
+          <t>Burası Çanakkale Buradan Geçiş Yok - Eğlenceli Tarih</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>19.91</v>
+        <v>145</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9799752634267</t>
+          <t>9799752631129</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Özel Efektler Eğlenceli Bilgi - 50</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9799753621099</t>
+          <t>9786050827064</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>İletişim veya Dehşet Çağı</t>
+          <t>Osmanlı Tarihi Kayı Seti (9 Kitap - Kayı Bayrağı Hediye)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>5.09</v>
+        <v>170.37</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9799753626148</t>
+          <t>9786050801668</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>İmaj ve Takva</t>
+          <t>İran: Tehdit mi, Fırsat mı?</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>11.58</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786051145037</t>
+          <t>9786050811315</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Huzur Sokağı</t>
+          <t>İran Siyasetinin İç Yüzü</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>9.17</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9799753627961</t>
+          <t>9799752634267</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Öyküleri</t>
+          <t>İnanılmaz Özel Efektler Eğlenceli Bilgi - 50</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>6.48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789753621564</t>
+          <t>9799753621099</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Ülke</t>
+          <t>İletişim veya Dehşet Çağı</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>6.94</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786050824223</t>
+          <t>9799753626148</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Proje</t>
+          <t>İmaj ve Takva</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>380</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786050829860</t>
+          <t>9786051145037</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Şamil - Kafkas Kartalı</t>
+          <t>Huzur Sokağı</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>400</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>3990000034509</t>
+          <t>9799753627961</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Otağ 2 - Emir Timur (İmzalı)</t>
+          <t>Hikmet Öyküleri</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>28.5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786050822281</t>
+          <t>9789753621564</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Babamın Yalnızlığı</t>
+          <t>Bir Garip Ülke</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>120</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>1520101993913</t>
+          <t>9786050824223</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi (2 Kitap Takım)</t>
+          <t>Bitmeyen Proje</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786050810516</t>
+          <t>9786050829860</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Timaş Turuncu Balon Okul Öncesi Eğitim Seti (36-48)</t>
+          <t>Şeyh Şamil - Kafkas Kartalı</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>129.63</v>
+        <v>475</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786050801255</t>
+          <t>3990000034509</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Timaş Okul Öncesi Eğitim Seti (48-66)</t>
+          <t>Otağ 2 - Emir Timur (İmzalı)</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>134.26</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789752635586</t>
+          <t>9786050822281</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik - Milliyetsizlik</t>
+          <t>Babamın Yalnızlığı</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>8.33</v>
+        <v>120</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789752631878</t>
+          <t>1520101993913</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Meleklere İman</t>
+          <t>Türklerin Tarihi (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>1.39</v>
+        <v>120</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789752638082</t>
+          <t>9786050810516</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Medyasenfoni</t>
+          <t>Timaş Turuncu Balon Okul Öncesi Eğitim Seti (36-48)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>7.88</v>
+        <v>129.63</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789752631830</t>
+          <t>9786050801255</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Maddi Hastalıklara Manevi Reçeteler</t>
+          <t>Timaş Okul Öncesi Eğitim Seti (48-66)</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>1.39</v>
+        <v>134.26</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786051148212</t>
+          <t>9789752635586</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Kürt Ergenekonu</t>
+          <t>Milliyetçilik - Milliyetsizlik</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>25</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786050802740</t>
+          <t>9789752631878</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Kudüs (Ciltli)</t>
+          <t>Meleklere İman</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>138.89</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789752634992</t>
+          <t>9789752638082</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Kimya Kim Ya!? Eğlenceli Bilgi - 55</t>
+          <t>Medyasenfoni</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>40</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9799752633581</t>
+          <t>9789752631830</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kazı Kazan</t>
+          <t>Maddi Hastalıklara Manevi Reçeteler</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>11.12</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786051141398</t>
+          <t>9786051148212</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap Barnabas’ın Sırrı</t>
+          <t>Kürt Ergenekonu</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9799752630986</t>
+          <t>9786050802740</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alanda Başörtülüler</t>
+          <t>Kudüs (Ciltli)</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>10.19</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786050801590</t>
+          <t>9789752634992</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsüz Demokrasi'de Adı Konmamış Darbe</t>
+          <t>Kimya Kim Ya!? Eğlenceli Bilgi - 55</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>27.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789753623322</t>
+          <t>9799752633581</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Armagedon Türkiye-İsrail Gizli Savaşı</t>
+          <t>Kazı Kazan</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>11.57</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789752638167</t>
+          <t>9786051141398</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Apokrifal</t>
+          <t>Kayıp Kitap Barnabas’ın Sırrı</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>11.57</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789753625210</t>
+          <t>9799752630986</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Apokalipse Kıyametin Gizli Tarihi</t>
+          <t>Kamusal Alanda Başörtülüler</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789752635913</t>
+          <t>9786050801590</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Ankara Washington Hattı Amerikan İktidarının Sonu</t>
+          <t>Başörtüsüz Demokrasi'de Adı Konmamış Darbe</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>10.19</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786051141664</t>
+          <t>9789753623322</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Angelika</t>
+          <t>Armagedon Türkiye-İsrail Gizli Savaşı</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>16.2</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9799752631433</t>
+          <t>9789752638167</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarından Öğütler</t>
+          <t>Apokrifal</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>1.39</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9799753624250</t>
+          <t>9789753625210</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Alemde Dönen Ne?</t>
+          <t>Apokalipse Kıyametin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9799753629637</t>
+          <t>9789752635913</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Alaba "Gülen Ay" Kenya Hatıraları</t>
+          <t>Ankara Washington Hattı Amerikan İktidarının Sonu</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>6.94</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9799753626209</t>
+          <t>9786051141664</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Agharta Elektromanyetik Savaş Başladı</t>
+          <t>Angelika</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>11.11</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9799752633161</t>
+          <t>9799752631433</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an-ı Kerim Meali</t>
+          <t>Allah Dostlarından Öğütler</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>11.88</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786051142241</t>
+          <t>9799753624250</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Fethullah Gülen ve Hareketi</t>
+          <t>Alemde Dönen Ne?</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>15.28</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789752630819</t>
+          <t>9799753629637</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Zula</t>
+          <t>Alaba "Gülen Ay" Kenya Hatıraları</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>5.56</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9799753625974</t>
+          <t>9799753626209</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Yürüyelim Seninle İstanbul’da</t>
+          <t>Agharta Elektromanyetik Savaş Başladı</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>6.94</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9799753626438</t>
+          <t>9799752633161</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Yolcular Hüdhüd’e ve Arkadaşlarına</t>
+          <t>Açıklamalı Kur’an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>5.56</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789752639935</t>
+          <t>9786051142241</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Yeşil</t>
+          <t>100 Soruda Fethullah Gülen ve Hareketi</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>11.58</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789752637184</t>
+          <t>9789752630819</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Cumhuriyeti</t>
+          <t>Zula</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>14.82</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9799753629002</t>
+          <t>9799753625974</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Yazı Tura ve Olasılık Hesapları  Eğlenceli Bilgi - 23</t>
+          <t>Yürüyelim Seninle İstanbul’da</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>145</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9799752633437</t>
+          <t>9799753626438</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Yay</t>
+          <t>Yolcular Hüdhüd’e ve Arkadaşlarına</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>1.39</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9799753628562</t>
+          <t>9789752639935</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sevinci</t>
+          <t>Yeşil</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>6.48</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789753626569</t>
+          <t>9789752637184</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Evi</t>
+          <t>Yeni Türkiye Cumhuriyeti</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>9.26</v>
+        <v>14.82</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9799753626513</t>
+          <t>9799753629002</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Düşler</t>
+          <t>Yazı Tura ve Olasılık Hesapları  Eğlenceli Bilgi - 23</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>5.56</v>
+        <v>145</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789752635807</t>
+          <t>9799752633437</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Türkler</t>
+          <t>Yay</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>7.41</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9799753628586</t>
+          <t>9799753628562</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunda Aydın Sınıfın Anatomisi</t>
+          <t>Yaşama Sevinci</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>16.2</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9799752630450</t>
+          <t>9789753626569</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Tövbe ve İstiğfar Günlüğü</t>
+          <t>Varlığın Evi</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789752636668</t>
+          <t>9799753626513</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>Uykusuz Düşler</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>12.97</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789752635067</t>
+          <t>9789752635807</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Fatma Aliye: Uzak Ülke</t>
+          <t>Türkler</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9799753628791</t>
+          <t>9799753628586</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Yolculuğu</t>
+          <t>Türk Toplumunda Aydın Sınıfın Anatomisi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>3.7</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9799752631396</t>
+          <t>9799752630450</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Ergenlerle İletişim Gençleri Anlama Rehberi</t>
+          <t>Tövbe ve İstiğfar Günlüğü</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>11.12</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789752636347</t>
+          <t>9789752636668</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Enerji Canavarı - Eğlenceli Bilgi 25</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>40</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786050804423</t>
+          <t>9789752635067</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tarih Seti</t>
+          <t>Fatma Aliye: Uzak Ülke</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>87.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786050804430</t>
+          <t>9799753628791</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Coğrafya Seti (10 Kitap Takım - Kutulu)</t>
+          <t>Erzurum Yolculuğu</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>87.96</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786050804416</t>
+          <t>9799752631396</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilim (10 Kitap Takım, Kutulu)</t>
+          <t>Ergenlerle İletişim Gençleri Anlama Rehberi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>87.96</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789752636224</t>
+          <t>9789752636347</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilgi Cesur Pilotlar</t>
+          <t>Enerji Canavarı - Eğlenceli Bilgi 25</t>
         </is>
       </c>
       <c r="C845" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9799753623116</t>
+          <t>9786050804423</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinema Sanayii</t>
+          <t>Eğlenceli Tarih Seti</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>6.48</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9799753629699</t>
+          <t>9786050804430</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Dua Günlüğü</t>
+          <t>Eğlenceli Coğrafya Seti (10 Kitap Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>8.33</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786051141077</t>
+          <t>9786050804416</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Üzerine</t>
+          <t>Eğlenceli Bilim (10 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>12.5</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9799753629859</t>
+          <t>9789752636224</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Don Kazakları</t>
+          <t>Eğlenceli Bilgi Cesur Pilotlar</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>10.19</v>
+        <v>40</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789753623834</t>
+          <t>9799753623116</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika</t>
+          <t>Dünya Sinema Sanayii</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789753623797</t>
+          <t>9799753629699</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Devlet İdaresi</t>
+          <t>Dua Günlüğü</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9799753627640</t>
+          <t>9786051141077</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Deşifre Darbeyi Rapor Ettim...</t>
+          <t>Dostluk Üzerine</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>14.81</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789752635920</t>
+          <t>9799753629859</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Derin Siyah</t>
+          <t>Don Kazakları</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>16.2</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789752636866</t>
+          <t>9789753623834</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Derin PKK</t>
+          <t>Dış Politika</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>10.19</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9799752634359</t>
+          <t>9789753623797</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Saçan Işık</t>
+          <t>Devlet İdaresi</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9799753627442</t>
+          <t>9799753627640</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Derin Dünya Devleti: Gizli Doktrinin Küresel Efendileri</t>
+          <t>Deşifre Darbeyi Rapor Ettim...</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9799753623864</t>
+          <t>9789752635920</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza İyi Bir Başlangıç Kazandırın</t>
+          <t>Derin Siyah</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>8.34</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789752638273</t>
+          <t>9789752636866</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Ve Ben</t>
+          <t>Derin PKK</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789752631663</t>
+          <t>9799752634359</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Şifreler</t>
+          <t>Dehşet Saçan Işık</t>
         </is>
       </c>
       <c r="C859" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9799753629187</t>
+          <t>9799753627442</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Çevremizdeki Şifalı Bitkiler: Görüp de Yararlanmadığımız Hazine</t>
+          <t>Derin Dünya Devleti: Gizli Doktrinin Küresel Efendileri</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>6.94</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789752637108</t>
+          <t>9799753623864</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Çarpıcı Elektrik Eğlenceli Bilgi</t>
+          <t>Çocuğunuza İyi Bir Başlangıç Kazandırın</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>40</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789753626576</t>
+          <t>9789752638273</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Cevdet Paşa’nın Toplum ve Devlet Görüşü</t>
+          <t>Çocuğum Ve Ben</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9799752634151</t>
+          <t>9789752631663</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Büyük Mor İnek</t>
+          <t>Çıldırtan Şifreler</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>8.33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789753620611</t>
+          <t>9799753629187</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>Çevremizdeki Şifalı Bitkiler: Görüp de Yararlanmadığımız Hazine</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>18.52</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786050807080</t>
+          <t>9789752637108</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yağmur Kimseyi İncitmez</t>
+          <t>Çarpıcı Elektrik Eğlenceli Bilgi</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>275</v>
+        <v>40</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9799753628555</t>
+          <t>9789753626576</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Hikaye</t>
+          <t>Cevdet Paşa’nın Toplum ve Devlet Görüşü</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>10.19</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789752635289</t>
+          <t>9799752634151</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Bir Çığır Öyküsü Şule Yüksel Şenler</t>
+          <t>Büyük Mor İnek</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786051144023</t>
+          <t>9789753620611</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Bi’ Ermeni Var</t>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789752631816</t>
+          <t>9786050807080</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Müslüman’ım Neye Nasıl İnanırım?</t>
+          <t>Biraz Yağmur Kimseyi İncitmez</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>1.39</v>
+        <v>275</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789752635043</t>
+          <t>9799753628555</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Bediüzaman Çağı Aydınlatan Nur</t>
+          <t>Bir Yudum Hikaye</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>11.12</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9799752631013</t>
+          <t>9789752635289</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Bedeutet Der Tod Das Nichts?</t>
+          <t>Bir Çığır Öyküsü Şule Yüksel Şenler</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>3.7</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9799753625943</t>
+          <t>9786051144023</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Başarı Bedel İster</t>
+          <t>Bi’ Ermeni Var</t>
         </is>
       </c>
       <c r="C872" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9799753624618</t>
+          <t>9789752631816</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Başa Çıkılamayan Çocuklar</t>
+          <t>Ben Bir Müslüman’ım Neye Nasıl İnanırım?</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>8.34</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9799753629651</t>
+          <t>9789752635043</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsüz Demokrasi: Tarih İçinde Tarih</t>
+          <t>Bediüzaman Çağı Aydınlatan Nur</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>11.58</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789752636804</t>
+          <t>9799752631013</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Ay Terapisi</t>
+          <t>Bedeutet Der Tod Das Nichts?</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>10.65</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9799753625929</t>
+          <t>9799753625943</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Avrupa ve Amerika Karşısında Değişen Türkiye</t>
+          <t>Başarı Bedel İster</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>15.28</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789752636262</t>
+          <t>9799753624618</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sönmeyen Ateşi Yaman Dede</t>
+          <t>Başa Çıkılamayan Çocuklar</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>7.41</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786050801194</t>
+          <t>9799753629651</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhammed (S.A.V.)</t>
+          <t>Başörtüsüz Demokrasi: Tarih İçinde Tarih</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>9.26</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789753621991</t>
+          <t>9789752636804</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Sevdalı Şiirler 1</t>
+          <t>Ay Terapisi</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>9.26</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786051140292</t>
+          <t>9799753625929</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadetten Tablolar</t>
+          <t>Avrupa ve Amerika Karşısında Değişen Türkiye</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>6.48</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789752630123</t>
+          <t>9789752636262</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Sevdalı Şiirler 2</t>
+          <t>Aşkın Sönmeyen Ateşi Yaman Dede</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786050807813</t>
+          <t>9786050801194</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Asala Operasyonları</t>
+          <t>Aşk-ı Muhammed (S.A.V.)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>16.2</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786050804164</t>
+          <t>9789753621991</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon’un Zirvesi</t>
+          <t>Sevdalı Şiirler 1</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>13.43</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786050823226</t>
+          <t>9786051140292</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Namaza Nasıl Başlanır?</t>
+          <t>Asr-ı Saadetten Tablolar</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>12.5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786050817096</t>
+          <t>9789752630123</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Kurtlarla Dansı 2 (Arapça) 2</t>
+          <t>Sevdalı Şiirler 2</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>41.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786050817065</t>
+          <t>9786050807813</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid'in Kurtlarla Dansı 1 (Arapça) 1 السلطان عد الحميد وأنرقصن مع الذئاب</t>
+          <t>Asala Operasyonları</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>41.67</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786050817072</t>
+          <t>9786050804164</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Üç Kıtada Osmanlılar (Arapça) العثمانيون فى ثلاث قابإت</t>
+          <t>Ergenekon’un Zirvesi</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>37.04</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786050817133</t>
+          <t>9786050823226</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Mahrem Tarihi (Arapça) ا'تتاريخ اتسني للاصبرا3ئوزده ألعثمانية</t>
+          <t>Namaza Nasıl Başlanır?</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>37.04</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786050824438</t>
+          <t>9786050817096</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı Seti (8 Kitap - Kayı Bayrağı Hediye)</t>
+          <t>Abdülhamid'in Kurtlarla Dansı 2 (Arapça) 2</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>149.54</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>3990000031324</t>
+          <t>9786050817065</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Haz Çağında Organik Çocuk Yetiştirmek</t>
+          <t>Abdülhamid'in Kurtlarla Dansı 1 (Arapça) 1 السلطان عد الحميد وأنرقصن مع الذئاب</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>12.04</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786050819021</t>
+          <t>9786050817072</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>İnternet Çağında Pozitif Ebeveynlik</t>
+          <t>Üç Kıtada Osmanlılar (Arapça) العثمانيون فى ثلاث قابإت</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>190</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9799752631938</t>
+          <t>9786050817133</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Dünya Savaşı</t>
+          <t>Osmanlı'nın Mahrem Tarihi (Arapça) ا'تتاريخ اتسني للاصبرا3ئوزده ألعثمانية</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>12.97</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786050811773</t>
+          <t>9786050824438</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>Osmanlı Tarihi Kayı Seti (8 Kitap - Kayı Bayrağı Hediye)</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>32.41</v>
+        <v>149.54</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789752636200</t>
+          <t>3990000031324</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Kuran Nasihatları</t>
+          <t>Haz Çağında Organik Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>7.87</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786050807615</t>
+          <t>9786050819021</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>En Çok Okunan Yazardan En Çok Okunan 15 Kitap Set 2</t>
+          <t>İnternet Çağında Pozitif Ebeveynlik</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>219.91</v>
+        <v>190</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786050807608</t>
+          <t>9799752631938</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>En Çok Okunan Yazardan En Çok Okunan 15 Kitap Set 1</t>
+          <t>Üçüncü Dünya Savaşı</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>208.8</v>
+        <v>12.97</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786051143958</t>
+          <t>9786050811773</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Terapi</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>325</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789753624732</t>
+          <t>9789752636200</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Dünya Kupası Eğlenceli Bilgi - 5</t>
+          <t>Kuran Nasihatları</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>145</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789752636613</t>
+          <t>9786050807615</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimi Büyütüyorum</t>
+          <t>En Çok Okunan Yazardan En Çok Okunan 15 Kitap Set 2</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>25.46</v>
+        <v>219.91</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9799753629484</t>
+          <t>9786050807608</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Diliyle Özgüven Kazanımı</t>
+          <t>En Çok Okunan Yazardan En Çok Okunan 15 Kitap Set 1</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>8.34</v>
+        <v>208.8</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9799753627190</t>
+          <t>9786051143958</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Eğitiminde Yeni Teknikler</t>
+          <t>Terapi</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>9.26</v>
+        <v>325</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786050815047</t>
+          <t>9789753624732</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnete Göre Mut'a Nikâhı</t>
+          <t>Tehlikeli Dünya Kupası Eğlenceli Bilgi - 5</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>6.94</v>
+        <v>145</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786050807806</t>
+          <t>9789752636613</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Yeni Komşumuz Kürdistan</t>
+          <t>Bebeğimi Büyütüyorum</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>75</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9799752633086</t>
+          <t>9799753629484</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet</t>
+          <t>Sevgi Diliyle Özgüven Kazanımı</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>10.19</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9799752633277</t>
+          <t>9799753627190</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen ve Türkçe Açıklaması</t>
+          <t>Anne Baba Eğitiminde Yeni Teknikler</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>13.43</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9799752630214</t>
+          <t>9786050815047</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir (Arapça) (Ciltli)</t>
+          <t>Kur'an ve Sünnete Göre Mut'a Nikâhı</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>4.63</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9799753626971</t>
+          <t>9786050807806</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Etkili Öğretmenin Temel Davranışları</t>
+          <t>Yeni Komşumuz Kürdistan</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>7.41</v>
+        <v>75</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9799752633963</t>
+          <t>9799752633086</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed’in Sözleri ve Halleri</t>
+          <t>Derin Devlet</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>18.52</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9799753620122</t>
+          <t>9799752633277</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Is Death Non - Existance?</t>
+          <t>Büyük Cevşen ve Türkçe Açıklaması</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>75</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9799753623789</t>
+          <t>9799752630214</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>İşçi Kültürünün Yükselişi İş Ahlakı</t>
+          <t>Cevşen-i Kebir (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>6.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786050811520</t>
+          <t>9799753626971</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Kupkuru Çölleri Cennete Çeviren Gül - Hz. Muhammed (sav)</t>
+          <t>Etkili Öğretmenin Temel Davranışları</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9799753622386</t>
+          <t>9799752633963</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Etnik Sosyoloji Türk Etnik Sosyolojisi</t>
+          <t>Hazreti Muhammed’in Sözleri ve Halleri</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>18.06</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789752635845</t>
+          <t>9799753620122</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Tesbihat ve Cevşen Türkçe Okunuşuyla (Transkripsiyonlu)</t>
+          <t>Is Death Non - Existance?</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>5.56</v>
+        <v>75</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786051145501</t>
+          <t>9799753623789</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hıristiyan ve Yahudilerle Diyaloğu</t>
+          <t>İşçi Kültürünün Yükselişi İş Ahlakı</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>9.26</v>
+        <v>6.11</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789753629355</t>
+          <t>9786050811520</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Pembe Cadillac</t>
+          <t>Kupkuru Çölleri Cennete Çeviren Gül - Hz. Muhammed (sav)</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789753626729</t>
+          <t>9799753622386</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Paradokslar ve Mantık Oyunları Eğlenceli Bilgi - 11</t>
+          <t>Etnik Sosyoloji Türk Etnik Sosyolojisi</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>40</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9799753627329</t>
+          <t>9789752635845</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Pan</t>
+          <t>Tesbihat ve Cevşen Türkçe Okunuşuyla (Transkripsiyonlu)</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>5.09</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786050806397</t>
+          <t>9786051145501</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Özgür Romanlar (7 Kitap Takım, Kutulu)</t>
+          <t>Peygamberimizin Hıristiyan ve Yahudilerle Diyaloğu</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>52.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786050806366</t>
+          <t>9789753629355</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Örnek Hayatlar (7 Kitap Takım, Kutulu)</t>
+          <t>Pembe Cadillac</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>42.13</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9799753629286</t>
+          <t>9789753626729</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Öpücük Kutusu</t>
+          <t>Paradokslar ve Mantık Oyunları Eğlenceli Bilgi - 11</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789753624657</t>
+          <t>9799753627329</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Öldürücü Matematik Eğlenceli Bilgi - 1</t>
+          <t>Pan</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>40</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9799753627497</t>
+          <t>9786050806397</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Otobüsname Yaşadığımız İstanbul</t>
+          <t>Özgür Romanlar (7 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>11.58</v>
+        <v>52.78</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786051143712</t>
+          <t>9786050806366</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Uçar Gider</t>
+          <t>Örnek Hayatlar (7 Kitap Takım, Kutulu)</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>160</v>
+        <v>42.13</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786051141633</t>
+          <t>9799753629286</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şehri</t>
+          <t>Öpücük Kutusu</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786051149233</t>
+          <t>9789753624657</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hoşgörüsü</t>
+          <t>Öldürücü Matematik Eğlenceli Bilgi - 1</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>22.22</v>
+        <v>40</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786050810721</t>
+          <t>9799753627497</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’dan Günümüze Dünya Savaş Tarihi (5 Cilt Takım) (Ciltli)</t>
+          <t>Otobüsname Yaşadığımız İstanbul</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>416.67</v>
+        <v>11.58</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789752637696</t>
+          <t>9786051143712</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Nerden Çıktı Bu Matematik?</t>
+          <t>Otomobil Uçar Gider</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9799753629415</t>
+          <t>9786051141633</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Nazarın Afetleri ve Korunma Yolları</t>
+          <t>Osmanlı Şehri</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789753624442</t>
+          <t>9786051149233</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal</t>
+          <t>Osmanlı Hoşgörüsü</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>5.09</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789752637405</t>
+          <t>9786050810721</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Namaza Nasıl Başlanır</t>
+          <t>Ortaçağ’dan Günümüze Dünya Savaş Tarihi (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>6.02</v>
+        <v>416.67</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786050804218</t>
+          <t>9789752637696</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Namaz Öyküleri</t>
+          <t>Nerden Çıktı Bu Matematik?</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>6.94</v>
+        <v>40</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9799752633758</t>
+          <t>9799753629415</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Namaz Benim Huzurum</t>
+          <t>Nazarın Afetleri ve Korunma Yolları</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9799752631709</t>
+          <t>9789753624442</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Müzikterapi</t>
+          <t>Namık Kemal</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>12.96</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9799753626445</t>
+          <t>9789752637405</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Müpteladır Gemiler Benim Denizlerime</t>
+          <t>Namaza Nasıl Başlanır</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>5.56</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9799753626896</t>
+          <t>9786050804218</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Muhteris</t>
+          <t>Namaz Öyküleri</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>5.56</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789752639898</t>
+          <t>9799752633758</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Başkan</t>
+          <t>Namaz Benim Huzurum</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>10.19</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789753629676</t>
+          <t>9799752631709</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Mucitler ve Parlak Fikirleri - Eğlenceli Bilgi 27</t>
+          <t>Müzikterapi</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>40</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786051140940</t>
+          <t>9799753626445</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Monşer</t>
+          <t>Müpteladır Gemiler Benim Denizlerime</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9799752633543</t>
+          <t>9799753626896</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Mobbing İşyerinde Duygusal Saldırı ve Mücadele Yöntemleri</t>
+          <t>Muhteris</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>10.19</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9799753622041</t>
+          <t>9789752639898</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Mum</t>
+          <t>Muhsin Başkan</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>60</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789752634756</t>
+          <t>9789753629676</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Mucitler ve Parlak Fikirleri - Eğlenceli Bilgi 27</t>
         </is>
       </c>
       <c r="C941" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9799752630269</t>
+          <t>9786051140940</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Kültürü</t>
+          <t>Monşer</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>18.06</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9799753628319</t>
+          <t>9799752633543</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Babaların Çocuklarına Öğütleri</t>
+          <t>Mobbing İşyerinde Duygusal Saldırı ve Mücadele Yöntemleri</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786051140025</t>
+          <t>9799753622041</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Şöyle Garip Bencileyin</t>
+          <t>Mum</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>7.41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9799752633550</t>
+          <t>9789752634756</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Şatom Benim Üzgün Yurdum</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>6.94</v>
+        <v>40</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9799753629712</t>
+          <t>9799752630269</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Şaşmaz Ölçüler Uzunluk, Alan ve Hacim Ölçüleri Eğlenceli Bilgi - 28</t>
+          <t>Mutfak Kültürü</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>40</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9799753624915</t>
+          <t>9799753628319</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Konuşmaları 21. Yüzyılın Eşiğinde</t>
+          <t>Tarih Boyunca Babaların Çocuklarına Öğütleri</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9799752634274</t>
+          <t>9786051140025</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Zeka - Başarının Yeni Bilimi</t>
+          <t>Şöyle Garip Bencileyin</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>12.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789753627054</t>
+          <t>9799752633550</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Sokak Sesleri</t>
+          <t>Şatom Benim Üzgün Yurdum</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>12.5</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9799753626384</t>
+          <t>9799753629712</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Sofra Nimetleri (Küçük Boy) Uygulamalı Yemek Kitapları (Ciltli)</t>
+          <t>Şaşmaz Ölçüler Uzunluk, Alan ve Hacim Ölçüleri Eğlenceli Bilgi - 28</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>16.67</v>
+        <v>40</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9799752633130</t>
+          <t>9799753624915</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Sistema Geleceğin Düşüncesi</t>
+          <t>Sosyoloji Konuşmaları 21. Yüzyılın Eşiğinde</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9799752630955</t>
+          <t>9799752634274</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Ölmekle Başlar</t>
+          <t>Sosyal Zeka - Başarının Yeni Bilimi</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786050800845</t>
+          <t>9789753627054</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Selçukluları Yeniden Keşfetmek - Sorularla Selçuklu Tarihi</t>
+          <t>Sokak Sesleri</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>90</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9799753627367</t>
+          <t>9799753626384</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>Sofra Nimetleri (Küçük Boy) Uygulamalı Yemek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>7.88</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9799753624151</t>
+          <t>9799752633130</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Salaman ve Absal</t>
+          <t>Sistema Geleceğin Düşüncesi</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>5.09</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9799753628913</t>
+          <t>9799752630955</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Saadet Rehberi</t>
+          <t>Sevmek Ölmekle Başlar</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9799753629385</t>
+          <t>9786050800845</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Politika Sözlüğü</t>
+          <t>Selçukluları Yeniden Keşfetmek - Sorularla Selçuklu Tarihi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>13.89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789752631915</t>
+          <t>9799753627367</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere İman (Cep İnanç)</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>1.39</v>
+        <v>7.88</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9799752630948</t>
+          <t>9799753624151</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer</t>
+          <t>Salaman ve Absal</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>12.96</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9799752633116</t>
+          <t>9799753628913</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali</t>
+          <t>Saadet Rehberi</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9799753629262</t>
+          <t>9799753629385</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Aişe</t>
+          <t>Politika Sözlüğü</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789752631076</t>
+          <t>9789752631915</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Hayalet X Eğlenceli Bilgi - 37</t>
+          <t>Peygamberlere İman (Cep İnanç)</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>40</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9799752631105</t>
+          <t>9799752630948</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Hasta Hakları Hakkınız Var Çünkü Hastasınız</t>
+          <t>Hazreti Ömer</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786050807509</t>
+          <t>9799752633116</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah’tan Bugüne İran ve Terör</t>
+          <t>Hazreti Ali</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>17.13</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789752633094</t>
+          <t>9799753629262</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Harika Vücudumuz</t>
+          <t>Hazreti Aişe</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789753624053</t>
+          <t>9789752631076</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Gevheri</t>
+          <t>Hayalet X Eğlenceli Bilgi - 37</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>5.09</v>
+        <v>40</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9799752634182</t>
+          <t>9799752631105</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Sevdana Düştü Gönül</t>
+          <t>Hasta Hakları Hakkınız Var Çünkü Hastasınız</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789757544395</t>
+          <t>9786050807509</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Sevda!.. Geri Dön..</t>
+          <t>Hasan Sabbah’tan Bugüne İran ve Terör</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>7.87</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>3990000097578</t>
+          <t>9789752633094</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Tarjei Vesaas Seti (2 Kitap Takım)</t>
+          <t>Harika Vücudumuz</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789752635548</t>
+          <t>9789753624053</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Menopoz</t>
+          <t>Gevheri</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>7.87</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9799752631136</t>
+          <t>9799752634182</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Sevdana Düştü Gönül</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>15</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9799753624168</t>
+          <t>9789757544395</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz</t>
+          <t>Sevda!.. Geri Dön..</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>6.48</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786050821703</t>
+          <t>3990000097578</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi Kayı Seti (7 Kitap - Kayı Bayrağı Hediye)</t>
+          <t>Tarjei Vesaas Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>204.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786050828412</t>
+          <t>9789752635548</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Kayı Seti (10 Kitap)</t>
+          <t>Menopoz</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>345</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786050849059</t>
+          <t>9799752631136</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Eğitim?</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786050849134</t>
+          <t>9799753624168</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Basit Terapi</t>
+          <t>Gülşen-i Raz</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786050849127</t>
+          <t>9786050821703</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Marifet</t>
+          <t>Osmanlı Tarihi Kayı Seti (7 Kitap - Kayı Bayrağı Hediye)</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>260</v>
+        <v>204.5</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786050849141</t>
+          <t>9786050828412</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Turnalar Güneye Uçarken</t>
+          <t>Kayı Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>370</v>
+        <v>345</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786050849028</t>
+          <t>9786050849059</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar İçin Çay Saati</t>
+          <t>Nasıl Bir Eğitim?</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>370</v>
+        <v>275</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786050849110</t>
+          <t>9786050849134</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Vagus Sinirine Reset At</t>
+          <t>Basit Terapi</t>
         </is>
       </c>
       <c r="C980" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786259424293</t>
+          <t>9786050849127</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Fısıltılar</t>
+          <t>Sosyolojik Marifet</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789752634770</t>
+          <t>9786050849141</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>O’na Secde Yakışıyor</t>
+          <t>Turnalar Güneye Uçarken</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786050819243</t>
+          <t>9786050849028</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed Han</t>
+          <t>Kayıp Ruhlar İçin Çay Saati</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789757544203</t>
+          <t>9786050849110</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Dallar Meyveye Durdu</t>
+          <t>Vagus Sinirine Reset At</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789752630048</t>
+          <t>9786259424293</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Takıntılar</t>
+          <t>Yaldızlı Fısıltılar</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786050811360</t>
+          <t>9789752634770</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Bölük Pörçük Yaşamlar</t>
+          <t>O’na Secde Yakışıyor</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786050834000</t>
+          <t>9786050819243</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Radikal Şıkların Sayımı</t>
+          <t>Fatih Sultan Mehmed Han</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786051141800</t>
+          <t>9789757544203</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>57. Alay Çanakkale</t>
+          <t>Dallar Meyveye Durdu</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>550</v>
+        <v>325</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789752638914</t>
+          <t>9789752630048</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>57. Alay Galiçya</t>
+          <t>Takıntılar</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789752637153</t>
+          <t>9786050811360</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’nin Kadın Kahramanı Safiye Hüseyin</t>
+          <t>Bölük Pörçük Yaşamlar</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786050819526</t>
+          <t>9786050834000</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Ötekilerin Peşinde - Ahmet Yaşar Ocak'a Armağan</t>
+          <t>Radikal Şıkların Sayımı</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>900</v>
+        <v>275</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786050849042</t>
+          <t>9786051141800</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Psikolojisi ve Toksik İlişkiler</t>
+          <t>57. Alay Çanakkale</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786050849035</t>
+          <t>9789752638914</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Bülbülü Susturmak</t>
+          <t>57. Alay Galiçya</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786050848939</t>
+          <t>9789752637153</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Avukatı Mısın?</t>
+          <t>Çanakkale’nin Kadın Kahramanı Safiye Hüseyin</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786050849004</t>
+          <t>9786050819526</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Darwin ve Osmanlılar</t>
+          <t>Ötekilerin Peşinde - Ahmet Yaşar Ocak'a Armağan</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>230</v>
+        <v>900</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786050848984</t>
+          <t>9786050849042</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış 1 Yokmuş</t>
+          <t>Kötülük Psikolojisi ve Toksik İlişkiler</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786050848991</t>
+          <t>9786050849035</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Jül Sezar &amp; Demirden Ordular Çelikten İrade</t>
+          <t>Bülbülü Susturmak</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786050848953</t>
+          <t>9786050848939</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Koltuğumdaki Kadınlar</t>
+          <t>Avukatı Mısın?</t>
         </is>
       </c>
       <c r="C998" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786050848977</t>
+          <t>9786050849004</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Balinanın Ölümü</t>
+          <t>Darwin ve Osmanlılar</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786050849011</t>
+          <t>9786050848984</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Narsist Birinden Nasıl Kurtulursunuz?</t>
+          <t>Bir Varmış 1 Yokmuş</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786050848960</t>
+          <t>9786050848991</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Duvarları Yıkmak</t>
+          <t>Jül Sezar &amp; Demirden Ordular Çelikten İrade</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786050848908</t>
+          <t>9786050848953</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Mihrican Fırtınası</t>
+          <t>Koltuğumdaki Kadınlar</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786050848915</t>
+          <t>9786050848977</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Kader Oyunu</t>
+          <t>Balinanın Ölümü</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786050848922</t>
+          <t>9786050849011</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evliliğin Sırları</t>
+          <t>Narsist Birinden Nasıl Kurtulursunuz?</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786050848885</t>
+          <t>9786050848960</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Kafe</t>
+          <t>Duvarları Yıkmak</t>
         </is>
       </c>
       <c r="C1005" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786050848892</t>
+          <t>9786050848908</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Şey</t>
+          <t>Mihrican Fırtınası</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786050848632</t>
+          <t>9786050848915</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Şair Nigar Hanım</t>
+          <t>Kader Oyunu</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>900</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789753624138</t>
+          <t>9786050848922</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Ülkemin Açmayan Çiçekleri</t>
+          <t>Mutlu Evliliğin Sırları</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786050813067</t>
+          <t>9786050848885</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Pertev Bey'in Üç Kızı</t>
+          <t>İsimsiz Kafe</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789752639515</t>
+          <t>9786050848892</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Derviş ve Ölüm</t>
+          <t>Zavallı Şey</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786050848823</t>
+          <t>9786050848632</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Hilkat Garibeleri</t>
+          <t>Şair Nigar Hanım</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>230</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786050848847</t>
+          <t>9789753624138</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Artık Çok Kolay: Herkes İçin Aristo</t>
+          <t>Ülkemin Açmayan Çiçekleri</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786050848854</t>
+          <t>9786050813067</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Çocuğa Ebeveynlik Etmek</t>
+          <t>Pertev Bey'in Üç Kızı</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786050848861</t>
+          <t>9789752639515</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Bir Mamut Nasıl Yenir? 50 Lokmada İnsanlığın Tarihi</t>
+          <t>Derviş ve Ölüm</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786050848830</t>
+          <t>9786050848823</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Böcekleri Seven Kadın</t>
+          <t>Hilkat Garibeleri</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786050848878</t>
+          <t>9786050848847</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Tutkular Keder Oldu</t>
+          <t>Felsefe Artık Çok Kolay: Herkes İçin Aristo</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786050848816</t>
+          <t>9786050848854</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Halid Ziya Uşaklıgil’in Kaleme Aldığı ve Tercüme Ettiği Öykülerden Bir Seçki: Nakil</t>
+          <t>Kaygılı Çocuğa Ebeveynlik Etmek</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786050848809</t>
+          <t>9786050848861</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Altmış Öykü</t>
+          <t>Bir Mamut Nasıl Yenir? 50 Lokmada İnsanlığın Tarihi</t>
         </is>
       </c>
       <c r="C1018" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786050814187</t>
+          <t>9786050848830</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Edep Ya Hu</t>
+          <t>Böcekleri Seven Kadın</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786050848793</t>
+          <t>9786050848878</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Can</t>
+          <t>Tutkular Keder Oldu</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789753626477</t>
+          <t>9786050848816</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>İstanbul - Dersaadet</t>
+          <t>Halid Ziya Uşaklıgil’in Kaleme Aldığı ve Tercüme Ettiği Öykülerden Bir Seçki: Nakil</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789753627375</t>
+          <t>9786050848809</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Rumeli ve Muhteşem İstanbul</t>
+          <t>Altmış Öykü</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786050827804</t>
+          <t>9786050814187</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Leyla Yokuşu</t>
+          <t>Edep Ya Hu</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786050832310</t>
+          <t>9786050848793</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Sür Pulluğunu Ölülerin Kemikleri Üzerinde</t>
+          <t>Can</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786050848571</t>
+          <t>9789753626477</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Psikolojisi 1 (İngilizce)</t>
+          <t>İstanbul - Dersaadet</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786050848779</t>
+          <t>9789753627375</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sorunların Küçük Kitabı</t>
+          <t>Rumeli ve Muhteşem İstanbul</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786050826661</t>
+          <t>9786050827804</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Odası 2</t>
+          <t>Leyla Yokuşu</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789752634619</t>
+          <t>9786050832310</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Asker ile Cemre</t>
+          <t>Sür Pulluğunu Ölülerin Kemikleri Üzerinde</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786050848717</t>
+          <t>9786050848571</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Mona'nın Gözleri (Şömizli)</t>
+          <t>Bilgelik Psikolojisi 1 (İngilizce)</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786050848700</t>
+          <t>9786050848779</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş Terapisi</t>
+          <t>Büyük Sorunların Küçük Kitabı</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786051141350</t>
+          <t>9786050826661</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Göçebe</t>
+          <t>Yazarın Odası 2</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786050843842</t>
+          <t>9789752634619</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalanlar</t>
+          <t>Asker ile Cemre</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789753621885</t>
+          <t>9786050848717</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Rüveyda</t>
+          <t>Mona'nın Gözleri (Şömizli)</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786050819281</t>
+          <t>9786050848700</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde 100 Temel Kural</t>
+          <t>Öze Dönüş Terapisi</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786050809060</t>
+          <t>9786051141350</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Yunus Terapi</t>
+          <t>Göçebe</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786050822915</t>
+          <t>9786050843842</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evlilik Psikolojisi</t>
+          <t>Hayatta Kalanlar</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786050848687</t>
+          <t>9789753621885</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Bahtına Düştüm Ya Rab!</t>
+          <t>Rüveyda</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786050848649</t>
+          <t>9786050819281</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Anahtarı</t>
+          <t>Çocuk Eğitiminde 100 Temel Kural</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786050848656</t>
+          <t>9786050809060</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Bana Yarınları Anlat</t>
+          <t>Yunus Terapi</t>
         </is>
       </c>
       <c r="C1039" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786050848670</t>
+          <t>9786050822915</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Empusyon</t>
+          <t>Mutlu Evlilik Psikolojisi</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786050848694</t>
+          <t>9786050848687</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Damat - Jungiyen Psikolojiye Göre Kadın ve Erkekte Erillik</t>
+          <t>Bahtına Düştüm Ya Rab!</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789753625944</t>
+          <t>9786050848649</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Başarı Bedel İster Hayalleri Olmayanın Geleceği Olamaz</t>
+          <t>Kıyamet Anahtarı</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786050848533</t>
+          <t>9786050848656</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Malma İstasyonu</t>
+          <t>Bana Yarınları Anlat</t>
         </is>
       </c>
       <c r="C1043" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786050848663</t>
+          <t>9786050848670</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Empusyon</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786050823691</t>
+          <t>9786050848694</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Psikolojisi ve Duygusal Zeka</t>
+          <t>Yaralı Damat - Jungiyen Psikolojiye Göre Kadın ve Erkekte Erillik</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786050834512</t>
+          <t>9789753625944</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Kişisel Gelişim Rehberi - Bilgi Çağında Öğretmen Olmak</t>
+          <t>Başarı Bedel İster Hayalleri Olmayanın Geleceği Olamaz</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786050848540</t>
+          <t>9786050848533</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk</t>
+          <t>Malma İstasyonu</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786050848526</t>
+          <t>9786050848663</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Bir Sinir Sistemi Romanı</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786050848502</t>
+          <t>9786050823691</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Duyguların Psikolojisi ve Duygusal Zeka</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786050848519</t>
+          <t>9786050834512</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Öğretmenin Kişisel Gelişim Rehberi - Bilgi Çağında Öğretmen Olmak</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786050848472</t>
+          <t>9786050848540</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa - Bir Adanmışlık Öyküsü</t>
+          <t>Zor Çocuk</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786050848489</t>
+          <t>9786050848526</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Arafta Yedi Gece</t>
+          <t>Bir Sinir Sistemi Romanı</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786050848496</t>
+          <t>9786050848502</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Süper Yardımcı Sendromu - Şefkatli İnsanlar İçin Hayatta Kalma Rehberi</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786050848458</t>
+          <t>9786050848519</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Hayvanlar</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786050848465</t>
+          <t>9786050848472</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Yeniden</t>
+          <t>Enver Paşa - Bir Adanmışlık Öyküsü</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786050848410</t>
+          <t>9786050848489</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Basiret</t>
+          <t>Arafta Yedi Gece</t>
         </is>
       </c>
       <c r="C1056" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786050848427</t>
+          <t>9786050848496</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Napolyon</t>
+          <t>Süper Yardımcı Sendromu - Şefkatli İnsanlar İçin Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786050848441</t>
+          <t>9786050848458</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yedi Ölçüsü</t>
+          <t>Konuşan Hayvanlar</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786050848434</t>
+          <t>9786050848465</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Bukalemunlar Kitabı</t>
+          <t>Gerçeklik Yeniden</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786050848304</t>
+          <t>9786050848410</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Ingeborg’un Tollak’ı</t>
+          <t>Sosyolojik Basiret</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786050848298</t>
+          <t>9786050848427</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Jungiyen Rüya Analizi</t>
+          <t>Napolyon</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786050848281</t>
+          <t>9786050848441</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Masal Kız</t>
+          <t>Dünyanın Yedi Ölçüsü</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786050848229</t>
+          <t>9786050848434</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Yenidoğanla İlgili 101 Soru ve Cevapları</t>
+          <t>Bukalemunlar Kitabı</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786050848243</t>
+          <t>9786050848304</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Takıntılarından Kurtul: Vesvesen</t>
+          <t>Ingeborg’un Tollak’ı</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786050847888</t>
+          <t>9786050848298</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Neden Yazıyorum</t>
+          <t>Jungiyen Rüya Analizi</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786050848083</t>
+          <t>9786050848281</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Baliverna’nın Çöküşü</t>
+          <t>Masal Kız</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786050848090</t>
+          <t>9786050848229</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Veda</t>
+          <t>Yenidoğanla İlgili 101 Soru ve Cevapları</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789753625975</t>
+          <t>9786050848243</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Yürüyelim Seninle İstanbul’da</t>
+          <t>Takıntılarından Kurtul: Vesvesen</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786050847871</t>
+          <t>9786050847888</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı</t>
+          <t>Neden Yazıyorum</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789753626446</t>
+          <t>9786050848083</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Müpteladır Gemiler Benim Denizlerime</t>
+          <t>Baliverna’nın Çöküşü</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786050847802</t>
+          <t>9786050848090</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Batak</t>
+          <t>Veda</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789752631519</t>
+          <t>9789753625975</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Deli Güvercin</t>
+          <t>Yürüyelim Seninle İstanbul’da</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786050847635</t>
+          <t>9786050847871</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çöktü</t>
+          <t>Duyarlı</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786050847659</t>
+          <t>9789753626446</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Arslan</t>
+          <t>Müpteladır Gemiler Benim Denizlerime</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786050847680</t>
+          <t>9786050847802</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>6 Şubat Kahramanmaraş Depremleri</t>
+          <t>Batak</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789753627269</t>
+          <t>9789752631519</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Kalan Bu Şehri Yakmayı Çok İstedim</t>
+          <t>Birkaç Deli Güvercin</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786050846959</t>
+          <t>9786050847635</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime'nin Özü</t>
+          <t>Zaman Çöktü</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786050846553</t>
+          <t>9786050847659</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Mahsur Kadın</t>
+          <t>Kılıç Arslan</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786050847390</t>
+          <t>9786050847680</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Keder ve Mutluluk</t>
+          <t>6 Şubat Kahramanmaraş Depremleri</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786050847352</t>
+          <t>9789753627269</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Tevazu</t>
+          <t>Sensiz Kalan Bu Şehri Yakmayı Çok İstedim</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786050846966</t>
+          <t>9786050846959</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Beni de Kalbinde Götür</t>
+          <t>Mukaddime'nin Özü</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786050846980</t>
+          <t>9786050846553</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren On Domates</t>
+          <t>Mahsur Kadın</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786050847017</t>
+          <t>9786050847390</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>İkondan Kanona: Kültür İle Medeniyet Arasında</t>
+          <t>Keder ve Mutluluk</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>330</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786050846935</t>
+          <t>9786050847352</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Cesurların İşidir</t>
+          <t>Tevazu</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786050846904</t>
+          <t>9786050846966</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Turunç Ağacı</t>
+          <t>Beni de Kalbinde Götür</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786050847307</t>
+          <t>9786050846980</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Ya Baki Entel Baki</t>
+          <t>Dünyayı Değiştiren On Domates</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786050846805</t>
+          <t>9786050847017</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Yavaşlamak</t>
+          <t>İkondan Kanona: Kültür İle Medeniyet Arasında</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786050846829</t>
+          <t>9786050846935</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığıma Dokun</t>
+          <t>Sevmek Cesurların İşidir</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786050846836</t>
+          <t>9786050846904</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Turunç Ağacı</t>
         </is>
       </c>
       <c r="C1089" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786050846812</t>
+          <t>9786050847307</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Kar Havası</t>
+          <t>Ya Baki Entel Baki</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786050846782</t>
+          <t>9786050846805</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Isabelle</t>
+          <t>Yavaşlamak</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786050846133</t>
+          <t>9786050846829</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Günlük 2</t>
+          <t>Yalnızlığıma Dokun</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>600</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789753623667</t>
+          <t>9786050846836</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ölümcül Bir Hülyadır</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786050846645</t>
+          <t>9786050846812</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Ezber Bozan Hayat (Ciltli)</t>
+          <t>Kar Havası</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786050846638</t>
+          <t>9786050846782</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Yol Haritası</t>
+          <t>Isabelle</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786050846522</t>
+          <t>9786050846133</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Emanet ve Kudüs'ten Urfa'ya Bir Hakikat Yolculuğu</t>
+          <t>Günlük 2</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>275</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786050846546</t>
+          <t>9789753623667</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Huzur Arayışı</t>
+          <t>Aşk Ölümcül Bir Hülyadır</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786050846515</t>
+          <t>9786050846645</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Direniş</t>
+          <t>Ezber Bozan Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786050846041</t>
+          <t>9786050846638</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İçinden Zamanın Dışından</t>
+          <t>Yazarın Yol Haritası</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>360</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786050846393</t>
+          <t>9786050846522</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Müzik-Çocuk</t>
+          <t>Emanet ve Kudüs'ten Urfa'ya Bir Hakikat Yolculuğu</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786050846416</t>
+          <t>9786050846546</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Tuhaf Canavarları</t>
+          <t>İnsanın Huzur Arayışı</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786050845792</t>
+          <t>9786050846515</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdeli 10 Sahabe - 10 Kitap</t>
+          <t>Direniş</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>940</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786050845921</t>
+          <t>9786050846041</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Said Bin Zeyd (R.A.)</t>
+          <t>Zamanın İçinden Zamanın Dışından</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>80</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786050845914</t>
+          <t>9786050846393</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ubeyde Bin Cerrah (R.A.)</t>
+          <t>Müzik-Çocuk</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786050845907</t>
+          <t>9786050846416</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Bin Avf (R.A.)</t>
+          <t>Çin’in Tuhaf Canavarları</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>80</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786050845891</t>
+          <t>9786050845792</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Sad Bin Ebi Vakkas (R.A.)</t>
+          <t>Cennetle Müjdeli 10 Sahabe - 10 Kitap</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>80</v>
+        <v>940</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786050845884</t>
+          <t>9786050845921</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Zübeyr Bin Avvam (R.A.)</t>
+          <t>Said Bin Zeyd (R.A.)</t>
         </is>
       </c>
       <c r="C1107" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786050845877</t>
+          <t>9786050845914</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Talha Bin Ubeydullah (R.A.)</t>
+          <t>Ebu Ubeyde Bin Cerrah (R.A.)</t>
         </is>
       </c>
       <c r="C1108" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786050845860</t>
+          <t>9786050845907</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali (R.A.)</t>
+          <t>Abdurrahman Bin Avf (R.A.)</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786050845853</t>
+          <t>9786050845891</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman (R.A.)</t>
+          <t>Sad Bin Ebi Vakkas (R.A.)</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786050845846</t>
+          <t>9786050845884</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer (R.A.)</t>
+          <t>Zübeyr Bin Avvam (R.A.)</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786050845839</t>
+          <t>9786050845877</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir (R.A.)</t>
+          <t>Talha Bin Ubeydullah (R.A.)</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789757544289</t>
+          <t>9786050845860</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Yollar Dönüşe Gider</t>
+          <t>Hz. Ali (R.A.)</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786050846072</t>
+          <t>9786050845853</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Veliler İçin Hayatta Kalma Rehberi</t>
+          <t>Hz. Osman (R.A.)</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786050846119</t>
+          <t>9786050845846</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bedenlerimizin Coğrafyası</t>
+          <t>Hz. Ömer (R.A.)</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786050846140</t>
+          <t>9786050845839</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Gölgeyle Buluşma ve İnsan Doğasındaki Karanlık Yüzün Gizli Gücü</t>
+          <t>Hz. Ebu Bekir (R.A.)</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786050846188</t>
+          <t>9789757544289</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski</t>
+          <t>Yollar Dönüşe Gider</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786050846058</t>
+          <t>9786050846072</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Akrep ve Yelkovanın İzinde - On İki Saatin Hikayesiyle Uygarlığın Tarihi</t>
+          <t>Yeni Nesil Veliler İçin Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786050845778</t>
+          <t>9786050846119</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Robotları Beklerken Neler Olacak?</t>
+          <t>Muhteşem Bedenlerimizin Coğrafyası</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786050845938</t>
+          <t>9786050846140</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Kaos İçindeki Dünyada Kapitalizmi Yeniden Tasarlamak</t>
+          <t>Gölgeyle Buluşma ve İnsan Doğasındaki Karanlık Yüzün Gizli Gücü</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>330</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786050845747</t>
+          <t>9786050846188</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>İskender - Dünyayı Değiştiren Hükümdar</t>
+          <t>Dostoyevski</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786050845525</t>
+          <t>9786050846058</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Dilek Tuttum Okunsun Ahım Arşa Dokunsun</t>
+          <t>Akrep ve Yelkovanın İzinde - On İki Saatin Hikayesiyle Uygarlığın Tarihi</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786050845532</t>
+          <t>9786050845778</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Gül Ağacı Sana Benzer</t>
+          <t>Robotları Beklerken Neler Olacak?</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786050845549</t>
+          <t>9786050845938</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Gökbilimsel</t>
+          <t>Kaos İçindeki Dünyada Kapitalizmi Yeniden Tasarlamak</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786050845556</t>
+          <t>9786050845747</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Neyi Neden Yapar -2</t>
+          <t>İskender - Dünyayı Değiştiren Hükümdar</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>320</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786050845600</t>
+          <t>9786050845525</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Karar Ver, Planla, Harekete Geç</t>
+          <t>Dilek Tuttum Okunsun Ahım Arşa Dokunsun</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786050844979</t>
+          <t>9786050845532</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Karakter Gelişiminde Çocukluk Sırrı</t>
+          <t>Gül Ağacı Sana Benzer</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786050845013</t>
+          <t>9786050845549</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Gökbilimsel</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786050845396</t>
+          <t>9786050845556</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Enneagram İle Eşini Keşfet</t>
+          <t>Çocuk Neyi Neden Yapar -2</t>
         </is>
       </c>
       <c r="C1129" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786050845402</t>
+          <t>9786050845600</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Yaşayanlar ve Diğerleri</t>
+          <t>Karar Ver, Planla, Harekete Geç</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786050845419</t>
+          <t>9786050844979</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Neyi Neden Yapar - 1</t>
+          <t>Kişilik ve Karakter Gelişiminde Çocukluk Sırrı</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>320</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786050844993</t>
+          <t>9786050845013</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Çok Hisseden Çocuk</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786050845006</t>
+          <t>9786050845396</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Nasıl Düşünür İnsan Ne Görür?</t>
+          <t>Enneagram İle Eşini Keşfet</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786050844658</t>
+          <t>9786050845402</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan'ın Kayıp Kafatası</t>
+          <t>Yaşayanlar ve Diğerleri</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786050844672</t>
+          <t>9786050845419</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kaos - İklim Değişikliği ve Hiç Düşünülmeyenler</t>
+          <t>Çocuk Neyi Neden Yapar - 1</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786050844689</t>
+          <t>9786050844993</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Silah Adası</t>
+          <t>Çok Hisseden Çocuk</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786050844566</t>
+          <t>9786050845006</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Harp Baladı</t>
+          <t>Hayvanlar Nasıl Düşünür İnsan Ne Görür?</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786050844665</t>
+          <t>9786050844658</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilmek</t>
+          <t>Mimar Sinan'ın Kayıp Kafatası</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786050826098</t>
+          <t>9786050844672</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Ömerini Arayan Yüzyıl</t>
+          <t>Büyük Kaos - İklim Değişikliği ve Hiç Düşünülmeyenler</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786050842807</t>
+          <t>9786050844689</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Aşk Neden Can Yakar?</t>
+          <t>Silah Adası</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786050844542</t>
+          <t>9786050844566</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık ve Aidiyet</t>
+          <t>Harp Baladı</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786050844573</t>
+          <t>9786050844665</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gözlerine Beni de Götür</t>
+          <t>Kendini Bilmek</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786050844580</t>
+          <t>9786050826098</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Issız Ev</t>
+          <t>Ömerini Arayan Yüzyıl</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786050844559</t>
+          <t>9786050842807</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Hannibal &amp; Demir Dağların Generali</t>
+          <t>Aşk Neden Can Yakar?</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786050844511</t>
+          <t>9786050844542</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Allah ile Konuşturan Namaz</t>
+          <t>Yalnızlık ve Aidiyet</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786050844306</t>
+          <t>9786050844573</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Olmak İstediğim Ebeveyn Büyütmek İstediğim Çocuk</t>
+          <t>Siyah Gözlerine Beni de Götür</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786050843804</t>
+          <t>9786050844580</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Dijital Beden Dili</t>
+          <t>Issız Ev</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786050842838</t>
+          <t>9786050844559</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Büyük Portre Büyük Sır</t>
+          <t>Hannibal &amp; Demir Dağların Generali</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786050844313</t>
+          <t>9786050844511</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Gölge Kral</t>
+          <t>Allah ile Konuşturan Namaz</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786050843118</t>
+          <t>9786050844306</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Cehalet Tutkusu</t>
+          <t>Olmak İstediğim Ebeveyn Büyütmek İstediğim Çocuk</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786050844092</t>
+          <t>9786050843804</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Dolunayın Özgür Kadınları</t>
+          <t>Dijital Beden Dili</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786050843811</t>
+          <t>9786050842838</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Derviş - Kaderi İnsanın Mirasıdır</t>
+          <t>Büyük Portre Büyük Sır</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786050843798</t>
+          <t>9786050844313</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar mısın Baba?</t>
+          <t>Gölge Kral</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786050842791</t>
+          <t>9786050843118</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>Cehalet Tutkusu</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786050843606</t>
+          <t>9786050844092</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Dolunayın Özgür Kadınları</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786050843705</t>
+          <t>9786050843811</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Türk Muhasebe Filozofları</t>
+          <t>Derviş - Kaderi İnsanın Mirasıdır</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786050843781</t>
+          <t>9786050843798</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Yermük ve Trafalgar Baldır Bacak İşleri</t>
+          <t>Benimle Oynar mısın Baba?</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786050843859</t>
+          <t>9786050842791</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Öğretmen Olmak</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>230</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786050843828</t>
+          <t>9786050843606</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Psikolojisi 2</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>360</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786050843835</t>
+          <t>9786050843705</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Psikolojisi 1</t>
+          <t>Türk Muhasebe Filozofları</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786050843743</t>
+          <t>9786050843781</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlar Kulübü</t>
+          <t>Yermük ve Trafalgar Baldır Bacak İşleri</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786050843682</t>
+          <t>9786050843859</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Dayandın Ya Resulullah</t>
+          <t>Yeni Nesil Öğretmen Olmak</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786050843668</t>
+          <t>9786050843828</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Yanılgı Saatleri</t>
+          <t>Bilgelik Psikolojisi 2</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786050842845</t>
+          <t>9786050843835</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Aşk 5 Vakittir</t>
+          <t>Bilgelik Psikolojisi 1</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786050838091</t>
+          <t>9786050843743</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Geçidi</t>
+          <t>Başarısızlar Kulübü</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>575</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786050842876</t>
+          <t>9786050843682</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Yeterince İyi Ebeveyn Olmak</t>
+          <t>Nasıl Dayandın Ya Resulullah</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786050842753</t>
+          <t>9786050843668</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Bilim Susunca - Bilim ve Toplum Üzerine Yazılar</t>
+          <t>Yanılgı Saatleri</t>
         </is>
       </c>
       <c r="C1167" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786050842883</t>
+          <t>9786050842845</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Uzak Umutlar Şehri</t>
+          <t>Aşk 5 Vakittir</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786050842913</t>
+          <t>9786050838091</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Son Hikayeler</t>
+          <t>Kehribar Geçidi</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786050839166</t>
+          <t>9786050842876</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Kendini Affet</t>
+          <t>Yeterince İyi Ebeveyn Olmak</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786050842364</t>
+          <t>9786050842753</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Enneagram ile Öğrencini Keşfet</t>
+          <t>Bilim Susunca - Bilim ve Toplum Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786050842333</t>
+          <t>9786050842883</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ustası Don Sandalio'nun Romanı</t>
+          <t>Uzak Umutlar Şehri</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>80</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786050836066</t>
+          <t>9786050842913</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Son Sığınak Aile</t>
+          <t>Son Hikayeler</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786050839203</t>
+          <t>9786050839166</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Kendini Affet</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786050838138</t>
+          <t>9786050842364</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Biz Beş Kişiyiz</t>
+          <t>Enneagram ile Öğrencini Keşfet</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>290</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786050839197</t>
+          <t>9786050842333</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Barbaros - Denizlerin Hakimi</t>
+          <t>Satranç Ustası Don Sandalio'nun Romanı</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786050839142</t>
+          <t>9786050836066</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Bir Katilin Güncesi</t>
+          <t>Son Sığınak Aile</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786050839111</t>
+          <t>9786050839203</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Nazar</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786050834598</t>
+          <t>9786050838138</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Sistem</t>
+          <t>Biz Beş Kişiyiz</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786050837940</t>
+          <t>9786050839197</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Gökten Düşen Şeyler</t>
+          <t>Barbaros - Denizlerin Hakimi</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786050835922</t>
+          <t>9786050839142</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Savrulmalardan Kurtulmak</t>
+          <t>Bir Katilin Güncesi</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786050836134</t>
+          <t>9786050839111</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Tarihi Işığında Muhasebe Felsefesi</t>
+          <t>Sosyolojik Nazar</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786050838176</t>
+          <t>9786050834598</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Aşkım İsyandır Benim</t>
+          <t>Sistem</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786050837896</t>
+          <t>9786050837940</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Şair Nigar Hanım - Günlük</t>
+          <t>Gökten Düşen Şeyler</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>600</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786050835069</t>
+          <t>9786050835922</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Mansfield Park</t>
+          <t>Duygusal Savrulmalardan Kurtulmak</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786050837889</t>
+          <t>9786050836134</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Örtemediği Şehir Kudüs</t>
+          <t>Düşünce Tarihi Işığında Muhasebe Felsefesi</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786050837919</t>
+          <t>9786050838176</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Kaygıyla Başa Çıkmak</t>
+          <t>Aşkım İsyandır Benim</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786050837926</t>
+          <t>9786050837896</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çığlık</t>
+          <t>Şair Nigar Hanım - Günlük</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786050836172</t>
+          <t>9786050835069</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Denizin Son Martıları</t>
+          <t>Mansfield Park</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786050836158</t>
+          <t>9786050837889</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Yankı ve Hüzün</t>
+          <t>Gecenin Örtemediği Şehir Kudüs</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786050836219</t>
+          <t>9786050837919</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Romantik Muamma - Modernliğin Kökenleri</t>
+          <t>Kaygıyla Başa Çıkmak</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786050835960</t>
+          <t>9786050837926</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Şiir: Don Kişot</t>
+          <t>Yeşil Çığlık</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786050836042</t>
+          <t>9786050836172</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Denizin Son Martıları</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786050836196</t>
+          <t>9786050836158</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Son Senfoni</t>
+          <t>Yankı ve Hüzün</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786050835779</t>
+          <t>9786050836219</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Parçacıksal</t>
+          <t>Romantik Muamma - Modernliğin Kökenleri</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786050835793</t>
+          <t>9786050835960</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Ötesi</t>
+          <t>Yaşanmış Şiir: Don Kişot</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786050835267</t>
+          <t>9786050836042</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Kadın Psikolojisi</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786050835755</t>
+          <t>9786050836196</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Omuzlarımda Dünya</t>
+          <t>Son Senfoni</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786050835731</t>
+          <t>9786050835779</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Kıskacı</t>
+          <t>Parçacıksal</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786050835694</t>
+          <t>9786050835793</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Ötesi</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786050835342</t>
+          <t>9786050835267</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Modernleşmenin Zihniyet Dünyası: Bir Tanpınar Fetişizmi</t>
+          <t>Kadın Psikolojisi</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786050835281</t>
+          <t>9786050835755</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi</t>
+          <t>Omuzlarımda Dünya</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786050833324</t>
+          <t>9786050835731</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar Ülkesi</t>
+          <t>İngiliz Kıskacı</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786050835304</t>
+          <t>9786050835694</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Elementsel</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786050835205</t>
+          <t>9786050835342</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Kalesi: Nizamülmülk</t>
+          <t>Modernleşmenin Zihniyet Dünyası: Bir Tanpınar Fetişizmi</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786050834611</t>
+          <t>9786050835281</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>İrade Eğitimi</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786050835045</t>
+          <t>9786050833324</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Zihin Odaklı Ebeveynlik</t>
+          <t>Kurtlar Ülkesi</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786050834581</t>
+          <t>9786050835304</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Hanne</t>
+          <t>Elementsel</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786050834574</t>
+          <t>9786050835205</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Facebook: Perde Arkasının Hikayesi</t>
+          <t>Adaletin Kalesi: Nizamülmülk</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786050833386</t>
+          <t>9786050834611</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Kadimzamanlar ve Diğer Vakitler</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786050834505</t>
+          <t>9786050835045</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcılığının Bilimi</t>
+          <t>Zihin Odaklı Ebeveynlik</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>370</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786050834819</t>
+          <t>9786050834581</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda İslam'ın Dirilişi</t>
+          <t>Hanne</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786050834307</t>
+          <t>9786050834574</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Sarı Mendil Mavi Oya</t>
+          <t>Facebook: Perde Arkasının Hikayesi</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786050834543</t>
+          <t>9786050833386</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Poetik ve Politik</t>
+          <t>Kadimzamanlar ve Diğer Vakitler</t>
         </is>
       </c>
       <c r="C1214" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786050834314</t>
+          <t>9786050834505</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Son Bölüm</t>
+          <t>Hikaye Anlatıcılığının Bilimi</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>335</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786050833997</t>
+          <t>9786050834819</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Söyle Bana Hindiba</t>
+          <t>21. Yüzyılda İslam'ın Dirilişi</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786050834017</t>
+          <t>9786050834307</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Simyası</t>
+          <t>Sarı Mendil Mavi Oya</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786050834031</t>
+          <t>9786050834543</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Olandan Olasıya</t>
+          <t>Poetik ve Politik</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786050833362</t>
+          <t>9786050834314</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılın Biyografisi</t>
+          <t>Son Bölüm</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786050833355</t>
+          <t>9786050833997</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Halid Bin Velid - İslam'ın Kılıcı</t>
+          <t>Söyle Bana Hindiba</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786050833928</t>
+          <t>9786050834017</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Kudüsteki Son Osmanlı</t>
+          <t>Harflerin Simyası</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786050832488</t>
+          <t>9786050834031</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Diyaloğu</t>
+          <t>Olandan Olasıya</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786050833911</t>
+          <t>9786050833362</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Nöropolis</t>
+          <t>20. Yüzyılın Biyografisi</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786050833423</t>
+          <t>9786050833355</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Ödül</t>
+          <t>Halid Bin Velid - İslam'ın Kılıcı</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>230</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786050833430</t>
+          <t>9786050833928</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Şahitlerim</t>
+          <t>Kudüsteki Son Osmanlı</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786050833461</t>
+          <t>9786050832488</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Sonra Giydirir Aşk Esvabını</t>
+          <t>Medeniyetler Diyaloğu</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789752631700</t>
+          <t>9786050833911</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Ruh ve Beden Sağlığı İçin: Müzik Terapi</t>
+          <t>Nöropolis</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786050832419</t>
+          <t>9786050833423</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Yürümeye Devam Et - Asla Pes Etme</t>
+          <t>Ödül</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786050832372</t>
+          <t>9786050833430</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Olarak Sağlıklı Çocuk Yetiştirmek</t>
+          <t>Şahitlerim</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786050832884</t>
+          <t>9786050833461</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin İnsanlığa Katkısı</t>
+          <t>Sonra Giydirir Aşk Esvabını</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786050832303</t>
+          <t>9789752631700</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Çoktan Seçmeli Hayatlar İçin Ruh Diyeti</t>
+          <t>Ruh ve Beden Sağlığı İçin: Müzik Terapi</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786050832297</t>
+          <t>9786050832419</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Enneagram ile Çocuğunu Keşfet</t>
+          <t>Yürümeye Devam Et - Asla Pes Etme</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786050832105</t>
+          <t>9786050832372</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Duygusal Olarak Sağlıklı Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786050832273</t>
+          <t>9786050832884</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Nazife Kadın</t>
+          <t>İslam Medeniyetinin İnsanlığa Katkısı</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786050832075</t>
+          <t>9786050832303</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kapısında Bir Elif</t>
+          <t>Çoktan Seçmeli Hayatlar İçin Ruh Diyeti</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786050832068</t>
+          <t>9786050832297</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Rosa</t>
+          <t>Enneagram ile Çocuğunu Keşfet</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786050832099</t>
+          <t>9786050832105</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Nuyageva</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786050832082</t>
+          <t>9786050832273</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Üşümesin</t>
+          <t>Milli Mücadele Kahramanı Nazife Kadın</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786050832044</t>
+          <t>9786050832075</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Para - Antik Çağdan Geleceğe</t>
+          <t>Gönül Kapısında Bir Elif</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786050831917</t>
+          <t>9786050832068</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Aynası Camiler</t>
+          <t>Rosa</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786050831641</t>
+          <t>9786050832099</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç</t>
+          <t>Nuyageva</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786050831665</t>
+          <t>9786050832082</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Issız Evin Kedisi</t>
+          <t>Çiçekler Üşümesin</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786050830750</t>
+          <t>9786050832044</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Özgür Topraklar</t>
+          <t>Para - Antik Çağdan Geleceğe</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786050830637</t>
+          <t>9786050831917</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Antikacı</t>
+          <t>İslam'ın Aynası Camiler</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786050830729</t>
+          <t>9786050831641</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Saklambaç</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786050831573</t>
+          <t>9786050831665</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Fazıl Paşa</t>
+          <t>Issız Evin Kedisi</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786050830682</t>
+          <t>9786050830750</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Doğada Hayat Var</t>
+          <t>Özgür Topraklar</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786050831580</t>
+          <t>9786050830637</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Taş Olsa Çatlar</t>
+          <t>Antikacı</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786050830705</t>
+          <t>9786050830729</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Bırak ve Rahatla</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>330</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786050829877</t>
+          <t>9786050831573</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Devrim Yeniden</t>
+          <t>Mehmet Fazıl Paşa</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786050830224</t>
+          <t>9786050830682</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Benoni</t>
+          <t>Doğada Hayat Var</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786050830668</t>
+          <t>9786050831580</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada E-Beveyn Olmak</t>
+          <t>Taş Olsa Çatlar</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>1520101992718</t>
+          <t>9786050830705</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi 2 - Defter</t>
+          <t>Bırak ve Rahatla</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>10</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786050829891</t>
+          <t>9786050829877</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mevlana ile Aile Terapisi</t>
+          <t>Devrim Yeniden</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>360</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786050827262</t>
+          <t>9786050830224</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Garson</t>
+          <t>Benoni</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786050830217</t>
+          <t>9786050830668</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>İsrail Mitler ve Terör</t>
+          <t>Dijital Dünyada E-Beveyn Olmak</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786050829839</t>
+          <t>1520101992718</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Cihad ve İsyan</t>
+          <t>Türklerin Tarihi 2 - Defter</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>175</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786050830026</t>
+          <t>9786050829891</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsanlığın Geleceği</t>
+          <t>Hz. Mevlana ile Aile Terapisi</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>290</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786050830019</t>
+          <t>9786050827262</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>İsrail Sorunu</t>
+          <t>Garson</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786050830163</t>
+          <t>9786050830217</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Taşlar</t>
+          <t>İsrail Mitler ve Terör</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786050829884</t>
+          <t>9786050829839</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Cihad ve İsyan</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786050829822</t>
+          <t>9786050830026</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Terk Edenler</t>
+          <t>İslam ve İnsanlığın Geleceği</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>410</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786050827170</t>
+          <t>9786050830019</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>İsrail Sorunu</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786050827187</t>
+          <t>9786050830163</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Beyniniz Bir Zaman Makinesi</t>
+          <t>Taşlar</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786050827309</t>
+          <t>9786050829884</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Yobazlıklar</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786050827873</t>
+          <t>9786050829822</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Zenci Musa</t>
+          <t>Terk Edenler</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786050829235</t>
+          <t>9786050827170</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Enneagram İle Kendini Keşfet</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786050829273</t>
+          <t>9786050827187</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>Beyniniz Bir Zaman Makinesi</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786050829242</t>
+          <t>9786050827309</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein Bağdat'ta</t>
+          <t>Yobazlıklar</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786050827798</t>
+          <t>9786050827873</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Zenci Musa</t>
         </is>
       </c>
       <c r="C1270" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786050828757</t>
+          <t>9786050829235</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Cezasız Eğitim - 2</t>
+          <t>Enneagram İle Kendini Keşfet</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786050827835</t>
+          <t>9786050829273</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Hünkarım</t>
+          <t>Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786050828740</t>
+          <t>9786050829242</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Psikolojisi</t>
+          <t>Frankenstein Bağdat'ta</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786050828658</t>
+          <t>9786050827798</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Vadettikleri</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786050828641</t>
+          <t>9786050828757</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasının Yükseliş ve Çöküşleri</t>
+          <t>Cezasız Eğitim - 2</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786050827699</t>
+          <t>9786050827835</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Allah'sız Müslümanlık</t>
+          <t>Hünkarım</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786050828498</t>
+          <t>9786050828740</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Medeniyet Destanı</t>
+          <t>Yalnızlık Psikolojisi</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786050826746</t>
+          <t>9786050828658</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>İlahi Mesajlar Toprağı Filistin</t>
+          <t>İslam'ın Vadettikleri</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>525</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786050827743</t>
+          <t>9786050828641</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Kitabı İlma - Son Savaş</t>
+          <t>İslam Dünyasının Yükseliş ve Çöküşleri</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786050828634</t>
+          <t>9786050827699</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimizde İslam Var</t>
+          <t>Allah'sız Müslümanlık</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786050826685</t>
+          <t>9786050828498</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Çağrısı</t>
+          <t>İnsanlığın Medeniyet Destanı</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786050828481</t>
+          <t>9786050826746</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Hayal Denizi</t>
+          <t>İlahi Mesajlar Toprağı Filistin</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786050827910</t>
+          <t>9786050827743</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Efsanesi</t>
+          <t>Evrenin Kitabı İlma - Son Savaş</t>
         </is>
       </c>
       <c r="C1283" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786050827712</t>
+          <t>9786050828634</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Çöküşün Öncüsü ABD</t>
+          <t>Geleceğimizde İslam Var</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786050827651</t>
+          <t>9786050826685</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te İslam</t>
+          <t>İstanbul'un Çağrısı</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786050827736</t>
+          <t>9786050828481</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Unutmanın Genel Teorisi</t>
+          <t>Hayal Denizi</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786050827637</t>
+          <t>9786050827910</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Bilardo Telmihleri</t>
+          <t>Amerikan Efsanesi</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786050827705</t>
+          <t>9786050827712</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin PKK İle İmtihanı</t>
+          <t>Çöküşün Öncüsü ABD</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786050827927</t>
+          <t>9786050827651</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Tarık Bin Ziyad</t>
+          <t>Endülüs'te İslam</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786050827859</t>
+          <t>9786050827736</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Unutmanın Genel Teorisi</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>125</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786050827217</t>
+          <t>9786050827637</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Beynimizin Parmak İzleri</t>
+          <t>Bilardo Telmihleri</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786050827729</t>
+          <t>9786050827705</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Hür Yaşadım Hür Yaşarım</t>
+          <t>Kürtlerin PKK İle İmtihanı</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786050827590</t>
+          <t>9786050827927</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Kuyuya Dönen Yusuf</t>
+          <t>Tarık Bin Ziyad</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786050827231</t>
+          <t>9786050827859</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786050827330</t>
+          <t>9786050827217</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Çuvallama Sanatı</t>
+          <t>Beynimizin Parmak İzleri</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786050827149</t>
+          <t>9786050827729</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Kar, Köpek, Ayak</t>
+          <t>Hür Yaşadım Hür Yaşarım</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786050826722</t>
+          <t>9786050827590</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Sakinleri</t>
+          <t>Kuyuya Dönen Yusuf</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786050827156</t>
+          <t>9786050827231</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Popüler Dindarlık</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786050826708</t>
+          <t>9786050827330</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ufuklar</t>
+          <t>Çuvallama Sanatı</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786050826807</t>
+          <t>9786050827149</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Okuma Notları</t>
+          <t>Kar, Köpek, Ayak</t>
         </is>
       </c>
       <c r="C1300" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786050826036</t>
+          <t>9786050826722</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat'tan 15 Temmuz'a</t>
+          <t>İstanbul'un Sakinleri</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786050825978</t>
+          <t>9786050827156</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Yuva</t>
+          <t>Popüler Dindarlık</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786050825862</t>
+          <t>9786050826708</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Yol Şiirleri</t>
+          <t>Kızıl Ufuklar</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786050826777</t>
+          <t>9786050826807</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Tahta At</t>
+          <t>Okuma Notları</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786050826081</t>
+          <t>9786050826036</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Yerli Yersiz Cümleler</t>
+          <t>28 Şubat'tan 15 Temmuz'a</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786050826401</t>
+          <t>9786050825978</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Kutü'l Amare: Osmanlının Son Tokadı</t>
+          <t>Yuva</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>3990000078496</t>
+          <t>9786050825862</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Adem Güneş'le Çocuk Eğitimine İlk Adım (8 Kitap Takım )</t>
+          <t>Yol Şiirleri</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>222</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786050826067</t>
+          <t>9786050826777</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi - Hilalin Gölgesinde Bir Ömür</t>
+          <t>Tahta At</t>
         </is>
       </c>
       <c r="C1308" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786050835052</t>
+          <t>9786050826081</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer'in Liderliği ve Yöneticiliği - Ömer'ini Arayan Yüzyıl</t>
+          <t>Yerli Yersiz Cümleler</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786050826005</t>
+          <t>9786050826401</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Dünyaca Ünlü Şüpheli Ölümler</t>
+          <t>Kutü'l Amare: Osmanlının Son Tokadı</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786050825985</t>
+          <t>3990000078496</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Adem Güneş'le Çocuk Eğitimine İlk Adım (8 Kitap Takım )</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>175</v>
+        <v>222</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786050825848</t>
+          <t>9786050826067</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Sensizliği Anlatamadım</t>
+          <t>Selahaddin Eyyubi - Hilalin Gölgesinde Bir Ömür</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786050824940</t>
+          <t>9786050835052</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Aşk Psikolojisi</t>
+          <t>Hz. Ömer'in Liderliği ve Yöneticiliği - Ömer'ini Arayan Yüzyıl</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786050825824</t>
+          <t>9786050826005</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Dünyaca Ünlü Şüpheli Ölümler</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786050825855</t>
+          <t>9786050825985</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Son Hasat</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786050825008</t>
+          <t>9786050825848</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Toplum Psikolojisi ve Empati</t>
+          <t>Kalbime Sensizliği Anlatamadım</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786050825411</t>
+          <t>9786050824940</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Aşk Psikolojisi</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>90</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786050825268</t>
+          <t>9786050825824</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Aile Okulu ve Evlilik</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786050825282</t>
+          <t>9786050825855</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Kuşçubaşı Eşref</t>
+          <t>Son Hasat</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786050825084</t>
+          <t>9786050825008</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Gelişiminde Cezasız Eğitim</t>
+          <t>Toplum Psikolojisi ve Empati</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786050825350</t>
+          <t>9786050825411</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C1321" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786050825459</t>
+          <t>9786050825268</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarın Öğleden Sonrası</t>
+          <t>Aile Okulu ve Evlilik</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786050825145</t>
+          <t>9786050825282</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Son Kale</t>
+          <t>Kuşçubaşı Eşref</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>290</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786050824988</t>
+          <t>9786050825084</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Öznenin Ölümü</t>
+          <t>Kişilik Gelişiminde Cezasız Eğitim</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>70</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786050825244</t>
+          <t>9786050825350</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Onur</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C1325" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786050825398</t>
+          <t>9786050825459</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Sis Hırsızı</t>
+          <t>Bir Yazarın Öğleden Sonrası</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786050824759</t>
+          <t>9786050825145</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Yazdan Kalan Son Gül</t>
+          <t>Son Kale</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786050824469</t>
+          <t>9786050824988</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Bütün Bir Ömür</t>
+          <t>Öznenin Ölümü</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786050824490</t>
+          <t>9786050825244</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Savaş</t>
+          <t>Kiralık Onur</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>275</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786050824247</t>
+          <t>9786050825398</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sır</t>
+          <t>Sis Hırsızı</t>
         </is>
       </c>
       <c r="C1330" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786050824230</t>
+          <t>9786050824759</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Dark Net: İnternetin Yeraltı Dünyası</t>
+          <t>Yazdan Kalan Son Gül</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786050824261</t>
+          <t>9786050824469</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Kara Güneş</t>
+          <t>Bütün Bir Ömür</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786050817034</t>
+          <t>9786050824490</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Çaldıran</t>
+          <t>Sosyolojik Savaş</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>16.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9789753624114</t>
+          <t>9786050824247</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Ben</t>
+          <t>Kayıp Sır</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786050823868</t>
+          <t>9786050824230</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Kan Kardeşler</t>
+          <t>Dark Net: İnternetin Yeraltı Dünyası</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786050823769</t>
+          <t>9786050824261</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Cemre Önce Kalbe Düşer</t>
+          <t>Kara Güneş</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786050822687</t>
+          <t>9786050817034</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sohbetleri</t>
+          <t>Çaldıran</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>275</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786050823288</t>
+          <t>9789753624114</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Usta Siyah Çırak</t>
+          <t>Gül ve Ben</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786050822960</t>
+          <t>9786050823868</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Başla</t>
+          <t>Kan Kardeşler</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786050823035</t>
+          <t>9786050823769</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Cemre Önce Kalbe Düşer</t>
         </is>
       </c>
       <c r="C1340" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786050822670</t>
+          <t>9786050822687</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Aile İle Bağlanma</t>
+          <t>Yaz Sohbetleri</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786050812817</t>
+          <t>9786050823288</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Deyip Geçmeyin</t>
+          <t>Beyaz Usta Siyah Çırak</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>340</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9789757544210</t>
+          <t>9786050822960</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Yeniden Başla</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786051141275</t>
+          <t>9786050823035</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Yavuz</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786050820799</t>
+          <t>9786050822670</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Kerime</t>
+          <t>Aile İle Bağlanma</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786050820812</t>
+          <t>9786050812817</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı Üzerine Bir Konuşma</t>
+          <t>Çocuk Deyip Geçmeyin</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786050821550</t>
+          <t>9789757544210</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif - Milli Mücadele Yolculuğu</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786050821765</t>
+          <t>9786051141275</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Budalalar Okulu</t>
+          <t>Yavuz</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9789753622127</t>
+          <t>9786050820799</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Benim Çiçeklerim Ateşte Açar</t>
+          <t>Kerime</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786050821192</t>
+          <t>9786050820812</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Yakup'un Renkleri</t>
+          <t>İslam ve Batı Üzerine Bir Konuşma</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786050812916</t>
+          <t>9786050821550</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear - Hırçın Kız</t>
+          <t>Mehmed Akif - Milli Mücadele Yolculuğu</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786050820416</t>
+          <t>9786050821765</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Mücella</t>
+          <t>Budalalar Okulu</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786050820911</t>
+          <t>9789753622127</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar</t>
+          <t>Benim Çiçeklerim Ateşte Açar</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786050822250</t>
+          <t>9786050821192</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Gidersen Veda Etme</t>
+          <t>Yakup'un Renkleri</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786050819250</t>
+          <t>9786050812916</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Google Nasıl Yönetiliyor? (Ciltli)</t>
+          <t>Kral Lear - Hırçın Kız</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786050820584</t>
+          <t>9786050820416</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapını Ben Geldim</t>
+          <t>Mücella</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786050820379</t>
+          <t>9786050820911</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Anılar da Yakılır</t>
+          <t>Kuşlar</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>425</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786050811858</t>
+          <t>9786050822250</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Doğal Ebeveynlik</t>
+          <t>Gidersen Veda Etme</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786050819847</t>
+          <t>9786050819250</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby - Billy Budd</t>
+          <t>Google Nasıl Yönetiliyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786050820287</t>
+          <t>9786050820584</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Kanaviçe</t>
+          <t>Aşk Kapını Ben Geldim</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786050820249</t>
+          <t>9786050820379</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>7-14 Yaş Dönemi Çocuk Eğitiminde 100 Temel Kural</t>
+          <t>Anılar da Yakılır</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>290</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786050820614</t>
+          <t>9786050811858</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Döneminde 100 Temel Kural</t>
+          <t>Doğal Ebeveynlik</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786050820034</t>
+          <t>9786050819847</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>0-6 Yaş Çocuk Eğitiminde 100 Temel Kural</t>
+          <t>Katip Bartleby - Billy Budd</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786051143071</t>
+          <t>9786050820287</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>4. Murat - Gürz ve Zafer</t>
+          <t>Kanaviçe</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786050819038</t>
+          <t>9786050820249</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Yarın Yirmi Yaşında Olacağım</t>
+          <t>7-14 Yaş Dönemi Çocuk Eğitiminde 100 Temel Kural</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786050818642</t>
+          <t>9786050820614</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Devrimi</t>
+          <t>Ergenlik Döneminde 100 Temel Kural</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786050822175</t>
+          <t>9786050820034</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Geliyor - İlk Diriliş</t>
+          <t>0-6 Yaş Çocuk Eğitiminde 100 Temel Kural</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786050818758</t>
+          <t>9786051143071</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Gazi Osman Paşa</t>
+          <t>4. Murat - Gürz ve Zafer</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786050818796</t>
+          <t>9786050819038</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Aşk Çölü</t>
+          <t>Yarın Yirmi Yaşında Olacağım</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786050827583</t>
+          <t>9786050818642</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Bir Delilik Yap</t>
+          <t>Merhamet Devrimi</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786050818017</t>
+          <t>9786050822175</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Aile Olmak</t>
+          <t>Osmanlılar Geliyor - İlk Diriliş</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>275</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786050818031</t>
+          <t>9786050818758</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Gazi Osman Paşa</t>
         </is>
       </c>
       <c r="C1372" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786050817539</t>
+          <t>9786050818796</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Annelik Sanatı</t>
+          <t>Aşk Çölü</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786050818093</t>
+          <t>9786050827583</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Kutsalın Dönüşü</t>
+          <t>Bir Delilik Yap</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786050818079</t>
+          <t>9786050818017</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>İntizar</t>
+          <t>Bilinçli Aile Olmak</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786050817805</t>
+          <t>9786050818031</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Kelime Defteri</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>340</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786050817584</t>
+          <t>9786050817539</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Doğru Bilinen Yanlışlar</t>
+          <t>Annelik Sanatı</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786050823875</t>
+          <t>9786050818093</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Kuzgun</t>
+          <t>Kutsalın Dönüşü</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9789752634787</t>
+          <t>9786050818079</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Cam Irmağı Taş Gemi</t>
+          <t>İntizar</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786051141770</t>
+          <t>9786050817805</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Dağların Adamı Barnabo</t>
+          <t>Kelime Defteri</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9789757544074</t>
+          <t>9786050817584</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Figan</t>
+          <t>Çocuk Eğitiminde Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786050816600</t>
+          <t>9786050823875</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Kurt ve Kuzgun</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786050816648</t>
+          <t>9789752634787</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Macbeth Venedik Taciri</t>
+          <t>Cam Irmağı Taş Gemi</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786050816518</t>
+          <t>9786051141770</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Aşk Cephesi</t>
+          <t>Dağların Adamı Barnabo</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786050818604</t>
+          <t>9789757544074</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Aşk Diye Bir Şey</t>
+          <t>Figan</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786050822236</t>
+          <t>9786050816600</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Suçları</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786050812428</t>
+          <t>9786050816648</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Ormanın Gizemi</t>
+          <t>Macbeth Venedik Taciri</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786050816068</t>
+          <t>9786050816518</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Pertev Bey'in Torunları</t>
+          <t>Aşk Cephesi</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786050801309</t>
+          <t>9786050818604</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Sen Ben ve Çocuklarımız</t>
+          <t>Aşk Diye Bir Şey</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786050817638</t>
+          <t>9786050822236</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Eğitimi</t>
+          <t>Geleceğin Suçları</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>285</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9799753627046</t>
+          <t>9786050812428</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Ezoterika</t>
+          <t>Yaşlı Ormanın Gizemi</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>16.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786050816624</t>
+          <t>9786050816068</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Pertev Bey'in Torunları</t>
         </is>
       </c>
       <c r="C1392" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9789753621861</t>
+          <t>9786050801309</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Yağmur</t>
+          <t>Sen Ben ve Çocuklarımız</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786050815061</t>
+          <t>9786050817638</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Bağlanma</t>
+          <t>Mahremiyet Eğitimi</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786051142630</t>
+          <t>9799753627046</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Dünya Nimeti</t>
+          <t>Ezoterika</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>350</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786050814262</t>
+          <t>9786050816624</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf'tan Yazarlık Dersleri</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9789753625579</t>
+          <t>9789753621861</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>Yağmur</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786050814095</t>
+          <t>9786050815061</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Aşk Terapi</t>
+          <t>Güvenli Bağlanma</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786050814248</t>
+          <t>9786051142630</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Çağırdığı Yerdeyim</t>
+          <t>Dünya Nimeti</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>360</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9789752638655</t>
+          <t>9786050814262</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>İnanç Psikolojisi ve Bilim</t>
+          <t>Virginia Woolf'tan Yazarlık Dersleri</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9789752639706</t>
+          <t>9789753625579</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Ateş Semazenleri</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786050812756</t>
+          <t>9786050814095</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>İkna</t>
+          <t>Aşk Terapi</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786050814163</t>
+          <t>9786050814248</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Beyinsiz Adam</t>
+          <t>Kaderin Çağırdığı Yerdeyim</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786050812350</t>
+          <t>9789752638655</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Mimoza Sürgünü</t>
+          <t>İnanç Psikolojisi ve Bilim</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786050812367</t>
+          <t>9789752639706</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Sarı</t>
+          <t>Ateş Semazenleri</t>
         </is>
       </c>
       <c r="C1405" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786050822908</t>
+          <t>9786050812756</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Tabletler</t>
+          <t>İkna</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786050822953</t>
+          <t>9786050814163</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Beyinsiz Adam</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9789752639263</t>
+          <t>9786050812350</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Orada da Yıldızlar Kayar mı?</t>
+          <t>Mimoza Sürgünü</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786050822540</t>
+          <t>9786050812367</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Çocuklarda Cinsel Eğitim</t>
+          <t>Sarı</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786050822649</t>
+          <t>9786050822908</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Müşteriniz Ne İster?</t>
+          <t>Siyah Beyaz Tabletler</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786050822588</t>
+          <t>9786050822953</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç'in Psikobiyografisi</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786050822700</t>
+          <t>9789752639263</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Albüm Yaprağı</t>
+          <t>Orada da Yıldızlar Kayar mı?</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786050822618</t>
+          <t>9786050822540</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Pozitif Psikoloji</t>
+          <t>Adım Adım Çocuklarda Cinsel Eğitim</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>360</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786050811278</t>
+          <t>9786050822649</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Müşteriniz Ne İster?</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786050812336</t>
+          <t>9786050822588</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Kut’ül Amare Osmanlı’nın Son Zaferi</t>
+          <t>Cemil Meriç'in Psikobiyografisi</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786050811865</t>
+          <t>9786050822700</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid</t>
+          <t>Albüm Yaprağı</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786051142319</t>
+          <t>9786050822618</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Psikoloji</t>
+          <t>10 Adımda Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9789752634343</t>
+          <t>9786050811278</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Korkacak Ne Var!</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786051141824</t>
+          <t>9786050812336</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Zor Çocuk Yoktur</t>
+          <t>Kut’ül Amare Osmanlı’nın Son Zaferi</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9789752630710</t>
+          <t>9786050811865</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Yürekte Büyümek</t>
+          <t>Yıldırım Bayezid</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786051143095</t>
+          <t>9786051142319</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Yol Hali</t>
+          <t>Koruyucu Psikoloji</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786051143088</t>
+          <t>9789752634343</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Yoksulların ve Şairlerin Kitabı 3 (Ciltli)</t>
+          <t>Korkacak Ne Var!</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786051142265</t>
+          <t>9786051141824</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Yoksulların ve Şairlerin Kitabı 2 (Ciltli)</t>
+          <t>Zor Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9789752635388</t>
+          <t>9789752630710</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Geriye Dönse</t>
+          <t>Yürekte Büyümek</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9789752639522</t>
+          <t>9786051143095</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Odası - 1</t>
+          <t>Yol Hali</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9789757544111</t>
+          <t>9786051143088</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Yanık Buğdaylar</t>
+          <t>Yoksulların ve Şairlerin Kitabı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9789753625623</t>
+          <t>9786051142265</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Arayan Mektuplar</t>
+          <t>Yoksulların ve Şairlerin Kitabı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>125</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9789753627909</t>
+          <t>9789752635388</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri</t>
+          <t>Yıllar Geriye Dönse</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>8.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9789753627290</t>
+          <t>9789752639522</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Savaş</t>
+          <t>Yazarın Odası - 1</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786051143934</t>
+          <t>9789757544111</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Pan</t>
+          <t>Yanık Buğdaylar</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786050808483</t>
+          <t>9789753625623</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Çare ya da Şen Maneviyat (Ciltli)</t>
+          <t>Sahibini Arayan Mektuplar</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9789752636682</t>
+          <t>9789753627909</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Nun Masalları</t>
+          <t>Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>240</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786050807073</t>
+          <t>9789753627290</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Nar Ağacı</t>
+          <t>Psikolojik Savaş</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>550</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9789752639867</t>
+          <t>9786051143934</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Mükemmelliyetçi Kişilik</t>
+          <t>Pan</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786050823837</t>
+          <t>9786050808483</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Psikolojisi ve Stresle Başa Çıkma</t>
+          <t>Ölüme Çare ya da Şen Maneviyat (Ciltli)</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786051141022</t>
+          <t>9789752636682</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Muğlak Ölçekli Harita</t>
+          <t>Nun Masalları</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9789753626880</t>
+          <t>9786050807073</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Mor Mürekkep</t>
+          <t>Nar Ağacı</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786051143927</t>
+          <t>9789752639867</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Milenyum Tarikatları</t>
+          <t>Mükemmelliyetçi Kişilik</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786051143965</t>
+          <t>9786050823837</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Mutluluk Psikolojisi ve Stresle Başa Çıkma</t>
         </is>
       </c>
       <c r="C1439" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9789752631090</t>
+          <t>9786051141022</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Metal Fırtına</t>
+          <t>Muğlak Ölçekli Harita</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786050802719</t>
+          <t>9789753626880</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Terapi</t>
+          <t>Mor Mürekkep</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9789752634961</t>
+          <t>9786051143927</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Medine Müdafaası Çöl Kaplanı Fahrettin Paşa</t>
+          <t>Milenyum Tarikatları</t>
         </is>
       </c>
       <c r="C1442" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789753626927</t>
+          <t>9786051143965</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Mavi Lale</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9789753621441</t>
+          <t>9789752631090</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gözyaşı</t>
+          <t>Metal Fırtına</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9789753629294</t>
+          <t>9786050802719</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Leyl Işıkları</t>
+          <t>Mesnevi Terapi</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9789752638518</t>
+          <t>9789752634961</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>La: Sonsuzluk Hecesi</t>
+          <t>Medine Müdafaası Çöl Kaplanı Fahrettin Paşa</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9789752639829</t>
+          <t>9789753626927</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma - 1453</t>
+          <t>Mavi Lale</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9789753623131</t>
+          <t>9789753621441</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Aşka Uyanmak</t>
+          <t>Mavi Gözyaşı</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786051141862</t>
+          <t>9789753629294</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Asimetrik Savaş</t>
+          <t>Leyl Işıkları</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>410</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9799753626964</t>
+          <t>9789752638518</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Annem Dünyada Bir Tanedir</t>
+          <t>La: Sonsuzluk Hecesi</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>9.26</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9799753624571</t>
+          <t>9789752639829</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Anneler ve Kızları</t>
+          <t>Kuşatma - 1453</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>7.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786051141978</t>
+          <t>9789753623131</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Victoria</t>
+          <t>Aşka Uyanmak</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9789757544258</t>
+          <t>9786051141862</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Üç Deniz Ötesi</t>
+          <t>Asimetrik Savaş</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789752637016</t>
+          <t>9799753626964</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni</t>
+          <t>Annem Dünyada Bir Tanedir</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786050801248</t>
+          <t>9799753624571</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Han</t>
+          <t>Anneler ve Kızları</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>300</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786050800852</t>
+          <t>9786051141978</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Sultan: Bir Kanuni Romanı</t>
+          <t>Victoria</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789753620499</t>
+          <t>9789757544258</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Sular Durulursa</t>
+          <t>Üç Deniz Ötesi</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786050802788</t>
+          <t>9789752637016</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Vizyon</t>
+          <t>Şizofreni</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>16.67</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9789752630055</t>
+          <t>9786050801248</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Fobi</t>
+          <t>Süleyman Han</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9789757544272</t>
+          <t>9786050800852</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Sokağa Açılan Kapı</t>
+          <t>Sultan: Bir Kanuni Romanı</t>
         </is>
       </c>
       <c r="C1460" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9799753629842</t>
+          <t>9789753620499</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Geleceği</t>
+          <t>Sular Durulursa</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>15</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9789753625616</t>
+          <t>9786050802788</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Siyah Güller</t>
+          <t>Stratejik Vizyon</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>375</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9789757544227</t>
+          <t>9789752630055</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Sitem</t>
+          <t>Sosyal Fobi</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9789752633674</t>
+          <t>9789757544272</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Sevmekten Korkuyorum</t>
+          <t>Sokağa Açılan Kapı</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789752636552</t>
+          <t>9799753629842</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Seni Unutmaya Gücüm Yetmedi</t>
+          <t>Siyasal İslamın Geleceği</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>265</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789752633568</t>
+          <t>9789753625616</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış</t>
+          <t>Siyah Güller</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786050807707</t>
+          <t>9789757544227</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı Asker</t>
+          <t>Sitem</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786051143699</t>
+          <t>9789752633674</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Yasak İlmin Kitabı</t>
+          <t>Sevmekten Korkuyorum</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9789752636798</t>
+          <t>9789752636552</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Elveda Balkanlar</t>
+          <t>Seni Unutmaya Gücüm Yetmedi</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9789753621403</t>
+          <t>9789752633568</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Ekinler Yeşerdikçe</t>
+          <t>Sarıkamış</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9799753627688</t>
+          <t>9786050807707</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yeni Efendileri</t>
+          <t>Sakıncalı Asker</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>11.12</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786050804904</t>
+          <t>9786051143699</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>Yasak İlmin Kitabı</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9789752637535</t>
+          <t>9789752636798</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Depresyon</t>
+          <t>Elveda Balkanlar</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786051142906</t>
+          <t>9789753621403</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Darbe Yargısının Sonu</t>
+          <t>Ekinler Yeşerdikçe</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>60</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789752639249</t>
+          <t>9799753627688</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Dar Kapı</t>
+          <t>Dünyanın Yeni Efendileri</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>150</v>
+        <v>11.12</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9789757544197</t>
+          <t>9786050804904</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Susayınca</t>
+          <t>Din Psikolojisi</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9789752633995</t>
+          <t>9789752637535</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale - Her Şey Yanıp Gül Oldu</t>
+          <t>Depresyon</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9789753629362</t>
+          <t>9786051142906</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Cümle Kapısı</t>
+          <t>Darbe Yargısının Sonu</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786051141657</t>
+          <t>9789752639249</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküleri</t>
+          <t>Dar Kapı</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9789757544234</t>
+          <t>9789757544197</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Yıkıldı</t>
+          <t>Çiçekler Susayınca</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786050807172</t>
+          <t>9789752633995</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Bir Anneye Mektuplar - Aile Eğitiminde Rehber</t>
+          <t>Çanakkale - Her Şey Yanıp Gül Oldu</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786050807769</t>
+          <t>9789753629362</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Bi Müsaade Sınavım Var</t>
+          <t>Cümle Kapısı</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786050808506</t>
+          <t>9786051141657</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlı</t>
+          <t>Bütün Öyküleri</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9789753625258</t>
+          <t>9789757544234</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar Mısın Anne - Aile Eğitimi 2</t>
+          <t>Bir Dünya Yıkıldı</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9799753623987</t>
+          <t>9786050807172</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Kocanızın Başarısı Sizin Elinizde</t>
+          <t>Bir Anneye Mektuplar - Aile Eğitiminde Rehber</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9789752637160</t>
+          <t>9786050807769</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Hayaller</t>
+          <t>Bi Müsaade Sınavım Var</t>
         </is>
       </c>
       <c r="C1486" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9789752631038</t>
+          <t>9786050808506</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Kendinizle Barışık Olmak</t>
+          <t>Beyaz Atlı</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>240</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786051144221</t>
+          <t>9789753625258</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Unutup Sana Ağladım</t>
+          <t>Benimle Oynar Mısın Anne - Aile Eğitimi 2</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786050807097</t>
+          <t>9799753623987</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Gamsız Uçar</t>
+          <t>Kocanızın Başarısı Sizin Elinizde</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>375</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786051140261</t>
+          <t>9789752637160</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sabahlar</t>
+          <t>Kiralık Hayaller</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786050805017</t>
+          <t>9789752631038</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhun Zindanı</t>
+          <t>Kendinizle Barışık Olmak</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786051141381</t>
+          <t>9786051144221</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Kaygılanacak Ne Var?</t>
+          <t>Kendimi Unutup Sana Ağladım</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786051141787</t>
+          <t>9786050807097</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Kanuni</t>
+          <t>Kelebekler Gamsız Uçar</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9789753626285</t>
+          <t>9786051140261</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Çiçeği Cennetin Müjdesi</t>
+          <t>Kayıp Sabahlar</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>9.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9789752639928</t>
+          <t>9786050805017</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>James Joyce Büyük Yazarın Gizli Evreni</t>
+          <t>Kayıp Ruhun Zindanı</t>
         </is>
       </c>
       <c r="C1495" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786051142661</t>
+          <t>9786051141381</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Yüzlü Kadın</t>
+          <t>Kaygılanacak Ne Var?</t>
         </is>
       </c>
       <c r="C1496" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9789753627184</t>
+          <t>9786051141787</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>İsimle Ateş Arasında</t>
+          <t>Kanuni</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786050818840</t>
+          <t>9789753626285</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>İlluminati - Entrika Çemberi</t>
+          <t>Kalbimin Çiçeği Cennetin Müjdesi</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>370</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9799752631020</t>
+          <t>9789752639928</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Ich Bin Ein Muslim Wie Glaube Ich Und Woran?</t>
+          <t>James Joyce Büyük Yazarın Gizli Evreni</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>4</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9789753626538</t>
+          <t>9786051142661</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Lalesidir Dünya</t>
+          <t>İstanbul Yüzlü Kadın</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786051143941</t>
+          <t>9789753627184</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Siret</t>
+          <t>İsimle Ateş Arasında</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9789753627436</t>
+          <t>9786050818840</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Hülyalar Hüzün Açtı</t>
+          <t>İlluminati - Entrika Çemberi</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9799753627169</t>
+          <t>9799752631020</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Hicazlı Sevgili Peygamber Sevgisi</t>
+          <t>Ich Bin Ein Muslim Wie Glaube Ich Und Woran?</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>11</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9789752639577</t>
+          <t>9789753626538</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Haminne’nin Suret Aynası</t>
+          <t>Hüznün Lalesidir Dünya</t>
         </is>
       </c>
       <c r="C1504" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9799753625516</t>
+          <t>9786051143941</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>HAARP Kıyamet Teknolojisi</t>
+          <t>Hüseyin Siret</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>8</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786050821178</t>
+          <t>9789753627436</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Değerler Psikolojisi ve İnsan - Güzel İnsan Modeli</t>
+          <t>Hülyalar Hüzün Açtı</t>
         </is>
       </c>
       <c r="C1506" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9789753627276</t>
+          <t>9799753627169</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Matem Düştü</t>
+          <t>Hicazlı Sevgili Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>280</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9789752631526</t>
+          <t>9789752639577</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Günahın Rengi</t>
+          <t>Haminne’nin Suret Aynası</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9789752635593</t>
+          <t>9799753625516</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Gülce</t>
+          <t>HAARP Kıyamet Teknolojisi</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>200</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9789757544449</t>
+          <t>9786050821178</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Gurbeti Ben Yaşadım</t>
+          <t>Değerler Psikolojisi ve İnsan - Güzel İnsan Modeli</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9789753622479</t>
+          <t>9789753627276</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yarası</t>
+          <t>Güneşe Matem Düştü</t>
         </is>
       </c>
       <c r="C1511" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9789753627214</t>
+          <t>9789752631526</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Geniş Ufuklara ve Yabancı İklimlere Doğru</t>
+          <t>Günahın Rengi</t>
         </is>
       </c>
       <c r="C1512" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786050808490</t>
+          <t>9789752635593</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Genciz Biz</t>
+          <t>Gülce</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>340</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786050804362</t>
+          <t>9789757544449</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Gurbeti Ben Yaşadım</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9789753626224</t>
+          <t>9789753622479</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Afedersin Hayat</t>
+          <t>Gönül Yarası</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>265</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786051145242</t>
+          <t>9789753627214</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid</t>
+          <t>Geniş Ufuklara ve Yabancı İklimlere Doğru</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786051143910</t>
+          <t>9786050808490</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>57. Alay Filistin</t>
+          <t>Genciz Biz</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786050801644</t>
+          <t>9786050804362</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Babamdan Sonra</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C1518" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
+          <t>9789753626224</t>
+        </is>
+      </c>
+      <c r="B1519" s="1" t="inlineStr">
+        <is>
+          <t>Afedersin Hayat</t>
+        </is>
+      </c>
+      <c r="C1519" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1520" spans="1:3">
+      <c r="A1520" s="1" t="inlineStr">
+        <is>
+          <t>9786051145242</t>
+        </is>
+      </c>
+      <c r="B1520" s="1" t="inlineStr">
+        <is>
+          <t>Abdülhamid</t>
+        </is>
+      </c>
+      <c r="C1520" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1521" spans="1:3">
+      <c r="A1521" s="1" t="inlineStr">
+        <is>
+          <t>9786051143910</t>
+        </is>
+      </c>
+      <c r="B1521" s="1" t="inlineStr">
+        <is>
+          <t>57. Alay Filistin</t>
+        </is>
+      </c>
+      <c r="C1521" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1522" spans="1:3">
+      <c r="A1522" s="1" t="inlineStr">
+        <is>
+          <t>9786050801644</t>
+        </is>
+      </c>
+      <c r="B1522" s="1" t="inlineStr">
+        <is>
+          <t>Babamdan Sonra</t>
+        </is>
+      </c>
+      <c r="C1522" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1523" spans="1:3">
+      <c r="A1523" s="1" t="inlineStr">
+        <is>
           <t>9789757544241</t>
         </is>
       </c>
-      <c r="B1519" s="1" t="inlineStr">
+      <c r="B1523" s="1" t="inlineStr">
         <is>
           <t>Azat Kuşları</t>
         </is>
       </c>
-      <c r="C1519" s="1">
-        <v>350</v>
+      <c r="C1523" s="1">
+        <v>360</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>