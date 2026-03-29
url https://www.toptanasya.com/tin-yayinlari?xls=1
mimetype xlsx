--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -85,400 +85,460 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259348940</t>
+          <t>9786259348957</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Allah Var Diyorsan Allah Yokmuş Gibi Yaşama</t>
+          <t>Dalaletten Selamete</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259348902</t>
+          <t>9786259348971</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mizanü'l Hakk - Fi İhtiyaril Ehakk</t>
+          <t>Sahih-i Buhariden Dersler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259348919</t>
+          <t>9786259348964</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Din-i İslam Hediyesi</t>
+          <t>Allah’ın Sanatındaki Harikalar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259251196</t>
+          <t>9786259348988</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bilim Yanılgısı</t>
+          <t>Kötülük Problemi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259628622</t>
+          <t>9786259348940</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Cessas - Hadis Usulü</t>
+          <t>Allah Var Diyorsan Allah Yokmuş Gibi Yaşama</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259348933</t>
+          <t>9786259348902</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ol Dedi Oldum</t>
+          <t>Mizanü'l Hakk - Fi İhtiyaril Ehakk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259251189</t>
+          <t>9786259348919</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Suriye Devriminin Tarihi 2011-2015</t>
+          <t>Din-i İslam Hediyesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259628639</t>
+          <t>9786259251196</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İstifham I – İslami Sorular ve Cevapları</t>
+          <t>Bilim Yanılgısı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259628615</t>
+          <t>9786259628622</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Allah Resulü İsa</t>
+          <t>Cessas - Hadis Usulü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259714349</t>
+          <t>9786259348933</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Analitik Felsefenin Kökenleri</t>
+          <t>Ol Dedi Oldum</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259714318</t>
+          <t>9786259251189</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mecelle Külli Kaideler Şerhi ve Bir Zeyl Denemesi</t>
+          <t>Suriye Devriminin Tarihi 2011-2015</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>640</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259714325</t>
+          <t>9786259628639</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Online Cinsellik Kültüründe Dijital Mahremiyet</t>
+          <t>İstifham I – İslami Sorular ve Cevapları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259714332</t>
+          <t>9786259628615</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü</t>
+          <t>Allah Resulü İsa</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259714301</t>
+          <t>9786259714349</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Mit Kurgulamak – Şii Hilali ve İran’ın Teopolitikası</t>
+          <t>Analitik Felsefenin Kökenleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259251127</t>
+          <t>9786259714318</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Muhtelif 2 - İslam’a İtirazlar ve Cevapları</t>
+          <t>Mecelle Külli Kaideler Şerhi ve Bir Zeyl Denemesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>270</v>
+        <v>640</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259628608</t>
+          <t>9786259714325</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Din Olarak Evrim</t>
+          <t>Online Cinsellik Kültüründe Dijital Mahremiyet</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>530</v>
+        <v>310</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259830773</t>
+          <t>9786259714332</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dosdoğru Elçi</t>
+          <t>Hadis Usulü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259830766</t>
+          <t>9786259714301</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Raf Ömrün Bitmeden</t>
+          <t>Bir Mit Kurgulamak – Şii Hilali ve İran’ın Teopolitikası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259251110</t>
+          <t>9786259251127</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin</t>
+          <t>Muhtelif 2 - İslam’a İtirazlar ve Cevapları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>470</v>
+        <v>270</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259830759</t>
+          <t>9786259628608</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Din Kurgulamak</t>
+          <t>Bir Din Olarak Evrim</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>440</v>
+        <v>530</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259628677</t>
+          <t>9786259830773</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mantık Dersleri - Îsâgûcî</t>
+          <t>Dosdoğru Elçi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259628660</t>
+          <t>9786259830766</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Münazara Dersleri - Risale fî Adâbi’l-Bahs</t>
+          <t>Raf Ömrün Bitmeden</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259830711</t>
+          <t>9786259251110</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dahi ve Dindar: Isaac Newton</t>
+          <t>Riyazü's Salihin</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
+          <t>9786259830759</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Bir Din Kurgulamak</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786259628677</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Mantık Dersleri - Îsâgûcî</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786259628660</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Münazara Dersleri - Risale fî Adâbi’l-Bahs</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786259830711</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Dahi ve Dindar: Isaac Newton</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
           <t>9786259628646</t>
         </is>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Öğrenmeyi Öğrenmek</t>
         </is>
       </c>
-      <c r="C25" s="1">
+      <c r="C29" s="1">
         <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>