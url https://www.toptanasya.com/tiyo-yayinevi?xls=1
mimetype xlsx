--- v0 (2025-11-17)
+++ v1 (2026-02-08)
@@ -85,1285 +85,1300 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054893737</t>
+          <t>9786054893751</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Takvimi 1447</t>
+          <t>Sondan İki</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9787597874702</t>
+          <t>9786054893737</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sevdiklerinizi Hatırlayın - Bayram Tebrik Kartları</t>
+          <t>İstiklal Takvimi 1447</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054893713</t>
+          <t>9787597874702</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Takvimi 1446</t>
+          <t>Sevdiklerinizi Hatırlayın - Bayram Tebrik Kartları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054893706</t>
+          <t>9786054893713</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna</t>
+          <t>İstiklal Takvimi 1446</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>630</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054893683</t>
+          <t>9786054893706</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Toparlanın Gitmiyoruz 3</t>
+          <t>Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>675</v>
+        <v>630</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054893676</t>
+          <t>9786054893683</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Toparlanın Gitmiyoruz 2</t>
+          <t>Toparlanın Gitmiyoruz 3</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1050</v>
+        <v>675</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054893690</t>
+          <t>9786054893676</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Arapçaya Bakış Namaz Surelerinden</t>
+          <t>Toparlanın Gitmiyoruz 2</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>510</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054893669</t>
+          <t>9786054893690</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Toparlanın Gitmiyoruz 1</t>
+          <t>Arapçaya Bakış Namaz Surelerinden</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>840</v>
+        <v>510</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054893645</t>
+          <t>9786054893669</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Takvimi 1445</t>
+          <t>Toparlanın Gitmiyoruz 1</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1050</v>
+        <v>840</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054893638</t>
+          <t>9786054893645</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Safahat Yedinci Kitap Gölgeler</t>
+          <t>İstiklal Takvimi 1445</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054893621</t>
+          <t>9786054893638</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Safahat Altıncı Kitap Asım</t>
+          <t>Safahat Yedinci Kitap Gölgeler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054893614</t>
+          <t>9786054893621</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis (Osmanlıca)</t>
+          <t>Safahat Altıncı Kitap Asım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>435</v>
+        <v>170</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054893607</t>
+          <t>9786054893614</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Safahat Beşinci Kitap Hatıralar</t>
+          <t>Kırk Hadis (Osmanlıca)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>435</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054893591</t>
+          <t>9786054893607</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Safahat Dördüncü Kitap, Fatih Kürsüsünde</t>
+          <t>Safahat Beşinci Kitap Hatıralar</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054893584</t>
+          <t>9786054893591</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı Derneğinin Diline Doladığıdır</t>
+          <t>Safahat Dördüncü Kitap, Fatih Kürsüsünde</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054893577</t>
+          <t>9786054893584</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>SAFAHAT Üçüncü Kitap, Hakk’ın Sesleri</t>
+          <t>İstiklal Marşı Derneğinin Diline Doladığıdır</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054893560</t>
+          <t>9786054893577</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Safahat İkinci Kitap, Süleymaniye Kürsüsünde</t>
+          <t>SAFAHAT Üçüncü Kitap, Hakk’ın Sesleri</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054893553</t>
+          <t>9786054893560</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Erbain</t>
+          <t>Safahat İkinci Kitap, Süleymaniye Kürsüsünde</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054893546</t>
+          <t>9786054893553</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Safahat Birinci Kitap</t>
+          <t>Erbain</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>4440000002285</t>
+          <t>9786054893546</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk İstanbul Kartpostalları (26 Adet)</t>
+          <t>Safahat Birinci Kitap</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054893522</t>
+          <t>4440000002285</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Elifbası</t>
+          <t>Türk İstanbul Kartpostalları (26 Adet)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054893515</t>
+          <t>9786054893522</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tekne Kazıntısı</t>
+          <t>İstiklal Elifbası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>455</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054893300</t>
+          <t>9786054893515</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Başını Örten Kızlar Felsefe Bilmelidir (Osmanlıca)</t>
+          <t>Tekne Kazıntısı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>395</v>
+        <v>455</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054893294</t>
+          <t>9786054893300</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Takvimi 1440 (Ciltli)</t>
+          <t>Başını Örten Kızlar Felsefe Bilmelidir (Osmanlıca)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054893317</t>
+          <t>9786054893294</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - İkinci Merhale Birinci Nüsha</t>
+          <t>İstiklal Takvimi 1440 (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058615113</t>
+          <t>9786054893317</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Küfrün İhsanı Olmaz</t>
+          <t>Sınıf Bilinci - İkinci Merhale Birinci Nüsha</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058615137</t>
+          <t>9786058615113</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Küfrün İhsanı Olmaz</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058615120</t>
+          <t>9786058615137</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bir Akşam Gezintisi Değil Bir İstiklal Yürüyüşü - 2</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>25</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054893003</t>
+          <t>9786058615120</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Üç Zor Mesele</t>
+          <t>Bir Akşam Gezintisi Değil Bir İstiklal Yürüyüşü - 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>630</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058615168</t>
+          <t>9786054893003</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ve'l-Asr</t>
+          <t>Üç Zor Mesele</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>320</v>
+        <v>630</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058615199</t>
+          <t>9786058615168</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sorulunca Söylenen</t>
+          <t>Ve'l-Asr</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>455</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054893287</t>
+          <t>9786058615199</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 2</t>
+          <t>Sorulunca Söylenen</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>770</v>
+        <v>455</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054893263</t>
+          <t>9786054893287</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 1</t>
+          <t>Cuma Mektupları 2</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>770</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054893270</t>
+          <t>9786054893263</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Söyleyen Bilmez Bilenler Söylemez</t>
+          <t>Cuma Mektupları 1</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>225</v>
+        <v>770</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054893249</t>
+          <t>9786054893270</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir Akşam Gezintisi Değil Bir İstiklal Yürüyüşü</t>
+          <t>Söyleyen Bilmez Bilenler Söylemez</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>770</v>
+        <v>225</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054893331</t>
+          <t>9786054893249</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci İkinci Merhale İkinci Nüsha</t>
+          <t>Bir Akşam Gezintisi Değil Bir İstiklal Yürüyüşü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>170</v>
+        <v>770</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054893324</t>
+          <t>9786054893331</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İltifat Ağyaredir Dost Acı Söyler</t>
+          <t>Sınıf Bilinci İkinci Merhale İkinci Nüsha</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054893171</t>
+          <t>9786054893324</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dil ile İkrar (Osmanlıca-Türkçe)</t>
+          <t>İltifat Ağyaredir Dost Acı Söyler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>550</v>
+        <v>255</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054893218</t>
+          <t>9786054893171</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - Bahar</t>
+          <t>Dil ile İkrar (Osmanlıca-Türkçe)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054893201</t>
+          <t>9786054893218</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Elhan-ı Şita (Ciltli)</t>
+          <t>Sınıf Bilinci - Bahar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054893225</t>
+          <t>9786054893201</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - Yaz</t>
+          <t>Elhan-ı Şita (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054893157</t>
+          <t>9786054893225</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ana Dile Eğilim</t>
+          <t>Sınıf Bilinci - Yaz</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054893096</t>
+          <t>9786054893157</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu (4 Kitap Takım)</t>
+          <t>Ana Dile Eğilim</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054893072</t>
+          <t>9786054893096</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türk Olamadıysan Oldun Amerikalı</t>
+          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>455</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054893195</t>
+          <t>9786054893072</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - Kış</t>
+          <t>Türk Olamadıysan Oldun Amerikalı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>170</v>
+        <v>455</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054893041</t>
+          <t>9786054893195</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Of Not Being A Jew (Ciltli)</t>
+          <t>Sınıf Bilinci - Kış</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054893034</t>
+          <t>9786054893041</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Waldo Sen Neden Burada Değilsin</t>
+          <t>Of Not Being A Jew (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058615106</t>
+          <t>9786054893034</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türkün Dili Kur’an Sözü (Ciltli)</t>
+          <t>Waldo Sen Neden Burada Değilsin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>750</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056323997</t>
+          <t>9786058615106</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Taşları Yemek Yasak</t>
+          <t>Türkün Dili Kur’an Sözü (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>3990000019038</t>
+          <t>9786056323997</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tahrir Vazifeleri</t>
+          <t>Taşları Yemek Yasak</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056323980</t>
+          <t>3990000019038</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Şiir Okuma Kılavuzu</t>
+          <t>Tahrir Vazifeleri</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056323973</t>
+          <t>9786056323980</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kalın Türk</t>
+          <t>Şiir Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054893010</t>
+          <t>9786056323973</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İrtica Elden Gidiyor</t>
+          <t>Kalın Türk</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056323942</t>
+          <t>9786054893010</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Erbain</t>
+          <t>İrtica Elden Gidiyor</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058615144</t>
+          <t>9786056323942</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Desem Öldürürler, Demesem Öldüm</t>
+          <t>Erbain</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056323935</t>
+          <t>9786058615144</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bir Akşam Gezintisi Değil Bir İstiklal Yürüyüşü - 1</t>
+          <t>Desem Öldürürler, Demesem Öldüm</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>32.41</v>
+        <v>395</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054893188</t>
+          <t>9786056323935</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - Güz</t>
+          <t>Bir Akşam Gezintisi Değil Bir İstiklal Yürüyüşü - 1</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>170</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054893027</t>
+          <t>9786054893188</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Şiir Resitali</t>
+          <t>Sınıf Bilinci - Güz</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054893065</t>
+          <t>9786054893027</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yazımız</t>
+          <t>Şiir Resitali</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058615182</t>
+          <t>9786054893065</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Faydasız Randevu</t>
+          <t>Yazımız</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054893447</t>
+          <t>9786058615182</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - İkinci Merhale Sekizinci Nüsha</t>
+          <t>Faydasız Randevu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054893478</t>
+          <t>9786054893447</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Sınıf Bilinci - İkinci Merhale Sekizinci Nüsha</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990008251950</t>
+          <t>9786054893478</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 4</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>52.5</v>
+        <v>170</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054893492</t>
+          <t>3990008251950</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Pergelin Yazmaz Sivri Ucu</t>
+          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 4</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>455</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054893485</t>
+          <t>9786054893492</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Takvimi 1443</t>
+          <t>Pergelin Yazmaz Sivri Ucu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>320</v>
+        <v>455</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054893508</t>
+          <t>9786054893485</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İslamla Damgalanmış Varoluş</t>
+          <t>İstiklal Takvimi 1443</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>395</v>
+        <v>320</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054893423</t>
+          <t>9786054893508</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İspirto Türk</t>
+          <t>İslamla Damgalanmış Varoluş</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054893430</t>
+          <t>9786054893423</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - İkinci Merhale Yedinci Nüsha</t>
+          <t>İspirto Türk</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>2789788618901</t>
+          <t>9786054893430</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel Şiir Posterleri</t>
+          <t>Sınıf Bilinci - İkinci Merhale Yedinci Nüsha</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054893379</t>
+          <t>2789788618901</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci İkinci Merhale Beşinci Nüsha</t>
+          <t>İsmet Özel Şiir Posterleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054893454</t>
+          <t>9786054893379</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Yusuf Masalı (Ciltli)</t>
+          <t>Sınıf Bilinci İkinci Merhale Beşinci Nüsha</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>630</v>
+        <v>170</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054893461</t>
+          <t>9786054893454</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci Ramazan</t>
+          <t>Bir Yusuf Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>630</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054893386</t>
+          <t>9786054893461</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türküm Doğruyum İntikamım Ülkemdir</t>
+          <t>Sınıf Bilinci Ramazan</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>455</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054893409</t>
+          <t>9786054893386</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Erbain (Osmanlıca) (Ciltli)</t>
+          <t>Türküm Doğruyum İntikamım Ülkemdir</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1050</v>
+        <v>455</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054893416</t>
+          <t>9786054893409</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci İkinci Merhale Altıncı Nüsha</t>
+          <t>Erbain (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>170</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>3990000051951</t>
+          <t>9786054893416</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 1</t>
+          <t>Sınıf Bilinci İkinci Merhale Altıncı Nüsha</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>52.5</v>
+        <v>170</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>3990000051950</t>
+          <t>3990000051951</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 2</t>
+          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 1</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>52.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>3990000051952</t>
+          <t>3990000051950</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 3</t>
+          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 2</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>52.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054893393</t>
+          <t>3990000051952</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çatallı Dil Yılana Mahsus Değil Yılmazın da Dili Çatallı Olur</t>
+          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 3</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>225</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054893089</t>
+          <t>9786054893393</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci İkinci Merhale Dördüncü Nüsha</t>
+          <t>Çatallı Dil Yılana Mahsus Değil Yılmazın da Dili Çatallı Olur</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054893355</t>
+          <t>9786054893089</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Hikayeler (Osmanlıca)</t>
+          <t>Sınıf Bilinci İkinci Merhale Dördüncü Nüsha</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>295</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054893348</t>
+          <t>9786054893355</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci İkinci Merhale Üçüncü Nüsha</t>
+          <t>Ömer Seyfettin - Hikayeler (Osmanlıca)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
+          <t>9786054893348</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Bilinci İkinci Merhale Üçüncü Nüsha</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
           <t>9786054893744</t>
         </is>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Sondan Bir</t>
         </is>
       </c>
-      <c r="C84" s="1">
+      <c r="C85" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>