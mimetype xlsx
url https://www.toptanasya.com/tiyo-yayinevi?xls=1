--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,1300 +85,1315 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054893751</t>
+          <t>9786054893768</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sondan İki</t>
+          <t>Sondan Üç</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054893737</t>
+          <t>9786054893751</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Takvimi 1447</t>
+          <t>Sondan İki</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9787597874702</t>
+          <t>9786054893737</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sevdiklerinizi Hatırlayın - Bayram Tebrik Kartları</t>
+          <t>İstiklal Takvimi 1447</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054893713</t>
+          <t>9787597874702</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Takvimi 1446</t>
+          <t>Sevdiklerinizi Hatırlayın - Bayram Tebrik Kartları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054893706</t>
+          <t>9786054893713</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna</t>
+          <t>İstiklal Takvimi 1446</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>630</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054893683</t>
+          <t>9786054893706</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Toparlanın Gitmiyoruz 3</t>
+          <t>Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>675</v>
+        <v>630</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054893676</t>
+          <t>9786054893683</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Toparlanın Gitmiyoruz 2</t>
+          <t>Toparlanın Gitmiyoruz 3</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1050</v>
+        <v>675</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054893690</t>
+          <t>9786054893676</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Arapçaya Bakış Namaz Surelerinden</t>
+          <t>Toparlanın Gitmiyoruz 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>510</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054893669</t>
+          <t>9786054893690</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Toparlanın Gitmiyoruz 1</t>
+          <t>Arapçaya Bakış Namaz Surelerinden</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>840</v>
+        <v>510</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054893645</t>
+          <t>9786054893669</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Takvimi 1445</t>
+          <t>Toparlanın Gitmiyoruz 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1050</v>
+        <v>840</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054893638</t>
+          <t>9786054893645</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Safahat Yedinci Kitap Gölgeler</t>
+          <t>İstiklal Takvimi 1445</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054893621</t>
+          <t>9786054893638</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Safahat Altıncı Kitap Asım</t>
+          <t>Safahat Yedinci Kitap Gölgeler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054893614</t>
+          <t>9786054893621</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis (Osmanlıca)</t>
+          <t>Safahat Altıncı Kitap Asım</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>435</v>
+        <v>170</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054893607</t>
+          <t>9786054893614</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Safahat Beşinci Kitap Hatıralar</t>
+          <t>Kırk Hadis (Osmanlıca)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>435</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054893591</t>
+          <t>9786054893607</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Safahat Dördüncü Kitap, Fatih Kürsüsünde</t>
+          <t>Safahat Beşinci Kitap Hatıralar</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054893584</t>
+          <t>9786054893591</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı Derneğinin Diline Doladığıdır</t>
+          <t>Safahat Dördüncü Kitap, Fatih Kürsüsünde</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054893577</t>
+          <t>9786054893584</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>SAFAHAT Üçüncü Kitap, Hakk’ın Sesleri</t>
+          <t>İstiklal Marşı Derneğinin Diline Doladığıdır</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054893560</t>
+          <t>9786054893577</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Safahat İkinci Kitap, Süleymaniye Kürsüsünde</t>
+          <t>SAFAHAT Üçüncü Kitap, Hakk’ın Sesleri</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054893553</t>
+          <t>9786054893560</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Erbain</t>
+          <t>Safahat İkinci Kitap, Süleymaniye Kürsüsünde</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054893546</t>
+          <t>9786054893553</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Safahat Birinci Kitap</t>
+          <t>Erbain</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>4440000002285</t>
+          <t>9786054893546</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Türk İstanbul Kartpostalları (26 Adet)</t>
+          <t>Safahat Birinci Kitap</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054893522</t>
+          <t>4440000002285</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Elifbası</t>
+          <t>Türk İstanbul Kartpostalları (26 Adet)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054893515</t>
+          <t>9786054893522</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tekne Kazıntısı</t>
+          <t>İstiklal Elifbası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>455</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054893300</t>
+          <t>9786054893515</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Başını Örten Kızlar Felsefe Bilmelidir (Osmanlıca)</t>
+          <t>Tekne Kazıntısı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>395</v>
+        <v>455</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054893294</t>
+          <t>9786054893300</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Takvimi 1440 (Ciltli)</t>
+          <t>Başını Örten Kızlar Felsefe Bilmelidir (Osmanlıca)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054893317</t>
+          <t>9786054893294</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - İkinci Merhale Birinci Nüsha</t>
+          <t>İstiklal Takvimi 1440 (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058615113</t>
+          <t>9786054893317</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Küfrün İhsanı Olmaz</t>
+          <t>Sınıf Bilinci - İkinci Merhale Birinci Nüsha</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058615137</t>
+          <t>9786058615113</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Küfrün İhsanı Olmaz</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058615120</t>
+          <t>9786058615137</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Akşam Gezintisi Değil Bir İstiklal Yürüyüşü - 2</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>25</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054893003</t>
+          <t>9786058615120</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Üç Zor Mesele</t>
+          <t>Bir Akşam Gezintisi Değil Bir İstiklal Yürüyüşü - 2</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>630</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058615168</t>
+          <t>9786054893003</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ve'l-Asr</t>
+          <t>Üç Zor Mesele</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>630</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058615199</t>
+          <t>9786058615168</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sorulunca Söylenen</t>
+          <t>Ve'l-Asr</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>455</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054893287</t>
+          <t>9786058615199</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 2</t>
+          <t>Sorulunca Söylenen</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>770</v>
+        <v>455</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054893263</t>
+          <t>9786054893287</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Cuma Mektupları 1</t>
+          <t>Cuma Mektupları 2</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>770</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054893270</t>
+          <t>9786054893263</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Söyleyen Bilmez Bilenler Söylemez</t>
+          <t>Cuma Mektupları 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>225</v>
+        <v>770</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054893249</t>
+          <t>9786054893270</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bir Akşam Gezintisi Değil Bir İstiklal Yürüyüşü</t>
+          <t>Söyleyen Bilmez Bilenler Söylemez</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>770</v>
+        <v>225</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054893331</t>
+          <t>9786054893249</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci İkinci Merhale İkinci Nüsha</t>
+          <t>Bir Akşam Gezintisi Değil Bir İstiklal Yürüyüşü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>170</v>
+        <v>770</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054893324</t>
+          <t>9786054893331</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İltifat Ağyaredir Dost Acı Söyler</t>
+          <t>Sınıf Bilinci İkinci Merhale İkinci Nüsha</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054893171</t>
+          <t>9786054893324</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dil ile İkrar (Osmanlıca-Türkçe)</t>
+          <t>İltifat Ağyaredir Dost Acı Söyler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>550</v>
+        <v>255</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054893218</t>
+          <t>9786054893171</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - Bahar</t>
+          <t>Dil ile İkrar (Osmanlıca-Türkçe)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054893201</t>
+          <t>9786054893218</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Elhan-ı Şita (Ciltli)</t>
+          <t>Sınıf Bilinci - Bahar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054893225</t>
+          <t>9786054893201</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - Yaz</t>
+          <t>Elhan-ı Şita (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054893157</t>
+          <t>9786054893225</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ana Dile Eğilim</t>
+          <t>Sınıf Bilinci - Yaz</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054893096</t>
+          <t>9786054893157</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu (4 Kitap Takım)</t>
+          <t>Ana Dile Eğilim</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054893072</t>
+          <t>9786054893096</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türk Olamadıysan Oldun Amerikalı</t>
+          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>455</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054893195</t>
+          <t>9786054893072</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - Kış</t>
+          <t>Türk Olamadıysan Oldun Amerikalı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>170</v>
+        <v>455</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054893041</t>
+          <t>9786054893195</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Of Not Being A Jew (Ciltli)</t>
+          <t>Sınıf Bilinci - Kış</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054893034</t>
+          <t>9786054893041</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Waldo Sen Neden Burada Değilsin</t>
+          <t>Of Not Being A Jew (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058615106</t>
+          <t>9786054893034</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türkün Dili Kur’an Sözü (Ciltli)</t>
+          <t>Waldo Sen Neden Burada Değilsin</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>750</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056323997</t>
+          <t>9786058615106</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Taşları Yemek Yasak</t>
+          <t>Türkün Dili Kur’an Sözü (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000019038</t>
+          <t>9786056323997</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tahrir Vazifeleri</t>
+          <t>Taşları Yemek Yasak</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056323980</t>
+          <t>3990000019038</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Şiir Okuma Kılavuzu</t>
+          <t>Tahrir Vazifeleri</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056323973</t>
+          <t>9786056323980</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kalın Türk</t>
+          <t>Şiir Okuma Kılavuzu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054893010</t>
+          <t>9786056323973</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İrtica Elden Gidiyor</t>
+          <t>Kalın Türk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056323942</t>
+          <t>9786054893010</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Erbain</t>
+          <t>İrtica Elden Gidiyor</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058615144</t>
+          <t>9786056323942</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Desem Öldürürler, Demesem Öldüm</t>
+          <t>Erbain</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056323935</t>
+          <t>9786058615144</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bir Akşam Gezintisi Değil Bir İstiklal Yürüyüşü - 1</t>
+          <t>Desem Öldürürler, Demesem Öldüm</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>32.41</v>
+        <v>395</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054893188</t>
+          <t>9786056323935</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - Güz</t>
+          <t>Bir Akşam Gezintisi Değil Bir İstiklal Yürüyüşü - 1</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>170</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054893027</t>
+          <t>9786054893188</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şiir Resitali</t>
+          <t>Sınıf Bilinci - Güz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054893065</t>
+          <t>9786054893027</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yazımız</t>
+          <t>Şiir Resitali</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058615182</t>
+          <t>9786054893065</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Faydasız Randevu</t>
+          <t>Yazımız</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054893447</t>
+          <t>9786058615182</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - İkinci Merhale Sekizinci Nüsha</t>
+          <t>Faydasız Randevu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054893478</t>
+          <t>9786054893447</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Sınıf Bilinci - İkinci Merhale Sekizinci Nüsha</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990008251950</t>
+          <t>9786054893478</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 4</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>52.5</v>
+        <v>170</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054893492</t>
+          <t>3990008251950</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Pergelin Yazmaz Sivri Ucu</t>
+          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 4</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>455</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054893485</t>
+          <t>9786054893492</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Takvimi 1443</t>
+          <t>Pergelin Yazmaz Sivri Ucu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>320</v>
+        <v>455</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054893508</t>
+          <t>9786054893485</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İslamla Damgalanmış Varoluş</t>
+          <t>İstiklal Takvimi 1443</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>395</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054893423</t>
+          <t>9786054893508</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İspirto Türk</t>
+          <t>İslamla Damgalanmış Varoluş</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054893430</t>
+          <t>9786054893423</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci - İkinci Merhale Yedinci Nüsha</t>
+          <t>İspirto Türk</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>2789788618901</t>
+          <t>9786054893430</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel Şiir Posterleri</t>
+          <t>Sınıf Bilinci - İkinci Merhale Yedinci Nüsha</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054893379</t>
+          <t>2789788618901</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci İkinci Merhale Beşinci Nüsha</t>
+          <t>İsmet Özel Şiir Posterleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054893454</t>
+          <t>9786054893379</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bir Yusuf Masalı (Ciltli)</t>
+          <t>Sınıf Bilinci İkinci Merhale Beşinci Nüsha</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>630</v>
+        <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054893461</t>
+          <t>9786054893454</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci Ramazan</t>
+          <t>Bir Yusuf Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>630</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054893386</t>
+          <t>9786054893461</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türküm Doğruyum İntikamım Ülkemdir</t>
+          <t>Sınıf Bilinci Ramazan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>455</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054893409</t>
+          <t>9786054893386</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Erbain (Osmanlıca) (Ciltli)</t>
+          <t>Türküm Doğruyum İntikamım Ülkemdir</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1050</v>
+        <v>455</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054893416</t>
+          <t>9786054893409</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci İkinci Merhale Altıncı Nüsha</t>
+          <t>Erbain (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>3990000051951</t>
+          <t>9786054893416</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 1</t>
+          <t>Sınıf Bilinci İkinci Merhale Altıncı Nüsha</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>52.5</v>
+        <v>170</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>3990000051950</t>
+          <t>3990000051951</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 2</t>
+          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 1</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>52.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>3990000051952</t>
+          <t>3990000051950</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 3</t>
+          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 2</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>52.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054893393</t>
+          <t>3990000051952</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çatallı Dil Yılana Mahsus Değil Yılmazın da Dili Çatallı Olur</t>
+          <t>Rasulü Ekrem Söyledi İşiten Türk Oldu Cilt: 3</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>225</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054893089</t>
+          <t>9786054893393</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci İkinci Merhale Dördüncü Nüsha</t>
+          <t>Çatallı Dil Yılana Mahsus Değil Yılmazın da Dili Çatallı Olur</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054893355</t>
+          <t>9786054893089</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Hikayeler (Osmanlıca)</t>
+          <t>Sınıf Bilinci İkinci Merhale Dördüncü Nüsha</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>295</v>
+        <v>170</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054893348</t>
+          <t>9786054893355</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bilinci İkinci Merhale Üçüncü Nüsha</t>
+          <t>Ömer Seyfettin - Hikayeler (Osmanlıca)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
+          <t>9786054893348</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Bilinci İkinci Merhale Üçüncü Nüsha</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
           <t>9786054893744</t>
         </is>
       </c>
-      <c r="B85" s="1" t="inlineStr">
+      <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Sondan Bir</t>
         </is>
       </c>
-      <c r="C85" s="1">
+      <c r="C86" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>