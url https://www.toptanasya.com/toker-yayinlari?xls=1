--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -259,51 +259,51 @@
         <is>
           <t>9789754452600</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Yakından Tanıdığım Ünlüler 1 : Yaşar Kemal</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>2789786025800</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Fatih'in Fedaisi Kara Murat 5'li Set</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1310</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789754452594</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>İndirilen Tokmak'lar - Yakacaklar Ülkeyi</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789754453539</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>