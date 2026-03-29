--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,3190 +85,3955 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789754452549</t>
+          <t>4444444442595</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hars ve Medeniyet</t>
+          <t>Sözün Kısası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789754451795</t>
+          <t>2880000110446</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dikmen Yıldızı</t>
+          <t>Türkiye Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789754453706</t>
+          <t>3990000034048</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’nda Anadolu</t>
+          <t>Kur'an-ı Kerim Tercümesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4440000003617</t>
+          <t>9789754450064</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Alfabetik Sağlık Kılavuzu</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789754453348</t>
+          <t>3990000003943</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Vaklamayan Ördek (El Yazılı)</t>
+          <t>Büyük Mehmetçik Fevzi Çakmak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>4440000002402</t>
+          <t>3990000053079</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Civciv (El Yazılı)</t>
+          <t>Kutsal Kur'an</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>4440000002399</t>
+          <t>3990000056559</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kuş Olmak İsteyen Ayıcık (El Yazılı)</t>
+          <t>Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000053752</t>
+          <t>3990000051617</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Suzan ve Yağmur (El Yazılı)</t>
+          <t>Gizli İlimler Cilt: 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>50</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754450019</t>
+          <t>3990000005819</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdulhamit ve Osmanlı İmparatorluğunda Komitacılar</t>
+          <t>Üşütük Bulmacalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754453416</t>
+          <t>3990000012355</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yazık Ettiler Güzelim Ülkeye!</t>
+          <t>Ülkücü Hareketin Meseleleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754452600</t>
+          <t>4440000002400</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yakından Tanıdığım Ünlüler 1 : Yaşar Kemal</t>
+          <t>Türk Tiyatrosu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>2789786025800</t>
+          <t>3990000011679</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Fatih'in Fedaisi Kara Murat 5'li Set</t>
+          <t>Türk Tarihinde Çocuk Kahramanlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1700</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754452594</t>
+          <t>3990000012196</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İndirilen Tokmak'lar - Yakacaklar Ülkeyi</t>
+          <t>Türk Tarihi (14 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754453539</t>
+          <t>3990000007783</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Cevapsız Kalan Sorular</t>
+          <t>Türk Klasikleri 100 Büyük Edip ve Şair Seti</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754453546</t>
+          <t>3990000006849</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dinlediğim Muhteşem Fıkralar</t>
+          <t>Tornacılık Tekniği</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754452976</t>
+          <t>3990000012127</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp</t>
+          <t>Solun Namusu (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>225</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000013337</t>
+          <t>3990000011083</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zirvede Kavga</t>
+          <t>Sevgi Yağmuru</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000006783</t>
+          <t>3990000011846</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zayıflama Rejimleri</t>
+          <t>Servet-i Fünun’dan Cumhuriyete Kadar Yeni Türk Edebiyatı Antolojisi</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000034070</t>
+          <t>3990000010403</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşı M. Kemal’in Hürriyet Mücadelesi (Eğik El Yazısı)</t>
+          <t>Kahverengi Gözlerin</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754451344</t>
+          <t>3990000004394</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yüz Temel Eser Seçkisi İlköğretim İçin Edebi Tür, İçerik, Yazar</t>
+          <t>Seçme Hadisler ve Dualar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3990000011082</t>
+          <t>3990000012508</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Fırtına</t>
+          <t>Seçme Fıkralar Anadolu, Karadeniz, Doktor, Politik, ve Cimri Fıkraları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754450507</t>
+          <t>3990000016549</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Has Hacib Kutadgu Bilig'ten Seçmeler</t>
+          <t>Rüzgar Gibi Geçti 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>720</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754450651</t>
+          <t>9789754450644</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Para Kazanma ve Kullanma Sanatı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000013336</t>
+          <t>9789754450170</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ordu</t>
+          <t>Özgeçmiş Yazma ve Kendini Tanıtma Sanatı Başvuru Mektubu ve Özgeçmiş Örnekleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754451689</t>
+          <t>3990000012919</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye’nin Hedefleri</t>
+          <t>Öpkü Aşk ve Hüzün Şiirleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>105</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754450880</t>
+          <t>3990000011761</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal Beyatlı</t>
+          <t>Oto Tamirciliği Arızacılık - Ayarlar 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754451023</t>
+          <t>3990000011760</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Werther’in Aşk Acıları</t>
+          <t>Oto Elektriği ve Akümülatör Tekniği 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754450422</t>
+          <t>3990000004464</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat</t>
+          <t>Osmanlı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000012514</t>
+          <t>3990000009071</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yemek ve Tatlı Kitabı</t>
+          <t>Kur’an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000013338</t>
+          <t>3990000012925</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Yürek</t>
+          <t>Köylü Gözüyle Avrupa Ver Elini Afrika!.. / Tuna’dan Karpatlar’a</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754450941</t>
+          <t>9789754450408</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yakup Kadri Karaosmanoğlu</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>210</v>
+        <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754453294</t>
+          <t>3990000011759</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tipi Dindi</t>
+          <t>Kaynakçılık Tekniği Oksijen - Elektrik Kaynağı ve Lehimcilik</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754450286</t>
+          <t>9789754450866</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>Kaşgarlı Mahmud ve Divan-ı Lugat-it Türk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754453478</t>
+          <t>3990000011202</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yakacık Mektupları</t>
+          <t>Kamalı Zeybek</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754452532</t>
+          <t>3990000011257</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Okuduğum Kitaplardan Tayyip Bey'e Satırlar</t>
+          <t>Gizli İlimler (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>260</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>3990000025909</t>
+          <t>3990000004274</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Açık ve Gizli Celse Meclis Konuşmaları (4 Cilt Takım)</t>
+          <t>Folklor Penceresi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789754451832</t>
+          <t>3990000019014</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Siz Ona Padişah Derseniz</t>
+          <t>Faşizm Faşist Devlet</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>230</v>
+        <v>80</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754451825</t>
+          <t>3990000011655</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'e Diktatör Diyenin...</t>
+          <t>Cem ile Ceymis’in Anadolu Serüvenleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754450668</t>
+          <t>9789754450095</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayatın Ötesinden Yaşanmış Doğaüstü Olaylar, Büyüler, Hayaletler, Ruh Çağırma Seansları</t>
+          <t>Büyük Uyanış</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000004315</t>
+          <t>3990000012923</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Üvey Ana</t>
+          <t>Benim Gizli Yazılarım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754451610</t>
+          <t>3990000013170</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Uzaklara Balam</t>
+          <t>Batı Edebiyatı Antolojisi (3 Cilt Birarada) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754451269</t>
+          <t>9789754450188</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Türklük Ülküsü</t>
+          <t>Aşık Veysel</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754450057</t>
+          <t>3990000012320</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek, İslamlaşmak, Muasırlaşmak</t>
+          <t>Alfabetik Sağlık Klavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000013333</t>
+          <t>3990000013329</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Din ve Vicdan Hürriyeti</t>
+          <t>A’dan Z’ye Ansiklopedik Çocuk İsimleri (Anlamlar)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754451245</t>
+          <t>3990000013326</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türkçülük</t>
+          <t>A’dan - Z’ye  Ansiklopedik Çocuk İsimleri (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>4440000002401</t>
+          <t>9789754450576</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Ben Spor Yazarı İken</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789754450385</t>
+          <t>3990000012126</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türk Töresi</t>
+          <t>Sözün Kısası (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754590432</t>
+          <t>3990000011678</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türk Terbiyesi</t>
+          <t>Çocuk Elişleri Antolojisi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754450583</t>
+          <t>3990000011680</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanları Başlangıçtan Günümüze</t>
+          <t>Çocuk Eğlenceleri Antolojisi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754450361</t>
+          <t>3990000011677</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeniyeti Tarihi</t>
+          <t>Çocuk Eğitim Rehberi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754451078</t>
+          <t>3990000031062</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Şiiri</t>
+          <t>Rüzgar Gibi Geçti 2. Cilt</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754451818</t>
+          <t>9789754452549</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türk Duygusu</t>
+          <t>Hars ve Medeniyet</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754450613</t>
+          <t>9789754451795</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanları</t>
+          <t>Dikmen Yıldızı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754450033</t>
+          <t>9789754453706</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türk Ahlakı</t>
+          <t>Kurtuluş Savaşı’nda Anadolu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754450910</t>
+          <t>4440000003617</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gazavat-ı Resulullah</t>
+          <t>Alfabetik Sağlık Kılavuzu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000012342</t>
+          <t>9789754453348</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tıp Yolunda Şundan Bundan</t>
+          <t>Vaklamayan Ördek (El Yazılı)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>50</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754450934</t>
+          <t>4440000002402</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret</t>
+          <t>Öksüz Civciv (El Yazılı)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>185</v>
+        <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000012428</t>
+          <t>4440000002399</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Temel İlkeleri İslam Tasavvufu (Ciltli)</t>
+          <t>Kuş Olmak İsteyen Ayıcık (El Yazılı)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>3990000013331</t>
+          <t>3990000053752</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tarih İtiraz Ediyor En Üsttekiler Türkler</t>
+          <t>Suzan ve Yağmur (El Yazılı)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754452952</t>
+          <t>9789754450019</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Edebiyatı</t>
+          <t>Sultan Abdulhamit ve Osmanlı İmparatorluğunda Komitacılar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>3990000019017</t>
+          <t>9789754453416</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tanıtım ve Reklam Sanatı</t>
+          <t>Yazık Ettiler Güzelim Ülkeye!</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754450606</t>
+          <t>9789754452600</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şinasi</t>
+          <t>Yakından Tanıdığım Ünlüler 1 : Yaşar Kemal</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754452983</t>
+          <t>2789786025800</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Çelebi</t>
+          <t>Fatih'in Fedaisi Kara Murat 5'li Set</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>160</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000010614</t>
+          <t>9789754452594</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Su Sinekleri</t>
+          <t>İndirilen Tokmak'lar - Yakacaklar Ülkeyi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>3990000012845</t>
+          <t>9789754453539</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun Edebiyatı</t>
+          <t>Cevapsız Kalan Sorular</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000006639</t>
+          <t>9789754453546</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Satış Sanatı Pazarlamacının ve Tezgahtarın El Kitabı</t>
+          <t>Dinlediğim Muhteşem Fıkralar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754451221</t>
+          <t>9789754452976</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Samipaşazade Sezai ve Sergüzeşt</t>
+          <t>Ziya Gökalp</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754450404</t>
+          <t>3990000013337</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik</t>
+          <t>Zirvede Kavga</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754591309</t>
+          <t>3990000006783</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Son Şiirler</t>
+          <t>Zayıflama Rejimleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>3990000006196</t>
+          <t>3990000034070</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Rusların Asya Siyaseti</t>
+          <t>Yüzbaşı M. Kemal’in Hürriyet Mücadelesi (Eğik El Yazısı)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754451641</t>
+          <t>9789754451344</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Rus Yarbayının Ağzından Türklere Karşı Ermeni Vahşeti</t>
+          <t>Yüz Temel Eser Seçkisi İlköğretim İçin Edebi Tür, İçerik, Yazar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>3990000027222</t>
+          <t>3990000011082</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Reşat Nuri Güntekin</t>
+          <t>Yüreğimdeki Fırtına</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754450455</t>
+          <t>9789754450507</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Remzi Oğuz Arık</t>
+          <t>Yusuf Has Hacib Kutadgu Bilig'ten Seçmeler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754450590</t>
+          <t>9789754450651</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Refik Halit Karay</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>3990000011057</t>
+          <t>3990000013336</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Pratik İngilizce Öğretimi</t>
+          <t>Yeşil Ordu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>3990000006972</t>
+          <t>9789754451689</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Pratik Fransızca Öğretimi</t>
+          <t>Yeni Türkiye’nin Hedefleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>350</v>
+        <v>105</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>4440000002384</t>
+          <t>9789754450880</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Pratik Almanca Öğretimi</t>
+          <t>Yahya Kemal Beyatlı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754450637</t>
+          <t>9789754451023</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Werther’in Aşk Acıları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754450897</t>
+          <t>9789754450422</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Peyami Safa</t>
+          <t>Yeni Hayat</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>3990000012123</t>
+          <t>3990000012514</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Pazar Kahvesi Bir Kaç Resim Bir Kaç İsim</t>
+          <t>Yemek ve Tatlı Kitabı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754450729</t>
+          <t>3990000013338</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Parlak İstikbal Kazanma Sanatı</t>
+          <t>Yaralı Yürek</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>3990000012870</t>
+          <t>9789754450941</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Özlü ve Güzel Sözler</t>
+          <t>Yakup Kadri Karaosmanoğlu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754450828</t>
+          <t>9789754453294</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin</t>
+          <t>Tipi Dindi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000012124</t>
+          <t>9789754450286</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Öbür Taraf</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754451214</t>
+          <t>9789754453478</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları</t>
+          <t>Yakacık Mektupları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754451535</t>
+          <t>9789754452532</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm İslam ve Türkler</t>
+          <t>Okuduğum Kitaplardan Tayyip Bey'e Satırlar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754451047</t>
+          <t>3990000025909</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli Kanık ve Garipçiler</t>
+          <t>Atatürk'ün Açık ve Gizli Celse Meclis Konuşmaları (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>210</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754451542</t>
+          <t>9789754451832</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Oluşum</t>
+          <t>Siz Ona Padişah Derseniz</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000013334</t>
+          <t>9789754451825</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Söktüren ve Sevdiren Çocuk Masalları</t>
+          <t>Atatürk'e Diktatör Diyenin...</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754451573</t>
+          <t>9789754450668</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Bu Hayatın Ötesinden Yaşanmış Doğaüstü Olaylar, Büyüler, Hayaletler, Ruh Çağırma Seansları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754450620</t>
+          <t>3990000004315</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçiliğin Yasal Kaynakları (Ciltli)</t>
+          <t>Üvey Ana</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754451603</t>
+          <t>9789754451610</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede İç İsyanlar ve Ermeni Olayları</t>
+          <t>Uzaklara Balam</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>3990000012200</t>
+          <t>9789754451269</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Milli Kıyam - Milli Mücadelenin İç Yüzü</t>
+          <t>Türklük Ülküsü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3990000011853</t>
+          <t>9789754450057</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Milli Edebiyat Hareketi ve Beş Hececiler</t>
+          <t>Türkleşmek, İslamlaşmak, Muasırlaşmak</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000011843</t>
+          <t>3990000013333</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Türkiye’de Din ve Vicdan Hürriyeti</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789754450491</t>
+          <t>9789754451245</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Rauf</t>
+          <t>Türkçülük</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754451085</t>
+          <t>4440000002401</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Yurdakul</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754450903</t>
+          <t>9789754450385</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754453311</t>
+          <t>9789754590432</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Malta Sürgünleri’nden Portreler</t>
+          <t>Türk Terbiyesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754450392</t>
+          <t>9789754450583</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kürt Aşiretleri Hakkında Sosyolojik Tetkikler</t>
+          <t>Türk Romanları Başlangıçtan Günümüze</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754451719</t>
+          <t>9789754450361</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Ramazanları ve Milli Tarihimizde Ramazan Kültürü</t>
+          <t>Türk Medeniyeti Tarihi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754451061</t>
+          <t>9789754451078</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Türk Halk Şiiri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>3990000012275</t>
+          <t>9789754451818</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kolay Resim Dersleri</t>
+          <t>Türk Duygusu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>3990000003889</t>
+          <t>9789754450613</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Karıncalar</t>
+          <t>Türk Destanları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754451108</t>
+          <t>9789754450033</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kendi Anlatımı ile Atatürk’ün Hayatı</t>
+          <t>Türk Ahlakı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>3990000012125</t>
+          <t>9789754450910</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kavgamız : Düzene Çekidüzen (Ciltli)</t>
+          <t>Gazavat-ı Resulullah</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789754452471</t>
+          <t>3990000012342</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Karga Kovalayan Küçük Mustafa (Eğik El Yazısı)</t>
+          <t>Tıp Yolunda Şundan Bundan</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>50</v>
+        <v>260</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789754453010</t>
+          <t>9789754450934</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Tevfik Fikret</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>3990000029690</t>
+          <t>3990000012428</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kangurunun Gözyaşları (El Yazılı)</t>
+          <t>Tasavvufun Temel İlkeleri İslam Tasavvufu (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789754451580</t>
+          <t>3990000013331</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İttihatçı ve Nazi Çılgınlıkları</t>
+          <t>Tarih İtiraz Ediyor En Üsttekiler Türkler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754450811</t>
+          <t>9789754452952</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet Öncesi Türk Edebiyatı</t>
+          <t>Tanzimat Edebiyatı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>3990000011010</t>
+          <t>3990000019017</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi (Ciltli)</t>
+          <t>Tanıtım ve Reklam Sanatı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789754450767</t>
+          <t>9789754450606</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İlerle ve İlerlet</t>
+          <t>Şinasi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754451801</t>
+          <t>9789754452983</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İki Süngü Arasında</t>
+          <t>Süleyman Çelebi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754451634</t>
+          <t>3990000010614</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İhtilaller, Darbeler Arasında</t>
+          <t>Su Sinekleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754450307</t>
+          <t>3990000012845</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Rahmi Gürpınar</t>
+          <t>Servet-i Fünun Edebiyatı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754591293</t>
+          <t>3990000006639</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet’e Mektuplar</t>
+          <t>Satış Sanatı Pazarlamacının ve Tezgahtarın El Kitabı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754450773</t>
+          <t>9789754451221</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Şansı Kendi Elinde</t>
+          <t>Samipaşazade Sezai ve Sergüzeşt</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754450675</t>
+          <t>9789754450404</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İnsanları İdare Etme Sanatı</t>
+          <t>Sait Faik</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3990000034072</t>
+          <t>9789754591309</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Harbiye’de Hürriyetçi Fikirlerle Tanışması (Eğik El Yazısı)</t>
+          <t>Son Şiirler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>4440000002386</t>
+          <t>3990000006196</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Halkbilim ve Edebiyat</t>
+          <t>Rusların Asya Siyaseti</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789754450545</t>
+          <t>9789754451641</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil</t>
+          <t>Rus Yarbayının Ağzından Türklere Karşı Ermeni Vahşeti</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754450447</t>
+          <t>3990000027222</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar</t>
+          <t>Reşat Nuri Güntekin</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>3990000016551</t>
+          <t>9789754450455</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram Veli ve Eşrefoğlu Rumi</t>
+          <t>Remzi Oğuz Arık</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3990000006634</t>
+          <t>9789754450590</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Güçlükleri Yenme Sanatı</t>
+          <t>Refik Halit Karay</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754451511</t>
+          <t>3990000011057</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gramatik İngilizce Öğretimi A Complate English Grammer and Idioms</t>
+          <t>Pratik İngilizce Öğretimi</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754451115</t>
+          <t>3990000006972</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gazinin Kızı</t>
+          <t>Pratik Fransızca Öğretimi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754450484</t>
+          <t>4440000002384</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek</t>
+          <t>Pratik Almanca Öğretimi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>3990000034071</t>
+          <t>9789754450637</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Gazeteciliği ve Hapse Girmesi (Eğik El Yazısı)</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754450538</t>
+          <t>9789754450897</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli</t>
+          <t>Peyami Safa</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754450965</t>
+          <t>3990000012123</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Fedaisi Kara Murat 5 - Kızlar Manastırı</t>
+          <t>Pazar Kahvesi Bir Kaç Resim Bir Kaç İsim</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754450101</t>
+          <t>9789754450729</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Fedaisi Kara Murat 4 Kardeş Kanı</t>
+          <t>Parlak İstikbal Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754452884</t>
+          <t>3990000012870</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Fedaisi Kara Murat 3  Aşk ve Kan</t>
+          <t>Özlü ve Güzel Sözler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754452860</t>
+          <t>9789754450828</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Fedaisi Kara Murat 2  Ölüm Yolu</t>
+          <t>Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754451351</t>
+          <t>3990000012124</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Fedaisi Kara Murat 1  Vahşi Güzel</t>
+          <t>Öbür Taraf</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>3990000013171</t>
+          <t>9789754451214</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Faruk Nafiz Çamlıbel</t>
+          <t>Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>115</v>
+        <v>260</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>3990000004314</t>
+          <t>9789754451535</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Oryantalizm İslam ve Türkler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754451252</t>
+          <t>9789754451047</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi - Seyahatname’den Seçmeler</t>
+          <t>Orhan Veli Kanık ve Garipçiler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3990000019013</t>
+          <t>9789754451542</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Cinsel Uyum ve Mutluluk</t>
+          <t>Oluşum</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754451009</t>
+          <t>3990000013334</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı</t>
+          <t>Okumayı Söktüren ve Sevdiren Çocuk Masalları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>3990000006971</t>
+          <t>9789754451573</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Fransızca Öğretimi</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>3990000011060</t>
+          <t>9789754450620</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Almanca Öğretimi</t>
+          <t>Milliyetçiliğin Yasal Kaynakları (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>380</v>
+        <v>750</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>3990000011152</t>
+          <t>9789754451603</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Devlet Sırları</t>
+          <t>Milli Mücadelede İç İsyanlar ve Ermeni Olayları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754451337</t>
+          <t>3990000012200</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut</t>
+          <t>Milli Kıyam - Milli Mücadelenin İç Yüzü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>3990000012515</t>
+          <t>3990000011853</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bakımı</t>
+          <t>Milli Edebiyat Hareketi ve Beş Hececiler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>3990000025866</t>
+          <t>3990000011843</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çınaraltı Yazıları</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754452563</t>
+          <t>9789754450491</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı’nda (Annesini Selanik’ten Kaçırılışı, Eğik El Yazısı)</t>
+          <t>Mehmet Rauf</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754450927</t>
+          <t>9789754451085</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Edebiyatı</t>
+          <t>Mehmet Emin Yurdakul</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754450859</t>
+          <t>9789754450903</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Edebiyatı ve Ali Şir Nevai</t>
+          <t>Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>3990000013335</t>
+          <t>9789754453311</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kavgaları ve Türk Cumhurbaşkanları</t>
+          <t>Malta Sürgünleri’nden Portreler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754450842</t>
+          <t>9789754450392</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Hikayesi</t>
+          <t>Kürt Aşiretleri Hakkında Sosyolojik Tetkikler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>660</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3990000034067</t>
+          <t>9789754451719</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı ve Atatürk Devrimleri</t>
+          <t>Kurtuluş Savaşı Ramazanları ve Milli Tarihimizde Ramazan Kültürü</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754451207</t>
+          <t>9789754451061</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyada Tarih İzleri</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>3990000004270</t>
+          <t>3990000012275</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cenap Şahabettin</t>
+          <t>Kolay Resim Dersleri</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754450331</t>
+          <t>3990000003889</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Cahit Sıtkı Tarancı</t>
+          <t>Kızıl Karıncalar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>3990000003885</t>
+          <t>9789754451108</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkçe Sözlük</t>
+          <t>Kendi Anlatımı ile Atatürk’ün Hayatı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>390</v>
+        <v>50</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>3990000012092</t>
+          <t>3990000012125</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Biz Bu Ülkeyi Sokakta Bulmadık</t>
+          <t>Kavgamız : Düzene Çekidüzen (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>3990000016550</t>
+          <t>9789754452471</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Baki</t>
+          <t>Karga Kovalayan Küçük Mustafa (Eğik El Yazısı)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>210</v>
+        <v>50</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754452495</t>
+          <t>9789754453010</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Babasından Miras Kalan Kılıç (Eğik El Yazısı)</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789754451160</t>
+          <t>3990000029690</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Yakın Çevresi</t>
+          <t>Kangurunun Gözyaşları (El Yazılı)</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754451627</t>
+          <t>9789754451580</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kürt Politikası</t>
+          <t>İttihatçı ve Nazi Çılgınlıkları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754451122</t>
+          <t>9789754450811</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kulübesi ve Atatürk Başyazar</t>
+          <t>İslamiyet Öncesi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>50</v>
+        <v>145</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754451702</t>
+          <t>3990000011010</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Açık ve Gizli Celse Meclis Konuşmaları 4</t>
+          <t>İslam Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754451696</t>
+          <t>9789754450767</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Açık ve Gizli Celse Meclis Konuşmaları 3</t>
+          <t>İlerle ve İlerlet</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789754451672</t>
+          <t>9789754451801</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Açık ve Gizli Celse Meclis Konuşmaları 2</t>
+          <t>İki Süngü Arasında</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754451665</t>
+          <t>9789754451634</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Açık ve Gizli Celse Meclis Konuşmaları 1</t>
+          <t>İhtilaller, Darbeler Arasında</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>3990000034065</t>
+          <t>9789754450307</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Öğreniyoruz -2 (Soru ve Cevaplarla, Eğik El Yazısı)</t>
+          <t>Hüseyin Rahmi Gürpınar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789754453041</t>
+          <t>9789754591293</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Öğreniyoruz - 1 (Soru ve Cevaplarla, Eğik El Yazısı)</t>
+          <t>Hürriyet’e Mektuplar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754451139</t>
+          <t>9789754450773</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Milli Şiirleri</t>
+          <t>Herkesin Şansı Kendi Elinde</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754451146</t>
+          <t>9789754450675</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Bayram Şiirleri</t>
+          <t>İnsanları İdare Etme Sanatı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754451153</t>
+          <t>3990000034072</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Şiirleri</t>
+          <t>Harbiye’de Hürriyetçi Fikirlerle Tanışması (Eğik El Yazısı)</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754451184</t>
+          <t>4440000002386</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Savaşlarda</t>
+          <t>Halkbilim ve Edebiyat</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789754451788</t>
+          <t>9789754450545</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Muhaliflerinden Portreler 4</t>
+          <t>Halit Ziya Uşaklıgil</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>560</v>
+        <v>160</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789754451771</t>
+          <t>9789754450447</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Muhaliflerinden Portreler 3</t>
+          <t>Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789754451764</t>
+          <t>3990000016551</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Muhaliflerinden Portreler - 2</t>
+          <t>Hacı Bayram Veli ve Eşrefoğlu Rumi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789754451757</t>
+          <t>3990000006634</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Muhaliflerinden Portreler 1</t>
+          <t>Güçlükleri Yenme Sanatı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789754451177</t>
+          <t>9789754451511</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İstanbul’da</t>
+          <t>Gramatik İngilizce Öğretimi A Complate English Grammer and Idioms</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>50</v>
+        <v>330</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789754451191</t>
+          <t>9789754451115</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlke ve İnkılapları</t>
+          <t>Gazinin Kızı</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>3990000012922</t>
+          <t>9789754450484</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Aşık Hasan Dede</t>
+          <t>Necip Fazıl Kısakürek</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789754450463</t>
+          <t>3990000034071</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Arif Nihat Asya</t>
+          <t>Gazeteciliği ve Hapse Girmesi (Eğik El Yazısı)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>3990000011842</t>
+          <t>9789754450538</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Edebiyat Bilgileri Sözlüğü (Örnekli - Açıklamalı)</t>
+          <t>Fuzuli</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>3990000006486</t>
+          <t>9789754450965</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Fatih’in Fedaisi Kara Murat 5 - Kızlar Manastırı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>3990000007322</t>
+          <t>9789754450101</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Anadolunun Türkleştirilmesi ve İslamlaştırılması</t>
+          <t>Fatih’in Fedaisi Kara Murat 4 Kardeş Kanı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789754451092</t>
+          <t>9789754452884</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Necati Beg</t>
+          <t>Fatih’in Fedaisi Kara Murat 3  Aşk ve Kan</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>3990000012926</t>
+          <t>9789754452860</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Türk Mührü</t>
+          <t>Fatih’in Fedaisi Kara Murat 2  Ölüm Yolu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789754450415</t>
+          <t>9789754451351</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Fatih’in Fedaisi Kara Murat 1  Vahşi Güzel</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789754451733</t>
+          <t>3990000013171</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Alparslan Türkeş ile Tarihi Aydınlatan Sohbetler</t>
+          <t>Faruk Nafiz Çamlıbel</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>240</v>
+        <v>115</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>3990000005802</t>
+          <t>3990000004314</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Akıntıya Yürek Çekmek</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754450835</t>
+          <t>9789754451252</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Yesevi ve Divan-ı Hikmet / Edip Ahmet ve Atabet'ül Hakayık</t>
+          <t>Evliya Çelebi - Seyahatname’den Seçmeler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754450378</t>
+          <t>3990000019013</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Vefik Paşa</t>
+          <t>Evlilikte Cinsel Uyum ve Mutluluk</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754451276</t>
+          <t>9789754451009</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Rasim ve Şehir (İstanbul) Mektupları</t>
+          <t>Erzurumlu İbrahim Hakkı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789754450358</t>
+          <t>3990000006971</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim</t>
+          <t>En Kolay Fransızca Öğretimi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789754450412</t>
+          <t>3990000011060</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar</t>
+          <t>En Kolay Almanca Öğretimi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>3990000034074</t>
+          <t>3990000011152</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Adının Mustafa Kemal Olması (Eğik El Yazısı)</t>
+          <t>Devlet Sırları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789754450347</t>
+          <t>9789754451337</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hamit Tarhan</t>
+          <t>Dede Korkut</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789754450521</t>
+          <t>3990000012515</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>9 Gizli Dosya</t>
+          <t>Çocuk Bakımı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>3990000006071</t>
+          <t>3990000025866</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>80 Yıl Önce 1919 İmparatorluktan Cumhuriyete "Dünyanın En Kararsız 7 Ayı" 30 Ekim 1918 Mondros / 19 Mayıs 1919 Samsun</t>
+          <t>Çınaraltı Yazıları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>3990000013971</t>
+          <t>9789754452563</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>1919’dan Günümüze Türkiye Cumhuriyeti Tarihi Ansiklopedisi (Ciltli)</t>
+          <t>Çanakkale Savaşı’nda (Annesini Selanik’ten Kaçırılışı, Eğik El Yazısı)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>460</v>
+        <v>50</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789754451559</t>
+          <t>9789754450927</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>150’liklerden Portreler</t>
+          <t>Çağdaş Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789754451238</t>
+          <t>9789754450859</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>100 Temel Eser Kılavuzu</t>
+          <t>Çağatay Edebiyatı ve Ali Şir Nevai</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>550</v>
+        <v>145</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754451054</t>
+          <t>3990000013335</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal ve Vatan Yahut Silistre</t>
+          <t>Cumhuriyet Kavgaları ve Türk Cumhurbaşkanları</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>3990000012356</t>
+          <t>9789754450842</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Nihal Atsız</t>
+          <t>Cumhuriyet Dönemi Türk Hikayesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>210</v>
+        <v>660</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>4440000002383</t>
+          <t>3990000034067</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Mustafa’nın Doğumu - Ailesi - Okulu (Eğik El Yazısı)</t>
+          <t>Cumhurbaşkanlığı ve Atatürk Devrimleri</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754452921</t>
+          <t>9789754451207</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Nedim</t>
+          <t>Coğrafyada Tarih İzleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789754451030</t>
+          <t>3990000004270</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Cenap Şahabettin</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789754450873</t>
+          <t>9789754450331</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Dadaloğlu</t>
+          <t>Cahit Sıtkı Tarancı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>3990000013327</t>
+          <t>3990000003885</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>El Yazılı Atatürk’ü Seviyorum Seti (12 Kitap)</t>
+          <t>Büyük Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789754453713</t>
+          <t>3990000012092</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Muallim Naci</t>
+          <t>Biz Bu Ülkeyi Sokakta Bulmadık</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>3990000034068</t>
+          <t>3990000016550</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı’ndan Kurtuluş Savaşı’na</t>
+          <t>Baki</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>50</v>
+        <v>210</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
+          <t>9789754452495</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Babasından Miras Kalan Kılıç (Eğik El Yazısı)</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789754451160</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Yakın Çevresi</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789754451627</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Kürt Politikası</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789754451122</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Kulübesi ve Atatürk Başyazar</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789754451702</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Açık ve Gizli Celse Meclis Konuşmaları 4</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789754451696</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Açık ve Gizli Celse Meclis Konuşmaları 3</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789754451672</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Açık ve Gizli Celse Meclis Konuşmaları 2</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789754451665</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Açık ve Gizli Celse Meclis Konuşmaları 1</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>3990000034065</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ü Öğreniyoruz -2 (Soru ve Cevaplarla, Eğik El Yazısı)</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789754453041</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ü Öğreniyoruz - 1 (Soru ve Cevaplarla, Eğik El Yazısı)</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789754451139</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Milli Şiirleri</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789754451146</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Bayram Şiirleri</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789754451153</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Şiirleri</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789754451184</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Savaşlarda</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789754451788</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Muhaliflerinden Portreler 4</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789754451771</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Muhaliflerinden Portreler 3</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789754451764</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Muhaliflerinden Portreler - 2</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789754451757</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Muhaliflerinden Portreler 1</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789754451177</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk İstanbul’da</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789754451191</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk İlke ve İnkılapları</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>3990000012922</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Hasan Dede</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789754450463</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Arif Nihat Asya</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>3990000011842</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Ansiklopedik Edebiyat Bilgileri Sözlüğü (Örnekli - Açıklamalı)</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>3990000006486</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Andersen Masalları</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>3990000007322</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Anadolunun Türkleştirilmesi ve İslamlaştırılması</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789754451092</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Necati Beg</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>3990000012926</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’da Türk Mührü</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789754450415</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Altın Işık</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789754451733</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Alparslan Türkeş ile Tarihi Aydınlatan Sohbetler</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>3990000005802</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Akıntıya Yürek Çekmek</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789754450835</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Yesevi ve Divan-ı Hikmet / Edip Ahmet ve Atabet'ül Hakayık</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789754450378</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Vefik Paşa</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789754451276</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Rasim ve Şehir (İstanbul) Mektupları</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789754450358</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Haşim</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9789754450412</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Hamdi Tanpınar</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>3990000034074</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Adının Mustafa Kemal Olması (Eğik El Yazısı)</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789754450347</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Abdülhak Hamit Tarhan</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9789754450521</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>9 Gizli Dosya</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>3990000006071</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>80 Yıl Önce 1919 İmparatorluktan Cumhuriyete "Dünyanın En Kararsız 7 Ayı" 30 Ekim 1918 Mondros / 19 Mayıs 1919 Samsun</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>3990000013971</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>1919’dan Günümüze Türkiye Cumhuriyeti Tarihi Ansiklopedisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789754451559</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>150’liklerden Portreler</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9789754451238</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>100 Temel Eser Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789754451054</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Namık Kemal ve Vatan Yahut Silistre</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>3990000012356</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Nihal Atsız</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>4440000002383</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa’nın Doğumu - Ailesi - Okulu (Eğik El Yazısı)</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789754452921</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Nedim</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789754451030</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>İnsancıklar</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789754450873</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Dadaloğlu</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>3990000013327</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>El Yazılı Atatürk’ü Seviyorum Seti (12 Kitap)</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789754453713</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Muallim Naci</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>3990000034068</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>1. Dünya Savaşı’ndan Kurtuluş Savaşı’na</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
           <t>3990000006565</t>
         </is>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B262" s="1" t="inlineStr">
         <is>
           <t>Kemalettin Kamu</t>
         </is>
       </c>
-      <c r="C211" s="1">
+      <c r="C262" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>