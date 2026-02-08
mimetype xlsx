--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,505 +85,520 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259459783</t>
+          <t>9786259459790</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Senbazuru – Bin Turna Felsefesi</t>
+          <t>Gece Kütüphanesi'nde Akşam Yemeği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>8789765435266</t>
+          <t>9786259459783</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Senbazuru - Bin Turna Felsefesi (Kutulu Kitap)</t>
+          <t>Senbazuru – Bin Turna Felsefesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>8878787606539</t>
+          <t>8789765435266</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Seti (20 Kitap Takım)</t>
+          <t>Senbazuru - Bin Turna Felsefesi (Kutulu Kitap)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>2530</v>
+        <v>390</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>8788546734536</t>
+          <t>8878787606539</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kenji Miyazawa Seti (3 Kitap Takım)</t>
+          <t>Japon Klasikleri Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>8788546734581</t>
+          <t>8788546734536</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Natsume Soseki Seti (4 Kitap Takım)</t>
+          <t>Kenji Miyazawa Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>530</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259459752</t>
+          <t>8788546734581</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ofisi</t>
+          <t>Natsume Soseki Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>110</v>
+        <v>530</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259459769</t>
+          <t>9786259459752</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Karda Gezinti</t>
+          <t>Kedi Ofisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259459776</t>
+          <t>9786259459769</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Üç Köşeli Dünya</t>
+          <t>Karda Gezinti</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259933672</t>
+          <t>9786259459776</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Korku Dağı</t>
+          <t>Üç Köşeli Dünya</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259933665</t>
+          <t>9786259933672</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Beceriksiz Ninja Rantarou 2</t>
+          <t>Korku Dağı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259933658</t>
+          <t>9786259933665</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Beceriksiz Ninja Rantarou 1</t>
+          <t>Beceriksiz Ninja Rantarou 2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>8787869132562</t>
+          <t>9786259933658</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Osamu Dazai Seti (5 Kitap Takım)</t>
+          <t>Beceriksiz Ninja Rantarou 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>650</v>
+        <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>8787876054321</t>
+          <t>8787869132562</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Seti (17 Kitap Takım)</t>
+          <t>Osamu Dazai Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>2140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259966403</t>
+          <t>8787876054321</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu</t>
+          <t>Japon Klasikleri Seti (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259419107</t>
+          <t>9786259966403</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Savrulan Bulutlar</t>
+          <t>Pandora'nın Kutusu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259933696</t>
+          <t>9786259419107</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Çiçekleri</t>
+          <t>Savrulan Bulutlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259933689</t>
+          <t>9786259933696</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çay Kitabı</t>
+          <t>Palyaço Çiçekleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>8588939099545</t>
+          <t>9786259933689</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Seti (14 Kitap Takım)</t>
+          <t>Çay Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1760</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259966496</t>
+          <t>8588939099545</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Raşomon</t>
+          <t>Japon Klasikleri Seti (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>110</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259966427</t>
+          <t>9786259966496</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>Raşomon</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259966441</t>
+          <t>9786259966427</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bey</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259966472</t>
+          <t>9786259966441</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Manzarası</t>
+          <t>Küçük Bey</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259966434</t>
+          <t>9786259966472</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Kız</t>
+          <t>Cehennem Manzarası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259933610</t>
+          <t>9786259966434</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Demiryolu'nda Gece</t>
+          <t>Öğrenci Kız</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259966489</t>
+          <t>9786259933610</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kappa</t>
+          <t>Galaktik Demiryolu'nda Gece</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259933634</t>
+          <t>9786259966489</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kazı</t>
+          <t>Kappa</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259933627</t>
+          <t>9786259933634</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Koya Dağı Keşişi</t>
+          <t>Yaban Kazı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259933603</t>
+          <t>9786259933627</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Döşek</t>
+          <t>Koya Dağı Keşişi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259966458</t>
+          <t>9786259933603</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>On Gece Rüyası</t>
+          <t>Döşek</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259966465</t>
+          <t>9786259966458</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Cam Kapının Ardında</t>
+          <t>On Gece Rüyası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
+          <t>9786259966465</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Cam Kapının Ardında</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
           <t>9786259966410</t>
         </is>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Otogizoshi</t>
         </is>
       </c>
-      <c r="C32" s="1">
-        <v>160</v>
+      <c r="C33" s="1">
+        <v>170</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>