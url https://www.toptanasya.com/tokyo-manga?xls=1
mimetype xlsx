--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,520 +85,595 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259459790</t>
+          <t>9786259335339</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gece Kütüphanesi'nde Akşam Yemeği</t>
+          <t>Her Şeyi Savuştur - 1</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259459783</t>
+          <t>9786259335308</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Senbazuru – Bin Turna Felsefesi</t>
+          <t>Doll Kara - 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>8789765435266</t>
+          <t>9786259335315</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Senbazuru - Bin Turna Felsefesi (Kutulu Kitap)</t>
+          <t>Ten ve Kalp</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>8878787606539</t>
+          <t>9786259335322</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Seti (20 Kitap Takım)</t>
+          <t>Kadının Düellosu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>2530</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>8788546734536</t>
+          <t>8783566406906</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kenji Miyazawa Seti (3 Kitap Takım)</t>
+          <t>Stand Hediyeli Japon Klasikleri (310 Adet Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>19900</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>8788546734581</t>
+          <t>9786259459790</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Natsume Soseki Seti (4 Kitap Takım)</t>
+          <t>Gece Kütüphanesi'nde Akşam Yemeği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>530</v>
+        <v>290</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259459752</t>
+          <t>9786259459783</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ofisi</t>
+          <t>Senbazuru – Bin Turna Felsefesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259459769</t>
+          <t>8789765435266</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Karda Gezinti</t>
+          <t>Senbazuru - Bin Turna Felsefesi (Kutulu Kitap)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259459776</t>
+          <t>8878787606539</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Üç Köşeli Dünya</t>
+          <t>Japon Klasikleri Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259933672</t>
+          <t>8788546734536</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Korku Dağı</t>
+          <t>Kenji Miyazawa Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259933665</t>
+          <t>8788546734581</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Beceriksiz Ninja Rantarou 2</t>
+          <t>Natsume Soseki Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>210</v>
+        <v>530</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259933658</t>
+          <t>9786259459752</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Beceriksiz Ninja Rantarou 1</t>
+          <t>Kedi Ofisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>8787869132562</t>
+          <t>9786259459769</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Osamu Dazai Seti (5 Kitap Takım)</t>
+          <t>Karda Gezinti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>8787876054321</t>
+          <t>9786259459776</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Seti (17 Kitap Takım)</t>
+          <t>Üç Köşeli Dünya</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>2310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259966403</t>
+          <t>9786259933672</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu</t>
+          <t>Korku Dağı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259419107</t>
+          <t>9786259933665</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Savrulan Bulutlar</t>
+          <t>Beceriksiz Ninja Rantarou 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259933696</t>
+          <t>9786259933658</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Palyaço Çiçekleri</t>
+          <t>Beceriksiz Ninja Rantarou 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259933689</t>
+          <t>8787869132562</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çay Kitabı</t>
+          <t>Osamu Dazai Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>8588939099545</t>
+          <t>8787876054321</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Japon Klasikleri Seti (14 Kitap Takım)</t>
+          <t>Japon Klasikleri Seti (17 Kitap Takım)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1900</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259966496</t>
+          <t>9786259966403</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Raşomon</t>
+          <t>Pandora'nın Kutusu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259966427</t>
+          <t>9786259419107</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>Savrulan Bulutlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259966441</t>
+          <t>9786259933696</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bey</t>
+          <t>Palyaço Çiçekleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259966472</t>
+          <t>9786259933689</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Manzarası</t>
+          <t>Çay Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259966434</t>
+          <t>8588939099545</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Kız</t>
+          <t>Japon Klasikleri Seti (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259933610</t>
+          <t>9786259966496</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Galaktik Demiryolu'nda Gece</t>
+          <t>Raşomon</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259966489</t>
+          <t>9786259966427</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kappa</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259933634</t>
+          <t>9786259966441</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kazı</t>
+          <t>Küçük Bey</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259933627</t>
+          <t>9786259966472</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Koya Dağı Keşişi</t>
+          <t>Cehennem Manzarası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259933603</t>
+          <t>9786259966434</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Döşek</t>
+          <t>Öğrenci Kız</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259966458</t>
+          <t>9786259933610</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>On Gece Rüyası</t>
+          <t>Galaktik Demiryolu'nda Gece</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259966465</t>
+          <t>9786259966489</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cam Kapının Ardında</t>
+          <t>Kappa</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
+          <t>9786259933634</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Yaban Kazı</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786259933627</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Koya Dağı Keşişi</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786259933603</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Döşek</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786259966458</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>On Gece Rüyası</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786259966465</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Cam Kapının Ardında</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
           <t>9786259966410</t>
         </is>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Otogizoshi</t>
         </is>
       </c>
-      <c r="C33" s="1">
+      <c r="C38" s="1">
         <v>170</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>